--- v0 (2025-12-07)
+++ v1 (2026-01-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1341" uniqueCount="822" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1373" uniqueCount="845" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -87,50 +87,97 @@
     <t>Niels Hansen, gartner
 Cathrine Larsen
 Jeppe Andreas Larsen
 Martin Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Vilhelmine Larsen og Johannes er uenige omkring hans malerier. Det må de tale om, næste gang han kommer hjem. Brønden på Kærbyhus er blevet tømt og der er blevet plantet æbletræer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/AN76</t>
   </si>
   <si>
     <t>Kjære Johannes!
 Tak for Brevet paa Grund af den megen Regn – kan jeg ikke sende dig Tøjet før i de første Dage af næste Uge – Skoene kom gud ske Lov saa du kan blive pæn Søndag send saa de andre straks maaske de kan komme i Posen – nu skal jeg over at se om der er nogle Penge at faa dog maaske saa mange at du ikke skal laane til Postpenge. Det har jo været en morsom Aften paa Skolen;
 Du kan ikke forstaa mig med Hensyn til Malerierne og jeg i ligmaade men det maa vi hellere drøfte mundtlig Johannes 
 Jeg tænker først nu kommer du hjem til 1 Maj saa er det jo unøvendig at sende Tøjet skriv dog om det ligestraks 
 Vi ere raske her men [overstreget] Christine Faster Thrine hun kom slemt til Skade igaar Morges hun var som sædvanlig kommen op til Martins for at hjælpe og da hun gaar op paa en Stol for at lukke et Vindue op – styrter hun baglæns ned og slaar sit Been slemt saa hun maatte lægges paa en Seng derhenne og led meget igaar idag er det bedre – nu kommer det an paa hvornaar hun kan flyttes – det er tung Skæbne der hviler over det Hjem –
 Hør nu Johannes fra Fader, - der skal komme Penge til dig den 29, og kommer du hjem til Maj skal du faa alting sendt for vi maa nu sælge vor Havre – for hvad vi kan faa for den 
 Du kan tro her er Arbejde med Brønden oppe ved Kjærbyhus – der er kommen en Brøndsætter og du kan tro der er Arbejde. 6 Mand har pumpet i 2 Døgn – med 2 Pumper – saa fik vi tømt paa en Alen nær – Vandet strømmer saa rigelig til at efter Udregning kan den Vandaare – 750 Tdr. Vand i Døgnet.
 Idag er Gartner Hansen her og planter os 20 Frugttræer Æbler i vor Jord ved Møllen paa begge Sider af Vejen – 
 Nu er Kl formange Lev vel og Gud Fader være med dig
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1898 fastelavn</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Clara Lindberg
+Christine  Mackie
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Malerens, Leth, C.T.A., K og E og Adolph var. Vilhelmine Larsens ene søn hed ganske vist Adolph, men hun kaldte ham stort set altid Agraren. 
+Det er svært at afgøre, hvem "Børnene" var. Der kan være tale om flere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, B</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har haft en masse mennesker til middag i forbindelse med fastelavn. Søndag fik de frokost hos Alhed og Johannes Larsen. Bordet måtte stå på skrå (hos Alhed og Johannes Larsen eller i Kærbyhus?). Under måltidet kom Edsberg pludselig. Mange skulle overnatte på Kærbyhus. 
+Vilhelmine sad og vågede over Adolph, som havde det dårligt og måtte udsætte sin afrejse. 
+Vilhelmine ville have sendt Christine kager mm, men alt blev spist. Hun sender snart penge. Vilhelmine har givet besked om, at Christine Swane kommer til Romsø i maj og juni.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMxx</t>
+  </si>
+  <si>
+    <t>Kjærbyhus 
+Kære lille Christine!
+Du har nok længtes meget efter at høre hvordan vores Fastelavnsgilde stod af; men her har været saameget der har taget mine Tanker – Vilhelm kom saa alligevel Lørdag aften, Alhed var i Byen og kom indenfor med den Nyhed. Klaks gik nede paa Gaden og det lettede mig saadan i Arbejdet at Tallet blev fuldt Tal ["Tal" overstreget] paa Børnene, vi bleve meget oplivede ved Bordet for vi havde spist Kjødet og saa spiste han Sovs og Rødbeder senere kom han over med Lugge og Alhed til en Kop Kaffe og det vandt Bifald at jeg mente vi skulde smage alle de Slags der var bagt; Fader og jeg gik i Seng til sædvanlig Tid. Marie gik med til Malerens og ventede Agraren og Junge som kom med 11 Toget, Søndag skulde vi spise Frokost hos Las’, med 2 Toget kom Leth, Hempel, C, T. A, Edsberg kom ikke dengang; de fik saa Mad og Kaffe, gik en Tur og 5 ½ dækkede vi Bord det stod paa skraa i forreste Linie og Sofaen langs med. det var jo lidt knebent men det gik dejlig Fedekalvesteg og Chokolade Budding med Flødeskum ovenpaa; men da vi er midt i Maaltidet kommer der nogen ind, og jeg tænker nu hvem kommer dog her – da Marie hilser god Dag. Hr Edsberg Klaks sad nemlig med Ryggen til Døren og han og hun var jo de eneste der kjendte ham; det gav jo lidt Munterhed, hvad der ikke var i forvejen, Klaks havde lige givet en Tale paa Vers i B og L Navn; vi fik saa Kaffe og Tobak og brød op, da de gik til Toget, Dis, Hempel og Leth. det vil sige vi to Gamle den unge blev længere. Mandagen skulde jo være hos os K og E paa Gjæsteværelse Agraren paa Mardres, Junge Tutte og Marie paa qvisten - de sov længe for Thora havde været paa Bal og holdt ud til 4 ½ Søndagmorgen, men saa fik de jo ogsaa Kaffe paa Sengen. Grossererens var bedt herop Middagen var Skinke Langkaal og Boller derefter Kaffe med Kager – god Rødvin begge Steder 
+Et ugudeligt Aftensbord vi var 13 til Bords.
+senere på Aftenen var vi tiltænkt Karamel Is men det blev knap Iset nok Marengser og Madejra til var det ikke flot. Christine sang og spillede; det var Meningen at Adolph skulde rejse om Natten jeg sad oppe og vaagede, men saa var det ikke saa godt med ham derfor ventede han til næste Dag, og saa lovede han os da at gaa med sit Bind, saa haaber vi at alt igjen skal blive godt, vi har endnu ikke hørt fra de bortrejste, men det kommer maaske imorgen. havde jeg nu faaet dette afsted som min Tanke var først i Ugen saa kunde jeg havde den Glæde at faa Dit Søndagsbrev nu maa jeg vente.
+Vi havde saadan tænkt at sende Dig noget efter Gildet men alt blev spist, nu bager vi igjen og skal sende dig først i Ugen, paa Tirsdag skal vi ud med Hø lille Dine og saa skal vi sende dig Penge, Lise har jeg ikke talt med da hun er syg men lille Emma var her i Dag og så meldte jeg Din Ankomst til Romsø i Maj og Juni det er ogsaa den smukkeste Tid derovre – Gud give dig Kræfter og god Arbejdslyst min lille Ven det beder jeg daglig ved og jeg tænkte saadan paa at Du kunde paa vore Vegne have gaaet ud til Fru Lindberg Fastelavns Mandag da var det hendes Fødselsdag men alle de Fremmede tog min Tid. 
+Skriv nu og fortæl mig alt muligt om Dig selv – og hils Alle fra mig Marie skriver paa Mandag naar vi sender
 Din trofaste Moder</t>
   </si>
   <si>
     <t>1899-05-22</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Victor Bøttern
 Andreas Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johannes Larsens forældre er flyttet til en ny lejlighed, og Larsen betragtede aldrig "den anden Lejlighed som mit Hjem". Dette må betyde, at I.A. og Vilhelmine Larsen fraflyttede deres store lejlighed i købmandsgården, Langegade 50, Kerteminde, da grosserer Victor Bøtterne forpagtede købmandsgården. De boede formodentlig i en mindre lejlighed i ejendomskomplekset (som altså ikke var Johannes Larsens barndomshjem) og er nu flyttet til en tredje. I oktober 1900 flyttede I.A. og Vilhelmine Larsen til Kjærbyhus i Kerteminde. 
 "kys lille Jeppe": Alhed og Johannes Larsen kaldte de første uger deres nyfødte barn Jeppe. Han fik navnet Jeppe Andreas og blev kaldt Andreas og Puf.</t>
   </si>
   <si>
     <t>Johannes Larsen har hjulpet sine forældre med at flytte til en ny lejlighed. Han har haft ondt i øjnene på grund af modvinden dagen før.</t>
   </si>
@@ -279,53 +326,50 @@
   <si>
     <t>Vilhelmine Larsen opmuntrer Johannes, som er ked af, at han endnu ikke har solgt noget på udstillingen. Der bliver bygget om i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/J2KL</t>
   </si>
   <si>
     <t>Kjære Johannes
 Du maa tro jeg er bleven en sær Én. Vi har ledt først jeg senere Marie men ingen Kunsthistorie, hvor er den dog henne. Idag kom der brev fra Alhed, det var fornøjelig at høre om Eders lille Skat; men hvornaar Du kom vidste hun ikke lad mig endelig høre det for at jeg i god Tid kan faa skuret derude, vi blev narrede med vores svenske Pige hun kommer vist ikke mere. Her er jo en Kone der malker men det er alligevel ikke en Pige. Eders lille Anna har været her idag hun vil hjælpe mig i Paasken for nu idag begyndte Ferien.
 Johannes jeg kan mærke du har tabt dit Humør fordi der ikke sælges noget; men det kommer min Ven. 
 Faer er endnu højt oppe og siger der er langt til [ulæseligt ord] hvorfor kjøbte nu denne Greve paa Langeland ikke din Hund… han gav der 3,000 ud paa Charlottenborg; maaske saadanne Herrer ikke gaar paa den ”Fri” det er nu ligemeget med alle de store. Sig mig kun [ulæseligt ord] hvad Zarthman og Phillipsen sagde om dine Arbejder og de andre Venner
 Vi har Adolph hjemme og han hænger i med at hjælpe Karlene at vi kan kjøre sammen til Murerne.
 Imorgen Johannes er det Meningen at vi skal have Skillerummene op i Laden det er paa Tiden naar vi skal herud fra den 19 – men nu har vi bestemt os til at sove i vores gamle Sadelkammer ovenpaa og saa Marierne paa dit Værelse – hvordan vi skal med Maden og Karlene har jeg foreslaaet at de kan sove i Lysthuset indtil der bliver istand til dem
 Her er i disse Dage ved at blive rejst Plankeværk om Bygaarden, vi holdt Arbejdere til at bryde Hegnet ned og der blev nogle dejlige Grundsteen til dit Huus
 Jeg er saa træt Johannes for jeg har vadsket lidt om Dinemor idag og det regner hver Dag saa jeg skal se om vi kan faa det tørret i Morgen!
 Du kan tro jeg glæder mig til du kommer hjem. Din And vil vist snart ligge.
 Det kan være Adolph tager ned til Haabet en af Helligdagene. Det var Meningen at Marie vilde have været med; men Sygeplejersken mener hun gjør klogest i at blive i Ro.
 Nu lev vel og vær saa kjærlig hilset af din hengivne Moder der stadig beder for Eder</t>
   </si>
   <si>
     <t>1900-04-26</t>
   </si>
   <si>
     <t>Marie Larsen
 Vilhelmine  Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Christine Swane</t>
   </si>
   <si>
     <t>Anna 2 -
 Ole Bager
 Victor Bøttern
 Christian Eckardt
 Margrethe  Eckardt
 Erik Henrichsen
 - Holm, skovrider
 Adolph Larsen
 Alhed Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 lille Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Olga Lau
 Ida Olsen
 Theodor Philipsen
 Anna Rosenørn
 Elisabeth Storm
 Hempel Syberg
 Astrid Warberg-Goldschmidt</t>
@@ -4103,50 +4147,102 @@
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Adolf Larsen/Agraren var kvartalsdranker. Han og hans kone, Johanne/Junge Larsen, boede i Kærbyhus. 
 Det vides ikke, hvem Wille var. 
 Astrid Warberg blev i 1917 gift med Jørgen Schou, som var søn af Marie Schou/Syberg.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3752</t>
   </si>
   <si>
     <t>Adolf/Agraren Larsen kom sent hjem aftenen før og var fuld. Han var ulykkelig og sagde, at nu skulle det være slut. Han på medicin og stærk kaffe. 
 Lars/Lasse Swane er næsten rask nu.
 Grethe Jungstedt og Elisaberh/Putte Mackie bliver malet.
 Astrid Warberg beder om, at man ikke fortæller Marie Syberg, at hun (Astrid) er syg. Laura synes, at Astrid skal hyre "konehjælp", så "han" bliver skånet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dGdH</t>
   </si>
   <si>
     <t>Mandag Efterm
 Kære lille Muk!
 Jeg har lige ringet op og fortalt Alhed, at jeg var i Formiddag i Kærbyhus; han var kommen hjem i Aftes ved 10 ½ Tiden, noget fuld, men ikke saa slemt. Elle havde af Værten i Skoven hørt, at han Værten [”Værten” indsat over linjen] havde sagt til dem alle, de maatte ikke skænke mere for Agraren. Denne havde i Morges overfor Marit været meget ulykkelig havde forsikret, at nu skulde det være forbi, hun fik ham til at blive i Sengen i Dag og han tager Medicin, ligesom ogsaa Marit fylder ham med mest mulig ret stærk Kaffe, dette havde Grethe Bichel raadet. Alhed mente, Du vilde blive glad ved at høre dette inden Du skal ind til Johanne. Jeg fortalte ogsaa Alhed, at jeg har faaet Brev fra Junge, som af Marie Sperling havde hørt, at lille Lasse er oppe og næsten rask og Erik fejlede ingenting endnu. Vi savner lille Bes; sig hende, at her var saa mange Fluer til Middag! Jeg har bedt Putte tage sig sf Muldvarpeskindet og skal nok sende hende det en af Dagene. Jeg hørte inde hos Wille P., at Allerup fulgte Eder lige til Nyborg, vi slutter deraf, at I havde en heldig Tur – ellers vilde han vel have fortalt det. Alhed laa paa sin Divan i Formiddags, sagde Grethe, som var oppe at blive malet alene, det passede desværre ikke med Putte; men for lidt siden sagde Alhed selv, at hun har det meget godt. Ja, saa er der jo ikke mere! Jeg havde et Par Ord fra Astrid om at jeg endelig ikke maatte fortælle Fru Syberg, hun har været daarlig og endnu er meget sløj. Jeg vil skrive til hende og raade hende at tage lidt Konehjælp; de har jo faaet 100 Kr. til at føre Hus for, saa kan hun nok faae Raad dertil, det er jo forkert at tage hans kostbare Tid til Husarbejde, synes jeg. 
 Kærlige Hilsener til Eder alle!
 Mor!</t>
+  </si>
+  <si>
+    <t>1917-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg Have</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Efter flere års ulykkeligt ægteskab gik Astrid/Dis Warberg-Goldschmidt fra sin mand, Alfred Goldschmidt, da hun blev kæreste med Jørgen/Buf Schou, som var meget yngre end hende. De to ventede hurtigt barn sammen. Jørgen Schou og hans mor, Marie Syberg, som i sit første ægteskab bar navnet Schou, boede i det nedlagte gartneri Valdal i Valby. 
+Hogemeister, Bendsen, Pauline samt Karen K kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0989</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt takker for babytøjet. Hun har fået et gavekort af Jørgen/Buf Schous mor. Astrid får mange udgifter til blandt andet fødehjemmet. Hun overvejer at lave et middagsabonnement. Om tre-fire år kan Jørgen/Buf nok bidrage godt økonomisk. 
+Jørgens mor, Marie Syberg/Schou har helt ændret holdning til Astrid. Tidligere frygtede hun, at barnets komme ville lægge bånd på sønnen, men hun blev lettet, da planen om giftermål blev skrinlagt. Jørgen er også lykkelig over at "krigen" er slut. 
+Efter fødslen skal Astrid efter planen bo en tid på Valdal. 
+Astrids kvistlejlighed er yndig, og hun holder den skinnende ren. Hun har pragtfuldt blomstrende planter, og hun nyder både dem og den skønne sommer samt at glæde sig til barnet. 
+Astrid beder Johanne/Junge Larsen sende den sorte bog med skriverier i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dn6L</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blæk:]
+Fru Johanne Warberg-Larsen
+Kærbyhus
+Kerteminde
+[På kuvertens forside med blyant:]
+1917 
+7/6
+[I brevet med blyant:]
+I/
+pt. Frederiksberg Have 
+den 7/6 – 17.
+Kæreste lille Junge! Tak for Dit Brev – og her gik jeg med den frygteligste ondeste Samvittighed, fordi jeg ikke skrev til Dig – Du har da ingen Grund til Samvittighed! Men selv om Du aldrig skrev (hvad Du nu gør) – så bliver jeg aldrig besk af den Grund, jeg ved jo nok, at Brevskrivning er noget uoverkommeligt for Dig – og det kan jeg skam godt forstå. – Tak for alt det gode små Tøj – for Lån og for Gave! Det som behøvede Vask og Kogning bliver ordnet i Dag af min kære Naboerske, Fru Bendsen, som selv har Storvadsk. Når jeg saa får det strøget – hvad jeg selv kan, så er alt i Orden og parat, jeg har kun behøvet at købe 12 nye Bleer, 6 Undertøj og 4 Svøb – det var endda på Presentkortet – hvoraf endnu resterer 28 Kr, det var på 50 Kr (Bufs Mor), så jeg har jo slet ingen Udgifter haft selv endnu, men nu kommer det jo i næste Måned – senest – med 138 Kr til Fødehjem – og der bliver jo nok mere, Vogn etc. Nu har jeg 945 Kr i Sparekassen og 15 Kr skylder Karen K mig; og før til Sept. holder mine Indtægter jo ikke op – altså de 100 fra Alfred. Så har Du måske hørt, at jeg tænker på fra Sept. at få Middagsabonnement – til dels på Frokost; har sikret mig Pauline, men skulde gerne have 3 til, så håber jeg at kunne klare den nogenlunde. Jeg er meget lettet ved denne Idè – så går man da ikke straks sin Ruin imøde, men kan forhale den noget og kommer Tid kommer Råd, kan jeg blot klare den 3-4 År, så vil Buf sikkert til den Tid – måske før – kunne træde til ; det ser helt godt ud med alt hans; Chefen – Hogemeister – synes at interessere sig for ham, vil gerne beholde ham, selv uddanne ham til praktisk Ingeniør og siden knytte ham fast til sin Virksomhed, som det er Menigen at udvide i stor Stil – om nu bare Krigen engang holdt op. – Ja, Junge, jeg må sige Dig, at jeg er mere end henrykt over den nye Tingenes Ordning, der er kommen sådan en velsignet Fred over hele Linien; Bufs Mor har helt forandret sig overfor mig, er sød og venlig og interesseret, jeg er slet ikke bange for hende mere - kommer meget derud – glæder mig nu altid til det, det er jo så dejligt at sidde i den yndige Have – og jeg befinder mig pludselig helt som hjemme derude; jeg kan ikke sige Dig, hvilken Lettelse det er og hvilken Følelse af Glæde og Tryghed det har givet mig; først nu forstår jeg rigtig, hvor grænseløst det har pint mig i disse År, at hun stod så uforsonlig overfor mig; men det har været et stort Gode, at dette Giftermål var påtænkt – hun synes 
+II/
+nu ganske at glemme, at Giftermålsplanen først kom op senere [er forresten slet ikke udklækket i min Hjerne fra Begyndelsen) hendes første store Fortvivlelse, der gav sig så forbitrede Udtryk overfor mig, gjaldt jo nemlig dèt, at et Barn ventedes – og at det kunde virke som et Bånd på Buf. Nu er den Ulykke glemt – i Lettelsen over at jeg afstår fra Giftermålet – Hurra! det var nu ingen dårlig Manøvre – hvilket herligt Resultat! Buf er ikke den mindst lykkelige – forn ham betyder det en om mulig endnu større Lettelse, at denne pinlige indbyrdes Krig er sluttet – og så uventet gunstigt. – Jeg har det så godt, Junge; er så mobil og lebendig, at jeg meget ofte glemmer, at jeg bærer på den vældige Unge – Forleden var jeg f Eks. Lige ved at trave op på Rundetårn, da jeg netop kom forbi og så der var åbent, men det var nok alligevel bleven for højbenet – jeg besindede min Fylde- og opgav Forehavedet. Og Junge – jeg glæder mig noget så knusende til at have sådan et lille Nøvs engang igen. Det er bestemt at jeg kan tage lige fra Fødehjemmet ud til Valdal og bo derude i nogen Tid sammen med Buf – de andre er nok rejst til den Tid, så kan den lille stå i Haven hele Tide – og jeg slipper for Trapperne til min Kvist; jeg glæder mig sådan til den Tid – bare nu alt må forløbe normalt. 
+Der er for Resten så yndigt på min Kvist i denne Tid - jeg gør mig en Motion af altid at skruppe og skure og ordne deroppe - så der er skinnende flunkende fint og frisk og duftende; jeg har et dejligt Flor af Blomster i Vinduerne - Be gav mig en pragtfuld rød Pelargonie; som blomstrer ganske overdådigt, en lyserød er også i Flor og et lille Skud - blegrød - har sat en vældig Blomst; Adams Venusbregne er også pludselig begyndt at udvikle sig til en voldsom Skønhed - åh, jeg nyder hver Dag min lille yndige Lejlighed og jeg tror, det er saliggørende for en Dame, der venter sin Nedkomst - at gå så meget alene - for Hjernen er jo nu det ømme Punkt ved sådan en Lejlighed.
+Og hvilken Sommer vi dog har! det er da også til at blive tosset over! Jeg nyder den i fulde Drag hver Dag - enten her i Frederiksberg Have - i Søndermarken - eller - allerbedst - på Græsplænen i Valdals Have.
+Hvor er det dog bedårende dejligt at gå og bære på en lille Unge under så gunstige Omstændigheder - jeg tror alt godt om alting i denne Tid. 
+Ja - så bliver Skrivelsen ikke længere dennegang - Farvel lille Junge og Tak for al Din store Godhed! Hils Jer alle fra Din Dis
+Send mig engang ved Lejlighed den sorte Bog med mine Skrifter - f. Eks. engang med Be.</t>
   </si>
   <si>
     <t>1917-12</t>
   </si>
   <si>
     <t>Nora -
 Bodil Bech
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Johanne Christine Larsen
 Marie Larsen
 Christine  Mackie
 Poul Uttenreitter
 Andreas Warberg
 Fritz Warberg
 Minna Warberg
 Erik Warberg Larsen
 Carl Frederik Wolf-Frederiksen
 Sofie Wolf-Frederiksen</t>
@@ -4663,50 +4759,83 @@
 Ikke mere end [ulæseligt]
 [På hovedet:] 74360
 [I brevet:]
 Kære lille Mams!
 Tusind Tak for Seddelen hvor er du dog god ved mig det er bare alt for meget lille Mor. Jeg maa virkelig passe paa jeg gaar og blir saa forvænt bare for den Sygdoms Skyld. 
 Men hør, Pinse? Har jeg talt noget om Pinse, det ved jeg ikke Spor af, forresten kan det godt være, dog er jeg ikke saa sikker paa Befordringen helst vil jeg selvfølgelig cycle, det er det morsomste – langt og det billigste 
 Nu faar vi se hvad Reserven siger. 
 Befindendet er godt selv om Foraaret nok kan mærkes. 
 Desværre er Tante Ugle saa daarlig, hun er begyndt at komme op, forfærdelig ser hun ud, skrækkelig vil jeg sige dig, jeg har sjeldent set noget lignende. 
 Rie vilde ringe til Bodil hvis det ikke snart blev bedre, selvfølgelig har Bodil været der men ikke efter den begyndende Opstandelse. 
 Jeg huskede Tante Dis, sendte Søndagsbrev. Joh, det er snart 3 M. naar det endda kun var den organiske Sygdom det gjaldt, saa var alt ikke saa slemt, men forhaabentlig gaar det alt sammen, hvordan og hvorlænge det vil saa vise sig. 
 Vodropsvejerne ser noget sort paa det synes jeg. Desværre plejer de at se rigtigt. Lille Janna gaar rundt og er saa forsømt, siger de, det lille Skind. Det er ikke let saadan lige at gøre rede for hvad jeg vil og hvorfor jeg ikke vil, det kan vil altid tale om naar jeg kommer hjem, men hvad i Alverden antager du Dres for 
 II
 dersom du tror, saadan som Du tror saa saa tror du forkert, forresten er jeg begyndt at spille, ikke øve, men, kun ganske ubetydeligvis jeg vil begribeligvis ikke bringe mere Øvning til Huse; min Time er slet ikke at foragte. Da jeg spillede for Dres for at hun kunde sondere Terrænet nu efter Standsningen sagde hun igen en hel Masse om mit Talent, det lyder meget tiltalende blot kunde jeg ønske at det viste sig lidt kraftigere. Nej, Dres, Mor, bare du kendte hende, jeg har aldrig nogensinde set op til nogen som til hende. Hun er et pragtfuldt Menneske. 
 Det var maaske meget klogt af jer ikke at fortælle mig om Fru Jensen dengang, men saa fik jeg det Gengæld at vide paa en lidt drøj Maade. Men Mor kan jeg ikke faa Lov at tage til Hareskov en Dag det piner mig slet ikke at vide noget ordentlig eller rettere intet om hvordan det gaar dem, jeg vil dog saa gerne se de Smaa og tale lidt med Manden, maaske bor de i Værdløse hos Thorvald Jensens Søster, men det er da lige ved Hareskov. Maa jeg ikke? Jeg har det sagtens godt nok, Mor!
 Hvad Tinge angaar skriver vi slet ikke til hinanden, vi venter ham saa smaat herud paa Fredag véd dog intet bestemt, det var morsomt at se ham igen. 
 Mon Tinge skal hjem til Pinse? Hvordan er Sihmfamilien? Jeg maa da endelig huske at hilse dig fra Ellen Bramsen, jeg har
 III
 været der til Frokost en Dag. Ellen er storartet, hun ser paa Menneskeheden med de rigtige Øjne. Gid alle gjorde det. 
 Du skulde bare se Frederiksberghave, fuldkommen eventyrlig, ubeskrivelig smuk, kunde du ikke ikke engang komme herover naar jeg ikke ligger i Sengen det tykkes mig kunne være saa fornøjelig. Kender I Stodderkongen, det er vel nok en Mand og Gæst med. Den er af Erling Kristensen Jeg lånte den ude hos Lomme i Gaar Jeg var ude og passe lille Jesper, Eskild og Lomme var paa Skovtur. Mage til Barn har jeg da aldrig været ude for, en hel lang Dag med en Fremmed uden Gran af Vrøvl, slet ikke for artig, bedaarende sød. Ja, hvor er han dog kær saa skælmsk og henrivende. 
 Og hvor de bor storartet, har du nogensinde set deres Lejlighed, den er lige efter mit Hovede. Jeg bad vist stille Ta Lugge om at til Ta Elle det maa I saa gøre
 Naa saa Ferie, gør’ i Haveanlægning, bare det var os der havde din Ruin, Tante Elle maa da være henrykt over det Tillæg til Haven jeg glæder mig til at se det.
 Bibbe</t>
   </si>
   <si>
+    <t>1928-12</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Emilie Demant Hatt
+Gudmund Hatt
+Lars Swane
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe Warberg Petersen var fra 1928 i en kontorplads i Københavnsområdet. Det udaterede kort er muligvis skrevet dette år. 
+"Kærbyhusere": Johanne og Adolf Larsen samt deres børn boede i mange år på gården Kærbyhus i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3835</t>
+  </si>
+  <si>
+    <t>Christine Swane/Uglen ønsker god jul. Adolf og Johanne Larsen vil savne Laura/Bibbe. Christine vil gå ud og besøge Bibbe. Lars/Lasse og Christine Swane er hos Hatts. Hun takker for haren og sender nogle frugter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1ZN9</t>
+  </si>
+  <si>
+    <t>Glædelig Jul fra Lasse.
+Kære Kærbyhusere.
+En rigtig god Jul ønskes Jer alle. Det bliver et stort Savn for Jer at I ikke har Bibbe hjemme. Onsdag Eftermiddag går jeg ud til Bibbe og snakker lidt med hende. Lasse og jeg er hos Hatts til Frokost og så går jeg hen til Bibbe derfa; vi bliver hos Hatts Natten over til hen ad Juledag. Tusind Tak for den vidunderlige Hare vi fik i Efteråret. Hav det rigtig godt allesammen og forsmå ikke disse små Frugter. Jeres hengivne Ugle.
+Fra Lasse også. 
+[Fortrykt på kortets tekstside:] Haandtryk: A. Wielberg, København</t>
+  </si>
+  <si>
     <t>1930-12</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Niedhardt -
 Christine  Mackie
 Elisabeth Mackie
 William Mackie
 William Mackie, Williams far</t>
   </si>
   <si>
     <t>Det vides ikke, hvor Ellen Sawyer har været henne. Et sted, hvor en revolution har fundet sted?
 Mary og den danske læge i New York kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0960</t>
   </si>
   <si>
     <t>Niedhardt forsøger at hjælpe med diverse i huset. Laura/Bibbe Warberg P. har det bedre, og temperaturen er faldet. Hun får mange besøg og gaver.
 Ellen Sawyer kommer den efterfølgende dag. Elisabeth/Putte Mackie ligger syg i New York og bliver passet af en dansk læge. Hun har i et brev fortalt om sin mand, og det er hårrejsende læsning. Christine/Mornine Mackie har længe ment, at han ikke var normal. En læge har engang sagt, at han vil kunne komme over det med god hjælp fra sin hustru. Det er forbryderisk, at han ikke har fortalt sin unge kone alt dette i tide. 
 Elisabeth skal måske opereres. Hun har heldigvis fået et godt forhold til William/Billy Mackies familie. 
 Kommer Johanne/Junge på besøg hos Louise/Lugge til nytår?</t>
   </si>
@@ -4882,51 +5011,51 @@
 Tusind Hilsner til Jer alle tre Din glade Junge.</t>
   </si>
   <si>
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -5224,59 +5353,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ZN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M117"/>
+  <dimension ref="A1:M120"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5344,5053 +5473,5190 @@
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="5" t="s">
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F4" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="J6" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F7" s="5" t="s">
+        <v>56</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F8" s="5" t="s">
-        <v>18</v>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>64</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>65</v>
       </c>
       <c r="J8" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G9" s="5" t="s">
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>74</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>75</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>78</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>79</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>80</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>81</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>82</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F12" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="s">
-        <v>97</v>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>98</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>99</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>100</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>101</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G14" s="5" t="s">
+        <v>104</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="s">
-        <v>132</v>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>133</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>134</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>135</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>136</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G20" s="5" t="s">
+        <v>139</v>
       </c>
       <c r="H20" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="J20" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="J20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F21" s="5" t="s">
+      <c r="E21" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="s">
         <v>155</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
         <v>156</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>20</v>
+        <v>158</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>139</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="I23" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I23" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="M23" s="5"/>
+        <v>166</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>167</v>
+        <v>146</v>
+      </c>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-      <c r="J24" s="5" t="s">
         <v>170</v>
+      </c>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K24" s="5" t="s">
         <v>171</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="M24" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D25" s="5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F25" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G25" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="H25" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="H25" s="5" t="s">
+      <c r="I25" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="J25" s="5" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>178</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>179</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>181</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F26" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="I27" s="5"/>
+        <v>189</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>190</v>
+      </c>
       <c r="J27" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>139</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>148</v>
+        <v>18</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>207</v>
+        <v>73</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>208</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>209</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>211</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D31" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="E31" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="5" t="s">
+      <c r="I31" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="G31" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="I31" s="5" t="s">
+      <c r="K31" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="J31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>216</v>
       </c>
-      <c r="K31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G32" s="5" t="s">
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="H32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>224</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>225</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>227</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E33" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="F33" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="H33" s="5" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="I33" s="5"/>
+        <v>229</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>230</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>229</v>
+        <v>20</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="F34" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F34" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>234</v>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="I34" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>237</v>
       </c>
       <c r="L34" s="6" t="s">
         <v>238</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>240</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F35" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>241</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>261</v>
+        <v>73</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>262</v>
       </c>
       <c r="L38" s="6" t="s">
         <v>263</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>265</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F39" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
         <v>266</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>267</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>20</v>
+        <v>268</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F40" s="5" t="s">
-        <v>272</v>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
         <v>273</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>274</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>275</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>276</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>278</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>18</v>
+        <v>279</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>66</v>
+        <v>177</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>63</v>
-[...12 lines deleted...]
-        <v>303</v>
+        <v>25</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H45" s="5" t="s">
         <v>304</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>305</v>
       </c>
       <c r="J45" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K45" s="5" t="s">
         <v>306</v>
       </c>
-      <c r="K45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>307</v>
       </c>
-      <c r="L45" s="6" t="s">
+      <c r="M45" s="5" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="s">
         <v>310</v>
-      </c>
-[...18 lines deleted...]
-        </is>
       </c>
       <c r="H46" s="5" t="s">
         <v>311</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>312</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>66</v>
+        <v>313</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F47" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>139</v>
+        <v>33</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="F48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>324</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I48" s="5" t="s">
         <v>325</v>
       </c>
       <c r="J48" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K48" s="5" t="s">
         <v>326</v>
       </c>
-      <c r="K48" s="5" t="s">
+      <c r="L48" s="6" t="s">
         <v>327</v>
       </c>
-      <c r="L48" s="6" t="s">
+      <c r="M48" s="5" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E49" s="5" t="s">
         <v>330</v>
       </c>
-      <c r="B49" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E49" s="5" t="s">
+      <c r="F49" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="F49" s="5" t="s">
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I49" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="G49" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H49" s="5" t="s">
+      <c r="J49" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="K49" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="J49" s="5" t="s">
+      <c r="L49" s="6" t="s">
         <v>335</v>
       </c>
-      <c r="K49" s="5" t="s">
+      <c r="M49" s="5" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="F50" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F50" s="5" t="s">
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H50" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="G50" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H50" s="5" t="s">
+      <c r="I50" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="I50" s="5" t="s">
+      <c r="J50" s="5" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>343</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>344</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>346</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>353</v>
+        <v>15</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
         <v>354</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>355</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>356</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>357</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
         <v>359</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>15</v>
+        <v>360</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>347</v>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H53" s="5" t="s">
         <v>361</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>362</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>363</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>364</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>366</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>367</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>368</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>369</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>370</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>371</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
         <v>373</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G55" s="5" t="s">
         <v>374</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>375</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>376</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>377</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>378</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>380</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G56" s="5" t="s">
         <v>381</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>382</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>383</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>384</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>385</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>387</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>340</v>
-[...4 lines deleted...]
-        </is>
+        <v>347</v>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>388</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="I58" s="5"/>
+        <v>395</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>396</v>
+      </c>
       <c r="J58" s="5" t="s">
-        <v>395</v>
+        <v>73</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>347</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H59" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="I59" s="5"/>
+      <c r="J59" s="5" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>403</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>404</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>406</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>407</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>408</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>409</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>410</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>411</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
         <v>413</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>18</v>
+        <v>414</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>66</v>
+        <v>268</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="G62" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="F62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G62" s="5" t="s">
+      <c r="I62" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="H62" s="5" t="s">
+      <c r="J62" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K62" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>424</v>
       </c>
-      <c r="J62" s="5" t="s">
+      <c r="M62" s="5" t="s">
         <v>425</v>
-      </c>
-[...7 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="G63" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="B63" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G63" s="5" t="s">
+      <c r="H63" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="H63" s="5" t="s">
+      <c r="I63" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="J63" s="5" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>433</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>434</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>436</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G64" s="5" t="s">
         <v>437</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>438</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>439</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>440</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>441</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>443</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F65" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="G65" s="5" t="s">
         <v>444</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>445</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>446</v>
       </c>
       <c r="J65" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K65" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="K65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>448</v>
       </c>
-      <c r="L65" s="6" t="s">
+      <c r="M65" s="5" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F66" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="B66" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E66" s="5" t="s">
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="F66" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="I66" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>456</v>
       </c>
-      <c r="L66" s="6" t="s">
+      <c r="M66" s="5" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="E67" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="B67" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G67" s="5" t="s">
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>460</v>
       </c>
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>461</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>463</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>464</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>466</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F68" s="5" t="s">
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="s">
         <v>467</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H68" s="5" t="s">
         <v>468</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>469</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>470</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>471</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
         <v>473</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>474</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F71" s="5" t="s">
-        <v>467</v>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>474</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>498</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>499</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>500</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>501</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>503</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>467</v>
-[...4 lines deleted...]
-        </is>
+        <v>474</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>504</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>516</v>
+        <v>474</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
         <v>517</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>518</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>519</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>520</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>522</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F79" s="5" t="s">
+        <v>523</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>537</v>
+        <v>73</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>538</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>539</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>541</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D80" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
         <v>542</v>
       </c>
-      <c r="E80" s="5" t="s">
+      <c r="I80" s="5" t="s">
         <v>543</v>
       </c>
-      <c r="F80" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H80" s="5" t="s">
+      <c r="J80" s="5" t="s">
         <v>544</v>
       </c>
-      <c r="I80" s="5" t="s">
+      <c r="K80" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="J80" s="5" t="s">
+      <c r="L80" s="6" t="s">
         <v>546</v>
       </c>
-      <c r="K80" s="5" t="s">
+      <c r="M80" s="5" t="s">
         <v>547</v>
-      </c>
-[...4 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="E81" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="B81" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F81" s="5" t="s">
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H81" s="5" t="s">
+      <c r="I81" s="5" t="s">
         <v>552</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="J81" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="J81" s="5" t="s">
+      <c r="K81" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="K81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>555</v>
       </c>
-      <c r="L81" s="6" t="s">
+      <c r="M81" s="5" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F82" s="5" t="s">
         <v>558</v>
       </c>
-      <c r="B82" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="5" t="s">
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
         <v>559</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="5" t="s">
+      <c r="I82" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="F82" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I82" s="5" t="s">
+      <c r="J82" s="5" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>562</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>563</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="83">
-      <c r="A83" s="5" t="n">
-        <v>1909</v>
+      <c r="A83" s="5" t="s">
+        <v>565</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="D83" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="D83" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="5" t="s">
-        <v>18</v>
+        <v>567</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G83" s="5" t="s">
-[...3 lines deleted...]
-        <v>566</v>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I83" s="5" t="s">
-        <v>567</v>
-[...4 lines deleted...]
-        </is>
+        <v>568</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>432</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="84">
-      <c r="A84" s="5" t="s">
-        <v>571</v>
+      <c r="A84" s="5" t="n">
+        <v>1909</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E84" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="5" t="s">
         <v>572</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H84" s="5" t="s">
         <v>573</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>574</v>
       </c>
-      <c r="J84" s="5" t="s">
-        <v>20</v>
+      <c r="J84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K84" s="5" t="s">
         <v>575</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>576</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>578</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D85" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D85" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="G85" s="5" t="s">
         <v>579</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>580</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>581</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>582</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>583</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="5" t="n">
-        <v>1910</v>
+      <c r="A86" s="5" t="s">
+        <v>585</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="E86" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F86" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F86" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G86" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="5" t="s">
-        <v>591</v>
+      <c r="A87" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="s">
         <v>592</v>
       </c>
-      <c r="D87" s="5" t="s">
+      <c r="H87" s="5" t="s">
         <v>593</v>
       </c>
-      <c r="E87" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I87" s="5"/>
+      <c r="I87" s="5" t="s">
+        <v>594</v>
+      </c>
       <c r="J87" s="5" t="s">
-        <v>594</v>
+        <v>20</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>595</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>596</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>598</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>140</v>
+        <v>599</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>139</v>
-[...5 lines deleted...]
-        <v>444</v>
+        <v>600</v>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H88" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I88" s="5" t="s">
+      <c r="H88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I88" s="5"/>
+      <c r="J88" s="5" t="s">
         <v>601</v>
       </c>
-      <c r="J88" s="5" t="s">
+      <c r="K88" s="5" t="s">
         <v>602</v>
       </c>
-      <c r="K88" s="5" t="s">
+      <c r="L88" s="6" t="s">
         <v>603</v>
       </c>
-      <c r="L88" s="6" t="s">
+      <c r="M88" s="5" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E89" s="5" t="s">
         <v>606</v>
       </c>
-      <c r="B89" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E89" s="5" t="s">
+      <c r="F89" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
         <v>607</v>
       </c>
-      <c r="F89" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H89" s="5" t="s">
+      <c r="I89" s="5" t="s">
         <v>608</v>
       </c>
-      <c r="I89" s="5" t="s">
+      <c r="J89" s="5" t="s">
         <v>609</v>
       </c>
-      <c r="J89" s="5" t="s">
+      <c r="K89" s="5" t="s">
         <v>610</v>
       </c>
-      <c r="K89" s="5" t="s">
+      <c r="L89" s="6" t="s">
         <v>611</v>
       </c>
-      <c r="L89" s="6" t="s">
+      <c r="M89" s="5" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E90" s="5" t="s">
         <v>614</v>
       </c>
-      <c r="B90" s="5" t="s">
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="s">
         <v>615</v>
       </c>
-      <c r="C90" s="5" t="s">
+      <c r="I90" s="5" t="s">
         <v>616</v>
       </c>
-      <c r="D90" s="5" t="s">
+      <c r="J90" s="5" t="s">
         <v>617</v>
       </c>
-      <c r="E90" s="5" t="s">
+      <c r="K90" s="5" t="s">
         <v>618</v>
       </c>
-      <c r="F90" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G90" s="5" t="s">
+      <c r="L90" s="6" t="s">
         <v>619</v>
       </c>
-      <c r="H90" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I90" s="5" t="s">
+      <c r="M90" s="5" t="s">
         <v>620</v>
-      </c>
-[...10 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="D91" s="5" t="s">
         <v>624</v>
       </c>
-      <c r="B91" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F91" s="5" t="s">
+      <c r="E91" s="5" t="s">
         <v>625</v>
       </c>
-      <c r="G91" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H91" s="5" t="s">
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="s">
         <v>626</v>
+      </c>
+      <c r="H91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I91" s="5" t="s">
         <v>627</v>
       </c>
       <c r="J91" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K91" s="5" t="s">
         <v>628</v>
       </c>
-      <c r="K91" s="5" t="s">
+      <c r="L91" s="6" t="s">
         <v>629</v>
       </c>
-      <c r="L91" s="6" t="s">
+      <c r="M91" s="5" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F92" s="5" t="s">
         <v>632</v>
-      </c>
-[...13 lines deleted...]
-        <v>444</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
         <v>633</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>634</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>635</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>636</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>637</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>639</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
         <v>640</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>641</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>642</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>643</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>644</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>646</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>147</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>451</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
         <v>647</v>
       </c>
-      <c r="I94" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I94" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="K94" s="5" t="s">
+        <v>650</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="M94" s="5"/>
+        <v>651</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>652</v>
+      </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>16</v>
+      </c>
+      <c r="D95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F95" s="5" t="s">
-        <v>444</v>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>650</v>
-[...8 lines deleted...]
-        <v>653</v>
+        <v>654</v>
+      </c>
+      <c r="I95" s="5"/>
+      <c r="J95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L95" s="6" t="s">
-        <v>654</v>
-[...1 lines deleted...]
-      <c r="M95" s="5" t="s">
         <v>655</v>
       </c>
+      <c r="M95" s="5"/>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
         <v>656</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
         <v>657</v>
       </c>
-      <c r="I96" s="5"/>
+      <c r="I96" s="5" t="s">
+        <v>658</v>
+      </c>
       <c r="J96" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>146</v>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F97" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="s">
         <v>664</v>
       </c>
-      <c r="G97" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H97" s="5" t="s">
+      <c r="I97" s="5"/>
+      <c r="J97" s="5" t="s">
         <v>665</v>
       </c>
-      <c r="I97" s="5" t="s">
+      <c r="K97" s="5" t="s">
         <v>666</v>
       </c>
-      <c r="J97" s="5" t="s">
+      <c r="L97" s="6" t="s">
         <v>667</v>
       </c>
-      <c r="K97" s="5" t="s">
+      <c r="M97" s="5" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="F98" s="5" t="s">
         <v>671</v>
       </c>
-      <c r="B98" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C98" s="5" t="s">
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H98" s="5" t="s">
         <v>672</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H98" s="5" t="s">
+      <c r="I98" s="5" t="s">
         <v>673</v>
       </c>
-      <c r="I98" s="5" t="s">
+      <c r="J98" s="5" t="s">
         <v>674</v>
       </c>
-      <c r="J98" s="5" t="s">
+      <c r="K98" s="5" t="s">
         <v>675</v>
       </c>
-      <c r="K98" s="5" t="s">
+      <c r="L98" s="6" t="s">
         <v>676</v>
       </c>
-      <c r="L98" s="6" t="s">
+      <c r="M98" s="5" t="s">
         <v>677</v>
       </c>
-      <c r="M98" s="5" t="s">
+    </row>
+    <row r="99">
+      <c r="A99" s="5" t="s">
         <v>678</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>140</v>
+        <v>679</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>679</v>
-[...4 lines deleted...]
-        </is>
+        <v>219</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>330</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
         <v>680</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>681</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>682</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>683</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>684</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="100">
-      <c r="A100" s="5" t="s">
+      <c r="A100" s="5" t="n">
+        <v>1917</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D100" s="5" t="s">
         <v>686</v>
-      </c>
-[...7 lines deleted...]
-        <v>679</v>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
         <v>687</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>688</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>689</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>690</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>691</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>693</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>25</v>
+        <v>146</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>617</v>
+        <v>219</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>694</v>
       </c>
       <c r="F101" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
         <v>695</v>
       </c>
-      <c r="G101" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H101" s="5" t="s">
+      <c r="I101" s="5" t="s">
         <v>696</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="J101" s="5" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>698</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>699</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>701</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>212</v>
+        <v>686</v>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>702</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>703</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>704</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>705</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>706</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>708</v>
       </c>
       <c r="B103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="E103" s="5" t="s">
         <v>709</v>
-      </c>
-[...7 lines deleted...]
-        <v>323</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>710</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>711</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>712</v>
       </c>
       <c r="J103" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K103" s="5" t="s">
         <v>713</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>714</v>
       </c>
-      <c r="L103" s="6" t="s">
+      <c r="M103" s="5" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>717</v>
       </c>
-      <c r="B104" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>718</v>
       </c>
-      <c r="F104" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>719</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="K104" s="5" t="s">
         <v>720</v>
       </c>
-      <c r="J104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>721</v>
       </c>
-      <c r="K104" s="5" t="s">
+      <c r="M104" s="5" t="s">
         <v>722</v>
-      </c>
-[...4 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="F105" s="5" t="s">
         <v>725</v>
       </c>
-      <c r="B105" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H105" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H105" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="J105" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>727</v>
-[...1 lines deleted...]
-      <c r="M105" s="5"/>
+        <v>730</v>
+      </c>
+      <c r="M105" s="5" t="s">
+        <v>731</v>
+      </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>729</v>
+        <v>146</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>679</v>
+        <v>147</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>730</v>
+        <v>733</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>731</v>
-[...1 lines deleted...]
-      <c r="I106" s="5"/>
+        <v>734</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>735</v>
+      </c>
       <c r="J106" s="5" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>729</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G107" s="5" t="s">
-[...3 lines deleted...]
-        <v>737</v>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I107" s="5"/>
-      <c r="J107" s="5" t="s">
-        <v>732</v>
+      <c r="J107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K107" s="5" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>739</v>
-[...3 lines deleted...]
-      </c>
+        <v>742</v>
+      </c>
+      <c r="M107" s="5"/>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>139</v>
+        <v>744</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>212</v>
+        <v>686</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>17</v>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>744</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>212</v>
+        <v>744</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>647</v>
+        <v>686</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>323</v>
+        <v>17</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G109" s="5" t="s">
+        <v>745</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>751</v>
-[...1 lines deleted...]
-      <c r="I109" s="5" t="s">
         <v>752</v>
       </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="K109" s="5" t="s">
         <v>753</v>
       </c>
-      <c r="K109" s="5" t="s">
+      <c r="L109" s="6" t="s">
         <v>754</v>
       </c>
-      <c r="L109" s="6" t="s">
+      <c r="M109" s="5" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
+        <v>756</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E110" s="5" t="s">
         <v>757</v>
       </c>
-      <c r="B110" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C110" s="5" t="s">
+      <c r="F110" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G110" s="5" t="s">
         <v>758</v>
       </c>
-      <c r="D110" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="5" t="s">
+      <c r="H110" s="5" t="s">
         <v>759</v>
       </c>
-      <c r="F110" s="5" t="s">
+      <c r="I110" s="5" t="s">
         <v>760</v>
       </c>
-      <c r="G110" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H110" s="5" t="s">
+      <c r="J110" s="5" t="s">
         <v>761</v>
       </c>
-      <c r="I110" s="5" t="s">
+      <c r="K110" s="5" t="s">
         <v>762</v>
       </c>
-      <c r="J110" s="5" t="s">
+      <c r="L110" s="6" t="s">
         <v>763</v>
       </c>
-      <c r="K110" s="5" t="s">
+      <c r="M110" s="5" t="s">
         <v>764</v>
-      </c>
-[...4 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
+        <v>765</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="F111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>766</v>
+      </c>
+      <c r="I111" s="5" t="s">
         <v>767</v>
       </c>
-      <c r="B111" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F111" s="5" t="s">
+      <c r="J111" s="5" t="s">
         <v>768</v>
       </c>
-      <c r="G111" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H111" s="5" t="s">
+      <c r="K111" s="5" t="s">
         <v>769</v>
       </c>
-      <c r="I111" s="5" t="s">
+      <c r="L111" s="6" t="s">
         <v>770</v>
       </c>
-      <c r="J111" s="5" t="s">
+      <c r="M111" s="5" t="s">
         <v>771</v>
-      </c>
-[...7 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>774</v>
+      </c>
+      <c r="F112" s="5" t="s">
         <v>775</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
         <v>776</v>
       </c>
       <c r="I112" s="5" t="s">
         <v>777</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>778</v>
       </c>
       <c r="K112" s="5" t="s">
         <v>779</v>
       </c>
       <c r="L112" s="6" t="s">
         <v>780</v>
       </c>
       <c r="M112" s="5" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
         <v>782</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>14</v>
+        <v>724</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>783</v>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
         <v>784</v>
       </c>
       <c r="I113" s="5" t="s">
         <v>785</v>
       </c>
       <c r="J113" s="5" t="s">
         <v>786</v>
       </c>
       <c r="K113" s="5" t="s">
         <v>787</v>
       </c>
       <c r="L113" s="6" t="s">
         <v>788</v>
       </c>
       <c r="M113" s="5" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
         <v>790</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>212</v>
+        <v>686</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>139</v>
+        <v>219</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>17</v>
+        <v>774</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>791</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
         <v>792</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>793</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>794</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>795</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>796</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
         <v>798</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>139</v>
+        <v>219</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="E115" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
         <v>799</v>
       </c>
-      <c r="F115" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H115" s="5" t="s">
+      <c r="I115" s="5" t="s">
         <v>800</v>
       </c>
-      <c r="I115" s="5" t="s">
+      <c r="J115" s="5" t="s">
         <v>801</v>
       </c>
-      <c r="J115" s="5" t="s">
+      <c r="K115" s="5" t="s">
         <v>802</v>
       </c>
-      <c r="K115" s="5" t="s">
+      <c r="L115" s="6" t="s">
         <v>803</v>
       </c>
-      <c r="L115" s="6" t="s">
+      <c r="M115" s="5" t="s">
         <v>804</v>
-      </c>
-[...1 lines deleted...]
-        <v>805</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
+        <v>805</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="D116" s="5" t="s">
         <v>806</v>
       </c>
-      <c r="B116" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E116" s="5" t="s">
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>807</v>
       </c>
-      <c r="F116" s="5" t="s">
+      <c r="I116" s="5" t="s">
         <v>808</v>
       </c>
-      <c r="G116" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H116" s="5" t="s">
+      <c r="J116" s="5" t="s">
         <v>809</v>
       </c>
-      <c r="I116" s="5" t="s">
+      <c r="K116" s="5" t="s">
         <v>810</v>
       </c>
-      <c r="J116" s="5" t="s">
+      <c r="L116" s="6" t="s">
         <v>811</v>
       </c>
-      <c r="K116" s="5" t="s">
+      <c r="M116" s="5" t="s">
         <v>812</v>
-      </c>
-[...4 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H117" s="5" t="s">
         <v>815</v>
       </c>
-      <c r="B117" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H117" s="5" t="s">
+      <c r="I117" s="5" t="s">
         <v>816</v>
       </c>
-      <c r="I117" s="5" t="s">
+      <c r="J117" s="5" t="s">
         <v>817</v>
       </c>
-      <c r="J117" s="5" t="s">
+      <c r="K117" s="5" t="s">
         <v>818</v>
       </c>
-      <c r="K117" s="5" t="s">
+      <c r="L117" s="6" t="s">
         <v>819</v>
       </c>
-      <c r="L117" s="6" t="s">
+      <c r="M117" s="5" t="s">
         <v>820</v>
       </c>
-      <c r="M117" s="5" t="s">
+    </row>
+    <row r="118">
+      <c r="A118" s="5" t="s">
         <v>821</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>827</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="K119" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="L120" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>844</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -10468,44 +10734,47 @@
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
+    <hyperlink ref="M118" r:id="rId123"/>
+    <hyperlink ref="M119" r:id="rId124"/>
+    <hyperlink ref="M120" r:id="rId125"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>