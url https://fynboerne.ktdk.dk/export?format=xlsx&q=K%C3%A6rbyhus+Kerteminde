--- v1 (2026-01-21)
+++ v2 (2026-03-12)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1373" uniqueCount="845" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1384" uniqueCount="853" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1090,50 +1090,94 @@
     <t>1901-02-01</t>
   </si>
   <si>
     <t>- Berg, Fru
 Emilie Demant Hatt
 Johannes Larsen
 Sophie Meyer
 Sophus  Meyer</t>
   </si>
   <si>
     <t>Vilhelmine Larsen sender tøj, lidt mad og penge til Christine Swane.Hilsner til frk. Demant.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4C1Z</t>
   </si>
   <si>
     <t>Kjærbyhus
 Kjære Ugle!
 Nu fik vi dit Tøj afsted. Kravetøj er her intet af, men det er taget fra af Karen og tørret for sig selv saa det maa vel passe; Steg har vi ikke lille Ven saa Du maa tage tiltakke dennegang saa skal vi snart være der igjen kan Du tro; i det Papir hos Sardinæsken ligger 2 Kr 50 Ø Øre for vi kunde ikke mere ; men disse 10 er til Fru Berg og en af de første Dage skal komme saa vi kan blive gjældfri Du kjære Pige vær ved godt Mod det skal nok alt sammen blive godt
 Ja jeg haaber nok at komme over til dig men det maa blive bedre med Vejret for denne Kulde er ikke god for mig
 Hils nu Frøken Demant fra mig og Du kan tro vi talte om hendes Moders Hjem forleden Aften Mejers var til Kaffe hos Johannes og der gik
 Nu skal Brevet afsted saa maa jeg gaa til Posthus
 Kjærlig Hilsen fra os alle din Moder</t>
   </si>
   <si>
+    <t>1901-02-25</t>
+  </si>
+  <si>
+    <t>Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Hempel Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Fritz Lerche og Ed. N kendes ikke. 
+De Gamle var johannes Larsens forældre.
+Adis var Astrid Warberg-Goldschmidt. Hun var i 1901 ung pige i huset hos Alhed/Be og Johannes/Las Larsen, der på dette tidspunkt boede i Lille Kærbyhus, Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1497</t>
+  </si>
+  <si>
+    <t>Andreas Warberg har været inviteret til kortaften med god mad og cigarer. Dagen efter tog han toget til Kerteminde for at besøge Alhed/Be og Johannes/Las Larsen. De lå endnu i sengen, da han kom. Astrid/Adis Warberg var netop stået op. Andreas og Johannes Larsen fangede en irisk, som Larsen ville male. Om aftenen var de til kaffe hos Johannes Larsens forældre. Der blev serveret meget stærk rom. 
+Astrids cykel er til reparation. Hun beder forældrene sende frimærker.
+Andreas har besøgt Hempel Syberg, som lå syg af forkølelse. Andreas beder sin far få lavet en lægeattest, så han (Andreas) kan slippe for gymnastiktimerne, som er det rene slaveri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/o0yk</t>
+  </si>
+  <si>
+    <t>Odense d: 25 Febr. 1901.
+Kære Mor!
+Jeg vil benytte Lejligheden i Aften, da jeg sidder hyggeligt heroppe med en Cigar og en Bajer, til at skrive. Jeg har ført et meget muntert Liv de sidste to Dage: I Lørdags var jeg til Selskab hos Fritz Lerche, og i Gaar i Kerteminde. Allerede forrige Lørdag fik jeg Invitation til at komme ud til ham og spille L’hombre, og da jeg ikke anede ondt, men troede, at det skulde være et ganske almindeligt Parti, sagde jeg Ja. Men saa om Mandagen fik jeg at vide, at det skulde være større Selskab, spise til Aften med osv, men saa var det allerede for sent. Jeg har derfor været gnaven hele Ugen, noget jeg altid bliver, naar jeg bliver inviteret ud. Naa - Selskabet indskrænkede sig imidlertid til at vi blev 12 fra Latinskolen, 2 Partier L’hombre og 1 Whist. Vi fik vældig flot Aften: Fiskerand (?) og Oliven, Is; dertil Rødvin og Sherry. Saa L’hombre (10 Øre) med Cigarer; jeg for min Part røg 5, og de andre har vel ogsaa nok hængt godt i, for tilsidst kunde vi næsten ikke se hinanden. * - Endelig Kaffe og Musik; jeg kom fint hjem henad Kl 1 og var næsten ved at komme for sent til Toget om Morgenen. Jeg havde nær aldrig fundet deres Hus, men endelig lykkedes det dog, og jeg traf saa Be og Las paa Sengen og Adis nylig opstaaet. Det var desværre ikke Vejr til at komme noget ud, Las og jeg var kun lige uden for Huset for at fange Fugle i Net; vi fangede en Irisk, som Las skulde male. Om Aftenen vare vi ovre hos de Gamle til Kaffe;. [semikolon overstreget og erstattet med et punktum] Til den blev der budt noget om, som jeg troede var Scherry og jeg tog jo saa trøstig et Glas; men ved nærmere Undersøgelse viste det sig at være forfærdelig stærk Rom, som nær havde slaaet mig ihjel, skønt jeg dog nok synes, jeg kender lidt til den Slags Varer; derimod tømte Marie et helt Glas uden at blinke. – Adis’s Cycle har jeg leveret ud til Ed N., men den kunde ikke naa at blive færdig; som jeg kunde faa den med. Jeg skulde fra hende bede dig om at sende nogle Frimærker, da I ellers ingen Breve kan faa.- Jeg var ude hos Onkel S. i Eftermiddag og fandt ham liggende i Sengen af en [”en” indsat over linjen] Forkølelse, som havde varet nogle Dage. Tante Visse havde meldt sig derude og ventedes i Dag. Paa Skolen gaar det godt; jeg har endnu fri for Gymnastik, og da ingen har talt noget om det, er jeg naturligvis ikke saa dum frivillig at gaa til det Slaveri. Tror du ikke, at det kunde lade sig gøre at faa en Lægeattest for, at jeg ikke kan taale Gymnastik; der er jo kun godt 2 Maaneder tilbage nu? Kan du ikke snakke med Far om det.?
+Mange Hilsner til alle,
+Jeg kommer saa hjem paa Lørd, maaske cyclende. 
+*Jeg morede mig udmærket.</t>
+  </si>
+  <si>
     <t>1901-02-28</t>
   </si>
   <si>
     <t>Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Marie  Marstrand</t>
   </si>
   <si>
     <t>Christine Swane boede i februar 1901 hos Demants i Nyboder</t>
   </si>
   <si>
     <t>Alhed har i dag født sit andet barn, en lille mørkhåret dreng.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xnJ7</t>
   </si>
   <si>
     <t>1901-02-28
 Kjærbyhus
 Onsdag Kl. 11 Fund..
 Kjæreste lille Ugle!
 Her sidder Marie med Puf, og lille Broer ligger i Vuggen, en lille mørkhaaret Dreng, Gud ske Tak for at det er overstaaet og godt og vel.
 Marie har hele Tiden sagt Fredag kom Begivenheden saa det blev jo en Overraskelse for os nu er Puf her og det er jo en god Ro 
@@ -3443,53 +3487,50 @@
 Karl Schou
 Marie Schou
 Christine Swane</t>
   </si>
   <si>
     <t>Alhed Larsen er i København, mens Johannes Larsen og børnene er hjemme i Kerteminde. 
 Den svenske maler Karl Isakson faldt under et besøg hos Johannes Larsen ned af trappen i Svanemøllen og brækkede benet, hvorefter han måtte blive i Kerteminde et halvt år. 
 Sagen om pengene fra Akademiet er ikke umiddelbart gennemskuelig. 
 Tårup Strand ved Odense Fjord blev på Larsens tid kaldt Taarupstranden (markeret ved Nybro Frugtplantage).</t>
   </si>
   <si>
     <t>Alhed Larsen har været hos Schous og hos Berta (Brandstrup) samt med Christine på Den Fri, hvor udbyttet var magert. Larsen må sende fuldmagt, så Alhed kan få penge på Akademiets kontor.
 Larsen må passe på børnene, og de må ikke gå til havnen eller Taarbystranden (Taarup Strand).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OfQX</t>
   </si>
   <si>
     <t>Kæreste Lausi!
 Jeg havde haabet paa et Brevkort i Dag, men saa kommer det vel i Morgen. Jeg har har [ordet overstreget] været hos Schous to Gange, allerede den første Aften var Chr. og jeg et Svip derude og bad dem til Middag her i Gaar. Og i Morges mødtes jeg med dem paa den fri og tog med dem hjem til Frokost. Derfra gik jeg til Berta hvor jeg skal til Middag i Morgen. Christine og jeg var i Gaar 4 ½ Time paa Charlottenborg, men Udbyttet var jo magert. Jeg har været paa Akademiets Kontor, men Du maa sende mig en Fuldmagt eller en Kvittering ellers kunde jeg ikke faa dem. Vil Du endelig sende den i Morgen helst 3.20 saa jeg kan have den Onsdag Morgen, saa giver jeg Schou de 100, de vilde nok have dem nu. - - Vær endelig sød mod Børnene, kys dem mange Gange og pas forfærdelig paa dem. Lad dem ikke gaa til Havnen eller til Taarbystranden. Hils Agrarens i Kærbyhus og Isakson mange Gange. 1000 Hilsner 
 Din A.
 Mandag Eft.</t>
   </si>
   <si>
     <t>1909-3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Odense</t>
   </si>
   <si>
     <t>Victor Bøttern
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Vilhelm Larsen
 Ole Poulsen
 Marie Svensker
 Christine Swane</t>
   </si>
   <si>
     <t>Brevet er muligvis skrevet på et tidligere brev fra Johannes Larsen.</t>
   </si>
   <si>
     <t>IA Larsen er stadig svag, men kan ikke holde ud, at være indlagt længere. Det haster meget med at få nogle penge, så opholdet på sygehuset kan blive betalt. Begge forældre er bekymrede for, hvordan det går med forårsarbejdet i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/C8yI</t>
   </si>
   <si>
     <t>Benediktsgade No 3.
@@ -5353,59 +5394,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ZN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0yk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ZN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M120"/>
+  <dimension ref="A1:M121"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -6619,4044 +6660,4089 @@
       <c r="H28" s="5" t="s">
         <v>195</v>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>196</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>197</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>199</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>25</v>
+        <v>147</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>201</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>73</v>
+        <v>204</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>147</v>
+        <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>146</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>155</v>
+        <v>18</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>214</v>
+        <v>73</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F32" s="5" t="s">
-        <v>220</v>
+        <v>155</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
         <v>221</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>222</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>223</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>224</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>225</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>227</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>33</v>
-[...11 lines deleted...]
-      <c r="G33" s="5" t="s">
         <v>228</v>
       </c>
+      <c r="E33" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H33" s="5" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>20</v>
+        <v>232</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D34" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>237</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="I34" s="5"/>
+        <v>238</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>239</v>
+      </c>
       <c r="J34" s="5" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D35" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="F35" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F35" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>241</v>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>242</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="I35" s="5"/>
       <c r="J35" s="5" t="s">
-        <v>20</v>
+        <v>245</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F36" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>250</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>268</v>
+        <v>73</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F40" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F40" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>20</v>
+        <v>277</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F41" s="5" t="s">
-        <v>279</v>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>177</v>
+        <v>20</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>18</v>
+        <v>288</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>73</v>
+        <v>177</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E46" s="5" t="inlineStr">
-[...10 lines deleted...]
-        <v>310</v>
+      <c r="E46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>313</v>
+        <v>73</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E47" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>319</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>73</v>
+        <v>322</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F48" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>146</v>
+        <v>33</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>17</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H49" s="5" t="s">
+        <v>333</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>333</v>
+        <v>20</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="5" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H50" s="5" t="s">
-        <v>340</v>
+      <c r="H50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I50" s="5" t="s">
         <v>341</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>342</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>343</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>344</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>346</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>25</v>
+        <v>228</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>17</v>
+        <v>347</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>73</v>
+        <v>351</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>360</v>
+        <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>15</v>
+        <v>369</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>356</v>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G57" s="5" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>347</v>
-[...4 lines deleted...]
-        </is>
+        <v>356</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>397</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="I59" s="5"/>
+        <v>404</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>405</v>
+      </c>
       <c r="J59" s="5" t="s">
-        <v>402</v>
+        <v>73</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>356</v>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>408</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>268</v>
+        <v>411</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>18</v>
+        <v>423</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>73</v>
+        <v>277</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>427</v>
+        <v>15</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>428</v>
+        <v>17</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>429</v>
+        <v>18</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>430</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>431</v>
       </c>
       <c r="J63" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K63" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="K63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>433</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="5" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>17</v>
+        <v>437</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>73</v>
+        <v>441</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>147</v>
+        <v>15</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>146</v>
+        <v>25</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>356</v>
+      </c>
+      <c r="G66" s="5" t="s">
+        <v>453</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>454</v>
+        <v>73</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>15</v>
+        <v>147</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>360</v>
+        <v>146</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>459</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>33</v>
+        <v>369</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>17</v>
+        <v>468</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G68" s="5" t="s">
-        <v>467</v>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>20</v>
+        <v>471</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F69" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>476</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E70" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>483</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D71" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F72" s="5" t="s">
-        <v>474</v>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>483</v>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>474</v>
-[...4 lines deleted...]
-        </is>
+        <v>483</v>
+      </c>
+      <c r="G75" s="5" t="s">
+        <v>513</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>523</v>
+        <v>483</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F80" s="5" t="s">
+        <v>532</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>544</v>
+        <v>73</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>147</v>
+        <v>15</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>549</v>
+        <v>25</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>550</v>
+        <v>17</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
         <v>551</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>552</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>553</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>554</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>555</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>557</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>549</v>
-[...6 lines deleted...]
-      <c r="F82" s="5" t="s">
         <v>558</v>
       </c>
+      <c r="E82" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>566</v>
+        <v>147</v>
       </c>
       <c r="D83" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="D84" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E83" s="5" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="E84" s="5" t="s">
-        <v>18</v>
+        <v>576</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G84" s="5" t="s">
-[...3 lines deleted...]
-        <v>573</v>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I84" s="5" t="s">
-        <v>574</v>
-[...4 lines deleted...]
-        </is>
+        <v>577</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>441</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="5" t="s">
-        <v>578</v>
+      <c r="A85" s="5" t="n">
+        <v>1909</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>579</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G85" s="5" t="s">
+        <v>581</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>583</v>
+      </c>
+      <c r="J85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K85" s="5" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>586</v>
+        <v>201</v>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="5" t="n">
-        <v>1910</v>
+      <c r="A87" s="5" t="s">
+        <v>593</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D87" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F87" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F87" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G87" s="5" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="88">
-      <c r="A88" s="5" t="s">
-        <v>598</v>
+      <c r="A88" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>599</v>
+        <v>33</v>
       </c>
       <c r="D88" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G88" s="5" t="s">
         <v>600</v>
       </c>
-      <c r="E88" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I88" s="5"/>
+      <c r="H88" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>602</v>
+      </c>
       <c r="J88" s="5" t="s">
-        <v>601</v>
+        <v>20</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>147</v>
+        <v>607</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>451</v>
+        <v>608</v>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H89" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I89" s="5"/>
       <c r="J89" s="5" t="s">
         <v>609</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>610</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>611</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>613</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>146</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>614</v>
       </c>
-      <c r="F90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F90" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
         <v>615</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>616</v>
       </c>
       <c r="J90" s="5" t="s">
         <v>617</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>618</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>619</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>621</v>
       </c>
       <c r="B91" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E91" s="5" t="s">
         <v>622</v>
       </c>
-      <c r="C91" s="5" t="s">
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
         <v>623</v>
       </c>
-      <c r="D91" s="5" t="s">
+      <c r="I91" s="5" t="s">
         <v>624</v>
       </c>
-      <c r="E91" s="5" t="s">
+      <c r="J91" s="5" t="s">
         <v>625</v>
       </c>
-      <c r="F91" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G91" s="5" t="s">
+      <c r="K91" s="5" t="s">
         <v>626</v>
       </c>
-      <c r="H91" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I91" s="5" t="s">
+      <c r="L91" s="6" t="s">
         <v>627</v>
       </c>
-      <c r="J91" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K91" s="5" t="s">
+      <c r="M91" s="5" t="s">
         <v>628</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="C92" s="5" t="s">
         <v>631</v>
       </c>
-      <c r="B92" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D92" s="5" t="s">
-        <v>146</v>
-[...6 lines deleted...]
-      <c r="F92" s="5" t="s">
         <v>632</v>
       </c>
-      <c r="G92" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H92" s="5" t="s">
+      <c r="E92" s="5" t="s">
         <v>633</v>
       </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="H92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="I92" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>635</v>
+        <v>73</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>636</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>637</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>639</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>147</v>
+        <v>33</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="E93" s="5" t="s">
-        <v>17</v>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F93" s="5" t="s">
-        <v>451</v>
+        <v>640</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>146</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>169</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>147</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>654</v>
-[...10 lines deleted...]
-        </is>
+        <v>655</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>658</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>655</v>
-[...1 lines deleted...]
-      <c r="M95" s="5"/>
+        <v>659</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>660</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>16</v>
+      </c>
+      <c r="D96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F96" s="5" t="s">
-        <v>451</v>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>657</v>
-[...8 lines deleted...]
-        <v>660</v>
+        <v>662</v>
+      </c>
+      <c r="I96" s="5"/>
+      <c r="J96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L96" s="6" t="s">
-        <v>661</v>
-[...3 lines deleted...]
-      </c>
+        <v>663</v>
+      </c>
+      <c r="M96" s="5"/>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>146</v>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F97" s="5" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>664</v>
-[...1 lines deleted...]
-      <c r="I97" s="5"/>
+        <v>665</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>666</v>
+      </c>
       <c r="J97" s="5" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="E98" s="5" t="s">
-        <v>670</v>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F98" s="5" t="s">
-        <v>671</v>
+        <v>460</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>672</v>
       </c>
-      <c r="I98" s="5" t="s">
+      <c r="I98" s="5"/>
+      <c r="J98" s="5" t="s">
         <v>673</v>
       </c>
-      <c r="J98" s="5" t="s">
+      <c r="K98" s="5" t="s">
         <v>674</v>
       </c>
-      <c r="K98" s="5" t="s">
+      <c r="L98" s="6" t="s">
         <v>675</v>
       </c>
-      <c r="L98" s="6" t="s">
+      <c r="M98" s="5" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E99" s="5" t="s">
         <v>678</v>
       </c>
-      <c r="B99" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C99" s="5" t="s">
+      <c r="F99" s="5" t="s">
         <v>679</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
         <v>680</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>681</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>682</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>683</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>684</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="100">
-      <c r="A100" s="5" t="n">
+      <c r="A100" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="K100" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="L100" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="5" t="n">
         <v>1917</v>
       </c>
-      <c r="B100" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="5" t="s">
+      <c r="B101" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C101" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="D100" s="5" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D101" s="5" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="E101" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="F101" s="5" t="s">
-        <v>155</v>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>695</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>696</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>697</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>698</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>699</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>701</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>686</v>
-[...9 lines deleted...]
-        </is>
+        <v>228</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>33</v>
+        <v>147</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>624</v>
-[...4 lines deleted...]
-      <c r="F103" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="s">
         <v>710</v>
       </c>
-      <c r="G103" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H103" s="5" t="s">
+      <c r="I103" s="5" t="s">
         <v>711</v>
       </c>
-      <c r="I103" s="5" t="s">
+      <c r="J103" s="5" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>713</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>714</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
         <v>716</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>147</v>
+        <v>33</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>219</v>
-[...9 lines deleted...]
-        </is>
+        <v>632</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>718</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>719</v>
+        <v>73</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>724</v>
+        <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>686</v>
-[...4 lines deleted...]
-      <c r="F105" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>725</v>
       </c>
-      <c r="G105" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H105" s="5" t="s">
+      <c r="I105" s="5" t="s">
         <v>726</v>
       </c>
-      <c r="I105" s="5" t="s">
+      <c r="J105" s="5" t="s">
         <v>727</v>
       </c>
-      <c r="J105" s="5" t="s">
+      <c r="K105" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="K105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>729</v>
       </c>
-      <c r="L105" s="6" t="s">
+      <c r="M105" s="5" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="B106" s="5" t="s">
         <v>732</v>
       </c>
-      <c r="B106" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>147</v>
+        <v>694</v>
       </c>
       <c r="E106" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="F106" s="5" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
         <v>734</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>735</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>736</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>737</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>738</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>740</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>169</v>
+        <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>146</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H107" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H107" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>744</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>742</v>
-[...1 lines deleted...]
-      <c r="M107" s="5"/>
+        <v>746</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>747</v>
+      </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>744</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="s">
-[...3 lines deleted...]
-        <v>746</v>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I108" s="5"/>
-      <c r="J108" s="5" t="s">
-        <v>747</v>
+      <c r="J108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K108" s="5" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>749</v>
-[...1 lines deleted...]
-      <c r="M108" s="5" t="s">
         <v>750</v>
       </c>
+      <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
         <v>751</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>146</v>
+        <v>752</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>219</v>
+        <v>694</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>17</v>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G110" s="5" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="I110" s="5" t="s">
         <v>760</v>
       </c>
+      <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="K110" s="5" t="s">
         <v>761</v>
       </c>
-      <c r="K110" s="5" t="s">
+      <c r="L110" s="6" t="s">
         <v>762</v>
       </c>
-      <c r="L110" s="6" t="s">
+      <c r="M110" s="5" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E111" s="5" t="s">
         <v>765</v>
       </c>
-      <c r="B111" s="5" t="s">
-[...19 lines deleted...]
-        </is>
+      <c r="F111" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G111" s="5" t="s">
+        <v>766</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>773</v>
+        <v>228</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>219</v>
+        <v>662</v>
       </c>
       <c r="E112" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H112" s="5" t="s">
         <v>774</v>
       </c>
-      <c r="F112" s="5" t="s">
+      <c r="I112" s="5" t="s">
         <v>775</v>
       </c>
-      <c r="G112" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H112" s="5" t="s">
+      <c r="J112" s="5" t="s">
         <v>776</v>
       </c>
-      <c r="I112" s="5" t="s">
+      <c r="K112" s="5" t="s">
         <v>777</v>
       </c>
-      <c r="J112" s="5" t="s">
+      <c r="L112" s="6" t="s">
         <v>778</v>
       </c>
-      <c r="K112" s="5" t="s">
+      <c r="M112" s="5" t="s">
         <v>779</v>
-      </c>
-[...4 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E113" s="5" t="s">
         <v>782</v>
       </c>
-      <c r="B113" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D113" s="5" t="s">
+      <c r="F113" s="5" t="s">
         <v>783</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
         <v>784</v>
       </c>
       <c r="I113" s="5" t="s">
         <v>785</v>
       </c>
       <c r="J113" s="5" t="s">
         <v>786</v>
       </c>
       <c r="K113" s="5" t="s">
         <v>787</v>
       </c>
       <c r="L113" s="6" t="s">
         <v>788</v>
       </c>
       <c r="M113" s="5" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
         <v>790</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>14</v>
+        <v>732</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>686</v>
+        <v>25</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>219</v>
-[...4 lines deleted...]
-      <c r="F114" s="5" t="s">
         <v>791</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
         <v>792</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>793</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>794</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>795</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>796</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
         <v>798</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>219</v>
+        <v>694</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>686</v>
-[...9 lines deleted...]
-        </is>
+        <v>228</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>799</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>806</v>
+        <v>694</v>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
         <v>807</v>
       </c>
       <c r="I116" s="5" t="s">
         <v>808</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>809</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>810</v>
       </c>
       <c r="L116" s="6" t="s">
         <v>811</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
         <v>813</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>219</v>
+        <v>122</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>146</v>
-[...4 lines deleted...]
-      <c r="F117" s="5" t="s">
         <v>814</v>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
         <v>815</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>816</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>817</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>818</v>
       </c>
       <c r="L117" s="6" t="s">
         <v>819</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
         <v>821</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="D118" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="D118" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E118" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F118" s="5" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
         <v>823</v>
       </c>
       <c r="I118" s="5" t="s">
         <v>824</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>825</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>826</v>
       </c>
       <c r="L118" s="6" t="s">
         <v>827</v>
       </c>
       <c r="M118" s="5" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
         <v>829</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>219</v>
+        <v>146</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>146</v>
+        <v>228</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>830</v>
       </c>
       <c r="F119" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
         <v>831</v>
       </c>
-      <c r="G119" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H119" s="5" t="s">
+      <c r="I119" s="5" t="s">
         <v>832</v>
       </c>
-      <c r="I119" s="5" t="s">
+      <c r="J119" s="5" t="s">
         <v>833</v>
       </c>
-      <c r="J119" s="5" t="s">
+      <c r="K119" s="5" t="s">
         <v>834</v>
       </c>
-      <c r="K119" s="5" t="s">
+      <c r="L119" s="6" t="s">
         <v>835</v>
       </c>
-      <c r="L119" s="6" t="s">
+      <c r="M119" s="5" t="s">
         <v>836</v>
-      </c>
-[...1 lines deleted...]
-        <v>837</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>146</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="F120" s="5" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="L120" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="F121" s="5" t="s">
         <v>839</v>
       </c>
-      <c r="I120" s="5" t="s">
-[...12 lines deleted...]
-        <v>844</v>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>852</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -10737,44 +10823,45 @@
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
+    <hyperlink ref="M121" r:id="rId126"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>