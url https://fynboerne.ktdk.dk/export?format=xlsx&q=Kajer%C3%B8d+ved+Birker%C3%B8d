--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="34" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="44" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -142,50 +142,97 @@
   <si>
     <t>Astrid Warberg har i søsterens hus i Birkerød haft besøg af Viggo Bredsdorff og hans forlovede, Ida Kold. Adam havde samme aften mareridt.
 Astrid stillede uret to timer tilbage for at narre Maria/Majsa Bredsdorff. Under besøg hos hende og hendes bror fortalte hun, hvad hun havde gjort. 
 Majsa fortalte om sin svigerinde, som kommer fra De Vestindiske Øer og er mulat.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4Qle</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg.
 pt. Frederiksberg Hospital
 Afd. F.I.
 Kjøbenhavn.
 [på kuvertens bagside: Poststempel]
 Mandag.
 Kære Mor!
 Jeg fik ikke ringet til Tutte igår, men hun har lovet at sende mig et Kort om Tilstanden. Nu skal Du høre lidt herude fra – selv om vi naturligvis ikke kan præstere Verdensbegivenheder. Lørdag Aften havde vi Besøg af Vigs Bredsdorff og hans forlovede, Ida Kold, en meget sød, ung Pige fra Løgstør; hun er 21 År – spiller fænomenalt godt – har 20 Elever i Løgstør – og er huslig hele Formiddagen. De havde en Flaske Kirsebærvin med – jeg havde Cigarer og vi sludrede hyggeligt til henimod Midnat; Vigs er meget filosofisk anlagt, så Samtalen drejede sig mest om ophøjede Materier. Midt i det Hele begyndte Adam at brøle oppe i Slagbænken; da jeg kom derop sagde han, at han havde drømt om en Ko (det er hans Rædsel) og han havde voldsom Hjertebanken. 
 Sjums er slet ikke bange for Køerne – de står oppe på det nye Stykke Mark (med Stien) – hun tør gå helt ind i Tøjret til dem. Nå, vi fik ham jo beroliget. 
 Næste Morgen – Søndag – vågnede jeg Kl c 9. Majsa var allerede oppe hørte jeg; så sendte jeg Adam ind til hende for at spørge, om hun var rasende – at stå op Kl ½7! samtidig drejede jeg Uret to Timer tilbage. Et Øjeblik efter kom Majsa ind med dybe Beklagelser over, at hun var kommen så tidlig op – men jeg gav mig til at skælde ud, fordi hun havde alarmeret mig så tidlig; så gik Majsa ydmyg ned og gjorde Bod ved at sørge for Morgenkaffen, medens jeg - udsovet og i Ro og Mag fuldendte mit Toilette. Mens vi sad ved Kaffen trak en Byge over – jeg sagde: Du kan jo dog se, det er knap rigtig lyst endnu!” Majsa sagde: ”ja, jeg synes nok, at jeg var så ualmindelig sløj og søvnig”. Efter Kaffen gik enhver til sit – Majsa gav sig til at male et Blomsterbillede i Stuen – jeg vaskede op; samtidig hentede jeg Uret ned og stillede det atter de to Timer frem; Klokken var nu 11. Jeg hørte, at Majsa gav sig til at spille – og forstod, at der ikke var rigtig Gang i Arbejdet. Noget efter råbte hun ud til mig: hvad er Klokken? ”½12”. ”Umulig -,” stor Opstandelse – vi talte længe alvorlig om det – hvor forbavsende hurtigt Tiden var gået; måske går Uret galt? Majsa ringede til Centralen og forespurgte; ”Klokken er 5 Min over ½12.” Ja, så går Uret skam rigtig. Majsa øvede sig videre; men nu var det atter forbavsende, sa god Forslag der blev i den næste halve Time; men det måtte jo komme af Forsvirelsen, ja! Kl. 1 gik Majsa søvndrukken hjem til Middag i Kajerød. Sjums, Adam og jeg indtog vor festlige Søndagsmiddag – Kød med Salat og friskkogt Syltetøj – Rødgrød med tyk Fløde. Jeg fortalte dem mit Arrangement med Uret – og de gouterede det højlig. Klokken 4 var vi bedt til Kaffe i Kajerød. Jeg pyntede os alle tre fint og vi drog af Sted i det gode Søndagsvejr. Dernede begyndte de straks at snakke om Majsa, som dér var stået op midt om Natten – jeg stemmede i med – at ja, det var virkelig vanvittig af hende - . Men da vi endelig sad allesammen omkring det bugnende Kaffebord ude i Haven – og der blev en Pause – så sagde jeg: nu skal jeg fortælle en lille morsom Historie – men kun, hvis Majsa vil love at tie bomstille. Alle sad forventningsfulde - 
 II) – og så afslørede jeg mit storartede Bedrageri - og der var ingen Ende på Jubelen – selv Majsa måtte le med.
 Ja, det var en meget fornøjelig Eftermiddag og alle er så glade ved Børnene og leger med dem, så de morede sig dejligt. Vi kom først hjem Kl. 8 - Majsa med: så klædte de Små sig af og vaskede sig, mens jeg smurte Maden, som de i Dagens Anledning fik op på Sengen. Så tændte vi Lys i det fine og blanke Køkken – fik lavet Te, ristet Brød og indtaget vores frugale Måltid. Så malede vi fra 9 - ½11, men snakkede dog godt imens; hun fortalte mig så meget om den gifte Svigerinde – født Hjardemål; som jo er Mulat og har levet på Faderens Plantager i Vestindien til hun blev 10 År. Faren giftede sig imidlertid med en hvid – og de tog alle de 5 Negerbørn til sig, som han havde med en Negerpige derovre. Plejemoderen synes imidlertid det er en Skændsel at være Neger – og gør alt for at skjule Børnenes Afstamning; denne er altså gift med Maleren Lax Bredsdorff (Axel); de har en lille 2 Års Pige – helt lys – med de dejligste lysegule Krøller; nu venter de én igen – og det kan god hænde, at den bliver – kulsort! Det er jo spændende.
 Ja, nu er der vist ikke mere i Dag, Sjums og Adam skriver Breve til deres Far; tænk Dig – jeg fik Brev fra Anna i går – nu vil hun rejse 1st Okt – giftes til Dec! Jeg vil skrive, at hun virkelig må blive til 1st Nov – før kan jeg da ingen få. Hun skriver at der vist er ”godt om” Piger i År. Det er ikke videre lysteligt. Vi bliver nok her til sidst i Måneden, da det går så godt med det Hele og de Små befinder sig så udmærket.
 Mange Hilsner fra os alle!
 Din Astrid.</t>
+  </si>
+  <si>
+    <t>1920-05-07</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Birkerød St.
+Kajerødvej</t>
+  </si>
+  <si>
+    <t>Elisabeth Mackie
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>De to nabokoner kendes ikke.
+Christine var Warberg-parrets første barn. Hun blev født på gården Ensomhed i Heden på Fyn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3837</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil tænke 50 år tilbage på den søndag, hvor hun fødte Christine. Lauras to nabokoner græd. Hempel Syberg holdt Albrecht Warberg med selskab i haven. Omsider kom en stor, velskabt pige til verden.
+Laura troede op til sit bryllup, at Albrecht ikke brød sig om børn, så det var en dejlig overraskelse, at han var så glad for dem. Laura og han fik en hel flok, og nu er de ved at blive gamle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D76Z</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside]
+Fru Mackie
+Kajerødvej
+Birkerød St
+[Med kuglepen på kuvertens bagside:]
+8. Maj
+1930
+[Med blæk i brevet:]
+Kerteminde d. 7_de_ Maj 1920
+Kære Christine!
+Jeg er vis paa, at mine Tanker Dagen lang i Morgen vil gaae de 50 Aar tilbage i Tiden, til den lange ret svære Søndag, hvor de to gode Nabokoner græd over mig, mens Onkel Syberg holdt Far med Selskab nede i Haven til ved 6 Tiden, da en stor velnæret Pige paa 9 Pund endelig lod sig see!
+Det staaer saa tydeligt for mig altsammen, ogsaa Fars og min Glæde først over at vente Dig og saa at have Dig. Jeg kan ogsaa huske, at jeg mente ikke Far holdt af Børn og blev derfor glad overrasket, da han paa vor Bryllupsaften sagde, at det vilde være dejligt, om vi kunde faae Børn! Og dem fik vi altsaa en Flok af og nu begynder de at "blive gamle" - om jeg tør sige det slemme Ord! Naa Du behøver nu ikke bekymre Dig for Dine 50 Aar, for ingen vilde gætte paa det Tal! Til Lykke, lille kære "gamle" Basse! Gid foreløbig de følgende 10 Aar maa blive gode og sorgfri; naar Du saa bliver de 60, kan der altid ønskes igen! Og gid Du maa faae en rigtig rar Fødselsdag! Jeg vil længes efter at høre, hvordan Du har tilbragt den. Jeg haaber det gl. Porcelæn kommer helt til Dig og at Du vil blive glad ved det. De andre Ting kan Du faae ved Lejlighed. Hvor den søde Putte vist er ivrig paa Færde Dagen igennem! Kærlige Hilsener til Eder begge fra
+Mor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -262,59 +309,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1VrZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1VrZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -421,49 +468,93 @@
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>43</v>
+      </c>
+    </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
+    <hyperlink ref="M4" r:id="rId9"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>