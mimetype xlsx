--- v1 (2025-12-23)
+++ v2 (2026-02-07)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="44" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>