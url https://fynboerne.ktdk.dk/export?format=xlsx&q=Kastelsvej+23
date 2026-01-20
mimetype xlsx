--- v0 (2025-10-17)
+++ v1 (2026-01-20)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -95,50 +95,144 @@
     <t>Johannes Larsen Museet. Brevet ligger inde i Johannes V. Jensen: "Aarbog 1917", Gyldendalske Boghandel, Kbh. 1917. Bogen står i bogskab ved Køjerne.</t>
   </si>
   <si>
     <t>Johannes V. Jensen takker for brochuren. Han hører, at Johan Due Nielsen har akvarellen af damen og odderen. Jensen ejede den tidligere, men byttede den med en anden med motiv fra Island.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9CtG</t>
   </si>
   <si>
     <t>[På kuvertens forside er skrevet:]
 Hr Johan Due-Nielsen
 Strandpavillon Pax
 Kerteminde
 [På kuvertens bagside er skrevet:]
 Johs. V. Jensen
 Kastelsvej 23
 København
 Ø.
 [I brevet er skrevet:]
 5 April 47
 Hr Johan Due-Nielsen
 Mange Tak for den lille Brochure med Johannes Larsens Billeder. Jeg hører De har Akvarellen af Damen og Odderen; saa ved jeg da hvor den er. Jeg havde den i nogle Aar, men byttede den saa for en Forandring med en anden af Malerens Akvareller, Almannagjå paa Island, som der nu findes en Gengivelse af i Farver i den sidste Udgave af min Bog om Maleren.
 Med venlig Hilsen
 Deres hengivne
 Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
+  </si>
+  <si>
+    <t>1951-10-23</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde opholdt sig en lille måned hos sin søn og svigerdatter i Småland.
+Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde en dejlig tur til Sverige og Norge og hjem over Frederikshavn. Han er nu i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sZxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+p.T. Kastelsvej 23
+Ø.
+[I brevet:]
+Kjøbenhavn Tirsdag 23 Octr 1951.
+Kære Grevinde. 
+Som Du ser er jeg nu i Kjøbenhavn, Vi havde en pragtfuld Tur i Sverige og en lille Svip ind i Norge og over Göteborg – Frederikshavn til Kjerteminde og videre hertil. Jeg tænker paa at rejse herfra Fredag eller Lørdag, hvordan passer det Dig. Øbro 23 – 93. Jeg er her i Huset hver Dag inden Kl. 9 om Morgenen Jeg glæder mig til at se Dig – Mange Hilsener fra
+Din hengivne 
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -215,59 +309,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/9CtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/9CtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -329,48 +423,138 @@
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>39</v>
+      </c>
+    </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
+    <hyperlink ref="M3" r:id="rId8"/>
+    <hyperlink ref="M4" r:id="rId9"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>