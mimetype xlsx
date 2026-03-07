--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>