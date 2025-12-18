--- v0 (2025-12-07)
+++ v1 (2025-12-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="511" uniqueCount="334" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="523" uniqueCount="343" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1038,68 +1038,126 @@
 Adolph Hitler
 Hans Hviid
 Julius Hviid
 Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Erich Remarque
 Stephen Roberts
 Ellen  Sawyer
 Lars Swane
 Agnes Taaning
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Søster var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0563</t>
   </si>
   <si>
     <t>Der er mange steder i Danmark, som Johanne C. Larsen ønsker sig at se. Hun blev f.eks. misundelig, da hun hørte om Johannes Larsen og Brønsted-parrets tur til Møn. 
 Misundelse er noget grimt noget. Johanne mindes, da Martin/Manse blev ked af det, fordi Lasse Swane fik flere julegaver end han selv.
 Johanne har netop læst Stephen Roberts "Huset som Hitler byggede" og Remarques "Kammerater". Hans Hviid kommer med bøger til hende på hospitalet. 
-Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mangfe besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
+Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mange besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
 Johannes medpatient snakker konstant om sine sygdomme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/phXb</t>
   </si>
   <si>
     <t>Kære lille Dis! 
 Det er dejligt med dine Breve - Tak for det sidste, det hjemme fra, hvor du skriver om Haven. Sikken en dejlig Tur, du har haft, du har Held til at faa smaa smukke Provinsbyer at se jeg husker endnu din Beskrivelse af hvad Søren er det den hedder, den lille By [”By” indsat over linjen] hvor Søster er Apoteker? Er det Hals? Ja [”Ja” indsat over linjen] Den gad jeg nu se: Der var jo i det hele Taget et og andet, man gerne gad se – der iblandt en Bøgeskov i Udspring. Det er mange Aar siden, jeg saa det vidunderlige Syn, og mon jeg nogen Sinde mere faar det at se jeg behøver ikke at sige: ”skøn paa at du har den Lykke”, for det ved jeg, du gør, men tænk hvor mange, der har den og ikke ændser den. Du ved jeg plejer ellers at høre til de nøjsomme mon det er Alderen, der gør, at jeg har mere ondt ved det nu X For Expl, da jeg hørte, at Las, Else og Puf kørte til Møen og der mødtes med Magisterens og fejrede deres Fødselsdage – og lige i den skønne Løvsprings tid, ja tænk dig da mindedes jeg (og følte) da lille Manse en Juleaften med lidt Graad i Stemmen hviskede til mig, hvorfor er der saa meget paa Lasses Bord og saa lidt paa mit!?
 Men selvfølgelig naar man er kommen til Skels aar og Alder kan man da nok tage sig selv i Nakken og minde sig selv om at Misundelse vel nok er en af de meget foragtelige Egenskaber - - der giver mig en hel Del Spørgsmaal, jeg må hellere se at faa dem besvarede, Nej, Tiden falder mig aldrig lang, Hvis jeg ikke gider noget andet, har jeg jo den lille vidunderlige Fjord lige for og kan følge Smaatræerne og Buskenes Udspring her ude i Haven Det har jo været et pragtfuldt Foraar i Aar Jeg har haft ”Huset”, som Hitler byggede af den australske Historiker Roberts. Meget interessant og dette, at det er en Historiker, som har skrevet den forhøjer jo ens Tillid til at det er Sandheden man læser Efter Læsningen af den saa jeg med samme Foragt paa Nazisterne som før, men jeg tror med en dybere Foragt end før paa det tyske Folk. Hvor var den lang og tung at læse navnlig naar man laa paa Sygelejet, men hvor var den god at faa Forstand af. Samtidig læste jeg Remarques: ”Kammerater”. Hvor de dog belyste hinanden paa en morsom Maade. Hans Hviid – Dr. Hviid, Plejesøn, er mageløs til at komme og besøge mig, sørge for min Lekture han ejer en Masse Bøger – nej, det kniber ikke at ligge; jeg har en Luftkrans at ligge paa, men selvfølgelig lidt tvungent at have Benet liggende i den Tagrende, hvortil den er bunden fast; at sove paa Ryggen falder mig altid lidt svært men jeg faar Sovetabletter om Aftenen og kan faa det midt paa Natten igen hvis jeg vil. De er allesammen mageløs søde. Vor elskede Øverste Sygeplejerske, altsaa Chefen her har faaet sin Afsked paa graat Papir og rejser om 8 Dage - de vil ikke give hende Grunden Det er saa vidt jeg kan forstaa en Slags Sammensværgelse med Sladder og Skidt - - en Fremgangsmåde der er Kjerteminde værdig!!
 Om jeg har Smerter. Naa-aa- ikke saa meget mere, men al den første Tid var ikke saa rar og jeg havde en Del Feber, en Aften lige ved 39, men alt det er jo forbi nu Llige efter Pinsedagen skal Gibsen tages af Foden og hvad er saa skal ske eller hvor nær jeg saa er ved Hjemsendelsen aner jeg ikke – jeg modtager en utrolig Mængde Godhed fra alle Sider og af alle Slags, Masser af Mennesker kommer og besøger mig I Gaar havde nogle af mine Kjertemindevenner sørget for at køre gl. Frk. Hagen min mangeaarige gode gamle Ven herud til mig, hun vilde saa gerne hilse paa mig, jeg har jo ikke kunnet besøge hende længe paa Grund af daarlig Gaaelse. Det var et dejligt og rørende Besøg Og naturligvis havde hun som alle andre lidt med til mig. De mest trofaste er Elle og Fru Taaning, men ellers kan du ikke tænke dig alle dem, der kommer her, ogsaa vore Naboer fra Munkebo. 
 Hjemme staar det godt til Bibbe er jo saa trofast til at komme saa tit [”tit” indsat over linjen] det er muligt for hende men meget hviler jo paa hende gid hun maa kunde taale det hun er jo ikke rask endnu gid hun vilde gøre lidt mere for at blive det – Drengene virker jo som sædvanlig for fulde Sejl; jeg hører om nye Virksomhedet; nu har de gravet en Brønd ude ved de to Folde; der er Masser af Vand mægtige Brøndrør er lagt ned, og danner Brøndens Sider, en brugt Pumpe købt, saa nu kan der pumpes Vand op til Køerne om Somren i Stedet for at føre dem den lange Vej hjem til Gaarden Og de har faaet det ordnet saadan, at de kan vande helt oppe i Køkkenhaven – dels Gummislange og dels Jærnrør det betyder altid gode Grønsager De er nu knagende driftige, de Drenge. - - - 
 Jeg har gode Patientkammerater her, en gl. Bondekone fra Drigstrup hun har megen Lune og er ikke dum, dog er det trættende altfor mange Gange at skulle høre [”høre” indsat over linjen] om hele hendes Sygdoms Forløb, Maven Bækkenforteelser o. lign: Jeg har forbudt dem at berøre disse Yndlingsemner, naar vi spiser. Den anden er en ung Pige af Gaardejerstand, sød, naturlig forstandig og i godt Humør. Saa ikke mere, spørg hvis du vil vide mere. 
 Et Væld af Hilsner til Jer fra din Junge
 [Skrevet på hovedet øverst på s. 8:]
 Jo, jeg har lidt ondt ved at ligge og skrive, dette var en Bedrift
 [Indsat øverst s. 2:]
 X nej det er vist bare Sygelejet, der gør det.</t>
+  </si>
+  <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
   </si>
   <si>
     <t>1941-03-14</t>
   </si>
   <si>
     <t>Alfred Fly
 Lars Lankjær Mikkelsen
 Adolph Larsen
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Karen Warberg
 Marie Warberg
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>De to fiskerbrødre og deres mor kendes ikke. 
 Alen er en gammel dansk længdemål = 0,6277 m. Før metersystemets indførelse i 1910 var alen almindelig benyttet længdemål fx i klædehandel ("to alen af samme stykke"). (Lex.dk). 
 Jumber er en lav, tohjulet enspændervogn med to sæder over for hinanden på langs ad kørselsretningen (Den danske Ordbog).
 En dansk mil er en længdeenhed på 7.532,48 m. (Lex.dk). 
 Det vides ikke, hvad det er for behandlinger, som Adolph/Agraren Larsen fik.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0627</t>
   </si>
@@ -2404,59 +2462,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lXE0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74UJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lXE0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74UJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M45"/>
+  <dimension ref="A1:M46"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3443,1039 +3501,1083 @@
       </c>
       <c r="I23" s="5" t="s">
         <v>180</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>181</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>182</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>183</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>185</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D24" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="D24" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="5" t="s">
-        <v>161</v>
+        <v>186</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>161</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>161</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>62</v>
+        <v>112</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-        </is>
+        <v>161</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>170</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="I27" s="5"/>
+        <v>209</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>210</v>
+      </c>
       <c r="J27" s="5" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E28" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
-        <v>155</v>
+        <v>217</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>219</v>
-[...5 lines deleted...]
-        <v>220</v>
+        <v>152</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>155</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>155</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>160</v>
+        <v>228</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>161</v>
+        <v>37</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>170</v>
+        <v>229</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>235</v>
+        <v>155</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>240</v>
+        <v>112</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>54</v>
+        <v>160</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-        </is>
+        <v>161</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>170</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>151</v>
+        <v>249</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>152</v>
+        <v>54</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>155</v>
+        <v>259</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>219</v>
+        <v>152</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F35" s="5" t="s">
-        <v>220</v>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>155</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>160</v>
+        <v>228</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>161</v>
+        <v>37</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>170</v>
+        <v>229</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>269</v>
+        <v>155</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>161</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>62</v>
+        <v>112</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>219</v>
+        <v>160</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>37</v>
+        <v>161</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>220</v>
+        <v>170</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>155</v>
+        <v>285</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>151</v>
+        <v>62</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F39" s="5" t="s">
+        <v>229</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>155</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>37</v>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>295</v>
+        <v>155</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>161</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>161</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>161</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>161</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="I44" s="5"/>
+        <v>323</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>324</v>
+      </c>
       <c r="J44" s="5" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>327</v>
+        <v>161</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>342</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
+    <hyperlink ref="M46" r:id="rId51"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>