--- v1 (2025-12-18)
+++ v2 (2026-03-12)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="523" uniqueCount="343" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="545" uniqueCount="357" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -2342,50 +2342,144 @@
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Warberg Müller
 Bakkevej 12
 Haveskov St
 [Skrevet af ukendt:]
 Aug 1950
 modt. 11 Jan. 1941 [linjen overstreget]
 25-1-2002.
 29-7-2009
 [På kuvertens bagside:]
 Lindøgaard Dræby St.
 [I brevet:]
 Lindøgaard Mand. 28-8-1950
 Kære lille Dis!
 Tak for dit gode Brev! Jeg fik det i Fredags, og det kom saa uhyre tilpas som en Opmuntring i den store Sorg, vi lige var bleven ramt af. Jeg har paa Fornemmelsen, at jeg aldrig har faaet dig fortalt, at Else (Puf) ventede sig en lille; de havde hele Tiden sagt d. 20/8, og en dejlig lille Dreng kom d. 23_de_ ved 3 Tiden om Natten; det var gaaet saa uhyre let for Else, og det hele kun varet et Par Timer. Else havde glædet sig saadan til det lille Barn, og som du kan tænke dig var Lykken stor. Marie, Bibbe og Elle, som naaede at faa ham at se, har sagt, at det var saadan en ualmindelig dejlig Dreng, og han laa og sov saa trygt og saa saa sund ud, men Natten til Fredag blev han syg, Doktoren fik ham paa Sygehuset i Odense, hvor han døde om Morgenen. Det var et forfærdeligt Slag, det gjorde os saa bitterlig ondt for Else, men alligevel var det jo godt, at Drengen ikke var bleven større end de to Døgn. Bibbe var saa ude af sig selv af Sorg – hun havde været der om Torsdagen med Marie, som skulde rejse Dagen efter og derfor fik Lov at komme ind til hende og set det hele saa lykkeligt Else laa og straalede, et Blomsterflor var der det hele saa smukt og godt – og saa det hele vendt til Sorg og Smerte. 
 Jeg ved ikke rigtig om jeg i mit sidste Brev fortalte om mit Doktorbesøg, hvor det blev konstateret, at det var Næse-Betændelse – er det dog ikke kunstigt, som jeg altid hitter paa mærkelige Sygdomme. Marie dryppede saa min Næse, og saa maa det vel være gået over, jeg kunde ellers ikke mærke noget, det var kun den stadige Feber, der fik mig til at faa fat i Doktoren. Der gik 3 Uger ialt ["ialt indsat over linjen], hvor jeg var til ingen Ting, hvilket vil sige, at jeg ikke bestilte Haands Gavn. Men nu er det jo et overvundet Stadium, og mit Knæ bedres ogsaa helt godt, men Doktoren mener nu ikke, jeg skal gaa paa det ud over, hvad der er nødvendigt. - - Nu har jeg syet 17 Servietter til M. alle forskellige, men hvis det ikke haster med Holgers, vil jeg først sy den Lysedug til min gamle Veninde Nelly i Amerika, Putte skal have den med, naar hun rejser hjem.
 Jeg synes, det er saa forfærdeligt morsomt med dit nye Forfatterskab, du kan vist sagtens skrive noget, der er bedre end, hvad der foreligger, dog maa jeg siger ["r" sidst i ordet overstreget], at jeg ikke kender stort til dem – Drengebøger med spændende Æventyr morer mig at læse (jeg har fortæret Masser af Pers og Oles Bøger) men Ungpigebøger er jeg altid gaaet udenom i en stor Bue. Dine bliver nok med lidt Humør i. Det var morsomt at høre om dit Sjumse-Besøg pg den lille Solstraalefortælling om Dessau. 
 Du spørger om Høsten – ja Kornhøsten var til Ende, før vi fik Regn, vi havde ikke saa meget med Korn i Aar; Korn er det som paa disse magre Jorde daarligst taaler Tørke (hvad vi jo altid plages af netop paa den Tid, hvor det gerne skulde regne) derfor er Manse slaaet ind paa saa meget andet. Han har i Aar haft: Tidlige Kartofler, grøn Lucerne til Fabrikker, modne Ærter, Lupiner, Sennep, Kaalfrø, Rajgræsfrø, Sukkerroer. Ærter og Lupiner er høstet, men ude endnu, Sennep skal de høste i Eftermiddag, saa selv om det vi tidligere forstod ved ”Høsten” er ovre, har de meget Arbejde endnu. Det hele har været under Middel, Kornet naaede kun 10-12 Fold, og det er jo meget sløjt. Alle Landbrugets Udgifter er saa høje saa f. Eks. de store Kornpriser ikke forslaar. Desværre har vi en dyr Tid for os: i Gaar ankom de to Englændere, som jeg vist maa have skrevet om. Joy Deason og hendes ”friend”. Manse hentede dem i Odense og maatte tage Bil hjem, da der ingen Forbindelse var, og saa maa man jo leve anderledes, end vi plejer, tænk bare paa alt det Franskbrød; vi bruger jo Gas og har aldrig Ild paa Komfuret, bager ikke selv. Hun er 21 Aar, Manse siger at hun er i Udvikling som en 14 Aars. Vi har alle været meget nedbøjede over at skulde have det Besøg, men Manse kunde ikke sige nej; han har tidligere inviteret hendes Forældre, som var saa mageløse mod M. da han for 13-14 Aar siden boede hos dem; men de er saamænd meget søde; nu skal vi se, om jeg kan formaa dem til at tale saa højt og tydeligt, at jeg kan forstaa dem. Marie lærte det ikke i de 4 Uger, hun var her, hun mumlede den sidste Dag som den første – og altid fik hun et Hva’be’har? - - Vil du nøjes med dette sløje Brev – jeg tror ikke, jeg endnu har faaet Humøret efter Sorgen over Puf og Else. - - Elle ser jeg aldrig, hendes Hud er dog bedre nu, gid hun igen kunde blive til at cycle. Lille er stadig hos hende, venter sig i Oktober. 
 [Skrevet på hovedet på s4:]
 Nede paa Lindø har de det godt. Grete er altid elskelig imod mig, kommer ofte op med dejlige Blomster, som de har i lange Baner, og Ungernes Besøgen os, kan jeg ikke klage paa; de savner Rie,
 [Skrevet langs venstre kant på s4:]
 som var meget for dem, hun er jo Børneven, saa det kan forslaa.
 Tusinde Hilsner til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
+  </si>
+  <si>
+    <t>1951-02-08</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Aage Marcus
+Alhed  Møhl, Lysses datter
+Carl Rasmussen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bog "Jeg kan huske" udkom i 1950.
+Hønseavler Carl Valdemar Rasmussen boede på Iglekjærgaard.</t>
+  </si>
+  <si>
+    <t>Børnene skal nok få bøger med dedikationer. Larsen har fået 30 eksemplarer mere fra forlaget. Bogen er udsolgt. 
+Johannes Larsen har fået en landhane. Vinteren er mild.
+Puf brygger, og Else er indlagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vBL1</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Febr. 1951.
+Kære Lysse og Bimse.
+Det er nok længe siden jeg har skrevet til Jer. I kan sige til Jens at han skal nok faa én Bog med Dedikation og det skal de andre Børn ogsaa. Da jeg hørte det skrev jeg straks til Forlaget efter 20 til (jeg faar dem 30% billigere) og de var saa flotte at de forærede mig de 10. For øvrigt har jeg hørt fra Marcus at Bogen er udsolgt fra Forlaget. Jeg fik forleden en fin Landhane forærende af Iglekjærgaard. Da Sneen i Forgaars smeltede afsløredes der en gul Stribe af Erantis langs Stengærdet. Vi har forøvrigt haft en meget mild Vinter, omkring 0⁰ højst eller lavest hedder det vel 4-5⁰. I Dag har vi 7-8⁰ Varme. Puf har brygget en Hel Del i den sidste Tid, i Dag har han taget fri og er kørt sig en Tur. Else ligger stadig paa Sygehuset. Mange Hilsner til Jer allesammen fra Jeres JL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2462,59 +2556,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lXE0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74UJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lXE0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74UJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vBL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M46"/>
+  <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4490,94 +4584,186 @@
       <c r="F46" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
         <v>337</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>338</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>339</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>340</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>341</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>342</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="K47" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="K48" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>356</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
+    <hyperlink ref="M47" r:id="rId52"/>
+    <hyperlink ref="M48" r:id="rId53"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>