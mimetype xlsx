--- v0 (2025-10-22)
+++ v1 (2026-02-02)
@@ -5,184 +5,184 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="35" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1943-10-11</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Kgs. Lyngby
+Brede Allé 68</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Knudåge Riisager
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>K.W. Bruun var husvært for Poul Uttenreiter på Brede Alle 68 i Kgs. Lyngby.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 4, 2002/61 A8 lb11</t>
+  </si>
+  <si>
+    <t>Knudåge Riisager vil muligvis købe en akvarel af Christine Swane. Poul Uttenreiter foreslår et par stykker, og synes at de skal indrammes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0F6w</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst:] Poul Uttenreitter Brede Alle 68 
+Kgs. Lyngby 
+D. 11/10 1943
+Kære Ugle
+Vi var saa glad for dit Besøg og haaber snart at se dig igen her. Forhaabentlig har du det godt og har kun faaet nye Kræfter af Badene!
+Knudåge Riisager sagde til mig i Dag, at hans Kone saa gerne vilde have en rigtig smuk Akavarel af dig. Jeg lovede at skrive til dig om det – jeg tænkte paa den, du lavede fra den lille Granplantage. Desuden kan den anden, ud over Havet, maaske sælges til vor Vært, K.W. Bruun. Men det er vel bedst at lade det vente, til Lars og Ursula kommer hjem. Saa kunde Lars tage sig af det med en smuk Indramning, hvis han faar Tid dertil. Jeg synes der skulde være en 2 à 3 cm hvid Karton og en ikke alt for tynd Guldliste. – Med Hensyn til Riisager skulde der vel nok helst være et Par Stykker til Udvalg. Jeg kan jo ikke sige, om det bliver til noget, men vilde dog skrive til dig for at give dig Chancen.
+Vi haaber snart at se dig og Marie her hos os og hilser Jer begge paa det hjerteligste.
+Din hengivne
+Poul Uttenreiter</t>
+  </si>
+  <si>
     <t>1924-11-26</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Sven Strindberg</t>
   </si>
   <si>
     <t>Sophus Clod Svensson</t>
   </si>
   <si>
     <t>Stockholm</t>
   </si>
   <si>
     <t>Stockholm
 Condelius Amaliesvej, Kgs. Lyngby</t>
   </si>
   <si>
     <t>Sophus Clod Svensson
 Johannes Larsen
 Sven Strindberg</t>
   </si>
   <si>
     <t>Der findes ikke en vej i Kgs. Lyngby med navnet Condelius Amaliesvej. Condelius er også et mandenavn. Der må være tale om Caroline Amaliesvej.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Chefen for Liljevalchs Konsthall i Stockholm rykker for bind 2 af Johannes Larsens Ederfugle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6gef</t>
   </si>
   <si>
     <t>Fortrykt:
 Stockholm d 
 Herefter 26-11 1924.
 Herr S. Clod Svensson,
 Condelius Amaliesvej 74,
 Kgs. Lyngby,
 Danmark.
 Den 11 dennes meddelade Ni at Johannes Larsen var ombedd att
 sända oss 1 exemplar "Ederfugle II". Vi ha ännu ikke fået emottaga bladet och
 då detta är det endda felande til det parti grafika, som Nationalmuseum köp-
 tein, vore vi angelägna om at faa det, på det att likviden från museet må er-
 hållas.
 Då vi ej ha Larsens adress få vi anmode Eder att påskynda bladets 
 avsända.
 ÅMed utm[a]rkt h[ø]gaktning
 Liljevalchs Konsthall (stempel)
 Sven Strindberg.</t>
-  </si>
-[...40 lines deleted...]
-Poul Uttenreiter</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -259,51 +259,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0F6w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0F6w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -351,97 +351,97 @@
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="E3" s="5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G3" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>