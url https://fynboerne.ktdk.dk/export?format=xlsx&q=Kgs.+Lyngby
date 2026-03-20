--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -44,145 +44,145 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1943-10-11</t>
+    <t>1924-11-26</t>
   </si>
   <si>
     <t>Brev</t>
-  </si>
-[...40 lines deleted...]
-    <t>1924-11-26</t>
   </si>
   <si>
     <t>Sven Strindberg</t>
   </si>
   <si>
     <t>Sophus Clod Svensson</t>
   </si>
   <si>
     <t>Stockholm</t>
   </si>
   <si>
     <t>Stockholm
 Condelius Amaliesvej, Kgs. Lyngby</t>
   </si>
   <si>
     <t>Sophus Clod Svensson
 Johannes Larsen
 Sven Strindberg</t>
   </si>
   <si>
     <t>Der findes ikke en vej i Kgs. Lyngby med navnet Condelius Amaliesvej. Condelius er også et mandenavn. Der må være tale om Caroline Amaliesvej.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Chefen for Liljevalchs Konsthall i Stockholm rykker for bind 2 af Johannes Larsens Ederfugle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6gef</t>
   </si>
   <si>
     <t>Fortrykt:
 Stockholm d 
 Herefter 26-11 1924.
 Herr S. Clod Svensson,
 Condelius Amaliesvej 74,
 Kgs. Lyngby,
 Danmark.
 Den 11 dennes meddelade Ni at Johannes Larsen var ombedd att
 sända oss 1 exemplar "Ederfugle II". Vi ha ännu ikke fået emottaga bladet och
 då detta är det endda felande til det parti grafika, som Nationalmuseum köp-
 tein, vore vi angelägna om at faa det, på det att likviden från museet må er-
 hållas.
 Då vi ej ha Larsens adress få vi anmode Eder att påskynda bladets 
 avsända.
 ÅMed utm[a]rkt h[ø]gaktning
 Liljevalchs Konsthall (stempel)
 Sven Strindberg.</t>
+  </si>
+  <si>
+    <t>1943-10-11</t>
+  </si>
+  <si>
+    <t>Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Kgs. Lyngby
+Brede Allé 68</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Knudåge Riisager
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>K.W. Bruun var husvært for Poul Uttenreiter på Brede Alle 68 i Kgs. Lyngby.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 4, 2002/61 A8 lb11</t>
+  </si>
+  <si>
+    <t>Knudåge Riisager vil muligvis købe en akvarel af Christine Swane. Poul Uttenreiter foreslår et par stykker, og synes at de skal indrammes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0F6w</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst:] Poul Uttenreitter Brede Alle 68 
+Kgs. Lyngby 
+D. 11/10 1943
+Kære Ugle
+Vi var saa glad for dit Besøg og haaber snart at se dig igen her. Forhaabentlig har du det godt og har kun faaet nye Kræfter af Badene!
+Knudåge Riisager sagde til mig i Dag, at hans Kone saa gerne vilde have en rigtig smuk Akavarel af dig. Jeg lovede at skrive til dig om det – jeg tænkte paa den, du lavede fra den lille Granplantage. Desuden kan den anden, ud over Havet, maaske sælges til vor Vært, K.W. Bruun. Men det er vel bedst at lade det vente, til Lars og Ursula kommer hjem. Saa kunde Lars tage sig af det med en smuk Indramning, hvis han faar Tid dertil. Jeg synes der skulde være en 2 à 3 cm hvid Karton og en ikke alt for tynd Guldliste. – Med Hensyn til Riisager skulde der vel nok helst være et Par Stykker til Udvalg. Jeg kan jo ikke sige, om det bliver til noget, men vilde dog skrive til dig for at give dig Chancen.
+Vi haaber snart at se dig og Marie her hos os og hilser Jer begge paa det hjerteligste.
+Din hengivne
+Poul Uttenreiter</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -259,51 +259,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0F6w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0F6w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -351,97 +351,97 @@
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="s">
-        <v>28</v>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>