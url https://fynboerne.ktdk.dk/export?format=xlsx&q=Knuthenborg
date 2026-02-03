--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1726" uniqueCount="897" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1809" uniqueCount="941" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -5410,50 +5410,322 @@
 Johannes Larsen. 
 P.S. Jeg har aldrig været saa glad ved at besøge Dig, som denne Gang
 JL.</t>
   </si>
   <si>
     <t>1950-10-30</t>
   </si>
   <si>
     <t>Christa Knuth
 Rasmus Rasmussen</t>
   </si>
   <si>
     <t>Larsen sender et fasanhovede og en reproduktion af Tjalfe.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lmlD</t>
   </si>
   <si>
     <t>Kjerteminde 30 Octbr. 1950.
 Kære Adam!
 Hermed et Fasanhoved. Samtidig sender jeg en Reproduktion af ”Tjalfe”. til Skytte Rasmussen.
 Tak for sidst! Vil Du hilse Din Moder. 
 Venlig Hilsen fra 
 Din hengivne 
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-02-12</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen alene i huset: Else Larsen var indlagt på Dianalund. Efter at have født en søn, som døde efter få dage, var hun nedbrudt og trist.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender en invitation til Den Frie. Børnene er i Odense, og Puf brygger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/syGz</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 12/2 – 1951.
+Kære Grevinde!
+Hermed et Par Kort til den frie Udstilling. Dersom Du ikke selv kan bruge dem kan Du jo lade dem gaa videre til Elisabeth. Her var Taage i Morges og Kl 9 begyndte det at sne og det er først nylig holdt op d.v.s. ved 4 Tiden. Børnene er taget til Odense for at se ”Landmandsliv” og Puf brygger saa jeg er alene i Huset.
+Mange Hilsner fra 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-05-29</t>
+  </si>
+  <si>
+    <t>Johannes Øhlenschlæger Johansen
+Adam Knuth
+Elisabeth Knuth
+Tage la Cour
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kelvin Lindemann
+Vilhelm Lundstrøm
+Holger Rasmussen
+Ambrosius Stub</t>
+  </si>
+  <si>
+    <t>Museet: Johannes Larsen var medstifter af Kerteminde Museum, som er forgænger til Østfyns Museer. 
+Pax var en strandrestaurant i Kerteminde. Den var ejet af ægteparret Due Nielsen, som var Johannes Larsens venner. 
+Det vides ikke, hvem Reventlow var.</t>
+  </si>
+  <si>
+    <t>Det har været stormvejr, og der var koldt på museet, så generalforsamlingen blev flyttet til Pax. Øhlenschlæger Johansen kom med plader med optagelser af Larsens samtaler med Reventlow, og man hørte dem og så nogle film med Kerteminde-fiskere samt teaterstykker.
+Larsen vil gerne se Lundstrøm-udstillingen. Han laver vignetter til en Ambrosius Stub-digtsamling. Tage la Cour og Kelvin Lindemann kommer på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KcK4</t>
+  </si>
+  <si>
+    <t>[I brevet:]
+Kjerteminde 29 Maj 1951.
+Kære Grevinde!
+Hermed Din Bog som jeg haaber maa tiltale Dig. Sikken et Vejr det var i Gaar. D. v. s. det var først om Eftermiddagen da jeg skulde til Generalforsamling i Museet at det gik op for mig hvad det var for en Storm for her oppe mærkede vi ingen Ting. Nede paa Museet var det saa koldt at vi besluttede at henlægge Generalforsamlingen til Pax og kørte straks derud, og sikke det stormede, der stod et vældig Hav ind mod Kysten og Træerne bøjede sig og Bladene føg. Efter Mødet spiste vi til Aften og Øhlenschlæger Johansen der var kommen med nogle Plader af min Samtale med Reventlow, lod os høre Pladerne som han forærede Museet og bag efter saa vi en Film han havde optaget af mig her for nogle Aar siden og 3 andre Film, en fra Kjerteminde Havn med Fiskerbaade som vi fulgte og gennem Kattegat gennem Limfjorden til Thyborøn og ud i Vesterhavet hvor de trawlede og tilbage her til. Og derfter 2 Film fra Frilufstheatret her. ”Elverhøj” og ”der var en Gang”. Saa fik vi Kaffe og Cognac og jeg kom hjem Kl halv elleve. Jeg har vældig Lyst til at tage ind og se Lundstrøm Udstillingen, men jeg ved ikke om jeg kan samle mig sammen til det. For Tiden laver jeg en hel Del Vignetter til en ny Udgave af Ambrosius Stubs Digte som Holger Rasmussen arbejder med. Han har fundet en Del flere Digte og en Del Rettelser til flere andre. Else og Puf er kørt til Odense og i Eftermiddag faar jeg Besøg af Tage la Cour og Kelvin Linneman og formodentlig Deres Koner, for der kommer 4. Hils Adam og Elisabeth og mange Hilsener til Dig selv fra 
+Din hengivne
+Johannes Larsen.
+P.S.
+Hvordan gaar det med Din Mistelten? Dem der er tilbage af mine er der ingen anden Forskel paa end at de er blevne graa i Stedet for grønne
+JL:</t>
+  </si>
+  <si>
+    <t>1951-06-10</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Vilhelm Lundstrøm
+Albert Lørup
+Henry Lørup</t>
+  </si>
+  <si>
+    <t>Alberts Lørups brev findes ikke sammen med det her indsatte brev.
+Else Larsen blev indlagt på Dianalund, efter at hun fødte et barn, der døde efter få dage.</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Christa Knuth skal til London.
+Albert Lørup vil forære Larsen Henry Lørups selvportræt.
+Larsen maler. Han vil gerne se Lundstrøm-udstillingen. 
+Det går bedre med Else.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DQtj</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 10 Juni 1951.
+Kære Grevinde.
+Tak for Dit Brev. Det er morsomt for Dig, at Elisabeth har inviteret Dig til London, det er en dejlig By. Jeg vedlægger Albert Lørups Brev. I Forgaars fik jeg Brev fra ham, han vil forære mig sin Broder Henrys Selvportræt, hvad jeg er meget glad ved. Henry var en af mine bedste Venner. Jeg er kommen i Gang med at male her og haaber at faa lavet en Del i den nærmeste Fremtid. Jeg havde egentlig stor Lyst til at rejse ind og se Lundstrøms Udstilling men jeg faar vist ikke samlet mig sammen til det. Jeg synes det gaar bedre med Else i den senere Tid, jeg skal hilse fra hende og Puf. Hils Adam og mange Hilsener til Dig selv fra 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-06-14</t>
+  </si>
+  <si>
+    <t>Birkerød</t>
+  </si>
+  <si>
+    <t>Lolland
+Maribo</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Mosaikken var en bestillingsopgave til Damsøbadet på Frederiksberg</t>
+  </si>
+  <si>
+    <t>Christine Swane takker for cigaretterne. Hun og Lars Swane lægger mosaik. Den består af 138 dele.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z3n5</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Grevinde Christa Knuth
+Maribo
+Lolland.
+[På kuvertens bagside:]
+Christine Swane
+Birkerød.
+[I brevet:]
+Birkerød 14 juni 1951.
+Kære Christa.
+Tusind Tak for dine lykønskninger og de dejlige Cigaretter som jeg har nydt. 
+Håber at du har det godt, her har vi det med travlhed Lasse og jeg lægger mosaikken, den er delt i 138 stk og vi er nu nået til 99 så det går da fremad. I øjeblikket har vi ikke tid at tage nogen steder hen. Hils Elisabeth og Adam og tak for hilsner.
+Hilsner fra din hengivne Ugle.</t>
+  </si>
+  <si>
+    <t>1951-07-02</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Thorvald Hagedorn-Olsen
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Vilhelm Lundstrøm
+Viggo Madsen
+Gerda Rasmussen
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Vilhelm Lundstrøm døde i 1950. I 1951 afholdt man en mindeudstilling over ham. Den fandt sted på Charlottenborg i maj, på Århus Rådhus juni-juli og i Oslo august-september. (Dansk Biografisk Leksikon).
+Grisebrønden er en bronzeskulptur, der står foran Aarhus Rådhus. Skulpturen bliver i folkemunde kaldt Grisebrønden, men blev oprindeligt og officielt navngivet "Ceres Brønden". Skulpturen forestiller en so med syv grise og har indbygget urværk, der får grisene til at tisse på skift og soen til at savle. Den er udført i bronze og er en kopi af den originale granitskulptur, som blev udført af billedhuggeren Mogens Bøggild og skænket til byen af bryggeriet Ceres i 1941 ved byens 500-års købstadsjubilæum (Aarhus Stadsarkiv).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans familie har været i Århus for at se Lundstrøm-udstillingen, domkirken, Grisebrønden og Hagedorn-Olsens udsmykning. Lørdag var de til middag hos Gerda Rasmussen, og onsdag skal Johannes Larsen til naturfedningsmøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Okvf</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Juli 1951.
+Kære Grevinde!
+Tak for Dit Brev. I Torsdags kørte Puf Else Jeppe Thora og jeg til Aarhus for at se Lundstrømudstillingen. Vi spiste til Aften paa Grand Hotel Vejle og kom ved 11 Tiden til Royal i Aarhus. Næste Dag var jeg med Thora og Jeppe i Domkirken og derefter kørte vi allesammen til Raadhuset og saa Grisebrønden, Lundstrømudstillingen og Hagedorn Olsen og hans Udsmykning. Saa kørte vi hjem og var hjemme ved 6 Tiden. Lørdag var vi til Middag hos Holger M Rasmussen i Faaborg; Fru R's Fødselsdag. Jeg var i Lørdags i Vandet for 2den Gang. Det er en sløj Sommer, hvad Varme angaar. I Morgen skal jeg til Faaborg igen, det er noget med Radioen og Viggo Madsen der skal skrive om Museet og paa Onsdag skal jeg til Naturfredningsmøde ved Fjorden her. Forhaabentlig faar jeg derefter en fredeligere Tid. 
+Jeg ønsker Dig og Elisabeth en god Fornøjelse af Englandsturen. Det faar I nok. 
+Mange Hilsener fra
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-07-26</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Jeppe Larsen
+Hans Christian Mortensen
+Ambrosius Stub</t>
+  </si>
+  <si>
+    <t>Holger Rasmussen, Faaborg Museum, arbejdede på en udgivelse af Ambrosius Stubs digte, og Johannes Larsen skulle lave vignetter til den. Ifølge Bibliotek.dk blev bogen ikke realiseret.
+Johannes Larsen skrev også om mindetavlen over Hans Christian Mortensen i et brev til sønnen Johan/Lysse Larsen samme dag som det her indsatte.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været i vandet. Han mangler et timeglas at tegne efter til vignetterne til Ambrosius Stub-bogen. Larsen skal lave mindetavle over Hans Christian Mortensen.
+Jeppe Larsen har nydt sin tur til England.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MJc4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 26 Juli 1951.
+Kære Grevinde.
+Tak for Brevet i Gaar. Nu har vi da endelig faaet Sommer. Jeg har været i Vandet i Dag. For tredje Gang i Aar, og sidder i Skjorteærmer og skriver. Jeg er nemlig gaaet i Staa med Vignetterne til Ambrosius paa Grund af manglende Modeller, bl.a. skal jeg tegne et Timeglas, og det findes ikke paa Museerne i Odense eller her i Faaborg, men en af Dagene skal jeg til Kjøbenhavn for at lave noget paa en Mindeplade for afdøde H. Chr. Mortensen i Viborg, saa forhaabentlig kan jeg opdrive et der inde. Jeppe er ogsaa kommen hjem fra England og har i høj Grad nydt Turen. Mange Hilsener ogsaa til Adam og Elisabeth
+Din hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-08-19</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens søn og svigerdatter boede på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Elena/Bimse Larsen til København og videre til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/At2V</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I kuverten:]
+Kjerteminde 19 Aug. 1951.
+Kære Grevinde
+Tak for Dit Brev. Jeg skal nu om lidt til Odense for at hente Pas og Penge. Bimse er nemlig kommen lidt før Lysse havde bebudet, og i Morgen kører jeg med hende til Kjøbenhavn og fortsætter saa i Overmorgen til Båxhult. Jeg tænker jeg bliver der til først i October og bliver saa nogle Dage i Kjøbenhavn paa Hjemvejen. Jeg skal meddele Dig naar jeg kommer til Kjøbenhavn.
+Mange Hilsener
+Din hengivne
+Johannes Larsen
+P.S.
+Hils Adam og Elisabeth
+JL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -5530,59 +5802,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dp324dsz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lwvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mE9D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C74h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZaiD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NqoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9w6S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7iKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YSiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xNDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UzWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qxxP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qnpv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKiO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2JBk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ix1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yqXv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nos0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/toJ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5EjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eB9o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GqHO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jOF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IiLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0by" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FLmt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kZVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Htfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y78o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kfDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZUT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UPN6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZ4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KH2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lwDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAlh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KaqQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LhDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B40i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KQjU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w48q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfaP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BaZz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NJq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oPQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0r3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvax" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ma4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DKxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQ2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K8aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKjX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1JyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ovg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1eM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nX6k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9z4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PYSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bk12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lmlD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dp324dsz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lwvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mE9D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C74h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZaiD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NqoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9w6S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7iKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YSiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xNDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UzWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qxxP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qnpv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKiO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2JBk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ix1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yqXv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nos0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/toJ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5EjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eB9o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GqHO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jOF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IiLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0by" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FLmt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kZVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Htfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y78o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kfDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZUT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UPN6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZ4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KH2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lwDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAlh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KaqQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LhDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B40i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KQjU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w48q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfaP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BaZz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NJq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oPQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0r3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvax" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ma4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DKxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQ2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K8aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKjX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1JyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ovg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1eM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nX6k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9z4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PYSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bk12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lmlD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/syGz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcK4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DQtj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3n5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okvf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M151"/>
+  <dimension ref="A1:M158"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -12085,50 +12357,353 @@
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
         <v>893</v>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
         <v>42</v>
       </c>
       <c r="K151" s="5" t="s">
         <v>894</v>
       </c>
       <c r="L151" s="6" t="s">
         <v>895</v>
       </c>
       <c r="M151" s="5" t="s">
         <v>896</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F152" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H152" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="J152" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K152" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="L152" s="6" t="s">
+        <v>901</v>
+      </c>
+      <c r="M152" s="5" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H153" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="J153" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K153" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="L153" s="6" t="s">
+        <v>907</v>
+      </c>
+      <c r="M153" s="5" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F154" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="G154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H154" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="I154" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="J154" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K154" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="L154" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="M154" s="5" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="5" t="s">
+        <v>915</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="F155" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="G155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H155" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="J155" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K155" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="L155" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="M155" s="5" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E156" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F156" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H156" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>925</v>
+      </c>
+      <c r="J156" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K156" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="L156" s="6" t="s">
+        <v>927</v>
+      </c>
+      <c r="M156" s="5" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F157" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H157" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="J157" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K157" s="5" t="s">
+        <v>932</v>
+      </c>
+      <c r="L157" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="M157" s="5" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H158" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="J158" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K158" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="L158" s="6" t="s">
+        <v>939</v>
+      </c>
+      <c r="M158" s="5" t="s">
+        <v>940</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -12240,44 +12815,51 @@
     <hyperlink ref="M127" r:id="rId132"/>
     <hyperlink ref="M128" r:id="rId133"/>
     <hyperlink ref="M129" r:id="rId134"/>
     <hyperlink ref="M130" r:id="rId135"/>
     <hyperlink ref="M131" r:id="rId136"/>
     <hyperlink ref="M132" r:id="rId137"/>
     <hyperlink ref="M133" r:id="rId138"/>
     <hyperlink ref="M134" r:id="rId139"/>
     <hyperlink ref="M135" r:id="rId140"/>
     <hyperlink ref="M136" r:id="rId141"/>
     <hyperlink ref="M137" r:id="rId142"/>
     <hyperlink ref="M138" r:id="rId143"/>
     <hyperlink ref="M139" r:id="rId144"/>
     <hyperlink ref="M140" r:id="rId145"/>
     <hyperlink ref="M141" r:id="rId146"/>
     <hyperlink ref="M142" r:id="rId147"/>
     <hyperlink ref="M143" r:id="rId148"/>
     <hyperlink ref="M144" r:id="rId149"/>
     <hyperlink ref="M145" r:id="rId150"/>
     <hyperlink ref="M146" r:id="rId151"/>
     <hyperlink ref="M147" r:id="rId152"/>
     <hyperlink ref="M148" r:id="rId153"/>
     <hyperlink ref="M149" r:id="rId154"/>
     <hyperlink ref="M150" r:id="rId155"/>
     <hyperlink ref="M151" r:id="rId156"/>
+    <hyperlink ref="M152" r:id="rId157"/>
+    <hyperlink ref="M153" r:id="rId158"/>
+    <hyperlink ref="M154" r:id="rId159"/>
+    <hyperlink ref="M155" r:id="rId160"/>
+    <hyperlink ref="M156" r:id="rId161"/>
+    <hyperlink ref="M157" r:id="rId162"/>
+    <hyperlink ref="M158" r:id="rId163"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>