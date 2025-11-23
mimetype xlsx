--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -44,223 +44,184 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1942-08-24</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Pengene er formondentlig betaling for en akvarel, som blev omtalt i det forrige brev fra Johs. Larsen til Christa Knuth. Han ønskede at komme til Knuthenborg for at male nogle gamle træer i parken. Dette blev realiseret i efteråret 1942. 
+Det vides ikke, hvilke familiemedlemmer der var med Johannes Larsen ved Henne Strand sommeren 1942. 
+Lensgreve er betegnelsen for den højeste adelsrang i Danmark. Rangen blev indført i 1671 ved en forordning om oprettelse af grevskaber og baronier. En lensgreve er en greve, der af den danske konge er forlenet med et grevskab. Greve er i Danmark en rent honorær titel og står under lensgreve i rang. Grevetitlen er stadig arvelig herhjemme, men siden 1849 har det i Junigrundlovens § 97 heddet: "Enhver i lovgivningen til adel, titel og rang knyttet forret er afskaffet". Titlen bruges også som titel til det danske kongehus' medlemmer, hvis de gifter sig borgerligt (Wikipedia marts 2024).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen vil skrive, hvornår han kan komme til Knuthenborg. Han har med familien været ved Vesterhavet for at male, men vejret var elendigt, og nu har han travlt med bestillinger hjemme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mE9D</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde 
+Chr. Knuth
+Knuthenborg
+pr. Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 24 Aug 1942.
+Kære Fru Grevinde!
+Tak for Penge og Brev. Jeg glæder mig til at komme til Knuthenborg og jeg skal skrive nærmere om hvornaar jeg kan komme, saa gælder det jo ogsaa om hvordan Tidspunktet vil passe Dem. Jeg var med Familien en Maaned ved Vesterhavet hvor jeg havde haabet at faa malet en Del, men paa Grund af umuligt Vejr blev det til næsten ingen Ting. Saa nu slider jeg i det med 4-5 Bestillinger som egentlig forlængst skulde have været afleveret. Med venlig Hilsen
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1942-09-09</t>
+  </si>
+  <si>
+    <t>Johannes Madsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen ønskede at male nogle gamle træer i Knuthenborgs park.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen vil komme en dag i den følgende uge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/C74h</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde Chr. Knuth
+Knuthenborg
+pr. Bandholm.
+[På kuvertens bagside, lodret langs venstre kant:]
+Glarmester Madsen
+Kjerteminde.
+[I brevet:]
+Kjerteminde 9 Septbr 1942
+Kære Fru Grevinde!
+Tak for Brevet. Jeg vil gerne komme en Gang i næste Uge. Jeg kan ikke lige nu sige hvilken Dag det bliver, men jeg skal lade høre fra mig saasnart jeg kan bestemme Dagen.
+Med venlig Hilsen
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1942-09-18</t>
+  </si>
+  <si>
+    <t>Johannes Larsen ønskede at male nogle gamle træer i Knuthenborgs park</t>
+  </si>
+  <si>
+    <t>Johannes Larsen vil komme til Knuthenborg 22. september</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZaiD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde 
+Chr. Knuth
+Knuthenborg
+pr. Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 18 Septbr 1942.
+Kære Fru Grevinde!
+Jeg er nu ved at være færdig med de Arbejder jeg har i Gang og hvis det kan passe vil jeg gerne komme paa Tirsdag 22 ds. Altsaa hvis jeg hører fra Dem at det ikke er ubelejligt, saa kommer jeg
+Med venlig Hilsen
+Deres hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1942-10-08</t>
   </si>
   <si>
-    <t>Brev</t>
-[...4 lines deleted...]
-  <si>
     <t>Johan Larsen</t>
-  </si>
-[...4 lines deleted...]
-    <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborgs hovedbygning på Lolland er opført mellem 1865 og 1866 ved H.S. Sibbern og udvidet i 1885. Bygningerne er beliggende i Nordeuropas største parkanlæg i engelsk stil. Knuthenborg Gods er på 2338 hektar (Wikipedia marts 2022). 
 Vrietorn (Rhamnus cathartica) eller Korsved er en op til 10 m høj busk eller træ, der vokser i skovbryn og på overdrev. Hele planten er giftig (Wikipedia marts 2022).</t>
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Johannes Larsen har været over 14 dage på Knuthenborg og malet akvareller. Han vedlægger et kort over den skønne park. Der er mange dyr. Dagen i forvejen begyndte Larsen på en akvarel, men nu er det tordenvejr, så han kan ikke male på den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/64Fi</t>
   </si>
   <si>
     <t>Knuthenborg 8 October 1942.
 Kære Lysse! 
 Tak for Dit Brev som jeg fik lige før jeg rejste hjemme fra. Jeg har været her godt 14 Dage og malet nogle Aquareller. Jeg skal male et Billede til Lensgrevinden Jeg vedlægger et Kort over Parken der ogsaa indeholder en Dyrehave, en pragtfuld gammel Egeskov med Hasler Vrietorn og Skovæbler. Dyrene er Sikahjorte. Det er Tordenregn og lige nu løb der et Par Fasanhaner over Plænen udenfor mit Vindue. Her vrimler med Fasaner og Harer. Jeg havde Brev fra Puf forleden, de har det godt hjemme. Jeg har det ogsaa godt her, sammen med rare naturlige Mennesker, Grevinden 2 søde Børn og en ung Huslærer og en Selskabsdame. Forøvrigt tænker jeg paa at rejse hjem en af de første dage. Her er 4 Paafuglehaner, nogle Høner og en Kylling. 2 Svaner som for det meste ligger ude i Smaalandshavet, se Krydset paa Kortet men en Gang hver anden eller tredje Dag staar de og piller sig i Haven se det andet Kryds. Jeg begyndte paa en Aquarel i Gaar i stille Formiddagssol, som jeg da jeg stod op i Dag troede at faa færdig i Formiddag, men da jeg sad og drak Kaffe begyndte det at regne og ved 10 Tiden begyndte det at blive mørkt og saa kom der en vældig Tordenbyge der nu er ved at forsvinde. Mange Hilsner til Jer allesammen
 fra Din Far. 
 Johannes Larsen
 Kjerteminde
 P.T. Knuthenborg pr. Bandholm.</t>
-  </si>
-[...133 lines deleted...]
-Johannes Larsen.</t>
   </si>
   <si>
     <t>1942-10-12</t>
   </si>
   <si>
     <t>Helge Bartholdy-Møller
 Gonny Egeberg Jørgensen
 Adam Knuth
 Elisabeth Knuth
 - Looft
 Johannes Madsen</t>
   </si>
   <si>
     <t>Johannes Larsen takker for fasanerne. Han har sendt en kasse med en død fugl og beder Christa Knuth returnere den tomme kasse til glarmester Madsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5xgV</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [Håndskrevet på kuvertens bagside:]
@@ -2234,50 +2195,89 @@
   </si>
   <si>
     <t>Johannes Larsen havde flere gange en tam odder.</t>
   </si>
   <si>
     <t>Det er blevet sommer, og Larsen går i vandet. Odderen er kommet tilbage og har det godt. 
 Johannes Larsen klipper græs og vil svømme hver dag for at komme i orden igen. Han skal til at træne Tiras, så den kan blive en god jagthund.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MAlh</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 10 Juli 1945. 
 Kære Grevinde!
 Tak for Hejrene! de var ganske dejlige. Nu har vi da endelig faaet Sommer og jeg er begyndt at gaa i Vandet. Jeg sidder her i Dagligstuen og skriver i 24º Varme. Jeg fortalte vist om Odderen der var kommen igen, jeg var et Par Dage bange for at han skulde dø af Forstoppelse men nu lader det til at han har det helt godt igen. Jeg skulde jo helst male hver Dag, og har nogle Billeder i Gang, men jeg gaar og klipper Græsplæner da jeg har opdaget at Benene har godt af det, saa vist Vejret nu holder og jeg kan faa en daglig Svømmetur haaber jeg at jeg kan komme nogenlunde i Orden igen. Saa længe det varer altsaa. Tiras havde Fødselsdag i Gaar og nu skal jeg til at dressere ham og se at faa en god Jagthund ud af ham. Det faar jeg nok, det er jo mere tvivlsomt om han kan faa en god Jagtkammerat i mig, men jeg arbejder altsaa paa at faa Benene i Orden. 
 Jeg skal hilse fra Else og Puf og mange Hilsner fra
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1945-09-05</t>
+  </si>
+  <si>
+    <t>Kaas pr. Lime</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen
+Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Familien Hostrup-Schultz havde store jordbesiddelser i Midtjylland, deriblandt Kongsø Plantage. Johannes Larsen kendte familien og tilbragte i august 1945 en uge hos dem i Kongsø. 
+Johan/Lysse Larsen og familien boede i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har haft hold i ryggen i flere uger. Han rejste til Bryrup og Skive, men måtte tage til Faaborg til Christine Rasmussens begravelse og derefter retur til Jylland. Larsen maler akvareller og skal hjem og have gang i bestillingsopgaver. 
+Johan/Lysse Larsen og familien har først nu fået udrejsetilladelse, og de vil have, at Larsen kommer hjem til dem. Han overvejer at søge polititilladelse til at køre derop i bil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iQmy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm
+[På kuvertens bagside:]
+Johannes Larsen
+p.T. Kaas pr. Lime
+[I brevet:]
+Kaas i Salling 5 Septbr 1945.
+Kære Grevinde!
+Det er snart længe siden Du har hørt fra mig. Jeg ved ikke en Gang om jeg har fortalt at jeg laa i 3 Uger af Hold i Ryggen, d.v.s jeg stod op et Par Gange men maatte i Seng igen. Saa rejste jeg til Kongsø ved Bryrup hvor jeg blev forsinket en Uge af Regnvejr og nu er jeg altsaa her. Det er besværligt at rejse. Jeg tog fra Kongsø til Nørre Snede i Bil, derfra med Rutebil til Viborg, hvor jeg overnattede. Næste Dag til Skive med Tog og derfra hertil med Bil. Saa gik der et Par Dage saa blev jeg ringet op fra Kjerteminde, at Etatsraadinde Rasmussen var død og skulde begraves fra Museet i Faaborg, og i Lørdag Morgen tog jeg saa en Bil til Faaborg, overværede Begravelsen og saa af Sted igen, saa jeg var her Kl. 11,15 om Aftnen. Her er vældig kønt og her er Krikænder i Hundredvis og Graaænder i Tusindvis og de første 4 Dage var her en Svane i Søen, her er ogsaa 3 Hejrer. Jeg maler nogle mindre Akvareller men jeg er sløjt gaaende paa Gr. af det forbandede Hold som stadig generer mig. Jeg tænker paa at rejse hjem i næste Uge, da jeg har Bestilling paa 4 Oljebilleder hvoraf jeg havde lovet det ene til først i denne Maaned hvilket altsaa ikke bliver til noget. Lysse og Familie fik ført Udrejse Tilladelse da Høhøsten var begyndt saa den Rejse gik ind og nu vil de endelig have mig derop, men jeg gruer for at rejse. Jeg spekulerer paa at faa en Lægeattest, saa jeg kan faa Politiets Tilladelse til at køre hjem i Bil. Det kneb med at faa Lov til at køre til Faaborg. Nu skal Brevene af Sted
+Mange Hilsner 
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1945-11-13</t>
   </si>
   <si>
     <t>Marius Christiansen
 Hans Hvass
 Adam Knuth
 Elena Larsen
 Jonas Larsen</t>
   </si>
   <si>
     <t>Hans Hvass: Sjældne danske fugle. Illustrationer af Johannes Larsen. Gyldendalske Boghandel 1947</t>
   </si>
   <si>
     <t>Elena og Jonas Larsen er på besøg. 
 Johannes Larsen skal illustrere Hans Hvass: Sjældne danske fugle. 
 Det er sjovt, at Adam har fået zebrafinker. 
 Nogle rotter har ædt næsten alle Larsens fugle i volieret. 
 Christiansen blev glad for kaktusbogen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KaqQ</t>
@@ -3802,51 +3802,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mE9D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C74h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZaiD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NqoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9w6S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7iKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YSiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xNDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qnpv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKiO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2JBk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ix1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yqXv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/toJ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5EjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eB9o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GqHO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jOF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IiLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0by" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kZVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Htfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y78o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kfDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZUT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZ4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KH2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lwDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAlh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KaqQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LhDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B40i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KQjU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w48q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BaZz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NJq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oPQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0r3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ma4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DKxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQ2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K8aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKjX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/mE9D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C74h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZaiD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NqoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9w6S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7iKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YSiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xNDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qnpv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKiO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2JBk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ix1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yqXv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/toJ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5EjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eB9o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GqHO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jOF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IiLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0by" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kZVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Htfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y78o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kfDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZUT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZ4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KH2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lwDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAlh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KaqQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LhDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B40i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KQjU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w48q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BaZz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NJq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oPQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0r3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ma4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DKxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQ2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K8aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKjX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M103"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -3889,4395 +3889,4395 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="s">
-        <v>18</v>
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="F3" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>34</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="J5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...24 lines deleted...]
-      <c r="I6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="J6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="J7" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="I7" s="5"/>
-[...3 lines deleted...]
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="5" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="J8" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="J9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="M9" s="5" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="J10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="J11" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="J11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="5" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I12" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="J12" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="J12" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="I13" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="B13" s="5" t="s">
-[...24 lines deleted...]
-      <c r="I13" s="5" t="s">
+      <c r="J13" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="J13" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="5" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="J14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="s">
-        <v>96</v>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="B16" s="5" t="s">
-[...28 lines deleted...]
-      <c r="K16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="L16" s="6" t="s">
+      <c r="M16" s="5" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>106</v>
-      </c>
-[...10 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="B18" s="5" t="s">
-[...28 lines deleted...]
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="J19" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="J19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="5" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="J20" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="J20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...22 lines deleted...]
-      <c r="I21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="J21" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="L22" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="B22" s="5" t="s">
-[...24 lines deleted...]
-      <c r="I22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...26 lines deleted...]
-      <c r="K23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H24" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="J24" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="J24" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="L24" s="6" t="s">
+      <c r="M24" s="5" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="B25" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H25" s="5" t="s">
+      <c r="I25" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="J25" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="J25" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="L25" s="6" t="s">
+      <c r="M25" s="5" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H26" s="5" t="s">
+      <c r="I26" s="5"/>
+      <c r="J26" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="I26" s="5" t="s">
+      <c r="L26" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="J26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="s">
-        <v>159</v>
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I27" s="5"/>
       <c r="J27" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="B28" s="5" t="s">
-[...28 lines deleted...]
-      <c r="K28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="L28" s="6" t="s">
+      <c r="M28" s="5" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="B29" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H29" s="5" t="s">
+      <c r="I29" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="I29" s="5" t="s">
+      <c r="J29" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="J29" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="L29" s="6" t="s">
+      <c r="M29" s="5" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="M30" s="5" t="s">
         <v>175</v>
-      </c>
-[...10 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="B31" s="5" t="s">
-[...30 lines deleted...]
-      <c r="K31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="I32" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...24 lines deleted...]
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="J32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>185</v>
       </c>
-      <c r="L32" s="6" t="s">
+      <c r="M32" s="5" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I33" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="B33" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H33" s="5" t="s">
+      <c r="J33" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="I33" s="5" t="s">
+      <c r="L33" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="J33" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K33" s="5" t="s">
+      <c r="M33" s="5" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="L34" s="6" t="s">
         <v>194</v>
       </c>
-      <c r="B34" s="5" t="s">
-[...24 lines deleted...]
-      <c r="I34" s="5" t="s">
+      <c r="M34" s="5" t="s">
         <v>195</v>
-      </c>
-[...10 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K35" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="B35" s="5" t="s">
-[...26 lines deleted...]
-      <c r="K35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>200</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="5" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="B36" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H36" s="5" t="s">
+      <c r="I36" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="J36" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="J36" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>206</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I37" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="B37" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H37" s="5" t="s">
+      <c r="J37" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>211</v>
       </c>
-      <c r="J37" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K37" s="5" t="s">
+      <c r="M37" s="5" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="I38" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...22 lines deleted...]
-      <c r="I38" s="5" t="s">
+      <c r="J38" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="J38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K38" s="5" t="s">
+      <c r="L38" s="6" t="s">
         <v>217</v>
       </c>
-      <c r="L38" s="6" t="s">
+      <c r="M38" s="5" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="B39" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H39" s="5" t="s">
+      <c r="I39" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="I39" s="5" t="s">
+      <c r="J39" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="J39" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K39" s="5" t="s">
+      <c r="L39" s="6" t="s">
         <v>223</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="5" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="B40" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H40" s="5" t="s">
+      <c r="I40" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="I40" s="5" t="s">
+      <c r="J40" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L40" s="6" t="s">
         <v>228</v>
       </c>
-      <c r="J40" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K40" s="5" t="s">
+      <c r="M40" s="5" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="I41" s="5" t="s">
         <v>232</v>
       </c>
-      <c r="B41" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H41" s="5" t="s">
+      <c r="J41" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="I41" s="5" t="s">
+      <c r="L41" s="6" t="s">
         <v>234</v>
       </c>
-      <c r="J41" s="5" t="s">
-[...7 lines deleted...]
-      <c r="L41" s="6" t="s">
+      <c r="M41" s="5" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="B42" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H42" s="5" t="s">
+      <c r="I42" s="5"/>
+      <c r="J42" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K42" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>239</v>
       </c>
-      <c r="J42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K42" s="5" t="s">
+      <c r="M42" s="5" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="I43" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="B43" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H43" s="5" t="s">
+      <c r="J43" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="I43" s="5"/>
-[...3 lines deleted...]
-      <c r="K43" s="5" t="s">
+      <c r="L43" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="L43" s="6" t="s">
+      <c r="M43" s="5" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H44" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="B44" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H44" s="5" t="s">
+      <c r="I44" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="I44" s="5" t="s">
+      <c r="J44" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K44" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="J44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K44" s="5" t="s">
+      <c r="L44" s="6" t="s">
         <v>251</v>
       </c>
-      <c r="L44" s="6" t="s">
+      <c r="M44" s="5" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="B45" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H45" s="5" t="s">
+      <c r="I45" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="J45" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K45" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="J45" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>257</v>
       </c>
-      <c r="L45" s="6" t="s">
+      <c r="M45" s="5" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="B46" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H46" s="5" t="s">
+      <c r="I46" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="I46" s="5" t="s">
+      <c r="J46" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K46" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="J46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K46" s="5" t="s">
+      <c r="L46" s="6" t="s">
         <v>263</v>
       </c>
-      <c r="L46" s="6" t="s">
+      <c r="M46" s="5" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="B47" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H47" s="5" t="s">
+      <c r="I47" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="I47" s="5" t="s">
+      <c r="J47" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K47" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="J47" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K47" s="5" t="s">
+      <c r="L47" s="6" t="s">
         <v>269</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="5" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="B48" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H48" s="5" t="s">
+      <c r="I48" s="5" t="s">
         <v>273</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="J48" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K48" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="J48" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K48" s="5" t="s">
+      <c r="L48" s="6" t="s">
         <v>275</v>
       </c>
-      <c r="L48" s="6" t="s">
+      <c r="M48" s="5" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="B49" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H49" s="5" t="s">
+      <c r="I49" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="J49" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="J49" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K49" s="5" t="s">
+      <c r="L49" s="6" t="s">
         <v>281</v>
       </c>
-      <c r="L49" s="6" t="s">
+      <c r="M49" s="5" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50" s="5" t="s">
-        <v>18</v>
+        <v>285</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="I50" s="5" t="s">
         <v>286</v>
       </c>
+      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>287</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>288</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>290</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
         <v>291</v>
-      </c>
-[...15 lines deleted...]
-        <v>293</v>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K51" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="M51" s="5" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="I52" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="B52" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H52" s="5" t="s">
+      <c r="J52" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K52" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="I52" s="5"/>
-[...3 lines deleted...]
-      <c r="K52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>299</v>
       </c>
-      <c r="L52" s="6" t="s">
+      <c r="M52" s="5" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="B53" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H53" s="5" t="s">
+      <c r="I53" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="I53" s="5" t="s">
+      <c r="J53" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K53" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="J53" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K53" s="5" t="s">
+      <c r="L53" s="6" t="s">
         <v>305</v>
       </c>
-      <c r="L53" s="6" t="s">
+      <c r="M53" s="5" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H54" s="5" t="s">
+      <c r="I54" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="I54" s="5" t="s">
+      <c r="J54" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="J54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>311</v>
       </c>
-      <c r="L54" s="6" t="s">
+      <c r="M54" s="5" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="B55" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="J55" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K55" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="J55" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>317</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>320</v>
       </c>
-      <c r="B56" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H56" s="5" t="s">
+      <c r="I56" s="5" t="s">
         <v>321</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="J56" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K56" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="J56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>323</v>
       </c>
-      <c r="L56" s="6" t="s">
+      <c r="M56" s="5" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>326</v>
       </c>
-      <c r="B57" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H57" s="5" t="s">
+      <c r="I57" s="5" t="s">
         <v>327</v>
       </c>
-      <c r="I57" s="5" t="s">
+      <c r="J57" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="J57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>329</v>
       </c>
-      <c r="L57" s="6" t="s">
+      <c r="M57" s="5" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="B58" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H58" s="5" t="s">
+      <c r="I58" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="J58" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K58" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="J58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>335</v>
       </c>
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="5" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
         <v>338</v>
       </c>
-      <c r="B59" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H59" s="5" t="s">
+      <c r="I59" s="5"/>
+      <c r="J59" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K59" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>340</v>
       </c>
-      <c r="J59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K59" s="5" t="s">
+      <c r="M59" s="5" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="I60" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="B60" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H60" s="5" t="s">
+      <c r="J60" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K60" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="I60" s="5"/>
-[...3 lines deleted...]
-      <c r="K60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>346</v>
       </c>
-      <c r="L60" s="6" t="s">
+      <c r="M60" s="5" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="B61" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H61" s="5" t="s">
+      <c r="I61" s="5" t="s">
         <v>350</v>
       </c>
-      <c r="I61" s="5" t="s">
+      <c r="J61" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K61" s="5" t="s">
         <v>351</v>
       </c>
-      <c r="J61" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K61" s="5" t="s">
+      <c r="L61" s="6" t="s">
         <v>352</v>
       </c>
-      <c r="L61" s="6" t="s">
+      <c r="M61" s="5" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="B62" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H62" s="5" t="s">
+      <c r="I62" s="5"/>
+      <c r="J62" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K62" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>357</v>
       </c>
-      <c r="J62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K62" s="5" t="s">
+      <c r="M62" s="5" t="s">
         <v>358</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="I63" s="5" t="s">
         <v>361</v>
       </c>
-      <c r="B63" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H63" s="5" t="s">
+      <c r="J63" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="I63" s="5"/>
-[...3 lines deleted...]
-      <c r="K63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>363</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="5" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E64" s="5" t="s">
         <v>366</v>
       </c>
-      <c r="B64" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F64" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
         <v>367</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>368</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>369</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>370</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>372</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>373</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>374</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>375</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>376</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>378</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>379</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>380</v>
       </c>
       <c r="L66" s="6" t="s">
         <v>381</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
         <v>383</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
         <v>384</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>385</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>386</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>387</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>389</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
         <v>390</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>391</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>392</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>393</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
         <v>395</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
         <v>396</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>397</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>398</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>399</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>401</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
         <v>402</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>403</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>404</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>405</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>407</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
         <v>408</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>409</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>410</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>411</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>413</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>414</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I72" s="5"/>
       <c r="J72" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>415</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>416</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>418</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>419</v>
       </c>
       <c r="I73" s="5"/>
       <c r="J73" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>420</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>421</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>423</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
         <v>424</v>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>425</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>426</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>428</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
         <v>429</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>430</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>431</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>432</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>434</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
         <v>435</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>436</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>437</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>438</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>440</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
         <v>441</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>442</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>443</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>444</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>446</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>447</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>448</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>449</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>450</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>452</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
         <v>453</v>
       </c>
       <c r="I79" s="5" t="s">
         <v>454</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>455</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>456</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>458</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>459</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>460</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>461</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>462</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>464</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
         <v>465</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>466</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>467</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>468</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>470</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>471</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>472</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>473</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>474</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>476</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>477</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>478</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>479</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>481</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
         <v>482</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>483</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>484</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>485</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>487</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>488</v>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>489</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>490</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
         <v>492</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
         <v>493</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>494</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>495</v>
       </c>
       <c r="L86" s="6" t="s">
         <v>496</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>498</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
         <v>499</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>500</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>501</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>502</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>504</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
         <v>505</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>506</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>507</v>
       </c>
       <c r="L88" s="6" t="s">
         <v>508</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
         <v>510</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>511</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>512</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>513</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>514</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>516</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>517</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>518</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>519</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>520</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>522</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>523</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
         <v>524</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>525</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>526</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>527</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>529</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
         <v>530</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>531</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>532</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>533</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>535</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
         <v>536</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>537</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>538</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>539</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>541</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
         <v>542</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>543</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>544</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>545</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>547</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>548</v>
       </c>
       <c r="L95" s="6" t="s">
         <v>549</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
         <v>551</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>552</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>553</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>554</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>556</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
         <v>557</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>558</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>559</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>560</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>562</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>563</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>564</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>565</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>566</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>567</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>569</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
         <v>570</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>571</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>572</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>573</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
         <v>575</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
         <v>576</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>577</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>578</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>579</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>581</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>582</v>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>583</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>584</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>586</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>587</v>
       </c>
       <c r="I102" s="5"/>
       <c r="J102" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>588</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>589</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>591</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>592</v>
       </c>
       <c r="I103" s="5"/>
       <c r="J103" s="5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>593</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>594</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>595</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>