--- v1 (2025-11-23)
+++ v2 (2026-02-28)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="596" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>