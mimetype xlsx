--- v0 (2025-10-03)
+++ v1 (2025-11-27)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="601" uniqueCount="383" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="391" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1645,50 +1645,132 @@
   <si>
     <t>Det var godt, at Lysse kom ombord på skibet, så han kunne fortælle Johannes Larsen, at Alhed var død. Og pænt af kaptajnerne at hjælpe.
 Janna og Astrid har været på en cykeltur. De fandt tilfældigt en langdysse, og i et træ ved den var der ridset et A. Astrid ridsede "AL" med et kors over, og hun stod længe og tænkte på Alhed og hendes familie. 
 Astrid har været hos søsteren Louise, som var meget trist. Hun har købt Ekstrabladet med Gelsteds nekrolog og et smukt foto. 
 Astrid vil gerne komme til Kerteminde, medmindre Johannes Larsen ikke ønsker gæster.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/U5gZ</t>
   </si>
   <si>
     <t>Rossia, Mandag 5/9-1927.
 Kæreste lille Junge! Det var da et Lyspunkt i Aftes at høre fra Østerbro, at Lysse er kommen ombord til sin Far – hvor var det dog godt. – jeg har tænkt med Rædsel på, at Lysse skulde lande på Færøerne og gå der og vente på Skib. Jeg ringede straks til Øbro, da vi kom fra Hareskov i Aftes, da var Puf og Lugge endnu ikke kommen, men Bes lo[vede - et stykke af papiret mangler] at ringe; så ringede Pan ved ½11 Tiden derindefra og fortalte mig det, hun sagde også, om jeg ikke kom derhen lige fra Kontoret i Dag, og det gør jeg så. Jeg kan nu ikke tænke mig andet, end at Begravelsen bliver Onsdag – i så Fald kan jeg køre i Bufs Bil i Morgen, Tirsdag, når han kører sin Mor til Korsør – hun har ventet til Tirsdag for min Skyld! 
 Jeg skrev til Dig sidst Lørdag Aften ude i Hareskov – mon vore Blomster nåede friske derover? Søndag – i går – cyklede Nus og jeg en dejlig Tur ad Vejen til Fiskebæk gennem de store Skove. Tænk dig, da vi vilde gøre Rast et Sted i Skoven – fandt vi – kun c 100 Al. fra Vejen – en pragtfuld Langdysse – (må det vel have været) en stor oval Gravhøj - omgivet af 20 store, mosgroede Granitstene – en stensat Indgang til Gravkammeret, der var lukket med en sprængt Granitskive; der var så vidunderligt – ganske stille – ikke et Menneske – og tænk, [at vi - et stykke af papiret mangler] netop skulde lande på [en – noget af papiret mangler] Gravhøj! vi blev der længe - lille Nus var så optaget af at finde små Flintstykker, som hun mente var Knive og Spydodder. Imens vilde jeg skære Bs Navn i et af Træerne på Højen – jeg havde udset ét, men Nus valgte et andet, lige over Indgangen til Gravkammeret - da vi kom hen til Træet – stod der et stort A skåren i Barken – temmelig nær ved Jorden, måske har et Barn lavet det Jeg skar så med Nussets Dolk et smukt AL og med et Kors over.
 vi filede Bogstaverne smukt ud med de skarpe Flintsten, det kom til at se så kønt ud – de Døde er vel der, hvor vi tænker på dem, og nu har Nus og jeg et Gravsted for Tante Be ude i Skoven. Vi blev der længe, Nus løb stadig og fandt små Sten og Mærkværdigheder – hun tav ganske stille, da hun så, at jeg var fordybet hel i mine egne Tanker – de var hos Be og hos Las og Drengene – og hos alle Jer derovre; og Be var for[herefter mangler en del af papiret]lig levende og nærværende hele Tiden – det var en underlig og meget højtidelig lille Stund.
 afbrudt
 1000 Tak for dit lange Brev igen nu i Aften – Mandag Aften.
 Vend
 Mandag Aften 
 Kæreste lille Junge!
 Hvor var det godt lige nu at tale med dig! Hvad du sagde om Lysses Ankomst til Las har gjort mig usigelig godt at høre - at Bs Vilje dér virkelig skete Fyldest, så han fik det at vide af sine egne! Og Junge, der [herefter mangler et stykke af papiret] dog mange gode Mennesker til – de Kaptajner ombord på de to Skibe er vi rigtignok stor Tak skyldig – for der er dog sat meget i Gang for at det Foretagende kunde gennemføres! 
 Jeg var jo ude hos lille Lugge – og aldrig har hun lignet Be som nu – det var så mærkeligt at se –; Turen til Skibet i Morges, hvor de ventede fra 7 i Morges til ½11 – hun og Puf i Bilen – ja, det havde taget på hende, det lille Skind, men hun syntes jo, det var rigtigst at gå, da Skibet kom – ”også fordi jeg nu ligner Be så meget”, som hun selv sagde. Hun lå inde på sin Seng, og jeg sad kun et Øjeblik hos hende – jeg sagde, at jeg vidste alt - hun skulde intet sige, det er jo kun så oprivende. 
 Så gik jeg ind til Lomme i Dagligstuen – og så gik Magisteren ind til Lugge – han er mageløs sød imod hende og omhyggelig for hende – han så selv så forsørget ud.
 Lille Lomme fulgte mig op til Sporvognen; jeg købte Extrabladet, hvor Gelsted har skreven smukt om Be – med et dejligt Billede af hende – der hvor hun står i Drivhuset – jeg har selv Billedet. Jeg vil sende Bladet til (min) Adam - du ser det jo nok derovre.
 Tak fordi du lagde en Rose ned i Be’s Kiste fra mig, det er jeg så glad ved; Be og jeg har jo også haft meget sammen – hun var hos mig, da jeg fik Adam – dengang havde vi sådan en dejlig Tid sammen. Ja, jeg tror, jeg i disse Dage har tænkt på hver eneste Smule, jeg har haft med Be – og jeg har meget at takke hende for. Lille Junge, jeg vil gerne komme over til dig; men hvis Las vil ordne det sådan, at ingen skal komme, så vil vi jo alle bøje os for det; nu venter jeg ganske rolig på, hvad du skriver til mig om det og holder mig beredt til at rejse med Nattoget Dagen før Begravelsen - og så rejse hjem næste Eftermiddag – jeg har fået Lov til at få to Dage fri fra Kontoret. 
 Ja, så var der vist ikke mere i Aften; jeg skal nok skrive flittig til dig, lille Junge – jeg ved ikke noget bedre – og især når Brevene kan være blot til en lille Smule Opmuntring. Du må kun skrive, når også du synes, at du ikke kan lade være – du må ikke lade den være besværligt for dig – ja, du forstår, hvad jeg mener; ikke? Alt hvad du allerede har skreven er jeg så taknemmelig for! Tusinde kærlige Hilsener søde god lille Junge, fra din Dis.</t>
+  </si>
+  <si>
+    <t>1929-02-27</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Harald Høffding
+Matilda Jungstedt
+Drude Jørgensen
+- Krarup, læge
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+Maurice Maeterlinck
+Arnold Olsen
+Hans Olsen
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Hempel Syberg
+- Vester
+- Vesterdal
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Mag. er Magisteren, Johannes Nicolaus Brønsted. 
+"Det lille nye Hjem i Vanløse": Det er sandsynligvis et af Louise Brønsteds børn, som har bosat sig i Vanløse. 
+Bessa er formodentlig Bedstemor; altså Ellen Sawyer. Lille er Matilda Jungstedt, Ellen Sawyers barnebarn, som boede i Stockholm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3777</t>
+  </si>
+  <si>
+    <t>Kulden og sneen gør alt besværligt. Ellen Sawyers klaverelever er nu samlet i ét hjem i hver region. 
+Det er et år siden, at Louise Brønsted blev syg.
+Man forvinder ikke lige tabet af kære mennesker som Paludan/Pallam, Laura Warberg og Alhed Larsen. Det var godt, at Paludan bevarede Warberg-familiens hjem.
+Christine og Elisabeth/Putte Mackie har det vist ikke nemt sammen. Dejligt, at både Louise og Ellen har et nært forhold til børnene. Ellen bliver glad, når hun tænker på Lille/Matilda Jungstedt.
+Johan/Lysse Larsen er blevet gift. Er det mon godt?
+Johannes Larsen har haft et godt salg, og det er fint, hvis han så kommer på fode igen.
+Det var godt, at Hempel Syberg døde, for han havde ikke længere noget ud af livet. Kirstine var helt knust. Thora Branner kom med besvær (vejret) til Fyn, og hun og Ellen tog til begravelse i Odense samt derfra til Heden, hvor jordfæstelsen fandt sted. Efter denne var der middag i forsamlingshuset. 
+Thora og Ellen har også været til middag hos Drude Vesterdal. Professor Vesterdal havde skrevet et digt til Hempel Syberg.
+Ellen har købt et vægur. Der er dejligt lunt i stuen, hvor hun og katten opholder sig. Ellen er glad for at læse Termitternes Liv og hun genlæser andre gode bøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tlfS</t>
+  </si>
+  <si>
+    <t>27/2-29
+Kæreste Lugge!
+Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
+Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
+Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
+2)
+Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
+Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
+Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
+3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
+I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
+Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
+Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
+4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
+Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
+Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
+Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
+Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
   </si>
   <si>
     <t>1932-2</t>
   </si>
   <si>
     <t>Astrid Bøttern
 Ellen Bøttern
 Eric Bøttern
 Jørgen Bøttern
 Margaretha Bøttern
 Johanne Giersing
 Sven Havsteen-Mikkelsen
 Jens Villads Valdemar Hermansen
 Thomas Jensen
 Adolph Larsen
 Elena Larsen
 Jens Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Bendt Rom
 Kirsten Rom
 Jørgen Schou
 Marie Schou
@@ -2286,59 +2368,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9so" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NpFr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aXMETkKu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EocUxpyS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XNfpetUe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xprx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aok5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UT5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9so" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NpFr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aXMETkKu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EocUxpyS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XNfpetUe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xprx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aok5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UT5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M58"/>
+  <dimension ref="A1:M59"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4333,603 +4415,650 @@
       </c>
       <c r="I45" s="5" t="s">
         <v>298</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>292</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>299</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>300</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>302</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>173</v>
+        <v>303</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>189</v>
+        <v>244</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>189</v>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
         <v>311</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>312</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>313</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>314</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>315</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>317</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>318</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F48" s="5" t="s">
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>319</v>
       </c>
-      <c r="G48" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H48" s="5" t="s">
+      <c r="I48" s="5" t="s">
         <v>320</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="J48" s="5" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>322</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>323</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>325</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F51" s="5" t="s">
+        <v>327</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="I51" s="5"/>
+        <v>340</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>341</v>
+      </c>
       <c r="J51" s="5" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F52" s="5" t="s">
-        <v>319</v>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>189</v>
+        <v>326</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F53" s="5" t="s">
+        <v>327</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>313</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>318</v>
+        <v>189</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>17</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
         <v>356</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>357</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>358</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>359</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
         <v>361</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>17</v>
+        <v>362</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="I55" s="5"/>
+        <v>364</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>365</v>
+      </c>
       <c r="J55" s="5" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>189</v>
+        <v>326</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F56" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="s">
         <v>313</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>318</v>
+        <v>189</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F57" s="5" t="s">
-        <v>362</v>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>373</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="I58" s="5"/>
+        <v>381</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>382</v>
+      </c>
       <c r="J58" s="5" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>382</v>
+        <v>385</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="I59" s="5"/>
+      <c r="J59" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="K59" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -4948,44 +5077,45 @@
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
+    <hyperlink ref="M59" r:id="rId64"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>