--- v1 (2025-11-27)
+++ v2 (2026-02-04)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="391" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="644" uniqueCount="412" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -235,50 +235,93 @@
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Johannes Larsen var fraværende grundet aftjening af værnepligt. (juni 1890-marts 1891). Georg Larsen var kommis i sin fars forretning og er muligvis blevet i Kerteminde, for at styre tingene.
 Det er uvist, hvem Frises er.
 Christian Eckardt var blevet enkemand året før i 1889.</t>
   </si>
   <si>
     <t>Der er blevet holdt en stor fest (sølvbryllup) på Store Høljeryd. Vilhelmine Larsen savnede meget sine to drenge, Johannes og Georg. De fik slet ikke brev fra Johannes og Georgs telegram kom dagen efter. Christian Eckardt har givet dem et billede af Store Høljeryd. Christine Swane gav dem en sløjfe til en stol. Vilhelmine Larsen glæder sig til at se Johannes og Alfred Eckardt ved toget på søndag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/DVRe</t>
   </si>
   <si>
     <t>Kjerteminde nej Høljeryd –
 Kjære Johannes!
 Saa haaber vi at sees paa Søndag faa at vide hos Alfred hvad Tid vi kommer og hvor længe vi kan sees
 Først tænkte vi at ligge i Kjøbenhavn om Natten men det er jo en hel Kapital for 6 paa et Hotel, saa kan vi sees en Time eller 2 maa vi være glade for det vi tage saa hjem med Aftentoget til Ullerslev.
 Det var kjedeligt du slet ikke faar Fader at se denne Gang han rejser herfra i morgen Onsdag for det er jo nu lige i Høst, saa han daarlig kan undværes; men vi savnede meget Brev fra dig i Mandags, Georgs Telegram kom først i Morges tillige med et fra Frises og 3 andre i Fællesskab. Norden, H.B. Larsen og Albreckt.
 Det var dejligt Vejr og vi havde det saa hyggeligt og rart alle Eckardts er herovre; den lille Stue var pyntet saa smukt med Blomster og Grønt og et Bord med Gaver E gav os Høljeryd ligesom Margrethes Maleri Christine en sløjfe til en Stol 6 servietter og Sofapude Betræk; af vore Pigebørn og Margrethe.
 Nu i morgen kjører vi Fader ned og faar maaske da dit Brev vi længes meget det var svært for mig at I to Sønner ikke var med at holde den Dag
 Gud give I maa faa det godt i denne Tid – mon ikke de har sendt dig noget senere
 Hils Alfred og faa ham til at møde paa Søndag det er vist 6¼ ved Helsingørbanen og saa kjører vi igjen Kl 8 ad Korsør ( vi [ulæseligt ord] en Fartplan)
 Kjærlig Hilsen fra os Alle sammen 
 Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1891-10-06</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup
+Lauritz  Brandstrup
+Jens Busk
+Christian Caspersen
+Alhed Larsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Ernst Schmiegelow</t>
+  </si>
+  <si>
+    <t>Alhed/Be Larsen, f. Warberg, var fra 1. dec. 1890 lærling ved Den Kongelige Porcelainsfabrik (i brevet kaldt Fabriken) i København. Fra november 1890 til 1. nov. 1891 boede hun på Værnehjemmet Bethania.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1389</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg mødte bekendte på turen til København. Han blev modtaget på banegården af Alhed/Be Larsen.
+Albrecht har besøgt Laura Warbergs forældre, og faderen havde det lidt bedre. Han får morfinindsprøjtninger.
+Ved Værnehjemmet ventede Albrecht længe på Alhed, men hun kom ikke.
+Mandag fik Albrecht fjernet en polyp i næsten hos en læge og derefter flere. Det gør ikke ondt. Albrecht skal smøre næsen med kokain.
+Niels Caspersen og Albrecht skal i teatret, og Albrecht håber, at Alhed kommer med.
+Albrecht beder Laura sende Alhed nogle pærer til Lauras gamle far.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hdVE</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d. 6 Oct 1891
+Kære Smaa!
+Om endskøn jeg ikke har været her i 2 Dage, kan jeg tænke, at Du venter Brev fra mig i Morgen, og det skal Du saa ogsaa faa. Rejsen herover var helt fornøjelig; paa Dampfærgen talte jeg omtrent hele Tiden med Fanny og hendes Moder. Jeg saa ogsaa Lieutnant [ulæseligt], men var ikke sikker paa, at det var ham, før Be paa Kjøbenhavns Banegaard bekræfter det. I Korsør modtog N. Caspersen mig, og jeg kom saa til at rejse med flere Rigsdagsmænd, bl.a. Jens Busk, som jeg talte med den meste Tid og syntes godt om. Igaar Aften var jeg hos Dine Forældre; Din Fader har det – forekommer det mig – lidt bedre end i Sommer, men han faar sine Morfinindsprøjtninger, vistnok hver Aften. Jeg glemte at fortælle, at Niels (br.) og Be modtog mig paa Banegaarden og fulgte mig herop; Be fik saa nogle af Pakkerne og saa fulgte vi hende hjem, medens jeg saa derefter fik Aftensmad i Paraplyen; jeg bød ogsaa Be, men hun vilde ikke. I Gaar gik jeg ud til Værnehjemmet paa den Tid, da jeg ventede, at hun skulde komme fra Fabriken; jeg gik i en god halv Time frem og tilbage i Helgolandsgade, men der kom ingen Be og saa gik jeg til de Gamle efter først at have faaet hende sendt et Brevkort om, at hun kommer herop i Dag, naar hun har spist til Midag. Mandag Morgen gik jeg til Dr Schingelow; han undersøgte Næsen, erklærede, at den var fuld af Polyper og gav mig en Recept paa Cocain, som jeg skulde smøre med, naar jeg havde været i Klokken; jeg mødte saa Kl 1½, maatte vente 1 Time og kom saa ind og fik en Polyp taget ud; den saa saaledes ud: [Tegning] I Dag har jeg atter været hos ham og er kommen af med en eller to Polyper, og i Morgen skal jeg atter møde; det gør slet ikke ondt, da Næsen bliver bedøvet, men jeg maa saa ikke puste den nogen Tid efter, og maa altsaa lade Blodet gaa igjennem Halsen. I Eftermiddag har jeg haft Besøg af Niels Caspersen, og vi skulle sammen i Folketeatret (se Den skjønne Helene); jeg venter hvert Øjeblik Be og saa skal hun selvfølgelig med.
+Din Fader vilde gjerne smage Pærerne fra Træer paa Blegpladsen; kan Du ikke sende Be nogle Stykker, saa kan hun give den Gamle en. 
+Nu er Klokken c 6 og Be er endnu ikke kommen; jeg begynder saa smaat at tvivle paa, om det overhovedet lykkes mig at faa hende at se herinde.
+Mange Hilsener til alle.
+Din A</t>
   </si>
   <si>
     <t>1892-10-18</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>København
 Waldemarsgade 30</t>
   </si>
   <si>
     <t>Iffe -
 - Behrend, Frøken
 Christian  Brandstrup
 Eline  Brandstrup
 Emil Brandstrup
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Carl Adolph Feilberg
 Peter Hansen
 - Jensen, København
 Fritz Kruse
@@ -2038,50 +2081,88 @@
     <t>Det kan ikke afgøres, om den af Elena/Bimse Larsens søstre, der deltog i turen til Trelleborg var Marie eller Elisabeth Neckelmann.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på Trelleborg med Elena/Bimse Larsen, hendes mor og søster. Hele familien i Kerteminde har været eller er syge af forkølelse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Z4LY</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [På kuvertens bagside;]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 4 Marts 1948.
 Kære Grevinde!
 Ja nu sidder jeg igen og skriver og jeg bliver nok ikke færdig i Dag, for her laa jo en Masse Post da jeg kom hjem. Bimse kørte mig jo til Korsør, hendes Moder og Søster var med og vi var paa Vejen nede at se Vikingehuset ved Trelleborg. Puf laa i Sengen af Forkølelse men er oppe i Dag. Nu ligger Jeppe og de andre har ligget, men det har jeg vel fortalt i Telefonen. Det er lidt mildere i Vejret i Dag og mindre taaget end i Gaar og ganske stille. Mange Hilsner fra
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1948-03-10</t>
+  </si>
+  <si>
+    <t>Laurine Pedersen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Ullerslev
+Andkærgård</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1343</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for smørmærker og tændstikker. Han har været i Sverige og i Trelleborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eT5B</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvert forside:]
+Fru Laura Petersen
+Andkærgaard
+pr. Ullerslev.
+[Skrevet på kuvert bagside:]
+Johannes Larsen
+Kjerteminde
+[Med anen skrift:]
+30-1-2000
+[I brevet]
+Kjerteminde 10 Marts 1948.
+Kære Bibbe og Laurits!
+Tusind Tak for Smørmærker og Tændstikker, som laa her da jeg forleden kom hjem fra Sverige hvor jeg havde været en Uges Tid hos Lysse og Bimse. Sidstnævnte kørte mig til Korsør hvor vi paa Vejen var ude og saa det Vikingehus der er bygget ved Trelleborg.
+Med de venligste Hilsener fra 
+Jeres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
     <t>1948-07-30</t>
   </si>
   <si>
     <t>Peter Oluf Brønsted
 Margaretha Bøttern
 Anton Hinke
 Christa Knuth
 Jens Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Johannes Madsen</t>
   </si>
   <si>
     <t>Alheds lillebror boede i Brædstrup. 
 Johannes Larsen ombyggede vinterhaven til volière efter Alheds død. 
 Det er uklart, hvem Jens er.</t>
   </si>
   <si>
     <t>Johannes Larsen har bedt Madsen hente en blændramme til et billede samt hænge billeder op i værkstedet. 
 Larsen bader hver dag. Andreas/Puf og Else besøger Gretel Bøttern, og Jeppe er cyklet til Thurø. Jeppe har givet Johannes Larsen en allikeunge. Han har også dompapper, dværgvagtler og kanariefugle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/aok5</t>
   </si>
   <si>
@@ -2248,50 +2329,87 @@
 Johan Larsen</t>
   </si>
   <si>
     <t>Aage Marcus har hentet de tekster, som Johannes Larsen har skrevet. Larsen skal til museumsmøde i Faaborg og dagen efter til Båxhult. 
 Bondo Svane har sendt et avisudklip med et foto.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/p1L7</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Refshalevej
 Maribo
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 10 August 1950.
 Kære Grevinde
 Nu har Aage Marcus været her og er draget af med det jeg har skrevet, og Dagen efter lavede jeg et Kort over Kjerteminde og sendte ham. Lørdag og Søndag skal jeg til Museumsmøde i Faaborg. Lysse ringede i Dag og tilbød at hente mig i Korsør, eventuelt komme helt her over. Vi aftalte at jeg skulde skrive eller telefonere naar jeg havde været i Faaborg Antagelig bliver det en Dag i Løbet af næste Uge at jeg kommer til Båxhult. Jeg kan ikke huske hvad Dag det var at Du og Elisabeth skulde rejse til Stockholm. Maaske er i allerede rejst og dette kommer for sent. Ellers staar alt vel til her. Mange Hilsener fra
 Din hengivne 
 Johannes Larsen.
 P.S. Jeg fik i Dag et Brev fra H.R.S Bondo Swane med et Udklip fra en jysk Avis med et Billede af ham og mig fra Turen til Nakskov Inderfjord.</t>
+  </si>
+  <si>
+    <t>1951-05-18</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Thora Cohn
+Else Jensen
+Emmerik Jensen
+Hjalmar Johansen
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Poul Lorentsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen var død, da Johannes Larsen skrev brevet</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har blandt andet været i Zoologisk Have i København. Nu er han hjemme og skal til Romsø med Christiansen. Gåsen ligger stadig på æg. Han vedlægger et brev fra Poul Lorentsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5W9d</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Maj 1951
+Kære Lysse og Bimse.
+Jeg fik snakket med en Del Mennesker i Kjøbenhavn og Fredagen før Pintse kørte Else og Emmerik mig til zoologisk Have og derfra til Banegaarden hvor jeg i et overfyldt Tog kom til Korsør og videre til Nyborg, hvor Puf hentede mig. Vi har haft det koldt her siden men i Dag er det mildere og jeg har været nede hos Christiansen og aftalt med ham at tage til Romsø i Morgen. Vores Gaas ligger stadig skønt den skulde have haft Gæslinger for en Uge siden. I Dag fik jeg vedlagte Brev fra Statsskovrider Poul Lorentzen, som Du nok vil høre nærmere fra. Hvordan gaar det med Kalkunerne? og med de smaa Æg? Tak for sidst! Mange Hilsner fra Puf, Else, Børnene og 
+Jeres JL.
+[På side 2 er der tegnet et kort. På dette er der skrevet:]
+Tyllesand 5
+114 Per Larson
+Lasse!
+100 Godsågere
+Skogsvakten
+Hjalmar Johansen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2368,59 +2486,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9so" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NpFr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aXMETkKu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EocUxpyS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XNfpetUe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xprx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aok5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UT5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdVE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9so" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NpFr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aXMETkKu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EocUxpyS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XNfpetUe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xprx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eT5B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aok5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UT5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M59"/>
+  <dimension ref="A1:M62"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2627,2438 +2745,2569 @@
       </c>
       <c r="K5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>46</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="F6" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="F7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G8" s="5" t="s">
+      <c r="F8" s="5" t="s">
         <v>69</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>71</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G9" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>80</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>81</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>34</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="5" t="s">
-[...3 lines deleted...]
-        <v>97</v>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>98</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>99</v>
       </c>
       <c r="J12" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="L12" s="6" t="s">
+      <c r="M12" s="5" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="E13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="F13" s="5" t="s">
+      <c r="H13" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="I13" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="J13" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="5" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>104</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F15" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F16" s="5" t="s">
-[...3 lines deleted...]
-        <v>126</v>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>133</v>
+        <v>114</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>134</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>135</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>136</v>
       </c>
       <c r="J17" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K17" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="K17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="L17" s="6" t="s">
+      <c r="M17" s="5" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F18" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="B18" s="5" t="s">
+      <c r="G18" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="C18" s="5" t="s">
+      <c r="H18" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="D18" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="I18" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J18" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>146</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="M18" s="5"/>
+        <v>147</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>148</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>151</v>
+      </c>
+      <c r="D19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>147</v>
-[...8 lines deleted...]
-        <v>149</v>
+        <v>152</v>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L19" s="6" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F20" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>153</v>
+      <c r="F20" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G21" s="5" t="s">
+        <v>161</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-        <v>166</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>173</v>
+        <v>16</v>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="s">
-        <v>126</v>
+        <v>174</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="I23" s="5"/>
+        <v>175</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>176</v>
+      </c>
       <c r="J23" s="5" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>181</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="s">
-        <v>179</v>
+        <v>134</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="I24" s="5"/>
       <c r="J24" s="5" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>142</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D25" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>187</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G25" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="M25" s="5"/>
+        <v>191</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D26" s="5" t="s">
-[...3 lines deleted...]
-        <v>179</v>
+      <c r="D26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="s">
-[...3 lines deleted...]
-        <v>191</v>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I26" s="5"/>
-      <c r="J26" s="5" t="s">
-        <v>100</v>
+      <c r="J26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K26" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="M26" s="5"/>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="I27" s="5"/>
       <c r="J27" s="5" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>209</v>
+        <v>67</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="s">
-        <v>210</v>
+        <v>187</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="I29" s="5"/>
+      <c r="I29" s="5" t="s">
+        <v>212</v>
+      </c>
       <c r="J29" s="5" t="s">
-        <v>212</v>
+        <v>22</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>213</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>214</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>216</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D30" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="D30" s="5" t="s">
+      <c r="E30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G30" s="5" t="s">
         <v>218</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>219</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
         <v>220</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>221</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>222</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>224</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>142</v>
+        <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>225</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H31" s="5" t="s">
+        <v>227</v>
       </c>
       <c r="I31" s="5"/>
-      <c r="J31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J31" s="5" t="s">
+        <v>228</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="M31" s="5"/>
+        <v>230</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>231</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H32" s="5" t="s">
-        <v>228</v>
+      <c r="H32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I32" s="5"/>
       <c r="J32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K32" s="5" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K33" s="5" t="s">
+        <v>237</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...3 lines deleted...]
-        <v>235</v>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G34" s="5" t="s">
-        <v>236</v>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>237</v>
-[...8 lines deleted...]
-        <v>239</v>
+        <v>240</v>
+      </c>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L34" s="6" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="M34" s="5" t="s">
         <v>241</v>
       </c>
+      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>242</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="D35" s="5" t="s">
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G35" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="E35" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G35" s="5" t="s">
+      <c r="H35" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="H35" s="5" t="s">
+      <c r="I35" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="I35" s="5" t="s">
+      <c r="J35" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K35" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="J35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>248</v>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="M35" s="5" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="B36" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E36" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G36" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>256</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="M36" s="5"/>
+        <v>258</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I37" s="5"/>
       <c r="J37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K37" s="5" t="s">
+        <v>261</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="s">
-        <v>258</v>
+      <c r="H38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I38" s="5"/>
       <c r="J38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="6" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H39" s="5" t="s">
+        <v>266</v>
       </c>
       <c r="I39" s="5"/>
       <c r="J39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="6" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="M39" s="5"/>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>16</v>
+      </c>
+      <c r="D40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="s">
-[...12 lines deleted...]
-        <v>266</v>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I40" s="5"/>
+      <c r="J40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L40" s="6" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="M40" s="5"/>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>270</v>
+        <v>67</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="F41" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="G41" s="5" t="s">
+      <c r="H41" s="5" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>273</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>274</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>275</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>277</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>59</v>
+        <v>278</v>
       </c>
       <c r="D42" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>16</v>
-      </c>
-[...12 lines deleted...]
-        <v>280</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>281</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>282</v>
       </c>
       <c r="L42" s="6" t="s">
         <v>283</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
         <v>285</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>142</v>
+        <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D43" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F43" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>287</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>286</v>
-[...5 lines deleted...]
-        </is>
+        <v>288</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="M43" s="5"/>
+        <v>291</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>292</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>143</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>290</v>
-[...5 lines deleted...]
-        <v>292</v>
+        <v>294</v>
+      </c>
+      <c r="I44" s="5"/>
+      <c r="J44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K44" s="5" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="M44" s="5"/>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>296</v>
-[...9 lines deleted...]
-        </is>
+        <v>57</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>303</v>
+        <v>151</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>244</v>
+        <v>304</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>307</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>308</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
         <v>310</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>173</v>
+        <v>311</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>189</v>
+        <v>252</v>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>197</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
         <v>319</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>320</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>321</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>322</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>323</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>325</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>326</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F49" s="5" t="s">
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
         <v>327</v>
       </c>
-      <c r="G49" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H49" s="5" t="s">
+      <c r="I49" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="J49" s="5" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>330</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>331</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>333</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F52" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F52" s="5" t="s">
+        <v>335</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="I52" s="5"/>
+        <v>348</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>349</v>
+      </c>
       <c r="J52" s="5" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F53" s="5" t="s">
-        <v>327</v>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>350</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="I53" s="5"/>
       <c r="J53" s="5" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>189</v>
+        <v>334</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F54" s="5" t="s">
+        <v>335</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>321</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>326</v>
       </c>
-      <c r="E55" s="5" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
-        <v>313</v>
+        <v>366</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>326</v>
+        <v>197</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F56" s="5" t="s">
-        <v>370</v>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="I56" s="5"/>
+      <c r="I56" s="5" t="s">
+        <v>372</v>
+      </c>
       <c r="J56" s="5" t="s">
-        <v>313</v>
+        <v>329</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>189</v>
+        <v>334</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>377</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>378</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="I57" s="5"/>
+        <v>379</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>380</v>
+      </c>
       <c r="J57" s="5" t="s">
         <v>321</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>370</v>
+        <v>385</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>326</v>
+        <v>197</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F59" s="5" t="s">
-        <v>370</v>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>313</v>
+        <v>329</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>390</v>
+        <v>394</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="K60" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="I61" s="5"/>
+      <c r="J61" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="K61" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M61" s="5" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="K62" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="M62" s="5" t="s">
+        <v>411</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -5078,44 +5327,47 @@
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
+    <hyperlink ref="M60" r:id="rId65"/>
+    <hyperlink ref="M61" r:id="rId66"/>
+    <hyperlink ref="M62" r:id="rId67"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>