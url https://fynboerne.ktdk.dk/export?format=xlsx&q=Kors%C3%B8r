--- v2 (2026-02-04)
+++ v3 (2026-03-24)
@@ -894,51 +894,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1901-03-02</t>
   </si>
   <si>
     <t>Laurentius Allerup