--- v0 (2025-10-31)
+++ v1 (2026-02-02)
@@ -5,516 +5,516 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="126" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1923-12-06</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Korshavn</t>
+  </si>
+  <si>
+    <t>Korshavn, Hindsholm
+Nordskov, Hindsholm</t>
+  </si>
+  <si>
+    <t>Karl Batternn
+- Fergo
+- Frandsen
+Svend Jørgensen
+Andreas Larsen
+Peter Nielsen
+- Paludan Müller
+Olaf Rude
+William  Scharff</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er sejlet til Korshavn på Hindsholm med flere andre for at male. De lånte et hus i Nordskov til at bo i og med plads til al deres malergrej. Johannes Larsen m.fl. fik en god middag hos Peter Nielsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9RSK</t>
+  </si>
+  <si>
+    <t>Korshavn Fredag 6. Dec. 1923.
+Kæreste Alhed!
+Jeg er lige kommen ombord efter at have været ude og male det første Billede. Vi startede i Gaar Kl. 12 og kom herom ved 4 Tiden. Vi gik strax op til Nordskov. Først hen til Karl Batternns og fik lov at disponere over Huset og fik Hængelaas og Nøgle til det. Der er fuldstændig tomt og rent paa paa Gulvet og det er jo en glimrende Station at have. Jeg ved ikke hvordan vi skulde have klaret os med alle de Billeder og Blendrammer og s.v. hvis ikke vi havde laant Huset. Jeg hilste fra Rude og jeg har sjældent hørt nogen blive saa overberost som ham baade af Konen og Manden, de spurgte ogsaa til Scharfs, som de var næsten lige saa begejstrede for. Derfra gik vi hen til Peter Nielsens som jeg ogsaa skal hilse fra. Der blev dækket fint Aftensbord til Frandsen Svend Jørgensen, PN og mig. Sine spiste naturligvis i Køkkenet. Jeg vilde have ringet efter Din Adr som jeg glemte at faa, men ingen svarede hverken Kl. 6 1/2 eller 7. Kl. 8 gik vi ombord. I Mrg. var det stille, Frost og saa tykt at vi knap kunde se en Stenfisker der laa lige ved os. Solen kom lidt frem i Frmdg, men det blev hurtigt graat og diset igen. Jeg skrev saa et langt Brev til Tejsen og i Gaar gav jeg Fergo og Paludan Müller et lille Tilhold. Naa nu er Frandsen vist ved at være færdig med Boller i Selleri. Jeg lægger dette i et Brev til Puf og sender Frandsen op i Byen med det mens jeg gaar ud og maler. Lad mig vide hvordan det gaar med dine Øjne. Mange kærlige Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>1923-12-07</t>
+  </si>
+  <si>
+    <t>- Frandsen
+Achton Friis
+Viggo Johansen
+Andreas Larsen
+Johan Larsen
+Peter Nielsen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>JL maler en del i Korshavn, nu det er lykkedes ham at få mere varme på. Det er ganske hyggeligt ombord, synes han. 
+De spiser aftensmad hos den lokale Peter Nielsen og hygger sig med en extra snaps. Der kommer også besøg af sønnen Johan Larsen og maleren Viggo Johansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PhDy</t>
+  </si>
+  <si>
+    <t>Korshavn 7 Dec. 1923.
+Kæreste Alhed!
+Ja nu faar Du 2 Breve i Dag og faar dem vel samtidig. Posten var nemlig gaaet da Frandsen kom til Nordskov. Jeg fik malet et Billede til i Eftrmdg og har Motiver til 2 i Mrg dersom Vejret blir blot nogenlunde. Her var forfærdeligt fugtigt saa jeg da jeg vaagnede i Mrgs. Alt Træværket drev af Vand. Jeg har alligevel taget Petroleumsovnen, og det er jeg vældig glad ved. I Mrgs da jeg var staaet op tændte jeg den og paa 20 m. drev den med aaben Kappe. Varmen op fra godt 2⁰ til 10. Da vi havde spist til Middag, tog jeg alle 4 Skodder af Siderummene og tændte dem før jeg gik ud at male og da jeg ved 4 Tiden kom ombord var her 22⁰ R og store tørre lyse Pletter paa Træet inde i Rummene. Saa jeg fik Kaffe og smed Ovnen ud og havde 2 Timers hyggelig Mørkning, liggende paa Køjebænken. Frandsen havde tændt Ankerlanternen og hængt den op i Fokkestaget og jeg kunde ligge og se den lyse ned gennem Skylightet og se Masteskyggen dikke frem og tilbage paa Maskinruffet. Kl. 6 spiste vi til Aften Spegesild blødt ud i Havvand med Løg. Delikat. Og da vi i Aftes havde spist hos Peter Nielsen gik det lykkeligvis op for mig at vi havde tjent en Snaps, saa vi kunde faa 2 i Stedet for den ene som jeg har tænkt vi skulde nøjes med, hvad der er sparet er fortjent som jeg lige har skrevet til Friis. Det er rart at være lidt fix paa Hjærnen, og det er opløftende at man er klar over at man er det. Ja dette her maa jo altsaa ogsaa om ad Puf for Adr. Skyld. For Resten venter jeg ham herud med mit Oljetøj som han glemte at give mig med og som jeg har skrevet til ham om. Dog har Frandsen fundet en gl. Sæk i Dag til at lægge Knæene paa mens jeg maler. Lysse og Johansen var til Aften hos os i Forgaars og blev til sidste Tog. De spillede Bridge men jeg gik i Seng. Mange kærlige Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>1923-12-11</t>
+  </si>
+  <si>
+    <t>Korshavn, Hindsholm
+Martofte, Dalby</t>
+  </si>
+  <si>
+    <t>Fru Boysen
+- Frandsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ombord på skibet Rylen i Korshavn på Hindsholm nord for Kerteminde. Han er ikke helt tilfreds med de billeder, han får malet. Begge sønner har været på besøg de seneste dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JowR</t>
+  </si>
+  <si>
+    <t>Korshavn 11 Dec. 1923
+Ombord "Rylen"
+Kæreste Alhed!
+Tak for Brevet. Ja saa er du vel nu i Kjerteminde igen. Formodentlig faar Du dette i Mrg, da Frandsen skal til Martofte efter en Pakke, som der i Dag er kommen Anmeldelse paa. Det er trist med Dine Øjne. Her gaar det saa som saa, jeg har ganske vist malet 2 Billeder om Dagen undtagen i Søndags, men det er vist desværre noget Lort. Nu faar vi se hvordan Resten, altsaa 11, bliver, dersom jeg gider saa længe. Jeg talte med Fru Bojsen i Gaar, og foreslog hende at køre om ad Kjerteminde en Dag, og tage Dig med, og noget Wienerbrød saa dernede I spise Frokost med Kl. 12. De plejer at spise ved den Tid naar de er her, og det gør jeg ogsaa. Hun ringer altsaa til Dig om det. Det var morsomt at se Puf og Lysse herude. Mange Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t> 6. dec. 1923</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Dagbogen "Korshavn" beskriver hovedsagelig iagttagelser af natur og fugle, fra turen med Rylen til Korshavn ved Fyns Hoved, fra 6. december til 15. december 1923.
+Dagbogen indeholder desuden optegnelser fra 22. december 1923 til 3. februar 1924.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/97IRXewR</t>
+  </si>
+  <si>
+    <t>1919-09-01</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Marie Schou/Syberg arbejdede stadig i Rigsdagen, efter at hun og Fritz Syberg var blevet gift. Hun flyttede først til Kerteminde, da hun blev pensioneret. 
+Georg Fr. Nicolai: Krigens Biologi, Hasselbalchs Forlag 1918. Forord af Georg Brandes.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Det har stormet hele sommeren, og Syberg har vippet i båden i Korshavn. Rabbe/Anna Louise er søstærk. Marie har været i Kerteminde to gange. Syberg er gået i stå med et par oliebilleder. Han er begyndt at morgenbade hver dag.
+Fritz Syberg har læst professor Nicolais Krigens Biologi. Den er smuk, men det er svært at tro på, at jorden bliver så overbefolket, som forfatteren tror. Vi er måske bare nogle rovdyrsagtigte overgangsmennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BXVz</t>
+  </si>
+  <si>
+    <t>Pilegaarden 1-9-19
+Kære Venner!
+Det er snart en Evighed siden vi hørte eller saa noget til hinanden. Hvordan er Jeres Sommer gaaet? Her har det stormet i det uendelige og haardnakket fra Vest. Vi har vippet i Baaden ude i Korshavn, for Vinden har hele Tiden staaet ind ad Gabet i Havnen, men Rabbe er født søstærk. I de sidste 3 Uger har jeg dog været paa Pilegaarden og nu sidder jeg fast i en Række store Oliebilleder saa det meste af September gaar nok for mig her. Marie har været her i to Omgange, men Rigsdagen har Knebet Ferien af, saa hun har maattet stj [”stj” overstreget] stjæle sig herover i Pavsen mellem to Møder. Trods Blæst og Kulde har Sommeren været dejlig. Jeg er vendt tilbage til mine Vaner fra Ungdommen og er blevet Morgenmand og det bekommer mig vel. Hver Morgen cykler jeg ud til Storebelt og bader Kl. 5 ½, men det forbyder sig jo selv, (at bade fra aaben Strand inden ret længe. – [)]
+Jeg læser for Tiden en Bog af Tyskeren Professor Nicolai ”Krigens Biologi” Kender I den? Jeg synes den er smuk, men det er unægtelig en fantastisk Tanke at Jorden en Gang skal blive saa tæt befolket saa der lever 6 Mennesker paa hver Kvadratmeter – Saaledes set har vi jo godt med Plads – Ernæringsspørgsmaalet løser Videnskaben, da hele den nulevende Dyreverden til den Tid er udryddet, - vi er altsaa kun at betragte som [en] Slags abeagtige eller rovdyragtige [de sidste to ord indsat over linjen] Overgangsmennesker – hvad jeg forresten godt kan gaa med paa. Ha’et godt kære Venner, og mange Hilsener fra Jeres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
     <t>Forår 1902</t>
-  </si>
-[...7 lines deleted...]
-    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen
 Jens Olsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen maler på pæretræet. Hans far har givet ham den idé, at han kan sejle med et dampskib ført af kaptajn Jens Olsen fra Kerteminde til Korshavn og videre til Odense for at se på motiver. Fra Odense vil han tage toget til Højrup og besøge Alhed.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KxQx</t>
   </si>
   <si>
     <t>Kjerteminde 28 – [noget af papiret mangler]
 Kæreste Alhed!
 Jeg lovede Dig nok et langt Brev i Aftes, men dette bliver nok ikke saa langt alligevel. Det blev ikke Solskin i Morges, det er snart længe siden det har været det om Morgenen, derimod fik jeg gjort lidt ved Pæretræ[et] det tegner snart t[il at blive] ganske godt. Men[noget af papiret mangler] og malede paa d[noget af papiret mangler] Fader og gav mig [noget af papiret mangler] Idé. Dampskibe[noget af papiret mangler] Kaptain Jens Ols[en er] her og skal i Morgen gaa om til Korshavn ved Fyns Hoved og losse noget Cement der og derfor [noget af papiret mangler]se med Resten [noget af papiret mangler]de jeg jo faa en udmærket Sørejse og se paa Motiver paa Vejen. Jeg var saa henne hos Olsen efter Middag og aftalte med ham at han skulde komme og purre mig ud Kl. 3 i Morgen tidlig og saa skal jeg drikke Kaffe henne hos ham saa behøver ingen her at [noget af papiret mangler] Fra Midskov og [noget af papiret mangler] Odense har jeg al[drig sej]let før saa jeg glæ[der mig] til den Tur og hvis [noget af papiret mangler] Vejret bliver godt [noget af papiret mangler] i Aften er det storartet. Jens Olsen mener at vi kan blive saa tidlig færdig i Korshavn at vi kan naa Odense om Eftermiddagen [noget af papiret mangler] maaske kan jeg [tage] med Eftermiddagstoget til Højrup, men hvis jeg nu kommer med sidste Tog kan jeg saa komme ind? 
 Mange kærlige Hilsner Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1919-09-01</t>
-[...33 lines deleted...]
-Jeg læser for Tiden en Bog af Tyskeren Professor Nicolai ”Krigens Biologi” Kender I den? Jeg synes den er smuk, men det er unægtelig en fantastisk Tanke at Jorden en Gang skal blive saa tæt befolket saa der lever 6 Mennesker paa hver Kvadratmeter – Saaledes set har vi jo godt med Plads – Ernæringsspørgsmaalet løser Videnskaben, da hele den nulevende Dyreverden til den Tid er udryddet, - vi er altsaa kun at betragte som [en] Slags abeagtige eller rovdyragtige [de sidste to ord indsat over linjen] Overgangsmennesker – hvad jeg forresten godt kan gaa med paa. Ha’et godt kære Venner, og mange Hilsener fra Jeres hengivne Fritz Syberg.</t>
+    <t>12. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/BZGKV8QE</t>
+  </si>
+  <si>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t>11. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/kHDZc8FE</t>
+  </si>
+  <si>
+    <t>14. dec. 1923</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OBtRL6fr</t>
   </si>
   <si>
     <t>24. maj. 1921</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dagbog</t>
   </si>
   <si>
     <t>Alhed Larsen
 Harald Leth</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/j6fUTxlZ</t>
   </si>
   <si>
     <t>27. maj. 1921</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/6cVnZS6j</t>
   </si>
   <si>
+    <t>19. jul. 1921</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sNWbpXhd</t>
+  </si>
+  <si>
+    <t> 8. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wxBDuDfw</t>
+  </si>
+  <si>
+    <t>13. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/NqhlDolD</t>
+  </si>
+  <si>
     <t> 2. jun. 1921</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/DMr2WPrd</t>
   </si>
   <si>
-    <t>19. jul. 1921</t>
-[...5 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/sNWbpXhd</t>
+    <t>29. jun. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/chdZZ3rp</t>
+  </si>
+  <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
   </si>
   <si>
     <t>1921-08-10</t>
   </si>
   <si>
     <t>Faaborg</t>
   </si>
   <si>
     <t>Korshavn, Avernakø</t>
   </si>
   <si>
     <t>Christian  Ernlund
 Achton Friis
 Hans Syrak Hansen
 Carl  Knippel
 Andreas Larsen
 - Rafael
 Christine Rasmussen</t>
   </si>
   <si>
     <t>Johannes Larsen, Achton Friis og Christian Andersen sejlede med skibet Rylen som forberedelse til bogværket De Danskes Øer. Larsens søn, Andreas (Puf) deltog som kok.</t>
   </si>
   <si>
     <t>Johannes Larsen har fået 1000 kr af Mads Rasmussens enke. Knippel og Hans Syrak har været ombord på Rylen.
 Det var dejligt for Larsen at være hjemme på besøg, men hårdt at cykle tilbage i modvind på en fremmed cykel.
 Larsen glæder sig til at se Alhed hos Fru Rasmussen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/byqD</t>
   </si>
   <si>
     <t>Faaborg Havn 10 Aug 1921.
 Kæreste Alhed
 I Dag sendte Etatsraadinden Bud med Friis, om jeg vilde komme derop og faa Penge. Jeg fik 2 FemhundredeKr Sedler og fik dem i en Bank gjort til en Cheque paa 900 Kr til Dig og 10 Tikr. Sedler som jeg selv har taget og som jeg haaber at kunne klare mig med Resten af Tiden. Jeg var inde hos Knippel og han telefonerede efter Syrak som strax kom, og var rigtig hyggelig, vi drak Kaffe og de var saa begge 2 med ombord for at se Skibet og Billederne. Det ser jo nu ud til godt Vejr og det er Meningen at sejle til Korshavn i Mrg tidlig og blive færdig der. Friis har bedt Rafaels til Smørrebrød i Aften. Jeg er forfærdelig glad over det lille Besøg hjemme og det var slet ikke slemt at komme saa tidlig op og rejse, men lidt trættende at cykle de 8 Mil i Modvind paa en fremmed Cykle. Jeg havde bedt Ernlund om at ringe Dig op i Middags for at sige at vi var her endnu og rejser i Mrg, men Puf kommer nu og siger at der svaredes ikke. I har vel saa været ude i Middags. Denne Cheque skal Du altsaa skrive bag paa selv.
 Etatsraadinden fortalte at hun havde inviteret Dig til paa Lørdag, jeg glæder mig meget til at se Dig igen.
 Mange kærlige Hilsner
 Din JL.
 Jeg skal hilse fra Puf</t>
-  </si>
-[...8 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/BZGKV8QE</t>
   </si>
   <si>
     <t>1921-08-14</t>
   </si>
   <si>
     <t>Korshavn Avernakø</t>
   </si>
   <si>
     <t>Achton Friis
 Peter Hansen
 Jeppe Andreas Larsen
 Nicolaus Lützhøft
 Karl Madsen
 Carl V Petersen
 Carl Petersen, arkitekt
 Christine Rasmussen
 Holger Rasmussen
 Robert Stephenson
 Fritz Syberg
 Peter Tom-Petersen</t>
   </si>
   <si>
     <t>Johannes Larsen, Achton Friis m.fl. sejler med skibet Rylen og gør forarbejde til bogværket de Danskes Øer. 
 På Faaborg Museum kaldes sidenicherne i udstillingsrummene for køjer - formodentlig en henvisning til fuglekøjerne på Fanø, hvor man indfangede fugle til videresalg. Johannes Larsen købte fra fuglekøjerne på Fanø ænder og andre fugle til brug i forbindelse med sine billeder og tegninger.
 Etatsrådinden er stifteren af Faaborg Museum Mads Rasmussens enke Christine Rasmussen 1865-1945.
 En ven af familien Larsen, gartner Laurentius Allerup, blev begravet i Odense d. 11.8 1921.</t>
   </si>
   <si>
     <t>Johannes Larsen er til bestyrelsesmøde på Faaborg Museum, hvor der bla. blev drøftet en nyophængning og farverne på væggene. Larsen foreslog, at ophængningen blev fotograferet, og at fotografierne blev opbevaret i arkivet. 
 To værker omtales: Et portræt af etatsrådindens nevø og pigen med vædderkøretøjet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1aOm</t>
   </si>
   <si>
     <t>Faaborg 14 Aug 1921
 Kæreste Alhed!
 I Gaar sejlede vi saa hertil fra Korshavn hvor vi desværre ikke blev færdige og i Dag ligger vi her i Blæst og Regn den skidt Ø har nu taget 14 Dage. Vi havde saa Møde i Museet i Gaar Lytzhøft var ikke mødt, vi var altsaa kun Tom Baronen og jeg. Det blev vedtaget at vi skulde henvende os til Karl Madsen og bede ham hænge Museet om og skyde ud af Billederne og prøve at faa en bedre Vægfarve i den store Sal og fornye med en enkelt af Køjerne. De udskudte Billeder skulde saa deponeres i i Privatlejligheden d.v.s hænge der. Baronen og Tom mente slet ikke der kunne være tale om at Carl V. Petersen kunde gøre det, men Baronen betroede mig i Dag at det var fordi han hele Tiden havde troet at det var Calle der var Tale om. Jeg foreslog at alle Væggene blev fotograferede som de er og alle Fotografierne deponerede i Arkivet. 
 Ved Bordet blev Tom meget livlig og bagefter mere og mere beruset og meget grinagtig. Munden stod ikke paa ham der blev affattet et Telegram til Peter paa italiensk. Kl. 12 fik vi Smørrebrød. I Dag har jeg tegnet 3 Tegninger af Etatsraadindens Nevø. Holger vilde gerne have en Tegning af dem til Moderens Fødselsdag, jeg forærede ham den ene, jeg kan ikke faa mig selv til at sætte Pris paa saadan en Tegning med det samme. Puf har forgæves forsøgt at ringe Dig op, vil prøve igen naar han gaar hen med dette. I Eftrmdg har jeg forsøgt at tegne en bedre Tegning af Pigen med Vædderkøretøjet og jeg tror den er bedre. Nu skal jeg til at læse i en Bog. Puf og jeg købte 2 Stephenson Bøger da vi rejste hjem fra Begravelsen. Mange kærlige Hilsner. Jeg skal ogsaa hilse fra Puf og fra Friis.
 Din 
 JL.
 Jeg lavede 2 Tegninger paa Korshavn
 [skrevet på hovedet i forhold til resten af brevet]:
 Jeg har glemt at skrive at Museet vil have mine Træsnit</t>
   </si>
   <si>
-    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
-[...157 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/OBtRL6fr</t>
+    <t>1926-11-01</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Thurø
+Korshavn, Fyns Hoved
+Drejø</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Efter Achton Friis' idé sejlede han og Johannes Larsen rundt til de mindre, danske øer og lavede notater, tegnede og fotograferede til et bogværk. Dette udkom 1926-1928 i tre bind på Gyldendal med titlen Den Danskes Øer. 
+Alrum maculatum er plettet ingefær. Planten gror (2018) i Johannes Larsen Museets have under morbærtræet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver om vignetterne og deres placering, titleblad mm. De to kan måske diskutere sagen, når Larsen kommer til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zi4S</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 Nov. 1926.
+Kære Achton Friis.
+Hermed Korrekturen. Jeg er bange for jeg har haft den for længe. Undskyld! Jeg synes gennemgående, at det ser udmærket ud, navnlig for de store Tegningers Vedkommende. Med Hensyn til Vignetterne har jeg et og andet at indvende. En Del af dem synes jeg virker altfor store, særlig grelt Ex Isfuglen der flyver op med Fisken i Munden. Med Hensyn til at anbringe dem paa andre Steder end hvor de egentlig hører hjemme saa synes jeg ikke det gør noget i Almindelighed. Men f. Ex. Kan jeg ikke begribe hvorfor De har anbragt den blomstrende Arum maculatum fra Thurø, var det ikke mere rimeligt at flytte den til Korshavn eller Drejø? Eller en af de andre Øer hvor De i Texten omtaler dem? Naa men jeg glæder mig til første Hæfte. For jeg faar vel nogle Friexemplarer fra Forlaget. Jeg ved ikke om det har været paa Tale men det plejer jeg, og synes det er rimeligt. Jeg skal hilse fra min Kone og Puf. Der er for Resten en Ting til som jeg har tænkt paa at gøre Vrøvl over, skønt jeg er ked af besvære Dem. De kan jo have nok at gøre. Det er Titelbladet. Jeg ved ikke om jeg har Ret i at det ser helt anderledes ud end jeg kender det. Det forekommer mig at det jeg tegnede Vignetten til havde denne af samme Bredde som Teksten og at det virkede bedre og mere samlet. Maaske vi kan snakke om det naar jeg kommer til Kjøbenhavn. Det endelige Titelblad behøver vel ikke at foreligge før Værket nærmer sig sin Afslutning. Mange Hilsner
+Deres hengivne
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1923-12-21</t>
-  </si>
-[...4 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>Snave, Mesinge
 Fyns Hoved
 Korshavn, Fyns Hoved
 Nordskov</t>
   </si>
   <si>
     <t>- Frandsen
 Achton Friis
 Claus Friis
 Martha Friis
 Alhed Larsen
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>Rylen er en gammel Kertemindebåd, der i årene 1921-25 fungerede som ekspeditionsskib for Johannes Larsen og Achton Friis under forarbejdet til bogværket De Danskes Øer. I dag er båden museumsskib for Østfyns Museer.
 "Aarstiderne" med tekst af Johs. V. Jensen og akvareller af Johannes Larsen udkom første gang i 1923.</t>
   </si>
   <si>
     <t>Johannes Larsen har været en tur omkring Fyns Hoved og malet om bord på Rylen. På hjemturen rev jollen sig løs, men de fandt den i måneskinnet. 
 Petersen og hans søn har været vidner til en stor gårdbrand i Nordskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UDnm</t>
   </si>
   <si>
     <t>Kjerteminde 21 Dec. 1923.
 Kære Achton Friis!
 Først Tak for Lån af "Rylen." Jeg var derude i 10 Dage og fik en Del bestilt. I Lørdags bestemte jeg mig til at sejle hjem, da jeg havde en Fornemmelse af at Vejret var i Færd med at forværre sig, og Kl. hen ad 4 var vi klar til at starte. Jeg havde en lille Sensation paa Hjemvejen. Da vi passerede Snave ved 5 Tiden sendte jeg Frandsen ned at lave Kaffe mens jeg tog Roret. En Tid efter kom jeg til at se mig tilbage og opdagede til min Forfærdelse, at Jollen havde gjort sig usynlig, min første Tanke gik ud paa at den maaske var rendt fuld af Vand og sunket, men ved at hale i Slæberen overbeviste jeg mig om at den havde skåret den over, formodentlig i den høje Sø ved Fyns Hoved stik NV. Jeg lagde Roret om og prajede Frandsen som rendte hen for at gaa til Vejrs paa Udkig, men inden han kom op fik han Øje paa den, det var blankt Maaneskin, saa den maa jo være kommen løs umiddelbart før jeg savnede den, jeg tror ikke det Hele sinkede os 5 m. Kl. 1/2 7 var vi vel hjemme. Rylen er nu paa Land og Frandsen og Petersen har været heroppe med Sejlene. Apropos Petersen saa kom han og Sønnen ind i Korshavn med Baaden sidste Dag jeg var der og laa paa Siden af os til om Mrg. De var ovre i "Rylen" og spiste til Aften, mens der inde i Nordskov brændte en Gaard og et Hus, det saa pragtfuldt ud og var meget spændende, da der var Fare for mindst 2 Gaarde til, men heldigvis var Vinden saadan at de klarede den ved Hjælp af Falk og ved at sidde paa Rygningen og hælde Vand paa. Jeg sender hermed "Aarstiderne", naturligvis er der en Del Fejl, men de vilde kun tilstaa mig en Korrektur og lovede at rette sig efter alt hvad jeg havde at bemærke. Resultatet viste ikke mindre end 7 Fejl. Min Kone og jeg ønsker Dem Deres Kone og Klaus en glædelig Jul og et rigtigt godt Nytaar.
-Deres hengivne
-[...28 lines deleted...]
-Hermed Korrekturen. Jeg er bange for jeg har haft den for længe. Undskyld! Jeg synes gennemgående, at det ser udmærket ud, navnlig for de store Tegningers Vedkommende. Med Hensyn til Vignetterne har jeg et og andet at indvende. En Del af dem synes jeg virker altfor store, særlig grelt Ex Isfuglen der flyver op med Fisken i Munden. Med Hensyn til at anbringe dem paa andre Steder end hvor de egentlig hører hjemme saa synes jeg ikke det gør noget i Almindelighed. Men f. Ex. Kan jeg ikke begribe hvorfor De har anbragt den blomstrende Arum maculatum fra Thurø, var det ikke mere rimeligt at flytte den til Korshavn eller Drejø? Eller en af de andre Øer hvor De i Texten omtaler dem? Naa men jeg glæder mig til første Hæfte. For jeg faar vel nogle Friexemplarer fra Forlaget. Jeg ved ikke om det har været paa Tale men det plejer jeg, og synes det er rimeligt. Jeg skal hilse fra min Kone og Puf. Der er for Resten en Ting til som jeg har tænkt paa at gøre Vrøvl over, skønt jeg er ked af besvære Dem. De kan jo have nok at gøre. Det er Titelbladet. Jeg ved ikke om jeg har Ret i at det ser helt anderledes ud end jeg kender det. Det forekommer mig at det jeg tegnede Vignetten til havde denne af samme Bredde som Teksten og at det virkede bedre og mere samlet. Maaske vi kan snakke om det naar jeg kommer til Kjøbenhavn. Det endelige Titelblad behøver vel ikke at foreligge før Værket nærmer sig sin Afslutning. Mange Hilsner
 Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1936-09-01</t>
   </si>
   <si>
     <t>Carl Johannes A. Bless
 Johan Peder Bless
 Sofie Bless
 Alhed Larsen
 Jens Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Vilhelmine  Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel Muus
 Alhed  Møhl, Lysses datter
 H. Rasmussen, politifuldmægtig</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
 De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
@@ -643,51 +643,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wxBDuDfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kHDZc8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zi4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/9RSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kHDZc8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wxBDuDfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zi4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -727,1068 +727,1068 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C4" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="I4" s="5"/>
-[...5 lines deleted...]
-      <c r="K4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="L4" s="6" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" s="5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K5" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H6" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="M6" s="5"/>
+        <v>48</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="I7" s="5"/>
-      <c r="J7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J7" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="M7" s="5"/>
+        <v>53</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="5" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="D8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="s">
-[...9 lines deleted...]
-        <v>18</v>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K8" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H9" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K9" s="5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="s">
-[...12 lines deleted...]
-        <v>59</v>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L10" s="6" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K11" s="5" t="s">
-        <v>64</v>
+      <c r="K11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L11" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H12" s="5" t="s">
+        <v>68</v>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K13" s="5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="s">
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="L14" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="I14" s="5"/>
-[...11 lines deleted...]
-      </c>
+      <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K15" s="5" t="s">
-        <v>80</v>
+      <c r="K15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L15" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="5" t="s">
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G16" s="5" t="s">
-[...3 lines deleted...]
-        <v>83</v>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I16" s="5"/>
-      <c r="J16" s="5" t="s">
-[...3 lines deleted...]
-        <v>85</v>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L16" s="6" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I17" s="5"/>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K17" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="5" t="s">
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="D18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="s">
-[...3 lines deleted...]
-        <v>92</v>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I18" s="5"/>
-      <c r="J18" s="5" t="s">
-        <v>18</v>
+      <c r="J18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K18" s="5" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K19" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D20" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>89</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G20" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>93</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="M20" s="5"/>
+        <v>94</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="I21" s="5"/>
-[...10 lines deleted...]
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="s">
         <v>106</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>107</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>108</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>109</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>110</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>112</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>104</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>105</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="s">
         <v>113</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>114</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>116</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>117</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>119</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
         <v>120</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>121</v>
       </c>