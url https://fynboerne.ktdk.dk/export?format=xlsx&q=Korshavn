--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -44,477 +44,477 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1923-12-06</t>
+    <t>Forår 1902</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
-  </si>
-[...140 lines deleted...]
-    <t>Forår 1902</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen
 Jens Olsen</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen maler på pæretræet. Hans far har givet ham den idé, at han kan sejle med et dampskib ført af kaptajn Jens Olsen fra Kerteminde til Korshavn og videre til Odense for at se på motiver. Fra Odense vil han tage toget til Højrup og besøge Alhed.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KxQx</t>
   </si>
   <si>
     <t>Kjerteminde 28 – [noget af papiret mangler]
 Kæreste Alhed!
 Jeg lovede Dig nok et langt Brev i Aftes, men dette bliver nok ikke saa langt alligevel. Det blev ikke Solskin i Morges, det er snart længe siden det har været det om Morgenen, derimod fik jeg gjort lidt ved Pæretræ[et] det tegner snart t[il at blive] ganske godt. Men[noget af papiret mangler] og malede paa d[noget af papiret mangler] Fader og gav mig [noget af papiret mangler] Idé. Dampskibe[noget af papiret mangler] Kaptain Jens Ols[en er] her og skal i Morgen gaa om til Korshavn ved Fyns Hoved og losse noget Cement der og derfor [noget af papiret mangler]se med Resten [noget af papiret mangler]de jeg jo faa en udmærket Sørejse og se paa Motiver paa Vejen. Jeg var saa henne hos Olsen efter Middag og aftalte med ham at han skulde komme og purre mig ud Kl. 3 i Morgen tidlig og saa skal jeg drikke Kaffe henne hos ham saa behøver ingen her at [noget af papiret mangler] Fra Midskov og [noget af papiret mangler] Odense har jeg al[drig sej]let før saa jeg glæ[der mig] til den Tur og hvis [noget af papiret mangler] Vejret bliver godt [noget af papiret mangler] i Aften er det storartet. Jens Olsen mener at vi kan blive saa tidlig færdig i Korshavn at vi kan naa Odense om Eftermiddagen [noget af papiret mangler] maaske kan jeg [tage] med Eftermiddagstoget til Højrup, men hvis jeg nu kommer med sidste Tog kan jeg saa komme ind? 
 Mange kærlige Hilsner Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>12. aug. 1921</t>
-[...37 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/OBtRL6fr</t>
+    <t>1919-09-01</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Marie Schou/Syberg arbejdede stadig i Rigsdagen, efter at hun og Fritz Syberg var blevet gift. Hun flyttede først til Kerteminde, da hun blev pensioneret. 
+Georg Fr. Nicolai: Krigens Biologi, Hasselbalchs Forlag 1918. Forord af Georg Brandes.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Det har stormet hele sommeren, og Syberg har vippet i båden i Korshavn. Rabbe/Anna Louise er søstærk. Marie har været i Kerteminde to gange. Syberg er gået i stå med et par oliebilleder. Han er begyndt at morgenbade hver dag.
+Fritz Syberg har læst professor Nicolais Krigens Biologi. Den er smuk, men det er svært at tro på, at jorden bliver så overbefolket, som forfatteren tror. Vi er måske bare nogle rovdyrsagtigte overgangsmennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BXVz</t>
+  </si>
+  <si>
+    <t>Pilegaarden 1-9-19
+Kære Venner!
+Det er snart en Evighed siden vi hørte eller saa noget til hinanden. Hvordan er Jeres Sommer gaaet? Her har det stormet i det uendelige og haardnakket fra Vest. Vi har vippet i Baaden ude i Korshavn, for Vinden har hele Tiden staaet ind ad Gabet i Havnen, men Rabbe er født søstærk. I de sidste 3 Uger har jeg dog været paa Pilegaarden og nu sidder jeg fast i en Række store Oliebilleder saa det meste af September gaar nok for mig her. Marie har været her i to Omgange, men Rigsdagen har Knebet Ferien af, saa hun har maattet stj [”stj” overstreget] stjæle sig herover i Pavsen mellem to Møder. Trods Blæst og Kulde har Sommeren været dejlig. Jeg er vendt tilbage til mine Vaner fra Ungdommen og er blevet Morgenmand og det bekommer mig vel. Hver Morgen cykler jeg ud til Storebelt og bader Kl. 5 ½, men det forbyder sig jo selv, (at bade fra aaben Strand inden ret længe. – [)]
+Jeg læser for Tiden en Bog af Tyskeren Professor Nicolai ”Krigens Biologi” Kender I den? Jeg synes den er smuk, men det er unægtelig en fantastisk Tanke at Jorden en Gang skal blive saa tæt befolket saa der lever 6 Mennesker paa hver Kvadratmeter – Saaledes set har vi jo godt med Plads – Ernæringsspørgsmaalet løser Videnskaben, da hele den nulevende Dyreverden til den Tid er udryddet, - vi er altsaa kun at betragte som [en] Slags abeagtige eller rovdyragtige [de sidste to ord indsat over linjen] Overgangsmennesker – hvad jeg forresten godt kan gaa med paa. Ha’et godt kære Venner, og mange Hilsener fra Jeres hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>24. maj. 1921</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
   </si>
   <si>
     <t>Alhed Larsen
 Harald Leth</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/j6fUTxlZ</t>
   </si>
   <si>
     <t>27. maj. 1921</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/6cVnZS6j</t>
   </si>
   <si>
+    <t> 2. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DMr2WPrd</t>
+  </si>
+  <si>
     <t>19. jul. 1921</t>
   </si>
   <si>
     <t>Andreas Larsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/sNWbpXhd</t>
-  </si>
-[...35 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
   </si>
   <si>
     <t>1921-08-10</t>
   </si>
   <si>
     <t>Faaborg</t>
   </si>
   <si>
     <t>Korshavn, Avernakø</t>
   </si>
   <si>
     <t>Christian  Ernlund
 Achton Friis
 Hans Syrak Hansen
 Carl  Knippel
 Andreas Larsen
 - Rafael
 Christine Rasmussen</t>
   </si>
   <si>
     <t>Johannes Larsen, Achton Friis og Christian Andersen sejlede med skibet Rylen som forberedelse til bogværket De Danskes Øer. Larsens søn, Andreas (Puf) deltog som kok.</t>
   </si>
   <si>
     <t>Johannes Larsen har fået 1000 kr af Mads Rasmussens enke. Knippel og Hans Syrak har været ombord på Rylen.
 Det var dejligt for Larsen at være hjemme på besøg, men hårdt at cykle tilbage i modvind på en fremmed cykel.
 Larsen glæder sig til at se Alhed hos Fru Rasmussen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/byqD</t>
   </si>
   <si>
     <t>Faaborg Havn 10 Aug 1921.
 Kæreste Alhed
 I Dag sendte Etatsraadinden Bud med Friis, om jeg vilde komme derop og faa Penge. Jeg fik 2 FemhundredeKr Sedler og fik dem i en Bank gjort til en Cheque paa 900 Kr til Dig og 10 Tikr. Sedler som jeg selv har taget og som jeg haaber at kunne klare mig med Resten af Tiden. Jeg var inde hos Knippel og han telefonerede efter Syrak som strax kom, og var rigtig hyggelig, vi drak Kaffe og de var saa begge 2 med ombord for at se Skibet og Billederne. Det ser jo nu ud til godt Vejr og det er Meningen at sejle til Korshavn i Mrg tidlig og blive færdig der. Friis har bedt Rafaels til Smørrebrød i Aften. Jeg er forfærdelig glad over det lille Besøg hjemme og det var slet ikke slemt at komme saa tidlig op og rejse, men lidt trættende at cykle de 8 Mil i Modvind paa en fremmed Cykle. Jeg havde bedt Ernlund om at ringe Dig op i Middags for at sige at vi var her endnu og rejser i Mrg, men Puf kommer nu og siger at der svaredes ikke. I har vel saa været ude i Middags. Denne Cheque skal Du altsaa skrive bag paa selv.
 Etatsraadinden fortalte at hun havde inviteret Dig til paa Lørdag, jeg glæder mig meget til at se Dig igen.
 Mange kærlige Hilsner
 Din JL.
 Jeg skal hilse fra Puf</t>
+  </si>
+  <si>
+    <t>12. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/BZGKV8QE</t>
   </si>
   <si>
     <t>1921-08-14</t>
   </si>
   <si>
     <t>Korshavn Avernakø</t>
   </si>
   <si>
     <t>Achton Friis
 Peter Hansen
 Jeppe Andreas Larsen
 Nicolaus Lützhøft
 Karl Madsen
 Carl V Petersen
 Carl Petersen, arkitekt
 Christine Rasmussen
 Holger Rasmussen
 Robert Stephenson
 Fritz Syberg
 Peter Tom-Petersen</t>
   </si>
   <si>
     <t>Johannes Larsen, Achton Friis m.fl. sejler med skibet Rylen og gør forarbejde til bogværket de Danskes Øer. 
 På Faaborg Museum kaldes sidenicherne i udstillingsrummene for køjer - formodentlig en henvisning til fuglekøjerne på Fanø, hvor man indfangede fugle til videresalg. Johannes Larsen købte fra fuglekøjerne på Fanø ænder og andre fugle til brug i forbindelse med sine billeder og tegninger.
 Etatsrådinden er stifteren af Faaborg Museum Mads Rasmussens enke Christine Rasmussen 1865-1945.
 En ven af familien Larsen, gartner Laurentius Allerup, blev begravet i Odense d. 11.8 1921.</t>
   </si>
   <si>
     <t>Johannes Larsen er til bestyrelsesmøde på Faaborg Museum, hvor der bla. blev drøftet en nyophængning og farverne på væggene. Larsen foreslog, at ophængningen blev fotograferet, og at fotografierne blev opbevaret i arkivet. 
 To værker omtales: Et portræt af etatsrådindens nevø og pigen med vædderkøretøjet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1aOm</t>
   </si>
   <si>
     <t>Faaborg 14 Aug 1921
 Kæreste Alhed!
 I Gaar sejlede vi saa hertil fra Korshavn hvor vi desværre ikke blev færdige og i Dag ligger vi her i Blæst og Regn den skidt Ø har nu taget 14 Dage. Vi havde saa Møde i Museet i Gaar Lytzhøft var ikke mødt, vi var altsaa kun Tom Baronen og jeg. Det blev vedtaget at vi skulde henvende os til Karl Madsen og bede ham hænge Museet om og skyde ud af Billederne og prøve at faa en bedre Vægfarve i den store Sal og fornye med en enkelt af Køjerne. De udskudte Billeder skulde saa deponeres i i Privatlejligheden d.v.s hænge der. Baronen og Tom mente slet ikke der kunne være tale om at Carl V. Petersen kunde gøre det, men Baronen betroede mig i Dag at det var fordi han hele Tiden havde troet at det var Calle der var Tale om. Jeg foreslog at alle Væggene blev fotograferede som de er og alle Fotografierne deponerede i Arkivet. 
 Ved Bordet blev Tom meget livlig og bagefter mere og mere beruset og meget grinagtig. Munden stod ikke paa ham der blev affattet et Telegram til Peter paa italiensk. Kl. 12 fik vi Smørrebrød. I Dag har jeg tegnet 3 Tegninger af Etatsraadindens Nevø. Holger vilde gerne have en Tegning af dem til Moderens Fødselsdag, jeg forærede ham den ene, jeg kan ikke faa mig selv til at sætte Pris paa saadan en Tegning med det samme. Puf har forgæves forsøgt at ringe Dig op, vil prøve igen naar han gaar hen med dette. I Eftrmdg har jeg forsøgt at tegne en bedre Tegning af Pigen med Vædderkøretøjet og jeg tror den er bedre. Nu skal jeg til at læse i en Bog. Puf og jeg købte 2 Stephenson Bøger da vi rejste hjem fra Begravelsen. Mange kærlige Hilsner. Jeg skal ogsaa hilse fra Puf og fra Friis.
 Din 
 JL.
 Jeg lavede 2 Tegninger paa Korshavn
 [skrevet på hovedet i forhold til resten af brevet]:
 Jeg har glemt at skrive at Museet vil have mine Træsnit</t>
   </si>
   <si>
-    <t>1926-11-01</t>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t>29. jun. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/chdZZ3rp</t>
+  </si>
+  <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+  </si>
+  <si>
+    <t>1923-12-06</t>
+  </si>
+  <si>
+    <t>Korshavn</t>
+  </si>
+  <si>
+    <t>Korshavn, Hindsholm
+Nordskov, Hindsholm</t>
+  </si>
+  <si>
+    <t>Karl Batternn
+- Fergo
+- Frandsen
+Svend Jørgensen
+Andreas Larsen
+Peter Nielsen
+- Paludan Müller
+Olaf Rude
+William  Scharff</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er sejlet til Korshavn på Hindsholm med flere andre for at male. De lånte et hus i Nordskov til at bo i og med plads til al deres malergrej. Johannes Larsen m.fl. fik en god middag hos Peter Nielsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9RSK</t>
+  </si>
+  <si>
+    <t>Korshavn Fredag 6. Dec. 1923.
+Kæreste Alhed!
+Jeg er lige kommen ombord efter at have været ude og male det første Billede. Vi startede i Gaar Kl. 12 og kom herom ved 4 Tiden. Vi gik strax op til Nordskov. Først hen til Karl Batternns og fik lov at disponere over Huset og fik Hængelaas og Nøgle til det. Der er fuldstændig tomt og rent paa paa Gulvet og det er jo en glimrende Station at have. Jeg ved ikke hvordan vi skulde have klaret os med alle de Billeder og Blendrammer og s.v. hvis ikke vi havde laant Huset. Jeg hilste fra Rude og jeg har sjældent hørt nogen blive saa overberost som ham baade af Konen og Manden, de spurgte ogsaa til Scharfs, som de var næsten lige saa begejstrede for. Derfra gik vi hen til Peter Nielsens som jeg ogsaa skal hilse fra. Der blev dækket fint Aftensbord til Frandsen Svend Jørgensen, PN og mig. Sine spiste naturligvis i Køkkenet. Jeg vilde have ringet efter Din Adr som jeg glemte at faa, men ingen svarede hverken Kl. 6 1/2 eller 7. Kl. 8 gik vi ombord. I Mrg. var det stille, Frost og saa tykt at vi knap kunde se en Stenfisker der laa lige ved os. Solen kom lidt frem i Frmdg, men det blev hurtigt graat og diset igen. Jeg skrev saa et langt Brev til Tejsen og i Gaar gav jeg Fergo og Paludan Müller et lille Tilhold. Naa nu er Frandsen vist ved at være færdig med Boller i Selleri. Jeg lægger dette i et Brev til Puf og sender Frandsen op i Byen med det mens jeg gaar ud og maler. Lad mig vide hvordan det gaar med dine Øjne. Mange kærlige Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t> 6. dec. 1923</t>
+  </si>
+  <si>
+    <t>Dagbogen "Korshavn" beskriver hovedsagelig iagttagelser af natur og fugle, fra turen med Rylen til Korshavn ved Fyns Hoved, fra 6. december til 15. december 1923.
+Dagbogen indeholder desuden optegnelser fra 22. december 1923 til 3. februar 1924.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/97IRXewR</t>
+  </si>
+  <si>
+    <t>1923-12-07</t>
+  </si>
+  <si>
+    <t>- Frandsen
+Achton Friis
+Viggo Johansen
+Andreas Larsen
+Johan Larsen
+Peter Nielsen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>JL maler en del i Korshavn, nu det er lykkedes ham at få mere varme på. Det er ganske hyggeligt ombord, synes han. 
+De spiser aftensmad hos den lokale Peter Nielsen og hygger sig med en extra snaps. Der kommer også besøg af sønnen Johan Larsen og maleren Viggo Johansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PhDy</t>
+  </si>
+  <si>
+    <t>Korshavn 7 Dec. 1923.
+Kæreste Alhed!
+Ja nu faar Du 2 Breve i Dag og faar dem vel samtidig. Posten var nemlig gaaet da Frandsen kom til Nordskov. Jeg fik malet et Billede til i Eftrmdg og har Motiver til 2 i Mrg dersom Vejret blir blot nogenlunde. Her var forfærdeligt fugtigt saa jeg da jeg vaagnede i Mrgs. Alt Træværket drev af Vand. Jeg har alligevel taget Petroleumsovnen, og det er jeg vældig glad ved. I Mrgs da jeg var staaet op tændte jeg den og paa 20 m. drev den med aaben Kappe. Varmen op fra godt 2⁰ til 10. Da vi havde spist til Middag, tog jeg alle 4 Skodder af Siderummene og tændte dem før jeg gik ud at male og da jeg ved 4 Tiden kom ombord var her 22⁰ R og store tørre lyse Pletter paa Træet inde i Rummene. Saa jeg fik Kaffe og smed Ovnen ud og havde 2 Timers hyggelig Mørkning, liggende paa Køjebænken. Frandsen havde tændt Ankerlanternen og hængt den op i Fokkestaget og jeg kunde ligge og se den lyse ned gennem Skylightet og se Masteskyggen dikke frem og tilbage paa Maskinruffet. Kl. 6 spiste vi til Aften Spegesild blødt ud i Havvand med Løg. Delikat. Og da vi i Aftes havde spist hos Peter Nielsen gik det lykkeligvis op for mig at vi havde tjent en Snaps, saa vi kunde faa 2 i Stedet for den ene som jeg har tænkt vi skulde nøjes med, hvad der er sparet er fortjent som jeg lige har skrevet til Friis. Det er rart at være lidt fix paa Hjærnen, og det er opløftende at man er klar over at man er det. Ja dette her maa jo altsaa ogsaa om ad Puf for Adr. Skyld. For Resten venter jeg ham herud med mit Oljetøj som han glemte at give mig med og som jeg har skrevet til ham om. Dog har Frandsen fundet en gl. Sæk i Dag til at lægge Knæene paa mens jeg maler. Lysse og Johansen var til Aften hos os i Forgaars og blev til sidste Tog. De spillede Bridge men jeg gik i Seng. Mange kærlige Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t> 8. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wxBDuDfw</t>
+  </si>
+  <si>
+    <t>1923-12-11</t>
+  </si>
+  <si>
+    <t>Korshavn, Hindsholm
+Martofte, Dalby</t>
+  </si>
+  <si>
+    <t>Fru Boysen
+- Frandsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ombord på skibet Rylen i Korshavn på Hindsholm nord for Kerteminde. Han er ikke helt tilfreds med de billeder, han får malet. Begge sønner har været på besøg de seneste dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JowR</t>
+  </si>
+  <si>
+    <t>Korshavn 11 Dec. 1923
+Ombord "Rylen"
+Kæreste Alhed!
+Tak for Brevet. Ja saa er du vel nu i Kjerteminde igen. Formodentlig faar Du dette i Mrg, da Frandsen skal til Martofte efter en Pakke, som der i Dag er kommen Anmeldelse paa. Det er trist med Dine Øjne. Her gaar det saa som saa, jeg har ganske vist malet 2 Billeder om Dagen undtagen i Søndags, men det er vist desværre noget Lort. Nu faar vi se hvordan Resten, altsaa 11, bliver, dersom jeg gider saa længe. Jeg talte med Fru Bojsen i Gaar, og foreslog hende at køre om ad Kjerteminde en Dag, og tage Dig med, og noget Wienerbrød saa dernede I spise Frokost med Kl. 12. De plejer at spise ved den Tid naar de er her, og det gør jeg ogsaa. Hun ringer altsaa til Dig om det. Det var morsomt at se Puf og Lysse herude. Mange Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>11. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/kHDZc8FE</t>
+  </si>
+  <si>
+    <t>13. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/NqhlDolD</t>
+  </si>
+  <si>
+    <t>14. dec. 1923</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OBtRL6fr</t>
+  </si>
+  <si>
+    <t>1923-12-21</t>
   </si>
   <si>
     <t>Achton Friis</t>
   </si>
   <si>
     <t>Kerteminde</t>
-  </si>
-[...28 lines deleted...]
-    <t>1923-12-21</t>
   </si>
   <si>
     <t>Snave, Mesinge
 Fyns Hoved
 Korshavn, Fyns Hoved
 Nordskov</t>
   </si>
   <si>
     <t>- Frandsen
 Achton Friis
 Claus Friis
 Martha Friis
 Alhed Larsen
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>Rylen er en gammel Kertemindebåd, der i årene 1921-25 fungerede som ekspeditionsskib for Johannes Larsen og Achton Friis under forarbejdet til bogværket De Danskes Øer. I dag er båden museumsskib for Østfyns Museer.
 "Aarstiderne" med tekst af Johs. V. Jensen og akvareller af Johannes Larsen udkom første gang i 1923.</t>
   </si>
   <si>
     <t>Johannes Larsen har været en tur omkring Fyns Hoved og malet om bord på Rylen. På hjemturen rev jollen sig løs, men de fandt den i måneskinnet. 
 Petersen og hans søn har været vidner til en stor gårdbrand i Nordskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UDnm</t>
   </si>
   <si>
     <t>Kjerteminde 21 Dec. 1923.
 Kære Achton Friis!
 Først Tak for Lån af "Rylen." Jeg var derude i 10 Dage og fik en Del bestilt. I Lørdags bestemte jeg mig til at sejle hjem, da jeg havde en Fornemmelse af at Vejret var i Færd med at forværre sig, og Kl. hen ad 4 var vi klar til at starte. Jeg havde en lille Sensation paa Hjemvejen. Da vi passerede Snave ved 5 Tiden sendte jeg Frandsen ned at lave Kaffe mens jeg tog Roret. En Tid efter kom jeg til at se mig tilbage og opdagede til min Forfærdelse, at Jollen havde gjort sig usynlig, min første Tanke gik ud paa at den maaske var rendt fuld af Vand og sunket, men ved at hale i Slæberen overbeviste jeg mig om at den havde skåret den over, formodentlig i den høje Sø ved Fyns Hoved stik NV. Jeg lagde Roret om og prajede Frandsen som rendte hen for at gaa til Vejrs paa Udkig, men inden han kom op fik han Øje paa den, det var blankt Maaneskin, saa den maa jo være kommen løs umiddelbart før jeg savnede den, jeg tror ikke det Hele sinkede os 5 m. Kl. 1/2 7 var vi vel hjemme. Rylen er nu paa Land og Frandsen og Petersen har været heroppe med Sejlene. Apropos Petersen saa kom han og Sønnen ind i Korshavn med Baaden sidste Dag jeg var der og laa paa Siden af os til om Mrg. De var ovre i "Rylen" og spiste til Aften, mens der inde i Nordskov brændte en Gaard og et Hus, det saa pragtfuldt ud og var meget spændende, da der var Fare for mindst 2 Gaarde til, men heldigvis var Vinden saadan at de klarede den ved Hjælp af Falk og ved at sidde paa Rygningen og hælde Vand paa. Jeg sender hermed "Aarstiderne", naturligvis er der en Del Fejl, men de vilde kun tilstaa mig en Korrektur og lovede at rette sig efter alt hvad jeg havde at bemærke. Resultatet viste ikke mindre end 7 Fejl. Min Kone og jeg ønsker Dem Deres Kone og Klaus en glædelig Jul og et rigtigt godt Nytaar.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1926-11-01</t>
+  </si>
+  <si>
+    <t>Thurø
+Korshavn, Fyns Hoved
+Drejø</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Efter Achton Friis' idé sejlede han og Johannes Larsen rundt til de mindre, danske øer og lavede notater, tegnede og fotograferede til et bogværk. Dette udkom 1926-1928 i tre bind på Gyldendal med titlen Den Danskes Øer. 
+Alrum maculatum er plettet ingefær. Planten gror (2018) i Johannes Larsen Museets have under morbærtræet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver om vignetterne og deres placering, titleblad mm. De to kan måske diskutere sagen, når Larsen kommer til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zi4S</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 Nov. 1926.
+Kære Achton Friis.
+Hermed Korrekturen. Jeg er bange for jeg har haft den for længe. Undskyld! Jeg synes gennemgående, at det ser udmærket ud, navnlig for de store Tegningers Vedkommende. Med Hensyn til Vignetterne har jeg et og andet at indvende. En Del af dem synes jeg virker altfor store, særlig grelt Ex Isfuglen der flyver op med Fisken i Munden. Med Hensyn til at anbringe dem paa andre Steder end hvor de egentlig hører hjemme saa synes jeg ikke det gør noget i Almindelighed. Men f. Ex. Kan jeg ikke begribe hvorfor De har anbragt den blomstrende Arum maculatum fra Thurø, var det ikke mere rimeligt at flytte den til Korshavn eller Drejø? Eller en af de andre Øer hvor De i Texten omtaler dem? Naa men jeg glæder mig til første Hæfte. For jeg faar vel nogle Friexemplarer fra Forlaget. Jeg ved ikke om det har været paa Tale men det plejer jeg, og synes det er rimeligt. Jeg skal hilse fra min Kone og Puf. Der er for Resten en Ting til som jeg har tænkt paa at gøre Vrøvl over, skønt jeg er ked af besvære Dem. De kan jo have nok at gøre. Det er Titelbladet. Jeg ved ikke om jeg har Ret i at det ser helt anderledes ud end jeg kender det. Det forekommer mig at det jeg tegnede Vignetten til havde denne af samme Bredde som Teksten og at det virkede bedre og mere samlet. Maaske vi kan snakke om det naar jeg kommer til Kjøbenhavn. Det endelige Titelblad behøver vel ikke at foreligge før Værket nærmer sig sin Afslutning. Mange Hilsner
 Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1936-09-01</t>
   </si>
   <si>
     <t>Carl Johannes A. Bless
 Johan Peder Bless
 Sofie Bless
 Alhed Larsen
 Jens Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Vilhelmine  Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel Muus
 Alhed  Møhl, Lysses datter
 H. Rasmussen, politifuldmægtig</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
 De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
@@ -643,51 +643,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/9RSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kHDZc8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wxBDuDfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zi4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wxBDuDfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kHDZc8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zi4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -727,1068 +727,1068 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>17</v>
-      </c>
-[...9 lines deleted...]
-        <v>19</v>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="L2" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="s">
-        <v>18</v>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I3" s="5"/>
+        <v>26</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>27</v>
+      </c>
       <c r="J3" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="s">
-        <v>31</v>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="I4" s="5"/>
-      <c r="J4" s="5" t="s">
-        <v>20</v>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K4" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="5" t="s">
-        <v>16</v>
+      <c r="D7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="I7" s="5"/>
-      <c r="J7" s="5" t="s">
-        <v>20</v>
+      <c r="J7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K7" s="5" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G8" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="M8" s="5"/>
+        <v>50</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="s">
-        <v>59</v>
+      <c r="H9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K9" s="5" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G10" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="M10" s="5"/>
+        <v>60</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K11" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="s">
-        <v>68</v>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K13" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G14" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I14" s="5"/>
-      <c r="J14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J14" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>77</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K15" s="5" t="s">
+        <v>80</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G16" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="I16" s="5"/>
-      <c r="J16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J16" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="M16" s="5"/>
+        <v>86</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I17" s="5"/>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K17" s="5" t="s">
-        <v>69</v>
+      <c r="K17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L17" s="6" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D18" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G18" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>92</v>
       </c>
       <c r="I18" s="5"/>
-      <c r="J18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J18" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="M18" s="5"/>
+        <v>94</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K19" s="5" t="s">
-        <v>86</v>
+      <c r="K19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L19" s="6" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="D20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="s">
-[...12 lines deleted...]
-        <v>93</v>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I20" s="5"/>
+      <c r="J20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L20" s="6" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D21" s="5" t="s">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="D21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="s">
-        <v>97</v>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>98</v>
-[...8 lines deleted...]
-        <v>100</v>
+        <v>101</v>
+      </c>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L21" s="6" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="M21" s="5" t="s">
         <v>102</v>
       </c>
+      <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="s">
         <v>106</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>107</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>108</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>109</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>110</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>112</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>104</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>105</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="s">
         <v>113</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>114</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>116</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>117</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>119</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
         <v>120</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>121</v>
       </c>