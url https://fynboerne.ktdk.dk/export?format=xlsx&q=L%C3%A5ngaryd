--- v0 (2025-11-18)
+++ v1 (2026-01-11)
@@ -44,172 +44,1261 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1884-09-04</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Långaryd</t>
+  </si>
+  <si>
+    <t>Knud -
+Sofus -
+Frøken Bendal
+Claes Bergman
+Margrethe  Eckardt
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Hans Poulsen</t>
+  </si>
+  <si>
+    <t>Det er muligvis Georg Larsen, som skal konfirmeres.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>I A Larsen skal til marked i Långaryd. På vejen vil han besøge Johannes Larsen, som går på tegneskole i København. Der har været cirkus i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ipqg</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 4 September 1884
+Kjæreste Johannes.
+Det var dejligt at høre af Margrethe at Du var rask og saa glad og fornøjet ud; men jeg længes snart efter et lille Brev fra Dig selv og glem saa ikke at Du maa lade som du taler med mig og fortæller mig en heel Deel nu kommer Din Fader jo vistnok ind til Dig paa Søndag ifald der gaar nogen Dampskib. Til Laangaryd marked maa han derover og det er Tirsdag saa jeg mener det kunde være passende at han rejste Søndag saa har Du Tid til at tale med ham ikke sandt – det er jo ganske udmærket at Du faar ham paa Overtouren og saa paa Hjemtouren og saa maaske hjem til Confirmationen
+Naa hvad synes Du om Tegneskolen sig mig Johannes min lille Bog med de smaa Tegninger som jeg gav Dig til at vise en Dreng hvor blev den lagt? Men husk det nu – den lille Adolph længtes snart efter de første Dage; men nu er Sofus begyndt at komme igjen og det hjælper jo de kan saa udmærket tale sammen han kom styrtende ind idag at en af Kattene havde taget en Svaleunge i Porten da skulde I have seet ham med sin hele lille Person i Aande -, han var med i Cirkus iforgaars,”Bergmans” ere pæne velklædte Folk – ogsaa Hunde og Heste ere gode – det var meget for Adolph han lo overgivent hvergang Dyrene vare fremme; men Klovnerne og Slangemennesket fik ham til at græde dog stille Johannes, vi gjorde ingen Skandale, men Forestillingen afbrødes af et slemt Uvejr – hvor Regnen styrtede saadan ned at det regnede stærkt inde i Teltet og Stormen tog et Par Pæle op saa Taget ruskedes voldsomt Publikum fortrak ogsaa at gaa idet hurtigste Opbrud som kunde ske og lod det meget roste Pantomine Spil i Stikken – Georg og Knud var der iaftes og morede sig godt. Jeg skal hilse saa kjærlig fra alle dine Sødskende og fra Din Fader og jeg skal se at finde Perspektivlæren til Søndag Hils Frøken Bendal og Poulsen Din trofaste Moder.</t>
+  </si>
+  <si>
+    <t>1884-10-17</t>
+  </si>
+  <si>
+    <t>Vartov Kirke
+Finland
+Långaryd Sverige</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Alfred Eckardt
+Christian Eckardt
+Marie Kjellmann
+Christian Klingsey
+Georg Larsen
+Marie Larsen
+Alexander Mogensen
+Viggo Ullmann</t>
+  </si>
+  <si>
+    <t>Christiansborg brændte d. 3 oktober 1884. 
+Familien Eckardt bor i Sverige.
+Johannes Larsen begyndte undervisning hos Frans Schwartz d. 13.10.</t>
+  </si>
+  <si>
+    <t>Ved branden på Christiansborg Slot mistede Christian Eckardt billeder til en værdi af 2000 kr. Johannes Larsen er bekymret, fordi han begyndte på den nye skole d. 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/maTy</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 17 84
+10
+Kjæreste Johannes!
+Løverdagaften da jeg kom hjem gik jeg ned hos Tornøes for at høre en norsk Højskoleforstander Ullmann og det var godt kan du tro naar Kjerteminde Avisen er læst saa skal du faa den sendt at baade Du og de andre kan læse og dog er det saa fattigt imod at høre ham, jeg har aldrig hørt et saa godt Foredrag.
+Saa Søndagmorgen var min Tid saa knap at jeg kun lige naaede at sende Fr Bendal Pengene om Aftenen tænkte jeg nu skriver Johannes og saa er det bedst at vente saa derfor hørte Du ikke fra mig men nu i forgaar skrev Georg og da jeg nu kommer over og seer en Convelut ligge med Udskrift saa har jeg et Qvarteer til Dig Tak fordi Du skrev idag vi kan saa godt forstaa din Længsel for vi ere selv saa glade ved at see din Skrift
+Du skal ikke være kjed af det fordi du begyndte den 13 mit Barn det er kun noget Du har faaet indpodet af din Fader alle Dage ere lige gode vor himmelske Fader har selv sagt vi ikke maatte være Dagvælgere gjør Din trøstig Din Gjerning i hans Navn saa skal den nok lykkes
+Du blev meget rost af Fader fordi du spurgte om Du skulde betale for en heel Maaned hos Arkitekten, jeg forstaar tilfulde din Glæde over at Du er ene om Aftenen du har jo altid holdt af Ro naar Du arbejdede, men hvor Du nu maa spadsere sig mig hvorlænge Du er om at gaa Vejen til Skolerne saa kan jeg slutte mig til Vejlængden fortæl mig endelig en heel Deel Johannes, alt muligt interreserer mig. Det var dejligt Du var med i Vartou Kirke ja brug dog de par Formiddagstimer til at høre et godt Ord fra vor Herre der er aldrig noget der glæder en Moder mere end Børnene elske vor Herre
+Du har vel nu seet Marie Eckardt og givet hende Farverne og huskede hun at faa Aviserne om Branden med hjem det skal kun være til Laans, men de har ingen danske Aviser i Sverrig paa Tiden; tænk Dig en stor Sorg mit Barn der brændte Malerier af Eckardt som henstod i Slotsmagasinet for 2000, Kr og Rammer for 200 K. et blev reddet men hvordan det seer ud ved de ikke endnu Forgylder Mogensen har skreven derover; vi vil haabe at den Action han nu skal holde maa gaa heldig Prokuratoren vil gjerne have ham selv derover for at ordne Malerierne og det er vel ogsaa det rigtigste
+Det er et forfærdeligt Stormvejer her saa vi haabe lille Marie bliver nogle Dage i Kjøbenhavn til til Vejret bliver bedre - Alfred kommer rimeligvis med en Marstaller som først skal til Finland efter Træ og saa gaa sydpaa – Gud bevare ham den kjære Ven i disse Efteraarsstorme
+Vi ere alle raske og tale om Dig hver Dag fortæl mig hvordan du hengte Dine Billeder og hvad De synes om Dem de andre Venner – men endelig hvordan det gaar Dig i Skolen min lille Ven som jeg daglig beder for om al Lykke og Velsignelse
+fortæl Frøken Bendal at Marie har vunden 7 Pund, hun ellers bedrøvet nu Marie Eckardt er rejst
+Din lille Fugl har det godt og vores Kakkelovn i Daglistuen er fuldkommen efter Ønske Stuen er lun om Morgenen 13 grader, er det ikke dejligt Johannes
+Lev nu vel Kjære og hils Alle fra mig du hilses kjærligt af os Allesammen dog mest i Øjeblik af mig.</t>
+  </si>
+  <si>
+    <t>1885-04-29</t>
+  </si>
+  <si>
+    <t>Birkerød
+Faaborg ,Fyn
+Långaryd</t>
+  </si>
+  <si>
+    <t>Ane Marie Christiansdatter
+Christian Eckardt
+Anesine Frölich
+- Holbeck
+J.C. Hostrup
+Harald  Klokker
+Assistent Knudsen
+Augusta  Larsen
+Cathrine Larsen
+Georg Larsen
+Ida Larsen
+Jacob Larsen
+Jeppe Andreas Larsen
+Peter Larsen
+Urban Larsen
+Vilhelm Larsen
+Niels Mollerup
+Ulrik Plesner</t>
+  </si>
+  <si>
+    <t>Cirkus "Danmark" besøgte Kerteminde i april 1885 (Kjerteminde Avis 21.4 1885) Der var 35 personer, heste m.m. på pladsen ved Gymnastikhuset.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ikke i så godt humør og hans mor vil gerne hjælpe ham. Farbror Urban skal snart giftes og overtage en købmandsforretning. Johannes Larsens far vil muligvis tage en tur til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Fx7B</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 29 April 1885
+Kjære Johannes!
+Det var jo dejligt at Du havde moret Dig godt ude i Birkerød og at Du er rask hvad er der ivejen med Houmøret min lille Ven sig du mig hvad der trykker; om det ogsaa skal blive et langt Brev, maaske jeg dog veed Raad – fortæl mig ogsaa hvad alt det er du har i Hovedet og vil udrette naar du kommer hjem det skal glæde mig at udfylde Ventetiden med Tanker der angaar din Virksomhed, vil du igjen have fat i Leer saa sig endelig til at jeg kan have din Arbejdsdragt i Orden. Tiden løber hurtigt skal du ikke blive der længere end til Juni. Saa seer vi jo hinanden om lidt maaske Faer tager til Høljeryd inden Urban nu flytter og saa kan I jo tale om det Alt sammen ja Gud give det maa blive en god Sommer i alle Maader her er saamegen Alvor rundt i alle Kroge, Urban skal nemlig overtage sin Handel første Juni men rejser derud en 8te Dage før, hans Augusta rejser nu en af Dagene til Faaborg og dernede skal de saa vies for Bryllupsgæster bliver der ingen bedt; om vi faar Dagen at vide skal jeg nok melde dig den for at Du kan tænke dem og ønske dem alt godt.
+Hvad svarede Hr Mollerup vil han saa til Kjerteminde? Du har slet ikke svaret mig paa mine Spørgsmaal om hvad du maler og tegner er det din Gjerning sætter dig i daarligt Houmør eller er du maaske syg igjen?
+Vilhelm er til Ecksamen i disse Dage igaar var han meget tilfreds – ogsaa i Formiddags, i Eftermiddag er det kun Gymnastik Sang og et lettere Fag. Peder Larsen, Holbak og Assistent Knudsen; de 3 Lærde blive nok siddende 1 Aar endnu i den Klasse saa er der jo Udsigt til at Vilhelm kan komme over dem og jeg har lovet ham 1 Kr om han i Løbet af Aaret kan naa det.
+Nu idag er de færdig med Aspargesbedet, Petersen og lille Algren vare nu oppe at plante dem saa skal vi imorgen saa og lægge Kartofler og det Vejr vil nok gjøre at det kommer hurtigt op for det er jo ellers bag efter alle andre Mennesker.
+Her er et Berider Selskab og vi maatte jo derom med alle Rollingerne Georg havde Lov at gaa om Søndagen men da han kom derom saa blev han gjort opmærk af Post Klokker at vilde han staa kunde han gaa 2 Gange for de sammen Penge – og der kan du tro Georg han morede sig 
+vi vare uheldige med Vejret for det regnede saa voldsomt at Vandet løb paa Jorden i Strømme men Publikum holdt Stand til Slutning
+Faster Thrine er ved at lave sig færdig til en Jyllandsrejse op hos farbror Jacob og bliver der i et Par Maaneder for at faa Kræfter Ida kommer saa her men det har jeg maaske fortalt dig saa maa du undskylde mig – men jeg har saameget i mit Hoved i disse dage for vi skal jo skifte Piger paa Fredag.
+Der har været Brev fra Amerika til Eckarts, Moster Sine har været syg i 6 Uger og det var nok en Ængstelse for dem men nu er hun bedre jeg tænker saa vi faar snart at høre derfra ogsaa men saa bliver der ingen Hjemkomst i denne Sommer
+Nu i de følgende Dage kan du da gaa paa Udstillingen baade Fredag og Søndag, ja gaa bare at høre Hostrup mit kjære kjære Barn du gjorde mig saa Hjærteglad at du læser i Farmors Bog ja hold dig i Herrens Nærhed alle Dage saa skal det gaa Dig vel
+[Skrevet på langs]
+Kjærlig Hilsen fra Alle dog mest fra Din Moder</t>
+  </si>
+  <si>
+    <t>1886-02-27</t>
+  </si>
+  <si>
+    <t>Långaryd, Småland, Sverige
+Bogense
+Odense Skt. Knud
+København</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Ane Marie Christiansdatter
+Margrethe  Eckardt
+Johannes From
+Jeppe Andreas Larsen
+Urban Larsen
+Vilhelm Larsen
+Niels Mollerup
+Morten Pontoppidan
+Hans Poulsen
+Elisabeth Storm</t>
+  </si>
+  <si>
+    <t>Man venter muligvis på svar om, hvorvidt Pontoppidan ønsker at være valgmenighedspræst i Kerteminde. Den tidligere præst døde pludseligt i januar 1886.</t>
+  </si>
+  <si>
+    <t>Der bliver sendt møbler til og fra familien Larsen i Kerteminde. Der skal også nye gardiner op. Det er stramme økonomiske tider, og det er ikke sikkert, at Johannes Larsens forældre rejser til Sverige. Der er blevet slagtet. Man venter på svar fra Morten Pontoppidan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/67Ds</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 27 Februar 1886.
+Kjæreste Johannes!
+Saa er det igjen Lørdag og jeg har ikke faaet Dig svaret paa dine Breve i denne Uge Gud ske Tak at du er rask og glad ved Arbejdet bliv bare ved at fortælle os om hvad du tegner og maler nu er det jo snart den Fastelavnssøndag oh Johannes gaa i Kirke den Søndag og husk det var din Daabsdag jeg er meget glad ved Du læser i Farmorsbog men det er dog en anderledes Fylde at samles i Guds Huus naar den levende ken[papir mangler] Du vist ogsaa mærke, [papir mangler] Bendal, ligger hjemme saa [papir mangler]skab du mangler; gaar [Poulsen?] [papir mangler] Kirke? Du kan [papir mangler] Bendal at vores Afsending [papir mangler] kom samme Dag som Mænd fra [papir mangler] med Anmodning om han vilde [papir mangler] dem; saa vi fik ingen bestemt Løfte af ham han gav de Mænd i hans Sogn 8 Dage til at ordne sig. Fastelavnsmandag skal her være Møde i Odense da vil Morten Pontoppidan give os et bestemt Svar – det ventes med Længsel kan du tro for da nu Tilladelsen er taget fra os igjen med Besøg af vore Hjælpepræster
+Du spørger om det bliver til noget med Sverrigsrejsen – ja naar her blot maa komme nogle Penge ind min Ven saa er vi der rigtignok har denne Uge ikke været god for mig jeg har siddet i min Stol en Generalforkjølelse har holdt mig i Stuen; men vi har ligefuldt slagtet Johannes og Margrethe og Fru Storm har hjulpet med Pølserne i mit Sted og om alting gaar som jeg tænker saa vil jeg i morgen tidlig afsende Pølserne [papir mangler] der vil saa medfølge en [papir mangler] der vil saa medfølge en Kom[papir mangler] og faar jeg det ikke afsted [papir mangler] sikkert Mandag – 
+[papir mangler] har optaget Dig de Malerier af [papir mangler] ja gid vi maa faa dem [papir mangler] dem sammen med Dig jeg har ikke seet i Bladene hvad de forestiller men det kan Du sige mig min egen Ven jeg kan mærke Du er meget glad for dem oh hvor jeg deler din Glæde over Kunsten – fortæl mig en Gang hvad Mollerup tegner eller hvad han maler
+ja nu kan Du fortælle M at vi venter vor Sofa iaften og saa kommer Stolene senere, dem til Bogense er kommen afsted saa nu er det vel Sandhed at han ikke har Brug for Modellen mere; har M faaet sine Stole – jeg tænker folk i Byen vil undre sig naar de seer en saadan Sofa bæres op de veed vist ikke engang hvad det er for et Meubel
+Gardiner hænges op i næste Uge og Kakkelovnen varmer godt
+Nu raaber Vilhelm [papir mangler] at Fuglen skal komme [papir mangler] med Pakken og saa [papir mangler] ham Frimærker og [papir mangler] vide om Du [papir mangler] et par sorte Muffedisser [papir mangler] jeg sende Dig nogle da jeg sidder saa meget i disse Dage – Fader skal jeg hilse dig fra vi skal sende Penge saa hurtig som muligt; men jeg skal sige Dig at der maatte gjøres Udvej for Urban Larsen nu til Mandag ja det er nogle forfærdelige Tider men vi bede og haabe paa at alt nok skal gaa godt hils nu alle dine Omgivelser for nu blev jeg sinket og saa kom From nu er det Gardinstang og der staar vi og kan ikke faa nogle Spidser her der staar os an tal med Mollerup om der ikke i Kjøbenhavn kan laves nogle Spidser eller en Figur til at sætte for Enden
+Lev nu vel Du kjære med de kjærligste Hilsener fra os Alle [papir mangler] dog meest fra din hengivne Moder som beder for Dig</t>
+  </si>
+  <si>
+    <t>1886-11-20</t>
+  </si>
+  <si>
+    <t>Ladby Vikingevej
+Långaryd Sverige
+5390 Martofte
+Fynshovedvej 698 Nordskov 5390 Martofte
+Kerteminde
+Dræby  </t>
+  </si>
+  <si>
+    <t>Ingeborg  Delcomyn
+Frederik Falkenstjerne
+Charles Godtfredsen
+Svend Kyhn
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Larsen
+Vilhelm Larsen
+Marie Meyer
+Niels Mollerup
+Fuldmægtig Nielsen
+Morten Pontoppidan
+Anton Frederik Schondel
+Christine Swane
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>De unge malere boede hos en gårdmand i Nordskov (Ernst Mentze: Johannes Larsen - Kunstnerens Erindringer, Borgens Forlag 1955)</t>
+  </si>
+  <si>
+    <t>Mollerup laver komedie med børnene om aftenen. Han, Kyhn og Godtfredsen maler i omegnen af Kerteminde og kommer på besøg hos familien Larsen. Grundet nogle brande i Dræby får Johannes Larsens far solgt en del tømmer til genopbygning. Der skal opføres en stationsbygning med telefon i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/r2ez</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 20 November 1886.
+Kjæreste Johannes!
+Saa hjærtelig Tak for Dit længere Brev ja se saadan er det jeg vil have det, Du skal blot naar Du sætter Dig til at skrive bilde Dig ind at Du taler med mig saa skal Du se den gaar som den var s[ulæseligt] Du kunde jo til Eksempel godt have sagt mig hvad Falkenstjerne og Pontoppidan havde talt om; men nu ved Du det til en anden Gang. Jo rigtignok er det Meningen Du skal hjem at holde Juul Johannes om alting maa falde sig som vi haabe med Helbred og Vejrlig jeg skal se at faa noget Fodtøj besørget til dig alting skal komme med i næste Uge tænker jeg; maatte det gaa over med den Forkjølelse lille Johannes naar jeg nu seer at Sygdom kan trække saadan ud som med Georg saa tigger vi rigtignok vor himmelske Fader om Sundhed og Kræfter, Doktoren har endnu ikke givet os Lov til at faa ham op, da der endnu er Feber bed dog med os at vi snart kan faa ham op saa jeg kan komme ned at passe mit Huus og Børn igjen Jeg skal takke Dig for Besørgelsen af Pakken til Marie, Mollerup seer jo nok at Børnene mangle lidt Sammenhold og saa har han funden paa at fylde Aftenen med denne Komedie der er vores Børn alle, Adolph med, han er Page og har en Sætning at sige, du kan tro han er dyr naar det staar paa, Marie Mejr og [ulæseligt navn] og Peder Larsen, Anton Schondel Teodor Nielsen Ingeborg er Kejser og Marie Prindsesse Vilhelm Hofnar og Dine Hofdame, Marie Meyer Politibetjent, nu nok herom saa vil jeg fortælle Dig en glædelig Nyhed midt i al denne Alvor, der er brændt 2 Gaarde i Dræby og dem skal Fader sælge til, og de er kommen uden at der er gjort dem noget Tilbud og Manden her var idag har fortalt at Tømmerhandlere 5 i Tal har sendt ham Priser; nu i Eftermiddag kom 3 Mand fra Ladby og kjøbte til et Folksmejeri saa Du kan tro han er glad – den kjære kjære Fader – Gud styrke ham dog til den store Gjerning han har – ret snart maa han til Sverig saa faar Du ham at se jeg skal bede Dig sige til frøken Bendal at paa Mandag sender Fader Penge til hende som hun saa har Tirsdag
+Mollerup rejser idag til Martofte [overstreget] igjen men kommer vist hjem til Tirsdag igjen Kyhn havde vi ventet idag men nu er det saa sent at det er opgivet. Godtfredsen kommer ind Fredag i næste Uge Johannes der er paatænkt en Stationsbygning opført i Nordskov med Telefonledning ind til Kjerteminde for Strandingerers Skyld, her var en saadan forleden Aften Fuldmægtig Nielsen rejste om Aftenen og kom først hjem næste Morgen, jeg tænker Godtfredsen har malet en ordentlig Mængde jeg glæder mig til at se Smedien 
+Kan du dog ikke forstaa at det interreserer mig hvad du maler nu tænker jeg paa Dig ved Arbejdet ogsaa vil jeg nok med det samme omtrent se hvad Du har for Dig har du Glæde af det du maler hvad siger Din Lærer? Har Du senere besøgt ham Du maa nu endelig skrive snarest naar du faar Papirer om du ikke har saameget at vi faar Brev imorgen.
+Ja nu er det snart Posttid saa jeg maa nok nu sige Farvel og Lev vel mit elskede Barn og Gud velsigne bevare og styrke dig til hvad du skal udføre
+De kjærligste Hilsener fra din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1886-12-03</t>
+  </si>
+  <si>
+    <t>Albuen
+Långaryd Sverige
+Los Angeles Californien
+Vor Frue Kirke Nyborg</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Poul Boisen
+Ane Marie Christiansdatter
+Christian Clausen
+Margrethe  Eckardt
+Anesine Frölich
+- Gad, Frøken
+Charles Godtfredsen
+Knud Klauman
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Larsen
+Vilhelm Larsen
+- Petersen, Pastor
+Hans Poulsen
+Elisabeth Storm
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Den nye præst i valgmenigheden er tiltrådt.
+Den store ildebrand refererer muligvis til de to gårde, der brændte i Dræby i november samme år.
+Den lille kammerherre kommer muligvis fra Hverringe.</t>
+  </si>
+  <si>
+    <t>Adolph var meget ked af at Mollerup rejste hjem. Der er sendt blomster til at pynte op med i præstegården. Familien i Amerika vil gerne have nogle af Johannes Larsens billeder og tegninger. Skonnerten Rigmor er strandet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jLjW</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 3 December 1886.
+Kjæreste Johannes. 
+Nu er det snart Søndag igjen og jeg har endnu ikke hørt en Stavelse fra Dig andet end det Par Linier i Maries Brev, jeg kan godt huske nu du bad om Frimærker, men her var ingen i Øjeblikket og saa tænkte jeg , at Du nok for en Gang vilde offre 10 Øre til et Brev. Dit Tøj naaede vi ikke at faa færdigt til Posttid; men saa sender vi det nu med Dampskibet tilligemed alle de andre Ting af Malernes, men jeg haaber at saadanne smaa Pakker bliver sendte om, ellers maa du løbe med [papir mangler] dem selv.
+Det er endnu ikke som[papir mangler] ske med Georg; men idag [papir mangler] at Søndag skal blive saa god,[papir mangler] komme lidt op; Du kan tro [papir mangler] sig om hvor har han bedt vor Herre at han dog vilde give ham sit Helbred og lade ham blive rask til Julen, at han og jeg kunde samles med Eder i Stuerne til fælles Glæde for os Alle, ja det skal blive herligt at være raske Gud Fader bevare dog alle os Andre, det ved jeg, at Du ogsaa beder om Johannes idag gav jeg Skomager Klausen Bestilling paa et Par Vandstøvler til dig og Fader han begynder nu i næste Uge maaske du kan faa dem med Dampskibet næste Gang at du kan faa noget varmt til Fødderne – skriv om denne Uldtrøje passer saa vil Farmor strikke flere men husk nu og sig om du kan lide Ærmerne saa lange
+Jeg tænker du blev meget glad ved at faa Mollerup hjem det gode kjærlige Menneske som vi alle holder saa meget ad tænk dig Adolphs Sorg var saa dyb at han maatte sidde paa Skjød hos Margrethe og mig for rigtig at græde ud og senere hos sin Fader – han blev saa ved at tale om Duerne som skulde skynde sig at faa [Unger] saa mente han vist at samtidig [papir mangler] Mollerup igjen til Kjerteminde [papir mangler] er en lille hjærtelig Dreng og hvor [papir mangler] dag har Svar paa rede Haand, her var Bud [papir mangler] [Frøken] Gad om vi vilde være med at pynte [papir mangler] uset i Præstegården, jeg sendte saa min [papir mangler] Nerium en Vironika og Børnene en hver af deres Blomster, saa kom jo Adolph ”hvor skal de hen” om i Præstegaarden hvorfor skal Bojesen have dem? Fru Storm var jo straks til Rede med Oplysninger ”for han er saadan en rar mand lille Adolph og saa tror han jo paa vor Herre ( ja men Fru Storm, det gjør vi jo ogsaa)
+Margrethe var nærværende og fortalte [papir mangler] klædte denne lille Unge at komme med dette hurtige Svar – Hilsen fra ham og alle de andre Børn som glæder sig til Julen over al Maade. Gud Fader lægge sin Velsignelse til at det i sin Heelhed maa blive et fornøjeligt Gjensyn – 
+Hils nu Mollerup Johannes og bed ham gjennem Dig sige os om det kom godt derover jeg seer jo nok han holder ikke af at skrive saa det kan godt ende med at sige Dig Besked, Fru Storm er særlig ængstelig og mener, at jeg ikke har været forsigtig nok med Indpakningen af det udskårne [papir mangler] nu nok om det min Ven [papir mangler] mig nu en hel Deel paa [papir mangler]
+Her har været Brev fra Amer[ika][papir mangler] og de beder stadig om Moren maa [papir mangler] nogle af dine Malerier eller [Tegninger] saa skal hun sende dig nogle af sine; det er idag Moster Sines Fødselsdag og jeg vil nu skrive til hende saa lover jeg naar du kommer hjem skal vi nok glæde hende med nogle af dine Arbejder…
+[Skonnert] Rigmor er strandet forrige Søndag paa Albuen ved Nakskov det kostede 25,00 Kroner at faa den flot og om til Nyborg Havn Fader rejser vist derind i Aften for at se Skaden; det er uheldigt med den Skibsfart. Husk at fortælle Mollerup at Drengene fik dygtig Skjænd da de kom i Skole den Dag de bleve fotograferede Pastor Petersen var vred for Alvor saa kjender du Besked først fik Peder Larsen saa vores Vilhelm, Nielsen og senest kom den lille Kammerherre; men han blev vist udenfor? Dig har jeg aldeles ingen Brug for denne Time skrup ud paa Gangen, saadan noget Gøgl det Thema varierede han mestens over Du har vel hørt om den store Ildebrand og maaske vi ogsaa skal [sælge] en Deel dertil – 
+[papir mangler] er Klokken mange og du faar [papir mangler] ogsaa idag et helt Papir fuldt [papir mangler] sød og kjær og skrive mig[papir mangler] Brev til – [papir mangler] Frøken Bendal og Poulsen og Klaumann, her er stadig Brev efter Faer til Sverrig, men den arme Mand her er saa travlt at før vi faar Georg op kan han vist ikke komme afsted. Nu Gud være med Dig mit elskede barn og Han bevare dig og give Dig Glæde af dit Arbejde Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1888-01-16</t>
+  </si>
+  <si>
+    <t>Långaryd
+Skolegade, 5300 Kerteminde
+Kultorvet, København</t>
+  </si>
+  <si>
+    <t>Anna Eckardt
+Christian Eckardt
+Vilhelm Klein
+Vilhelm Larsen
+Vilhelm Pacht</t>
+  </si>
+  <si>
+    <t>Maleren Christian Eckardt boede på skovgården Store Höljeryd i Sverige med sin familie.
+Møllerkæret er et gadekær i Kerteminde. Det er gennem mange år blevet brugt til skøjteløb.</t>
+  </si>
+  <si>
+    <t>Familien Eckardt i Sverige er hårdt prøvet med sygdom og de mangler penge. Mon det er muligt, at Eckardt kan købe malerudstyr på kredit?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SR2M</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 16/1 88
+Kjære Johannes!
+Jeg lovede dig et langt Brev men det faar Du have tilgode for jeg skal i dag sy en deel og Vilhelm er i Sengen vaade fødder fra Møllerkjæret og deslige hævner sig nu han maatte gaa i Seng igjen imorges og saa faar vi se jeg har endnu ikke hentet Klejn for det kan jo være vi kan undvære ham men naar nogen er i Sengen saa maa der jo en være ovenpaa, jeg skal ogsaa skrive til Sverrig for der kom Brev igaar lille Anna er meget syg; ak hvor de kjære Menneskers Forhold nu skulde han have nogle Billeder til Aution men Penge skal bruges alle Steder – intet har han at male med; Johannes sig mig [Pacht] Adresse mon ikke han der kjender Kunstmaleres daarlige Kaar vilde lade ham faa Kredit til Sommer Terminen var jeg blot derovre jeg skulde snart høre ham derom, Du er vel ikke for den Slags Johannes; med mindre det kan staa klart for dig at det var en god nødvendig Gang kan du ikke saa skrive mig hans Adresse saa kan Eckardt jo selv høre, eller troer du at Kultorvets Handel giver Kredit hvor er det dog svært at være saa bunden til alle Sider
+Skriv dog nu et ordentligt Brev og fortæl en hel Deel især om din Gjærning
+Hils nu Alle hvordan synes Du om den nye Lejlighed. Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1890-03-12</t>
+  </si>
+  <si>
+    <t>Langø
+Långaryd</t>
+  </si>
+  <si>
+    <t>Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Laurits Hansen
+Georg Larsen
+Jeppe Andreas Larsen
+Karen Marquardsen
+Marquard Marquardsen</t>
+  </si>
+  <si>
+    <t>Udstillingen er forårsudstillingen på Charlottenborg.
+Det er uvist hvor Otto Meyer skal i lære.</t>
+  </si>
+  <si>
+    <t>Johannes skal ikke vente så længe med at sende sit vasketøj hjem, for de er 4 familier om at bruge vaskehuset. Christian Eckardt har fået penge fra et fond og skal udstille på Charlottenborg. Otto Meyer skal begynde i lære i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fTrh</t>
+  </si>
+  <si>
+    <t>[Påtrykt:]
+J.A. LARSEN.
+KJERTEMINDE. 
+Telegramadresse.
+LARSEN.
+[Håndskrevet:]
+den 12 Marts 1890
+Min kjære Johannes
+Det har ikke været mig muligt at sende Tøjet før, og nu kun dette som vi har tørret i Stuen, Du skal ikke vente saalænge en anden Gang min Ven for du skal vide at vi ere jo 4 Familier om Vaskerhuset saa kniber det lidt men du skal snart faa Resten.
+Georg ligger i Sengen han har gaaet flere Dage med Tandpine og Hovedpine nu igen kom det med Opkastning og saa stærk Smerte i Hovedet at han maatte gaa iseng idag lader han helt vel men jeg tør ikke lade komme op, for det er nok Influenza anden Gang, Imorgen skal vi til Bryllup paa Langø hos Markvard. Datteren skal giftes med Laurits den lille Dragon der er fæstet og alt i Orden, Fader kommer vistnok ikke med saa jeg maa rejse ene det er ikke lysteligt Johannes men hvad skal man sige Forretningen først
+Igaar fik vi brev fra Sverrig Eckardt faar i Aar den Glæde at faa nogle Arbejder paa Udstillingen der blev skjænket 200 Kr fra et Fond derovre, men det har du maaske hørt af Alfred --- hvordan klarer han sig Johannes Margrethe kommer over til Kjøbenhavn i Paaskeferien saa kan du da faa en Mundfuld fra Hjemmet, Udstillingen er jo lige begyndt til den Tid saa du bliver vel i Byen til Skolen holder op – her sender jeg dig saa foreløbig 20
+Vi har solgt noget af Rugen men ikke faaet Pengene og staar i Handel om Havre saa hjælper det.
+Lev vel min kjære Søn Gud Fader bevare dig fra alt ondt og lægge sin Velsignelse til din daglige Gjerning – fortæl mig dog noget om den Johannes?
+Hilsen fra Alle din trofaste Moder
+Christine har begyndt at spille Violin paa Mandag rejser Otto i Lære i Odense</t>
+  </si>
+  <si>
+    <t>1890-03-20</t>
+  </si>
+  <si>
+    <t>Lundeborg
+Svendborg
+Långaryd</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Alfred Eckardt
+Svend Kyhn
+Adolph Larsen
+Anton Larsen
+Georg Larsen
+Vilhelm Larsen
+Niels Mollerup
+Rasmus  Petersen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen går på Birkerød Real- og Latinskole
+Georg Larsen er kommis i sin fars købmandsforretning.
+Udstillingen er muligvis på Charlottenborg, hvor man tidligere brugte at have en "anden ophængning" efterhånden som billederne blev solgt og blev taget ned. Anden ophængning varede kun nogle få dage. Det er uvist hvilke af Johannes Larsens billeder, der omtales.
+Johannes Larsen fik først debut på Charlottenborgs anden ophængning i 1891. (Birgit Bjerre: Marie - uundværlig husholderske s. 30, Østfyns Museer 2012). "Vidar" var et dampskib, som sejlede på ruten København - Kerteminde - Nyborg - Lundeborg - Rudkøbing, og retur, en gang om ugen (Kjerteminde Avis).</t>
+  </si>
+  <si>
+    <t>Vilhelm (Johannes Larsens bror) har lavet en ramme til billedet, som Johannes Larsen har lavet. Måske kommer billedet med på udstilling i anden ophængning. Johannes Larsen skal hjem på påskeferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2ruO</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 20 Marts 1890
+Endelig saa lod Du dog høre fra Dig det vil jeg nu ikke skjænde for [ulæselige ord] har hørt, men jeg ønsker det ikke gjerne taget fra min bedste Glæde er [at høre] fra I kjære Børn Gud Fader [beskjær]me Eder fra alt Ondt – Vilhelm beklagede at Rammen ikke blev saa smuk som han ønskede men du skulde nu afgjøre det, hans Mening var at den vilde misklæde det smukke Billede som Undskyldning skrev han at det var hans første Arbejde af den Slags
+Du har saa ikke hørt at Klassen gjorde i Chocoladegilde og bad Vilhelm med som Æresgjæst Drengene gav hver 35 Øre og der blev drukken storartet. Klassens Bajads holdt Talen. Vilhelm faar snart [ulæseligt ord] Ferie – saa følges vel I to Brødre ad det var os en glædelig Overraskelse at faa dig hjem saa maa vel Herr Zartmann have synes godt om [billedet] siden Du tænker paa at faa det op til anden Ophængning. Her sender jeg 2 Blindrammer da jeg ikke var sikker paa om det er den tynde, de 5 Kr skal jeg se at faa i Pakken i dag hvis ikke, skal den snart følge – Mærkerne og Convolutterne er med – send blot Pakken men lad mig vide hvad der skal sendes for ellers kan Resten jo blive her til Du kommer – Det er en Selvfølge Johannes at du maa faa en Ramme men tag den alligevel saa billig som muligt maa det dog saa blive højt Solskin til Paasken at det kan blive rigtig lyst
+Her er stor Glæde over at Du kommer – Adolph lyser i Øjnene hvorlænge er der til Moer og da jeg siger 14 Dage udbryder han saalænge! Du kan tro han har travlt med Andeæg og han har faaet en ægte [Brevduerk] og nu har Alfred skreven efter sin Brevdue til en Mage – den kommer med Dampskibet paa Tirsdag
+Farbroder Anton er kommen fra Lundeborg for et Par Dage siden; men nu igaar stod der i Haandværkerbladet om en Forretning i Svendborg han tog saa med Posten imorges Kl 4 og gaar saa fra Svendborg til Lundeborg for at sejle derfra igjen med Vidar hertil næste Onsdag; nu kommer det jo an paa om den staar ham an og om der kan skaffes Penge
+Kommer der nogen af dine Venner hjem med i Paasken saa maa du endelig lade mig det vide et Par Dage før at jeg kan faa Farbroder flyttet ind paa Mollerups hils dog ham om Du seer ham og fortæl mig om hvad han foretager sig i Vinter
+Hils ogsaa Kyhn og alle hvem bryder sig om en
+Herregud Johannes maa det dog lykkes at du kan faa Billedet saa godt at det maa komme med til anden Ophængning
+Held og Lykke for alle I Unge der arbejder med Alvor Johannes jeg glæder mig saameget til at see dig, Rasmus var her igaar for at hjælpe mig med mine Blomster han var i færd med at skrive til dig men det er et svært Arbejde for ham at føre Pennen ja nu veed Du vel fra ham selv hvornaar han skal ind
+Kjærlig Hilsen fra os Alle
+Javel skal vi til Sverrig maaske følger vi Eder Din trofaste Moder
+Hils Bendal
+Georg siger han vil sende Pengene i et Brev men nu faar vi se</t>
+  </si>
+  <si>
+    <t>1890-08-03</t>
+  </si>
+  <si>
+    <t>Långaryd
+Hjørring
+Stockholm
+København</t>
+  </si>
+  <si>
+    <t>- Algren Petersen
+Christian Eckardt
+- Grønning
+Johannes Klein
+Adolph Larsen
+Marie Larsen
+Vilhelm Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen aftjener, på dette tidspunkt, sin værnepligt i København. Båxhult er en af familien Larsens gårde i Sverige. Giverbo er muligvis en lille gård i nærheden af Båxhult. "Fremtiden" er en forsørgelsesforening (stiftet 1865) for mænd og kvinder, hvis hovedbeskæftigelse er litteratur, undervisning, kunst og polyteknik. Hovedsagen er alderdomsforsørgelse og enkepension. Der gives også lån, husleje- og begravelseshjælp.(Wikipedia)
+Det er uvist, hvilken udstilling Klein har deltaget i.</t>
+  </si>
+  <si>
+    <t>Tre af Johannes Larsens søskende er på Båxhult i Sverige. Forældrene skal også derover, men når ikke at mødes med Johannes før på hjemrejsen. Chr. Eckardt har solgt et billede for 200 kr. og fået ødelagt et andet under transport.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aZbI</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 3 August 1890 [Skrevet på tværs ved datoen]
+Kjærlig Hilsen fra Alle – din Moder
+Kjære Johannes!
+Vi har ligenu modtaget Dit Brev og er glade at Du er rask det er Hovedsagen den Ømhed gaar nok over igjen jeg lider af det samme i disse Dage efter en ordentlig Reengjøring i Haven, men nu er den ogsaa smuk kan du tro i denne dejlige Sommerdag, nu i Ugen skal vi høste Rugen. Høet er altsammen stakket og uden Regn.
+Fra Sverrig er Brevene meget fornøjelige Klaks skyder fremdeles gik forleden Dag til Boxhult og mødte paa 10 Alens Afstand en Tjur men huskede saa paa at den ikke maatte skydes men møder jeg én en Gang til saa svarer jeg ikke for mig selv uden at jeg brænder paa
+Fiske gjør de jo hver Dag men smaa Fiske derfor skal vi nu have en Baad ud Søen ved Giverbo
+Christine er dog helt vel ved det nu der er jo heller ikke længe til vi sees
+Du skriver intet om Orlov det er vel umuligt. Jeg skal nok sørge for Sko med det første det er da godt du har Fritid lidt om Aftenen saa du kan gaa ud at trække lidt frisk Luft og besøge Bekjendte taler du med Herr Grønning Johannes?
+Algren seer jævnlig herind og hjælper med Graagjæssene nu er den lille fuldstændig rask men nu er Hannen daarlig ikke i Benene men afkræftet Algren mente den fik ikke Føde nok i Stranden saa de ere i dag stærkt i Arbejde med at fange Orm ind til den nu kom Adolph med bare Been saa skal jeg ud at høre hvordan den er tilpas i Aften – den var gaaet op ovre ved Sandrevlen og omlidt skal de ud at hente dem hjem for det er jo ikke værdt at den bliver ude om Natten ja der er Travlhed, faa ham til at skrive enten til Dig eller til Sverrig det er en [Umulighed?/ Unseelighed?]
+Sildefangsten er det smaat med iaften er de ikke gaaede ud nu ventes der paa en mørk Maane – om det saa maa lykkes.
+Fortæl hvad I spiser til Middag Johannes det vilde vi dog gjerne vide Eckardt har solgt et Billede op til Hjørring til 200 Kr men de gik til Afbetaling dog saa var det Hul lukket
+Han har ogsaa faaet Tilsagn fra Kunstforeningen eller Fremtiden jeg ved ikke hvilket om 100 Kr aarlig er det ikke herligt et Uheld havde han med et Billede der kom til Stokholm undervejs var der slaaet et Hul i Luften som var nu bleven udbedret men ikke til at udstille og maatte tilbagesendes – Udgiften 60-70 Kr – ja der er mange Besværligheder
+Marie er glad ved at være derovre i Sverrig hun vaagner hver Dag Kl 5 a 6 og laver saa Kaffe og spadserer i Forening i Skovene
+Jeg hørte igaar Johannes, at Klejn havde et Billede paa Udstillingen der har staaet saa rosende omtalt at det omtrænt var noget af det bedste paa Udstillingen naar det blot havde faaet en god Plads, sig mig om det er sandt og hvad Stykket forestillede?
+Vi skal nu vaske imorgen saa faar jeg travlt derfor skriver jeg iaften; vi rejser vist til Kjøbenhavn men vi faar dig vel slet ikke at se kommer vi med Aftentoget er du i Seng og kommer vi om Morgenen er du til Øvelse – det er jammerligt men saa paa Hjemtouren faar jeg blive der en Dagstid det er vistnok Tanken at jeg skal blive og følges med [Klaks?] til hans Ferie er udløben den 18
+Lev vel kjære Johannes og Gud befalet; Jeg sender med Skoene 2 Par Strømper her ligger til Dig
+er der ellers noget du ønsker?</t>
+  </si>
+  <si>
+    <t>1892-02-17</t>
+  </si>
+  <si>
+    <t>Långaryd
+Ollerup Svendborg
+Randers Regnskov
+Dinestrup pr. Ullerslev</t>
+  </si>
+  <si>
+    <t>- Algren Petersen
+Anders Andersen
+Laurine Andersen
+Alberta Brandt
+Alexander  Brandt
+- Brandt, frøken
+- Christensen fra Randers
+Alfred Eckardt
+Betty  Ejlskov
+Viggo Fich
+- Hansen, sagfører
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Martin Larsen
+Vilhelm Larsen
+Elias Muus
+Christoffer Nielsen
+Frederikke  Nielsen
+Peter Nielsen, Grønland
+Johan  Norden
+- Oppermann
+Jacob Stærmose</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvad et hakkebur er. Det vides ikke, hvem godsforvalter og frue er. 
+Johannes Larsen er ikke nævnt i kataloget fra Den Frie Udstilling 1892. Muligvis er der tale om en ophængning udenfor katalog.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er begyndt at male i Zoologisk Have. Han har også udstillet på "Den Frie". IA Larsen er ved at sælge en ejendom. Købmand Norden er gået konkurs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kvDO</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 17/2 92
+Min kjære Johannes!
+Ja Du maa nok undre Dig at der ingen Brev var med Kurven men her har været saa meget for at bestille saa vilde jeg da i Søndags rigtig nyde det gode at hvile mig og skrive som jeg vel er kommen tilsæde kommer Betty Ejlskov og vil blive her om Natten [Marie?] var Patient og sad i Sofa saa jeg maatte gjøre Besked gaa med til Foredrag, der skulde nemlig være Oplæsning af Christensen Randers og Sang af en Frøken Brandt fra Ollerup. Søster til Sangeren Brandt. Betty var kjørt med dem herned da hendes Søster er Stedmoder til disse Brandter – hun sang helt kjønt
+Nok om det Marie maatte ligge næste Dag stærk Feber og Pletter i Halsen Vilhelm laa ogsaa saa jeg takkede Gud at hun rejste med Posten næste Dag
+Nu er Marie saa vel at hun maa komme lidt op imorgen og Vilhelm er ogsaa paa Benene han har lavet Adolph et Hakkebur saa her en Tiggen for en Kanariehan
+Idag jeg var nede hos Christoffer for at se til ham havde han endnu ikke drukket noget af sin flaske men jeg fik vist ikke fortalt dig at da jeg var dernede første Gang havde jeg en Flaske Tokejer med til ham jeg skal hilse dig saamange Gange fra dem begge og Peder stod paa Gaden hos en Sandemand og sled i det, husk nu et Telegram til Brudeparret paa Fredag du skulde have seet Rikke da hun fortalte mig at hun spurgte Peter om du ikke skulde med til hans Bryllup jo han er den villeste af dem Alle sammen det er ligemej med de andre - -
+Algren er det bedre med, det var daarligere nogle Dage forleden Dag var han 21 Aar – Gud give ham dog sit Helbred inden ret længe
+Nu haaber jeg at Du har modtaget Pengene, Godsforvalteren kom endelig igaar, men Fruen var med saa jeg ikke Tid at skrive – Tak for dit lille Brev og for det store, det gjorde mig ellers ondt at du kunde blive [ulæseligt ord] for at gaa den Vej, men du kan tro jeg blev glad at du valgte en Blomst som gjorde Lykke og Pengene skal jeg sende dig efterhaanden. Du skal imorgen faa sendt dine store Støvler for dem kan du nok behøve naar du nu skal gaa til Zoologisk Have, det fornøjede os at du maler derude men hvad du maler det maa du endelig fortælle os, og saadan en Kulde om du staar ude 
+Kom nu med en ordentlig Besked ogsaa om hvordan det gik med den frie Udstilling og om Oppermann er ude at lære Landvæsen det vil Fader gjerne vide det morede ham da han kom i Tanke om at han prøvede at pløje og lærte at ride, mon han ikke engang besøger os naar den ligger saa nær herved.
+Nu kommer Brevet ikke afsted iaften alligevel for nu lukkede de Porten og jeg maa lave Kaffe til dem som spiller
+Johannes fortæl mig hvad du maler paa Skolen og idet hele taget en hel Deel jeg længes altid saa meget naar du nylig er rejst, men vi ses forhaabentlig snart for skal vi over til Sverrig medens Georg er hjemme saa maa vi jo afsted først i Marts om det vil gaa som vi ønsker. Vidste jeg blot hvordan vi skal med Vilhelm – skal han til Kjøbenhavn nu og læse privat fransk det koster vel for meget for os men mon ikke vi kunde faa Alfred til at læse med ham at vi engang kan høste en smule Fordel fra den Side – jeg forstaar ikke hvordan vi skal, for var der blot nogen her i Byen der kunde læse fransk med ham saa var det vel egentlig bedst at han gik herhjemme og saa kom derover til August hvad mener du?
+Nu vil jeg saa gjerne gjøre det bedste blot det nu var Alvor at vi kan sælge det Sted saa hjalp det paa os men vi stoler paa Herren han hjælper os nok over de Forlegenheder
+Her er sket en Forandring i Handelsstanden, Kjøbmand Norden har maattet gaa fra sin Forretning med stor Underbalance. Farbroder taber en Deel vi andre ogsaa; men det er jo da værst for ham den Stakkel foreløbig er han flyttet hen hos Sagfører Hansens om det er muligt vil han se at kjøbe Kalkovnen og se at faa en Lejlighed derude – men det er rigtig nok haardt for en Mand i den Alder at gaa fra Huus og Hjem, Ejendommen blev solgt til Hr Stærmose for 16,000, det er ham der er hos Muses.
+Brorsen rejser herfra Byen og gamle Larsen hos Delcomyn skal være hans Afløser.
+Anders Andersens datter Laurine er bleven forlovet med en Søn fra Dienstrup. De skal bo i den nye Gaard ”Andekjærgaarden”
+Pastor Fik har forlovet sig med en ung Pige der har været Lærerinde hos dem for de yngste Børn
+Hils nu alle gode Ven fra os og imorgen naar jeg sender Støvler sender lidt Mad med
+Nu maa du have god Nat og Gud befalet min egen Ven som jeg beder om Lykke og Velsignelse for til din Gjerning
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1895-06-09</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Höljeryd</t>
+  </si>
+  <si>
+    <t>Halmstad, Sverige
+Langaryd, Sverige</t>
+  </si>
+  <si>
+    <t>- Essén
+- Johansson
+Jørgen Hermann Kruuse
+Jeppe Andreas Larsen
+Henry Lørup
+Theodor Oppermann
+- Pehrson</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem Thea er.
+Långaryd, Landeryd og Unnaryd er nogle mindre byer i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Marie Larsen og hendes far I.A.Larsen har været på gården Høljeryd i nogle dage og kommer nu hjem, da det snart er termin.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/u5hS</t>
+  </si>
+  <si>
+    <t>Høljeryd d. 9-6 1895
+[Afslutningen af brevet skrevet på tværs: Lørup sagde at han havde talt med Oppermann en Gang efter at de var kommen hjem fra Bryllupsrejse, han saa straalende glad ud, de havde været i Italien men ikke i Grækenland. Ja saa skriver jeg ikke mere end denne Gang naar vi skal rejse paa Onsdag, hils alle derhjemme fra os. Selv faar Du en kærlig Hilsen fra Din hengivne Datter Marie Larsen.]
+Kære lille Mor!
+I Gaar fik jeg alligevel ikke skreven til Dig, da jeg bagte og havde en Del andet at gjøre, men i Dag er det jo Søndag og der har ingen Vogne kørt ned, saa Du havde ikke faaet Brevet før selv om jeg havde skrevet i Gaar. Du kan tro det var varmt at rejse i Fredags, der var en saadan Hede i Kupéerne saa det næsten ikke var til at holde ud, jeg var jo heller ikke rigtig rask, saa da vi kom her til Høljeryd, havde jeg en voldsom Hovedpine, men jeg sov godt om Natten og var aldeles rask i Gaar igjen. Her er stadigt meget varmt men det er jo godt for Konsulen, jeg synes ikke han hoster nær saa meget som i Fjor.
+Vi havde Essén til Middag i Gaar, han var ude for at syne Veje og kom saa ind og talte lidt med Far, som saa bad ham om at spise med, hvad han var meget taksam for. Du vil nok faa Theas Adresse at vide og saa sende indlagte Brev med Posten, det er jo hendes Fødselsdag paa Tirsdag.
+Vi fik saa ikke det Stykke Skinke med alligevel, jeg var ikke klogere end at Du havde lagt det i Kurven, men vi klarer os denne Gang, jeg havde lidt tilbage herovre som vi fik i Gaar og saa lod vi dem slagte Kalven da det var en Tyrekalv den har vi jo nok af saa længe som vi skal være her, vi kommer hjem paa Onsdag, eller det er da Torsdag naar vi kommer til Kerteminde; Kruuse skulle ogsaa hjem til Terminen saa vi tog Retourbilletter, de gjælder jo til paa Torsdag, men her er Unnaryds Torvedag paa Onsdag, det er jo saa godt som en Helligdag her, saa Far kan ikke udrette noget den Dag alligevel, derfor har vi bestemt at rejse paa Onsdag. Nu vil jeg haabe at I faar dette paa Tirsdag saa I slipper for at sende Vogn forgæves efter Far; vi skal nok telegraffere fra Kjøbenhavn paa Onsdag at det ikke skal gaa os ligesom sidste Gang. Hrr. Johanson rejste til 
+[skrevet på tværs: Halmstad den dag vi kom, vi talte med ham paa Stationen, han havde været her paa Høljeryd et Par Dage og boet hos Pehrsons, han mente at komme igjen sidst i Ugen.]</t>
+  </si>
+  <si>
+    <t>1896-08-02</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Langeland
+Långaryd, Sverige
+Faaborg
+Svanninge
+Odensebakken, Faaborg
+Waldemarsgade, København
+Lerbjerg, Faaborg</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Julie Brandt
+Louise Brønsted
+- Carlsen
+Christian Caspersen
+Peter Hansen
+Syrak Hansen
+Adolph Larsen
+Johanne Christine Larsen
+Jørgen Larsen
+Marie Larsen
+Fritz Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kolerafluer er insekter, som hedder trips. Fordi der i koleraåret 1853 var særligt mange trips i Kbh., satte man dem fejlagtigt i forbindelse med sygdommen i årene efter.
+Mesterhuset er bygningen Lagonisminde 7 i Faaborg, hvor malermester Syrak Hansen havde bolig og værksted.</t>
+  </si>
+  <si>
+    <t>Onsdag cykler Alhed til Langeland, hvor hun en tid skal opholde sig hos dyrlæge Caspersen.
+Hun har været på besøg hos Syrak Hansen i Mesterhuset, Faaborg, og hos Fritz Syberg ("Kunstneren").
+Alhed har sammen med søskende og flere andre været på tur til en granskov, hvor de tændte bål og lavede mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YODa</t>
+  </si>
+  <si>
+    <t>Kære Las
+Jeg vil hellige Dem en Timestid af denne Søndag eftermiddag; det er en lumrende Varme, sig: trykkende Tordenluft, og saa er den (Luften) tilmed fuld af disse forbistrede smaa Kolerafluer, der fare omkring i Ansigtet paa én og virke saa irriterende. Har De ikke lagt Mærke til, hvor de har været tossede i den sidste Tid. Forleden Dag optraadte de her i Billionvis, og mens jeg sidder og skriver dette, sidder der i Hundredevis paa mit hvide Liv. – 1000 Tak for Deres Brev lad mig se, De skriver rigtig tit til mig. – Jeg ser De har taget Dem min Drøm til Indtægt, det var i Grunden brillant drømt navnlig Overskriften, 2, [noget af papiret mangler] udmærket ud, ikke sandt 3 – Naa, saa De er ikke kommen til Sverig endnu! Ja, nu er De vel? Jeg sender da i alt Fald dette Brev derop, saa kan det maaske ligge og ønske Dem velkommen, naar De kommer. Det var en smuk tanke! Jeg skal for resten ogsaa ud at rejse nu; paa Onsdag cycler jeg til Langeland, jeg skal rigtig drive og more mig derovre, men jeg er meget spændt paa at se, om Tiden vil gaa hurtigere eller langsommere paa den Maade. Uh, jeg er i Grunden ærgerlig paa mig selv over at jeg ikke kan lade være at gaa og ønske Tiden kortere. Man har det jo saa udmærket, og jeg holder da saa meget af Sommeren og saa har jeg tilmed aldrig syntes at nogen Sommer har været saa dejlig som denne. – I Tirsdags kom Mor hjem, og jeg overgav hende med Glæde Regeringens Tøjler. Om Onsdagen var Dis og jeg i Faaborg, vi skulde et Ærinde ud til Købmand Larsens. Bagefter [noget af papiret mangler] i Mesterhuset, men Mester var helt alene hjemme, han Dis og jeg drak en halv Flaske Portvin. Saa kørte vi til Svanninge, hvor de alle havde det udmærket; Kunstneren maler hver Dag paa Stedgaard, hvor han nu har 4 Billeder i Gang, eller i alle Tilfælde Bestillinger paa 4. – P. var ude at male og kom først hjem lige da vi skulde af Sted, han fulgte os op til Landevejen. Jeg spurgte ham, naar han skulde til Sverig, han mente det blev først ved d. 20ende han har travlt med sit Billede, sagde han. Da Dis og jeg kom hjem (Kl. 11) sad Johanne og Pan i Gæstekammervinduet og meddelte os, at vi skulde op igen om tre Timer og ud paa en Tur – for Resten samme Vej tilbage, som vi lige var kommet fra, men jeg til Lerbjærget ude ved Faaborg. Her maa jeg gøre en Pause. – Hele Familien er ude i Odensebakken med Aftensmad, jeg opdagede, at det nu er den Tid, jeg lovede at køre herfra paa. – Farvel saa længe. Goddag igen, - eller rettere Godaften, Kl. er nemlig bleven over 10, [noget af papiret mangler] i et saa skrækkeligt vrøvlet Humeur, at jeg ikke har kunnet forsvare at sætte mig til at skrive før. Jeg har lét, saa Huset rystede (eller i alt Fald jeg selv) af mine egne Vittigheder. – Det var for Resten en umaadelig vellykket Tur i Odensebakken. – Men jeg kom nok fra at fortælle Dem om en anden Tur og den skal De nu høre lidt nærmere om, enten De vil eller ej; det var nemlig en rigtig Vagabondtur, og en saadan har vi saa tit udmalet os, men aldrig faaet gjort Alvor af. Kl. godt 2 stod vi altsaa op og lidt efter startede Muk, Dis og Dede pr. Ben, en Time senere Thorvald, Pan, Joh. og jeg paa Cycle. – Maalet var at se Solen staa op paa Lerbjærget og det naaede sig udmærket, den stod nemlig slet ikke op, men laa og dovnede hele Dagen inde bag nogle tykke graa Skyer. ”Og regnede lidt, gjorde det jo en Smule” (som Mdm. Carlsen i Waldemarsgade sagde), saa vi blev temmelig vaade, inden vi kom derud, men ved 8-9 Tiden holdt det op, vi opslog vores Lejr i en pragtfuld Granskov og lavede et herligt Baal, som vi vedligeholdt hele Dagen. Og nu skal De høre, hvilke herlige varme Retter, vi lavede der. – Vi blev for Resten enige om, at ingen af os var særlig æstetisk anlagte, - det, der [noget af papiret mangler] mest, var nemlig at [noget af papiret mangler] om Baalet og lave [noget af papiret mangler] men vi lavede heller [noget af papiret mangler]tet mindre end: [noget af papiret mangler] ristet Skinke med Spejlæg og Kaffe; og til Middag Æggekage og Pillekartofler og Skinke – Gullerødder (altsaa Gullerødder i Stedet for Asparges) disse og Kartoflerne huggede vi i en nærliggende Have. – Da Kartoflerne var halvt kogte kom der en Skovfoged, der sagde, at det ikke var tilladt at tænde Baal i Skoven, men vi fik da Manden til at indse, at vi ligesaa godt kunde koge dem færdige, da vi nu havde begyndt. [noget af papiret mangler] blev en halv Timestid [noget af papiret mangler] han nok ville se [noget af papiret mangler] slukket, og vi stivede [noget af papiret mangler] af saa godt vi kunde med Portvin og Cigar. Efter endt Maaltid lænede jeg mig lidt tilbage i Græsset for at tænke over, om jeg ikke skulde skrive lidt til min ærbødige J. Larsen, men mens jeg tog den Beslutning, at vilde (det er det, De staver ”hville”?) faldt jeg i Søvn og sov saa trygt, at jeg ikke mærkede, de andre dækkede mig til og gik deres Vej op paa Lerbjærget, og da de kom tilbage, skulde vi hjem, saa der blev ingen Brev af. – Endnu staar kun tilbage at fortælle, at vi cyclende midt paa Dagen var ude i Faaborg og tage et Bad (storartet) jeg købte en Flaske Portvin (ogsaa rart.) – Naa, nu kunde det vist snart være paa Tiden at slutte, de maa ikke blive gal over, at det er bleven saa langt, De kan jo fordele det paa to Dage. - - Hils Marie mange Gange og sig hende Tak for hendes Brev, jeg skriver til hende en anden Dag paa Langeland faar jeg bedre Tid, hils Agraren Tjalfe det lille Hylehoved. Paa Langeland bliver min
+Adr: Dyrlæge Caspersen, Snøde pr. Langeland. 
+Hav det nu godt derovre. Skyd meget og mal godt o.s.v. og 1000 Millioner Hilsner i al Ærbødighed fra Deres
+”Kæreste Alhed”
+Hør, det var voldsom snedigt, ligefrem en Brander, jeg tænkte for Resten ikke paa det, førend jeg havde skreven det.
+Erikshaab d. 2den Aug. 1896
+Mon dette ikke er et slemt Vrøvlebrev?</t>
+  </si>
+  <si>
+    <t>1897-09-07</t>
+  </si>
+  <si>
+    <t>- Andersson
+Johan Elmqvist
+Johanne Giersing
+Adolph Larsen
+Karl Schou
+Marie Schou
+- Strömdal
+Anders -, Sverige
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Christine og hvem Maries mand er. Heller ikke Gryllesen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været hos Österberg med 1000 kr. til arbejdsløn. Elmqvist var forbavset over, at Alhed havde så mange ringe på.
+Anders fortalte en masse om, hvor elendigt Christine (ikke Swane) passede huset.
+Efter middagen gik Larsen på jagt i regnvejr. Adolph Larsen (Agraren) og Fritz Syberg (Baronen) var på jagt dagen før, og Syberg forstuvede foden, så i dag er han hjemme og passer Johanne (Besse). Derefter følger en lang beretning om en mislykket jagttur. Larsen og hans bror plukkede dog nogle rørhatte. 
+De folk, der var på tur til markedet, købte småting med hjem, og Johannes Larsen vil sende Alhed noget. Maries mand købte en ged.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VJ8S</t>
+  </si>
+  <si>
+    <t>Höljeryd 7 Septbr (Långaryds Marknad.) 1897.
+Min egen Kæreste!
+Saavidt jeg husker lovede jeg i Gaar at skrive naar jeg kom hjem, men da det jo er Markedsdag i Dag er det umuligt at faa Brev af Sted til Landeryd og jeg opsatte derfor Skriveriet til i Eftermiddag. Det varede noget inden vi kom fra Stationen i Gaar, Anders havde nogle Ærinder at besørge først, jeg var inde hos Elmquist og blev tratteret med en Bayer og 1 Cigar og tog til Gengæld 1000 Kr. med til Østerberg til Arbejdsløn. Elmquist var forbavset over den Masse Ringe Du havde paa, en 3-4 Stykker, mente han, jeg antager det var Slangeringen han havde faaet Øje paa, men han mente Du maatte være for ung til at være Enke, her faar de nok en Ring hver Gang de bliver forlovet og en hver Gang de bliver gift, og beholder dem, saa de jo efterhaanden kan faa en hel Samling, han mente for Resten at Du ikke kunde være mere end aderton – nitton År, og paastod at Folket sagde Du var min Fästemø. Vi kom sen af Sted og havde med som Passager en søn af Carl Andersson, Carlsro, da [vi] kom til Nyby slap vi ham og saa kan du tro at Anders begyndte at fortælle mig hvad Christine var for en, og hvor usselt hun passede Huset og Kreaturerne, og hvordan hun drak sig fuld sammen med Mo[ulæseligt], skønt Munden gik livligt paa ham kunde han dog blive ved med det til vi naaede omtrent hjem. Da vi havde spist til Middag gik jeg paa Jagt og fik en Hønekylling, hvad vi jo manglede i at have nok til en Middag. Det regnede for Resten af og til hele Eftermiddagen og det var egentlig ækelt at gaa i Skoven, jeg er snart ked af at gaa paa Jagt i alt det vaade og saa kan Hunden jo ingen Ting finde og Vildtet holder ikke. Agraren og Baronen var ogsaa ude i Gaar Eftermiddags, og de kom hjem med det Resultat at Baronen havde forstuvet sin ene Fod ved at krybe over et Hegn, og nu gaar han omkring ved den tykke Stok. I Formiddags gik Agraren og jeg paa Jagt, Baronen blev hjemme og passede Besse og Resten kørte paa Markedet. Det var ellers en temmelig uheldig Jagttur vi havde, saa snart vi var kommen derhen hvor vi hentede Myrerne fløj der 2 Tjurhøner op og vi skød paa hver sin uden at træffe nogen af dem, lidt efter fløj de ud af et Par Træer, og jeg kastede et Skud efter den ene igen bus, vi gik saa igennem Ekhult og Båxhult der traf vi en Høne som vi ikke fik Skud til og ude i Bækken der løber fra Horshult Søen ud i Aaen lettede der et halvt hundrede Ænder, men for langt ude, dem gik vi efter og der hvor Bækken løber ud i Aaen fik jeg Øje paa nogle af dem, der laa saadan at jeg kunde krybe til dem bag nogle Buske, hvad jeg ogsaa gjorde, men skønt jeg var saa beskeden kun at holde paa den nærmeste, som laa alene, jeg gjorde det for at være sikker paa dog at faa noget for mit Skud, opnaaede jeg kun at den efter Agrarens Beretning blev et godt stykke efter de andre, men de fløj om bag en Skov paa den anden Side Bækken saa vi kunde ikke gaa efter dem. Lidt efter jagede Tjalje en gammel Urhane ud i noget Krat, jeg saa kun et Glimt af ham mellem Træerne, men fyrede dog en Patron paa ham, til ingen Nytte naturligvis. Det regnede af og til som sædvanlig og jeg blev mere og mere led ved at gaa, men vi gik dog ned over Broen og om i Kongsveka, hvor vi tossede dygtigt rundt og saa nogle Høns uden at faa Skud indtil der pludselig lettede en stor Flok mest voxne Hanekyllinger, et lille Stykke fra mig, de satte sig imidlertid strax igen og vi gik saa hen til dem, jeg fik Øje paa en der gik paa Jorden, men den forsvandt strax, saa opdagede Agraren en og spurgte om han skulde skyde, jeg sagde ja og han skød, saa kom hele Flokken op og jeg skød Bus paa en der fløj ud til Siden, 2 Patroner spildt igen, noget efter stod Tjalfe for en Hanekylling, den kom ud til Agraren, bus, i alt 8 Patroner ingen Høns. Vi traf saa flere af Flokken og nogle Tjurer uden at faa Skud mere og gik saa hen og samlede Tasken fuld af Rørhatte, udmærkede Rørhatte, bedre end sidst, alle sammen saadan [tegning] eller saadan [tegning] omtrent halvt af hver i Størrelse. De andre var kommen fra Markedet og havde spist Frokost da vi kom hjem, Maaltiderne er nemlig lagt om i Anledning af Markedsturen og vi skal først spise en Gang i Aften, jeg mener Middagsmad. Frokost har jeg spist. Vi skal have Suppe med Rødder og Rørhatte, jeg har skrællet de halve faaet Lov til at de maa komme i Suppen, Urhøns, stegte, og Krøsengrød med en Mængde tyk Fløde som der ikke skal Mælk i. For Øjeblikket skinner Solen og Agraren og Baronen staar ude ved Havelaagen og morer sig med at se paa de mere eller mindre fulde Maarkedsfolk der stadig ruller forbi. Dem som var paa Markedet herfra havde en Del Sukkergodt med hjem. Agraren fik et lille Glaskrus [tegning] med noget Syltetøj i jeg fik 2 flade Tallerkner med Sukkergodt inden i og Billeder og Vers udenpaa, og den ene er til Dig, Du skal faa den nu hvis den kan være i Brevet ellers maa Du have Taalmodighed til Du faar mig at se. Nu tror jeg at jeg vil holde Pause til vi har spist saa skal jeg fortælle Dig om en Konvolut Marie fik af Schou og om hvad der staar paa den det kan jeg nemlig ikke huske. – Jeg har været inde og set at der er Pærer i Tyttebærgrøden. – Efter Middag. Paa Maries Konvolut staar der: ”Til den snällaste Flickan på hela Marknaden” og neden under ”jag älskar dig glöm ej mig”. Jeg sender her med din Pakke som er en hel Del mindre min og ikke saa pragtfuld men meget kønnere. Naar jeg nu har tilføjet at Middagen forløb udmærket, naar undtaget at Gryllesen [?] hele Tiden blev plaget af en ”slim Loppe” tror jeg at jeg har givet Dig en temmelig udførlig Beretning om hvordan det er gaaet til her siden i Gaar Middags, nej det er sandt her har gaaet en Gedebuk omkring, det var den vi mødte henne ved Strømdals da vi kørte til Landeryd, Maries Mand havde købt den for 10 Kr. den er temmelig skikkelig naar man giver den Brød, men naar der ikke er mere stanger den. Nu vil jeg hilse Dig fra alle her og naar jeg er færdig med Brevet vil jeg gaa ind i Spisestuen og spørge om det ikke er rigtigt at jeg har gjort det. Jeg længes meget efter Dig og efter at høre hvordan Du er kommen hjem og hvor meget Du saa vejede. Det er bleven et meget langt Brev og det er vist fuldt af Sludder, men jeg haaber at Du kommer igennem uden at kede Dig altformeget. En hel Mængde allerkærligste Hilsner fra Din egen Kæreste, er jeg ikke det?
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-10-30</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Lina -
+Johanne Giersing
+- Jensen, Frøken, Erikshaab
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+- Lønborg
+Christian Mogensen
+Anna Syberg
+Clara Syberg
+Fritz Syberg
+Hans  Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Marie Larsen opholder sig på Larsen-familiens skovgård, Båxhult, i Småland, Sverige. 
+De Gamle må være Johannes Larsens forældre.
+Kvillajabark er barken af det sydamerikanske træ Quillaja saponaria. Barken har tidligere været brugt til vask af tøj. Barken har også været brugt inden for medicinen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2137</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har længe ventet på, at Johannes Larsens forældre skulle komme til Båxhult, men de kommer nok slet ikke. 
+Lille Gajen/Andreas har ondt for tænder og vil ikke stå model til faderens maleri. Han er i øvrigt sjov og øver sig i at sige lyde. Han sover ude i sin vogn og bliver ikke kold. 
+Syberg-familien kommer den følgende uge. Alhed og Johannes Larsen arbejder på at finde en pige til dem. De skal være på Båxhult hele vinteren.
+Johannes Larsen har købt et rådyr, og det bliver godt at få kød igen. 
+Alhed kan ikke sige noget om hjemrejsen, men de skal vel mødes med moderen i Odense? Alhed må have en morgenkjole, for de skal jo i gang med flytningen, når de kommer hjem, og hun vil ikke ødelægge sine andre kjoler. 
+Det var dejligt, at der kom meget ind til Frøken Jensens udstyr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RK6E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Denne Gang er det rigtignok trukken forfærdelig længe hen, inden jeg har faaet skreven til Dig; tak for Dine to Breve, det er dejligt at høre saa tit hjemmefra. Jeg læste Sangen, før jeg læste Brevet og gættede strax, at den var af Mogensen, den var morsom. Du tænker dig vel, at det va ["va" overstreget] er de Gamles Besøg, der har været Skyld i, at jeg ikke har skreven saa længe. Men nej, de kom slet ikke. Vi ventede dem hver Dag i en hel Uge, fik skuret og gjorte ["e" i slutningen af ordet overstreget] rent i hele Huset, bagte til dem, spiste det og bagte frisk, gemte hvad vi havde af godt i huset og gik hver Aften til Höljeryd for at se, om der da ikke i alt Fald var Brev fra dem, og endelig kom der da Brev, at de slet ikke kom; d.v.s. der stod i slutningen af Brevet, at de slet ["slet" overstreget] maaske kom først i Nov. men nu vil jeg da nok se dem, før jeg tror det. Det var en stor Skuffelse for os, der var kommen Forretninger, og saa mente de, det blev for nær op ad November, de skulde skifte Folk. - Vi har det ellers godt Dagene gaa deres rolige Gang med Travlhed fremdeles ved Malerierne. Gajen har ikke været flink til at staa i den sidste Tid, det sætter os jo tilbage i det, han har vist nok lidt ondt for et Par nye Tænder, (han har længe haft to i Undermunden) han er ganske vild efter at bide X ["X" indsat over linjen, og i venstre margen tilføjet:] X Vi har faaet et Stk. Violrod til ham i Unnaryd [tilføjelse slut] i alting og han har ogsaa været lidt urolig et Par Nætter og noget gl ["gl" overstreget] gnaven om Dagen. Han er ellers frygtelig sød nu til at sidde og pludre og snakke, mens jeg skriver dette, sidder han foran mig i sin Vogn og forsøger sig med forskelllige [det andet "l" i ordet overstreget] nye Toner og Faconer at sprutte og snakke paa, saa Marie og jeg hvert Øjeblik maa le højt af ham, især naar han faar nogle altfor høje Toner galt i Halsen. Han tager fremdeles sin Formiddagssøvn ude i sin Vogn, - undertiden med Sløret for; han er altid varm, naar jeg tager ham ind, jeg synes, at saa længe han ikke viser Tegn paa Forkølelse, kan han godt blive ved. Det er jo ikke godt at ["at" indsat over linjen] faa Tid at køre ham i disse korte Dage, og desuden har Vejene nu lang Tid været meget opkørte og elendige. Paa Torsdag kommer Kunstnerens (Du ved jo da, at de skal være heroppe i Vinter?) Det bliver morsomt at se dem, men det bliver jo nok lidt rodet og uroligt med alle de Børn og en Hund til (Tjalfes Søn!) men forhaabentlig bliver det jo ikke for saa lang Tid. Og saa faar de vist Pige, hvad der jo er en stor Gevindst; vi skal skaffe dem en Pige ["Pige" overstreget] og vi staar i Underhandling med 2 ["2" overstreget] 3, som vi vist nok faar én af. Lige nu kom Las hjem fra Höljeryd med Aviser, de kommer meget regelmæssig nu, og vi ere forfærdelig glade ved dem. Endvidere har Las handlet med Inspektøren om et Raadyr paa 38 Pund, d.v.s. vi skulde sende Bud ned i Morgen, men selvfølgelig tager vi det! Er det ikke storartet! Det var netop frygtelig sløjt med Proviant, tænk, vi har ikke faaet Kød fra Landeryd siden Du var her! vi skal give 8 Kr. for det, men Kunstnerens skal naturligvis betale Halvdelen. Desuden har vi faaet en Hanekylling og en halv Snes Æg i Dag, saa nu ere vi jo svært ovenpaa. (Æg er det ellers næsten ikke til at opdrive nu, Lina har ingen og i Boden er der heller ingen). Paa Stromhult har vi ikke været siden, forleden stod vi fuldt udrustede med Gajen i Vognen for at gaa derned, men saa kom Lina og sagde, at de var i Långaryd til et Møde. Nu skal vi se at komme derned over ["ned" overstreget; "over" indsat over linjen] i Morgen i Stedet, vi skal jo se at faa handlet om det Papir. Las har prøvet mange forskellige Slags, det er udmærket altsammen. - Vi kan jo ikke sige noget om Hjemrejsen endnu, det maa vel være bedst at mødes med det samme, vi er paa Rejse, i Odense?? Tror Du ikke? - Fryndserne er vist kønnest snoede, som Du foreslaar. Jeg spekulerer meget paa en Morgenkjole, naar jeg nu kommer hjem, vi skal jo strax i Lag med Flytningen og saa nænner jeg ["jeg" indsat over linjen] jo paa ingen Maade at bruge min pæne brune eller den graa; linned Kjole gaar jeg med endnu heroppe for Malingens Skyld, men det er jo temmelig koldt. Men mon dog ikke Dis kunde vadske min blaa i Kvilajabark eller tage Pletter af og saa Du vilde sætte Lapper paa Ærmerne? saa er den ligesom jeg kan ["kan" indsat over linjen] trække i den. Det er svært at samle Tankerne og nu har Las tilmed pakket Aviserne ud, saa jeg maa hellere slutte dette, saa kan det komme med [resten af brevet er skrevet øverst på side 1, på tværs:] Marie nu i Morgen tidlig, naar hun skal ned at afslutte Handelen med Raadyret. - Forfærdelig morsomt, hvis Far vil gæste os til næste Aar! Marie og Las hilse mange Gange. Du maa endelig skrive snart igen, jeg er saa glad ved Dine Breve. De kærligste Hilsner til alle fra Din
+Alhed
+Hvor var det brillant at der kom saa meget ind til Frøken Jensens Udstyr, og udmærket med alt det fra Frk Lønborg. Sig til hende, at jeg glæder mig paa hendes Vegne, - hvis hun ikke er rejst. -30-10-99</t>
+  </si>
+  <si>
+    <t>1905-03-28</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Båxhult
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Haslev</t>
+  </si>
+  <si>
+    <t>Halmstad
+Landeryd Sverige
+Haslev
+Långaryd Sverige
+København
+Nyborg</t>
+  </si>
+  <si>
+    <t>Samuel Andersen
+Christian Eckardt
+Ingeborg  Eckardt
+Margrethe  Eckardt
+- Eckmann
+Henriette Goldschmidt
+- Johansson
+Astrid Kjellmann
+Marie Kjellmann
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Jakob  Samuelsen</t>
+  </si>
+  <si>
+    <t>Indeholder tre breve. IA Larsen og Marie er på Båxhult. Christine Swane er indlagt på sanatoriet i Haslev.
+Svensk ord arrende = forpagte</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>IA Larsen er i Sverige for at få ordnet forholdene omkring tømmer og Båxhult. Han vil høre om Johannes har solgt flere billeder. 
+Marie Larsen skriver om sygdom og død hos familien Eckardt/Kjellmann.
+Vilhelmine Larsen glæder sig over at Christine Swane snart skal udskrives og at hun har fået lov til at male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A2oC</t>
+  </si>
+  <si>
+    <t>Boxhult 28 Marts 1905
+Kjære Mine.
+I Kjøbenhavn var Margrethe og Christian og tog imod os, vi tog med dem hjem og spiste Frokost. I Halmstad fik vi Kaffe, og Smeden havde Pels og Kappe med, som hjalp godt paa Touren herop. I dag var vi hos Jakob Samuelsen og paa Veien derop, ve Holmsøen traf vi Samuel Andersen som fortalte os at han havde afsendt Brevet til mig og mens vi stod og talte med ham, kom Posten med dit Brev, den Sag maa jeg se at klare bedst mulig, der var ogsaa Brev fra Georg, med mange Elændigheder det gjør mig meget ondt for ham, jeg bliver helt forstørret, - bare jeg ikke kommer til at reise hjem førend Tiden, da jeg ikke forstaar hvordan jeg skal hjælpe ham herfra. – Jakob Samuelsen var ikke hjemme han var i Halmstad, men Propr.han kan ikke tage imod endnu, da hele Dammen ligger fuldt af Stokke til Ryds Bruk, saasnart jeg faar talt med ham, skal jeg skrive mere herom. Jeg kan see her at Johansson ikke har tænkt at blive paa Boxhult, her er ikke pløjet en eneste Fure, men da han ikke har kunnet faa noget andet lader han som Ingenting.
+Da Birch ikke har kunne faa solgt Höljeryd har han forsøgt at arrendere den ud, forleden Dag kom en Mand med Kone og 3 Børn fra Nyborg som skulde have have den i Forpagtning men da han havde været her i 2 Dage reiste han hjem igjen, han havde en Jernbanevogn Flyttegods med, saa det vilde koste ham 200 Kroner, men han sagte til Ekmann,at han hellere vilde tage det første Tab som det sidste. Saasnart jeg faar mig sat ind i Forholdene her, skal jeg igjen skrive til dig. Lad mig vide om Johannes har solgt flere Billeder.
+Kjærlig Hilsen til dig og Adolph, og lille Lyse,.
+I A Larsen
+Båxhult d. 28 – 3. 05.
+Kære Moer! Vi kom godt herop i Søndags, men det var en Skam at vi ikke fik skreven paa Landeryd, Smeden var der, men vi kunde ikke komme ind hos Elmquist og Faer havde Hast med at komme af Sted saa jeg maatte opgive det; Vejret var jo dejligt klart, saa det blev ikke helt mørkt, men det var en drøj Køretur, den varede i 3 Timer, det er en lang Tid at sidde stille naar det er koldt, det var da et Held at det var stille Vejr, omsider fik den da Ende og vi tog straks fat paa at fyre da vi kom herop, desværre kunde det ikke brænde inde i Sovekammeret, Røgen væltede ud i store Skyer, først tænkte vi at det var fordi der ikke havde været Ild saalænge men det blev værre og værre, saa maatte vi tage Ilden ud og bære ind i Salen og begyndte saa straks at dampe Sengeklæder af, de trængte ogsaa til det, der stod ligefrem en hel Røg op af dem, Faers Seng flyttede vi derind, nu har vi sat den i Førmakket og fyrer saa baade her i salen og inde hos mig naar saa Dørene staar aabne er der lunt over det hele. – I København fik vi at vide at den lille Astrid var død for en Ugestid siden de mente at hun blev begravet den Dag, men da vi kom herop fik vi at høre at hun endnu ikke var begravet, de havde hele Ugen ventet at lille Misse var gaaet bort, men hun lever endnu, skøndt hun er saa svag og afkræftet at hun kun kan hviske; den lille skal begraves paa Fredag; jeg var der ovre i Gaar og da Misse gerne vilde se mig var jeg lidt inde hos hende, det var frygteligt for mig som ikke har set hende siden hun var rask og glad, aa hvor ser hun elendig ud, hun er saa utrolig mager og saa sagde Ingeborg at endda ikke saa saa daarlig ud i Gaar som hun plejer fordi hun havde lidt Feber naar hun ikke har det er hun ligbleg; aa den Stakkel, hvor det maa være forfærdeligt, bare hun dog snart maa dø, hun ønsker det jo selv og Doktoren kan slet ikke forstaa at hun kan blive ved at leve; da jeg gik bad hun mig om at komme snart igen det var saa roligt at se mig og hun spurgte hvordan Du havde det og bad mig hilse Dig saa meget, saa smilte hun og nikkede saa kærligt til mig. – Ingeborg ser meget daarlig ud, hendes Hals er stadig ikke god og da hun forleden Dag var oppe hos Docktoren, undersøgte han hende rigtig og sagde at det var bedst hun rejste fra Strømhult, men hun sagde at det kunde hun ikke, der er jo ingen af de andre der kan passe Misse, saa snart Ingeborg gaar ud af Stuen spørger Misse hvor hun gaar hen; saa maatte hun love Docktoren at være yderst forsigtig og gaa en tur hver Dag. – Ekmann var her og spise til Aften. Aften og sad og snakkede til Kl. var henad 10, i Aften skal vi tidlig i Seng, vi var en lang Tur i Eftermiddag, helt oppe paa [Sjøgaarden]. Mange kærlige Hilsner til Jer begge fra Marie
+Kjærbyhus – Søndag
+Kjæreste Ugle!
+Det var det glædeligste Brev jeg har faaet i lange lange Tider, jeg vilde straks have svaret dig; men saa vilde jeg vente atfaa det fra Sverig med, jeg sendte dit til Klaks for, at han, naar han var bleven glad, skulde sende det Sverig, saa de kunde have det Tirsdag, samtidig faar de saa dette fra mig som jeg skriver nu, - vi er nemlig bedt ned at spise Middag hos Groseren og blive der i Aften Lyse er helt optaget af dette, han skal sidde imellem Agraren og Farmor til Middag – han er saa god og medgjørlig den lille Ven, at det er en Lyst – Hvor det glædede mig at Fru Goldschmidt huskede paa dig, hun er en Ven af de ægte.
+1000 Tak for blomsterne det lille Grønneglas blev helt fyldt; men dem jeg plantede har slaaet Rod og vilde der blot komme lidt Solskin saa skulde vi se der blev blaat
+Tænk, at vi nu er i den Maaned hvor du kommer hjem eller faar Lov at rejse ud – saa skal vi see Udstillingen og gode Venner, Tak dog Gud Fader der er saa god jeg ved knap hvordan jeg skal faa takket, nu kom jeg til at slaa denne store Klat og det betyder jo velkommen ved du Eckardts Husnummer saa sig mig det dog, jeg lovede at sende Maries lyse Kjole og Sko og Hat i en Jernbanepakke til hun kom tilbage saa skal hun jo ogsaa se sig om i Byen og vil jeg haabe de kan saa meget tilovers at hun kan se til Haslev paa Hjemvejen, husk det er Alheds Fødselsdag den 7 April; og lad mig med det samme sige dig, at om Vejret bliver saa han kan male paa Billedet saa skal Agraren sende Brevkort og han farer lige hjem, du faaer saa nøjes med Alhed og Puf som Gjæster; nu faar vi see hvordan det gaar 
+Jeg maa nok heller sige Farvel for det er længe siden Toget kom og jeg skal pyntes, jeg skal hilse fra Agraren han skriver med næste Gang han skal jo presse sit Tøj at vi kan gøre os saa pæne som muligt
+Din glade Moder</t>
+  </si>
+  <si>
+    <t>1905-04-07</t>
+  </si>
+  <si>
+    <t>Långaryd
+København</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt med tuberkulose på sanatorie i Haslev.</t>
+  </si>
+  <si>
+    <t>Marie Larsen og IA Larsen er på vej til København og videre til Båxhult i Sverige. Det sner selvom foråret var godt i gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OhSR</t>
+  </si>
+  <si>
+    <t>Kjærbyhuus
+Kjære lille Ugle!
+Det bliver nok med Kniberi for jeg skulde i dag sende Maries Kjole, Hat og Sko til Kjøbenhavn. De kommer dertil i morgen Aften om de dog kunde faa Faer til at blive [ papir mangler] Kjøbenhavn den Nat og sove [ papir mangler ] og tale med Bør [papir mangler] til Banegaarden [papir mangler] lille Ugle [papir mangler] rnede og sendte [ papir mangler] mt at [ulæselige ord ] [papir mangler] og fuldstændig [Vinterlandskab], vi Lysse og jeg skulde have været ud at plukke en lille Boukjet til Alhed men Nej nu i dag sneer det igjen, og jeg som troede Foraaret var her lige ved Døren, hvordan mon det gaar min store Peon der allerede havde saamange Blade udfoldede. Vidste jeg dog nu om du er paa Mellemkost og kan vinde lidt i Vægt
+Marie lovede at skrive til dig fra Sverig det har hun vel nok holdt, saasnart Faer er kommen skal jeg nok skrive et langt Brev men det kan du ikke faa før Tirsdag hvis han først kommer hjem Søndag, det er d [ papir mangler] Glæde at dine Arbejder er b [papir mangler] Lokalet men de [papir mangler] hængt paa T [papir mangler] kom nu til [ papir mangler] nu kan jeg skri [ papir mangler] hende jeg s [ papir mangler] jeg skal holde [papir mangler] gjæld – men [ papir mangler ] skal over til Køerne. [ papir mangler] Kalve voxer godt – det er jo Olga Svend og Uglen
+100 kjærlige Kys min egen kjære Ven
+Din Moder</t>
+  </si>
+  <si>
+    <t>1925-08-10</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Grønland</t>
+  </si>
+  <si>
+    <t>Långaryd, Sverige
+Helsingør
+Godthåb</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Finn Salomonsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Eiler Lehn Schiøler m.fl. er på Grønland for at lave forarbejde til bogværket danmarks Fugle. 
+Kirsten Rask er formodentlig et skib.</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Alhed Larsen og drengene tager til Helsingør med tog eller bil og videre derfra til Båxhult i Sverige.
+Brev 2:
+En kort hilsen, for Andreas skal til Odense med breve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Dcei</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Dette bliver saa den sidste lille Hilsen. Bare Du nu har faaet alle de Breve jeg har skreven til Dig, jeg mener dette er mindst det 9ende. Samtidig med dette har jeg sendt et til Godthaab, l [bogstavet overstreget] med Beskrivelse over hvad der er foregaaet siden i Forgaars hvor jeg jo sendte Dig et med Gertrud rask. – Det var noget Kludder jeg skrev i Forgaars med at blive søsyg paa Vejen op til Helsingør, vi tager jo derop med Tog eller Bil. Finns Fader har foreslaaet at vi skal tage sammen derop. – Lørdag d. 15nde rejser vi alle til Kjbn. med 7 ½ Bilen, hvis vi kan fortsætte til Sverige samme Efterm. ellers Søndag Morgen. Jeg glæder mig voldsomt til Båxhult, Lysse skal jo hjem til 1ste Sept. Men Puf og jeg bliver der nok noget længere. Naa, saa er der kun tilbage at ønske Dig en rigtig god
+[resten af brevet mangler]
+Kære Far.
+Du faar kun denne Hilsen fra mig denne Gang jeg skal nemlig til Odense med Brevene nu og har ikke vidst om denne Postforbindelse før.
+Hav det godt og paa snarlig Gensyn Puf.
+[Skrevet på højkant]:
+Lysse hilser, han er her ikke i Øjeblikket, men han skulde skrive.</t>
+  </si>
+  <si>
+    <t>1926-08-07</t>
+  </si>
+  <si>
+    <t>Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>Frithiof Kemp
+Andreas Larsen
+Inga Nielsen
+Holger Rasmussen
+Ingeborg Rasmussen
+Mads Rasmussen
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Gården Båxhult er familiens ejendom og beliggende nær Långaryd i Småland i Sverige. Gården er stadig i familiens eje.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har lavet et ny forside til bogværket De Danskes Øer i form af et træsnit. Fru Mads Rasmussen fra Faaborg Museum har været på besøg sammen er sønnen for at få et billlede som betaling for en kåbe. Båxhult har gennemgået en renovering, og JL glæder sig til at se resultatet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BvUR</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Aug 1926.
+Kæreste Alhed!
+Tak for Kortet. I Gaar og i Dag har jeg skejet ud og lavet et lille Træsnit til Forsiden af De Danskes Øer! D.v.s. jeg lavede forleden en Plakat og en Tegning men i Gaar Mrg fandt jeg paa at et Træsnit kunde være bedre. Enten det nu bliver brugt eller ej synes jeg det ser helt pænt ud. Jeg er saa træt i min Arm at jeg daarligt kan føre Pennen. Der var Brev fra Kemp i Dag at [ulæselig] har skrevet under, mod jeg slipper at vilde betale Restsummen med % Rente fra 6 Aug. hvilket jeg gør. Fru Mads Holger og Inga har været her i Eftm for at faa et Billede for Kaaben, der nu var stegen til 425 Kr. dog saaledes at hun overlader Dig den for 400 mod at faa et Billede til 1000 Kr. "Graagæssene fra Heden" hun betalte 200 contant og 400 senere. De fik Kaffe og Konditor Kager og Madeira, Inga drikker ikke Kaffe. Jeg glæder mig til at se Båxhult malet og tapetseret. Rille er vel kommen naar Du faar dette. Hun startede herfra i Gaar. Mange Hilsner fra Puf og din hengivne 
+JL.
+Mere i Mrg.</t>
+  </si>
+  <si>
+    <t>1926-08-13</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Uraniavej, Frederiksberg
+Rungsted Badehotel
+Fiilsø
+Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>-  Clausen, køber
+- Højmark
+Vagn Jacobsen
+- Kappel
+Frithiof Kemp
+Eiler Lehn Schiøler
+Helga Lehn Schiøler
+Hakon Spærck</t>
+  </si>
+  <si>
+    <t>I 1925 bliver Johannes Larsen eneejer af Båxhult ved Långaryd i Småland.
+Mattak er en grønlandsk ret fremstillet af hvalhud. Især narhvalens hvalhud er populær, om end den er svær at tygge.
+Bif og Peter er hunde.</t>
+  </si>
+  <si>
+    <t>JL nærmer sig afslutningen af andet bind af bogværket Danmarks Fugle.
+Han er i færd med at forberede en jagt med brygger Vagn Jacobsen til Fiilsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iqXt</t>
+  </si>
+  <si>
+    <t>Uraniavej 13 Aug 1926.
+Kæreste Alhed!
+Det var nok et noget forvirret Brev Du fik i Gaar, men det er jo heller ikke nemt naar man bliver kaldt 3 Gange til Tel. og en Gang til. Middag mens man skriver. I Dag har jeg lavet de to sidste Vignetter til 2det Bd. og er begyndt paa den manglende Skallesluger paa Albellustavlen, som bliver færdig i Mrg Frmdg og er jeg saa færdig med det Bind. Jeg har været hos Clausen i Eftermiddag og faar de 500 for Nattergalen i Mrg. Derfra var jeg hos Kemp og fik alle Papirerne på Båxhult og skal hilse fra ham. Schiøler har været paa Museet og talt med Docent Spærck, der vikarierer for Hørning. Det er ham, som skal skrive den Bog, som Kappel vil have tegninger til. Han kommer her i Mrg Formiddag for at tale med mig om Sagen. Det er ellers meget smaat det jeg hører fra Jer, 2 smaa Propektkort i snart 3 uger !!! Jeg vilde meget gerne have at vide hvornaar Jagten gaar ind, jeg mener hvilken Dato. For at kunne aftale med Bryggeren om Rejsen. De bor for tiden paa Rungsted Badehotel og jeg fik Deres Telf.No. hos Kemp. Vi skulde have haft Matak til Frokost men desværre var det fordærvet, det er en uheldig Skæbne der hviler over denne Delikatesse. Jeg har skrevet til Stockholm og ansøgt om Indfærdseltilladelse for Foch, som er med her og opfører sig pænt og forliges helt godt med Bif. Jeg sendte det fra Kjerteminde i Tirsdags og bad dem sende det hertil. Men det forekommer mig at I sagde, der var vrøvl med Peter da I rejste hjem. Hvad skal der foretages i den Anledning og hvor skal det foregå? Ja det kan jo heller ikke hjælpe jeg spørger for I faar vel ikke dette de første Dage og kan heller ikke naa at svare. Hvis alt gaar vel skulde jeg gerne kunde rejse paa Tirsdag Frmdg. Jeg glæder mig til at komme derop. Jeg skulde hilse fra Schiølers. Mange kærlige Hilsner
+fra
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1926-09-10</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Landeryd, Småland
+Ottawa
+Sjöbo, Sweden</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Gården Båxhult nær Landeryd i Småland ejedes af Johannes Larsen og er stadig i familiens eje (2018).
+Det vides ikke, hvilken udstilling i Ottawa, der er tale om. Muligvis blev den ikke realiseret. 
+Gifvato må være en lokalitet nær Båxhult.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Småland og beder derfor Lysse og Puf hjælpe sig med at sende malerier fra København til udstilling i Ottawa i Canada.
+Han vækkes en søndag morgen ved skud fra skoven og går ud med sin hund og sin bøsse og skyder en hare. Det lykkes ikke at træffe de andre jægere, kun et par hunde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Civm</t>
+  </si>
+  <si>
+    <t>Båxhult 10 Septbr. 1926.
+Kære Lysse!
+Det er nu bestemt at jeg bliver her og følges med Din Moder hjem. Da det saa bliver Puf, der maa sørge for at faa de Billeder til Amerika af Sted, maa jeg ulejlige Dig med følgende: "Ring til Schiøler, eller gaa derud og spørg ham om Adr paa en paalidelig Speditør der kan paatage sig Forsendelsen. Ring derefter til Speditøren og forhør ham hvornaar han skal have Billederne for at de kan naa at være i Ottawa i rette Tid og naar Du har faaet Besked ring saa til Puf. -
+D.v.s. Du maa naturligvis allerførst ringe til Puf og faa at vide hvornaar Udstillingen aabnes og saa foretage det foregaaende i den Orden det staar. Puf ser det paa Programmet for Udstillingen der er sat op paa Gavlen af det gule Skab i Værkstedet.
+Siden Du rejste har jeg kun skudt en Hare.
+Jeg vaagnede Kl. 4 i Søndags Mrg ved et Skud og en Times Tid efter hørte jeg Hunde der drev og saa 2 Skud. Jeg stod saa op og gik ud med Haanden og Bøssen, hen til Fallan, men der var ingen Spor paa Vejen og jeg slap saa Hunden up for at se efter Tjurer, men saa hørte jeg, at Støverne fik en Hare op i Gifvato bag Sjøbo, fløjtede Hunden af og løb saa stærkt jeg kunde tilbage til Vejkrydset hvor jeg ankom omtrent samtidig med Haren der kom ad Vejen fra Sjøbo, skød den, og lidt efter kom saa Hundene, 2 store smålandske Støvere, gule med sort Ryg. Desværre havde jeg hverken Snore eller Pisk med saa jeg maatte lade dem gaa igen. Det vilde ellers have været sjov at hilse paa de Herere naar de var ankommen for at faa Deres Hunde. I Gaar var jeg med Carlsson paa Långaryds Marked og købe en Kvie der skal kælve til April for 200 Kr. Ældre Kvier var for dyre fra 348 - 375 Kr.
+Mange Hilsner
+Din Far.</t>
+  </si>
+  <si>
+    <t>1926-09-20</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>- Friis
+Achton Friis
+Martha Friis
+Viggo Jastrau
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult er navnet på Larsen-familiens skovgård ved Långaryd i Sverige</t>
+  </si>
+  <si>
+    <t>Johannes Larsen opholder sig på familiens gård Båxhult i Sverige og sender herfra en besked til Achton Friis fra Jastrau i Kunstforeningen på Gammel Strand, at dato for aftale passer JL fint, og at AF skal svare Jastrau snarest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PBAI</t>
+  </si>
+  <si>
+    <t>Båxhult - Långaryd. Sverige
+20 Septbr. 1926.
+Kære Achton Friis
+Hermed Besked fra Kunstforeningen. Jeg har skrevet til Jastrau at Tiden passer mig godt, og stillet ham i Udsigt at han snart vil høre fra Dem. Mange Hilsner fra min Kone og mig til Deres Kone, Claus og Dem selv.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>4. april - 21. maj 1927</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult 4. april - 21. maj 
+Spredte dagbogsnotater fra perioden
+Fugleobservationer 
+Desuden afskrift fra Islandske sagaer
+Gunnlaug ormstungu saga
+Forskellige beregninger af areal omkring Båkshult</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/RCdfidDt</t>
+  </si>
+  <si>
+    <t>1927-04-29</t>
+  </si>
+  <si>
+    <t>Båxhult, Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>Martha Friis
+Asta Krohn
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult er Larsen-familiens svenske skovgård. 
+Tjäder er det svenske navn for en tjur.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen befinder sig på gården i Båxhult i Sverige. Vejret er ikke godt, og det forhindrer ham i at høre tjurens skogren. Han bakser med nogle vignetters placering i bøgerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mIt6</t>
+  </si>
+  <si>
+    <t>Båxhult 29 April 1927.
+Kære Achton Friis
+Hermed nogle Blade med Vignetter som jeg haaber De kan bruge nogle af. Jeg har haft en Del Mas med at ramme den rigtige Størrelse og er ikke sikker paa om ikke nogle af dem maa sættes lidt ned. Egentlig burde man jo have Korrektur med Pladsen aaben til Vignetterne paa det rigtige Papir saa at man kunne tegne dem direkte sammen med Texten, det bliver for tilfældigt paa denne Maade, men det kan vel ikke være anderledes. Men Resultatet bliver altid at jeg synes mine Vignetter ser temmelig forbandede ud i Bøger. Der er et Par Vipstjerter jeg vakler imellem, den med x mener jeg er den bedste Fugl, men maaske vil den anden virke bedre, det maa De om. Noget lignende har jeg bemærket paa Bladet med Natravnene. Her er et forbandet Vejr fra vi kom herop her det frosset hver Nat, men tillige har det forværret sig hver Dag indtil det i Gaar kulminerede med Snestorm hele Dagen. Ellers Vinden omkring NV og afvexlende Regn, Hagl, Sne og Solskin. Jeg kom herop for at høre Tjæderen skogre, men endnu har jeg ikke opdaget at de bestiller noget, skønt jeg har været ude tidligt et Par Mrgn. Maaske kommer det, men den Tid der er gaaet kommer jo ikke igen, og ingen Ting faar jeg bestilt. 
+Ellers er her hyggeligt og rart. Vi fraadser med Ild i Spisestuen og Kakkelovn. Fru Krohn der har besøgt os en Tid, tager dette med, da jeg mangler Indpakningsmateriale og Adr.Kort. Mange Hilsner til hele Familien fra os begge.
+Deres hengivne
+Johannes Larsen.
+P.S.
+Jeg haaber De ved Hjælp af Underskrifterne kan finde ud af hvad det forestiller.
+JL.
+P.P.S.
+Det aller vigtigste. Tak for [ulæselig] som jeg har læst 2 Gange og glæder mig til at læse 3die Gang naar Hæfterne kommer.
+JL.</t>
+  </si>
+  <si>
     <t>1935-09-14</t>
   </si>
   <si>
-    <t>Brev</t>
-[...1 lines deleted...]
-  <si>
     <t>Elena Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johan Larsen</t>
   </si>
   <si>
     <t>Birkerød</t>
   </si>
   <si>
     <t>Långaryd
 Båxhult</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Marie Larsen
 Peter Andreas Larsen
 Christine Swane
 Lars Syberg</t>
   </si>
   <si>
     <t>Christine Swane og Marie Larsen fik bygget deres hus i Birkerød 1934-1935.
 Elise Hansen og hendes to døtre flyttede fra Enghavevej til Enghave Plads 1935. De flyttede ind i den nye lejlighed 15. september.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Elena Larsen har besøgt Christine Swane/Uglen og Marie Larsen/Maraje i deres nybyggede hus. Det har vinduer fra gulv til loft, centralvarme, bad mm. Lars/Sakker Syberg har bygget ovnen. Christine Swane har møbleret. 
 Peter Larsen blev hos Christine Swane og Marie Larsen, da de voksne tog hjem, og han kom retur til dem belæsset med gaver.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nSVM</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Landmand
 Hr. Johan Larsen
 Båxhult
 Långaryd
 Sverrig.
 [På kuvertens bagside:]
 Husk: Enghaveplads 20. III tv.
 [I brevet:]
 Torsd. i Birkerød
 Kære Gamling!
 Jeg skal hilse dig saa meget fra Uglen og Maraje, som jeg besøgte i deres nye Hus i Gaar; det er minsanten et storartet Hus Uglen har faaet sig der bygget af en ung lovende Arkitekt med alle Hensyn til Komfort. Det mest karakteristiske er de mægtige Vinduer fra Gulv til Loft i Opholdsstuen og Værkstedet. Sakker har bygget Ovnen, bare ikke Uglen skulde have gjort det selv. Der er selvfølgelig Centralfyr, Badeværelse og Spisekøkken og varmt Vand over det hele. Og saa er det jo Uglen der har møbleret det og hun har jo ["jo" overstreget] nu en særpræget Evne til at gøre det hyggeligt, morsomt og festligt. Vi blev ordentlig beværtede med Frokost og stor hjemmebagt Kage, som Maraje havde bagt fordi de nok tænkte at vi vilde besøge dem en af disse Dage. Da jeg gik vilde de absolut beholde Peter, de afleverede ham her om Aftenen belæsset med Legetøj, han var helt ude af sig selv af Henrykkelse. Gaverne havde inspireret ham til flgd. Udtalelse: Jeg bliver frygtelig forkælet hvor jeg kommer, Bes forkæler mig saadan at de bliver vrede paa hende og skælder hende rigtig ud for det. - I Morgen flytter vi ind igen. Jeg sender Aviser i Dag, men der mangler fra de Dage jeg har været her, for Lomme er tilbage med Avislæsningen, men det vigtigste: Historieemnerne er der da.
 Nu skal jeg tusse paa Posthuset, saa Farvel for denne Gang, du kære gamle. 1000 Hilsner
 Bimsepigen.</t>
   </si>
   <si>
+    <t>1936-07-30</t>
+  </si>
+  <si>
+    <t>Ebbe Branner
+Else Birgitte Brønsted
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte mange, der hed Jens, så det kan ikke aføres, hvem den omtalte Jens var. 
+Bøgebjerg og Langø er lokaliteter på halvøen Hindsholm nord for Kerteminde.
+Det er uklart, hvem Reservebaronen var. Fritz Syber blev kaldt Baronen. 
+Svensk irisk er en ældre betegnelse for grønirisk. Johannes Larsen kaldte ofte bare fuglen for en svensker.
+Olshult er beliggende ved Långaryd og Båxhult i Småland, hvor Johan Larsen med familie boede.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Andreas/Puf er ude at sejle og sove i telt. 
+Johannes Larsen spørger, om Johan/Lysse vil hente ham.
+Rosenbedet omkring flagstangen er lavet om til en dam.
+Der er mange fugle i haven. En sortrygget, engelsk vipstjert er set med unger, og det er første gang, den har ynglet i Danmark. Undulater har der også været i haven. 
+Det er ærgerligt, hvis Olshulterne får jagtretten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AthZ</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Johannes Larsen
+Kierteminde
+[Håndskrevet:]
+30 Juli 1936.
+Kære Lysse!
+Jeg lukkede Pufs Brev op i Gaar da han er ude at sejle i min Jolle. I Gaar Nat overnattede han lidt N for Bøgebjerg i Telt og i Gaar var han kommen om til Langø hvorfra han ringede og Else og Mudi var ude at se til ham i Bilen. Mornine og Putte er her. Jeg har nu skreven til Ebbe og forklaret ham at hans Besøg ikke kan finde Sted før om Midten af Septbr, men at jeg deroppe fra skal lade ham vide naar jeg rejser hjem. Jeg tænker paa at rejse op til Jer et Par Dage før d 26 Aug. Var det ikke muligt at Du kunde komme herned og køre mig op. For Puf er rimeligvis til den Tid ude at sejle med Jens der har faaet bygget en dejlig Baad, som vi var nede at se sidste Lørdag og kom hjem Søndag, nej forrige Søndag, Tiden gaar. De skulde have sejlet 1st Aug. da Jens faar Ferie men nu er der kommen Besked om at det først kan blive midt i August da hans Overlæge er bleven syg i Kjøbenhavn Jeg ved ikke om vi har fortalt at vi har lavet Rosenbedet om Flagstangen om til en Dam der holder godt paa Vandet i hvert Fald saa længe det regner, andet ved vi ikke endnu. Der kommer en hel Del Smaafugle og samler sig Solsorter Stære Stillitser Irisker Svensker Bogfinker Guldsp. o.s.v. men den mest celebre er en sortrygget, engelsk Vipstjert ♂ der er kommen hver Dag i de sidste 14 Dage – og i den senere Tid af og til med store Unger og en enkelt Gang Hunner for et Par Dage siden desværre fløj den strax jeg fik den i Kikkerten saa jeg kunde ikke blive klar over om den var af samme Race eller det var en alm Vipstjert i Dag var den her igen men den havde vasket sig pjaskvaad saa jeg kunde ikke se hvordan den saa ud, hvis den er samme Slags om Hannen er den første Gang de er truffet ynglende her i Landet. Vi har haft et Par Undulater i Forhaven en 3 Ugers Tid og da det var 2 Hanner anskaffede jeg et Par Hunner til dem, saa blev den ene væk, nogle Dage senere kom Reservebaronen med den bortfløjne som en Mand nede i Byen havde fanget, den blev nu sat ind i Buret til ♀♀ og et Par [”og et Par” overstreget] Min imidlertid havde den fritflyvende Han selv skaffet sig en Hun som den forsvandt med efter nogle Dages Forløb, saa nu har vi kun de 3 i Buret som jeg nok tror er 3 Hanner Det gør naturligvis ingen Ting hvis Jagtselskabet ”Lycken” lejer Haröhult, det er ikke det jeg er bange for, men der var jo tale om Olshulterne der bød saa rasende og det var jo lidt af en Ulykke om de fik den. Else er paa Lindøgaard Med Mornine og Putte. Mange Hilsner til Jer allesammen 
+Din Far.</t>
+  </si>
+  <si>
     <t>1938-02-02</t>
   </si>
   <si>
     <t>Erna -
 Ludwig Beethoven
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Elise Hansen
 Frederik Hendriksen
 Elin Jensen
 Villum Jensen
 Jens Larsen
 Johannes Larsen</t>
   </si>
   <si>
     <t>Møllers Venus: En æblesort. Det oprindelige modertræ stod indtil 1897 i vognmand Møllers have i Holstebro. Træet menes at stamme fra omkring 1850 og det har sandsynligvis været et kærnetræ, som stod i vognmandens have. Omkring 1920 var sorten det 20. mest udbredte i Danmark (søgning på internettet).
 Johannes Larsens udstilling i februar 1938 blev vist hos Winkel &amp;amp; Magnussen. Han solgte for ca. 10.000 kr. på denne udstilling (1938-02-09, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB0597). 
 Chefen: Johannes Larsen. 
 Det vides ikke, hvem Laumont var.</t>
   </si>
   <si>
     <t>Det er noget sludder, når Johan Larsen siger, at Elena er køn. Nu vil hun få sit hår krøllet. 
 Elena har besøgt Johannes Larsens/Las' udstilling. Han var ikke tilstede, men skar træsnit af Hendriksen/Xylografen hos Brønsted. Der var fire Båxhult-billeder på udstillingen. Det bedste var billedet fra salen. 
 Elena nyder at gå ture i byen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7Xlg</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Johan Larsen
 Båxhult
 Långaryd
 Småland
 Sverige.
 [I brevet:]
 2-2-38
 Kære Gamling!
 Jeg, nej det er sandt saadan maa man jo ikke begynde, altsaa: Det er gaaet op for mig hvad det er for noget forbandet Sludder du prøver paa at bilde mig ind om at jeg ser saa dejlig ud saa der ingen Ende er paa det, og jeg har derfor tænkt mig at tage Skeen i en noget anden Haand og gaa hen og lade mig krølle i hele Hovedet! Jeg haaber du vil tage vel i mod mig, selv om de ikke er gaaet ud til jeg vender hjem. Aprospos Skønhed, kan jeg fortælle dig at vi ikke skal fortryde paa at Møllers Venus var udsolgt fra Planteskolen for jeg smagte det forleden og der var ikke meget Grin ved hende, skønt hun saah dejlig ud. - Jeg var i Dag oppe paa Las' Udstilling som havde Premiére, desværre traf jeg ikke Cefen selv, han havde ikke været der og vilde heller ikke komme der igen i Dag. Derimod traf jeg Tante Lugge og Muddi, Las bor ude hos Magisteren, saa ved jeg da hvor jeg skal faa fat paa ham. Han var kommet i Gaar og var i Gang med at skære en Blok af Xylografen. 
 I Aften kan det dog ikke blive, for Mos og jeg skal til Concertpalæet og høre Laumont spille Beethoven. Paa Udstillingen var der 4 Båxhultbilleder, Tjurhanen, Billedet med de 2 Ballonaspe og det fra Salen og saa det fra i Fjor med Lagaarden der spejler sig i Dammen. Salsbilledet var et af de Billeder jeg syntes saa allerbedst ud paa hele Udstillingen, det har ogsaa en Hædersplads paa ["paa" overstreget] som Midtpunkt paa Væggen lige til venstre for Indgangen, det er altsaa ikke alene mig der synes om det. - I Dag har jeg ikke været hos Tandlæge, jeg reddede mig en Fridag paa Grund af Fernisseringen; derimod fik jeg min daglige Strøgtur og jeg nyder at drysse ind gennem Byen og sluge Butikkerne. Willum og Elin kommer her til Middag i Morgen og i Gaar var Erna her, saa du kan se at jeg ikke spilder Tiden. - Nu skal jeg til at læge Jensebassen i Seng.
 1000 Kys til Fasermand og Petermand
 fra Mosermand.
 P.S. Jeg har ogsaa tænkt paa at tage en Afmagringskur og en Ansigtsbehandling. - Bare inte nervøser. -</t>
   </si>
   <si>
     <t>1938-02-24</t>
   </si>
   <si>
-    <t>Johannes Larsen</t>
-[...4 lines deleted...]
-  <si>
     <t>Achton Friis
 Andreas Larsen
 Elena Larsen
 Kurt Schuschnigg</t>
   </si>
   <si>
     <t>Johannes Larsen kendte flere, der hed Christiansen.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Johannes Larsen maler på et stort billede til Den Frie.
 Nogen har lagt en malemuk i Larsens køkkengang. En fisker har skudt en kongeedderfugl. Achton Friis har set en rødhovedet and.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ms74</t>
   </si>
   <si>
     <t>[På kuvertens forside:] 
 Hr. Johan K. Larsen
 Båxhult
 Långaryd
 Sverige
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 Tegning
 [I brevet:]
 Kjerteminde 24 Febr. 1938.
 Kære Lysse
 Puf siger jeg skal skrive i Aften for at Du kan faa det til Fødselsdagen.
 Til Lykke!
 Jeg har været forkølet siden Bimse rejste og ligget i Sengen men i Gaar stod jeg op og i Dag har da kunnet male lidt, hvad der er heldigt da jeg kun i Morgen til kan male paa det store Billede, da det skal sendes ind til den frie Udstilling paa Lørdag. Ellers er her ikke foregaaet noget. I Forgaars laa der en Malemuk, Fulmarus glaciales i Kjøkkengangen, jeg ved ikke hvem der har lagt den, Christiansen fortalte mig at en Fisker for en Tid siden skød en gl. ♂ Kongeederfugl og har faaet den udstoppet. Achton Friis havde set en Andrik af Rødhoved And i Søerne mellem Troldænderne. Puf er ovre at høre Schusnick i Radioen nu kan jeg ikke hitte paa mer. Mange Hilsner til Jer alle Fire
 Din Far.</t>
@@ -328,190 +1417,50 @@
 2 Eckardt
 3 Hansen
 4 Isakson
 5 Larsen Al
 6 Larsen An
 7 Larsen J
 8 Lützhøft
 9 Neckelman
 10 Swane
 11 Swane
 12 Syberg 
 [Nederst på kuverten:]
 Radiumstationen Afd. I
 Stue 12. 
 [I brevet:]
 Radiumstationen Afdeling I. Stue 12.
 Strandboulevard 49
 Kjøbenhavn Ø.
 Mandag 27-1-1941.
 Kære Lysse
 Tak for Brevet som jeg fik i Dag fra Puf. Som Du ser ligger jeg her. D.v.s. jeg ligger ikke men faar 3 Gange om Dagen Røntgenbehandling, i det Lægen i Odense mente at det var at foretrække frem for at snitte yderligere væk i Halsen. Jeg har det helt komfortabelt med Eneværelse og en Kasse med 50 Hof i Garderoben og Aquavit og Gordons dry Gin i Køleskabet. Jeg maa ogsaa nok ryge, men er advaret mod at overdrive det. Jeg er maalt, vejet og gradet og har faaet taget Blodprøver og Blodtryk og Urinprøve og har faaet at vide at det alt sammen er normalt med Undtagelse af Blodet der er fint. Jeg maa gerne gaa ud mellem Behandlingerne, men har ikke gidet hidtil før i Gaar. Jeg har nemlig fri om Søndagen. Jeg bestemte mig saa til at sætte mig i en Linje 3, der holder her udenfor, og køre ud til Enghaveplads for at høre lidt om Jeres Jul. Imidlertid var det saa koldt at jeg bestemte mig til at staa af hvis den holdt udenfor Magisteren og det gjorde den. Det var ─10⁰ i Solen udenfor deres Spisestuevinduer og der sad 8 Sidensvanser i Buskene og spiste U[ulæseligt]srønbær. Peder og Mudi var der med Børn. Færgerne var indstillede paa Gr. af Is Dagen efter jeg kom herover, saa Else der fulgte mig fik ordre fra Puf om hurtigst muligt at rejse hjem igen og hun slap ogsaa over næste Dag. Vi havde ellers en meget behagelig Rejse herover. Vi var eneste Passagerer i en af de store Færger, og vi fik ogsaa en Kupe for os selv, dog at der kom 2 Mennesker ind i Slagelse og gik ud i Ringsted. jeg skal op at se Grønningen en af Dagene. Jeg venter at det skal blive lidt mildere i Gaar Nat havde dansk Kulderekord ─ 30⁰ ved Kolindsund. Det er morsomt at I kommer herned i Februar, jeg er jo nok sluppen ud herfra til den Tid men vi maa jo se at komme herover paa en eller anden Maade Mange Hilsner til Jer allesammen 
 Fra Jeres JL.
 Johannes Larsen. p.T. Strandboulevard 49 Ø.</t>
   </si>
   <si>
-    <t>1884-09-04</t>
-[...138 lines deleted...]
-  <si>
     <t>1941-06-04</t>
   </si>
   <si>
     <t>Sandfær pr. Vind Station</t>
   </si>
   <si>
     <t>Båxhult pr. Landeryd</t>
   </si>
   <si>
     <t>Svea -
 Peder Brokholm
 Thora Cohn
 Jens Larsen
 Jeppe Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Alhed  Møhl, Lysses datter
 - Toft</t>
   </si>
   <si>
     <t>Vind Stationsby ligger på Ringkøbing – Ørnhøj - Holstebro-jernbanen, der eksisterede fra 1911 til 1961.
 Byen Stausø er omgivet at Blåbjerg Plantage, ikke Stausø Plantage. Hele Blåbjerg Plantage og den omkringliggende natur er desuden en del af Oksbøl Krondyrreservat.
 Portionsfisk: små fisk.
 I det nordlige Europa lægges ansjoser i saltlage. I de sydeuropæiske lande lægges de saltede ansjoser derefter i olie og kaldes sardeller (Wikipedia marts 2022).</t>
   </si>
@@ -743,999 +1692,50 @@
   </si>
   <si>
     <t>Elena/Bimse Larsen kører Johannes Larsen til København fredag. Dårligt vejr har gjort det svært for Larsen at arbejde med akvarellerne. Desuden rådner kornet, og Johan/Lysse Larsen kan ikke få kartoflerne op.
 Larsen ved ikke, om han kan nå at komme til Maribo.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nAje</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde Chr. Knuth
 Refshalevej
 Maribo
 Danmark. 
 [På kuvertens bagside:]
 Johannes Larsen
 Båxhult
 Långaryd
 Sverige. 
 [I brevet:]
 Båxhult 9 Octbr. 1950.
 Kære Grevinde
 Tak for Søndags B.T. Dersom Du sender den der kommer i Morgen bliver det den sidste, for Bimse har lovet at køre mig til Kjøbenhavn paa Fredag. Det har været et bedrøveligt Vejr, det har regnet hver Dag i de sidste 5 Dage, hvad der har forsinket mit Arbejde meget, jeg har kun faaet malet 9 Akvareller og havde planlagt 6-7 til. Det er jo heller ikke morsomt for Lysse at se Sæden staa og raadne paa Markerne og han kan heller ikke faa pløjet Kartoflerne op. Jeg har en Del jeg skal have gjort i Kjøbenhavn saa jeg ved ikke hvornaar jeg kan komme til Maribo og om jeg i det hele taget kan naa at komme der, men det kan vi jo tale om i Telefonen. Jeg tager ind paa la Cours Hotel, hvis jeg kan faa Plads. Mange Hilsener ogsaa fra Bimse og Lysse.
 Din hengivne
 Johannes Larsen.</t>
-  </si>
-[...947 lines deleted...]
-Din Far.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1812,51 +1812,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ms74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SR2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ipqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SR2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ms74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1902,1550 +1902,1550 @@
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
+      <c r="G2" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="s">
-[...8 lines deleted...]
-      <c r="K2" s="5" t="s">
+      <c r="G14" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="J14" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
-[...10 lines deleted...]
-      <c r="B3" s="5" t="s">
+      <c r="K14" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="5" t="s">
+      <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
+      <c r="D15" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
-      </c>
-[...521 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="I15" s="5"/>
+        <v>116</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>117</v>
+      </c>
       <c r="J15" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>120</v>
+        <v>122</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="I16" s="5"/>
+        <v>123</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>124</v>
+      </c>
       <c r="J16" s="5" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>126</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>127</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>129</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>32</v>
+        <v>130</v>
       </c>
       <c r="D17" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="L18" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E17" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G17" s="5" t="s">
-[...25 lines deleted...]
-      <c r="B18" s="5" t="s">
+      <c r="F19" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C18" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="C20" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F18" s="5" t="inlineStr">
+      <c r="G20" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="inlineStr">
+      <c r="G21" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="s">
-[...159 lines deleted...]
-      </c>
       <c r="G22" s="5" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>61</v>
+        <v>178</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="D23" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="E23" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="E23" s="5" t="s">
-[...3 lines deleted...]
-        <v>175</v>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G23" s="5" t="s">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>190</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>16</v>
+      </c>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F24" s="5" t="s">
-[...3 lines deleted...]
-        <v>185</v>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>191</v>
+      </c>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K24" s="5" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>81</v>
+        <v>183</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>33</v>
+        <v>174</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="s">
-        <v>73</v>
+        <v>195</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>56</v>
+        <v>202</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>32</v>
+        <v>173</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>33</v>
+        <v>203</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>57</v>
-[...24 lines deleted...]
-      <c r="A27" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="B27" s="5" t="s">
-[...52 lines deleted...]
-      <c r="F28" s="5" t="inlineStr">
+      <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G28" s="5" t="s">
-[...25 lines deleted...]
-      <c r="B29" s="5" t="s">
+      <c r="H26" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C29" s="5" t="s">
-[...254 lines deleted...]
-      <c r="F35" s="5" t="inlineStr">
+      <c r="C27" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G35" s="5" t="s">
-[...37 lines deleted...]
-      <c r="F36" s="5" t="inlineStr">
+      <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="s">
-[...25 lines deleted...]
-      <c r="B37" s="5" t="s">
+      <c r="H27" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C37" s="5" t="s">
-[...8 lines deleted...]
-      <c r="F37" s="5" t="inlineStr">
+      <c r="C28" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="L33" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>277</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
-        <v>36</v>
+        <v>207</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>283</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>284</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>285</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>