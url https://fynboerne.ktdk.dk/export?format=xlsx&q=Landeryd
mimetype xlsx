--- v0 (2025-11-12)
+++ v1 (2026-02-13)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="648" uniqueCount="418" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="659" uniqueCount="424" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -2368,50 +2368,82 @@
   </si>
   <si>
     <t>Elena/Bimse Larsen kører Johannes Larsen til København fredag. Dårligt vejr har gjort det svært for Larsen at arbejde med akvarellerne. Desuden rådner kornet, og Johan/Lysse Larsen kan ikke få kartoflerne op.
 Larsen ved ikke, om han kan nå at komme til Maribo.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nAje</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde Chr. Knuth
 Refshalevej
 Maribo
 Danmark. 
 [På kuvertens bagside:]
 Johannes Larsen
 Båxhult
 Långaryd
 Sverige. 
 [I brevet:]
 Båxhult 9 Octbr. 1950.
 Kære Grevinde
 Tak for Søndags B.T. Dersom Du sender den der kommer i Morgen bliver det den sidste, for Bimse har lovet at køre mig til Kjøbenhavn paa Fredag. Det har været et bedrøveligt Vejr, det har regnet hver Dag i de sidste 5 Dage, hvad der har forsinket mit Arbejde meget, jeg har kun faaet malet 9 Akvareller og havde planlagt 6-7 til. Det er jo heller ikke morsomt for Lysse at se Sæden staa og raadne paa Markerne og han kan heller ikke faa pløjet Kartoflerne op. Jeg har en Del jeg skal have gjort i Kjøbenhavn saa jeg ved ikke hvornaar jeg kan komme til Maribo og om jeg i det hele taget kan naa at komme der, men det kan vi jo tale om i Telefonen. Jeg tager ind paa la Cours Hotel, hvis jeg kan faa Plads. Mange Hilsener ogsaa fra Bimse og Lysse.
 Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-11-22</t>
+  </si>
+  <si>
+    <t>L.R.S. Carstensen
+Marius Christiansen
+Else Jensen
+Christa Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Båxhult var en af Larsen-familiens skovgårde Landeryd i Småland.
+Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018).</t>
+  </si>
+  <si>
+    <t>Man kan lave fuglelim ved at koge rå linolie, men det lugter slemt. 
+Johannes Larsen har været i København og også på Lolland, hvor han kørte rundt med Christa Knuth.
+Han er blevet færdig med nogle småbestillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g3CC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Novbr. 1951.
+Kære Lysse og Bimse.
+Det er en Skandale at jeg først nu faar samlet mig sammen til at skrive og takke Jer for den dejlige Tid paa Båxhult. Tusind Tak. Og Tak for Brevet Lysse. Jeg har talt med Christiansen om det Fugelim. Raa Linolie koges til det bliver seigt, det er det hele, men det lugter forbandet saa Det maa helst foregaa i Bommastugan. Her var en Stillits for et Par Dage siden i en Burre jeg havde ladet staa i Græsplænen udfor Spisestuen, men jeg har ikke set den siden. Jeg var en Uges Tid i Kjøbenhavn hos Else og endnu et Par Dage hos Grevinden, hvor vi kørte nogle Ture omkring paa Lolland saa nu har jeg snart set hele Øen. Puf og Else hentede mig i Svendborg. Siden har jeg haft travlt med nogle Smaabestillinger. Jeg fik lavet den Akvarel færdig til L.R.S. Carstensen og har sendt den men ikke hørt fra ham endnu. Vi har det godt her og haaber det samme er Tilfældet hos Jer. Mange Hilsener til Jer allesammen ogsaa fra Puf og Else og Børnene.
+Din Far.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2488,59 +2520,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yfcT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cGL1x5aH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yfcT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cGL1x5aH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g3CC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M57"/>
+  <dimension ref="A1:M58"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4991,50 +5023,95 @@
         <v>129</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>410</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
         <v>335</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
         <v>330</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>415</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>416</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>417</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="K58" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>423</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -5052,44 +5129,45 @@
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
+    <hyperlink ref="M58" r:id="rId63"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>