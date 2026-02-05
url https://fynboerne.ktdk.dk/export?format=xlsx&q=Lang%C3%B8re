--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="158" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -707,51 +707,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 