--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -63,63 +63,63 @@
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
     <t>1895-11-18</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Odense
 Søbysøgaard</t>
   </si>
   <si>
-    <t>Adis -
-Swanza -
+    <t>Swanza -
 Trine Johans
 Johanne Christine Larsen
 Karl Madsen
 Otto Emil  Paludan
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
 Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
 Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
-"Pallam" er Fuldmægtig Paludan.</t>
+"Pallam" er Fuldmægtig Paludan. Adis: Astrid Warberg-Goldschmidt.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen har sendt Alhed bøger.
 Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
 Alhed ligger syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P7PO</t>
   </si>
   <si>
     <t>Erikshaab – 18/11 – 95
 Kære Las! Vil De hilse ”Swanza”
 Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
 - Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
 Alhed Warberg
 Adis sender Hilsen
 Mange Hilsner fra Johanne</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
@@ -174,51 +174,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1908-04-18</t>
   </si>
   <si>
     <t>Laura Warberg</t>