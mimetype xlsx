--- v0 (2025-10-26)
+++ v1 (2026-02-08)
@@ -5,170 +5,170 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="33" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1916-02-09</t>
+    <t>1920-09-22</t>
   </si>
   <si>
     <t>Brev</t>
-  </si>
-[...33 lines deleted...]
-    <t>1920-09-22</t>
   </si>
   <si>
     <t>Johan Larsen</t>
   </si>
   <si>
     <t>Kerteminde
 Langegade 76</t>
   </si>
   <si>
     <t>Birkerød Kostskole</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johannes Larsen</t>
   </si>
   <si>
     <t>Torby er formodentlig Tårbystranden ved Odense Fjord. Området kaldes idag Tårup Strand.
 Johan/Lysse Larsens onkel kan have været Adolf Larsen eller Georg Larsen (Johannes Larsens brødre). Jens var formodentlig brevskriverens bror. 
 Det vides ikke, hvem Vinter var. 
 "Skedeanden" var muligvis en skeand og "pivanden" en pibeand.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Brevskriveren fortæller om flere jagtture og om en fælles kammerat, som er blevet smidt ud af jagtselskabet. Han selv er glad for at måtte låne prammen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/N2rx</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr Johan Larsen
 Birkerød Kostskole
 [På kuvertens bagside:]
 afs Ejner Frandsen Langegade 76
 [I brevet:]
 d-22-9-1920 den ["den" overstreget]
 Kære Lyse.
 Jeg vil lig fortælle dig hvordan det gaar med Jagten, du ved jo nok at Jagten gik en paa Harer i gaar, saa vi skulde gå pa ["pa" overstreget] til Torby om Morgenen, jeg var med min Broder og din Onkel deroppe Kl 1/2 6 men Græsset var saa vaadt saa vi fik ikke ret meget set igennem din Onkel fik 1 Hare og Jens 2 jeg fik ikke et eneste skud saa jeg skød ikke noget, og de skulde jo ogsaa tidlig hjem for Kl - 8 skulde de jo paa Klapjagt. Du ved jo nok at det var snakket om at Vinter skulde smides ud af Jagtselskapet og det er han ogsaa bleven nu, saa du kan tro at han er gal, han sagde den gang at han blev smidt ud at han nok skulde møde paa Klapjagten men det torde han aligevel ikke, men han sagde til mig at nu kunde de se om de fik saa meget Vildt som han havde faaet om Morgenen, men det tror jeg dog nok at de havde faaet de fik 14 Harer og 29 Høns og 1 Fasan og saa meget tror jeg nu ikke at Vinter har faaet. Den anden Dag da jeg kom hjem fra Arbejde saa jeg at Vinter kom med Bøssen, saa spurgte jeg hvor han skulde hen med saadan en fart men det vilde han ikke fortælle mig, men jeg Cyklede med et stykke hen af Vejen saa fortalte han mig at der sad en Skedeand nede ved Toldboden. Men lige saa snart jeg kom derhen saa jeg at det var en Pivand. Og han skød den lige med det samme, men den var ogsaa saa tam at han kunde gaa ["gaa" indsat over linjen] lige ned til den, jeg troede at det var en af din Faders men Puf sagde at de var der begge to, saa vi skulde tro at det var en syg. 
 Jeg var i Fjorden i Gaar men der var ingen ting, men i Dag vel ["vel" overstreget] er der en god Storm af Syd Øst saa der kommer nok Gæs Vinter sagde at han havde telefoneret efter dem saa de kommer nok. Jeg var ude at gid Prammen en Omgang Blokfernis den anden Dag og den har ogsaa faaet Maling saa du kan tro at den er tæt. jeg ["jeg" overstreget] Du kan tro at jeg er glad ved at jeg har faaet lov til at laane Prammen ellers kunde jeg næsten ikke komme nogen Steder. nu har jeg ikke mere at fortælle dig denne gang.
 Mang Hilsne fra Basse</t>
+  </si>
+  <si>
+    <t>1916-02-09</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Christine Rasmussen
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Valby</t>
+  </si>
+  <si>
+    <t>P.A.  Schou</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 33</t>
+  </si>
+  <si>
+    <t>Fritz Syberg beretter om sine oplevelser og sit udbytte ved P.A. Schous auktion.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ljIF</t>
+  </si>
+  <si>
+    <t>Langgade 30 Kbhvn Valby
+9-2-16
+Kære Etatsraad Rasmussen og Frue.
+Hermed sender jeg Dem Regningen fra P.A. Schous Auktion. Jeg fik omtrent alle de Billeder jeg vilde have. Kun et interiør og et Selvportræt gik fra mig. Interiøret fulgte jeg til 500 Kr. med det gik først ved 800, Selvportrætet fulgte op til 480 (jeg havde kun 400 Kr. tilbage den Gang) saa maatte jeg slippe; det blev først solgt da det var naaet op med 700. Men iøvrigt fik jeg en smuk Samling Billeder. Jeg synes selv jeg fik det næstbedste Selvportræt der var, og der var mange, og det kostede kun lidt over 200. Jeg vilde have været ud til Dem, men er stadig meget plaget af Influenza og holder derfor ikke af at komme til nogen, dels er jeg smittefarlig dels gaar jeg i Seng med Hønsene.
+(Det blev betragtet som en ren Scandale, jeg fik Syrenerne for 500 Kr.)
+Jeg glæder mig til at hænge Billederne op paa Museet jeg haaber de vil pynte. De venligste Hilsner til Dem begge.
+Deres hengivne
+Fritz Syberg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -245,51 +245,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -323,118 +323,118 @@
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="s">
-[...8 lines deleted...]
-      <c r="F2" s="5" t="inlineStr">
+      <c r="C2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5"/>
+      <c r="I2" s="5" t="s">
+        <v>19</v>
+      </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C3" s="5" t="inlineStr">
+      <c r="C3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
+      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>