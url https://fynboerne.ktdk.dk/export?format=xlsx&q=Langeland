--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1037" uniqueCount="684" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1049" uniqueCount="694" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -102,263 +102,745 @@
   <si>
     <t>Laura Warberg og børnene var under brevskrivningen hos hendes søster (Jo)hanne Caspersen og dennes mand i Snøde på Langeland. Laura og Hannes forældre boede i nærheden. 
 Hvorfor Laura var nødt til at rejse fra Alhed vides umiddelbart ikke. 
 Slottet er formodentlig Tranekær. 
 Laura Warbergs bror, Carl Brandstrup, mistede sin kone og gik efterfølgende selv helt ned med flaget, hvorefter også han døde. Det er formodentlig i denne sammenhæng, at Lauritz Brandstrup får tårer i øjnene.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0323</t>
   </si>
   <si>
     <t>Laura Warberg skal sejle fra Rudkøbing kl 8 om morgenen, så hun og to af børnene må meget tidligt op. Laura er ked af at rejse fra Alhed. 
 Laura har sunget i kvartetter i kirken, og hun har været til fødselsdag på slottet. Hendes far kommer løbende i frikvartererne og ser til børnene. Hun og børnene er på en del besøg. Børnene kører i en vogn trukket af en ged. 
 Pastor Hansen vil komme på besøg hos Warberg. 
 Albrecht skal give diverse piger og kvinder besked om rengøring, tøjvask mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dPFb</t>
   </si>
   <si>
     <t>Tranekær D: 17de April
 Kjære Abba!
 Er det ikke kjedeligt, at Dampskibet der ellers gaar over hver Middag, fra Mandag af standser sine Farter, da det skal repareres? Vi skal saa seile fra Rudkjøbing paa Torsdag Kl. 8 om Morgenen, jeg gruer for, hvordan vi skal komme saa tidlig afsted herfra, vi maa lade Børnene komme i Seng Seng [”Seng” overstreget] Kl. 6 Aftenen før, for at faa dem op Kl. 5. Det bliver haardt at reise fra lille Alhed, naar hun ligger og sover, jeg gruer for hvordan jeg skal kunne det. Men nu til Sagen! Jeg skriver for at bede Dig om at lade ham kjøre hjemmefra saa tidligt som muligt paa Torsdag Morgen, for at vi ikke skal gaae længere end høist nødvendigt i Svendborg, der vil jeg rigtig gaae og længes efter Alhed. Jeg har beregnet, at naar han kjører Kl. 4, saa kan han nok være parat til at kjøre hjem Kl. 11, vil Du saa bede ham om at være paa Skibsbroen lidt før 9 med en Trillevogn til Tøiet. Saa kan I spise lidt senere Frokost den Dag for at vi kan spise til Middag sammen. Tænk Dig vi har næsten ingen Steder været endnu, vi lader Tiden gaae med Snak herhjemme og med Sang. De har faaet mig til at synge med i nogle Kvartetter; igaar var det Frøken Holsts Fødselsdag, i hvilken Anledning Hanne, Mea og jeg samt Pastor Hansen og Frøken Andersen var bedt til Middag paa Slottet, hvor vi havde det rigtig rart, jeg har aldrig været der før en daglig Dag. Om Eftermiddagen havde vi sungen i Kirken for Grevens og nogle Flere, efter a vi nogle Timer før havde sungen der over Jhs. Jacobsen. Iaftes var Børnene hos Fader og Moder til The; Fader kommer gjerne løbende herned i Frikvarteret og seer til Ungerne. Frøken Schindel var virkelig herinde imorges for at see, om jeg var syg, da hun slet ikke har seet mig, vi blev bedt derned iaften, Børnene ogsaa; dem er hun saa indtaget i, og det er Alle. Kaammerraad K[…]høftes var her igaar, Hanne siger for at hilse paa mig, han har glædet sig til at see mig siges det; jeg var ikke hjemme og gaaer derfor derind et Øjeblik med Børnene, skjønt der hersker det allerdødeligste Fjendskab mellem ham og Fader. I Eftermiddag gjør Hanne Børneselskab med Chokolade og Kommers. Imorgen Aften agter vi os til Gartner Rasmussens. Hansens kommer vi ikke til en Aften, vi har jo ikke Tid, det gjorde jo saameget at jeg var halvt daarlig de første Dage. Længere end til Torsdag kan jeg ikke blive, da jeg jo har en Mængde at gøre naar jeg kommer hjem. Du længes vel ogsaa snart meget efter Ungerne. De morer dem mageløst herovre. De kjører hver Dag en Tour med Geden og spadserer ogsaa med Marie. Vi har Bagerens Vogn til Johanne og deres Vugge har vi ogsaa, da Maes er altfor lille til hende; jeg har isinde at forære deres 2 Smaadrenge en Smule Legetøj for det. Pastor Hansen har stærkt isinde at besøge Dig i Sommer sammen med Caspersen, men denne vil have ham afsted med Fader, eftersom I vil udgjøre et smukt ungt Trekløver, hvorimod han vil forstyrre Harmonien; han og Pastor H. disputerer jo som bekjendt altid, mest om Politik, men det kunde da netop være morsomt. Pastor Hansens er Potte og Pande hos Grevens, det var ganske morsomt at see og høre iaftes. – Jeg antager at Du faaer dette Brev Tirsdag Morgen; vil Du sige til Dorothea at hun skal sætte Tøi iblød til Storvask paa Onsdag og bestille Kirsten og en Kone til, helst Line Træskomands, til at komme og vaske paa Fredag ganske tidlig. Dernæst skal de bære Foret ud fra det lille Gæstekammer og gjøre rent der vaske Vinduer og sæbe af og skure samt gjøre rent paa det pæne Gæstekammer, pudse Kakkelovnen over, polere Vinduer, og skure Vil Du hilse Conne, Carl og Sybergs. Fader taler ikke om Carl uden med Taarer i Øjnene. Lev nu vel kjære Abba! Venlig hilsen fra Hanne og Din egen Smaa. 
 [Det følgende skrevet ved papirets venstre kant, lodret:] Christine bad mig før om at kysse hende fra Dig</t>
   </si>
   <si>
-    <t>1913-03-17</t>
-[...14 lines deleted...]
-Ludvig Brandstrup, visedigter
+    <t>1879-03-13</t>
+  </si>
+  <si>
+    <t>Tranekær</t>
+  </si>
+  <si>
+    <t>København
+Vestergade</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Christian Caspersen
 Johanne Caspersen
-Poul Caspersen
-[...1 lines deleted...]
-Ina  Goldschmidt
+Carl  Herold
 Alhed Larsen
-Johan Larsen
 Johanne Christine Larsen
-Marie Larsen
+Christine  Mackie
+Adelheyde Syberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster og hendes mand boede nær Tranekær på Langeland. 
+Warberg-parrets datter Louise, g. Brønsted, var født 12. maj 1878. Det må værre hende, der netop er blevet vænnet fra brystet. 
+Albrecht Warberg led af astma og var jævnligt i behandling i en "luftklokke" hos en læge i København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0356</t>
+  </si>
+  <si>
+    <t>Laura Warberg ville meget gerne komme ind til sin mand i København, men hun har netop vænnet den yngste datter fra brystet, og har så meget mælk, så hun ikke kan færdes offentligt. 
+Det er godt, at "luftklokken" hjælper Albrecht.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Atkv</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter cand. jur. Warberg
+Hotel “Tre Hjorter”
+Vestergade
+Kjøbenhavn 
+K. 
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Tranekjær D: 13de.
+Kjæreste søde Abba!
+Nylig fik jeg 3 Breve fra Dig. Det er uhyre fristende for mig hvad Du skriver om at komme derover; Du ved nok jeg har altid ønsket saameget at være i Kbh. samtidig med Dig, men Du husker ikke paa, at naar jeg vænner Søster fra saa pludselig med den megen Mælk jeg endnu har, saa gaaer jeg omtrent 14 Dage uden at kunde Hæ ["Hæ" overstreget] hægte Kjolen eller røre Armene, jeg kunde jo saa ikke have nogen Fornøjelse, derimod vilde jo de 8 Dage gaae. Saa maa jeg hellere vente til i October, naar Herolds flytter ind til Byen. Det er jo meget kjedeligt, at jeg saa ikke kommer sammen med Hanne, men vi er enige om, at der ikke er andet for mig at gjøre. – Nu skriver jeg en af Dagene et ordentligt Brev til Dig, men Posten gaaer om et Øjeblik. - 
+Caspersen siger, Du kan rejse til Aarhuus om Aftenen og derfra næste Aften, altsaa kun spilde een Dag. Hils Mimi! Gid Du nu naaer at faae dette inden Du rejser! Hils Herolds. Hilsen fra Ungerne og Din egen 
+Smaa. 
+Gudskelov Luftklokken hjælper Dig!</t>
+  </si>
+  <si>
+    <t>1879-08-23</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johanne Christine Larsen
 Christine  Mackie
 Ellen  Sawyer
-Christine Swane
-[...1 lines deleted...]
-Sigurd  Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Christine Larsen
+Christine  Mackie
 Hempel Syberg
-Christiane - tjenestepige hos Larsen 1898
-[...16 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/usQS</t>
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Dals Mølle ligger øst for Sallinge.
+Nicoline Marthe Nobel von Sperling ejede herregården Sandholt i 1879.
+Familien Schroll boede på proprietærgården Lykkenssæde.
+Søster er Louise Warberg, g. Brønsted.
+Gården ”Ensomhed” ligger i Heden Sogn. Warberg-parrets tre ældste børn blev født her. 
+Det vides ikke, hvem Holm og Johanne Stuepige var. Hvilken Balslev der er tale om er også svært at afgøre, da Warberg-familien kendte mange af dette navn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0355</t>
+  </si>
+  <si>
+    <t>Laura Warbergs brev:
+Hempel Syberg er ikke rejst, da han blev syg. Laura håber, at Tante Visse/Else Warberg kan komme til Gelskov og passe ham. 
+Man høster hvede. Den følgende dag skal familien til gården Ensomhed. 
+Gl. Brandt og Frederikke er meget svage nu.
+En haglbyge har slået meget af Sybergs korn ned, og en ko er dræbt af et lyn.
+Børnebrevene:
+Louise kan gå nu. Onkel Syberg er syg. Man skal til Ensomhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fUVm</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Astrid Goldschmidt
-[...2 lines deleted...]
-Skåne
+Hr. Godsforvalter Warberg
+Hotel ”Tre Hjorter”
+Vestergade
+Kjøbenhavn K.
 [På kuvertens bagside:]
-Hilsen fra Tante!
-[...5 lines deleted...]
-Jeg glemte Dig ikke i Gaar, men var saa lidt oplagt til at skrive og Vejret for grufuldt til [”til” indsat over linjen] at faae Brevet hen Jeg kom i Lørdags, en udmærket Rejse, om Morgenen 6½ fra Syberg, i Rudkøbing Kl. 10, med Bilen hertil ved 12½ Tiden lige til deres Middag. Nu bliver jeg her til ca. d: 25de. Poul og lille Johanne ventes Langfredag og Barnet bliver her en lang Tid. De første Dage i April senest er jeg hjemme igen. Christine og Alhed boer i min Lejlighed fra i Onsdags og er saa glade ved det. Las er kommen fra Sprogø med 7 dejlige Billeder og tænk allerede i Fredags var der solgt et af dem til 2500 og et til 600; han sælger nok alt paa den Frie! Det er dejligt! Nu kan de da med rolig Samvittighed bygge Udhus! Minna og Andreas har meldt sig til dem i Paasken. de kommer selv hjem Skærtorsdag. Lysse boer hos Swanes. Syberg var yderst sparsommelig denne Gang, ikke Antydning af Godter, ingen Indbydelse til Elle og Johanne om at komme derud, mens jeg var der, ingen Godter med da jeg en hel Dag var i Kerteminde; noget helt usædvanligt altsammen! Men jeg havde det frit og rart, var en Del nervøs, da jeg kom, mit Hoved er jo ikke helt i Orden. Jeg kan ikke lade være med at tænke paa vores eventuelle Rejse, hvad kan Du?? – Jeg vilde have vældig godt deraf. Første Halvdel af [”Halvdel af” indsat over linjen] Juni skal jeg være i Kerteminde, d.v.s. inden Midten af Juni; det passer jo udmærket, dersom vi bare rejser en halv Snes Dage. Til den Tid skal jeg virke for Elle; det var for tidligt nu at gaa til Fiskeri[ulæseligt]! Jeg havde en yndig Dag i Kertem; Johanne var hos os til Kl. 3, og vi kom derover ved 5Tiden til en fin Aften. Tænk at Marie skal fra dem nu til Paaske, styre Huset for en ung Andresen, der har købt en Gaard i Skåne ved Ringsjøen, have 30 Kr. mdl. Johanne vil prøve i Sommer ene med Christiane, som vil blive ene, nu Marie rejser. Det kan være baade godt og ondt. Elle har nu 20 Elever, ca 50 Kr. om Maaneden. Hun sætter Penge i Banken! Det er godt gjort! Andreas gav hende nylig 13 Kr; men det er jo godt, hun har lidt at tage til. – Syberg nævnede intet om Understøttelse, det maa han helt have glemt!! Her er saa lidt at skrive om. – Jeg besøgte Ludvig og hans Kæreste var bestilt til at være der; hun er rigtig sød og naturlig, ligner ingen Skuespillerinde, har gaaet to Aar paa Kgl. Teaters Elevskole; men blev ikke antaget; kun 3 af 30! en af hendes Kammerater saa jeg som Agnete i Elverhøj nylig med Lysse. Undres paa, at hun vil have Ludvig!! - De skulde til Charlottenlund i Paasken, hvis de kunde for Prøven. Hun er engageret igen med 30 Kr. Tillæg næste Saison, men kan ikke, vil vist til Aarhus! Men har vist ikke videre Roller. Jeg vilde nok have set ham spille men i ”Hans eneste Kone” med en Masse Personer var han slet ikke og hun kun en lille Rolle. – Hils de kære Unger, det kan blive morsomt, naar I kommer til mig en Tid i Sommer, mens A. har Ferie. –
+Poststempel
+[I brevene:]
+Erikshaab d: 23de.
+Kjæreste Abba!
+Syberg er ikke rejst endnu, da Vejret blev daarligt begge Dagene, nu er han paa Farten fra Kl. 5 om Morgenen og har foreløbig opgivet Rejsen, men naturligvis ligger han nu snart igjen. Det bliver meget kjedeligt saa at rejse fra ham, men jeg haaber at kunne faae Wisse til at tage til Gjeldskov, hvis han bliver syg, ”det Gamle” er som hos L[ulæseligt]. Jeg var deromme imorges, men han var kjørt til Doktoren. Vi har meget travlt idag, da vi høster Hvede og vi skal Kl. 2 gaae til Odensebakken hvor Holm møder med Baaden; han vil kjøre os hjem, men vi kan jo sagtens gaae. Johanne vil ikke med fordi hun har slaaet sine Bogstaver itu. Jeg var helst fri for den Tour, men jeg syntes det var Synd at sige Nej igjen. – Balslev er haard at faae fat i, imorgen, Søndag, skal vi til Ensomhed, saa vil jeg selv op at bombardere ham. I Gaar Aftes kjørte Christine og jeg til Sandholt, men traf Ingen hjemme; Touren var alligevel ikke helt forgjæves, jeg fik gjort Aftale med Snedkeren om at lodde Daaser til paa Tirsdag og saa stod vi af ved Korsvejen og gik til Dals Mølle, der maatte jeg ned inden Rejsen; det er kun smaat med gl. Brandt, Frederikke er ogsaa skrøbelig. – Vi havde en slem Torden igaar morges, det slog ned ved Gjeldskov og slog en Ko ihjel ved Sallinge. Der kom samtidig en slem Haglbyge, Syberg fik meget Korn slaaet ned og prøver nu paa at faae Erstatning. – Det gik nemmere med at vænne Søster fra, end jeg havde tænkt, hun har ikke grædt ret meget. Mælken er ikke fordreven endnu. Jeg gaar og venter paa de Fremmede, som Du husker gjorde mig gnaven paa Lykkenssæde, men jeg er bange for, at de nu ikke kommer før lige til Rejsen, det bliver meget ubehageligt. Altsaa Onsdag d:27 mellem 8 – 9 er jeg at træffe. 
 Kærlig Hilsen!
-Mor.</t>
-[...2 lines deleted...]
-    <t>1900-06-28</t>
+Din Smaa.
+Kjære Fader 
+Hvordan har du det. I Dag skal Alhed og jeg til Holms. Johanne Stuepige har været her. Søster kan helt gå ene og hun kan sige bebe. Jeg var på Ensomhe hele tiden mens di var på Langeland nu har jeg ikke mere at fortælle dig. Kjærlig Hilsen fra din Christine Varberg
+Kære Fader
+OnkelSyberg har været så syg. D Di høster Hvede i Dag jeg lenges meget efter dig 
+Din Alhed. 
+de
+d
+kjære fader
+det er første gang jeg skriver til dig jeg skal til dig ["dig" overstreget] ensomhed nu
+din Johanne
+til Fader, fra Ellen
+Kære Fader
+kommer du ikke snart.
+Din Ellen.</t>
+  </si>
+  <si>
+    <t>1885-04-24</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>Alhed Larsen</t>
-[...1 lines deleted...]
-  <si>
     <t>Kerteminde</t>
   </si>
   <si>
-    <t>Langeland</t>
-[...6 lines deleted...]
-Andreas Larsen
+    <t>København</t>
+  </si>
+  <si>
+    <t>Hull England
+Spanien
+Kaliningrad
+Prøvestenen København
+Frankrig
+Brockdorff Alle 42 5390 Martofte</t>
+  </si>
+  <si>
+    <t>Otto Bache
+Ane Marie Christiansdatter
+Alfred Eckardt
+Christian Eckardt
+Valdemar Eckardt
+Adolph Larsen
+Augusta  Larsen
+Cathrine Larsen
+Georg Larsen
+Ida Larsen
+Jacob Larsen
 Jeppe Andreas Larsen
 Marie Larsen
+Urban Larsen
 Vilhelm Larsen
-Frantz Leth
-[...4 lines deleted...]
-"Dyrlægen" og "Tante" er Alhed Larsens onkel Caspersen og dennes kone Esther Johanne på Langeland.</t>
+- Madsen, Bager
+Sophie Meyer
+Sophus  Meyer
+Sophie Minden
+- Petersen
+Rasmus Petersen, Gartner
+Elisabeth Storm
+Christine Swane
+Natalie Zahle
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Duderne er nok duerne. På fynsk er der mange stumme d'er. Muligvis tror VL at der skal være d i midten af duerne.
+Madsen støjer i bageriet: Familien Larsens købmandsgård lå/ligger i Langegade 50, Kerteminde. Naboejendommen, som Larsen også ejede i 1885, Langegade 48, var Bagergården. 
+Røjlen: råsejl på skib (wikipedia) 
+Beslå: pakke sejl sammen på mast/bom for at hindre fremdrift (encyclopedia_danish.enacademic.com/2173/ Beslå)
+Kønigsberg hedder i dag Kaliningrad
+Christian Eckardt og hustru har sølvbryllup d. 1.6 1885. Den omtalte udstilling er på Charlottenborg.
+Den gamle Frederik er Frederik d. 7 (1848-1863) 
+Hvad grisens indhold skal bruges til: Sætningen refererer formodentlig til den sparegris, som Larsen-familien havde stående ovenpå deres bornholmerur. Den står stadig på dette sted i Alhed og Johannes Larsens røde stue på det, der nu er Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
-    <t>Johannes Larsen har hængt udstilling op, og Thora Warberg (Tutte) har hjulpet.
-[...30 lines deleted...]
-    <t>Thorvald Balslev
+    <t>Det var godt, at Johannes Larsen sendte en undskyldning til faster Thrine og fru Storm. Hvad syntes han om Chr. Eckardts billeder på udstillingen? Fik han afleveret frøken Zahles billede? Otto Bache har solgt et maleri for 7000 kroner. Alfred Eckardt tvivler på, at han kan komme til sine forældres sølvbryllup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qTtv</t>
+  </si>
+  <si>
+    <t>Modtaget den 23 April
+[Påtrykt:]
+J. A. Larsen
+Kjerteminde. [Håndskrevet:] den 24 April 1885
+Min kjære lille Ven!
+Jeg har det saa godt i Eftermiddag at Brevet maa straks igang. Du var ikke saa bedrøvet som jeg var fordi der ingen Brev kom afsted Løverdag for Tiden løb saadan fra mig og jeg var ene hjemme saa jeg kunde ingen raabe an til at skrive, her kom en Fru Petersen Moster til Urbans Kjæreste og vilde tale med din Fader og han kom ikke saa Tiden gik altfor rask jeg blev ved med at høre paa hende og tænkte du naaer det nok men nej det slog fejl saa om Søndag Eftermiddag maatte jeg skrive op til Farbroder Jacob Faster Thrine er nemlig bleven meget svag og kan ikke sove om Nætterne, der var saadan en Kjedsomhed med dem begge at jeg fik den Tanke at Ida Larsen kunde komme herover og løse Faster ad med Huusgjerning og saa kunde Thrine kommer derop og ligge paa Landet og faa Kraften det venter vi nu Svar paa, for at hjælpe paa hende foreløbig er hun flyttet ind at sove hos os, ligger nu om Natten paa det Værelse ved siden af vores og sidder om Dagen paa Fru Storms Stue, det har hjulpen nu sover hun godt og det er kjendt paa hende, Madsen støjer jo i Bageriet om Natten og her er jo stille saa det gjør vel meget, med det samme jeg er ved de to skal jeg hilse dig fra dem, de sagde da Du kjørte forbi, det er værst for ham selv for vi veed han bliver saa kjed af det; og da saa dit Brev kom kunde de saa godt forstaa at Duderne havde optaget dig saadan at du glemte at sige Farvel kjærlig Hilsen fra dem begge med Tak for din Opmærksomhed at give dem en Undskyldning ja det var rigtigt Johannes man skal altid erkjende naar man gjør Fejl.
+Det var det saa skal Du høre lidt om Alfred her var Brev fra ham igaar han var 28 Dage om Rejsen fra Spanien til England, megen Modvind, han fortæller om en Orkan der kom bag paa dem de vare nede at skaffe da Styrmanden kaldte alle Mand op. 5 beslog Sejl hvad de nu hedder allesammen, men Røjlen blæste fra dem og Storsejlet var beslaaet, ellers var Stormasten gaaet, der var ikke Tale om Hvile medens Stormen rasede men næste Dag var det godt Vejr igjen, han har kun svagt Haab om at blive afmønstret paa Kjøbenhavns Rheed for de skal gaa til Kønigsberg og derfra have Planker til Frankrig eller England og saa hjem til Danmark med Kul, det vil jo medtage en 3 Maaneder han vil jo saa inderlig gjerne hjem til Sølvbrylluppet maa Skipperen forbarmer sig over ham og lader ham slippe ved Kjøbenhavn saa faar I ham at see for da tager han lige hjem, der er deserteret 5 Mand, de to kom tilbage igjen, en Hollænder laante en blaa Trøje at gaa iland og blev borte med det samme var det ikke lumpent, Kokken er deserteret, saa maa Alfred som yngste Mand gjøre Tjeneste ved Gryderne men kjedeligt er det siger han for de gjør altid Vrøvl at Maden skal være bedre ogsaa fra Valdemar skal jeg hilse han glæder sig saa umaadelig til Hjemrejsen i sidste Deel af Maj ja maa de samles alle Børnene saa bliver det rigtignok en glædelig Forsamling 
+Johannes har du bragt Frøken Zahle sit Billede - og hvordan gik det Dig? og hvad synes Du om din Eckardts Billeder paa Udstillingen? siig mig ogsaa hvad Du synes bedst om af det altsammen; Otto Backes Malerie Køer der drives af Stalden er solgt til 7000 Kroner Det kan blive til noget - oh maatte Eckardt dog sælge - bed dog med os kjære lille Johannes
+Jeg kan udmærket godt lide Hr Zahrtman fordi han vilde raade Eder til at kjøbe nyttigt for Pengene istedet for Sold. oh Johannes drik dog aldrig noget som kan gaa i Hovedet fortæl mig hvad Du maler og hvad Du tegner og hvad du tænker og glæd mig med alt hvad du veed der interesserer mig og det gjør alt hvad der vedrører Dig vi venter ogsaa at faa at vide hvad Grisens Indhold skal bruges til om det er Skovtour 
+Nu begynder Foraaret at gjøre sig gjældende og vi har voldsomt travlt i Haven der bliver anlagt et 30 Alen langt Aspargesbed oppe i Haven der hvor de gamle Stikkelsbær stod der blev 5 Buske tilbage at plukke endnu i Sommer, Vilhelm græd ellers over dem kan Du tro - tænk nu paa ham i næste Uge skal han til Eksamen det er første Gang i den Skole gid det maa gaa ham godt den lille Ven han har i denne Tid gjort saadan Forretning med Frimærker han kjøbte hos Georg og solgte i Skolen tjænte sig en Krone og kjøbte saa Georg Seglsamling og er meget glad desuden har han tjænt en Krone til sin Sparekassebog. Lammene har det det godt og lille Adolph kom nu ind saa brun som en Tater og skal med ud at hente dem hans lille Træhest staar paa Græs derude og den skal nu hjem i Nat igjen - jeg skal nok passe paa Urtepotten og Frøken Minden har lovet mig den med den gamle Frederik paa saa har Du 2 gamle der en til med en rød Bordt med en sort Tegning vil du have den med kan du faa lad nu Rasmus give dig Skud der er grønne om Vinteren ogsaa
+Jeg blev forstyrret ved at en Gig fra Brocdorff væltede her i Porten og baade Drengen og Kudsken blev kastet ud heldigvis blev Hesten staaende og de slap med at Mixturen blev slaaet itu der er nemlig 3 Thyfus Pasienter derude nu, det er kjedligt naar saadan en Sygdom faar Indpas i et Hjem saa gaar den gjerne rundt
+Du kan tro jeg faar spadseren paa Markvejen nu Fader kommer og henter mig og saa afsted vi haabe det skal hjælpe rigtig godt, din kjære Fader har det rigtig godt og alle dine Søskende ere ogsaa raske det er Mejers Fødselsdag idag Farmoer er derude
+Naa min lille Skat nu lider det mod Enden og saa ønsker jeg dig alt muligt Godt Held og Velsignelse til dit Arbejde og Glæde af Gjerningen saa skal Du se naar du arbejder i Jesu Navn vil hjælpe saa Evnerne han har givet Dig kan komme paa rette Hylde Lev vel og Kys fra din Moder Hils Alle</t>
+  </si>
+  <si>
+    <t>1885-05-06</t>
+  </si>
+  <si>
+    <t>Nyborg
+Halmstad Sweden</t>
+  </si>
+  <si>
+    <t>Johan Bless
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+J.C. Hostrup
+Adolph Larsen
+Jeppe Andreas Larsen
+Niels Mollerup</t>
+  </si>
+  <si>
+    <t>Den nye gård: muligvis er ombygningen af købmandsgården i Langegade 50 først helt færdig nu.
+"Vilhelm" og "Adolph" er to af I.A. Larsens skibe.
+Duder er Vilhelmine Larsens måde at stave til duer på.
+Udflyttergårdene: Møllegården, Andekjærgården, Pilegården og Damgården. (Erland Porsmose: Fritz Syberg - Kunsten, naturen, kærligheden. Gyldendal 2012)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ikke fået besøg og penge som lovet, fordi der har været problemer med levering af tømmer. I.A. Larsen har været i Nyborg for at få styr på tingene. Han skal huske at give besked om, hvornår Mollerup kommer og skrive, hvad han synes, han skal betale i husleje. Margrethe Eckardt skal besøge sine forældre på gården Høljeryd i Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QhX0</t>
+  </si>
+  <si>
+    <t>[Påtrykt]
+J.A. Larsen
+Kjerteminde [Håndskrevet:] den 6 mai 1885
+Kjæreste Johannes
+Igaar var Fader i Nyborg for at trøste den Mand der venter paa Tømmeret og see om varerne vare gode, allerede i dag Kl 9½ kom Kuf ”Vilhelm” tilsyne og er allerede i Nyborg. ”Adolph” ligger sejlklar og med denne gode Vind kan den snart naa Halmstad og med Guds Hjælp [markeret med tal og linje at ordene skal byttes rundt] alle Sorger slukkes, at Fader ingen Ubehageligheder skal have fordi det gaar over Tiden med Leveringen, see derfor kunde jeg ikke svare paa dit Brev jeg vidste godt at du ikke fik nogen af din Ønsker opfyldt mit Barn hverken at vi skulde give Møde eller Penge, du har heller ikke ventet det naar Du havde taget Fornuften til Hjælp men Hjærte og Fantasi eller Kjærlighed til Kunsten er løbet ad med Dig
+Fryd dig over alt hvad du seer husk saa meget Du kan men Ejendomsretten faar du lade de andre beholde en lille Tid endnu, bliv nu ikke altfor bedrøvet, eller tænk de kunde godt have sendt mig Penge – du kan tro der er saa meget jeg og Faer ogsaa ønskede at eje og at gjøre men det forbyder sig alt sammen selv i Øjeblikket.
+Med Hensyn til Spørgsmålet om Hr Mollerup saa har Fader og jeg idag paa vores Morgentour talt om at have ham her i Huset, naar han vil nøjes med det, som vi haer. 30 eller om Du synes 25 Kr maanedlig men ikke Vadsk Johannes for Pigen er ikke flink til Strygning og saadanne Herrer ere lidt vanskelige – med Lindtøjet synes du at 30 er det mest passende det kunde maaske undre ham om vi gjorde det altfor billig men Du har nu som sagt selv Lov til at vælge imellem de 2 Priser vil han komme saa sig mig endelig Tiden _hører Du _
+Gud ske Lov at Du er bedre, men jeg er endnu ikke rolig før jeg hører Du er heelt rask glem ikke at svare herpaa; Vi har det alle godt idag vajer Dannebrog for første Gang fra den nye Gaard. Bless har Bryllup og saa syntes jeg det var saa tomt at der ikke skulde flages for ham
+Adolph er ivrig med Høns og Duder de vil ikke lægge Æg og de har været ude at gjøre Opkøb med Andeæg der langt oppe i Udflyttergaardene, saa der er en Høne der ligger paa dem om de nu maa blive til Ællinger vil Du have Blousen af hvidt graat eller sort Tøj?
+Det var dejligt at Du hørte Hostrup men du fortæller mig ikke noget videre om den
+Touren du fortalte mig om den var lang saadan en Udflugt den kunde vel da skaffe Dig Søvn om Natten Johannes ja du skulde vist gaa dig træt for at sove 
+rimeligt er det at Skolen holder op før Pindsen saa vi har Dig til Helligdagene, Margrethe rejser ligefør Pinsen hjem mon dog Alfred skal naa at komme i land fortæl mig om Eckardt Stykker naaede at blive hængt op anden Gang jeg er bange de kom for seent sig mig dog hvad du synes om disse sidste, hvad er det du ikke kan lide paa de andre 2 Billeder; kunde han dog blot sælge oh vi beder for ham Nu er Kl. mange saa jeg maa rigtignok sige Farvel til dig min kjære elskede Johannes, Gud Fader bevare dig og give dit gode Helbred igjen saa du maa faa Kraft og Virkelyst i rigeligt Maal – Hils Alle
+Din inderlig hengivne Moder</t>
+  </si>
+  <si>
+    <t>1886-03-16</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>4000 Roskilde
+Revninge 5300 Kerteminde
+5466 Asperup
+Levring 8620 Kjellerup
+Scheelenborg 5390 Martofte
+5000 Odense</t>
+  </si>
+  <si>
+    <t>Anna 3 -
+Holger Begtrup
+Frederik  Bruun
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Valdemar Eckardt
+Marie Hansen, pige i huset hos Alhed og J. Larsen
+Niels Henriksen Kerteminde
+Erik  Jensen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+- Lassen
+Clara Lindberg
+Morten Pontoppidan
+Alma Wandahl
+William Wandahl</t>
+  </si>
+  <si>
+    <t>Familien Larsen er medlem af valgmenighedskirken i Kerteminde.
+Dykkere er ænder.</t>
+  </si>
+  <si>
+    <t>Der er uorden i Johannes Larsens snavsede flipper. Man venter spændt på resultatet af Christian Eckardts auktion. Den gamle valgmenighedspræst i Kerteminde er død, og det er vanskeligt at finde en ny.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nvKp</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst]
+J. A. Larsen
+Kjerteminde. den 16. Marst 1886
+Kjæreste Johannes!
+Mandagmorgen fik jeg Pakken, tog straks fat paa Trøjen vaskede den og idag er den hos Skræderen for at blive kantet og præsset den skal nok blive pæn min Ven hermed følger saa Mærker, Slips, Sæbe og om her ingen Penge bliver at faa saa vil jeg putte 1 Kr jeg har i Lommen paa Trøjen der hvor Mærkerne ere fæstede paa du modtog vel i Søndags Benklæderne Strømperne og 10 Kr som Du skulde bruge til Skolepenge
+Flipperne begriber jeg ikke du fik 11 med Dig og her er kun 4 af Linnigerne, de 2 andre ere jo fremmede Menneskers hvor faar du dem fra Johannes nu vasker vi dem og gjør saa Rede for at give dem til Ejeren, min Ven vi skal vaske imorgen og skal om alting gaar som vi tænker afsende Pakken med det rene Tøj Fredagmorgen; Vejret er ellers slemt i dag ingen Kjøbenshavnspost i dag Togene sidde vist fast i Nærheden af Roskilde vi vente med Længsel for at see Udfaldet af Eckardts Auktion, Billederne stod saa godt omtalt baade i Politikken og Nationaltidende, vor Herre forbarme sig dog over ham den flittige Mand, at der maa komme nogen ordentlig Indtægt ind for nu kan Fader ikke blive ved i disse daarlige Tider for Handelsmanden imorgen er det Valdemars Fødselsdag og Fredag er det Alfreds tænk dog han er 20 Aar og er ikke kommen i nogen Stilling endnu, det er ogsaa tungt at der ikke er bleven en Plads for ham havde han dog blot havt Lyst til Søen saa kunde han jo godt have gaaet ind efter og derved tjent Overskud men raade dem noget vilde vi ikke for det maa jo dog komme fra ham selv hvad han afgjort har Lyst til hvor det er godt at Valdemar er saa fornøjet med sin Gjerning og tilfreds hos de Mennesker han er hos.
+Der kommer ingen af os til Revninge for at høre Begtrup jo Henriksen og han hørte at Folk spurgte om han ikke vilde være Præst men Svaret lød nej dertil føler jeg ingen Kald, idag prædiker her en Pastor Lassen fra Asperup og mulig kommer her i næste Uge en Pastor Brun fra Levring som seer ogsaa er paa Listen, rigtignok er her Ængstelse, for hans Gjæld er 11,000, og det er Menigheden bange for, her bliver vist et uroligt Møde for her er nu saa mange Partier der har en Candidat, skade at vi ikke fik Pontoppidan for der var omtrent Alle enige, men vor Herre har vel nok en til os, [tilføjet i margen] Onsdag
+for Fru Lindbergs Vedkommende er det jo godt for hun faar da Ro til at gaa ud af Hjemmet hun er en lille stærk Kvinde, vil ikke holde fast Pige – nu 1 Marts rejste Marie Hansen og saa har hun en lille Bypige – i Sommer skal hun saa blive her i Byen, deres Huslærer Erik Jensen har meldt sig som Stifter af en Skole, om han faar tilstrækkelig Antal jeg vilde ønske det for han er bestemt en dygtig Mand Sløjdskole vil han ogsaa have
+Din Trøje er rigtignok ikke kommen endnu; men om lidt naar Anna faar fejet skal jeg have hende derhen igaar fik vi ingen Kjøbenhavns Post vi blev ved at vente i Aftes om der ikke skulde komme en ridende Post.
+Nu kan Du tro her seer ud som Vinter de kan gaa til Romsø og Isen er over 1 Alen tyk ved Langeland skal der være høje Isbjerge det var interessant see dem
+Vilhelm var med Fader paa Scelenborg i Søndags og saa der Vildænder de havde fanget med Hænderne saa forsultne og udmattede var de; men nu var de blevne plejede og befandt sig overmaade vel; mange Bønder havde gjort lignende Fangst, naturligvis spist dem [overstreget]igje
+Vi fik igaar til Middag smaa Dykkere de smagte dejligt ja hvor har vi det godt lille Barn tak dog Gud Fader og bed af hele dit Hjærtes Godhed den Bøn giv os idag vort daglige Brød saa beder Du for alle fattige Stakler, jeg skal fortælle Dig et lille Træk af Nøden i Odense
+Fragtmand sagde det til Fader igaar, der er en Brygger Jørgensen som havde lagt mærke til et Barn der daglig kom efter et Fad Mask og da han spurgte hvad de brugte det til vilde Barnet ikke svare ham, han gik da en Dag bagefter for at se selv og da han kom ind sad de og spiste af Fadet, hvilken en Nød kjære Barn, Manden sagde til Forklaring jeg kan ikke sende mine Børn ud at tigge og vi ejer intet, Jørgensen gav dem 10 K og lovede at have Omsorg for Hjælp til dem – ja det er noget der kan blødgjøre et Hjerte, vi se i de mindre Byer dog bedre hvor Trangen er - Fader er saa glad i Aar ved Bespisningen der faar 150 Mad 3 Gange ugentlig og den private Godgjører er virksom i Vinter
+Her skal jo nu spilles af Dilletanter naar Vandal kommer og lige før Paaske igjen da skal Margrethe spille med Du faar kjøbe dig en amerikansk Flip min Ven Pigen sagde ikke til igaar at hun var uheldig med Tøjet saa nu maa vi sende dem med næste Post – nu er Klokken saa mange at jeg maa stoppe men saa skal jeg skrive igjen imorgen
+Lev vel nu min egen Ven og Gud glæde Dig alle Dage
+Din trofaste Moder
+glem nu ikke at see Lommerne efter det ene Slips er til daglig og det andet kun til Søndag
+Kjære Johannes,
+Du glemte igjen hvad jeg Skrev til Dig om at sende mig den Dukkelampe naar du sender Dit Snavsetøj, men glem det nu ikke igjen for jeg vil saa gjærne have den til at sætte i min Dukkestue det vil Du nok ikke sandt. Kjærlig hilsen fra Din Søster Christine</t>
+  </si>
+  <si>
+    <t>Juli 1884</t>
+  </si>
+  <si>
+    <t>Johanne Caspersen
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Carl Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Poul Caspersen
+Knud -, Gudruns bror
+- Hein, Birkerød Kostskole
+Christine  Mackie
+Petrea Schmidt, g. Brandstrup
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen, f. Warberg, må have skrevet brevet som barn. Hun var på sommerferie hos familien Caspersen på Langeland. Johanne Caspersen var en søster til Alhed Larsens mor.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2207</t>
+  </si>
+  <si>
+    <t>Brev 1: Alhed leget og spiller med Knud; de spiser kirsebær og stikkelsbær. De har været i byen og se beridere, og Poul vrælede slet ikke. De fleste bader hver dag.
+Brev 2: Det var en misforståelse, at Mea skulle komme til Warberg. Alhed og Knud har det fint sammen, og han er en rar dreng. Johanne glæder sig til, at Christine, Carl og Petrea kommer. Albrecht er også velkommen. Det vil være hyggeligt, hvis Laura kommer, mens Carl og Petrea er på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bsN8</t>
+  </si>
+  <si>
+    <t>Fredag.
+Kjære Moder!
+Du kan se, at jeg morer mig udmærket, da jeg endnu ikke har skrevet; Knud (Gudrunds Broder) [det sidste "d" i "Gudrund" overstreget] er her, vi spiller Croquet og spiser vældig mange Stikkelsbær og Kirsebær, skjønt Stikkelsbærrene ikke er aldeles modne, men de smager ["r" i slutningen af ordet overstreget] udmærket alligevel. Her har været Beriddere [det sidste "d" overstreget] i Byen og i Onsdags vare vi henne at se dem, det var meget morsomt; Poul var med og brølede ikke en Smule; det varede til Kl. 10 men han havde sovet 3 Timer til Middag. Max gav Knud og mig Billetter. I Gaar var jeg med Tante hos Heins, i Dag har jeg hjulpet hende at bage Kager. Vi bader hjer ["j" overstreget; "v" indsat over linjen] Dag Vandet er henrivende dejligt; Doctoren har sagt at Poul skal bade men i disse Dage har han været forkjølet. En venlig Hilsen til Alle. Din
+Al Warberg
+mit Korset passer mig udmærket, Tak.
+Kjære Laura, tak for Brevet, Alhed havde længtes efter sit Korset. Det var da nu en Misforstaaelse med Meas komme til Eder, da hun jo først vil rejse midt i August. De more sig deroppe over en [ulæseligt] og er meget indtaget i Ludvig.
+Alhed morer sig udmærket sammen med Knud, som vi fik i Søndags, han havde ingen Steder at være, og da Tine nu ikke kommer, [ulæseligt ord] vi, han kunde komme til August Maaneds Begyndelse. Han er en frygtelig rar Dreng. Vi glæde os til Christine kommer, ligeledes til Karl og P., jo vist er hun et rart Menneske. Nu skulle vi nok sørge for lidt [ulæseligt ord] til dem i Morgen, og Vogn er bestilt. Vi kunne udmærket have Abba, sidste Halvdel af August er kun Thora her, og første Halvdel af September ligeledes, og det vil være os en stor Glæde at have ham. Mea er hjemme til den Tid, nu de Par Dage Da kunne maaske Du nu ligge oppe hos hende. Men det var jo morsomt at komme her medens Karl og P. endnu er her. Men Dagen kunne vi altid bestemme efter den 14 - 16 ["- 16" indsat over linjen] August. Nu faar Du ikke ["ikke" overstreget; "næppe" indsat over linjen] næppe Brev mere før de skrive om hvad Dag de komme hjem.
+Hilsener fra os Alle, Din
+Hanne.</t>
+  </si>
+  <si>
+    <t>1891-19</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>- Boysen, København
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Carl  Herold
+M Knipschildt
+Arnold Emil Krog
+Christine  Mackie
+- Paulsen
+- Stenberg
+- von Willich</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede foråret 1891 til foråret 1892 på Værnehjemmet i København og var i lære på Den Kongelige Porcelainsfabrik (=Fabriken).
+Laura Warbergs forældre ("De Gamle") flyttede i 1886 fra Langeland til København.
+Det er uklart, om Knipschildt er den person, hvis biografi der linkes til.
+Nicoline con Sperling forblev ugift, og Maria von Sperling giftede sig først i 1897, så den omtalte Fru Sperling er muligvis en helt tredje.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0341</t>
+  </si>
+  <si>
+    <t>Laura Warberg har hørt, at hendes mands problemer kan skyldes polypper og synes, han skal få det undersøgt. 
+Hun har været på Den Kongelige Porcelainsfabrik hos datteren, og hun spiser frokost med sine gamle forældre hver dag. Alhed, bedstemor Hanne og Laura har købt tøj mm til Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Krfi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg.
+Erikshaab
+pr. Højrup St.
+Fyn.
+[I brevet:]
+Torsdag d. 19de.
+Kjæreste Abba
+Fader har kjøbt mig nogle Chininpiller og naar jeg tager 3 eller 5 af dem, saa hjælper det paa Hovedet, igaar var det slemt om Formiddagen, men gik dog an til Middagen hos Fru Paulsen. Nu skal Du høre, hvad Boysen sagde, da han havde spurgt til Dit Helbred: om Du aldrig havde ladet din Næse undersøge, for dersom der er Polypper, saa kan de trykke paa Hjernen, saadan har von Willich havt det og han er nu bleven bedre ved Behandling af Si[ulæseligt]; de kan tillige give Asthma. Den Sag skal vi da drøfte med Din, hvem veed, om ikke Din Hoved Svaghed skriver sig fra noget lign. Men derom nærmere, naar jeg kommer hjem, jeg skriver det, fordi det optager mig saameget. Iaften skal vi maaske se Valkyrien, det bliver første Gang, jeg er i Teatret, spise til Middag hos [to ulæselige ord] først. Igaar var vi paa Fabrikken, meget interessant, men Krogh var der ikke, derfor saa vi kun lidt deraf. Fader har det nogenlunde i disse Dage og Nætter, jeg er der næsten hver Dag fra 10 ½ til 1, spiser Frokost der hver Dag. Vi har været paa Regensen en lille Visit hos begge vore unge Venner, Hanne Alhed og jeg, ligeledes i Landstinget. – Idag tænker jeg Kortene bliver sendt, sig til Christine, at hun strax sender til [to ulæselige ord], og hvem hun skal sende til herinde; Fru Sperling og Steenberg, Paulsen, Sc[ulæseligt] og Knipschildt beholder vi til, og til Herolds. Hun kan jo i det hele godt sende dem alle ud, undtagen til Egnen hjemme først paa Mandag. Jeg har travlt med at komme afsted til de Gamle. Imorgen tænker jeg vi gaar til Herolds og saa hæver Alhed forhaabentlig de sidste Penge, vi har kjøbt til hende Kjole [ulæseligt ord] og flere Smaating, vist for c. 75 Kr. Hanne hjalp os, vi var først paa Værnehjemmet og undersøgte grundigt hendes Garderobe.
+Jeg kommer paa Mandag med Iltoget, glæder mig til at komme hjem i Ro, dette Liv herinde er trættende.
+Mange kjærlige Hilsener til Alle fra Dit Es.
+Undskyld H[ulæseligt] Skriften.</t>
+  </si>
+  <si>
+    <t>1891-07-06</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Johanne  Larsen
+Fanny Schaffalitzky de Muckadell
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i 1891 begyndt som elev på Den Kongelige Porcelainsfabrik i København. Hendes morforældre var efter bedstefaderens pensionering flyttet fra Langeland til København. Han var dement. 
+Det vides ikke, hvem Etatasraadene er.
+Ligeledes er det uklart, hvem Tante er. Muligvis Wilhelmine Branfdstrup, g. Berg (Alhed Larsens moster), kaldet Tante Mix.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2102</t>
+  </si>
+  <si>
+    <t>Alhed er ked af, at hun har brugt for mange penge. Hun sender fortegnelse over sine udgifter, og hun er desuden begyndt at spare. Fra Porcelainsfabrikken har hun nu fået den første tikrone.
+Alhed håber, at Johanne kommer til København til efteråret. Familien vil kunne spare penge, hvis de to søstre bor sammen. 
+Hele dagen har Alhed været hops bedsteforældrene. Bedstefar var klar i hovedet, kunne huske at der havde været besøg, var selv stået op mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aBcb</t>
+  </si>
+  <si>
+    <t>Søndag Aften 6te
+Juli 91.
+Kære Fader!
+Tak for Dit Brev, som jeg jo rigtignok ikke blev videre glad ved! Jeg blev aldeles forfærdet ved at se, hvor mange Penge, jeg har hævet; jeg har nok af og til tænkt med Gru paa alle de Penge, der gik til, men jeg havde egentlig ikke tænkt mig, at jeg var saa ødsel, og at der var gaaet saa meget til, havde jeg som sagt langtfra tænkt mig. – Jeg synes nok, at det er meget svært at leve sparsommeligt i København, særlig naar man er uøvet – jeg mener den første Tid, [et overstreget bogstav] man bor der; men man kan selvfølgeligt gøre det og jeg er nu bagefter ked af, at jeg ikke har passet bedre paa. Fra Moder var herinde, har jeg været meget sparsommelig, da jeg af hende hørte, at Terminen var saa slem; og at mit sidst hævede Beløb saa stort, kommer deraf, at jeg havde to store Syjomfruregninger. Jeg sender hermed en Fortegnelse over mine største Udgifter, og Du ser saaledes, at der er gaaet mange Penge til Tøj ogsaa udenfor de 100 Kr, Moder hævede for mig. Men at jeg har brugt endogsaa meget ud over, hvad jeg behøvede, maa jeg jo desværre indrømme. – Jeg har nu begyndt et nyt og bedre Liv og betænker mig paa hver en Øre jeg giver ud, kører f. Ex. slet ikke ikke [”ikke” overstreget] i Sporvogn. Men det hidtil vigtigste Punkt i det nye og bedre Liv, der jo gaar ud paa at beskytte Din Pung,- kommer dog nu! – Strax Dagen efter at jeg havde faaet Dit Brev, gik jeg til Arkitekten og spurgte, om jeg snart kunde faa nogle Penge, og – I gaar har jeg min første Tikrone hjem fra Fabrikken !!!--- 
+Det gik meget glat, der skulde denne Gang heldigvis ikke tales med Etatsraadene og jeg blev strax sat paa en ugentlig Gage af 10 Kr. Min Henrykkelse kendte ingen Grænser, da jeg fik min første Seddel i Haanden, jeg havde egentlig først tænkt mig, at jeg skulde have næste Lørdag efter at have skrevet Regning paa Onsdag! Jeg tænker, at I blive næsten ligesaa glade ved den Efterretning, som jeg blev det! – Een Ting gruer jeg dog endnu for, og det er Tanken om, at Johanne ikke skulde komme herind til Efteraaret! Det vilde jeg tage mig meget nær. Det var jo skrækkeligt at tænke paa, om hun skulde bløde for min Skyld! Egentlig vilde det ogsaa i pekuniær Henseende være heldigt, om hun kom ind nu og ikke om et Aar. For det første kan Du nu [”nu” overstreget] ved at hun bor paa Værelse sammen med mig spare 6 Kr om Maaneden for hende og det samme for mig; om et Aar bor jeg jo næppe paa Værnehjemmet. 2: kan jeg, naar jeg skal skal [”skal” overstreget] skifte Værelse, sige mit Op [”Op” overstreget] op inden Ferien og slippe for at betale noget i den Tid. 3. gaar jeg jo naturligvis ikke saa meget ud, naar vi ere 2 som naar jeg er alene, og Selskabeligheden meget medsig [”medsig” delt med streg til to ord] af Klæder og Sporvognspenge. 4. kan hun, der jo er yderst sparsommelig anlagt, hjælpe mig med at faa den nye Vane i mig til at voxe og den gamle til at forsvinde! -D [”D” overstreget] Jeg synes at der er saa meget sund Fornuft i disse Grunde, at jeg ikke kan tænke mig, at Du kan staafor [”staafor” delt med streg til to ord] dem. Det er [overstreget ulæseligt ord] min Yndlingstanke, helt at kunne sørge for mig selv efter Ferien (maaske med Undtagelse af Fodtøj) – men dette tror jeg vil være umuligt, hvis jeg ikke kan slippe med 30 Kr om Maaneden; men i det Tilfælde tror jeg, det vil kunne lade sig gøre, da min Gage jo bliver [”bliver” indsat over linjen] 40 Kr hver anden og 50 Kr hver anden Maaned. - - 
+Alle herinde ere meget glade over at jeg er begyndt at tjene noget. Bedstefader er forfærdelig optaget deraf. Jeg har været hos de Gamle hele Dagen, og Bedstefader var forbavsende meget bedre. Jeg hørte ham ikke sige et eneste galt Ord hele Dagen. Bedstemoder gik lidt ud i Formiddags og allerede inden hun kom hjem, var Bedstef. staaet op og havde klædt sig alene paa. Derefter gik vi lidt ud i Haven og han gik saa rank og rask, at jeg slet ikke behøvede at støtte ham. Han var fuldstændig klar i Hovedet og gik og fortalte mig om sin Sygdom og alle de D [”D” overstreget] gale Ideer og Fantasier han havde haft. Han kunde godt huske, at Moder og Tante havde været herinde. Men flere Ting forbavsede mig dog endnu mere. Han spurgte f.Ex hvorledes Du var kommet over Terminen i Aar! og en anden Gang sagde han, at vi fik vist ikke mange Jordbær hjemme i Aar, da de blev saa forkludrede i Fjor. – I Går var han alene hos Barberen. Alt dette vil nok forbavse Moder meget; men desværre [overstreget bogstav] mener Bedstemoder, at Kløen er taget lidt til, han klagede sig dog ikke meget. – Nu maa jeg nok sige stop; dette Brev har antaget et uhyre Omfang skønt det kun omhandler saa faa Ting. Jeg haaber, at I skulle blive glade ved det, der er dog to gode Efterretninger i. – Paa Tirsdag skriver jeg til Komtessen og fortæller hende om Tikronen; jeg kan ikke naa det i Aften, da Kl. er 1 ¼ og i Morgen skal jeg til Lawn-tennis. Mange Hilsner til Eder fra [”fra” overstreget] Alle fra Din Datter b., i hvem Sorig og Glæde de vandrer til Hobe.
+[øverst på sidste side, skrevet liggende]
+Af Kommissioner hjem er det vigtigste: 
+En Skomagerregning 10 – 12 Kr. [? Indsat over ”-”]
+Et Skjærf 5 Kr. 50. 
+[tilføjelse øverst på siden slut]
+Kjoletøj 15 Kr -
+med Skjærf 5 - -
+Syløn 8 -
+Tillæg mindst 5 - 
+Sko 12
+do 10
+do 5
+Turist.do, 5 -
+2 Par forsaalede à 2 ½ Kr. 5 -
+Sølvbrylluskjole 18 - 50
+syet med Tillæg
+Hat 4 -
+Sprøjteapparat til Fabr. 5 - 50 -
+Lis 3 - 50 -
+Sporvogn – Handsker – Ex [”Ex” overstreget]</t>
+  </si>
+  <si>
+    <t>1891-12-02</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Elisabeth Bondesen
+Edvard Grieg
+Henrik Havemann
+Rebecca Havemann
+Malin   Holmström-Ingers
+Leonard Holst
+Johanne Christine Larsen
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine, f. Warberg, var gravid med sin kæreste, Leonard Holst. 
+Det vides ikke, hvem Md. Petersen, Doktorens og Olga Wendelboe var. 
+Alhed Larsen var i København som elev ved Den Kongelige Porcelainsfabrik.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2695</t>
+  </si>
+  <si>
+    <t>Alhed ved jo, hvad der er galt. Christine har tidligere fordømt de faldne kvinder, og nu er hun selv en af dem. Til maj er det hele overstået. 
+Christine har sagt til moderen, at hun ikke kan tåle musikken, og Leonard har gennem avisen fundet et sted i Århus, hvor hun kan være. Det er et held, at graviditeten endnu ikke kan ses, men det er slemt at lyve for forældrene.
+Christine har slået sig selv i maven for at dræbe fosteret. Hun er bange for fødslen; bange for at dø, og hun har samvittighedsnag overfor barnet, der måske skal vokse op blandt fremmede i fattige kår.
+Når barnet er født, har Christine fået lov til at tage til København og studere musik.
+Kaptajn Havemann søger en dansk stuepige, og Christine kan ikke tage pladsen, så måske gør Ellen det. En af Holmströms piger kommer til Erikshaab.
+Christine er ikke længere forelsket i Leonard og tåler ikke, når han rører ved hende. Han er stadig glad for Christine.
+Albrecht Warberg synes, at Alhed skal have en kjole til selskabsbrug. Christine foreslår hvidt råsilke. 
+Alhed må være lykkelig i sin nuværende situation. Hun må skrive snart. Christine siger til moderen, at hun ikke må åbne brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AtS0</t>
+  </si>
+  <si>
+    <t>D. 2/12-91
+Kæreste Alhed!
+Allerede inde jeg i Form. fik dit Brev; havde jeg indset, at det var en stor Skam af mig sådan at komme med en halvkvædet Vise om Død og Fordærvelse, og da jeg læste dine Linjer indså jeg dobbelt, at det var forkert. Ja, kære Alhed, når jeg ikke for lange Tider siden – i Sommerferien – har sat dig ind i min Elendighed i hele dens rædsomme Omfang, så er det ikke, fordi jeg trode et eneste Øjeblik, at det skulde gøre dig bitter imod mig – tværtimod! dertil kender jeg dig da for godt; men Sagen var 1) var jeg ikke sikker i min Sag 2) skammede jeg mig og gør det endnu så kolossalt 3) vilde jeg helst så længe som muligt og helst helt, skjule det for jer alle, da det jo umulig kunde andet end gøre et meget pinligt Indtryk.
+Ja du ved jo naturligvis for længst, hvad der er i Vejen – var det ikke så sørgeligt, så var der sandelig noget højst komisk i Tanken: jeg, i min første Ungdom de faldne Kvinders ivrigst ”Forbander”, i de senere År deres varmeste ”Undskylder” – jeg er nu selv en af deres store Hær – elendig, forført, måske ødelagt for Livstid. Men som jeg har antydet, hvo [”hvo” overstreget] skal dette sidste ikke blive Tilfældet, og forhåbentlig skal jeg til Maj være godt over alt dette grusomme, - å, hvor dog Mennesker kunne ødelægge Livet for hinanden.
+Jeg synes, der er en sådan myldrende Masse at skrive om, at jeg ikke ved, hvor jeg skal begynde, først skal du høre, hvordan vi tænker at klare det, det er dog det vigtigste; jeg har sagt Mor, at jeg ikke allerede til Nytår kan tåle Musiken, men at jeg mener, det vilde gøre mig godt at være mellem fremmede Mennesker en Tid; fra Nytår til Maj; Leonard har i Odense flere Gange talt med en Jordemoder, hun siger, vi kan godt skjule det, sådant hænder 20 af 100 i de ”dannede” Kredse, hvor man mindst aner det; hun havde ifjor en fin, rig ung Pige fra Kbh. som havde sagt sin Moder og Fader, at hun vilde tage en Plads som ung Pige, hun var der 4 Måneder, fødte, nogen Tid efter døde Barnet, og hun kom tilbage uden at nogen anede noget. Nu får Leon. gennem Md. Petersen et Sted til mig at være i eller ved Århus; dette Sted nævnes herhjemme som en Plads, Leon. har fået gennem Avisen; for at undgå for megen Korrespondance og Forhøren, skal han først finde Pladsen henimod Jul, og til Nytår rejser jeg. Ved særligt Uheld kan denne Plan naturligvis mislykkes, men ved [”ved” overstreget] når vi er på vor Post, håber jeg, og anser det for sandsynligst, at den går godt. Min største Bekymring er den, at jeg ikke skal kunne gå til Jul uden at nogen ser det på mig – tænk, først i 
+2)
+Marts skal det være, altså er der kun tre Måneder til nu, at der intet ses er mig som et Mirakkel, på andre ses det jo 5-6 Måneder i Forvejen. Dette er min Lykke; endnu går jeg uden Korset og – tager i Selskab til Arreskov og (idag) Brobygård med min lyseblå Kjole. Det er uhørt, synes jeg nok, men jo mere jeg kan lade som ingen Ting, des fjærnere ligger jo Mistanken. Hvor grulig en Tid det dog bliver for mig der oppe alene og i den Elendighed og – hvad der næsten bliver det pinligste – med den evindelige Lyven for Far og Mor. – Men jeg går ud fra, at det sker for at skåne dem – Mor kan jo aldeles ikke tåle sådan en Sorg – og så må det da være det rigtigste ikke sandt?? 
+På samme Tid, som jeg fik at vide, at jeg ikke ved Stød og Slag kunde dræbe Fostret (jeg vilde rimeligvis have dræbt mig selv ved at fortsætte dermed) fik jeg at vide, at Sagen kunde ordnes på denne Måde, det var en sand Lykke at få det at vide – vel var jeg så altså sikker på mine egne Lidelser men dog også nogenlunde sikker på at kunne skåne min Familie det har hele Tiden været min største Sorg at skulle bringe Sorg over alle mine kære. Å jeg gruer nu alligevel så frygtelig for det altsammen – ikke mindst for Fødslen selv – og tænk om jeg dør – det var ganske sikkert bedst for mig selv og for andre også, men en stor Sorg ville det dog blive for jer alle. Men det er jo alligevel sjældent, man hører det. Hvis det stakkels Barn lever – hvad det naturligvis nok gør – så er det grulig Synd mod det, - ud blandt fremmede i fattige, måske dårlige Forhold, et stakkels uægte Barn som hverken Far eller Mor vil kende; det er så frygteligt at have så meget på sin Samvittighed mod et Menneske. Gud give, det måtte dø, det stakkels Væsen. –
+Men går jeg ud fra, at jeg kommer godt og vel over det hele, så kommer der bag efter en Tilværelse så strålende, at jeg knap kan tænke mig en sådan Lykke; Far har næmlig nu sagt ja til, at jeg må læse Musik i Kbh. og jeg skal tage fat til Maj! Tænk dog hvilket Liv at være i København, og optaget af det kæreste, jeg kan beskæftige mig med, sammen daglig med dig og Johanne - -
+å, hvem der alligevel kan leve til den Herlighed! Bliver det dog ikke mageløst! Tror du ikke nok, at vi kan komme over det? Og tror du ikke nok, jeg lever? Olga Wendelboe var jo yngre, jeg bliver jo omtr. 22 År, det er vist en heldig Alder. Og er jeg normalt over det, så tror jeg, jeg vinder bedre Helbred ved det. Skriv nu alt, hvad du mener om det, kæreste Alhed, og læg inden i, når du skriver til Mor næste Gang. Elle ved det, ingen andre må vide det. Joh. vilde tage det altfor hårdt. – 
+3/12. Igår var vi så på Brobygd. Doktorens var der og ved Bordet sagde Dr. Til Mor, at Kapt. Havemann og den lille engelske
+3)
+Frue, som bo i Hamburg ønsker at få en ung Pige i Huset ½ År for at lære Fru H. at tale Dansk, hun skal være musikalsk og kunne Tysk; Mor vil partout have mig derned, men Dr. vil ikke lade mig, selvfølgelig siger jeg selv, at jeg ikke kan; tænk hvis der intet var i Vejen, så kom jeg der, det er da sikkert og vist! Nå men det kan ikke nytte at ærgre sig; nu er der meget stærk Tale om Elle, som grulig gærne vil, jeg tror næsten, det bliver til noget med hende, jeg påskynder af alle Kræfter; vil de have hende, kommer hun der, hun må nok. Så taler Mor om, at jeg skal udfylde hendes Plads, det bliver et vanskeligt Punkt at komme væk under de Omstændigheder; der er Tale om at Mor skal få en af Holmströms herned, en ung Pige kan hun jo ikke undvære, men i alle Tilfælde vil det jo se højst besynderligt ud, at jeg rejser og der så slet ingen er hjemme. Men jeg må jo holde på at jeg vil; skal det komme højt, siger jeg til Mor, at jeg føler, jeg gør det trist herhjemme, hvilket kun er altfor sandt, desværre. - -
+Det tristeste ved hele denne triste Begivenhed er dog det, at den så komplet har forandret mine Følelser for Leonard; dette ved nu kun du og jeg [”dette ved nu kun du og jeg” indsat over linjen] hver Gnist af Forelskelse og Agtelse er som blæst bort og har været det lige siden jeg kom fra Langeland; for mig er han nu kun Forføreren, hver Berøring af ham er mig imod, og når han kysser mig, får jeg Kvalme næsten; det er ganske forfærdeligt, synes jeg, men jeg kan ikke gøre ved det, jeg har forsøgt af alle Kræfter at kæmpe imod, men det er umuligt, de Følelser, som ikke existere kan ikke fremkaldes. Hvad Selvagtelse angår, da ved du, at jeg aldrig har haft flot med den, at jeg nu rentud f_oragter_ mig selv, kan du forstå; men at jeg nu er grundig kureret for min mageløse Letsindighed, det vil du også forså; den sidste Del af min Agtelse for Leonard gled, da han blev overbevist om at det var galt – å, noget Mandfolk så pjaltagtig forsagt – rent til at vække Medlidenhed. Ja du må tro, jeg har Medlidenhed med ham, han holder bestandig lige meget af mig og kan selvfølgelig ikke andet end mærke, hvor forandret jeg er, Gud ved, hvad Enden skal blive på al denne Elendighed. Gid han kunde blive forelsket i en anden – jeg kan ikke bryde med ham, - mest for Mors Skyld, som jo forguder ham og ser i ham et fuldkomment Menneske uden Frygt og Dadel. Han er ejegod, men det er i mine Øjne det eneste han er, og det er mig for lidt; hans Godhed er ligefrem rørende, han giver mig så mange Ting og ofrede såmæn gærne sit Liv for at gøre det skete usket så meget tristere er det, ikke at kunne holde rigtig af ham, stakkels Leonard. Når jeg nu ikke er det mindste forelsket i ham og ikke en Gang har Agtelse for ham, så kan du nok tænke, at jeg gruer ved Tanken om et Ægteskab med ham – vi som ikke har én Interesse fælles, å det hele er så bundsørgeligt; jeg vil vente og se Tiden an, om jeg ikke som Mor siger
+4)
+kan opnå at blive ”træt” af en selvstændig Tilværelse og min kære Musik og så kunne finde mig i at blive gift = bunden til én og samme Plet og til én som jeg aldrig mere vil kunne elske, hvordan mine Følelser for ham så end kan blive. Hvad mon du dog vil sige til alt dette; jeg håber, at du som jeg slår din Lid til at alt kan gå godt og ubemærket hen og trøster dig ved at det så dog snart er ovre – til Maj er Skæbnen afgjort, og der er jo kun 5 Mdr. til Maj; indtil først eller midt i Marts må vi vente tålmodig og håbe det bedste – der er vel for Resten ingen Grund til at tro, at det ikke skal gå godt, tror du vel? Mit Legeme er jo sundt og kraftigt, og det er jo mest det, det kommer an på. Altså allerede inden April er jeg over det værste, og i Løbet af April håber jeg, jeg skal kunne komme mig og få mit sædvanlige Udseende. Tænk, hvor det egentlig stiller sig lykkeligt, jeg har ikke Spor af brune Pletter i Ansigtet som de fleste! Mit Udseende er jo så fordelagtigt som blot muligt. Og så til Maj begynder Livet på ny, ligesom helt forfra! Å hvor det er dejligt at tænke på! Ja, jeg er letsindig, at jeg i al min Ulykke kan være så glad ved den Tanke, men: ”Et Glimt af Sol bag Tågen at bevare o.s.v.” det kan da ikke være nogen Fejl! – Nu til mere fredelige Ting. Hermed din røde Kjole, men ser du, Mors og min Mening desangående er denne: Skal du købe nyt til Kjolen, så kommer det dog al Tid til at koste en Del, når den skal være pæn. Derimod kan jo du, som kommer til så meget fint sagtens bruge nok en pæn Kjole, derfor mener vi, du har bedre af at få en ny; den røde er jo god nok til lidt simplere, f. Ex. et eventuelt Regensbal eller lignende. Men Far har nylig sagt, om du dog ikke skal have Penge sendt, altså vilde han jo nok koste en ny Dragt, da både han og Mor jo er glade ved, at du tager Del i Selskabelighed og vilde, du skal være pæn. Vi synes godt om en hvid Råsilke, du skal så lade den sy med to Liv, et nedringet til Ballet og et højhalset, med hvilket du så kan bruge Kjolen til Selskab. Spørg nu hvor bredt Tøjet er og hør så inden du køber det hos din Syjomfru, hvor meget der behøves til Kjolen med to Liv. Jeg synes, du skal have den helt hvid til Ballet uden anden Pynt end blegrøde Vinterasters, det vil være nobelt og kønt. Få den ny endelig godt og kønt syt, ikke for nedringet. Er den Vifte din egen? Så vil den jo passe godt til røde Asters. Kan du ikke få den Dragt til ca 35 Kr? Og kan den ikke være lidt, så den kan bruges i Selskab? Den kan vel farves, når den bliver snavset eller, der foresvæver mig noget om, at det Stof kan vaskes? Alt i alt, kan du ikke nok have Nytte af Kjolen uden lige til Bal? Jeg skal sige, at den store Skomagerregning skal du betale. –
+Å Alhed, skønner du også på, hvor lykkelig du er! Når du nu hører om al min Ulykke, så må du da skønne tidobbelt på din glade fri Tilværelse, sikken Ungdom du dog har!! Der er vist kun få så lykkelige: optaget af det Arbejde, du har Interesse for og stillet således, at du frit kan nyde Livet 
+[Det følgende skrevet s. 1; øverst på arket; på tværs:]
+Gud ved, om jeg nogensinde skal komme så vidt, jeg synes, det dages! Men så lykkelig som du bliver jeg jo aldrig, dertil er jeg for meget anlagt til Melankoli, og så kan jeg jo ikke som du utvungent nyde brillante Menneskers Selskab. I Morgen skal vi til Frk Elisabeths Fødselsdag til Aften derovre; jeg skal foredrage en Grieg’sk Sonate derovre efter Mors Begæring, det er for Resten underligt med min Musik, for jeg går frem selv om jeg aldrig rører Klaveret. Å lære at spille!!!!! Det er dog mit Ideal, som jeg altså når, hvis jeg blot lever!!!!! Nu håber jeg da ikke, du bliver altfor forfærdet over dette, tænk så blot på Maj! Og tænk så for Guds Skyld ikke altfor slemt om mig, det må du ikke; og du må da endelig ikke holde mindre af stakkels Leonard, men det gør du vel heller ikke. At det nu skal hænde mig og ikke en af hans mange Malkepiger, for hvem det vist vilde have været meget meget lettere!
+Nu kun tusende Hilsner! Skriv langt men tæt, så den lukkede Konvolut til mig ikke bliver for tyk, jeg siger Mor, at hun ikke må åbne den. På Onsdag kommer der vel Brev!
+Din Chr. 
+[Skrevet henover teksten på bagsiden af ark 3; lodret:]
+Du brænder da dette Brev, det er altfor farligt til at gemmes.</t>
+  </si>
+  <si>
+    <t>Sommer 1892</t>
+  </si>
+  <si>
+    <t>- Benzon
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Carl  Herold
+Arnold Emil Krog
+- Pehrsson
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. 
+"Mine Asparges er gaaet i Branden": En porcelænsgenstand med påmalede asparges er i ovnen/brænding.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2168</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til the hos Benzons. 
+Bedstefaderen har det rimeligt godt. Maden smager ham, og han og Bedstemor går på Nørrebrogade og køber ind. 
+Herold er taget på landet, så Alhed kan ikke få sine huslejepenge hos ham. Hun beder om, at forældrene sender penge hjemmefra. 
+Alhed spørger, hvornår rejsen til Sverige finder sted. Det er frygtelig varmt at være i København.
+Alheds porcelæn med aspargesmotiv er i ovnen. Direktøren var positivt stemt overfor tingene.
+Moderen må gerne sende strømper mv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iV7J</t>
+  </si>
+  <si>
+    <t>Kæreste Moder!
+Du har vel nok ventet paa Brev fra mig et Par Dage, jeg skrev jo til Elle, at jeg vilde skrive Mandag, da jeg gik fra Lawn-tennis, mødte jeg Ober[ulæseligt]leutnant Benzons, og de bad mig om endelig at følge med op til The, de skulde rejste ["t" i ordet overstreget] paa Landet i Dag Onsdag og vilde gærne have mig derop en Aften, inden den Tid; det er vist nogle prægtige Mennesker, og jeg tror, at jeg skal til at komme der lidt oftere. - I Gaar skrev jeg ikke, fordi jeg havde temmelig stærk Hovedpine og gik i Seng, da jeg kom fra Fabriken. Bedstefader havde det ganske godt i Søndags, det havde været en slem Nat saa han var lidt træt og gnaven, men i det hele taget er han jo meget bedre end da Du var derinde; han er stadig helt klar i Hovedet og jeg synes, at hans Hukommelse kommer mere og mere; han glæder sig meget til at se Dig og Fader paa Rejsen til eller fra Sverig. Kræfterne tager ogsaa til, han gaar f. Ex. af og til med Bedstemoder op paa Nørrebrogade og køber ind. Hans Appetit er ganske god og han siger, at Maden smager ham; de har skiftet Spisekvarter og faaet et efter Thoras Anbefaling. Thora er rejst paa Landet for nogen Tid siden, men jeg tror, at hun har sendt Dine Galoscher til Langeland. - - - Jeg har været hos Herold et Par Gange for at faa Penge - (jeg var jo nødt til at hæve endnu for denne Maaned, da vi betaler forud her paa Værnehjemmet, og desuden maatte jeg for at kunne klare mig alene efter Ferien have lagt lidt op) - men stadig har jeg ringet forgæves, og nu fik jeg forleden at vide af Portneren derinde, at de var rejste paa Landet for nogen Tid siden, saa jeg kommer desværre til at bede om at faa nogle sendt hjemme fra, men det bliver saa forhaabentlig de sidste. - Du maa endelig lade mig vide bestemt, hvornaar vi skulde til Sverig; her paa Værnehjemmet vil de helst af med mig c. den 4de den Dag rejser de sidste herfra. - Jeg er stærk oplagt til at faa Ferie og glæder [et overstreget bogstav] mig forfærdelig til det. Du kan tro, det er drøjt at [være] her i denne dejlige Sommertid, ikke tale om, at man lider dobbelt saa meget af Varme herinde som paa Landet.
+Jeg vilde gærne have set Pehrsson herinde, men det var mig ikke muligt at træffe ham, jeg var nede ved ["ved" indsat over linjen] 4 1/2 Skibet for at se efter ham, og Mandag Morgen var jeg paa Højskolehjemmet men heller ikke der var han at træffe. -
+Mine Asparges ere gaaede i Branden nu; Direktøren har fulgt dem med Velvilje hele Tiden, blot de nu maa komme gode ud. Onkel Lut var ude at se paa dem i Mandags. - Jeg vilde egentlig gærne have den blommefarvede og mine Sko herind, jeg er jo ellers nødt til at gaa med den med Skjærfet om Søndagen. 
+Kan Pengene ikke sendes i Pakke? Har jeg nogle Strømper hjemme maa Du endelig sende dem med, jeg er meget udgaaet. - - - Vil Du takke Elle mange Gange for hendes lange Brev og Tegningerne. Skriv nu endelig snart og fortæl, hvorledes det gaar med Skoldkopperne; jeg har ikke faaet et ordentligt Brev fra Dig, siden Du rejste hjem! - - 
+Mange Hilsner til Eder alle Din 
+Ald.</t>
+  </si>
+  <si>
+    <t>1892-03-01</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup</t>
+  </si>
+  <si>
+    <t>Nørrebro København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Christian  Brandstrup
+Lauritz  Brandstrup
+Thora  Branner
+Leonard Holst
+Alhed Larsen
+Christine  Mackie
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Christine Warberg, familiens ældste, er gravid med sin forlovede Leonard Holst, og parret er ikke gift. Johanne og Lauritz Brandstrup boede i København, og Lauritz B. var begyndende dement. 
+Sollerup var en husholdningsskole, hvor flere af Warberg-pigerne var elever.
+Historien endte med, at den lille pige blev bortadopteret, og Christine og Leonard blev ikke gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1367</t>
+  </si>
+  <si>
+    <t>Johanne Brandstrup er frygtelig trist over, hvad der er sket. De unge har ikke grebet sagen rigtigt an ved at hemmeligholde sagen, og Alhed er kommet i knibe på grund af det. Hanne synes bestemt ikke, at man skal lade de to gifte sig. Hun beder om, at man ikke dømmer Christine for hårdt. 
+Johanne er ked af, hvis det er sket på Langeland, og hun bebrejder sig selv, at hun ikke har passet bedre på de unge mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YLsm</t>
+  </si>
+  <si>
+    <t>Nørrebro den 1ste Marts 1892
+Kjære Abba, ja, hvad skal jeg skrive til Jer, jeg kan ingen Hjælp yde, og nogen trøst vil jeg gjærne give, men for Øjeblikket har jeg ingen. Det var for mig en frygtelig Efterretning, hvad maa det nu ikke have været for Eder. Vi bedede jo paa, at Uvejret fra i Sommer var ovre, og at Forholdet mellem dem skulde bedres med Tiden, eller opløses, som nu mange andre Forhold. At de vilde søge at skaane Eder for den store Sorg, naar det nu eengang var sket, kan jeg nok begribe, men de var for unge og for uerfarne til at gribe den Sag rigtig an. Jeg sagde til Alhed, havde de blot kunnet have Fortrolighed til mig, saa havde vi maaske kunne ordne det, men de tænkte jo ikke paa alt det der kan komme af saadan en Begivenhed. Jeg kan slet ikke tænke mig, at Lauras Hoved kan holde ud til al den Sindsbevægelse og Sorg, men haaber dog, at siden hun kan rejse derop, saa maa det gaa nogenlunde.
+Men Abba, jeg kan slet ikke begribe, at I lader dem holde Bryllup. Naar Ch. Ikke holder af ham mere, saa synes jeg det er ren gruligt at lænke dem sammen, for det kan jo ikke være Eders Mening, at de for Fremtiden skulle leve sammen. Havde de noget at leve af, og holdt de af hinanden endnu, saa blev det en anden Sag; ja, saa jævnede jo Tiden det Forhold, som var begyndt saa skjævt; men nu synes jeg I har Ansvar ved at lade dem faa Bryllup. Vi vilde ogsaa Alle helst have det skjult, og sæt nu at Barnet døde, saa stod hun der. Det er vel for Barnets Skyld at I gjøre det, det kan jeg begribe, men alligevel synes jeg det er en fejl. Jeg vil nu gjærne lægge et godt Ord ind for stakkels Christine, hun har bødet haardt allerede, og hun er vel ikke tilende med hvad hun har nedkaldt over sit eget Hoved, tænk paa det naar I dømmer hende, og [ulæseligt] hende ikke for stræng; jeg beklager hende dybt, saavelsom jeg beklager Eder. Hendes Natur er vanskelig, den har hun ikke givet sig selv, og nu maa vi tage alle Ting i Betragtning.
+Jeg har været frygtelig tilmode ved Tanken om, at det kunde være sket ovre paa Langeland, jeg vidste jo fra Laura, at det skulde noget Ansvar til at have dem sammen, og jeg fortalte jo hende alting om hvorledes jeg havde baaren mig ad. Christian trøster mig og siger, at om jeg nu havde meget for dem nok saa meget, saa kunde det dog være gaaet galt. Jeg vilde blot ønske, jeg vidste nu, om Laura tager Ch. ind med her; jeg synes det kunde gaa mere stille af herinde. I maa ikke paa Solleup tale om at det er for Faders Helbred Laura rejser herind, det vil komme fra Astrid til Moderen, og saa staar jeg med det overfor Thora, som har en fin Næse. Jeg har sagt til Th. at Lauras Hoved eer daarligt, det plejer det jo ofte at være; Th. maa nu nødig faa noget at vide, hun har [ulæseligt] Interesse for hver Historie. Christian vilde have været over et Par Dage hos Jer, men jeg skal hilse, [det følgende skrevet langs papirets højre kant, lodret] venter han foreløbig. Stakkels Alhed der har gaaet i alt det [det følgende skrevet på side 1, langs venstre kant og over begyndelsen af brevet] siden Jul, det har taget paa hende, og hun har lidt under al den Løgn hun har været indviklet i, men de har jo ment at gjøre det paa bedste Maade, og det blev gjort for at skaane Eder. Meeste har jeg pint Dig kjære Abba med meget af dette Brev, men jeg kunde ikke skrive andet. [Det følgende skrevet øverst på side 4, på hovedet] Kjærlig Hilsen, Din 
+Hanne.</t>
+  </si>
+  <si>
+    <t>1893-01-19</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Christian  Brandstrup
+Eline  Brandstrup
 Julie Brandt
-Louise Brønsted
-[...70 lines deleted...]
-Else &amp;amp; Johs V.</t>
+- C
+Alhed Larsen
+Hans Lorentzen
+Christine  Mackie
+Elisabeth R
+Johannes Rump
+- Rørdam, Fru
+- Thune</t>
+  </si>
+  <si>
+    <t>Haabet er Erikshaab, som var Warberg-søstrenes barndomshjem.
+Søstrene Christina, Alhed og Johanne f. Warberg boede sammen i en lejlighed i Waldemarsgade, København, på det tidspunkt, hvor brevet er skrevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2056</t>
+  </si>
+  <si>
+    <t>Johanne ønsker sin mor tillykke med fødselsdagen. 
+Det er meget koldt, og vandrørene er frosne, så Madam C må bære vand op til søstrene og Fru Rørdam. Det er hårdt for de fattige.
+Alhed har købt noget porcelæn for Rump, og han kom så besøg med blomster samt for at høre Tannhäuser. Rump og hans søster var tæt på at komme på besøg på Erikshaab i julen. 
+Loria, Brandt, Laders og Junge har været ude at gå på isen på Øresund i flot frostvejr. 
+De tre søstre bruger meget koks i den kolde tid, og prisen på koks er også steget - dette skal deres far lige vide.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y33E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor.
+Tusinde hjærtelige Lykønskninger til din Fødselsdag! Gid du i det nye Aar "længe leve
+i Fryd &amp;amp; Velstand sveve!"
+Jeg vilde nok ønske, at vi var paa Haabet i Morgen; det er nu andet Aar, at jeg ikke er hjemme på din Fødselsdag. - -
+Tak for Pølserne! de er storartede. Det er dog rent forfærdelig med den Kulde. Vi kan ikke faa Vand fra Hanen i Køkkenet; Vandrørene er frosne saa Madam C. maa hente alt det Vand vi og Rørdams skal bruge nede over nogle Gaarde inde fra - en Hestestald. Og Afløbet er selvfølgelig ogsaa frossent, saa hun maa bære alt ned. Det er frygtelig drøjt for hende. - Her er saa meget Nød i Kbh. siger man. De Stakler, der ingen Ting har, saa de maa sidde og fryse. Uh ha! -
+Alhed havde forleden købt noget Porcellain for Stud. Rump og han var oppe en Aften for at hente det; han kom med den Besked, at Stud. Lorentzen vilde komme næste Aften for at "høre Tannhäuser" - hvilket vi havde sagt til ham paa Rejsen - Næste Aften ringer det paa - jeg bli'r meget overrasket ved i Stedet for Loria at se Rump; han havde en dejlig Hyazint og 3 Tulipaner - i een Urtepotte - med til os; han sagde, at da han vidste, at Tannh. gik, kunde han ikke modstaa et lille Svip herop for at høre den. Var det ikke voldsom pænt af ham med Blomsterne? Senere kom Loria og efter en lille Smule Overtalelse blev Rump ogsaa til The; det er et mærkværdigt Menneske, lige midt i sine Examensdage at gaa ud 2 Aftner i Træk. Det gaar ham for Resten saa godt til hans Examen. Har vi fortalt, at han &amp;amp; hans Søster nær havde kommen cyclende til Erikshaab 2den Juledag under Paaskud af at spørge om Vej til Odense!! - I Søndags havde vi en aldeles storartet Tur. Chr &amp;amp; Alh. var i Vartov, mens jeg sørgede for Frokosten hjemme; efter at have ["efter at have" overstreget] da vi havde spist Frokost kom Loria herop og spurgte om vi vilde med ud en Tur i det dejlige Vejr; vi var selvfølgelig straks parate og lagde saa Vejen om ad Læssøegade for at faa Laders &amp;amp; Elisabeth R. med. Paa Vej derhen mødte vi imidlertid Laders og Rump, der var paa Vej til os for at faa os med paa en Tur. saa vandrede vi ned til Havnen og (bliv nu ikke bange, Mor, der var ikke Gnist af Fare) derfra ud paa Sundet; det var bidende koldt saa vi maatte løbe om Kap for at holde Varmen, men alligevel henrivende dejligt, kold, klar Frostluft, og saa den vældige hvide Isflade og Kbhn. i det fjerne - kan jeg næsten sige, for vi var næsten ude ved "Trekroner" Men Kl. var mange, saa vi måtte vende Næsen hjem. Vi gik i Land ved Pavillonen paa LangeLinie; hvor vi traf Onk. Chr &amp;amp; Tante Eline, der havde været ude at leje Lejlighed, fulgtes ad til Kongens Nytorv, hvor næsten hele Selskabet skiltes; vi 3 og Brandt (det er sandt hun var med på Turen) i en Sporvogn hvilket vi var nødt til for ikke at komme alt for sent hjem, hvilket vi for Resten alligevel gjorde; vi kom frygtelig angrende, men Frk Thune var da ikke Spor af vred. Vi spiser jo Kl 2 1/2 om Søndagen, så det kunde vi umuligt naa hjem til. -
+[Det følgende skrevet øverst side 1, på hovedet:]
+Hils Far og sig, at der er gaaet et voldsomt Hul i vores Coksbeholdning og at de har lagt 1,20 paa Tønden paa Grund af Kulden, saa det bliver muntert, naar vi skal købe igen. Nu skal jeg ind og spille og saa kan Chr. tage fat. -
+Endnu en Gang hjærtelig til Lykke og en varm Hilsen til alle fra din Junge</t>
+  </si>
+  <si>
+    <t>1893-06-17</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>5953 Tranekær, Danmark
+Nordstrandsvej 26, 5953 Lohals, Danmark</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Poul Caspersen
+- Christensen, lærerinde
+- Nielsen, gæstgiver
+Hans Selmer</t>
+  </si>
+  <si>
+    <t>Alhed Larsens moster boede i Snøde på Langeland.
+Svoger Thorvald er muligvis Thorvald Bredsdorff.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2107</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til dyrskue. Hun skal til middag hos Selmers i Tranekær. Alhed bader, men har netop været forkølet og måtte derfor holde en pause. Hun har set en luftspejling. Alhed kommer hjem fredag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A699</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Nu er det nok paa Tiden, at jeg faar sendt Dig en lille Skrivelse, det burde vist endogsaa være sket for flere Dage siden; jeg opdager pludselig i Dag, at det er en Uge siden, rejste hjemme fra. Tak for Glemmesagerne, det var rigtig rart, jeg fik dem; og for det lille Brev! Ja, Du kan tro, jeg har det yndigt herovre; vi føre ,”Stilleben” i høj Grad, men hyggeligt er det og livligt alligevel; til de mere larmende Fornøjelser, vi have haft, høre et Dyrskue, der var her samme Dag, jeg kom hertil. Det var rigtig Sjov med Karusel og Dans om Aftenen. Takket være samme Dyrskue, kom jeg kørende med en Mand fra Bødstrup og [”og” overstreget] hertil; og netop paa det Tidspunkt, da han indhentede mig, var jeg ligeved at opgive det hele og sætte mig hen at smelte. Det var en drøj Varme den Dag. Men alligevel vilde jeg hellere gaa, da Dagvognen gik saa sent, og jeg tænkte mig, at den lukkede Kasse var slem at sidde og rumle i. – Saa da jeg havde set mig lidt om i Tranekær, begav jeg mig paa Vej. Først var jeg dog inde paa Gæstgivergaarden at nyde en Bajer og faa mig en Snak med Nielsen. – I Morgen Søndag skal vi hen til Tranekære [sidste e i ”Tranekære” er overstreget] til Dyrlæge Selmers. Vi ere budne til Middag Kl. 1 for at vi kunne have en lang Eftermiddag at se os om i. Jeg glæder mig til det. Selmers ere livlige og elskværdige Mennesker. – Det er dejligt at bade. Vi begyndte allerede om Søndagen. Men desværre fik jeg Snue, saa jeg i 2 Dage ikke maatte gaa i. – I Gaar saa vi Fata-Morgana dernede; vi saa Øerne spejle sig i Luften, vi kunne endogsaa skimte Bygninger og et Fyrtaarne [det sidste e i ”Fyrtaarne” er overstreget] og ganske tydelig kunde vi se Skove og Marker. Morsomt var det, at se naar det forandrede sig, mens vi saa paa det. – I Gaar havde jeg Brev fra lille Svoger Thorvald. De komme nok hjem paa Tirsdag, men jeg synes, det er lovlig tidlig for mig at komme; her sige de stadig, at de ikke ville have mig mindre end 14 Dage. Hvis I ikke høre nærmere fra mig kommer jeg saa Fredag med 7 Toget. – Det er morsomt at Laders har faaet saa godt [t i ”godt” er overstreget] en Examen. – Jeg skal hilse mange Gange fra dem her. Poul er sød og grinagtig. Han og jeg kan næsten bedre sammen en Lærerinden Christensen og jeg; hun er for Resten rigtig sød og rar, men ikke rigtig af ,,vore Folk!” – I Eftermiddag skal vi ud en Køretur. Vi skal vist op til nogle Skove i Nærheden af Lohals. – Nu kun mange Hilsner til Eder alle hver især. Din Alhed. Snøde 17de Juni 1893.-</t>
   </si>
   <si>
     <t>1894-08-27</t>
-  </si>
-[...2 lines deleted...]
-Vestergade</t>
   </si>
   <si>
     <t>Adolfo Bacci
 Teresina Bacci
 Rigmor Balslev
 Thorvald Balslev
 Harald Bing
 Ludvig Brandstrup, billedhugger
 Thora  Branner
 Thomas Bredsdorff
 Louise Brønsted
 Johanne Caspersen
 Bernhard Hirschsprung
 Emma Hirschsprung
 Drude Jørgensen
 Hanne Langkilde
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 - Petersen, Skolefrøken
 Christine Rump
 Ellen  Sawyer
 Adelheyde Syberg
 Hempel Syberg
@@ -380,537 +862,101 @@
     <t>Den nye skolefrøken er kommet til Erikshaab. Hempel Syberg har været syg. Ellen og Johanne har været på besøg hos familien i Snøde på Langeland. Nu er Johanne syg.
 Christine har fået fem undervisningstimer om ugen i dansk på en skole i Odense samt musikelever, og hun tjener 36 kr. månedligt.
 Alhed har det så godt i Firenze. Hun opholder sig på et bjerg med Bacci, spiser godt og bader i en bæk. Ludvig Brandstrup er rejst til Danmark, og Alhed vil savne ham. 
 Laura Warberg har hørt, at der er meget svir på Odense (Katedral)skole, så hun har overvejet en anden skole til Andreas, men Vesterdal siger god for Odenseskolen. 
 Familien har drukket kaffe udendørs i det gode vejr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/F9KW</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr Godsforvalter Warberg
 “Tre Hjorte”
 Vestergade 
 Kjøbenhavn K.
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Erikshaab – Mandag
 Kjæreste Abba!
 Vi har egentlig oplevet ikke saa lidt, siden Du rejste, saa det er bedst, Du strax faaer en lille Skrivelse. Torsdag Eftermiddag kom Charlotte kjørende med Frøken Petersen, den nye Lærerinde og 2 af Børnene. Marie K! er rejst til Nygaard for et Par Uger og gl. K. skal ogsaa et Par Dage derover; han var i Gaar alene paa Gjelskov, Christine og jeg gik derover, Sybergs var i Kirke, vi sludrede saa med den gamle en Timestid og morede os kosteligt over hans Fortællinger om hans Kone, hvordan hun ”tilvender” sig masser af Pakker, naar hun skal rejse og saa smider dem og Rejsetøjet rundt omkring paa Vejene. Syberg har endnu ingen Kræfter, var saa anstrengt af en 5 Timers Visit Visit ["Visit" overstreget] af Smidt i Lørdags, at han ikke kunde sove om Natten og Mini troede, han skulde blive syg igjen. – I Fredags kom der Brevkort fra Junge og Elle, de var kommen godt til Snøde, uden større Træthed skjøndt de havde gaaet hele Turen, ikke en eneste velvillig Vogn. Tante blev umaadelig henrykt over deres Besøg, men hun kommer ikke herover, da Thora kom i Lørdags og hun bliver der 8 Dage. Hende var Børnene med at hente i Aasøe, kjørte Kl. 9 dertil, var hjemme 12½, spiste til Middag og gik saa samme Tur!! var nær kommen for sent til Dampskibet, da de troede, der var en 10 Minutters Vej fra Tranekær til Aasøe!!! Kl. 12 Lørdag Aften kom de tilbage, havde kjørt et Par Mil fra Svendborg om ad Kværndrup. Junge har Blegner og vældig ondt i Halsen, hun gurglede igaar hele Dagen med chlorid Kali, var ilde tilpas, men holdt sig oppe, da Vesterdal og Christine var her. De to kom Lørdag Efterm, Chr. var kommen til Odense Tirsdag Aften sent, havde Timer hele Onsdagen, var hos Frk. Jørgensen, men traf hende atter ikke, fik af Vesterdal 5 Timer om Ugen i hans Skole, Dansk med 9 smaa søde Drenge, Christine er meget glad over det, han spurgte, om hun vilde have en Dreng at regne med, og det havde hun nok Lyst til, hvis hun kan. Vil Du fortælle Thorvald alt dette, han og jeg var saa enige i, at Christine burde have noget mere at bestille, ikke alene for at tjene noget, men ogsaa fordi et saadant Driverliv er en Ødelæggelse for hende. Af Musikelever har hun faaet Sagfører Jacobsens lille Dreng og Rimse, denne en Gang om Maaneden. Hun mener nu at tjene 36 Kr. om Maaneden og hun har lovet mig at lægge alt hen; jeg faaer saa noget hos hende til en Rejse derind paa et Par Dage; det klemmer hende jo en Del, at jeg vil hjælpe hende paa min Rejses Bekostning. I Fredags fik jeg Breve fra Christine, Thomas, Alhed og Junge og Elle. A. befinder sig saa udmærket et Par Mil fra Florenz paa et Bjærg, taler kuns Italiensk boer der sammen med Baccis og den gl. Major. Der er saa fint og smukt, de spiser saa vældigt alle sammen, Smør og Mælk er saa brillant; Kastanieskove op ad Bjærget, Brombær og Nødder, de bader i en Bæk. Hun fulgte Lud ind til Byen i Tirsdags, hentede mere Malervæsen derud, da der vil blive meget at gøre skriver hun. Naar Du nu snart ser Lud, saa maa Du da endeligt skrive til mig alt, hvad han fortæller om Alhed. Hun skriver i hvert Brev, at hun vil savne ham forfærdeligt, han er saadan en god Kammerat. – Jeg skulde hilse Dig mange Gange fra Vesterdal, han sagde at han savnede Dig meget; han var bedt til Kaffe-Christensen til Aften igaar, Dede, Elle og Muk kjørte for ham til 3 Toget. Sybergs stod ved Leddet og saae dem komme tilbage, sagde at han kører rigtig brillant. Christine havde Time idag Kl. 9 tog derfor ogsaa hjem iaftes. Junge har snakket en hel Del om, at Odense Skole er saa gruelig slem med Svir og anden Daarlighed Lærerne har den og den Skavank o.s.v. og at Dede burde i Birkerød Skole. Igaar talte jeg meget med Vesterdal derom, han mener ikke der er nogen Fare ved Odense, foreslog at faae ham til Rumps paa Christiansdal, naar han blot ikke boer i Byen, mener han ikke der kan skee noget, sagde at Birkerød er saa dyr, at Odense er brillant at tage Examen ved, den bedste i Landet til at proppe Kundskaber i Drengene. – Igaar var vejret saa mildt og dejligt her. Vi havde Kaffebordet udenfor Hovedtrappen og sad ved Bordet der og drak Kaffe. Pal. havde tabt en Flaske Portvin til mig, vi væddede om Tiden, Junge og Elle vilde komme hjem Lørdag Aften, - den drak vi til Middag igaar, Retterne var: Gemyse – Steg – Rødgrød, hvis bare Junge havde været rask, havde det været en dejlig Dag. Christine var saa livlig og munter, spillede og sang og snakkede hele Dagen. – Nu Farvel! I morgen venter jeg Brev fra Dig. Du og Thorvald har vel nok oplevet et eller andet igaar Søndag. – Junge ligger paa Chaiselongen, hun var saa henrykt over [ulæseligt] af [ulæseligt] det er kjedeligt hun skal spilde Tiden med Daarlighed, men [ulæseligt]gen haaber vi hun er helt rask, da er vi bedt til Ølstedgaard til Kaffe. - Syberg og Mini hentede Thora i Tommerup i Fredags, hun rejste fra Middelfart med Langkilde og hans Kone, kunde hun forstaae paa Snakken; - Gjelskov fik indavlet i Lørdags og havde Gilde. Unge Grevinde har det saa godt, jeg har hørt Bud. - Mange Hilsener fra os alle! Esset.
 Kære Far! Vi havde en frygtelig morsom Tur til Langeland kan du tro. – Vil du endelig huske at hilse Mine Hirscher, gl. Bernhard, gl. Bing og Tante Pe’rsen i Særdeleshed.
 Din Sel -</t>
   </si>
   <si>
-    <t>1896-08-09</t>
-[...96 lines deleted...]
-    <t>Carl Johannes A. Bless
+    <t>1895-03-13</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10 Firenze</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10
+Genua
+Monte Carlo, Monaco</t>
+  </si>
+  <si>
+    <t>Herminia -
+Onklen -
+Zio -
+Vittoria Bacci
+Francis Beckett
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
-Thora  Branner
-[...103 lines deleted...]
-Hempel Syberg
+Bernhard Hirschsprung
+Emma Hirschsprung
+Christine  Mackie
+Laurits Ring
+Alfred Rottbøll
+Adelheyde Syberg
 Nicoline  von Sperling
-Marie Warberg</t>
-[...279 lines deleted...]
-Hanne.</t>
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Munter er en hund på Warberg-familiens gård, Erikshåb.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Majolika: særlig type italiensk fajance, fremstillet siden slutningen af 1200-tallet i Toscana og Umbrien.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2121</t>
+  </si>
+  <si>
+    <t>Det er ved at være forår i Italien. Alhed skal snart hjem til Danmark. Hun glæder sig til at opleve forår to gange. Hun skal ud og lave afskedstegninger. Fortæller om udflugter og sammenkomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y0d0</t>
+  </si>
+  <si>
+    <t>13de Marts
+Piazza Donatello 10
+Kæreste Mor!
+Mange Tak for Dit sidste lange Brev, som jeg blev vældig glad ved. Det var jo en sørgelig Meddelelse med Muntermand og jeg skrev vist netop noget om ham i Faders Brev. Jeg gad vide, om I saa var paa Glorup, jeg sendte Brevet dertil, da du havde skrevet det i Dit forrige Brev. - - For en Timestid siden tog Lud og Berta af Sted paa en lille Rejse til Genua; de skulle der mødes med B’s Far og Søster Emma og rimeligvis være der sammen med dem nogle Dage. Saa tager ”Fader Bernhardt” til Monte Carlo en 3-4 Uger og Emma kommer med herned. Berta var henrykt naturligvis. – I Aftes fulgte vi Ring paa Banegaarden; han kommer vist desværre ikke gennem Odense alligevel, han havde ellers lovet at gaa op og hilse Christine fra mig, det havde ellers [overstreget: ellers] været forfærdelig morsomt. – Ring vil jeg savne umaadelig meget, vi spiste Frokost sammen hver Dag, han malede ogsaa paa Ufficierne. – Min Cape mangler jeg desværre ikke saa lidt paa endnu, det er et sent Stykke Arbejde. Nu skal jeg hænge vældig i disse Dage, mens de andre ere borte. – Nu lader det for alvor til, at Foraaret staar for Døren, Vejret er meget omskifteligt, men af og til have vi en dejlig Foraarsdag og vi plukke hver Dag en halv Snes Violer inde i Haven. – Naar det bliver rigtig smukt Vejr, vilde jeg gærne være færdig med min Cape. Lut mener ganske vist, at jeg lærer saa meget af det, at jeg strax skulde tage fat paa en til, men det tror jeg da ikke, jeg kan bekvemme mig til, jeg maa vist ud at lave nogle Afskedsbilleder. – Baade Konsulens og Baccis ville have mig op mens jeg er alene, men jeg har sagt nej Tak; jeg vil være flittig og skal desuden passe et Lerarbejde af Luds. Og kun spise og sove deroppe vil jeg dog ikke, naar jeg ellers skal være nede i Byen hele Dagen. - - I Aften skal jeg dog derop, det er Helligdag i Morgen [tilføjet over linjen: i Morgen] og vi skulle ned i "Cascelunerne" [det andet "c" i ordet tilføjet over linjen] at se Prinserevy, ogsaa Zioen Fru Pelle og Beckett. Det er ikke umuligt, at jeg kan komme til at rejse hjem sammen med Becket, han rejser rimeligvis sidst i April; vi talte om det i Gaar, han vil ogsaa gærne have Selskab. - - Han var her i Aftes til en lille Afskedsmiddag for Ring: udmærket Suppe, Æggekage, Lammesteg [overstreget: steg] Kotteletter med Kompot, Ost og Frugt. Vi havde - - - her kom Fru Bacci, nu kan jeg ikke huske hvad jeg begyndte paa. Det sinkede [tilføjet over linjen: sinkede] mig for Resten, nu kan jeg desværre ikke naa at faa Brevet af Sted, saa bliver det nok først i Overmorgen.
+Næste Dag. Jeg er kommen tidlig hjem, jeg kunde se, det kunde lade sig gøre at naa at faa Brevet af Sted i Dag, og saa syntes jeg det var en Skam ikke at gøre det. – Der er omtrent en Time, der kan da naas en Del i den Tid. – Revyen var for Resten sjov; det blev mod al Forventning straalende Vejr, saa det hele tog sig brillant ud. De italienske Militær er nu meget smukke, deres Dragter meget smagfuldere end vore. Der er et lille morsomt, kaldet ”Berseilli creme” [spørgsmålstegn over begge ord]; deres Dragter ere meget fixe, særlig deres Hatte [tegning] der sidde strærkt paa ”Snur” og ere prydede med en mægtig Dusk Hanefjer. De ere vældig raske og kvikke og uddannes særlig til Løb. – Efter ”Revista”en gik vi lidt længere ud, hvor der slet ingen Mennesker var, for at opsøge os et rart Sted at spise Frokost paa. (”Kasjinerne”(udtales således) er et Slags Langelinie for Florentinerne; de strække sig langs Arnoen et Stykke udenfor Byen. Der er hver Eftermiddag Promenade af alle de fine Florentinere, mange i pragtfulde Ekvipager, samt Musik paa en stor aaben Plads. Længere ude er der fuldstændig landligt og henrivende smukt. Der er lange Alleer, Strækninger af Skov, og dejlige Enge.) Vi fandt et herligt Sted til Frokosten, en lille solbeskinnet Eng, der var saa fuld af smaa Krokus, at det lignede et Tæppe, aldeles som naar Skovbunden hjemme er fuld af Anemoner, kun at Tæppet her var lyseblaat! Det var et bedaarende Syn. Jeg plukkede naturligvis en Masse og besluttede at sende en Hattefuld hjem; men jeg kan se, de ere altfor sarte, sender her en Prøve. Er den ikke henrivende. efter [overstreget: efter] Frokosten, som [overstreget: som] var udmærket, Fru B. førte Kød og Vin og Fru Pelle og jeg Sardiner Brød og Kager. – Hvor vi nød Tilværelsen derude, Solen skinnede, Fuglene sang og alting duftede af Foraar. Vi lærte dem at lege Enke, det morede dem kosteligt, Majoren (der er bleven Oberst) er en gammel Knop til at løbe, han og jeg var sammen hele Tiden, vi opnaaede ”Sølvbryllup” mens alle de andre skiftedes til at være Enke. Pigen Erminia er storartet paa en saadan Tur, hun bliver et andet Menneske, naar hun kommer ud hvor der rigtig er landligt, helt vild af Henrykkelse. Saadan var hun ogsaa oppe i Acone. Hun og jeg havde spillet ”berde”, en Slags Filipine, der bestaar i at man stadig skal bære en lille grøn Gren hos sig, som man kan tage frem, naar den anden siger ”verde fruori” (= ”frem med den grønne”). Hun kom ind og skulde overrumple mig i Morges paa Sengen, men jeg halede den triumferende frem fra Hovedgærdet. [overstregede ord] – Lud og Ring snød med den Aften, de skulde lave. De gav den i Stedet inde i Byen, det var om Aftenen paa Faders Fødselsdag. Om Eftermiddagen havde vi været ude alle 4 at se en Majolikafabrik. Der opdagede vi et kønt Krus, men det var temmelig dyrt, 6 Lire, saa købte vi det i Forening og besluttede at kaste Lod om det. Det gjorde vi, da vi kom ind paa Restaurationen og jeg blev den heldige, der fik den lille Seddel, hvorpaa der stod ”Krus”. Jeg var henrykt og indviede det strax, saa Faders Skaal blev drukket standsmæssigt af den mægtige Pokal. Lud holdt en lille Tale. - - - Jeg skrev til Frk. Sperlings Fødselsdag og sendte hende de første Anemoner jeg har funden. – Du maa endelig hilse Tat Mimi mange Gange for hendes lange morsomme Brev. - -
+Have I Vinter E [udstreget: E] endnu? Jeg glæder mig saa forfædelig til at faa to Gange Foraar i Aar. Du ved ikke, hvor jeg nyder Tilværelsen i disse Dage meget, meget mere end i Fjor ved denne Tid. Den Gang var jeg saa tit gnaven og følte mig ensom og trist, i Aar nyder jeg det fuldt ud; og i Løbet af en 8 til 14 Dage bliver det hele jo endda meget smukkere, naar Mandeltræerne begynde at blomstre osv. – 
+_ Nu maa jeg desværre slutte, jeg venter mig næsten en lille overhaling over dette og de sidste korte Breve, samt at Du har ventet dette et Par Dage, men her har været saa meget Uro de sidste Dage. – Pengesagerne maa jeg vente med til næste Gang,nu [overstreget: nu] – Naa jeg maa slutte nu. 1000 kærlige Hilsner! Jeg kan ikke naa at læse igennem. – 
+Be
+14de Marts – 1895.</t>
   </si>
   <si>
     <t>1895-09-03</t>
   </si>
   <si>
     <t>Snøde pr. Lohals</t>
   </si>
   <si>
     <t>Hans Christian Caspersen
 Niels Elgaard Amstrup
 Johanne  Larsen
 - Leisner
 Hans Rasmussen
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Frederik/Dede Warberg var 12 år i 1895. 
 Det vides ikke, hvem Karen og Sørensens var.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2122</t>
   </si>
   <si>
     <t>Frederik/Dede kom først søndag morgen. Han havde taget fejl af et tog. Han havde et brev med fra Fru Leisner. Frederik tog med Astrid/Dis hjem medbringende en kurv med æbler mm.
@@ -970,591 +1016,1276 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/CTeU</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 cand. jur.
 p.t. Tre Hjorte
 Vestergade 
 Kjøbenhavn K. 
 [Øverst tilføjet med blyant:] ”sept. 1895”.
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Snøde – Onsdag d: 4de
 Kjæreste Abba!
 Det er jo trist, at Emil ikke har det godt, vi har intet fortalt Mor derom. Jeg var saa nysgerrig efter at vide, hvad du skulde have rejst hjem for, men nu faaer jeg det vel at vide naar jeg kommer hjem? Du vil forbauses over at høre at jeg paa Fredag Efterm. rejser hjem med Mor som saa vil tage sig af lidt af alt hjemme, mens jeg rejser herover igjen og bader og spadserer en Uge til. Vandet og Badene er saa henrivende, jeg naaer at faae 6 Bade i denne Uge, desuden spadserer jeg lange Ture paa 2 Timer om Formiddagen enten med Hanne eller med Thora om Efterm. gaaer Mor og de andre 2 Timer til Bad, Caspersen plejer saa at komme cyclende ned efter os. Om Aftenen i dette dejlige Maaneskin gaaer vi ogsaa lidt ud, forleden om ad lille Snøde, iaftes henne hos Peter Hvidt, en pæn Gaardmandsfamilie, Konen viste os en Masse gamle Sager og trakterede os med det lifligste gamle Øl, jeg nogensinde har smagt; jeg fik lidt at vide om Tilberedningen, skal gjemme de to Cognacsankere til det. Caspersen gaaer ganske langsomt ved en Stok, han kom om efter os. Han er trods nogen Daarlighed i Benene i rigtig godt Humør, driller Mor og gjør Løjer, er saa fredelig og rar, som jeg ikke i mange Tider har set ham. Nu kan han cycle igjen. De var meget villige til at beholde mig 14 Dage, men at have Mor ogsaa al den Tid, syntes jeg var saa meget for dem, de har jo været saa mange iaar. Jeg bad saa Mor rejse hjem og styre Huset, men hun vilde ikke høre noget herom, og da jeg saa har Returbillet til Svendborg som blev spildt hvis jeg blev, saa besluttede jeg at tage med hende og saa komme igjen paa Mandag og blive til næste Mandag. September Badene er jo saa styrkende. Saa kommer de jo desuden hjem allesammen fra Odense; Christine Muks og Dede paa Søndag. Asier faaer jeg hjem med fra Hanne, vi har ingen iaar. Imorgen giver Thora en Køretur ud på Hou, vi skal have Aftensmad med, jeg glæder mig over alle de dejlige Ture. Bare nu Vejret vil holde sig, idag blæser det en Del og ser meget ud til Torden. Thora rejser til Kbh. paa Søndag , hun har lovet at være behjælpelig enten Dig eller Pelle, naar denne kommer til Byen, med at kjøbe noget til Tuttes Konfirmation. Hvad siger Du om et pænt Sybord?? Du maa endelig svare herpaa, saa skal jeg skrive til Thora om at gaae om til Dig en Dag og tale om det, vi kan vel ikke give mindre end 25 Kr? Syberg har jo givet alle vore Gulduhre. Da jeg i Lørdags skulde vente 3 Timer paa Rejsen herover, tog jeg i Ringe Billet til Odense, - 1 Kr. 3 Klasse – og fik set alle 4 Børn. Christine boer nydeligt 5 Min. Gang fra den store Banegaard, paralelt med Latinskolen er H. Tavsensgade. C. og jeg gik hen til Muks, der er meget glad ved al sin Læsning og ikke synes det er svært; hun gik med os forbi Latinskolen Kl. 1, hele første Klasse kom ud og skulde til Læsning, vi fulgtes med Dede ud til Vestergade, saa til Banegaarden hvor Junge tog med mig med en Pose Rejsegodter, de vidste alle, at jeg vilde komme, jeg fik meget udrette og set paa de 1 ½ Time, jeg havde Smørrebrød med. Var søsyg over, men dog ikke slemt. 
 [Skrevet langs sidste sides venstre kant:]
 Ja nu Farvel søde Ven! Alle her hilser Dig! Kærlig Hilsen fra Din Smaa.
 [Skrevet langs første sides højre kant:]
 Hvis Du sender Brev af paa Søndag skal det være lidt tidlig paa Dagen ellers faaer jeg det ikke før Tirsdag.
 [Skrevet langs første sides venstre kant:]
 Imorgen skal de alle til Tranekær, saa bliver vi kjørt ned til Aasø.</t>
   </si>
   <si>
+    <t>1896-08-02</t>
+  </si>
+  <si>
+    <t>Langeland
+Långaryd, Sverige
+Faaborg
+Svanninge
+Odensebakken, Faaborg
+Waldemarsgade, København
+Lerbjerg, Faaborg</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Julie Brandt
+Louise Brønsted
+- Carlsen
+Christian Caspersen
+Peter Hansen
+Syrak Hansen
+Adolph Larsen
+Johanne Christine Larsen
+Jørgen Larsen
+Marie Larsen
+Fritz Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kolerafluer er insekter, som hedder trips. Fordi der i koleraåret 1853 var særligt mange trips i Kbh., satte man dem fejlagtigt i forbindelse med sygdommen i årene efter.
+Mesterhuset er bygningen Lagonisminde 7 i Faaborg, hvor malermester Syrak Hansen havde bolig og værksted.</t>
+  </si>
+  <si>
+    <t>Onsdag cykler Alhed til Langeland, hvor hun en tid skal opholde sig hos dyrlæge Caspersen.
+Hun har været på besøg hos Syrak Hansen i Mesterhuset, Faaborg, og hos Fritz Syberg ("Kunstneren").
+Alhed har sammen med søskende og flere andre været på tur til en granskov, hvor de tændte bål og lavede mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YODa</t>
+  </si>
+  <si>
+    <t>Kære Las
+Jeg vil hellige Dem en Timestid af denne Søndag eftermiddag; det er en lumrende Varme, sig: trykkende Tordenluft, og saa er den (Luften) tilmed fuld af disse forbistrede smaa Kolerafluer, der fare omkring i Ansigtet paa én og virke saa irriterende. Har De ikke lagt Mærke til, hvor de har været tossede i den sidste Tid. Forleden Dag optraadte de her i Billionvis, og mens jeg sidder og skriver dette, sidder der i Hundredevis paa mit hvide Liv. – 1000 Tak for Deres Brev lad mig se, De skriver rigtig tit til mig. – Jeg ser De har taget Dem min Drøm til Indtægt, det var i Grunden brillant drømt navnlig Overskriften, 2, [noget af papiret mangler] udmærket ud, ikke sandt 3 – Naa, saa De er ikke kommen til Sverig endnu! Ja, nu er De vel? Jeg sender da i alt Fald dette Brev derop, saa kan det maaske ligge og ønske Dem velkommen, naar De kommer. Det var en smuk tanke! Jeg skal for resten ogsaa ud at rejse nu; paa Onsdag cycler jeg til Langeland, jeg skal rigtig drive og more mig derovre, men jeg er meget spændt paa at se, om Tiden vil gaa hurtigere eller langsommere paa den Maade. Uh, jeg er i Grunden ærgerlig paa mig selv over at jeg ikke kan lade være at gaa og ønske Tiden kortere. Man har det jo saa udmærket, og jeg holder da saa meget af Sommeren og saa har jeg tilmed aldrig syntes at nogen Sommer har været saa dejlig som denne. – I Tirsdags kom Mor hjem, og jeg overgav hende med Glæde Regeringens Tøjler. Om Onsdagen var Dis og jeg i Faaborg, vi skulde et Ærinde ud til Købmand Larsens. Bagefter [noget af papiret mangler] i Mesterhuset, men Mester var helt alene hjemme, han Dis og jeg drak en halv Flaske Portvin. Saa kørte vi til Svanninge, hvor de alle havde det udmærket; Kunstneren maler hver Dag paa Stedgaard, hvor han nu har 4 Billeder i Gang, eller i alle Tilfælde Bestillinger paa 4. – P. var ude at male og kom først hjem lige da vi skulde af Sted, han fulgte os op til Landevejen. Jeg spurgte ham, naar han skulde til Sverig, han mente det blev først ved d. 20ende han har travlt med sit Billede, sagde han. Da Dis og jeg kom hjem (Kl. 11) sad Johanne og Pan i Gæstekammervinduet og meddelte os, at vi skulde op igen om tre Timer og ud paa en Tur – for Resten samme Vej tilbage, som vi lige var kommet fra, men jeg til Lerbjærget ude ved Faaborg. Her maa jeg gøre en Pause. – Hele Familien er ude i Odensebakken med Aftensmad, jeg opdagede, at det nu er den Tid, jeg lovede at køre herfra paa. – Farvel saa længe. Goddag igen, - eller rettere Godaften, Kl. er nemlig bleven over 10, [noget af papiret mangler] i et saa skrækkeligt vrøvlet Humeur, at jeg ikke har kunnet forsvare at sætte mig til at skrive før. Jeg har lét, saa Huset rystede (eller i alt Fald jeg selv) af mine egne Vittigheder. – Det var for Resten en umaadelig vellykket Tur i Odensebakken. – Men jeg kom nok fra at fortælle Dem om en anden Tur og den skal De nu høre lidt nærmere om, enten De vil eller ej; det var nemlig en rigtig Vagabondtur, og en saadan har vi saa tit udmalet os, men aldrig faaet gjort Alvor af. Kl. godt 2 stod vi altsaa op og lidt efter startede Muk, Dis og Dede pr. Ben, en Time senere Thorvald, Pan, Joh. og jeg paa Cycle. – Maalet var at se Solen staa op paa Lerbjærget og det naaede sig udmærket, den stod nemlig slet ikke op, men laa og dovnede hele Dagen inde bag nogle tykke graa Skyer. ”Og regnede lidt, gjorde det jo en Smule” (som Mdm. Carlsen i Waldemarsgade sagde), saa vi blev temmelig vaade, inden vi kom derud, men ved 8-9 Tiden holdt det op, vi opslog vores Lejr i en pragtfuld Granskov og lavede et herligt Baal, som vi vedligeholdt hele Dagen. Og nu skal De høre, hvilke herlige varme Retter, vi lavede der. – Vi blev for Resten enige om, at ingen af os var særlig æstetisk anlagte, - det, der [noget af papiret mangler] mest, var nemlig at [noget af papiret mangler] om Baalet og lave [noget af papiret mangler] men vi lavede heller [noget af papiret mangler]tet mindre end: [noget af papiret mangler] ristet Skinke med Spejlæg og Kaffe; og til Middag Æggekage og Pillekartofler og Skinke – Gullerødder (altsaa Gullerødder i Stedet for Asparges) disse og Kartoflerne huggede vi i en nærliggende Have. – Da Kartoflerne var halvt kogte kom der en Skovfoged, der sagde, at det ikke var tilladt at tænde Baal i Skoven, men vi fik da Manden til at indse, at vi ligesaa godt kunde koge dem færdige, da vi nu havde begyndt. [noget af papiret mangler] blev en halv Timestid [noget af papiret mangler] han nok ville se [noget af papiret mangler] slukket, og vi stivede [noget af papiret mangler] af saa godt vi kunde med Portvin og Cigar. Efter endt Maaltid lænede jeg mig lidt tilbage i Græsset for at tænke over, om jeg ikke skulde skrive lidt til min ærbødige J. Larsen, men mens jeg tog den Beslutning, at vilde (det er det, De staver ”hville”?) faldt jeg i Søvn og sov saa trygt, at jeg ikke mærkede, de andre dækkede mig til og gik deres Vej op paa Lerbjærget, og da de kom tilbage, skulde vi hjem, saa der blev ingen Brev af. – Endnu staar kun tilbage at fortælle, at vi cyclende midt paa Dagen var ude i Faaborg og tage et Bad (storartet) jeg købte en Flaske Portvin (ogsaa rart.) – Naa, nu kunde det vist snart være paa Tiden at slutte, de maa ikke blive gal over, at det er bleven saa langt, De kan jo fordele det paa to Dage. - - Hils Marie mange Gange og sig hende Tak for hendes Brev, jeg skriver til hende en anden Dag paa Langeland faar jeg bedre Tid, hils Agraren Tjalfe det lille Hylehoved. Paa Langeland bliver min
+Adr: Dyrlæge Caspersen, Snøde pr. Langeland. 
+Hav det nu godt derovre. Skyd meget og mal godt o.s.v. og 1000 Millioner Hilsner i al Ærbødighed fra Deres
+”Kæreste Alhed”
+Hør, det var voldsom snedigt, ligefrem en Brander, jeg tænkte for Resten ikke paa det, førend jeg havde skreven det.
+Erikshaab d. 2den Aug. 1896
+Mon dette ikke er et slemt Vrøvlebrev?</t>
+  </si>
+  <si>
+    <t>1896-08-03</t>
+  </si>
+  <si>
+    <t>Rudkøbing
+Nyborg
+Snøde</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på vej på sommerferie hos sin onkel Max i Snøde på Langeland. Johannes Larsen er (vides fra andre breve) i Sverige.</t>
+  </si>
+  <si>
+    <t>Alhed Warberg/Larsen skriver fra færgen mod Rudkøbing. Hun takker for den dejlige morgentur, som gjorde, at hun helt glemte at blive ked af at skilles fra Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V6Ba</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg naaede lykkelig og vel Nyborg, kørte over Torvet Kl. 10 Min. I 11, fik min Cycle sat om Bord, og gik derefter op i Byen for at købe medfølgende Brevpapir. – Nu sidder jeg om Bord i Sct Knud, hvor jeg har tilbragt Tiden paa udmærket behagelig Maade, har spadseret frem og tilbage paa Dækket og [ordet overstreget] og plirret med Øjnene op til Solen, har sludret med Kaptajnen og Jomfruen, har smaasovet og tænkt i et Sofahjørne, har drukken Kaffe og spist Chokolade og nu har jeg sat mig hen at skrive et Par Ord til min Ven Las. – 1000 Tak for sidst og for den dejlige Morgentur! Hvor alting smilede i Morges. Jeg glemte helt at være ked af, at jeg skulde skilles fra Dem. Og saa er jeg saa glad ved, at jeg ikke mere er saa bange for Dem. – Nu er vi snart i Rudkøbing. – Hils dem alle sammen! Og til Dem selv de kærligste Hilsner fra Deres Alhed.
+De lovede at skrive først, altsaa ligger der Brev til mig, naar jeg kommer til Snøde! –
+Skibet ryster, saa det er svært at skrive.</t>
+  </si>
+  <si>
+    <t>1896-08-09</t>
+  </si>
+  <si>
+    <t>Höljeryd</t>
+  </si>
+  <si>
+    <t>Ejnar -
+Christian Caspersen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Warberg er på Langeland hos sin onkel Max og familie. De cykler ture, bader og dovner. Alhed synes, at Larsens sidste brev var lidt kort. Hun savner ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/alYT</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Endelig i Gaar fik jeg da [noget af papiret mangler] Livstegn fra Dem og i D[ag vil] jeg afsende et dito til Dem. Jeg var meget glad ved at høre, at De var kommen godt derop, og jeg haaber, der laa et Brev til Dem fra mig, da De kom til Höljeryd, jeg afsendte da et saadant til Dem forrige Mandag. Som jeg skrev til Dem, rejste jeg herover til Langeland og her er jeg nu. De er vel paa det [noget af papiret mangler] med, at det er den M[and som] har foræret sin Kone en Cycle som jeg besøger herovre. De kan tro jeg gaar og nyder Til[værel]sen herovre lige fra Mor[gen] til Aften, det passer mig [noget af papiret mangler]tet saadan rigtig at gaa [og dr]ive. Hver Formiddag cycler [noget af papiret mangler]artis med min Onkel, som [noget af papiret mangler] brillant med: og paa [disse] Ture faar vi noget aldeles [noget af papiret mangler]tet gammelt Øl. De kan [nok] tænke dem, hvor de lave glimrende Øl her paa Langeland, det er saa klart og stærkt som Vin, men ogsaa meget berusende. – Om Eftermiddagen cycle vi i Vandet. Hvor det er dejligt at bade! I Gaar var der høje Bølger, det er forfærdelig morsomt at svømme med Bølgerne og blive løftet et langt Stykke hen i Vandet. [noget af papiret mangler] er der desværre ingen [noget af papiret mangler] -, men saa er det til Gengæld det mest henrivende Vejr. Det er Søndag og Max (min Onkel) og jeg have været ude en Cycletur [noget af papiret mangler] paa en høj Bakke at se [noget af papiret mangler] Kapsejlads, og i Efterm[iddag] skulle vi ud til Lohals [til] en ”Fætter Einar”. – Hør Las, det var ellers et r[igtigt] Snyderbrev, jeg fik i G[aar], jeg lagde mig velbehagelig ude i Hængekøjen for rigtig at nyde det, og saa var jeg færdig med det paa mindre end en halv Minut! Men nu haaber jeg, der er et bedre et undervejs til mig. – Jeg har for Resten ikke mere at skrive nu, d.v.s. jeg synes hele Tiden, der er noget, jeg skal fortælle Dem, men naar jeg tænker mig om, for a[noget af papiret mangler] hvad det er, er det [noget af papiret mangler] end at jeg længes efter [Dem og] at jeg glæder mig, til jeg skal se Dem igen. Men jeg har en Følelse af, at jeg har skreven det saa [at] jeg ikke kan forsvare at [skriv]e det tiere. Saa nu [kom]mer Posten snart, saa [jeg maa] slutte. Hils Marie [mang]e Gange. Men flest [Hilsn]er til Dem selv fra 
+A.
+Snøde pr. Lohals
+Søndag d. 9ende August
+De har da lagt Mærke til, at jeg ikke mere skriver ”Hr. Maler” udenpaa Brevene?</t>
+  </si>
+  <si>
+    <t>1896-08-10</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Warberg er hos sin onkel Max på Langeland</t>
+  </si>
+  <si>
+    <t>Johannes Larsen misunder Alhed, at hun kan få øl på Langeland, for det kan han ikke i Småland.
+Peter Hansen har meldt sin ankomst til Höljeryd. Han kunne ikke låne Fritz Sybergs bøsse, men Larsen har taget med til ham. Peter Hansen skulle til gengæld have haft Akvavit med.
+Johannes Larsen har plukket lineaer og sender Alhed Warberg en.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K2x3</t>
+  </si>
+  <si>
+    <t>[En presset linea indsat på venstresiden]
+Høljeryd 10 August 1896.
+Kæreste Alhed!
+Mange tak for Deres Brev, som laa her i Gaar da jeg kom hjem fra Jagt, jeg havde ingen Ting faaet og var meget tørstig og da jeg strax satte mig til at læse Brevet og læste om det gamle Øl paa Langeland kunde jeg ikke andet end misunde Dem det, Øl gives der nemlig ikke her paa Egnen i det mindste har jeg aldrig set det. Derimod kan vi nok komme i Vandet men ikke i Havet. Samtidig med deres Brev var der et fra Peter, hvori han fortæller at han kommer Fredag altsaa i Dag, hvad der [ordet indsat over linjen] er lidt for tidlig da vi ikke har naaet at fortælle ham at vi har taget baade Bøsse og Ammunition med til ham, han beklager sig nemlig i Brevet over at han ikke maa laane Baronens og hans egen er vist ikke færdig, desuden havde vi tænkt at han til Gengæld skulde have taget en Flaske Aquavit med, og alt det naar vi ikke at faa ham gjort begribeligt, da der om lidt skal Vogn til Stationen for at hente ham, med det samme benytter jeg Lejligheden og sender dette Brev af Sted. Jeg var ude i Formiddags paa Jagt og fik kun en Bekkasin, paa Vejen hjem plukkede jeg et Par Linea som blomstrede, det er ellers efter den Tid nu. Jeg sender Dem en hermed. Jeg maa lukke nu da Brevet ellers ikke kommer af sted. Mange Hilsner fra Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-08-14</t>
+  </si>
+  <si>
+    <t>Ejnar -
+Christian Caspersen
+Marie Larsen
+Susanne Lindberg</t>
+  </si>
+  <si>
+    <t>Ruderkonge – Hans Rasmussen var hans døbenavn – var en berygtet person, der i 1896 var under stærk mistanke som gerningsmand til et dobbeltmord på et ældre ægtepar, hjulmand Christian Mogensen og hans kone, der boede i Oure (Ore) på det sydlige Langeland. Mordet blev begået 25. maj 1896. Først i 1902 blev mordet opklaret, og Ruderkonge blev sammen med tre andre idømt lange fængselsstraffe, der først i 1905 blev stadfæstet i Højesteret.
+http://www.coneliand.dk/kriminalsager/Langelands%20Sagen.html
+Det er uvist, hvad der menes med "Frøken Fie Jensen".</t>
+  </si>
+  <si>
+    <t>Alhed er hos Dyrlæge Caspersen (Onkel Max) på Langeland. Hun kører med ham ud i formiddagspraksis og møder sære mennesker. En Fætter Ejnar på 16-17 år er ankommet til Langeland og er lidt af en plage.
+Forleden nat var Alhed bange og troede at "Ruder konge" skulle komme. Hun svømmer og cykler, og langelænderne kan ikke lide cyklende damer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tUAU</t>
+  </si>
+  <si>
+    <t>Kære Las!
+I Aften skal jeg have skreven et Par Ord til Dem i Anledning af, at det er sidste Aften, jeg har mit lille yndige Værelse alene; i Morgen kommer der nemlig en Gæst til, som skal dele det med mig desværre. – Tak for deres lange Brev i Gaar, det var forfærdelig morsomt at høre fra Dem. De faa det jo nok morsomt deroppe. Naar nu Frk. Lindberg og P. ogsaa komme. Hvem der bare var deroppe ogsaa! ikke sandt? Saa skulde jeg have det forfærdelig Sjov! – Det var jo rart, at der ikke var saa skamskeret, som De havde tænkt Dem, men bare De nu faar Tid til at male noget af det! naar Dagene endogsaa ere for korte til at gaa paa Jagt, saa kan det jo blive vanskelig nok. – Naa, saa De skal have ”sendt” de andre ud at plukke ”Bær!” De gaar vist ordentlig og ”sender” med Marie deroppe! gør De ikke? Uha Las, De er vist en skrækkelig Despot, men det er jo heldigvis ikke alle, der lystrer. - - Jeg har det for Resten dejlig herovre, men har ikke oplevet noget særlig; siden jeg skrev sidst. Max og jeg tage stadig ud i Formiddagspraxis, som mest bestaar i at drikke gammelt Øl. I Dag var vi inde hos en forfærdelig grinagtig Familie. Det er de mest snavsede Exemplarer, jeg har set, og saa bandede de saa gryselig, især Manden, der sad og fortalte Jagthistorier næsten hele Tiden, dog fik han ogsaa Lejlighed til, da Talen faldt paa ”Sport” at sige, at ”de Kevenhavnere” var saa ”rappegalne” (jeg haaber, Ordet er rigtig stavet.) Apropos om mærkelige Ord, saa har jeg ikke kunnet undre mig over den Skipperkones Navn, da jeg ikke har kunnet læse det. Vil De ikke skrive det en Gang til, og saa lidt tydeligere. - - Den Fætter Ejnar vi hentede ude i Lohals, viste sig at være en lang 16-17 Aars Dreng, der [noget af papiret mangler]er svært op i Landskabet, somme Tider næsten for meget, som da han f. Ex. I Dag kom og væltede mig ud af Hængekøjen, da jeg laa og sov til Middag. – Nu opdager jeg, at jeg er bleven søvnig, hvorfor jeg vil sige Dem Godnat og Farvel. Det er jo for resten noget Sludder for det vilde jo være et mærkeligt Tilfælde, om De netop skulde i Seng, naar de kommer hertil i mit Brev. Men paa den anden Side kan det jo godt være at de alligevel er ved at falde i Søvn. - - 
+Et Par Dage senere.
+Det var en stor Overraskelse for mig, da jeg i Gaar kom hen til Skolelærerens efter Post, at faa overrakt et Brev med Deres velkendte Haandskrift. Tak for den nydelige lille Lenea. I Morgen ere vi midt i Maaneden, nemlig d 15de. Synes de Tiden gaar hurtig? Jeg synes nemlig, at den gaar tilpas. Jeg har da faaet mig dresseret til ikke at ønske, at den skal gaa alt for hurtig. Jeg har det virkelig ogsaa saa udmærket og gaar og nyder Tilværelsen! Og hvordan kan jeg ogsaa andet, jeg morer mig udmærket og gaar og glæder mig til Fremtiden. – Jeg kommer vist desværre snart til at slutte, vi skal ud paa en Skovtur i Eftermiddag; op paa Nordspidsen af Langeland; eller vi kalde det ”Langelandshoved”. – Jeg maa først fortælle Dem, at da jeg havde sluttet mit Brev til dem forleden Aften og lige var kommen i Seng, hørte jeg en farlig Rumsteren, det viste sig at være en Husundersøgelse, der blev foretaget af [noget af papiret mangler] og Ejnar, der hæv[noget af papiret mangler] nogle liste sig. Jeg oplyste dem om, at det hav[noget af papiret mangler] mig, og de gik beroligede [noget af papiret mangler] Men tænk Dem, saa blev jeg bange, jeg kom i Tanker om det maaske alligevel ikke havde været mig og kom til at tænke paa Ruder Konge. Jeg laa længe og var frygtelig angst og maatte til sidst staa op og lukke Vinduet for ham. – Men Natten forløb da heldigvis rolig, og jeg kommer i Tanker om, at det maaske slet ikke er nogen morsom Historie. - - De kan tro, jeg er bleven flink til at Svømme. I Gaar svømmede jeg 36 Tag, og i Dag 44, er det ikke godt? – Da jeg kom herover kunde jeg kun et ganske lille Stykke. - [noget af papiret mangler] er P. allerede kommen derover, hils ham endelig mange Gange. Jeg gad vide hvordan det gik med det Roebillede. Hils ogsaa Marie mange Gange. Langelænderne ere meget optaget af, at Frøken Fie Jensen, som de kalder hende, have beæret deres Ø med et Besøg. Men de kunne for Resten ikke fordrage cyclende Damer. De viste deres Antipatti ved at staa af Vognen og klappe Hestene beroligende mens man kører forbi. I Gaar spurgte jeg en saadan Mand om Hesten var bange for [noget af papiret mangler] Hesten var bange for [noget af papiret mangler] men han sagde, at [noget af papiret mangler] var kun for [noget af papiret mangler] bliver helt tovlig, [noget af papiret mangler] ser en Dame paa saadan en Maskine” sagde [noget af papiret mangler] - - Nu kun 1000 Hilsner fra Deres
+Alhed
+14de August - 96</t>
+  </si>
+  <si>
+    <t>1896-08-17</t>
+  </si>
+  <si>
+    <t>Sverige
+Höljeryd</t>
+  </si>
+  <si>
+    <t>Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Johs. Larsen fortæller, hvordan dagligdagen forløber under opholdet på Höljeryd i Sverie. Jagt, spisning, middagssøvn mm.
+Peter Hansen er kommet på besøg på Höljeryd. Johs. Larsen fortæller om en jagttur med ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hdlm</t>
+  </si>
+  <si>
+    <t>Höljeryd 17 August 1896.
+Kæreste Alhed!
+I Dag tror jeg at jeg kan faa Lejlighed til at skrive et ordentligt Brev til Dem, det sidste maatte jeg jo stoppe midt i det. Vognen efter Peter skulde af Sted. Det er for Resten ikke med min gode Vilje at jeg sætter mig til at fylde dette Ark, men det regner og ser desværre ikke ud til at vilde holde op for det Første. Det regnede ogsaa i Tirsdags da Peter skulde hentes, ellers har vi haft dejligt klart Vejr hele Tiden. Vi havde ventet at Peter skulde komme omtrent Kl. 8 da Toget nemlig kommer Kl. 6 og havde Aftensmaden færdig og Ild i Kakkelovnen i Anledning af det han var vaad, der kom imidlertid ingen Vogn og vi sad og ventede med Maden og fyrede i Kakkelovnen til Kl. var henved 10 saa spiste vi og fyrede videre og lyttede til vi endelig hørte Vognen Kl. 11 og jeg gik saa ud med Aquavit Flasken og skænkede Peter og Kusken en Snaps. Vi fik saa Forklaringen, Peter var ikke naaet at skifte Tog i Halmstad og maatte saa vente og tage med et senere Tog, som imidlertid ikke gik længere end til Stationen før Landeryd, men da han havde været saa fornuftig at telegrafere til Vognen fra Höljeryd, havde Kusken sendt en Mand med en Dressine eller Trobi eller hvad saadan et Apparat hedder ned til Rissared, det er den Station hvor til Peter kom og den holdt og ventede paa ham og da han selv maate hjælpe til at drive den frem holdt han jo nogenlunde Varmen. Dagen efter var det dejligt Vejr og vi gik strax paa Jagt og fik hver en Graaand og næste dag fik jeg en Bekkasin og Peter en Krikand. Nu tror jeg at jeg vil fortælle Dem hvordan vi tilbringer Dagen hidtil har det nemlig været omtrent ens og det bliver det vel igjen naar vi bare faar godt Vejr. Om Morgenen staar vi op Kl. 6-7 og spiser saa Frokost og gaar paa Jagt Kl. 8 ½ - 9. Kl. ca 12 kommer vi hjem og gaar i Vandet og vasker Hundeneog vore Strømper og Sko og hænger dem op og tørre, dog ikke Hundene. Saa spiser vi til Middag hidtil Ænder, Bekkasiner og Snepper og Fisk eller Kalvesteg, Eftermad hver anden Dag Tyttebærrødgrød og Fløde og Blaabær og Fløde. Saa drikker vi Kaffe og derefter klæder jeg mig af og gaar i Seng og læser i Rigsdagstidende for Peter hvorefter jeg hviler mig. Peter siger jeg sover men det er Bagtalelse, og Peter læser det stenograferede igjennem. Kl. 3 ½ gaar vi saa paa Jagt igjen og saa den samme Historie med Fodtøj og Hunde og Omklædning og Mad og saa i Seng igjen. I Gaar gik Harejagten ind og om Morgenen var Peter og jeg ude paa Harejagt med Inspektøren, som haren støver, men da det var daarligt Vejr, det regnede omtrent hele Tiden – kunde vi ingen Harer faa op og maatte gaa hjem med uforrettet Sag. Om Eftermiddagen var det Opholdsvejr og vi gik ud med Jansen og traf paa en hel Del Vildt men fik kun en Tjur og 2 Urhøns det er i Grunden ækelt at gaa paa Hønsejagt naar man ikke er ene eller højst 2. Jeg blev saa nervøs at jeg ikke turde skyde og først til sidst skød jeg de 3 ovennævnte Fugle. Jeg har glædet mig meget til i Dag fordi jeg saa skulde med Tjalfe alene og Peter med Jansen, men nu er det jo ikke Vejr til det. I Fredags havde jeg en slem Ærgrelse med Jansen, jeg har taget den med for Peters Skyld, og for at jeg kunde gaa alene med Tjalfe, som i Grunden overtræffer mine Forventninger og opfører sig aldeles nydeligt, og saa vilde det Bæst, Jansen, ikke gaa med Peter skønt jeg skældte den ud og ogsaa en Gang gav den en Rap med Pisken, saa endte det med at den satte sig ned og vilde ikke flytte sig af Stedet, vi lod den saa sidde og da vi kom hjem var den kommen, men det var i Torsdag i Fredag var Peter efter [ulæseligt ord] yderst venlig i mod den og jeg sagde ingen Ting til den, før senere hen paa Formiddagen, da jeg havde stillet mig op ved en Sø og vilde have at Peter skulde lade den gaa ud i nogle Siv for at drive nogle Ænder op, da den ikke gjorde Tegn til at røre sig raabte jeg allé, og saa forsvandt den og den Dag kom den ikke hjem før efter at vi vare i Seng, sa kom den heldigvis, for jeg troede aldrig jeg havde faaet den at se mere. Jeg talte med en Mand Dagen efter som havde mødt paa Vejen til Höljeryd, saa jeg tænker den vilde have været hjem, men er kommen for sent til Toget. Nu efter at Peter har været alene ude med den et Par Gange gaar det helt godt. Nu ser det lysere ud i Vejret bare det vilde klare saa jeg kunde komme af Sted ud til Tjurer og Urhøns. De skriver at jeg vist er en frygtelig Despot – Tak for det Brev som jeg fik i Lørdags – jeg er lige det modsatte hvad jeg skal tillade mig at bevise med et Ex. fra i Dag. Da det havde regnet i Nat og var vaadt i Morges blev vi enige om at nøjes med en Tur i Dag og saa blive hjemme og spise Havregrød Kl. 11 inden vi gik ud da det imidlertid regnede for stærkt Kl 11 1/2 til at der foreløbig kunde være tale om at gaa, fik jeg Peter, for jeg turde ikke, til at gaa ud og sige at de godt kunde holde op med at lave Havregrød og begynde paa Middagsmaden, men De maa ikke tro der blev taget Spor af Notits af det, vi fik vor Havregrød Kl. 11 og Blaabær oven paa og nu sidder jeg her og Solen er lige begyndt at skinne, men nu kommer der en Byge til desværre. Jeg kan ikke forstaa at De ikke kan læse hvad jeg skriver, den Sejlmagers Kone hed Tagea, tror jeg nok. Forleden Dag fangede jeg en Drossel som har en daarlig Vinge den gaar her paa Gulvet og spiser Blaabær og laver et voldsomt Svineri, saa Enden bliver vist at jeg maa smide den ud. MH.t. at male er jeg nu naaet saa vidt at jeg har faaet lavet 2 Tegnebrædter og Marie har spændt Papir paa. Hvorlænge bliver De paa Langeland? Kan De svømme 100 Tag? 
+Jeg skal hilse fra Peter som sidder her og skriver sin Stenografi og fra Marie som er i Køkkenet og lægger Deig til Rug og Hvedebrød. Mange Hilsener fra Deres hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-08-25</t>
+  </si>
+  <si>
+    <t>Jällunden, Sverige
+Snøde</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Peter Hansen
+Jørgen Hermann Kruuse
+Jeppe Andreas Larsen
+Lars Larsen
+Marie Larsen
+Vilhelm Larsen
+Susanne Lindberg
+- Petersen, Biolog</t>
+  </si>
+  <si>
+    <t>Johannes og Marie Larsen samt Peter Hansen er på Larsen-familiens ejendom, Höljeryd, i Småland, Sverige. Alhed Warberg besøger sin onkel Max på Langeland. 
+Johannes Larsen sagde, at han lavede "Busser", når han skød forbi.</t>
+  </si>
+  <si>
+    <t>Hunden Tjalfe gør gode fremskridt, og hunden Jansen er glad for Peter (Hansen). 
+Der er mange tjurer og urhøns, men Johannes Larsen har manglet ammunition til sin egen bøsse og har måttet bruge broderens, som han skyder forbi med.
+Peter Hansen, Marie og Johannes Larsen har været ved søen Jälunden. De bad om lov til at låne en pram og roede til en ø. Prammen viste sig at tilhøre nogle andre end dem, der gav tilladelsen.
+Pigen har lavet "Krykeost" af nymælken fra en ko, der netop havde kælvet.
+Dr. Petersen har sendt billedet af sælen retur.
+Gottschalck er i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hg0W</t>
+  </si>
+  <si>
+    <t>Höljeryd 25 August 1896.
+Kæreste Alhed!
+Tak for Brevet som jeg fik i Torsdags som De meget rigtigt formoder skrev jeg Langeland uden paa mit sidste Brev, men jeg haaber da at De har faaet det, da det er det mest indholdsrige eller i hvert Fald det længste jeg har skrevet herfra. Det er rigtigt nok at Klaks faar Ferie omend knap saa længe som De skriver, men vi venter ham i Aften og han bliver her vist en 8 Dages Tid. Vi venter ogsaa Fader og Konsul Kruuse herover i løbet af en Uges Tid. Tjalfe gør god Fremgang og tegner til at blive en første Klasses Hund, og Jansen har nu slaaet sig fuldstændig paa Peter, det vil sige det er ham der fører an for Peter klager lidt over at Lydigheden er saa som saa. Her er mange Høns i Aar, flere end jeg har set her nogensinde før og vi har faaet ca 30 Tjurer og Urhøns, men de sidste Dage har været sløjt, da vi har manglet Ammunition, men saa tænker jeg at Klaks har noget med i Aften. I Søndags Eftermiddag var vi en en Tur til en større Sø som hedder Jälunden. Da vi kom der ned laa der en Pram ved Bredden, Peter sagde han vilde spørge Manden om vi maatte laane den, og gik saa hen til Skur til at stille Aarer og andre Redskaber ind i, der boede ingen i i Nærheden, og kom saa tilbage med den Besked at det vilde være Manden en Fornøjelse om vi vilde benytte hans Baad. Vi roede saa over til en Ø, skønt jeg havde en stærk Mistanke om at Prammen tilhørte nogle Mænd som gik og saa paa nogle Kreaturer et Stykke før vi naaede Søen, men jeg sagde ingen Ting før vi kom til Øen, og da vi syntes at vi kunde høre nogen tale i den Retning vi vare komne fra blev vi enige om at ro tilbage med det samme og det viste sig at det forholdt sig aldeles rigtigt med Mændene som ventede paa os, men de var for Resten helt skikkelige. Paa Hjemturen kom vi forbi et Sted her ved Gaarden hvor Folkene har lavet et Dansegulv, hvor de danser hver Lørdag og Søndag Aften, og vi gik saa ind og saa paa dem, og Peter dansede et Par Gange med Marie og en af de tilstedeværende Flickor. Forleden Dag havde vi en ko som kælvede og vores Pige lavede os en Ret af Nymælken, som hun kaldte ”Krykeost”, hun rørte Æg i og kogte det og saa blev det stift da det blev koldt, vi spiste det dels om Middagen med Fløde og Sukker og dels som Paalæg paa Smørogbrød, nu er det desværre snart forbi; jeg tror nok at jeg er den der bedst kan lide det, Peter og Marie spiser og af den men Susanna, synes ikke om den. Hvis Lars Larsen vil have et Billede med Krager kan han godt faa det. Det med Sælhunden jeg lavede til Dr Petersen (Biologen) gjorde ingen Lykke, i hvert har han sendt det tilbage uden at skrive noget med. Vi havde Brev hjemme fra i Gaar og fra Gottschalk, som endnu opholder sig i Kjerteminde og formode at han vil være der endnu naar jeg kommer tilbage. Det er et væmmeligt Bæstvejr i Dag med Byger en Gang i mellem saa vi har ikke været ude i Formiddag, men Peter gik strax over Middag og jeg skal ogsaa til at stikke af nu. Jeg maa desværre skyde med Klaks’ Bøsse da jeg ikke har Patroner til min, jeg debuterede med den i Gaar, 5 Busser og ingen vildt, formodentlig gaar det ligedan i Eftermiddag. Mange Hilsener Deres hengivne
+Johannes Larsen.
+Onsdag Morgen.
+Klaks kom saa i Aftes, og havde Akvavit og Patroner med, saa nu kan jeg komme ud med min egen Bøsse i Dag saa tænker jeg det gaar bedre. Vejret ser ogsaa bedre ud til Morgen. Nu maa jeg ned til Vognene med Brevet. 
+God Morgen. Hilsen Fra Peter.</t>
+  </si>
+  <si>
+    <t>Oktober 1896</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg
+Amager</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Thora  Branner
+Otto Emil  Paludan
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Alheds søster Thora blev som 11årig adopteret af sin onkel og tante Hempel og Mimmi Syberg. De boede på gården Gelskov.</t>
+  </si>
+  <si>
+    <t>Alhed er vred over, at det er længe siden, hun har fået brev fra Johannes Larsen.
+Hun har været på cykel til Langeland - sidste cykeltur i år pga. vejret.
+Thora er syg.
+Alhed skal til barnedåb hos Ludvig (Lud) og Bertha Brandstrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xOwe</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Maa jeg spørge, hvad der gaar af Dem! Nu har jeg ikke faaet Brev fra Dem i over en Uge, De har da ikke glemt min Adresse Erikshaab pr. Højrup? Jeg har aldrig hørt om en Kærreste, der ikke lod høre fra sig i over en Uge. Hver Formiddag, naar Pallam kommer i Køkkenet med Breve til de andre, har jeg været lige ved at falde om i Gryderne af Forbavselse over, at der ikke var noget til mig. Og hvis der ikke kommer ét en af de allerførste dage, saa gaar jeg i den allersorteste Gryde! Nu ved De det. 
+Jeg har læst i Avisen om den Mand, der blev skudt paa Amager, hvad kan det nytte, at én er forsigtig, naar saa en anden skyder ham. Men jeg haaber, De maler flittig paa deres Billede i Stedet for at gaa paa Jagt. – Det har for Resten været et henrivende Vejr i de sidste Dage (i Dag er det jo forbi igen) men jeg har desværre haft saa lidt Tid til at nyde det. Vi slagtede i Torsdags 3 Beder hvilket medfører en Del Ulejlighed. Men nu er det meste af dem puttet i en Saltballe (ogsaa Køllerne!). I Onsdags kom jeg hjem, det var vist min sidste større Cycletur for i Aar, desværre. Men Cyclerne lide saa meget i daarligt Føre, at det er Synd andet end at sætte dem i Vinterstald. –
+For lidt siden fik vi Fremmede. Det var Doktorens, saa jeg kan nok ikke sidde her og skrive ret længe men maa ned og lave Brombærgrød og anden Mad. – Jeg kommer i tanker om, at mine Breve vist handler altfor meget om Mad, men De har vel opdaget, at jeg er en meget prosaisk Natur. - - Min Søster Thora omme paa Gelskov ligger og er daarlig, vi have været lidt ængstelige for hende, da Doktoren sagde der var noget i Vejen med den ene Lunge. Hun er en lille Smule bedre, men maa være meget forsigtig.
+Søndag Aften: Endelig. Christine kom i Aften og havde Brev med fra Dem. Saa var der altsaa ikke noget særligt i Vejen, men jeg fatter for Resten ikke, at De med Deres Forstand ikke kunde finde paa at sende Brevet til Erikshaab i Stedet for til Langeland den Tirsdag, De vilde skrive. Jeg fik ogsaa Brev fra Lud i Aften, det er lige oppe over med den Barnedaab, jeg skal rejse enten Lørdag eller Søndag, men jeg ved ikke rigtig, om jeg vil skrive, hvilken af Dagene det bliver, skønt for Resten, det kunde jo være knusende kjært at se et lille Glimt af Dem! Gider de virkelig gaa den lange Vej? – Jeg glæder mig meget til rejsen, naar nu Skovs kunde have ruppet sig lidt, saa De kunde være kommen ud at døbe den med det samme. Men det kan jo ikke naa lige nu. - -
+Mon vi virkelig skulde ses et lille Svip paa Lørdag eller Søndag? Men det er vel kun nogle faa Minutter. – Men alligevel. Det er sent og her begynder at blive koldt, saa jeg maa slutte. Godnat og 1000 Hilsner fra Deres Alhed.
+Jeg kommer i Tanker om er det ikke midt i Deres tekniske Skoletid? Det er vist c. 5 ½. Vilde det passe Dem bedst Søndag?
+Farvel.</t>
+  </si>
+  <si>
+    <t>1896-10-05</t>
+  </si>
+  <si>
+    <t>Svanninge
+Langeland
+Nyborg
+Lohals
+Faaborg
+Sollerup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Giersing
+Peter Hansen
+Johanne Christine Larsen
+Otto Emil  Paludan
+Anna Syberg
+Hans  Syberg
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sollerup: På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene.</t>
+  </si>
+  <si>
+    <t>Alhed har været på besøg hos Syberg i Svanninge. Syberg maler på billeder af Stensgaard.
+Alhed har tabt en stor gryde med hyldebærsaft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Oyu0</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det er Søndag Aften, og de sidde i Dagligstuen og sludre, Christine er hjemme og Muk, Dede, Vesterdal og en fremmed Dreng ere lige rejst, jeg har sat mig ind ved Mors Skrivebord for at sludre lidt med dem, men det bliver vist ikke af lang Varighed. – Tak for Deres Brev, jo De kan stole paa, jeg lagde Mærke til det gode Vejr, jeg ligefrem nød det de faa Dage det varede, men ak desværre det var kun en kort Glæde. Jeg tænkte det for Resten nok, da jeg saa i Deres Brev, at De trode, det vilde vare en hel Maaned. Jeg saa strax betænkelig ud ad Vinduet, og ganske rigtig – i Sydvest trak der store Skyer op! – Det holdt dog nogenlunde tæt den Eftermiddag og jeg benyttede Lejligheden til at cycle til Svanninge. - - Men nu er det jo helt tosset, saa jeg kan ikke vide, hvad det bliver til med min Langelandstur, Vinden er jo Syd, den er jo god for Kerteminde, men Palam siger at der er ingen Skib mellem Nyborg og Lohals. Hvad skal man gøre ved det? – De maa endelig ikke gaa og vente mig, for der er jo desværre meget ringe Udsigt til at jeg kommer. Men samtidig med at det gode Vejr holdt op, holdt De vel ogsaa op med de tre Ting, de havde begyndt paa, - at vente mig, at gaa i Vandet og at male paa det Billede. Det sidste er alligevel det værste jeg venter mig saa meget af det Billede, jeg synes det Motiv maa passe saa storartet for Dem. – De havde det udmærket i Svanninge, undtagen Grylleren, der har Orm og af den Grund var han rædselsfuld gnaven, han og Pigen Betzy Trattevaad brølede om Kap hele Eftermiddagen og underholdt Hønset og mig paa det livligste; Sine var i Faaborg og Kunstneren paa Stensgaard. Men de kom hjem ved Thetid og da Ungerne var kommen i Seng havde vi en lille hyggelig Time ved et Glas Ribsvin! – Jeg blev aldeles begejstret for P’s Roebillede, De kan tro, det er blevet smukt, siden vi saa det sidst, eller ogsaa saa jeg ikke saa meget paa det den Dag, jeg synes, det er et dejligt Billede. (Nu kom Christine og satte sig til at spille noget vældig kønt.) P. skulde rejse til København i Dag. – I Gaar var jeg med Far ovre at blanke den Altertavle, han er meget glad ved Resultatet. Paa Tirsdag skal det spændende Oversyn være. Stiftsøvrigheden har i sin Visdom beskikket hans Naboprovst! Nu skal vi se, hvad det bliver til. Jeg har det Haab at komme med derover for at holde med Dara udenfor Kirken, saa kunde jeg maaske faa den Glæde at se Far og hans Fjende Provsten trykke hinandens Hænder. – Far sagde forleden, at jeg kørte helt pænt nu! Men det er vist alligevel omtrent forbi med mit Kørende nu, det bliver aldrig til noget, naar Far er hjemme. Dagen før han kom hjem tog jeg en ordentlig Afskedstur. Jeg kørte til Sollerup og lige hjem igen uden at spænde fra, hvad vi ikke maa, og saa var jeg alene paa Hjemturen, hvad jeg heller ikke maa! – Men det er for Resten alligevel rart at have faaet et helt Sæt Forældre igen. Dis har moret sig storartet i København, hun kom selvfølgelig ikke hjem før Far. – Min Redelighed kan ikke slaa til til at opdage den Brander i deres Brev, - jeg har spekuleret vældig paa den men uden resultat. – 
+Næste Dag: O Rædsel! Jeg kommer lige nede fra Køkkenet, hvor jeg har begaaet en forfærdelig Ugærning! – Jeg tabte vores allerstørste Gryde, der var fuld af kogende Hyldebærsaft! – En Ring, der hang ved Gryden, sprang i mange Stykker, Gryden gik der et Stykke af og Saften farvede Gulvet blaasort og sprøjtede op ad Væggen og endogsaa helt op paa Loftet. Min Kjole maa strax i kogende Vand og mine Sko var som dyppede i saft. – Der samledes naturligvis Opløb – og Mor var rystet i sin Sjæls Inderste, men tænk Dem, saa kom jeg pludselig til at le! Jeg holdt mig længe da jeg virkelig var imponeret ved Synet af mit Ødelæggelsensværk; men pludselig kunde jeg ikke holde mig længere, men brast i Latter, jeg blev jo ganske forfærdet over mig selv men saa til mine store Beroligelse at Mor lo med. Hun kunde vist ikke lade være at glæde sig over, at jeg ikke var bleven skoldet, hvilket jo ogsaa var et Under. Dis og Johanne og Pallam grinede jo ogsaa, saa det hele spændte forbavsende gemytligt af. - - Nu maa jeg strax slutte, da Posten kommer. Hvorlænge tror De, det varer inden De kommer herned, hvis jeg nu ikke kommer til Kerteminde?? – Farvel for denne Gang! Mange kærlige Hilsner fra deres Alhed.
+Erikshaab 5de Okt. - 96</t>
+  </si>
+  <si>
+    <t>1896-10-24</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Carl Høyrup
+Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har kørt Ellen til Nyborg og kom for sent til Teknisk Skole.
+Alhed skal til København og til Brandstrups barns dåb.
+Johs. Larsen går på jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QHCG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Octbr. 1896.
+Kæreste Alhed!
+Tak for Brevet. Jeg fik det i Tirsdags og var lige ved at sætte mig til at skrive til Langeland strax men kom saa i Tanker om at det var om Morgen tidlig at De skulde rejse, og sa kunde det jo ikke naa sig. Jeg har ikke været i Odense endnu og da jeg har faaet Lærred, og bliver det vist ikke for det første jeg kommer derud. Jeg var oppe hos Hørups i Forgaars, og han havde netop et Stykke Lærred liggende af den Størrelse og den Slags jeg skulde bruge og det laante jeg saa af ham. 
+I Gaar var Christine og jeg ude i Nyborg med Ellen og fik hende sendt med Færgen. Det var jo Meningen at hun skulde have fulgt med Fader og Moder naar de rejser til Sverige, men nu trak det jo saa længe ud med Tærskningen og i det [de] sidste Dage har Fader ikke været rigtig rask saa Rejsen er foreløbig udsat. Det var et dejligt Vejr at køre i men noget koldt paa Hjemvejen. Jeg skulde have været ned paa den tekniske Kl. 7 ½ men da jeg kunde regne ud at jeg vilde komme en Time for sent havde jeg sendt Bud til den anden Lærer om at se efter min Klasse den første Time, han var imidlertid ogsaa forhindret og da jeg kom derned var han endnu ikke kommen og kom først ½ Time efter. Ham der blev hældt ud gik det meget godt med. Borgmesteren havde været nede hos Forældrene og sige det saa han kom ikke mere.
+Jeg sidder og lægger mit Billede an i Dag, det [er] for Resten lumpent at sidde inde i saa smukt Vejr. Det er sandt. De har vel ikke hørt noget endeligt om hvornaar De skal til Kjøbenhavn og døbe det Brandstrupske Barn, for saa kunde De lade mig det vide saa jeg kunde gaa ud til Nyborg og faa Dem at se i Forbifarten. Jeg har været en Del paa Jagt i denne Uge men ingen Ting faaet naar jeg undtager en Hare i Mandags, det er kedeligt for Tjalfes Skyld at jeg ikke kan skyde nogle Høns for ham, men dels er de temmelig vilde og flyver for tidligt op og dels begynder jeg at faa den Overbevisning at jeg ikke mere kan ramme en Agerhøne og det gør mig nervøs og naar vi saa endelig finder Høns skyder jeg forbi. Mange kærlige Hilsner fra deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-07-07</t>
+  </si>
+  <si>
+    <t>Munkebo
+Nordstranden, Kerteminde</t>
+  </si>
+  <si>
+    <t>Georg Larsen
+Johanne  Larsen
+Marie Larsen
+Otto Emil  Paludan
+Rasmus Petersen, Gartner
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alheds søster, Johanne, skulle komme for at sidde model til Pigerne på Klinten.
+Kildeanlægget er et lille anlæg på Hindsholmvej i Kerteminde - lige ud til Nordstranden, som ligger for enden af Langegade, hvor Johannes Larsen boede som barn/ung.</t>
+  </si>
+  <si>
+    <t>Det er fint, at Johanne kommer mandag. Larsen skulle om formiddagen i vandet med Rasmus Petersen, men fik at vide, at der var telefon. Han talte så med Astrid Ingeborg i en dårlig forbindelse, og imens stak hunden Tjalfe af. Larsen fandt hunden i Munkebo og tog ud for at bade. Det blev tordenvejr, og Larsen blev gennemblødt. Hvordan kunne Alhed tro, at Larsen kom til Erikshaab i dette vejr?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uiU5</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Juli 1897.
+Kæreste Alhed!
+Tak for Brevet i Dag! Det passer mig udmærket at Johanne kommer paa Mandag. Jeg havde selv regnet ud at jeg maatte se at faa fat paa hende først i næste Uge, og havde tænkt at skrive til hende om at komme, men nu kan jeg jo [noget af papiret mangler] det med at lade Dig [noget af papiret mangler] hende at det passer [noget af papiret mangler] og at jeg er meget glad [for] at hun kommer den Dag. Nu skal jeg fortælle Dig om alle de Fataliteter jeg havde i Formiddags fra Kl. var lidt over 11 til henad 12 ½. Altsaa: Kl. godt 11 stod jeg og var parat til at gaa om efter Rasmus Petersen for at tage ham med i Vandet, vi gaar nemlig ud i vores Badehus hver Dag fra 11 ½ - 12, saa kom der Bud at der var en Warberg ved Telefonen. Med et lille Ønske om at Fanden havde Telefonen gik jeg over og gav mig til at tale med Dis, det var lidt utydeligt paa Grund [af] Torden, men jeg fik da [saa] meget ud af det at [noget af papiret mangler] havde skreven galt og at det var Palludans Fødselsdag i Dag og ikke i Morgen og at jeg skulde komme i Dag, saa varede længe og jeg raabte flere Gange om der var nogen, uden at faa Svar hvorefter jeg ringede af og gik. Senere hørte jeg at Marie og Georg havde fortsat og faaet omtrent det samme Resultat. Men nu kan du tænke Dig da jeg kommer over har de ladet Tjalfe stikke af og efter at have bandet højt og dyrt paa at jeg aldrig mere skulde lade mig trække til Telefonen gik jeg ud for at lede efter ham og var saa heldig [at fin]de ham nede i Munke[bo] og returnerede sveddryppende hertil Kl. 11-40. Saa gik jeg i Vandet alene da R.P. ikke var hjemme og inden jeg kom derud begyndte det at tordne og paa Hjemvejen tordnede og lynede det uafbrudt og da jeg naaede Kildeanlægget kom der en Byge saa voldsom at jeg var gennemblødt inden jeg naaede [noget af papiret mangler] at længes frem saa Vandet løb ned ad Benene og fyldte Skoene, og jeg maatte skifte alt mit Tøj inden jeg spiste. Hvordan havde du for Resten tænkt Dig at [jeg] skulde bære mig ad [med] at komme ned [til] Jer i Dag? Den Gang [noget af papiret mangler] telefonerede var Posten kørt for ¾ Time siden, og hele Eftermiddagen har det været et forrygende Vejr, naar jeg kiger ud ad Vinduet ser jeg Træerne bøje sig for Blæsten og Møllerne kører rundt med 2 bare Vinger og en lille Stump Sejl paa de 2 andre og saa er Vinden oven i Købet V.S.V. foruden at man kan vente sig en Regnbyge hvert Øjeblik saa det er jo hverken Cykle eller Spaserevejr. Ganske vist kunde [jeg] jo tage med [noget af papiret mangler] i Eftermiddag, men saa [er] jeg jo først derned Kl. [noget af papiret mangler] saa jeg tror jeg har beds[t af] at blive hjemme og se om Vejret kan bedre sig saa meget at jeg kan komme op i Klinten og male i Aften. Det [er] sandt der staar et Sted i Dit Brev to Bogstaver som det ikke er mig muligt at begribe Meningen med, da det forekommer mig at de gør lige lidt Virkning enten jeg læser dem som Slutning paa den Sætning der staar foran eller som Begyndelse paa den der staar bag efter, men der er [oven] i Købet Streg under dem [saa] de maa vel betyde [nog]et og det er det jeg vil bede Dig forklare mig naar Du skriver næste Gang, forhaabentlig inden altfor længe, Du var ellers flink til at svare denne Gang. Det er sandt det var de Bogstaver, for at hjælpe Dig vil jeg skrive baade hvad der staar foran og bag efter, der staar: ”vilde hun komme en gang til senere S.u. – Far og Mor er ikke hjemme”. Du forstaar nok det er det S.u. der gør mig nys[gerrig]. Jeg vilde have bedt [Dig] om at ønske Palludan [til] Lykke men som sagt [kun]de jeg jo ikke raabe hende op, og nu er det jo forsent at bede Dig om at gøre det. Jeg ser det er i Færd med at blive et temmelig langt Brev men nu vil jeg ogsaa til at holde op. Kunde Du ikke give Johanne en Rose med til mig, saa er Du den allerbedste, det er Du ogsaa alligevel. [noget af papiret mangler] allerkærligste Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1897-10-31</t>
   </si>
   <si>
     <t>Rudkøbing
 Nyborg</t>
   </si>
   <si>
     <t>Adolph Larsen
 Jeppe Andreas Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Joakim  Skovgaard</t>
   </si>
   <si>
     <t>Vilhelm Larsen har skudt en råbuk, som Joakim Skovgaard skulle have at male efter til et folkevisemotiv med en jæger og et anskudt dyr.
 Hunden Tjalfe er ved at komme sig, men Johannes Larsen har haft en stor vabel på hælen, som han nu har stukket hul på.
 Billedet (hvilket?) er blevet færdigt.
 Larsen spørger, hvornår Alhed tager til Langeland.
 Vilhelm Larsen (Klaks) har skudt en hornugle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GHTA</t>
   </si>
   <si>
     <t>Kjerteminde 31 October 1897.
 Min egen Kæreste!
 Det [er] snart forfærdelig længe siden jeg har skrevet til Dig og jeg har ogsaa gaaet med en daarlig Samvittighed i den sidste Tid, jeg vilde have skrevet i Fredags, men kom ikke til det, og i Gaar, Lørdag, var det jo ingen Nytte til. Jeg har ellers haft travlt i disse Dage, da Fader [og M]oder er i Sverige, saa maa [jeg j]o passe det Hele, og mit [ege]t oven i Købet. I Gaar fik [noget af papiret mangler]adehuset i Land og i Aftes [fik] vi det læsset paa en Vogn. [noget af papiret mangler] Morgen har Agraren Klaks og jeg kørt det ud i Skuret paa Feden. Fader og Moder rejste Natten mellem Onsdag og Torsdag, og i Torsdags kom Klaks hjem. Han havde s[kudt] 2 Fasanhaner ude paa [noget af papiret mangler]strup og en Raabuk som Joachim Skovgaard skulde have at male efter, han var der ude paa Besøg i den Anledning, da han skal male et Billede med Motiv fra en Folkevise, og hvorpaa der skal være en Jæger (Jagtsproget giver Fangst eller fanger af) et anskudt Raadyr. Skovgaard fortalte Klaks [at] han var lige ved at væ[re] kommen over til os i [noget af papiret mangler] og at han havde skrev[et til] mig om det, men det [maa] vel saa have været efter at vi var rejst, da jeg jo ikke har faaet noget Brev fra [ha]m i Aar. Tjalfe nu [vær]et rask i benene en 8 Dages Tid, men siden han kom sig har jeg haft en daarlig Hæl saa jeg i hele denne Uge ikke har kunnet taale at have andet Fodtøj paa end Træsko. Naar jeg om Aftenen skulde i teknisk med Sko paa maatte jeg hinke ynkeligt af Sted. Det var en Vable Støvlerne havde gnavet paa Hælen og jeg mente den skulde [gaa] væk af sig selv, men da [den] snarere blev større end [noget af papiret mangler]vidre og da jeg i Gaar ikke [hav]de Tid til at have den [noget af papiret mangler] længere stak jeg Hul paa den og nu fejler jeg ingen Ting. Det er et trist Graavejr i Dag, jeg ved ikke om jeg gider paa Jagt med [noget af papiret mangler] i Eftermiddag skønt han [træn]ger voldsomt til at blive rørt, men det værste er at dette Brev vist ogsaa bliver temelig trist. Billedet er gaaet godt frem og kan vist snart regnes for at være færdigt, det var et stort Held at Rammen ikke var færdigt saa det kunde sendes over i Foraaret, for jeg tror nok at det nu er nogle Gange bedre end [det] den Gang. Jeg havde el[lers] troet at der skulde være [Brev] fra Dig i Dag, men der k[ommer] vel saa et i Morgen, er det [blevet] bestemt hvad Dag Du [skal] rejse til Langeland? Damperen som kommer her gaar til Rudkjøbing og derfra hertil [noget af papiret mangler], men paa Vejen anløber [den] Nyborg. Der er da for Resten endnu ikke noget i Vejen for at køre paa Cykle, der er jo udmærket Føre, men det kan jo paa denne aarstid snart blive forbi med det gode Vejr. Bare Du snart kom, jeg længes forfærdeligt meget efter Dig. Det er vist et meget kedeligt Brev jeg skri[ver], men Meningen er god [nok] ved Du. Klaks var paa [An]detræk i Aftes og skød en [noget af papiret mangler] Hornugle som ligger [her] paa Bordet nu.
 [Tegning af hornuglens hoved]
 Nu vil jeg alligevel gaa ud paa [noget af papiret mangler] tror jeg, det vil jeg vil f[noget af papiret mangler] gaa udenfor og se paa Vejret og hvis det egner sig til Andetræk tror jeg at jeg vil vente et Par Timers Tid med at gaa. Farvel for denne Gang min egen smukke Kæreste, skriv snart til Din hengivne
 Johannes Larsen</t>
   </si>
   <si>
-    <t>1940-10-03</t>
-[...54 lines deleted...]
-    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+    <t>1897-11-03</t>
+  </si>
+  <si>
+    <t>Hjallese</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Ellen  Sawyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen (Agraren) er på landbrugsskole i Hjallese. Vilhelm Larsen (Klaks) er i gang med sin skovbrugsuddannelse.</t>
+  </si>
+  <si>
+    <t>Alhed kunne have kørt med Johannes Larsen fra Hjallese, hvis de havde været i kontakt lidt før. Larsen er ked af, at Alhed har søgt plads uden at fortælle ham om det, og bare det nu ikke er for hårdt for hende.
+Vilhelm Larsen (Klaks) får nok mindst mg til eksamen. 
+Tak fordi Warberg-familien hentede Christine Swane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Tmf</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3 Novbr 1897.
+Min egen kæreste Alhed!
+Tusind Tak for dit Brev som jeg fik i Morges, det var godt det kom, jeg var efter Haanden bleven saa underlig nervøs hver Gang den Tid kom da jeg kunde vente Posten, og saa stadig ingen Brev. Det er ogsaa snart uudholdeligt med det Vejr, stadig samme graa Himmel, som en [noget af papiret mangler]vet Vælling. Dag ud og [Dag ind], og ikke en Vind der rø[rer sig], ikke Spor af Forandring, [men d]er maa vel komme end Ende paa det ogsaa, i Dag er det da begyndt at lufte en Smule fra Øst, saa det kan jo være at det begynder at forandre sig, men foreløbig sker Forandringen noget umærkeligt. I Morgen [noget af papiret mangler] køre Agraren hen til Hjallelse, det er en Skam Du ikke har skrevet noget før, saa kunde vi maaske have ordnet det saadan at Du kunde have taget Billet til Hjallelse og kørt med mig hjem, og saa have rejst med Damperen herfra paa Mandag, men nu er det jo for sent. Jeg længes meget efter Dig, og jeg synes snart der er [noget af papiret mangler] Tid til Du kommer [noget af papiret mangler] Du nu først skal [noget af papiret mangler] Lørdag og saa være [noget af papiret mangler] paa Langeland. O[noget af papiret mangler] Du saadan beslutter at rejse til Kjøbenhavn uden at jeg aner det mindste om det, bare Du kan taale at være i den Plads, jeg synes Du har fortalt saa meget [om h]vor strængt Ellen har det der, og hun er dog vist meget stærkere end Du. Jeg ved ikke om jeg fortalte Dig at Klaks havde faaet Brev om at Middelfejlen i hans Kort kun var 0,6 Al, hvad der skal være ret sjældent, og at han kunde være sikker paa at faa mindst mg, og altsaa faar første Karakter, Censuren er paa Mandag saa nu faar han jo snart [Resul]tatet at vide. Du [maa] endelig skrive til [mig e]n Gang i mellem i den- [noget af papiret mangler] især hvis det umulige Vejr holder sig. Jeg skal hilse Dig fra Moder og takke mange Gange fordi I hentede Christine og i det Hele taget fik hende hen at besøge Jer, for hun gaar jo ingen Steder af sig [selv]. Ja nu vil jeg slutte for denne Gang med endnu en Gang at bede Dig om at tænke lidt paa mig med et Brev en Gang imellem, og mange Tak for det i Dag. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-11-05</t>
+  </si>
+  <si>
+    <t>Hjallese
+Snøde</t>
+  </si>
+  <si>
+    <t>Ane Marie Christiansdatter
+Lars  Jeppesen
+Adolph Larsen
+- Petersen lærer Dalum</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skal besøge sin Onkel Max i Snøde på Langeland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har kørt Adolph (Agraren) Larsen til landbrugsskolen i Hjallese. Lærer Petersen havde glemt at indmelde ham, så de bedste værelser var optaget, og han blev indlogeret sammen med tre andre i et værelse uden kakkelovn. Agraren er bagud i de fleste skolefag, og han havde tandpine, da de kom til skolen - vel fordi han ikke var glad for det hele. Johannes Larsen var tæt på at græde, da han kørte fra sin bror. Han blev også trist over at se sin farmor og farfars hus, hvor der nu bor fremmede. Larsen har skrevet et langt brev til sin bror.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FGPr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Novbr. 1897.
+Min kæreste Alhed!
+Det er jo i Morgen Du rejser til Langeland, saa det er vel næppe rimeligt at dette Brev naar Dig paa Erikshaab, men ellers bliver det vel sendt efter Dig. Jeg var saa henne paa Landbrugsskolen med Agraren i Gaar. Det Bæst Lærer Petersen i Hjallelse som havde lovet at indmelde havde aldeles svedt det ud, men der var dog Plads endnu saa jeg fik da Agraren anbragt men han maatte finde sig i at ligge sammen med en hel Del andre da alle de mindre og bedre Værelser vare optagne. Det han fik anvist var helt oppe paa Kvisten, og uden kak[k]elovn og der var anbragt 3 andre, men der var Plads, det vil sige Senge til 9. Men da han jo kun skal være der mens han sover, og det jo ikke er værre end Soldater har det, kommer han vel nok over det. Det værste er med Regning, Skrivning, Fysik og Tegning, og det er det ærgerligste af det Hele, at naar vi bare havde tænkt paa teknisk Skole her sidste Vinter og faaet det gennemgaaet, saa havde det jo ikke været noget Besvær for ham, men jeg er næsten bange at han er for meget tilbage i det til at han rigtigt kan følge med de andre, men bare han nu vil hænge i saa gaar det vel. Desværre havde han saadan en voldsom Tandpine i Gaar Formiddags, men det lod til at det var gaaet over da vi kom derhen, jeg tror alligevel ikke han var rigtig stolt af Situationen da jeg kørte fra ham i Gaar Aftes i Mørkningen, han stod op paa Vogntrinet og kørte med ned til Vejens Omdrejning, saa sagde jeg Farvel til ham og lod de smaa trave ud og jeg var lige ved at græde lige til jeg kom paa den anden Side Odense. Jeg var ogsaa kommen i saadan en underlig vemodig Stemning af at gaa og se paa min Farfaders og Farmoders Hus og Have i det triste Efteraarsvejr. Jeg har jo været der saa meget som Barn og nu har der jo i mange Aar boet fremmede Folk. Jeg har lige været henne og skrive et langt Brev til Agraren for at opmuntre ham til at hænge i og ikke tabe Modet, selvom det skulde være lidt svært for ham i Begyndelsen og jeg haaber at hans gode Humør og gode Forstand skal hjælpe ham over det værste. Det sidste Brev jeg skrev til Dig kom nok ogsaa til at ligge en Dag over, jeg opdagede det først da jeg kom hjem fra teknisk Skole og saa var det forsent til at jeg kunde komme ind og faa Frimærker nogen Steder. Er Din Adr. paa Langeland ikke ”Snøde pr. Lohals?” men det er Du vel saa betænksom at underrette mig om i Dit næste Brev. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-11-14</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Der er muligvis tale om planker fra familien Larsens svenske skove indsejlet til Kerteminde på I.A. Larsens fragtskibe.
+Adolph Larsen (Agraren) er elev på Dalum Landsbrugsskole.
+Den omtalte tante til Alhed Larsen kan være Wilhelmine Berg f. Brandstrup, som drev pensionat i Gothersgade og var Alheds mors halvsøster.</t>
+  </si>
+  <si>
+    <t>Vilhelm og Johannes Larsen har hjulpet med planker hele dagen. 
+Johannes Larsen skal male på sit billede i det smukke vejr. Adolph Larsen (Agraren) befinder sig vist godt på (landbrugs)skolen. Johannes Larsen synes, det er trist, at Alhed skal til sin tante i København, og hun må i hvert fald komme til Kerteminde først.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/apFw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Novbr 1897.
+Min egen Kæreste!
+I Dag det er Søndag skal Du faa [et Par] Ord fra mig. Det maa [noget af papiret mangler] være en daarlig Postgang [noget af papiret mangler] mellem Fyn og Langeland, [siden] Du ikke havde faaet mit [Brev] da Du sendte Dit af Sted, men Du fik det vel saa strax efter. I Gaar var Klaks og jeg ude at hjælpe til med Plankerne hele Dagen og i Aftes var jeg i teknisk, saa jeg naaede ikke at skrive i Gaar, hvad der ellers var min Hensigt. Det er et ualmindelig smukt Vejr i Dag, Solskin og meget mildt, jeg skal ud at male paa mit Billede. Sidst [jeg] var der ude, fortalte jeg Dig vist at det blæste for stærkt til at male, men jeg malede saa paa det efter Hukommelsen Dagen efter, hvad jeg tror nok [noget af papiret mangler] paa det, og jeg tænker j[eg kan] faa gjort en De[noget af papiret mangler] Aften hvis Vejret ho[lder] hvad det lover. Agr[aren] er her i Dag. Han kom [noget af papiret mangler]ende fra Ullerslev i Aftes, og lader til at befinde sig helt vel henne paa Skolen. Jeg er ked af at Du alligevel skal ind til Din Tante i Kjøbenhavn, efter hvad Du fortalte sidst haabede jeg paa at det skulde gaa i Stykker, men nu det lader til at blive til Alvor er jeg meget ked af det. Du maa i et hvert Tilfælde komme her først, enten Du saa rejser hjem eller til Kjøbenhavn. Du faar ikke mere [noget af papiret mangler] denne Gang, jeg [vil] snart skrive igen, [noget af papiret mangler] mig se at Du ogsaa [noget af papiret mangler] det. Mange kærlige [Hil]sner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-01-23</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Berta Brandstrup
+Ebbe Brandstrup
+Mogens Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+Frederik Hendriksen
+Bernhard Hirschsprung
+Emma Hirschsprung
+Johanne  Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig januar - marts 1898 hos Berta og Ludvig Brandstrup i København for at modtage sang- og tegneundervisning. Hun gik dagligt tur med Brandstrup-parrets søn - formodentlig den ældste, Mogens.
+Johannes Larsen havde ærinder i København januar 1898, og han og Alhed mødtes dagligt der, indtil han 21. januar rejste hjem. 
+"Tordenskjoldsgade": Her boede Bernhard og Emma Hirschsprung. 
+Det kan ikke afgøres, hvem Hr. Møller var. Warberg og Larsen kendte mange med dette efternavn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2201</t>
+  </si>
+  <si>
+    <t>Tante Mis og andre bliver skuffede, hvis Laura Warberg ikke kommer på besøg, men hvis hun har vrøvl med sine fødder, er det jo undskyldning nok. 
+Alhed har det dejligt hos Berta og Ludvig Brandstrup. Deres lille dreng, som hun går tur med, er dejlig.
+Johannes og Alhed Larsen styrtede rundt, mens han var i København, og det er rart med lidt ro nu, hvor han er rejst hjem.
+Alhed har været til stor middag i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZDOA</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Jeg blev meget ked af det, da jeg i Aftes hørte, at Johanne ikke havde skreven til dig endnu hun havde lovet det aldeles bestemt, da jeg var hos hende i Fredags; jeg var der ogsaa et Svip i Torsdags, men det var lige i deres Middagstid, saa vi kunde ikke faa talt ordentlig om Din Rejse. De ville vist blive meget skuffede, hvis du ikke kommer, jeg talte ogsaa med Tante Mis og jeg kunde forstaa, at hun havde glædet sig meget til Dig, hun har jo selv den Idé, at der kan være saa meget at tale om. Men paa den anden Side synes jeg, at Du saa udmærket kan lade være, hvis Du stadig har ulyst til det, Dine Fødder ere jo Undskyldning nok - Men Johanne skriver jo nok herom. - Du kan tro, jeg har det yndig her hos Berta og Lud. Nu er der falden lidt mere Ro paa mig, siden Las er rejst, det var næsten ogsaa altfor galt, som vi fartede om fra Morgen til Aften Las saa ganske mat og ødelagt ud tilsidst. Din Fødselsdag spiste vi til Middag i "Bellevue" paa Hjørnet af Bregade og Langelinje vi drak en halv Fl. Rødvin til og Las udbragte Din Skaal. - I Aften skal Lud og Berta ud, saa gaar jeg ind til Hendriksder har jeg ikke været endnu. - Jeg sidder nu og venter paa Pan, hun skal med ud at køre med Drengen i Dag; han er saa dejlig, at det der en hel Fornøjelse at passe ham, han er ganske forbavsende rolig og fornuftig. -
+Jeg har været til Middag i Tordenskjoldsgade, siden jeg skrev sidst, det var i Onsdags, Berta havde Dit Brev med derhen. Las skulde netop ud til nogen, jeg ikke kendte den Aften. - De havde sagt, der var slet ingen, saa jeg kom som jeg gik og stod efter at g ["g" overstreget] have travet rundt hele Dagen. Men saa var der til min store Overraskelse 17-18 Personer, 5 Retter Mad og 3 Slags Vin. Jeg sad ved siden af Hr Møller, som Drak Glas med mig og bad mig hilse Far. -
+Det bliver nu morsomt, hvis Du kommer, berta vil gøre en lille Middag paa Dig. - Jeg længes snart efter rent Tøj jeg haaber I sender det til Lugge, jeg har ikke Plads til Kuffert. 
+1000 Hilsner Din Alhed
+Søndag</t>
+  </si>
+  <si>
+    <t>1898-02-12</t>
+  </si>
+  <si>
+    <t>Tordenskjoldsgade, København
+Langelinje, København</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Julie Brandt
+Louise Brønsted
+Frederik Gad Clement
+Peter Hansen
+Frederik Hendriksen
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Johanne Kampmann
+Marie Krøyer
+Johanne Christine Larsen
+Anton Lorenzen
+Frederik Lützhøft
+Hedevig Lützhøft
+Julius Paulsen
+Jens Rasmussen
+Karl Schou
+Marie Schou
+Andreas Peter Weis
+Kristian Zahrtmann
+Ernst Zeuthen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København bla. for at modtage sangtimer hos Hedevig Lützhøft (Mutter). 
+"Chr. A." = Johannes Larsens maleri Christian Andersen lader patroner. 
+Det vides ikke, hvem den omtalte Waldemar er. 
+Malersalen: Peter Hansen (P.) har en tid arbejdet på Det kongelige Teaters Malersal.
+Kinoptikon: et filmprojiceringsapparat udviklet af englænderen Birt Acres. Frem til engang i 1898 viste Vilhelm Pacht kinoptikon i en bygning på Rådhuspladsen i København. Der blev vist lignende film i Nationals Varieté på Vesterbrogade og i Odd Fellow Palæet.
+Razzia i byen, Røntgenske Straaler mm må være film, man kunne se.</t>
+  </si>
+  <si>
+    <t>Lidt om Johannes Larsens Christian Andersen lader patroner.
+Alhed har til selskab som xylograf Hendriksen. Malerne P.S. og Marie Krøyer var der, og Alhed kan bedst lide Marie Krøyer på afstand.
+Alhed har været syg og ikke været hos Mutter Lützhøft for at synge.
+Fru Hirschsprung har inviteret til levende billeder (Kinoptikon), men vejret blev dårligt, og de aflyste. 
+Alhed fortæller om Waldemar, som hun har oplevet til en fest, og som var en værre tørvetriller. 
+Marie Schou og Fru Kampmann er vrede på Alhed over, at hun besøger Hirschsprungs meget, men ikke dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zsTt</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Fordi jeg ikke har skreven til Dig i to Dage, skal Du ikke tro, at jeg aldrig mere vil skrive til Dig! – Tvertimod jeg vil til at være rigtig flink nu. Men jeg har ikke været rigtig rask i disse Dage, og derfor slet ikke oplagt til at skrive. – Det er fjollet, at den Forkølelse ikke snart kan gaa over men det er sandt, den er jo kronisk, skønt det Sludder tror jeg ikke paa. – Jeg har nok hele tre Breve at takke for og besvare denne Gang. Nu skal jeg se efter hvornaar Du begyndte paa Chr. A. – Du lagde det an d. 29nde Januar. – Det glæder mig meget, at det gaar saa godt med det. Kan Du nu fortælle mig, om P. synes godt om det. – Sidst jeg skrev til Dig, var nok i Onsdags, før vi skulde op i Tordenskjoldsgade til Emmas Fødselsdag. Clement var der og vi spillede Hasard, jeg vandt en Krone, jeg plejer ellers altid at tabe. Hos Hendriks gik det mig meget godt. Jeg havde Kontorchef Weiss til Bords og Anton Lorenzen til den anden Side, det var en livlig Plads. Krøjers var der ogsaa, Fru K. er nydelig; men helst lidt paa Afstand, og hun ser ikke elskværdig ud. Zahrtmann var der, jeg talte lidt med ham, han sagde om jer at I var et ”dejligt Folkefærd”. – Zeuthen var der ogsaa sikken et Bondeansigt, han har! Julius Poulsen kom der Afbud fra i sidste Øjeblik, han var bleven daarlig. – De andre, der var, kendte Du vist ikke. Gamle Hendrik drak et Glas med mig og raabte noget over Bordet, som, jeg ikke rigtig hørte, men jeg mente, det var noget med ”kære Minder”. Da jeg bagefter sad og spekulerede paa, hvilke Minder, jeg egentlig havde med gl. Hendrik, slog det mig, at han naturligvis havde sagt ”Kerteminde”. Han kunde ogsaa nok se ud til, at det var noget i den Retning. – Du vilde have at vide, hvad jeg svarede Dr. L., jeg svarede kun med et Enstavelsesord, om det var ja eller nej, ved jeg ikke da jeg ikke mere husker Spørgsmaalets Ordlyd. Jeg blev altfor befippet til at kunne svare mere. – Jeg har ikke set Mutter i 8 Dage og ikke Ungen [?] i over 14, men jeg haaber snart, jeg kan begynde igen. – Det er et modbydeligt vejr i Dag, Taage og Regn. – Fru Hirschsprung havde ellers inviteret Berta og mig og et Par andre til Frokost i Lange Linjes Pavillon i Dag og derefter til en Razzia i Byen til Kinoptikon, Røntgenske Straaler, Børneudrugning o.sv. lige saa meget vi kunde overkomme, men nu blev det daarlig Vejr. – I Morgen skulde Pan, Johanne Lugge og jeg ud til Frederiksborg til Th. Bredsdorff, bare det maatte blive godt Vejr, det kunde blive dejlig at være paa Landet en Dag. Jeg er snart ved at blive træt af dette Byliv, jeg er næsten aldrig i Ro. I Aften var vi alene hjemme, det var vist først 4de Gang i den Maaned, jeg har været her. – Jeg kunde for Resten ikke lide, hvad Du skrev om ”Woldemar”. Det er da ikke beundringsværdigt at være saadan en Tørpind, der bare sidder og æder uden at se til højre eller venstre. Saa maatte han hellere blive fra et Middagsselskab og gaa alene hen paa en Restauration. Det var ingen Fornøjelse at se paa ham, han havde hængende Øjne og Hovedfacon af den Slags, der ser ud som Hjærnen er skaaren bort. Hans Kæreste havde sikkert moret sig meget bedre, hvis han ikke havde været der. Hun er ellers meget livlig, men hun maatte sidde og hænge med ham ude i et Kabinet i Stedet for at danse og more sig med os andre. Hun blev ogsaa mere og mere gnaven, til sidst tog hun Anti[ulæseligt] og gik tidlig hjem. – Har Du endnu noget til overs for Woldemar? Fy skamme Dig, hvis Du har, jeg kan ikke lide saadan nogle tørre Theorier om at holde sin Mund. - - Nu har jeg ikke Tid til at skrive mere, kan Du hilse P. mange Gange fra mig. Jeg mødte Marie S. paa Gaden i Gaar, saa jeg vidste nok at han var rejst, hun havde lige været oppe paa Malersalen. Hun sagde, at hun havde været vred paa mig, fordi jeg aldrig kom derud, og hun paastod at det var hendes Alvor; hun og Fru Kampmann havde spadseret sammen forleden og skumlet sammen over at jeg gik helt op i Hirschsprunger. Men hvad skal jeg gøre, H’s beder mig altid, i Gar var jeg der igen til frokost. – Jeg længes ogsaa efter at komme ud til Marie og Schou, men jeg kan ikke overkomme mere end jeg har. – Nu Farvel! – Du maa ikke være vred, fordi jeg saalænge ikke har skreven. Nu skal jeg blive flink igen. 1000 kærlige Hilsner fra Din Alhed
+12 – 2 – 98</t>
+  </si>
+  <si>
+    <t>1898-06-15</t>
+  </si>
+  <si>
+    <t>Svanninge
+Ullerslev</t>
+  </si>
+  <si>
+    <t>Aage Bertelsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Mur ved skænkestuen: Der var en skænkestue i tilknytning til Larsen-familiens købmandsgård i Langegade 50, Kerteminde, hvor de boede.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har skrevet otte breve og fortalt om brylluppet. Han nåede at komme med toget hjem efter brylluppet, og fra Ullerslev kørte han med en mand. Hjemme igen måtte han kravle over en mur for at komme ind.
+I eftermiddag har Johannes Larsen malet på guldregnen.
+Han har fået gratulationsbrev og regner med at få flere, som han vil tage med, når han skal ned og bo hos Alhed, hvilket han glæder sig til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5KSm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 Juni 1898.
+Min egen søde Kæreste Alhed.
+Jeg er nu næsten blød [af at] skrive, idet jeg neml[ig] har fabrikeret 8 forsk[ellige] Meddelelser om vort B[ryllup]. Tusind Tak for Dit B[rev i] Eftermiddag, jeg var ikke fri for at være lidt urolig for Dig i Aftes, hvad mig selv angaar saa naaede jeg lige akkurat at komme med Toget og da jeg kom til Ullerslev var jeg saa heldig at komme til at køre med en Mand med et Læs tomm[e] Sildekasser. Jeg var glad ved det da jeg nødig vilde have gaaet og jeg stak ham saa min sidste Krone i Drikkepenge. Det [var e]t dejligt Vejr at køre [i da] jeg kom hjem maatte [jeg k]ravle over et Par Gaa[noget af papiret mangler]g den Mur med Pæretræet uden for Skænkestuen. Jeg vaagnede tidlig i Morges og fik ikke rigtigt udsovet men efter at have rekreeret mig ved at stikke Tidsler i en 3 Timers Tid havde jeg det bedre og i Eftermiddag har jeg malet paa Guldregnen. Den er for Resten stærkt paa Retour [opd]agede jeg i Dag til min store Forbavselse der er allerede mange visne Blomster oven i Klaserne. Uglen lo af at vi skulde paa ”Oltidsmind[noget af papiret mangler] hun siger det er de [noget af papiret mangler] fortrædne Bønder [i] Svanninge. Jeg fik i [Dag] Graturlationsbrev fra lille Berthelsen, ”Svinninge? Kjerteminde” stod der uden paa, muligvis faar jeg nogle flere naar disse 8 Breve naar rundt, jeg skal saa tage dem alle sammen med ned til Dig, saa Du kan læse dem. Jeg er meget træt og søvnig, men jeg glæder mig ganske [for]færdelig meget til at komme ned og bo hos Dig og jeg skal nok møde saa snart [jeg] kan kan Du tro. Jeg [elsker] Dig meget højt og [noget af papiret mangler] forfærdelig meget [noget af papiret mangler] Dig. Fader har været i Odense i Dag. Moder beder mig hilse Dig at hun vil skrive til Dig i Morgen. Mange kærlige, allerkærligste Hilsner fra Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-04-21</t>
+  </si>
+  <si>
+    <t>Ullerslev
+Flødstrup
+Kerteminde Havn</t>
+  </si>
+  <si>
+    <t>Carl Becher 
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed er hos forældrene på Erikshaab, fordi hun skal føde.
+Feden: I.A. Larsen (Johannes Larsens far) ejede en grund på Feden i Kerteminde med bl.a. skibsværft og arbejderboliger.
+"Motivet fra Vinduet": Billedet Sommer, solskin og blæst gengiver udsigten fra Johannes Larsens vindue i købmandsgården, Langegade 50, Kerteminde, hvor Johannes Larsen voksede op.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været hos Alhed (hos hendes forældre) og fik kørelejlighed fra Ullerslev. Han er rørt over, at hun havde pakket hans kuffert.
+I.A. Larsen har solgt noget af sin grund på Feden til kommunen.
+Larsen har været på Taarbystranden/Taarup Strand og se på fuglereder.
+Han maler igen på udsigten fra sit vindue. Vil på havearbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0HmC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 – April 1899.
+Men egen kæreste Ven!
+Da jeg kom til Ullerslev begyndte jeg at gaa me[n blev ind]hentet af Becker [noget af papiret mangler] og Flødstrup og [noget af papiret mangler] ind i Vognen og sat [noget af papiret mangler]gyndte det at regne og regnede hele Vejen hertil, saa holdt det op og var dejligt Vejr hele Aftenen. Mens jeg gik kom jeg pludselig i Tanker om at det jo var Dig som havde pakket min Kuffert og jeg blev meget rørt over det, det var ikke gaaet op for mig før. Efter at jeg havde spist var vi ude paa Feden, Fader har i Forgaars solgt det Stykke af F[eden] som ligger ud til Havnen til Kommunen, til Bolværk for 2 Kr. Kr. Al. Samtidig fik han lagt 2 Al. Til paa de 2 Sider, Byraadet var nem[lig kom]men i Tanker om [noget af papiret mangler]de taget mere end [noget af papiret mangler] have den Gang [noget af papiret mangler] Pladsen af den, og havde forlangt at den skulfe maales om, nu var den bleven maalt om og det viste sig saa at vi skulde have 7-800 Kr. Al mere end vi havde faaet, og saa maatte de købe for 2 Kr Al. af det de for et Par og Tyve Aar siden havde solgt for godt 5 Øre Al, det har de godt af. I Formiddags var [jeg ude] i Marken med Tjalfe og saa 4 Høns og 2 Harer og fandt ude paa Taarbystranden 2 Vibereder med 4 Æg i hver, det var et dejligt Vejr. Jeg var oppe Kl. 6 og Motivet fra Vin[duet] jeg nok begynde [noget af papiret mangler] paa, jeg tror vel[noget af papiret mangler] i Eftermiddag og [noget af papiret mangler] i Morgen igen hvis Vejret tillader det. Jeg skal hilse Dig fra Moder og fra Marie. Jeg tror jeg skal til at gøre lidt Orden nede i Haven, saa faar jeg lidt Motion og frisk Luft med det samme. Jeg længes meget efter Dig og jeg haaber at faa Brev i Morgen. Vil Du hilse Dine For[ældre og] takke dem for den Tid jeg har været dernede, hils ogsaa Palam og Christine. Mange kærlige Hilsner til Dig selv fra
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-22</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens forældre er flyttet til en ny lejlighed, og Larsen betragtede aldrig "den anden Lejlighed som mit Hjem". Dette må betyde, at I.A. og Vilhelmine Larsen fraflyttede deres store lejlighed i købmandsgården, Langegade 50, Kerteminde, da grosserer Victor Bøtterne forpagtede købmandsgården. De boede formodentlig i en mindre lejlighed i ejendomskomplekset (som altså ikke var Johannes Larsens barndomshjem) og er nu flyttet til en tredje. I oktober 1900 flyttede I.A. og Vilhelmine Larsen til Kjærbyhus i Kerteminde. 
+"kys lille Jeppe": Alhed og Johannes Larsen kaldte de første uger deres nyfødte barn Jeppe. Han fik navnet Jeppe Andreas og blev kaldt Andreas og Puf.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hjulpet sine forældre med at flytte til en ny lejlighed. Han har haft ondt i øjnene på grund af modvinden dagen før.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JAzF</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Maj 1899.
+Kæreste Alhed!
+Jeg sidder nu inde i den ny Lejlighed og skriver, vi har flyttet hele Dagen og er nu paa det nøjeste færdig med Skilderier paa Væggene og Blomster i Vinduer og alle Møbler paa Plads. Vi har spist til Aften hos Grossereren og senere været deroppe at drikke Kaffe incl. Frk. Lau, som kom med Posten. Jeg tager mig det ikke nær at vi har flyttet, her kan være lige saa rart og jeg har aldrig betragtet den anden Lejlighed som mit Hjem. Marie kom saa ikke derned i Dag men hun kommer nok i Morgen. Her har været en væmmelig Kulde i Dag og jeg har hele Dagen været øm i Øjnene af Modvinden i Gaar, saa det har jo passet helt godt at kunde hjælpe til med Flytningen. Marie siger nu at hun rejser med Dagvognen i Morgen og tager saa dette Brev med. Nu maa jeg holde op Skrivebordet staar i Sovekammeret og Fader og Moder vil i Seng. Tjalfe er sød, han har gaaet og passet paa mig hele Dagen og af og til ytret Misfornøjelse med Flytningen. God Nat min allerkæreste Ven, kys lille Jeppe. Mange kærlige Hilsner fra Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-07-21</t>
+  </si>
+  <si>
+    <t>Langeland</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Peter Hansen
+Andreas Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Den lille knægt er Alhed og Johannes første barn, Andreas (Puf) Larsen, født 12. maj 1899.
+Det er uvist, hvem "Min tykke Madam" er.
+Peter og Elise Hansen fik deres eneste fælles barn, Elena Ilalia Hansen, i Italien. Hun blev som voksen i øvrigt gift med Alhed og Johannes Larsens yngste søn, Johan (Lysse).</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har opgivet at male et billede af floks, for de visner, og den nyfødte søn er plaget af varme og fluer. Lützhøft-parret skal komme på besøg.
+Peter Hansen og hans kone har fået en datter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cXkm</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Nu har jeg opgivet mine Flox, jeg kunde ikke naa at faa noget ud af dem, inden de visnede, jeg har været saa rasende uheldig med Forstyrrelser af forskellig Art i disse Dage, men jeg er frygtelig ked af det, det var et henrivende Motiv. Den lille Knægt har bl.a. forstyrret mig en hel Del, han har været saa plaget af Fluer og Varme det lille Pus. Vi længes meget efter Dig, saa jeg gaar i 10 Sind, om jeg skal ønske, at Du kommer paa Søndag, naar alle de Mennesker er her. Jo, naturligvis ønsker jeg det, især hvis Du kom i Morgen Aften. Men Lüsse og Mutter maa da hellere vente til en anden Dag, ikke? Alle her glæder sig meget til at se dem, men vi kunde bedre nyde godt af dem, naar vi ikke ere saa mange, desuden kommer Christine først hjem fra Langeland først i Ugen og vilde naturligvis gærne være hjemme. – Min tykke Madam har været her for at besøge mig i Dag. Tænk det Skind, hun har mistet sin lille Pige, hun var meget ked af det. - - Tak for Dit Brev i Dag! – Haaber at faa igen i Morgen, det er saa tomt, naar jeg ingen faar. – Jeg har vist glemt at hilse Dig saa mange Gange fra Thorvald tænk, han syntes den lille var grim! Fatter Du det? Naa, saa P’s har faaet en Pige, hun kan nok ikke faa andet end Piger. – Hil dem alle, ogsaa Schous, mange Gange!
+De aller kærligste Hilsner til Dig min egen Ven
+Fra Din Alhed.
+Hvis det er d. 21ende Juli 99
+I Dag saa er det den Dag med Skoen, Du husker nok, lige hernede i Møllemarken - med andre Ord vor Forlovelsesdag, det kalder jeg den da.</t>
+  </si>
+  <si>
+    <t>1899-08-10</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ringe-Faaborg</t>
+  </si>
+  <si>
+    <t>Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Warberg havde familie i Snøde på Langeland. 
+Det vides ikke, hvad Astrid og hendes bror fejlede. 
+Astrid kom til Kerteminde for at fungere som pige i huset hos sin storesøster Alhed og dennes mand, Johannes Larsen. 
+Hvem den omtalte Astrid, som Johanne skal skrive til, er, vides ikke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0393</t>
+  </si>
+  <si>
+    <t>Astrid og lillebroderen er begge syge og voldsomt trætte. Astrid synes, at lillebroderen får lov til at gå for meget omkring.
+Der er inviteret til ung fest hos degnen, men Astrid tager ikke med.
+Laura Warberg har fundet på, at Astrid den kommende vinter skal til enten Kerteminde eller København. Astrid vil absolut ikke til Kerteminde og beder sin søster gøre hende en tjeneste for at forhindre det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GcMy</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Johanne Warberg
+Snøde 
+pr Lohals
+[På kuvertens bagside er på hovedet skrevet:]
+Sommersol paa gylden Sæd
+fryde kan mit Hjærte
+Leen hugger Rugen net
+- jeg forgaar af Smærte
+Snøde – Høst -1900
+[I brevet:]
+Tirsdag Aften
+Kære lille Junge! Det er mig med hvert Second en stor Glæde at Du er over alle Bjerge og at Du har så godt Vejr – for det er da et Vejr, der kan friske, og et Vejr, der gir Mod på Vagabondlune.
+Fredag Formd. Som Du ser tager jeg med alle Ting småt af det – og har lige nu på Sengen modtaget Dit gode Breve [det sidste e overstreget], som jeg takker Dig af Hjertens Grund for! Hvor det er godt at læse, Junge – sådanne Ord af Dig – jeg stiller mig nu langt mere modtagende overfor alt, hvad som bydes, end Tilfældet før var, nu da jeg véd, hvor jeg har Dig. Jeg befinder mig foreløbig i en Slobrok henne ved mit Bord for lige strax at besvare Dit Brev, og siden lægge mig igen. Jeg står nemlig først op henunder Middag og går i Seng ved 9 Tiden – på anden Måde går det vist ikke, Trætheden sætter sig nemlig stadig på det onde Sted fra gamle Dage nede i Roden, og dette inspirerer mig til megen Forsigtighed – så Du skal ikke være ængstelig for mig.
+Med Dede er det da heldigvis ikke så slemt, men de handler rigtig nok efter min Mening højst uforsigtigt med ham. Han lå hele Dagen i Går – fik derefter Lov at stå op, mens Sengen blev redet – sås kort efter – ovre i Aftenluften og Stikkelsbærrene -! og blev vel at mærke ikke kaldt tilbage men gående!
+Din indtrængende Sætning om ham til mig i Dag har vist imidlertid virket.
+Tutte har sendt ham Bøger, mig ligeledes samt Julebryg og Chokolade, af hvilke begge jeg ved Guds nådige Bistand har reserveret til Din lykkelige – for mig – Genkomst. Af Nervøsitet er der ikke megen, på Søndag er hele Slænget – unge – bedt til Ungt hos Degnens – og glæder sig. 
+(jeg holder mig ved Roden, som bliver hjemme.)
+Lad mig ikke glemme en Ting, jeg væsentlig skriver for Mor vilde skrive, men jeg påtog mig det.
+Til min Forbavselse drejer det sig om, at jeg absolut til Vinter skal: enten til Kerteminde eller til Kjøbenhavn. Du gætter letlig hvad jeg foretrækker – særlig når jeg tvinges til Kerteminde – må jeg, som Du forstår – afsky Tanken. Ærlig – mellem os – har Tanken om at komme der, kun tiltalt mig under den Forudsætning, at man modsatte sig. Du kender Sjælens undertiden Meningsløs-hed.
+Altså bad Mor mig bede Dig skrive strax til Astrid og bede hende svare strax om jeg må komme om til ham – el anden Tid.
+Gør det for Himlens og min Sjælefreds Skyld Junge, jeg vilde under nærværende Omstændigheder i Kerteminde fortæres af Mug og Elde – som gamle Præst udtrykker sig.
+Sindsstemning p.t: normal.
+Dermed Tusinde Hilsner til Jer alle og Dig Junge med en Tak til Dig for Din Meddelelse som stedse opfylder mig og giver mig nok af nyt at betænke!! Dis</t>
+  </si>
+  <si>
+    <t>1899-08-16</t>
+  </si>
+  <si>
+    <t>Carlsbad
+Globus</t>
+  </si>
+  <si>
+    <t>Dora -
+Wilhelmine Berg
+Louise Brønsted
+Alhed Larsen
+Andreas Larsen
+Christian Mogensen
+Otto Emil  Paludan
+Forpagter Petersen
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Globus var navnet på et hotel. 
+Munter var Warberg-familiens hund. 
+Tanmis er formodentlig Tante Mis = Wilhelmine Berg, som havde et pensionat i Gothersgade, København. 
+Det vides ikke, hvem B.P. var. 
+Det vides ikke, om Pastor Hansen er præsten fra Langeland eller en lokal præst fra egnen omkring Erikshaab. 
+Fru Vittrups veninde Astrid kendes ikke. 
+På Ølstedgaard boede Amstrup-parret, som adopterede Alheds storesøsters barn født udenfor ægteskabet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A157, lb. 1.9
+2412</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg har haft 2-3 børn ad gangen under uddannelse, og han er nu ved at være blanket af. Han frygter ikke at kunne betale for deres færdiggørelse af studierne. Louise/Muk har tilbudt at lægge sine sparepenge ind i det samlede budget. Astrid må derfor fortælle, hvor meget et ophold på Askov vil koste. 
+Hempel Sybergs hest har det godt.
+Der er tørke, og mange høster.
+Albrecht har besøgt Vittrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nQAw</t>
+  </si>
+  <si>
+    <t>[Håndskreven på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hempel Syberg. Globus
+Carlsbad.
+[I brevet:]
+Erikshaab d 16 Aug 1899
+Kære lille Dis!
+Tak for Dit lange og nænsomme Brev. Den forretningsmæssige Del af Brevet, har givet mig en Del at tænke over. Sagen er lille Dis, at mine Indtægter knap slaa til til at holde en af Jer ude og da jeg nu i en længere Aarrække har havt 2, sommetider 3 at holde, har jeg dertil maattet optage af de Penge jeg har havt. Nu er jeg paa 3000 Kr. nær paa bar Bund og jeg har ventet, at disse kunne strække til, indtil jeg bliver færdig med Muk. Paa samme Tid skulde Dede være blevet Student, og end han fik Lov at puste et Aarstid, beskæftiget her hjemme med lidt Skriveri eller lignende, kunde det vel gaa. Tager jeg nu andre op af de 3000, som ved dette Aars Udgang ere reduceret til højst 2000 Kr., er jeg bange for, at jeg maa slippe de to Børn, inden de komme til til noget Resultat, og det kan jeg jo dog ikke. Under disse Omstændigheder vil du skønne, at jeg har ondt ved at holde Dig paa Askov for Tiden. Dog vil jeg bede Dig lade mig vide, hvor langt Opholdet der skulde være, og hvad Du tror, at det vil koste; det kan jo være, at der kan skaffes Udvej, om end ikke paa anden Maade end ved Hjælp af Muk, som har stillet sin Sparekassebog til Disposition. Der vilde jo forsaavidt være nogen Rimelighed deri, som hun baade har kostet og vil koste mere end nogen af de andre Børn hidtil har kostet. Lad mig nu det vide til København – Gothersgade 129 – 1 - inden ret længe. – Vil Du hilse Onkel Syberg, at hans Hest har det vel og synes at trives. Slagteriet har havt Bud efter den, hvad vistnok Petersen har foranlediget, ved, inden jeg fik talt med ham, at telefonere derind. Vi lod selvfølgelig Posten [det forrige ord svært læseligt] afgaa uden Hest. Han talte om, at Syberg ønskede Hesten derud en halv Snes Dage, før han kom hjem. Det vil jeg dog fraraade, den har det bedst her, hvor den staar i Ro, og bliver den ikke fed, faar den dog ved Siden af Græsset saa meget Majs, at den nok kan trives. Idag rejser jeg til København; Tanmis gjorde mig lidt Vrøvl med Værelset, men rettede det igen. Paa Torsdag rejser Be med Jeppe og tager Muk med, og paa Søndag Dede, saa er her kun B.P., Pal og Moder tilbage, og hun rejser som Du ved senere til Veirup. Idag truer det med at ville regne. Folk har omtrent overalt ophøstet, og Mogensen har kørt al sin Roebyg ind. Hvis Vejret vilde holde sig, venter han at have indhøstet paa Mandag, men saa stor har Tørken været, at næsten alle trods Høsten ønsker Regn. Selv paa Engen kan Græsset ikke gro, og den bedste Del af min store Eng er ganske gul og vissen, endda der ikke har været Kreaturer paa den, siden den blev slaaet. Jeg besøgte i forrige Uge Vittrups i Følge med Pastor Hansen. Fru V. spurgte flittigt til Dig og bad mig hilse Dig. Jeg var ikke fri for at prostituere baade Dig og mig, da hun begyndte at tale om sin Veninde Astrid, ved at spørge hende, hvorfra hun egentlig kendte dig; jeg tænkte i Øjeblikket slet ikke paa Ølstedgaard. Hun gjorde naturligvis store Øjne og fortalte, at Du ofte havde bragt Hilsener hjemme fra. Forleden Aften var vi alle – Dora og Munter samt Jeppe indbefattede – i Egelund og nøde der Middagsmaden, bestaaende af Suppe, haardkogte Æg og Smørrebrød samt Solbærsaft og Rom, hvilke 2 sidste Stoffer blev blandede sammen. Ladersen gjorde en uendelig Række af Forsøg, inden han fandt det rette Forhold.
+Med mange Hilsener til Jer alle 3.
+Din F.</t>
+  </si>
+  <si>
+    <t>1899-09-28</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Båxhult
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Dorthe -
+Ida -
+Jenny -
+Johanne -
+Line -
+Marius -
+Rasmine -
+Fr. Andersen
+Karoline Bless
+- Brakaer Hansen
+Ellen Bøttern
+Margrethe  Eckardt
+- Friis
+- Garell
+Marie Hansen, pige i huset hos Alhed og J. Larsen
+- Ibsen
+Karl Lange
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Magnussen
+Julie Mohr
+Peter Olsen
+Theodor Oppermann
+Fru  Raaebjerg?
+Christine Swane
+Laura Warberg
+Astrid Warberg-Goldschmidt
+Viggo Winkel
+- Østerberg</t>
+  </si>
+  <si>
+    <t>Friheden, Kerteminde: Afgiftsfrit område i den nordlige del af Langegade. Ved Peter Møllerstræde lå acciseboden, hvor der skulle betales afgift af de varer, man havde med på marked. Bønderne i omegnen havde torvetvang i Kerteminde.
+Asylet: Oprettet i Langegade i 1880 for børn af fattige familier. Plads til 16 børn i dagtimerne. Asylet skulle give dem passende opdragelse og beskæftigelse.
+Arrende = lejemål på svensk</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske arkiv</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen til Christine Swane: Vedlagt breve fra Marie og Johannes, som er på Båxhult. Har sendt farver til dem og fortalt om Oppermans besøg. Adolph har været på session.
+Johannes Larsen til sine forældre: Det har ikke ført noget med sig at læse brevet op for Line. Beder moderen sende kvittering eller fuldmagt, som skal bruges for at få penge af Østerberg.
+Marie skriver til I.A. larsen: De er meget i bekneb for penge, fordi Johannes Larsen har fået tilsendt en pakke fra papirhandler i København. Smedens Lina siger, at de ikke skylder penge og Østerberg betaler først d. 10. Marie beder om kvittering og farver. Johannes mangler farver og må tegne i disse dage. Han er igang med 3-4 billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4Dtr</t>
+  </si>
+  <si>
+    <t>Onsdag Aften
+Kjære Christine!
+Hjertelig Tak fordi du skrev saa hurtig, det var da herligt at du fik et Eneværelse – der kan du se det hjalp jeg skrev – her er Brevene fra Marie og Johannes jeg har sendt Farverne og et langt Brev og fortalt dem om Oppermanns Besøg. I Søndags kom Pastor Fries og det var en Formiddags Visit jeg var ganske alene, havde sat Ris paa til Suppe, og da en brændt Lugt kom ind i Stuen styrtede jeg ud og kasserede den Ret, men jeg var glad ved at se ham og jævnede så Suppen med Æg – han blev en Times Tid og talte om Eder Alle og om sine egne Børn – Vores Laurits – som saadan vilde blive hjemme og forbedre sig har Fader jaget bort i Mandagsmorges, - han lagde sig syg i Halsen jeg fik Schondel hentet og der blev kjøbt Bacroynevand; men brugte det bare ikke, laa i Sengen om Dagen og gik ud om Natten om Søndagen forlangte Fader han skulde staa op og passe Hesten
+det gjorde han ogsaa om Formiddagen men da han kom og forlangte Penge sagde Far han havde bedst af at blive hjemme da han var syg og ellers blev han kun uduelig til Arbejde om Mandagen – trods – Forbudet saa mødte Faer ham i Friheden med en anden Bolde med et stort Knippe Rughalm gaa ind til Villads, han gik altsaa ud passede ikke Hestene og brak saa Lemmene af ved Mellemgadens Stald for at komme ind da han saa vilde i Arbejde om Morgenen sagde Faer nej den Historie er forbi; nu kommer du med ind på Kontoret og pakker dit Tøj medens jeg ser paa det og saa afsted -; Rasmine vilde rejse med og Dorthe brølede den ganske Dag men hun er da kommen igen, Rasmine.
+Vi har fået en Husmand fra Salby som vil blive i denne Maaned – og Adolph kom nu i Aften maa blive til Søndagaften for at hjælpe med Saaningen I morgen skal han paa Sesion saa lader jeg Brevet ligge for at du kan høre hvad de høje Herrer siger til Ham, de har ikke taget mange i Dag.
+Iaften er Gaverne til Asylet vurderede det foregaar hos Gellerups; jeg fik Ida til at gaa i mit Sted jeg fulgte med derover og indførte hende jeg fik hele Olsens Klædekurv fuld. Karl Lange gav mange smukke Ting. Fru Raarbing en nydelig Lysdug med Silke, lille Line Bless 3 Stk. Blonder med grønne Silkebaand om og 3 Dukker. Madam Ibsen 8 Vifter. Fru Bøttern en Taalejpude og en Flaconbakke og 4 som Vaser- og Nips, Julie Mohr Lommetørklædeholder og Fruen 2 Bakkeservietter, Johanne 4 Silkelugtepuder og Jenny 2 Porcelains Vaser – lille Marie Hansen en Børsteholder og Fru Andersen 2 pæne hvide Lommetørklæder og 1 Par hvide Strømper 1 Par lyseblaa Handsker et sort Armbaand og 2 Brystnaale. Margrethe lovede mig lidt hun maa ikke glemme det, Haandarbejder har vi saa lidt af, Ida kom i dag tilmorgen hun gik i mit Sted i aftes de holdt ud til 12. saa det var godt jeg blev hjemme Adolph blev saa Infanterist, Marius Fæstningsartillerist lille Brakaer Hansen Dragon, A. spiste Middag hos Fragtmandens og i Aften er der Selskab med de pur Unge – Marie skal med – saa i morgen skal vi begynde Arbejdet med Jorden; Husmanden her er er vi meget glade ved og han kan maaske skaffe os en Husmand til saa hjælper det paa Faders Humør, han har nu den Glæde at Stalden er i Orden de Gamle og de Smaa staar saa pænt nu, og saa skal Køerne ind om Natten 
+hils – Margrethe og sig jeg glæder mig meget over Forlovelsen i Kallundborg –
+Adolph havde gemt lidt godt til os af det Eckard Kone sendte ham til sin fødselsdag … smager udmærket
+Lev vel lille Christine og Gud bevare Dig
+Saadan et rigtig Brev faar jeg ikke Tid til at skrive før efter Bazaren.
+Båxhult Onsdag 27 Sept 99
+Kære Forældre!
+Om lidt kører Adolph med Fru Warberg og han venter saa dernede og tager Marie med hjem. Da jeg antager at Marie skriver et Par Ord til jer sender jeg dette og beder hende lægge det inden i.
+Vi ere alle raske og har det godt. Vi har givet Lina Brevet, hun krøllede det og Alhed maatte læse det op for hende, men vi har endnu ikke set noget Resultat, Østerberg derimod sagde forleden at den Tiende betaler han sit Arrende saa naar Du vilde sende Kvittering eller Fuldmagt kan vi jo faa det. Alhed har bedt Garell om en specificeret Regning og det viser sig at vi fra 19 August til i Forgaars har faaet Varer for 30 Kr. deraf for 12 Kr. Brød og Smør, Sukker og Petroleum er de næst største Poster. Vi har faaet Væge til Lampen og faaet det lille Komfur i Brug. Vi fik Suppe til Middag i Gaar. Ja jeg kan ikke naa at fortælle mere da han nu er der med Vognen. Husk at sende den Fuldmagt eller Kvittering omgaaende. Mange Hilsner Jeres Johannes Larsen 
+Båxhult d. 28-9 99
+Kære Fader!
+Alhed og jeg skal en Svip ned til Høljeryd og saa skriver jeg et Par Ord med det samme ; indlagte Brev fra Johannes havde Adolph med til mig i Gaar, men han gav mig det først da jeg havde skrevet på et Kort, derfor tog jeg det med hertil for at skrive lidt i Dag; desuden var der Brev til mig hvori han bad mig om at løse en Pakke som laa paa Stationen fra en Papirhandler i København, jeg maatte saa dertil bruge omtrent Resten af mine Penge, jeg har kun 55 Øre og nu bruger vi 20 til Frimærker Johannes har ogsaa skreven et Brev; der er ingen af de andre som ejer en rød Øre; Inspektøren betaler ingen Penge før d. 10ende October, det har han selv sagt til Johannes, de forfalder ikke før den Dag siger han, men saa skal vi ogsaa faa dem med det samme naar vi møder med Kvitteringen; som Du ser af Johannes Brev har Smedens faaet det Brev Du har sendt herop, men Lina gav Alhed en lang Forklaring om at de havde betalt forud saa de skyldte ingen Penge, Vil Du ikke med det samme Du sender Østerbergs kvittering give mig rigtig Besked om den Sag, for hvis de virkelig skylder, saa vil jeg bede dem om Penge, det er rædsomt at staa helt uden og nu har Johannes i dag skreven til Winkel og Magnussen om nogle Farver, da han mangler dem og i disse Dage maa tegne paa Grund deraf og det er jo sørgeligt da han har 3-4 billeder i Gang, naar de Farver kommer skal han jo af med nogle Penge, saa hvis vi ikke kan faa nogle herovre før den 10ende, maa vi bede Dig hvis Du kan at sende os lidt til den Tid; ja jeg er meget ked af at jeg straks skal plage dig for Penge kære Faer men det er jo galt at staa helt foruden. Fru Warberg rejste i Gaar Morges saa jeg fik hende slet ikke at se. Lad mig endelig faa at høre om I fik en Mand til og hvordan det gaar med Jorden det piner mig meget at tænke paa.
+Det er sandt vil Du bede Moder om straks at sende den Pakke Farver der ligger oppe paa Johannes værelse herover, dem skal han ogsaa bruge nu, de har sendt dem forkert. Hvis Uglen er hjemme endnu saa husk hende paa at Disen skal have ”Fru Marianne”.
+Jeg kan ikke naa at skrive mere, men I skal nok snart faa et ordentligt Brev. Drengen er yndig og der er dejligt herovre på Båxhult. De kærligste hilsener fra Jeres hengivne Datter Marie.
+P:S: Har Ø.Kvien kælvet?</t>
+  </si>
+  <si>
+    <t>1900-4</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Anna Madsen
+Theodor Philipsen
+Christine Swane
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig hos sine forældre på Erikshaab, sammen med sin søn Puf. Johannes Larsen opholder sig i København. 
+Haabet = Erikshaab, Alhed Larsens barndomshjem på Sydfyn.
+Det er uvist, hvem greven på Langeland er.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen opmuntrer Johannes, som er ked af, at han endnu ikke har solgt noget på udstillingen. Der bliver bygget om i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J2KL</t>
+  </si>
+  <si>
+    <t>Kjære Johannes
+Du maa tro jeg er bleven en sær Én. Vi har ledt først jeg senere Marie men ingen Kunsthistorie, hvor er den dog henne. Idag kom der brev fra Alhed, det var fornøjelig at høre om Eders lille Skat; men hvornaar Du kom vidste hun ikke lad mig endelig høre det for at jeg i god Tid kan faa skuret derude, vi blev narrede med vores svenske Pige hun kommer vist ikke mere. Her er jo en Kone der malker men det er alligevel ikke en Pige. Eders lille Anna har været her idag hun vil hjælpe mig i Paasken for nu idag begyndte Ferien.
+Johannes jeg kan mærke du har tabt dit Humør fordi der ikke sælges noget; men det kommer min Ven. 
+Faer er endnu højt oppe og siger der er langt til [ulæseligt ord] hvorfor kjøbte nu denne Greve paa Langeland ikke din Hund… han gav der 3,000 ud paa Charlottenborg; maaske saadanne Herrer ikke gaar paa den ”Fri” det er nu ligemeget med alle de store. Sig mig kun [ulæseligt ord] hvad Zarthman og Phillipsen sagde om dine Arbejder og de andre Venner
+Vi har Adolph hjemme og han hænger i med at hjælpe Karlene at vi kan kjøre sammen til Murerne.
+Imorgen Johannes er det Meningen at vi skal have Skillerummene op i Laden det er paa Tiden naar vi skal herud fra den 19 – men nu har vi bestemt os til at sove i vores gamle Sadelkammer ovenpaa og saa Marierne paa dit Værelse – hvordan vi skal med Maden og Karlene har jeg foreslaaet at de kan sove i Lysthuset indtil der bliver istand til dem
+Her er i disse Dage ved at blive rejst Plankeværk om Bygaarden, vi holdt Arbejdere til at bryde Hegnet ned og der blev nogle dejlige Grundsteen til dit Huus
+Jeg er saa træt Johannes for jeg har vadsket lidt om Dinemor idag og det regner hver Dag saa jeg skal se om vi kan faa det tørret i Morgen!
+Du kan tro jeg glæder mig til du kommer hjem. Din And vil vist snart ligge.
+Det kan være Adolph tager ned til Haabet en af Helligdagene. Det var Meningen at Marie vilde have været med; men Sygeplejersken mener hun gjør klogest i at blive i Ro.
+Nu lev vel og vær saa kjærlig hilset af din hengivne Moder der stadig beder for Eder</t>
+  </si>
+  <si>
+    <t>1900-06-28</t>
+  </si>
+  <si>
+    <t>Niels Bom
+Thora  Branner
+Christian Caspersen
+P Jørgensen 
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Frantz Leth
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Det er i Odense, Johannes Larsen har hængt udstilling op, hvilket fremgår af det følgende brev fra Johannes Til Alhed Larsen. 
+"Dyrlægen" og "Tante" er Alhed Larsens onkel Caspersen og dennes kone Esther Johanne på Langeland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hængt udstilling op, og Thora Warberg (Tutte) har hjulpet.
+Hjemme igen har Larsen gjort rent i boligen og været i byen for at købe en stråhat. 
+Der er kommet en regning til Fru Alkær Larsen, og Johannes Larsen spørger, om den er til Alhed.
+Alhed og barnet er på Langeland hos Alheds onkel og tante.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Si2K</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 Juni 1900
+Min egen kæreste Alhed!
+Da vi forlod Dig i Gaar gik vi hen paa Grand Hotel hvor jeg trakterede [noget af papiret mangler] Tutte med Jordb[noget af papiret mangler] jeg selv fik en fra[noget af papiret mangler] med Pilsner og Kaf[noget af papiret mangler] Brød og Cigar. Tutte hjalp mig ud paa Udstillingen med Billederne og Marie gik hen til Sybergs. Tutte kom senere ud til mig igen. Fader rejste med Kl. 1 Toget og Marie Kl 5, da vi var færdige med Ophængningen nød jeg mig 2 Pilsnere og en Cigar Leth trakterede med og vi gik saa ind til Sybergs, hvor jeg spiste til Aften og Kl. 11 rejste jeg hjem. Jeg sov temmelig længe i Morges og lugede Haven og sæbevaskede Tjalfe. I Eftermiddag har jeg [gjort] rent her i Stuen [noget af papiret mangler]en, tørret af og [noget af papiret mangler] Møblerne og Maatten ude at banke og fejet med vaadt Sand og vandet Blomsterne herinde, saa her ser nu temmelig ordentligt ud. I Morgen skal jeg have fat paa Sovekammeret og Køkkenet hvis jeg kommer saa tidlig op at jeg kan naa det jeg tror nemlig jeg tager ud og ferniserer Billederne. Jeg har været inde hos Bom med mine Sko som skal bagflækkes og var inde hos Jørgensens og se paa de Straahatte vi havde set i Vinduet men ingen kun[noget af papiret mangler] saa jeg maa vel [noget af papiret mangler] finde en i Odense [noget af papiret mangler] det har været [noget af papiret mangler] Pakke fra en Uldhandler I Odense Opkrævning 1 Kr 40. Adr: Fru Alkær Larsen Kjerteminde, er den til Dig skal jeg løse den? Tjalfe skal møde inden Fredag d. 6 Morgen Kl. 9. Hvad mener Du om jeg kom Mandag og rejste Onsdag? Klaks kommer her Lørdag. Jeg gaar nu til Skrædderen. Jeg længes efter Jer. Hønsene havde lagt 3 Æg i Gaar dem spiste jeg i Morges i dag har jeg ikke set efter endnu. Nu tror jeg at [jeg har] fortalt Dig omtrent [alt h]vad jeg ved og kan [noget af papiret mangler] at høre fra [Dig h]vad Du mener om [Lange]landsrejsen. Mange kærlige Hilsner til Dig og den lille flinke. Hils Dyrlægen og Din Tante.
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1900-06-29</t>
+  </si>
+  <si>
+    <t>Svendborg</t>
+  </si>
+  <si>
+    <t>Christian Caspersen
+Niels Elgaard Amstrup
+Andreas Larsen
+Albrecht  Warberg
+Conrad Warberg</t>
+  </si>
+  <si>
+    <t>Det fremgår af det følgende brev fra Alhed til Johannes Larsen, at hun er på besøg på Langeland.</t>
+  </si>
+  <si>
+    <t>Alhed er med Ba (Andreas) på rejse. De sejler fra Svendborg og mødes med Max (dyrlæge Caspersen).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dqaY</t>
+  </si>
+  <si>
+    <t>Kære lille Larsi!
+Rejsen gik udmærket for os Ba er jo en storartet Unge at rejse med. I Svendborg traf vi Far, Onkel Conne og Amst paa Banegaarden, de fulgte os til Skibet. Vi kom hertil ved 5 Tiden og spiste til Middag stegt Makrel (fersk) og Jordbær – ligesaa mange vi kunde æde. Jeg vidste ikke, der var Jordbær her, der er Masser langs Hegnene, det ser dejligt ud vi sov til Kl. 9 ½ i Morges og nu sidder jeg udenfor Verandaen og skriver til Dig. Baba sidder i sin Vogn ved Siden af. Her er henrivende ovre bare Du var her ogsaa lille Larsi, jeg kan ikke vide, hvordan Du har det, men nu faar jeg forhaabentlig Brev fra Dig i Morgen, og bare der saa stod, at Du kom. – Vi skal vist ud at cycle i Eftermiddag, det bliver yndigt. Da vi kørte fra Stranden og herop traf vi Max udenfor en Bondegaard, og han rekvirerede gl. Øl ud til os det smagte storartet. – Det er yndigt at hvile, det siger Du vel ogsaa? Jeg gad vide, hvor beskidt der er, eller om Du har gjort lidt i Orden! - - 
+Posten 1000 Millioner 
+Hilsner Din A</t>
+  </si>
+  <si>
+    <t>1900-06-30</t>
+  </si>
+  <si>
+    <t>Snøde, Langeland
+Årø
+Rudkøbing
+Svendborg
+Odense</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Andreas Larsen
+- Rasmussen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Dageløkke ligger nær Snøde på Langeland, hvor dyrlæge Caspersen havde praksis. 
+Landmandsforsamlingen var møder mellem landbrugere, efter tysk forbillede afholdt første gang i Danmark i 1845 i Randers. Forsamlingen gentoges i 1846 og 1847, 1852-78 hvert andet år og derefter med flere års mellemrum indtil den 18. landmandsforsamling i Odense i 1900. De første landmandsforsamlinger var forhandlingsmøder om faglige emner, i begyndelsen også vedrørende skovbruget, fra ca. 1870 især dyrskuer og produktudstillinger, senere med fremlæggelse af forsknings- og forsøgsresultater. Forsamlingerne blev efterhånden meget bekostelige flerdagesarrangementer, der fagligt blev overflødiggjort af landboforeningernes årsmøder og -skuer. (Nationalencyclopædien)</t>
+  </si>
+  <si>
+    <t>Alhed synes, at Johannes Larsen skal komme til Langeland mandag. De kan skaffe pasning til Andreas (Ba) og more sig lidt. Alhed har været inviteret til Dr. Rasmussen, spist makrel og jordbær og spillet crocket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qsG2</t>
+  </si>
+  <si>
+    <t>Kære lille Larsi!
+1000 Tak for Dit Brev, ja naturligvis synes jeg, at Du skal komme paa Mandag, saa følges vi hjem Onsdag. Og tror Du saa ikke, vi kunne faa dem oppe i Laden til at tage Baba om Fredagen, saa kunne vi to rejse ud med Tjalfe med det første Tog om Fredagen og saa være der hele Dagen og se det hele og more os lidt. Hvad mener Du om det? Spørg dem, om de vil have Bamanden. – Jeg glæder mig meget til at se Dig herovre Du skal fra Kerteminde Kl. 11, fra Odense 12 10, fra Svendborg Kl. 2 med Dampskibet ”Rudkøbing”, der gaar over Rudkøbing og Aarø til Dagelykke, hvor Du er 5 ½ og hvor Baba og jeg skulle hente Dig. – Vi har det yndigt, i Forgaars var vi en Cycletur sydpaa alle 3, det var forfærdelig morsomt at cycle en Gang igen, jeg blev lidt træt at begynde med men hjem gik det udmærket. Pakken er til mig, det er Uldtrøjer til Baba. – I Aftes var vi bedt ind hos Dr. Rasmussens, vi spillede Crocket, og blev trakteret med røget Makrel (!) og Jordbær i Dag skal vi have Jordbær til Middag her. Det skrupregner desværre, saa vi maa holde os inde! Det glæder mig at Du har gjort pænt, og at Du æder Æggene. – Sikken et Vejr til at aabne Landmandsforsamlingen i, det er kedeligt. – Ba ligger her og sover og ser saa sød ud. Jeg hilse fra de andre og sige at Du er velkommen, Mor bliver vist desværre ikke hjemme i de Dage. – Skulde Du ikke komme, saa telefoner fra Grossereren men kom endelig.
+1000 Hilsner fra Din egen Alhed
+Lørdag</t>
+  </si>
+  <si>
+    <t>Esbjerg</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Christian Caspersen
+Pjotr Krapotkin
+Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Frantz Leth
+R J Steen
+Christine Swane
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Andreas Larsen er på Langeland hos Alheds onkel dyrlæge Caspersen. 
+Russisk bad er en slags dampbad.
+Pjotr Krapotkin: En Anarkists Erindringer udkom på dansk i 1900 med forord af Georg Brandes.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været i Odense og fernisere billeder samt på hundeudstilling. I dag har han gjort rent i soveværelset og flyttet møbler og skilderier op i den forreste stue. Hunden Tjalfe er blevet bidt slemt.
+Larsen læser Krapotkins bog. Han har prøvet jakke hos skrædderen. Han kommer formodentlig til Alhed på Langeland en af de følgende dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kefw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Juni 1900
+Kæreste Alhed!
+Jeg længes snart efter at høre hvad Du mener om min Rejse. Tak for Dit Brev. Jeg havde Brev fra Brandstrup i Forgaars, han skulde til Esbjerg og Aquarellen var i Kunstforeningen, men hun havde bedt Jastrau om at sende den, den kom i Gaar og jeg rejste saa ud til Odense med den og ferniserede Billederne. Marie var med og fik russisk Bad. Jeg traf Tutte og Dis derude og senere inde Byen Christine som var ved at telefonere til Klaks fra Leths Boutik. Hun og jeg spiste til Aften paa Grand Hotel og gik saa hen til Sybergs hvor vi traf de andre. Jeg var inde paa Hundeudstillingen, men der var ikke kommen ret mange Hunde endnu. Frantz Leth er nu en Slags Forvalter der. I Dag har jeg gjort rent i Sovekammeret, renset alt Vandtøjet og haft Servanten, Vuggen og Stolen ude og begge Sengene flyttede og fejet med vaadt Sand over det hele samt tørret Vindueskarme og Møbler af, derefter gik jeg i Vandet, hvad jeg ogsaa gjorde i Gaar, de Asner til Høns har kun lagt 2 Æg i Gaar og 2 i Forgaars. I Eftermiddag har jeg hjulpet til med at flytte Møbler og Skilderier herop til den forreste Stue. Steen virker nu med at hænge Billeder op. Jeg har hentet en hel del Lunger hos Bless som skal koges til Tjalfe, foreløbig har han nydt en raa, i Forgaars blev han bidt væmmeligt i Skulderen af Vejassistentens Køter. Jeg har faaet Krapatkins Bog som jeg læser i, den er god. Der er nu sprungen en lyserød Flox ud foruden den hvide og en lilla er ved at springe ud. Jeg var oppe hos Skrædderen for at prøve Jakken i Dag Tøjet er temmelig stærkt grønt i Stykket, men ser voldsomt fint ud. Ja nu haaber jeg at høre fra Dig i Morgen hvad Du mener om Turen, enten kommer jeg altsaa Mandag eller Tirsdag eller slet ikke, men det første er vel det sandsynligste. Mange kærlige Hilsner til Jer begge to. Hils Dyrlægens.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-10</t>
+  </si>
+  <si>
+    <t>Højrup
+Langeland
+Dosseringen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Dora -
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Sigurd  Swane
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sine forældre med sønnen Puf. I Kerteminde er Johannes Larsen i gang med flytning fra Feden til Lille Kærbyhus. De skiftede adresse hertil 18. oktober 1900.
+Laura og Christine Warberg skal til Sandholt: Her boede deres bekendt Nicoline Nobel von Sperling.</t>
+  </si>
+  <si>
+    <t>Alhed er hjemme hos forældrene med sønnen Puf. Han skal på køretur med sin bedstemor. 
+Alhed spørger, hvornår flytningen er overstået. Hun beder Johannes Larsen måle deres gulvtæppe. 
+Mogensens har fået en lille pige, og Alhed ønsker, at hendes ufødte barn også er en pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FVb7</t>
+  </si>
+  <si>
+    <t>Min egen kære Larsi!
+Jeg kom ikke op i Gaar [a]lligevel, da Hosten var [tem]melig slem. I Nat har [jeg] ogsaa hostet en Del, men [nu] staar jeg alligevel op [noget af papiret mangler]den, det kan ikke [n]ytte noget at blive ved at ligge og vente paa det skal gaa over, jeg har saa sent ved at slippe Hoste, naar først jeg har faaet det. Ellers har vi det godt, lille Puf er sød og god, han ligger og roder om her paa Gulvet, mens jeg skriver. Han skal med sin Bedstemor en Køretur med Dora ned til Højrup at hente Tante Mornine der kommer fra Langeland med 11 ½ Toget. Fader, Moder og Christine skul[de] til Sandholt til Mi[noget af papiret mangler] vi andre vente halv[noget af papiret mangler] Klaxen. Tak for [Dit] Brev i Gaar, det glæ[der] mig, at Du gaar paa Jagt, saa kommer Du forhaabentlig til at se lidt bedre ud, end Du [gj]orde. Hvornaar antager Du, at Flytteriet er overstaaet, saa vi kunne komme ned til Dig? Kan Du ikke maale vores grønstribede Gulvtæppe ude paa Feden nøjagtig, jeg skal jo have lidt mere Tøj. Jeg misunder Mogensen forfærdelig deres lille Pige, jeg bliver mere og mere spændt paa [a]t vi skulle have [en l]ille Pige denne Gang, det var forfær[del]ig sødt ikke sandt? Fru M. har det saa udmærket. Mogensen havde ”spurgt” forleden at Fader og Moder var i Odense, hvorfor ha[noget af papiret mangler]mørke hernede sad og drak Toddy til Kl. 11 ½ med Palam og Johanne. Han passede lige at være herude af til de kom fra Stationen. Han er en sjov Kamerat.
+Saa nu skal de køre! 1000 kærlige Hilsner Kys fra [noget af papiret mangler] og Din egen Al[hed]
+Søndag</t>
+  </si>
+  <si>
+    <t>1900-10-03</t>
+  </si>
+  <si>
+    <t>Charlottenborg
+Langeland</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Marie Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Christine  Mackie
+Peter Magnussen
+Laura Warberg
+Astrid Warberg-Goldschmidt
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har dårlig hofte, formodentlig fordi hun er gravid med sit andet barn, som blev født 27. februar 1901.
+Det er på tale, at Alheds søster, Ingeborg Astrid, skal i huset hos Johannes Larsens forældre. 
+Hvorfor Christine ikke skal "til Amerika alligevel" vides ikke. Hun blev gift med amerikanske William Mackie og flyttede til Boston.</t>
+  </si>
+  <si>
+    <t>Alhed får det nok bedre, når barnet er født. Dejligt, at hun og Johannes Larsen kan blive sammen også denne vinter.
+Puf (Andreas) er meget glad for Alheds mor. Han spiser godt.
+Alhed spørger, hvorfor Johannes Larsen ikke bare sender sine billeder til København i stedet for at rejse derover med dem. 
+Hør, om "de" vil have Dis til november.
+Trist med Maries ben, men så må Alhed og hun halte lidt sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SdI8</t>
+  </si>
+  <si>
+    <t>Kæreste lille Lausi!
+Tak for Dit Brev, der virkelig var umaadelig opmuntrende, saa slaa vi naturligvis fast at blive i Kerteminde i Vinter, og vi skal nok faa det hyggelig, kan Du tro. Jeg venter egentlig ikke at blive synderlig bedre, end jeg er førend til Foraaret, man faar vel finde sig i det, og som vi nu faar det indrettet, vil jeg jo kunne skaanes en hel Del, saa det forhaabentlig ikke bliver værre end det er. I hvert Tilfælde er det dejligt at vide lidt bestemt for Vinteren, og at vi kunne blive sammen. Og ved Du hvad, lille Bamand kunde nu ingen af os godt afse, det vilde jo være frygteligt, om at man ikke daglig kunde holde Øje med ham og alle hans smaa Fremskridt. Nu skal Du værsgo at være i godt Humør, min Dreng, mit er det hjulpen lidt paa, eller ikke saa lidt endda. Jeg er ligefrem saa glad ved at mærke hvor jeg dog længes efter Dig, længes Du ogsaa lidt efter Din Plageaand? Du kan tro, der kommer nok en Tid, hvor jeg ikke plager Dig mere, og hvor vi skal have det forfærdelig godt sammen. – Moder er kommen fra Langeland i Dag. – Tænk, Chr. skal ikke til Amerika alligevel, der kom Telegram i Dag. – Der kom tillige i dag et sødt Brev fra Lüsses, de vil nok være med til Konserten; den skal vist være omkring den 3die Nov. Hvis Du rejser til Kjbn. nu med det samme, saa faar Du vel med det samme mine Billeder fra Charlottenborg sendt hjem, og saa [ordet overstreget] mon saa ikke Dine Krokus og mine Primula kunde være i Kassen ogsaa? – Jeg haaber nok jeg faar Brev fra Dig i Morgen igen, min Dreng. Du skulde have set, hvor lille Puf blev glad ved Mor, han udstødte et Glædeshyl og rakte hen til hende og vilde ikke fra hende igen. Han har spist en stor Portion Vælling baade i Gaar og i Dag og i det hele taget spist rigtig flinkt. – Det er vel nok det fornuftigste at rejse til Kjbn. med det samme og saa rejse lige derfra og hertil, før midt i Ugen bliver jeg vel næppe rask nok til at rejse. Men sig mig, hvorfor sender Du i Grunden ikke hellere de Billeder det er da saa lidt at rejse derover for og W &amp;amp; Magnussen kan Du jo ligesaa godt skrive til. Men nu haaber jeg som sagt at høre fra Dig i Morgen. – Bare Du kan finde ud af dette Blyantsroderi, jeg kom til at skrive paa 2 Ark ligesom til Komtessen. – Kan Du nu hilse dem alle sammen mange Gange. Hvor trist med Maries Ben. Spørg hende, om hun ikke glæder sig til at vi kan halte en Tur sammen! – Hør, hvad mon hun [ordet overstreget] de tænke sig med Dis, mon de vil have hende, naar det først bliver til November? Forhør lidt om det. – Naa, nu kun 1000 Hilsner til Dig selv min egen Dreng fra Din Alhed.
+Onsdag</t>
+  </si>
+  <si>
+    <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...77 lines deleted...]
-    <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
 Jeppe Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Cathrine Meyer
 Erhard Meyer
 Otto  Meyer
 Sophus  Meyer
 Augusta Mogensen
 Christian Mogensen
 Otto Emil  Paludan
 Antoine-François Prévost d'Exiles
 Leopold Rosenfeld
 Ellen  Sawyer
 Erik Schaffalitzky de Muckadell
 Christine Swane
 Fritz Syberg
 Vilhelm  Sørensen, pastor
 Nicoline  von Sperling
 Laura Warberg
 Andreas Warberg, Albrechts far
 Christoph Ernst Friedrich Weyse</t>
   </si>
   <si>
     <t>Astrid Warberg skriver om livet på gården Erikshaab, om sine forelskelser, om opholdet som pige i huset hos Alhed og Johannes Larsen i Kerteminde mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/WsHnFLg1</t>
   </si>
   <si>
-    <t> 4. jun. 1921</t>
-[...176 lines deleted...]
-Amanda Heinesen
+    <t>1901-10-24</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Astrid Bøttern
+Victor Bøttern
+Julius Hviid
 Adolph Larsen
 Andreas Larsen
 Johan Larsen
-Johanne Christine Larsen
-[...60 lines deleted...]
-Lars Larsen
 Marie Larsen
-Vilhelm Larsen
-[...75 lines deleted...]
-Johannes Larsen.</t>
+Christine Swane
+Peter Thomsen, tømrermester</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København for at hænge udstilling op hos Winkel &amp;amp; Magnussen.
+Thomsen og hans folk har været i gang med at bygge på Larsen-familiens villa, men Thomsen har tilsyneladende beordret arbejderne til at lave noget på havnen (formodentlig i forbindelse med anlægget af Kerteminde-jernbanen, som blev bygget netop da). 
+"Agraren (der jo er sagkyndig)": Johannes Larsens bror, Adolf Larsen (Agraren) var kvartalsdranker.
+Besøget hos Fru Grosser(eren): Victor Bøttern havde overtaget Johannes Larsens forældres lejlighed i købmandsgården, Langegade 50, Kerteminde. I dette bygningskompleks lå købmandsbutikken, som Johannes Larsens bror, Georg Larsen, drev.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været på molen med Agraren (Adolf Larsen). Thomsen ville ikke komme ud af muddermaskinen, og han var fukd samt havde dårlig samvittighed over at have taget arbejderne ned til havnen. Thomsen ville sende folk næste dag. Alhed spørger, om tagstenene er parat.
+Christine Larsen (Uglen) har haft underlivssmerter og måtte have læge. 
+Alhed Larsen har været ved huset med børnene. Og hun har besøgt Fru Grossereren, fordi Puf skulle tisse, mens de var i butikken. Agraren og Alhed har sat smag på en flaske husholdningsdrue.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Z0Fn</t>
+  </si>
+  <si>
+    <t>Kæreste, lille Larsi!
+Denne Overskrift havde jeg lige faaet skreven, da Marie kom med Dit Brev! Det er rigtignok dejligt, at Du er kommen godt derover og navnlig at Du befandt Dig nogenlunde i Morges efter Rejsen. Men pas nu alligevel forfærdelig godt paa Dig selv, at det ikke skal blive værre igen. – I Gaar, da jeg havde sendt det sidste Vink efter Dig, gik jeg altsaa ud paa Molen ledsaget af Agraren. Der var en Masse Mennesker i Arbejde og de sagde alle sammen at Thomsen var der, men der var ingen Thomsen at se. Saa oplyste Chr. Andersen, der stod der, at han sad nede i Muddermaskinen, men vilde ikke komme frem. Men vi ventede taalmodig og omsider viste han sig da, noget rød i Ansigtet og med lidt svømmende Øjne, Agraren (der jo er sagkyndig) mente at det var af ”smaa sorte”. Han havde aabenbart en daarlig Samvittighed over at have taget Folkene derfra, men han lovede at sende dem igen i Dag. Der har imidlertid ingen været rundt. Thomsen selv, der vilde se, hvorvidt de var, nu vilde han sende Folk i Morgen, men kommer der nu ingen, maa jeg ud at have fat i ham. Men sig mig, (Spørgsmålstegn indsat i venstre margen] Tagstenene, er de nu parate, skal Bøttern ikke varskoes, at der ikke først skal skrives efter dem. [Spørgsmålstegn indsat i venstre margen) Og bved han hvilken Sl[ags]. Det maa Du endelig svare m[ig] paa. – Agraren og jeg gik saa [noget af papiret mangler] fra op igennem, Byen og køb[te] Rensenaale og Varer fra Butikken. – I Aftes havde jeg Marie og Agraren til Kaffe og Honningmad og vi sad og sludrede til Kl. 11 ½. Uglen var bleven daarlig ved Aftensbordet af nogle Underlivssmerter, hun har haft af og til i Sommer, F.eks. den Dag paa Dyreborg, og da de var særlig slemme denne Gang, mente de at det var bedst at faa en Læge. Jeg hentede saa Dr. Hvid til hende ham vilde hun helst have. Han mente, det var noget med Nyrerne, x [indsat i margen] Grus men vilde undersøge hendes Vand, før han kunde sige nøjagtig Besked. – Hun har ligget i Dag, men har det bedre. – Det har været yndig Vejr i Dag, jeg har været ude at køre med Ungerne i Eftermiddag. Vi var ovre ved Huset, Hjørnet er nu oppe i sin fulde Højde. Agraren var med. Han er forfærdelig sød til at hjælpe mig, tænk han kom i Middags og havde gjort de 3 Høns i Stand for mig, pillet og taget ud af dem. Og over Middag kom han med Dine Træsko og havde en Æske Cigaretter med til mig. Jeg aflagde Fru Grosser en Æske Cigaretter [de tre ord overstreget] en Visit i Anledning af, at Puf skulde ”det lille” mens vi var i Butikken, vi blev blev [ordet overstreget] bedt paa Kaffe og frisk Kage, hvad jeg dog afslog, da Agraren passede Fede nede ved Vognen. Derimod købte jeg en Fl. Husholdningsdrue, som Agraren og jeg satte Smag paa, da vi kom hjem, jeg var bleven saa forfrossen, jeg havde slet ikke Overtøj paa. – Jeg skal hilse fra Puf, han ankom nu derovre fra, Fede sover. Han har det helt godt. – Nu kun 1000 Hilsner fra Din egen Alhed
+Tak fordi Du skrev saa expedit
+24ende Okt. 1901</t>
   </si>
   <si>
     <t>1902-12-13</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted
 Johanne Caspersen
 Jens Hammer
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Elisabeth Mackie
 William Mackie
 William Mackie, Williams far
 - Nissen P
 - Nissen P
 Knud P
 Kirstine -, pige i huset hos Hempel Syberg
 Ellen  Sawyer
 Hempel Syberg
 Andreas Warberg, Albrechts far</t>
   </si>
   <si>
     <t>Albrecht Warberg døde i sensommeren 1902. 
@@ -1650,1228 +2381,89 @@
 Snøde
 pr. Lohals
 Langeland. 
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Erikshaab d: 19de Debr.
 Kære lille Putte!
 Tak for Brevet. Du kan troe jeg er glad over, at Du har det saa godt hos Tante og at de vil beholde Dig i Julen. Jeg glæder mig ikke til at tilbringe den hos Syberg, saa bitter og utaalelig han er for Tiden; det er jo ogsaa drøjt for ham med det Parti og særlig nu, da N.P. har den Luskeri med en af de Damer. Gid det dog kunde gaae ovenbys igen; jeg tror ikke Hr. [ulæseligt] har sine Papirer i Orden, ellers vilde han dog sende dem til Syberg; men han har slet ikke været i Berlin, kun i Assens og nu igen i Odense. Hvad skal det dog blive til! Thora er selv vis paa, at hun skal hertil efter Nytaar men hun vil gærne nu. Hun er livlig og vel tilfreds, vi kan da ikke see andet! I Morgen tænker jeg vi ses. der er Pakke til Eder, en Ramme til Tante, men hvis vi ikke naaer at faae et Billede af Far at sende i Brev saa sæt Dit i, Du har det vel med; en Bog til Poul det er ikke let at finde paa noget til ham; han kommer da hjem? Lugge har travlt; i Morgen afgaaer vor store Jærnseng til hende jeg har haft Saddelmager til at stoppe Madrassen om og sætte nyt Tøj. Hermed Prøver af deres Tapeter. De har taget en lidt større Lejlighed og hans Moder faaer den første deres Køkkendøre støder sammen. Hun er saa flot til at give dem mange Ting til Huset, Porcelæn, Køkkenting hvad hun kan undvære, en Glasopsats med en smuk Sølvfod, i Brudegave en Potageske af Sølv; en giver dem 2 Spiseskeer; Johanne giver dem et Mahogni Bord som det lille gamle der altid har staaet i vort Sovekammer og Thora giver en smuk Syæske dertil; jeg lover hende et broderet Tæppe under det. Jeg er nu næsten færdig med det nødvendigste, der skal vadskes på Mandag. De har købt et stort smukt rødt Gulvtæppe og røde Gardiner som Prøve; Stuen er jo ellers olivengrøn. Dede er desværre saa forkølet med Hoste, han ligger disse Dage. –
 Lili og Thora bager hele Formiddagen og har ogsaa travlt med at sye, men i Efterm. vil de skrive til Dig. De rejser begge i Morgen. Der er kommen Brev fra Elle og Chr., men maa Du vist snart høre fra dem. endnu i disse vidste de intet om Dig og John Chr. har været en hel Dag hos sine Svigerforældre, især Faderen og Søsteren er venlige mod hende, de er alle glade ved hendes Musik De ejer flere Huse i og Jord uden for Boston, desuden 2 Plantager paa Cuba, hvor Faderen er født, men de indbringer ikke meget. Der er ikke mange ”Parties” i Boston, skriver Elle; Frøken Jansens Søster til ham paa Trolleborg, har udtalt sig beundrende om Christines Dygtighed til at ”f_inde dem”. Naar de danske derovre veed om Forlovelsen, saa er den da snart ude her. Elle har faaet en vældig dygtig Pige til 5 Dollars om Ugen, men hun vil have en billigere. 4 er det almindelige. Elle har Kvalme det Skind. – Pastor Sørensen sendte mig i Gaar sin Tale over Far; Christine havde bedt ham om den og saa skrev han 
 2) den, mærkværdig at han kunde saa længe efter; han har ogsaa sendt Christine den. Thora skrev den af til Grevinden og jeg har lige skrevet et langt Brev til hende om Christines Forlovelse, at de ikke skulde høre den fra Trolleborg. – Vil Du have Min Kommode sendt ind til Bülowsvej? Saa skal jeg besørge det. Jeg sender efter Nytaar en Seng Bord Stole _vist min Chaiselongen saa maa jeg da være lidt af Januar hos Eder og see Lugges Hjem, det bliver nok yndigt. Bare Tante skulde til Byen paa den Tid! Gardinerne er bleven hængende til Dig, der kan nok blive ret ordenligt i den store Stue. Grethes Mor er død, hun har været hjemme og skal nu have hele Julen og have [ulæseligt ord] til at boe hos sig og lave Mad til hende. Dede vil ikke være mere hos Sagføreren, skrev Lugge; saa kan 
 3) og Du kan vel nok være her en Tid efter Nytaar; jeg glæder mig til Eder lille ”Putte. Endnu har jeg ikke læst de svenske Aviser, jeg syer og skriver Breve, det er alt hvad jeg kan naae; men jeg taaler det godt nok, skal jo nu ogsaa hvile Juledagene. Fortæl Tante, at Broder Christian har bedt mig sende Susan lidt Penge, og at jeg har skrevet til Christine om at sende 50 Kr. af de Penge, Eastman skylder os, det er 235 Kr. og Christine skulde bruge til det nødvendigste af dem, men Dr. Mackie betaler nok hendes Rejse hertil, om de ogsaa ikke ["ikke" overstreget] bliver gift før her. 
 Nu har jeg ikke Tid til mere lille Putte!
 Kærlige Hilsener til Eder alle tre fra Mor. 
 [Skrevet på hovedet på sidste side:}
 Gardinerne er røde
 Damask ensfarvede, 
 M kan ikke finde Pos
 [Tapetprøver:]
 Sovekammer.
 Der er 5 lyse Striber ved Siden af hinanden. 
 M[ulæseligt]in. 
 Min Stue</t>
   </si>
   <si>
-    <t>1900-4</t>
-[...121 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/fUVm</t>
+    <t>1903-11-10</t>
+  </si>
+  <si>
+    <t>Kærbyhus</t>
+  </si>
+  <si>
+    <t>Italien
+Genua
+Hotel Eden</t>
+  </si>
+  <si>
+    <t>Kærbyhus var Christine Swanes forældres hjem i Kerteminde, efter at de måtte afhænde købmandsgården, Langegade 50, pga. svigtende økonomi. 
+Astrid Warberg var i huset hos Bernhard og Emma Hirschsprung i 1903-1904. Hun var med dem i Italien i efteråret og julen 1903.
+Efter en tid at have været kæreste med stud. med. Peter Bichel, gjorde Astrid forholdet forbi.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane til Astrid W-G, 1903-11-10, 2414</t>
+  </si>
+  <si>
+    <t>Christine Swane føler med Astrid. Det er en stor beslutning at binde sig til et andet menneske, og der går sommetider år. Mon ikke Astrid genvinder troen på sig selv? Rejsen vil nok også hjælpe, og når Astrid kommer hjem, ser hun sikkert lysere på alt. Astrid må huske, at Christine er hendes ven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6oZ</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Hr. Godsforvalter Warberg
-[...503 lines deleted...]
-[På kuvertens bagside:]
+Frøken Astrid Warberg
+Adrs: Hr. Hirschsprung
+Hotel Eden
+Nervi – Genua
+Italien.
+[Håndskrevet på kuvertens bagside af ukendt person:]
+fra Las’ søster, Christine Swane, f. Larsen
 Poststempel
 [I brevet:]
-Tranekjær D: 13de.
-[...543 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/9bhAnKJQ</t>
+“Kærbyhus” den 10-11 1903.
+Min kære lille Dis!
+Vær sikker paa at jeg føler med Dig. Hvad tror Du dog jeg bryder mig om hvad der saa end [”saa end” indsat over linjen] vil blive sagt om Dig, vi er jo Venner ikke sandt? Og Du ved godt jeg holder af Dig, dette skal da ikke skille os men det ved Du [”Du” indsat over linjen] alt sammen ikke. Og naar Du siger mig Du har handlet som Du maatte handle, saa forstaar jeg Dig. Men lille Dis tror Du ikke der skal meget til for at kunde være sikker, mest af alt for at kunde være sikker paa sig selv: Jeg synes der maa År til for at blive sikker paa om man tør binde sig til et andet Menneske, men naturligvis, det er vel noget som er forskelligt for hvert [”hvert” overstreget] De forskellige Mennesker. Du spørger om jeg ikke synes, man mister Troen paa sig selv, jo desværre det synes jeg, men maaske den kan komme igen lille Dis. Jeg tænkte paa at skrive til Dig da jeg hørte om Din snarlige Afrejse, det glædede mig meget at Du skulde ud at rejse, nu ved jeg det vil hjælpe Dig over meget. Hjælpe Dig til at komme til Klarhed over Dig selv. Du skal se lille Dis naar Du kommer hjem igen ser Du nok lysere paa det Hele. Lille Dis selv om mine fat[t]ige Ord ikke kan hjælpe Dig saa ved Du at jeg er Din Ven hvad der saa end sker. – Tak for dit Brev og Udklippet og fordi Du holder lidt af mig. Hav det godt, mange Hilsner din Ven
+Uglen.</t>
   </si>
   <si>
     <t>1904-09-25</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Charlottenlund
 Kastanievej 13</t>
   </si>
   <si>
     <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Thora  Branner
 Holger Drachmann
 Alfred Goldschmidt
 Jean Jensen
 Christine  Mackie
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne C. Larsen besøgte sin søster og dennes familie i Boston. 
 Den helligste højtid i jødedommen er yom kippur. Højtiden fejres hvert efterår og kaldes også forsoningsdagen, for det er forsoning, bøn og bod, der er helt centralt denne dag (Kilde: Internettet sept. 2023). 
@@ -2897,374 +2489,50 @@
 54 Coolidge Str.
 Brookline (Boston)
 Mass.
 U.S.A.
 [Skrevet på kuvertens bagside:]
 A Goldschmidt
 Kastanievej 13
 Charlottenlund
 Dette brev er altså 101 år glt.
 [I brevet:]
 Kastanievej 13
 25 Sept Søndag 1904
 Kæreste Junge! Herren give mig Kraft og Styrke til i al Evighed (så længe Du er i Amerika) at skrive til Dig hver Uge – samt at indse Fornuften og det menneskekærlige samt tillige det behagelige i at gøre det. Amen. For Junge – ikke sandt – selv om det ikke altid er epokegørende Ting, Du får at vide – så er et lille Brev dog altid en Art Forbindelse – en Vedligeholdelse af noget, som bør holdes vedlige. – Jeg sendte Dig i Mandags et Kort fra Helsingborg, men der stod jo ingenting om vores gode Tur, hvor vi oplevede både godt og sørgeligt. Godt derved, at Vejret var bedårende – varmt og klart – rigtig Høstvejr – Nøddeturvejr – ahe – og derved at vi var i ligeså strålende Humør, som Solen, der skinnede hele Dagen over vore Hoveder; det var jo også extra Fridag – Jomkipursdag – Jødernes store Forsoningsdag – og vi nød ordentlig at være ude på en Dagligdag - / så går man dog anderledes i Fred allevegne – i Fred med sin egen Fest uforstyrret i Hjertet. Vi tog jo først (om Morgenen) op til Snedkersten for efter Bestemmelsen at besøge gl. Jean – vi fandt også Vejen gennem den lille By – ud til Damehjemmet – jeg var meget opstemt ved Tanken om, hvor glad gl. Jean vilde blive – og jeg gik på Vejen derned og fortalte Alfred om hende – og om Bobby – sagde også – det var lige som, da vi stod ved Havelågen – at han skulde råbe dygtig højt. – Det var et stort smukt bygget Hus - ”i Stil ” – med en nydelig Have omkring – og det hele lå højt og lige ud til Øresund. Vi gik op ad en lille Stentrappe med Jerngelænder - og kom ind i en sirlig og ren lille Entre. På Dørene sad små hvide Visitkort med gamle Pigenavne på – en Dør blev åbnet på Klem og to gamle Frøkner kiggede ud; jeg gik derhen – hilste og sagde – ”Her bor vist en Frøken Jensen - med en lille Hund, der hedder Bobby”, - ”Jae -” hun trak sådan på det, at jeg strax udbrød – skuffet – ked af det – ”hun er måske ikke hjemme?” ”Joe – men – hun er død.” - Vi kom ind i hendes lille Stue, og hun fortalte os om det hele; Gl Jean blev dårlig en Mandag - førtes på Hospitalet om Torsdagen og døde Fredag Eftmd. den 22de Juli – for 2 Måneder siden! Led ikke – døde stille og var selv vel tilfreds med at dø; hun have bedt om, at Hunden måtte blive skudt, når hun var borte.
 Den gamle Dame fortalte om det alt sammen – ”og det er så underligt”, sagde hun, ”der bliver ved med at komme Breve – og vi har dog averteret det så tydeligt både i (og hun nævnte to små ubekendte Blade) vi skrev netop – ”forhenværende Lærerinde” – og rigtig kom der en Pakke fra denne Fru Warberg, som De måske kender?” 
 Ja, det var da min Mor.
 ”Ahe – så er De måske den yngste dernedefra? Dem har hun talt om så ofte”. - . 
 Pakken var nok Strømperne fra Mornine.
 Vi gik; men jeg var så underlig tilmode længe efter – tænk, at der lever så ensomme Mennesker! at deres Død først spørges flere Måneder efter – og vi har boet èn Times Vej fra hende hele Sommeren.
 Og det er trist at komme for sent, når det er så uigenkaldelig for sent, som her. Men hvem har Lov at sørge over dette – at et Menneske dør, som aldrig har levet? -
 Vi spadserede ad Strandvejen til Helsingør – en brillant Tur – Vejen løber jo lige ved Vandet hele Tiden. I Byen var der stor Fest – Børnehjælpsdag – alle Huse ikke blot flagsmykte, men helt bekranset af dejlige Blomsterguirlander. Vi gik længe rundt i de små sære Gader med de mange gamle Huse – var også inde på Apoteket – det berømte, (hvor så mange store Bøger er skrevet – af Drachmann – af ”Waldemar” (Ad[ulæselig]en og Hexeproces) o s v. Der var så meget gammelt derinde – og meget morsomt. 
 Til Kronborg gik vi da også – i Kasematterne – . Fandt så pludselig på at ville til Helsingborg – og tog med Færgen derover – det var også meget festligt. Atter til Danmark – med Toget til Snedkersten – hvorfra vi gik gennem Skove over Marker – plukkende Nødder med Lidenskab, skønt der kun var få tilbage efter Drengenes store Plyndringstog. 
 I Espergærde spiste vi en forsvarlig Bøf i det store Hotel – sad på en stor Veranda lige ud til Sundet - dejligt. Hjemme Kl 10 – trætte.
 Nu får Du ikke mèr i Aften – jeg skal ind og gratulere Tutte i Byen i Morgen. og se deres Lejlighed. På Mandag skal jeg nok skrive igen (om 8 Dage). Men hvis Du besvarer dette Brev (og det gør Du!) bliver det til Rosenvej 4 el. 2 – 9 – jeg kan skam ikke huske Nummeret. Vi flytter ind i første Uge af Oktober. Hils Mornine! Din Dis.
 [Skrevet på hovedet øverst på side 1:]
 Mange gode Hilsener fra Alfred.</t>
-  </si>
-[...322 lines deleted...]
-14de Marts – 1895.</t>
   </si>
   <si>
     <t>1905-04-12</t>
   </si>
   <si>
     <t>Malmø</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Johan -, Erikshaab 1905
 Alfred Goldschmidt
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
 Christine  Mackie
 Otto Emil  Paludan
 - Petersen Bøgebjerg
 Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
 Harris Sawyer
 Hempel Syberg</t>
   </si>
   <si>
     <t>Christine Mackie, f. Warberg, boede med sin mand, William Mackie på 54 Coolidge Str., Brookline, Mass., USA. 
@@ -3298,251 +2566,416 @@
 Poststempel. 
 [I brevet:]
 St Pauli Kyrkogata 19, Malmø 12te April 1905
 Kære lille Junge! Der er lige en halvanden Timestid til, og jeg vil benytte den til at male et lille Brev op til Dig – trods det, at Du jo er så troløs – Du siger det selv – og lidt er der da også om det. Tak for Brevet, som jeg fik i Mandags; Du skriver deri om Sommervejret efter Snestormen – og om Turen i lys Kjole til Hilda. Jeg fik Brevet om Morgenen, før jeg endnu havde været ude – og tænkte ved mig selv – det er dog også Pokkers med de Amerikanere – og jeg tænkte frysende på Gårsdagens vilde Vintervejr og den frygtelige Tur fra Kjøbenhavn om Aftenen – selv Færgen vippede som en Nøddeskal i det brandsorte Sund; vi fik nok ingen Sommer så snart. – Det så rigtig nok forbavsende pænt ud – Vejret; og så travede jeg da ud for at prøve det. 
 I Guder! hvilken Tur! Aldrig i mine Dage har jeg troet at skulle opleve et sådant Omslag! Jeg gik min sædvanlige Tur ned til Vandet – stille – blikstille var det! ikke Forår – men Sommer – jeg gik helt ud i Strandkanten – ingen Mennesker – ingen Vej – blot Tang og hvide Stene – og Vandet var spejlblankt som på en hed Sommerdag! Mågerne – der ellers plejer at kredse skrigende om i Luften – de lå ganske stille nede på Vandet – pludrende fortroligt med hinanden – mens de velbehageligt solede deres hvide Fjer. Der var en Fred og Højtid over det hele Landskab – så stille og ensomt – en sand Fryd! så langt Øjet nåede så jeg ingen menneskelige Væsner – og langt ude så jeg, at Luften flimrede og dirrede af Varme! Jeg smed mig i den solvarme , knastørre Tang – åndede stærkt af den krydrede salte Luft – og lod mig ordentlig gennembage af den smilende Sols Stråler – mens jeg så ud over det [”det” indsat over linjen] blågrønne, klare Vand – med de hvide Måger – og – længere ude – de mange små hvide Sejlere - - og jeg tænkte med Undren på, hvor ganske anderledes det samme Vand havde set ud for få Timer siden – langt – langt kunde jeg se; der lå Saltholm – og længere borte Kjøbenhavn - hvis Bygninger og Tårne sløredes let af Røgen fra de mange Skorstene – og dèr – længere til venstre - Kongelunden; den lignede en lille blåviolet Sky i Horizonten.
 Men ingen Ord kan beskrive, hvad der var for en Tur; jeg kunde slet ikke løsrive mig – blev derude i mange Timer – snart gik jeg langs den yderste, stenede Bred – og snart lå jeg igen i Tangen. 
 Sådanne Timer er dog en hel Gave fra Himmelen; det er blot så fint for mig, at jeg aldrig kan få Alfred med – han sidder jo på den skide Fabrik hele Dagen – lige til 6 Aften (fra 8 Morgen) og så er han altfor træt til at gå. ---------
 Jeg fortalte vist sidst om de anmeldte Gæster? Næste Dag var det imidlertid en så forrygende Snestorm – et Hundevejr – at jeg halvvejs opgav ethvert Håb; men traf dog naturligvis alle Forberedelser.
 Nå – vi har April – og da jeg Kl 12 ½ drog uvis ned til Færgen, så skinnede Solen nok så fredeligt over tørre, hvide Gader; men en rasende Blæst og Kulde var det da. Joe – de var der – Las – Be – Mornine – Puf, men Gud, hvor så de søsyge og forfrosne ud! Men det lettede jo svært for dem, at komme på Landjord; vi drog alle løftede op gennem Byen, hvor Gæsterne hvert Øjeblik fandt Seværdigheder, som vi da nøje beså; lille Puf kom sig hurtig, han havde ellers været slemt søsyg – ligeså Be og Mornine. Så kom Alfred. og vi spiste - sultne – en Masse god Mad: jeg har altid Smørgåsbord med dansk Snaps o.m.a. – det fornøjer alle – kjøbenhavnske Gæster er skrupsultne efter Søturen, så det er en sand Fornøjelse at lave Mad til dem; heldigvis kan Mathilde klare alt nu, så jeg kan altid trygt gå til Færgen at modtage de ankommende. 
 – Det hele var yderst vellykket – de er alle så gouterende overfor Menagen her. 
 II) Alfred måtte jo desværre stikke af igen; han kom så ned til Færgen, da de rejste, for at sige Farvel.
 Lørdag og Søndag var vi i Kjøbenhavn – Alfreds Leipzigertur gik i Vasken – og med den min Erikshåbertur; det var kedelig nok, for nu kunde det lige have passet så godt. Senere vil det ikke være så let at lukke hele Lejligheden; med Pigen Mathilde kan det gå, for hun rejser så til sit Hjem i Åtorp, - men M. skal giftes og jeg får en ny Pige til Maj, og hun bor Fandenivold; og det er jo ikke rart at have et fremmed Væsen til at rode i èns Sager, mens man er væk. Jeg skrev til Pallam igår, at jeg alligevel ikke kom, og bad ham hilse d l J., at han da endelig måtte besøge os, hvis han kom til Kjøbenhavn i Påsken Det er ellers kedeligt, hvis Den lille Johan rejser fra Erikshaab, synes jeg; han er jo dog på en Måde Repræsentant for Warbergerne, ikke? Jeg havde glædet mig svært til et Ophold derovre – man hænger dog fast ved Stedet derovre – trods alle Marier. Vi spekulerer lidt på om muligt at leje os ind der i vor Sommerferie; men det skal helst falde sig lidt – helt på eget Initiativ gør vi det vist ikke. ---
 Jeg oplevede noget kunstigt i København; det var Søndag Eftermd - vi var af Alfreds tyske Onkel Adolph bleven sat Stævne på Jagtpavillionen, hvor vi skulde hilse på ham; mens vi sidder derude (Du ved nok – den på Langelinie) opdager jeg pludselig ved et Bord ovre ved det andet Vindue – Scott Sally! Jeg har aldrig set Manden. – men tør dog sværge på, at det var ham; han så præcis ud som på Billederne i Dit Album – den blonde Pandelok – de blå Øjne – bløde Træk – et skægløst Ansigt – en ganske ubestemmelig Alder; måske var han bleven lidt fyldigere; Selskabet så meget pænt ud – en smuk og naturlig ung Dame og et Par Herrer. Sc.S. var elegant klædt; - jeg mindedes så besynderlig klart hele den Tid for længe siden, da det Menneske kom og bragte så stor (og gavnlig) Revache i Familien hjemme. 
 II b) Der var et større Selskab om Onkel Adolph så jeg kunde rolig give mig mine Betragtninger i Vold; og mens jeg sådan sad og lod hele den Tid passere Revue for mine Tanker – så faldt mine Øjne Gang efter Gang – helt uvilkårligt på Manden derhenne, som på samme Tid var Udgangspunkt og Bindeled for alle mine Tanker: Men naturligvis kunde jeg ikke stirre sådan på ham, uden at han mærkede det, og hvert Øjeblik måtte jeg da – befippet trække Øjnene til mig, når de havde mødt hans undersøgende Blik. – Hvem vèd – måske mindedes også han - halv ubestemt – om en Fortid – der mulig allerede er fjern og tåget for ham; vi to skal jo ligne hinanden en Del. 
 Ja, det var det hele, der hændte; men det berørte mig så ejendommeligt.
 -. Store Sager oplevede vi ellers ikke i Kjøbenhavn; Lørdag Aften var vi med Las og Be i Circusvarieté; de for at se Brydere, vi for at dyrke dem; midt på Aftenen opdager Las pludselig til sin usigelige Forbavselse – Doktor Petersen på en af Rækkerne foran os. Nu bar Las en Kasket, som Dr P. har foræret ham – men siden fortrudt heftigt – han taler ofte om, hvor synd det i Grunden var, at han forærede Las den; vi giver Kasketten til Kellneren – anviser ham Dr P. og neder ham aflevere Huen med den Besked: Kender De dèn?” Kellneren griner lidt uforstående – et Øjeblik efter kommer Dr P. – smilende – hilsende. –
 Om Søndagen var jeg ude at se til Tutte; det lille Skind, der skal ligge så længe. Ungen trives brilliant ved sin Flaske – hun er uvirkelig overordentlig smuk.
 Om Aftenen tog vi hjem – og som sagt i et rædsomt Vejr. Jeg skal først stiv som en Pind nede i Salonen med en Pude i Nakken. Efter en halv Times Forløb måtte jeg styrte ind i Toiletrummet – puha – en kvælende Hede – samt – over Vandfadene – for mig brækkende Damer. Jeg formelig fløj tilbage – forbi Damerne i Salonen – der smilte mat – op ad Trappen – ud – i samme Øjeblik var jeg spil–rask – forblev Resten af Tiden i Sundhed på Dækket – men i vild Orkan og Hundekulde. 
 --- Nu må jeg slutte for i Dag – Alfred skal af Sted – har været hjemme til Middag. – Tænk, det var vist Eastmans Fødselsdag den 3die April – jeg husker det først i Dag. Hils dem begge og lille Grete!
 Selv hilses Du kraftigt fra Alfred og hans Kone.
 p.s. Mornine skal have udtalt et svagt Ønske om at rejse hjem før oprindelig bestemt – måske – Febr-Marts.
 [Skrevet på hovedet øverst side 1:]
 Det er Onkel Sybergs Fødselsdag i Dag.</t>
   </si>
   <si>
+    <t>1905-05-27</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Johanne Caspersen
+- Herts, Fru
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+- Skakke
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg passede formodentlig hus for Alhed og Johannes Larsen, mens de var på rejse. 
+Laura Warbergs søster og svoger boede i Snøde på Langeland. 
+Gamle Larsen er Jeppe Andreas Larsen. 
+I efteråret 1905 var Johanne C. Larsen i London (1905-12-23, Laura Warberg til Astrid Warberg-Goldschmidt)
+Tante er Wilhelmine Berg, Laura Warbergs søster. Hun havde et pensionat i København. 8. juli 1905 skrev Wilhelmine Berg til Laura Warberg og spurgte, om hendes datter ville komme og overtage en plads i pensionatet. Wilhelmine Berg havde måttet afskedige en umulig pige. Det vides ikke, om den unge pige tog pladsen.
+Lundsgaard er en herregård, der ligger i udkanten af Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0893</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen kommer snart hjem efter tre ugers rejse til bla. Paris. Christine Mackie er i Snøde. Louise/Muk Brønsted er i Småland med sin lille datter. Der er mangel på grøntsager hos dem. Andreas/Dede Warberg skal på rejse til Tyskland.
+Laura Warberg ved ikke, om Johanne tager pladsen hos Wilhelmine Berg/Tante. 
+Laura Warberg skriver, hvordan man laver saltlage. Hun og Marie Larsen har besøgt Allerup på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0dG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19⁴
+Malmø
+Skåne
+[I brevet:]
+Kjerteminde d:26de Juli
+Kære Astrid!
+Det bliver intet langt Brev, jeg maa ned med det om en halv Times Tid. men vente til i Morgen vil jeg dog ikke. Det var mærkeligt Du dog fik mit Brev og Brevkort og endnu mærkeligere, at der gik saa langt hen, inden jeg hørte noget fra Dig. Paa Lørdag 6te Aften venter vi Las &amp;amp; Alhed, saa har de været godt 3 Uger borte deraf 14 Dage i Paris. De er vældig tilfredse med hele Rejsen, har set Masser af Kunst og nok set paa alle mulige berømte Steder i Paris. Heden har de ikke klaget over. Jeg har faaet Brevkort næsten hver Dag. Paa Mandag Nat rejser jeg hjem og tænker, Christine kommer Tirsdag Aften fra Snøde, hvor de unge Børn leger paa Kraft; jeg gør det saa færdigt. Fra Muk har jeg to Gange haft Brev, de var syge den første Uge deroppe, men nu nyder de Tilværelsen, og den lille og nem at passe efter at hun paa Rejsen fik den sidste Hjørnetand. De har let ved at faae Mad undt. Grøntsager Kartofler faaer de. De savner saa grulig Løg, er de dyre hos Eder, ellers vilde hun vel blive henrykt ved lidt sammen med et Brev hvor det er som her, at Posten skal være indtil 2 Pund. – Jeg veed intet om Johanne saa tager Pladsen hos Tante; men der maa snart kunne komme Brev derom. Dede har endnu ikke helt bestemt sin Rejse, han skal med Skakke til Sønderborg paa Søndag og mulig rejse der fra til Hamborg Berlin Dresden. Det skulde afhænge af om vi faaer Penge fra gl. Larsen, og det ser da ud til det, at han kan skaffe nogle, naar han kommer til Sverrig. – Gud veed om Chr. ikke nok vove en Tur til Malmø, dersom hun nu faasr nogenlunde Sikkerhed for, hvornaar Affæren bliver. I al Fald kommer jeg da nok en Dag og saa kan jeg fortælle. – Lage lavet af grovt Salt der skænkes kogende Vand paa, røres om til Saltet er smeltet og bliver helt koldt. Jeg ved intet Kaal til det. Det er rigtignok dyrt at sylte hos Eder, kan du ikke imellem faae noget Saft med fra København? Eller faae at vide, hvordan de derovre bærer sig ad. Du _ koge Saften uden Sukker, ja maaske med Saltlage, men staaer det ikke i Bogen? Du behøves ikke at sende Brevene. – Bare Du havde skrevet 2 Ord paa et Brevkort til Tante om din Adr: Hun kan da ikke forstaa, at jeg ikke har svaret paa hendes Brev, men nu skriver jeg en af Dagene. Jeg har haft det rart her. I Aftes var jeg med Fru Larsen og Marie paa Lundsgaard hos Allerup, han har Klaver og en Fru Herts, som boer i Kærbyhus, spillede aldeles dejligt for os: Det var en yndig Aften, mange Blomster i hans kønne lille Stue, Udsigt til Stranden, Kaffe med fine Kager og Drikkevarer, en Tur i Drivhuset først. Ja saa Farvel lille Putte.
+Kærlige Hilsener fra Mor.
+Du kan ikke bruge Puddersukker til Syltning.</t>
+  </si>
+  <si>
+    <t>1905-12-23</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Johanne Christine Larsen
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster og svoger boede i Snøde på Langeland.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 1908-12-23, Laura Warberg til Astrid, 2410</t>
+  </si>
+  <si>
+    <t>Junge/Johanne er kommet fra London. Hun har glemt tasken med julegaver.
+Laura Warberg takker for den påbegyndte lysedug. 
+Det er småt med julegaver dette år.
+Astrid må give besked om, hvornår Laura skal komme, for hun skal også til Snøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ronk</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19.4
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Lille Juleaften.
+Kære lille Putte!
+Glædelig Jul! – Det er yndigt I skal have et lille Juletid! Vi er rigtig hver i sin Krog i denne Jul! Saa kom da Junge i Morges Kl. 10! Thora og jeg ventede i 2 stive Timer paa hendes forsinkede Tog! Hun havde 2 II og Sovevogn, sove brillant hele Natten til 8½! – har det glimrende! moret sig godt i London, men derover glemt at faae sin store Kuffert - med alle Julegaver – paa ret Køl, saa der staaer den! Tak for Brev og den pragtfulde Begyndelse paa Lysdug! Jeg kan netop trænge til en pæn! Silketæppet er til at hænge ved Hovedgærdet af den lille Seng; Trøjen er fra Thora. Vinen til Eders Juleaftensmad fra Dede. Det er smaat med Julegaver fra os til alle Sider. – Ja saa følger jeg Johanne over til Eder, men lad os vide en Dag, I er ene; helst Torsdag da jeg nemlig gerne vil rejse til Snøde Lø Fredag; men passer den Dag ikke for Eder, saa venter jeg til Lørdag til Snøde. Min Tid er saa knap lille Putte, jeg har saa mange Breve og Kort at faae klaret i Dag
+Kærlige Hilsner fra Mor. 
+Er nu noget, Du gerne vil have over, saa skriv det til mig; Tallerkener til Køkkenet?</t>
+  </si>
+  <si>
+    <t>1906-07-16</t>
+  </si>
+  <si>
+    <t>Lohals
+Nyborg
+Korsør
+Svendborg
+Nakskov</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Poul Caspersen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed besøger på Langeland dyrlæge Niels Christian Caspersen og dennes kone, Esther Johanne (f. Brandstrup), som er Alheds moster. Tante Mis (Wilhelmine f. Brandstrup, Alheds mors halvsøster) er også på Langeland.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Langeland. Hun kom for sent til toget, måtte overnatte i Korsør og videre til Lohals næste dag. Johannes Larsen og hun skal mødes på banegården i Nyborg om onsdagen, og Alhed håber, at hhv. Dis og Johanne vil se efter børnene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rHWx</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dine Breve, Du er rigtignok flink til at skrive til mig, men tænk, jeg kom for sent til Toget – en hel Time – da min Cykle paa Gr. af manglende Luft var umulig at køre paa x [tilføjelse indsat i margen: x eller ogsaa blev det Modvind] jeg sled vældig i det, men havde rasende svært ved at komme frem. En Mand i Nyborg raadede mig til at tage med Færgen til Korsør [indsat under linjen: Svendborgskibet kunde jeg ikke naa], da han mente der gik Skib til Lohals Kl. 5.25. Det viste sig imidlertid, at det Skib gik fra Nakskov og at jeg maatte overnatte i Korsør for saa næste Form. Kl. 10.50 at tage til Lohals. Det var jo et Løb med Forhindringer, men gik ellers udmærket for mig; Dit Brev var allerede kommen saa nogen Overraskelse blev det ikke, men de blev vældig glade ved at se mig, tror jeg nok. Jeg kunde paa Gr. Af Søndag ikke skrive i Gaar, men jeg haaber Du har faaet min Telefonmeddelelse. – Jeg rejser herfra Onsdag Morgen og er i Nyborg Kl. 11.35 paa Lokalbanegaarden (ikke Statsbanegaarelsen) og venter der, til Du kommer. Du maa vel have Dit blaa Tøj og Din Sommeroverfrakke hvis det regner samt en Flip paa Styret. Jeg har faaet min Cycle rep. det var Ventilen. Jeg haaber, Johanne vil ligge hos Ungerne den ene Nat, vi kommer jo hjem Torsdag Aften. Haaber Dis nok vil se efter dem Torsdag. Naa, nu vil jeg slutte, de snakker om mig, saa det er svært at skrive. Kys Putterne. Hils de andre mange Gange, mest dig selv Din
+A.
+16de Juli – 06
+Jeg skal hilse fra dem, ogsaa fra Ta Mis og Poul, som er hjemme i Ferien.</t>
+  </si>
+  <si>
+    <t>1906-09-28</t>
+  </si>
+  <si>
+    <t>Malmö
+Langeland
+Odense</t>
+  </si>
+  <si>
+    <t>Lina -
+Ludvig Brandstrup, billedhugger
+Johanne Caspersen
+Amanda Heinesen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Christian Møller, maler</t>
+  </si>
+  <si>
+    <t>Det er uvist, om Johannes er på vej til Sverige. Alhed sender hilsen til Lud(vig Brandstrup) i København og til Lina, som vistnok boede nær Larsen-familiens ejendom Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til nogle behandlinger i Odense.
+Adolf Larsen (Agraren) og Møller har skudt harer.
+Johannes Larsen er ude at rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Do2Y</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Det bliver kun et lille Par Ord Du faar, Junge sagde nu for lidt siden, at Tante paa Langeland fylder 60 i Morgen, saa skrev jeg 3 Sider til hende, men det gik fra Dig. Vi har det godt, Ungerne og jeg har spist Grød sammen i Spisestuen i Aften. Jeg kom først fra Odense med 2 Toget i Dag, han behandlede mig baade lidt i Gaar og til Morgen, saa gaar det til jeg kommer fra Sverige [ordet overstreget] Malmø.
+Murerne har arbejdet paa Taget hele Dagen i Dagen ["en" overstreget]. Agraren skød en Hare paa 8 Pund i Dag, Møller 2 men det [indsats over linjen: Møllers] var langt borte, jeg husker ikke hvor. Det er Junges Fødselsdag i Morgen, jeg haaber vi bliver bedt derover. Jeg var lidt derovre i Eftermiddag. Hvor det stormer i dag, bare I maa faa godt Vejr, i det hele taget en god Rejse, du saa saa sød ud, da Du stod og vinkede i Toget i Gaar. Nu længes jeg efter at høre fra Dig om I er rejst i Dag eller hvordan. Nu skal Amanda da af Sted. Jeg gaar i seng. Ungerne ligger og raaber paa mig derinde. Mange kærlige Hilsner Din A.
+Fredag d. 28nde Sept. 06.
+Hils Lud! og Lina med Familie</t>
+  </si>
+  <si>
+    <t>1906-12-05</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Ivar  Breckling
+Johan Breckling
+Frants Henningsen
+Adolph Larsen
+Erik Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen udstillede malerier og studier hos Winkel og Magnussen nov-dec 1906
+Christine Swane er husbestyrerinde hos sin bror Wilhelm på Rørdam maj 1906 - december 1907.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Christine Swane må vente med at male på portrættet af forældrene til efter jul. Det er terminstid. Der kommer en ny møller til Svanemøllen. Marie kommer til Christine på Rørdam i næste uge. Johannes Larsen har solgt for over 2000 kr. på udstillingen i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/99SJ</t>
+  </si>
+  <si>
+    <t>1906-12-05
+Kjærbyhus – Onsdag middag
+Kjæreste Ugle!
+Det kan ikke blive til noget med Maleri før efter Julen; men saa vil jeg haabe at Alt klarer sig saa vi kan arbejde med Glæde og Du faar saa en lang samlet Tid til at gjøre dit Billede færdigt det er dog det du altid har ønsket. Marie kommer saa i næste Uge og bliver hos Eder og hjælper med hvad der er at komme over. Igaar da jeg var lige færdig med Vilhelms Brev kom Mølleren der skal passe Møllen det er ham fra Langeland der har været underhandlet med for lang Tid siden men gik istykker fordi han begjærede for meget, men saa skrev han senere at han vilde forsøge, han er gift og skal jo naar Huset bliver i Orden have Familien, foreløbig er han saa her. I kan nok vide Marie ikke synes om det og du vel ikke heller; men se dog ret paa Sagen 
+Kjære Børn, det har saalænge Møllen har staaet været et ulideligt Syn for mig, saa den Dag den begynder at gaa og kan tjene os noget vil være en Glædesdag for mig, jeg har saa sikkert Haab om at det maa lykkes for os, virke maa Faer og saa er det jo dog bedst naar det er med vort Eget I var jo dog saa ivrige paa at Agraren skulde have Jorden og se hvor godt det gaar han er flittig glad og fornøjelig jeg kan ikke takke nok for, at han har forandret sig saa vel, var vi Pengefolk hvad vilde saa hellere end bruge nogen Penge til Arbejdskraft og Hjælp; men i Vinter maa vi se vi kan klare os; vor Herre give os Helbred at det kan blive udført; Marie er jo saa kjed af at Huset ikke har faaet Hovedrengjøring; men Mandag og Tirsdag kommer gamle Marie og hjælper os
+Saa er der en Ting til lille Ugle du maa huske det er Terminstid med Bekymring og hvordan seer jeg ud naar der er noget der trykker mig nej og hundrede Gange nej det er bedst for alle Parter at vi maler i det nye Aar saa lige efter Faers Fødselsdag
+Erik Larsen kommer her vist ogsaa en af Dagene for at ordne den Sag med Jyderne saa jeg er saa glad at Marie er her endnu det Par Dage hos mig Lysse er sød og artig han var helt vild og kom hjem at I havde bedt ham derned; men det kunde ikke lade sig gjøre vi har gjort det paa bedste Maade. Nu i Aftes sendte hun Resten af Johannes døde Fugle
+mon han dog vil sælge dem det er saa fattigt de skriver Ingenting rigtig om det. Maa han dog sælge godt saa bliver de da glade og vi andre med der har du se kjære Ugle jeg traf Forpagter Bræckling paa Færgen. Johan Brækling er blevet Malersvend og er glad ved den Forandring Han vilde være Kunstmaler men Professor Henningsen raadede ham fra det han staar og venter paa Plads
+Kjærlig Hilsen til Eder begge
+Kære Ugle! Du ser jo nok af Moers Brev at jeg ikke ankommer før i næste Uge, her er nok om Ørerne af al Slags, men jeg tænker at kunne drage af Dagen efter Faers Fødselsdag
+Altsaa paa næste Torsdag og saa blive hos Jer, hvis I kan faa Forældrene til at tage derned i Julen, saa kan Du rejse med dem. Hvor dejligt at Las sælger saa godt, jeg havde Brev fra ham i Gaar, da havde han solgt for over 2000 Kr. To Gange har jeg maattet sende flere Billeder derover. Kærlig hilsen til Jer begge Marie</t>
+  </si>
+  <si>
+    <t>1909-01</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Anders Frandsen
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Sophus  Meyer
+Elias Muus
+Ditlev Nielsen
+Johan  Norden
+Ole Poulsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvilken møller, der refereres til.</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen er i bedring og kommer med gode råd og arbejdsopgaver fra sygesengen. Det er svært at finde penge til at betale for indlæggelsen. Bagerlejligheden, i Langegade 48, er udlejet fra d. 1.2.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sQ8y</t>
+  </si>
+  <si>
+    <t>Bennediktsgade No 3
+Kjære Las!
+Rigtignok har jeg skrevet engang idag ned til Georg med Bless; men nu kom Faer i Tanke om i Eftermiddag, Georg havde nemlig skreven, at de kunde tage et Komfur hos Muus; men er det ikke gjort, saa skal det kjøbes paa Jernstøberiet, til dem, har Faer nemlig solgt en Klippemaskine for 15 Kr. baade Mejer og Norden veed hvor den staar, desuden kan Pladerne af det gamle komfur medbringes, saa kan det vel omtrent dække Betalingen af et nyt.
+Til den Dør Georg skrev om, og Døren i Gaarden og Kjælderlem er der [Flyolle] i Svinestien, Frandsen er vist ikke at faa, saa mener Fader at I maaske kan faa Ditlev Nielsen.
+Saa var der ogsaa det, om Agraren kan tage et Bundt Hø ud paa Feden, om ikke Poulsen vil kjøbe 2 Kr. 100 [pund] det er storartet som det har livet ham op, at I fik den Bagerlejlighed anbragt, nu er der da Penge at faa den 1 Februar til at betale Møllerens med, og jeg maa vel ogsaa have nogen til den Tid, de begynder vel snart at purre fra Kontoret –
+Da jeg kom paa Sygehuset i Eftermiddag gik jeg ind hos Søster for at høre hvad Lægerne sagde
+Da de tog Forbindingen af Faer, og lagde en ny paa, det var saa godt som det kunde være sagde hun, og det er jo ikke umuligt at det gaar langt hurtigere med Helbredelsen; men det kan de jo tale med Overlægen om, naar der er gaaet nogle Dage, - de kjærligste Hilsener til alle baade Store og Smaa
+fra Eders glade Moer</t>
+  </si>
+  <si>
+    <t>1909-02-16</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Erik Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Elisabeth Mackie
+Christine Swane
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen boede i Benediktsgade 3 hos Nils Andersen.
+Alhed og Johannes Larsen var i USA i 1907, for bl.a. at besøge to af Alheds søstre, som boede i Boston. Alheds søster, Christine Mackie, er åbenbart i Danmark lige nu, da hendes datter er nævnt i brevet.
+Bagerbutikken i Langegade var blevet udlejet fra d. 1.2 1909. (Brev 1909-01)
+Det er uvist, hvem Rigmor og Jørgensen er.</t>
+  </si>
+  <si>
+    <t>Det kniber med, at skaffe penge til, at betale for hospitalsopholdet i Odense. Johannes Larsen har fået solgt nogle billeder og skal deltage i en forårsudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yay0</t>
+  </si>
+  <si>
+    <t>Bennediktsgade den 16/2
+Kjære Johannes!
+Nu kom det, hvad jeg havde ventet saalænge, dette blev bragt Fader i dag med Anmodning som du seer, at give mig det, det er saadan at Forvalteren maa aflægge Maanedsregnskab
+Kommer du ikke selv herud kjære, ellers maa I sørge for at sende mig Penge Fader mener ikke vi kan møde med mindre end 60 Kr da der betales forud, havde vi nu blot de Penge fra Bageren saa var vi fri for at plage Eder men det lod jo paa Georg som der skal gaa Salær fra, men det mener Faer ikke er rimelig og vil afvente Svaret fra Sagføreren
+Saa er I til Gilde i Aften hos Syberg og morer Eder vel godt. Vi nyder endnu Glæden over Alheds Brev jo Gud Fader er rigtignok god jeg er jublende glad, at du faar saadan Udbytte af din Amerika Reise; men er det ikke nogen der skulde paa Udstillingen; men du har maaske betinget dig Tilladelse, at de udstilles til Foraaret, det er jo helt flot at der kan staa solgt; Faer er meget oprømt ogsaa hvad Alhed skrev om Møllen gjorde ham godt, ja Gud give dog Fremgang for den kjære Fader ogsaa i timelig Henseende han ligger da nu daglig og glæder sig, at vi blev paa Folkestuen hvad spares der dog ikke
+Indlagte Brev kom i dag lad Pigebørnene læse Rigmors Brev, ja I maa ogsaa godt læse det, vi har godt af at se, hvad andre ogsaa maa lide
+Idag da jeg besøgte Faer kom et Par unge Piger med Blomster til alle Pasienterne det var Emaus Kirkens Ungdoms Forening der var saa hæftet en Seddel ved, med et Skriftsprog
+Hils dog lille Lysse og ønsk ham god Bedring hils ogsaa Puf og de andre 2 smaa Tinge og Putte jeg gaar min daglige Vandring omkring i Husene hos Eder hils ogsaa Agraren det er dog mærkelig siger Faer at Agraren ikke kan skrive mig til, hele hans Færd ligger mig dog saadan paa Sinde
+Tak fordi han talte med Jørgensen om Møllen og Tak fordi du tog fat i Hr Bøttern han maa holde det Løfte at lade Halvdelen male hos Faer; nu er jeg saa træt at jeg maa sige god Nat og de kjærligste Hilsener til Eder Alle fra Moer og Faer</t>
+  </si>
+  <si>
     <t>1911-01-16</t>
   </si>
   <si>
     <t>Kai Nielsen</t>
   </si>
   <si>
     <t>Mads Rasmussen</t>
   </si>
   <si>
     <t>Ludvig Mylius-Erichsen
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, mappe 28</t>
   </si>
   <si>
     <t>Kai Nielsen skriver til MR om nogle støbninger, de havde talt om skulle laves, men MR er ikke glad for den regning, han har modtaget fra gipseren. KN foreslår en ordning. Nævner også muligheden for, at han skal udføre et monument for Mylius-Erichsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/045L</t>
   </si>
   <si>
     <t>[påført med blyant_ 16/1? 1911]
 Hr: Fabrikant Mads Rasmussen
 Min Kone var ude en Dag for at træffe Dem, men De var bortrejst. Ventende at De maatte være kommet hjem sender jeg Dem dette Brev.
 Der skulde jo foretages nogle flere Støbninger, men da jeg har hørt at De var lidt pikeret over den Regning der blev sendt Dem af Gibseren har det været mig lidt pinligt at komme hjem med det selv. Det var naturligvis beklageligt at jeg til Dem angav for ringe en Pris, men jeg vidste ikke bedre. Selvfølgelig er Formene Deres. I den Forstand at De kan lade dem slaa i Stykker. Jeg har i Øjeblikket ikke Raad til at afkøbe Dem Formene ellers var det maaske en Ordning. Nogle mindre Arbejder faar jeg selv Form paa i en nær Fremtid saa faar De efter vor Aftale Afstøbninger og De betaler selvfølgelig kun Regningen paa disse, ikke paa Formen. Men som vi blev enige om kan jeg ikke betale Formene til større Arbejder. Nu er det lykkes mig at faa [Løv?] til at tage Afstøbning af den Figur der staar paa Galleriet. Nu vil jeg foreslaa Dem at Gibseren til Dem indsender et Tilbud. Hvis De saa faar støbt vilde jeg meget gerne hos dem købe en Afstøbning af Figuren. Formen kan de altsaa der som med de andre lade slaa i Stykker naar den er benyttet.
 Jeg fik forleden Dag Brev fra Zahrtmann angaaende Mylius Erichsen Monumentet som det er sandsynligt at jeg skal lave. Han skrev at han synes at Faaborg Musæum "var det bedste og nyttigste, det prægtigste" der var sket i Kunst herhjemme i mange Aar.
 En saadan Udtalelse er jo altid morsom.
 Med Hilsen til Deres Hustru og fra min Kone
 Deres hengivne Kai Nielsen
 [hul i papiret]gade 4.
 Saa snart Zartmann kommer hjem skal jeg se at faa ham til at sidde for mig.
 Jeg husker selvfølgelig mit Løfte til "Faaborg Musæum".
 [tilføjet med blyant: "Mindesten for Mylius Eriksen, Høeg Hagen og Jørgen Brønlund afsløret Decb. 1912."]</t>
   </si>
   <si>
-    <t>1920 årets anden halvdel</t>
-[...54 lines deleted...]
-Marie Krøyer
+    <t>1912-03-03</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Laust Jensen
+Alhed Larsen
 Johanne Christine Larsen
-Anton Lorenzen
-[...106 lines deleted...]
-Johannes Larsen</t>
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Tornøes Hotel ligger i Kerteminde.
+Det kan ikke afgøres, hvilken Anna der er tale om, for Warberg-familien kendte mange af dette navn, og hendes forkortede efternavn lader sig ikke læse. Muligvis Anna Eckardt.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2079</t>
+  </si>
+  <si>
+    <t>Laura Warberg skal ses med sine døtre, til foredrag og koncert mm. Hun skal også til flere børnefødselsdage. Christine og Johanne skal spille koncert på Tornøes Hotel. Laura Warbergs ben er bedre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hX80</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[I brevet:]
+Søndag d: 3de Marts.
+Kære Astrid!
+Jeg havde Besvær med at faa en Krave, der passede, de var næsten udsolgte. Denne kostede 1.-35-, jeg tog to Halsstrimler ogsaa, Kan Du ikke bruge dem, kan Du jo faa Penge for dem hos mig, naar vi ses; 40 Øre. – Paa Fredag kommer vist Elle, hun skrev i Gaar, at d:6te skal de have nogle fremmede saa rejser hun med Alhed til Odense Dagen efter, bliver vist hos Syberg til Fredag og saa til Thora. Bare nu Madame vilde staa ved sin Indbydelse, og have Elle den halve Tid, saa hun kunde faa nogle gratis Fornøjelser der; Hun skal være i Kerteminde igen d:24de da Christine giver en Koncert paa Tornøe assisteret af Laust Jensen og Junge 2 Klaverer: Tro mig saa har de travlt med at øve sig. Mon det nu bliver klar med Din Rejse til Kertem. en Gang i April saa Du kan være med d:12? Noget bliver der nu nok, Thora vil da derover. Jeg vil boe i det store Værelse nede i den røde Gaard, saa Du kan boe hos Alhed. Men nu sès Junge en Gang fra første Færge til sidste. Holder Alhed ikke af at see mig der, saa lad mig vide, hvad vi kan, naar hun er i Kbh. I næste Uge er jeg optaget de tre første Dage, Mandag Daisys Fødselsdag, Tirsdag har jeg bedt Anna [ulæseligt ord], Onsdag i Birkerød, Torsdag et Foredrag, Fredag kommer altsaa Elle, men denne Dag kunde jeg jo nok alligevel, ellers maa det vente til næste Uge. Pokkers saa optaget man er! Naa men saa bliver det lysere om Morgenen, det er ogsaa en Fordel! Men jeg ser nu, at Færgen ikke gaar før 7.30, er det rigtigt? Tidligere var det da før? Hvad mener Du om jeg tog Broderiet til Skamlen med over og vi fik en derovre og jeg lavede den i Stand den Dag?? Du kunde ikke lide en S[ulæseligt]skammel, saa kunde jeg bruge af det Klæde af Dit, jeg fik alligevel ikke Pelskaaben gjort i Stand og saa kunde Du godt faa Resten til din Kjole? Det var vel lettere end at føre en færdig Skammel gennem Tolden? Jeg har det nu bedre i Benet, har de tre sidste Dage gaaet en ordentlig Tur, til Langelinie. I Dag skal jeg til Palækoncert, og derfra til Vanløse; jeg ringede derud for at gratulere lille Frits, og Thora sagde jeg maatte endelig komme i Aften. Ellers intet nyt! Kærlige Hilsener til Dig og Børnene.
+Bedstemor.
+Her er mange Spørgsmaal at besvare!</t>
   </si>
   <si>
     <t>1912-05-27</t>
   </si>
   <si>
     <t>Laurentius Allerup
 August Bagge, Bogtrykker
 Alhed Marie Brønsted
 Else Birgitte Brønsted
 Louise Brønsted
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 - Holstein, Frk.
 Else Jensen
 Jens Jensen
 Johannes V. Jensen
 Villum Jensen
 Alhed Larsen
 Georg Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Anna Rosenørn
 Ellen  Sawyer
 Erik Warberg Larsen
@@ -3564,462 +2997,1077 @@
 Laura Warberg flytter ind i sin nye lejlighed 29. juni og spørger, om Astrid kan hjælpe. Alhed Larsen kan evt. passe børnene. 
 Alhed og Johannes Larsen har været på Næsseslottet sammen med Johannes V. Jensen. 
 Johannes Larsen skal til Frijsenborg og male dyr og skind. Alhed maler en buket tulipaner. 
 Grethe har det godt på Hvilan.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3A6Y</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø –
 Skåne
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Kerteminde – Mandag d:27de
 Kære Astrid!
 Her passerer intet af Betydning at skrive om, saa det bliver intet langt Brev. Vi har ikke hørt noget senere fra Lugge om de saa kommer, her i Juli, Alhed mener, de vilde betænke sig, men det kan da ikke tænkes, at de ikke vil, det er jo voldsom billige Vilkaar. De skal boe i det store Gavlværelse i den røde Gaard og saa give i Pension hos Grosses 3 Kr.. 25 Øre om Dagen, altsaa for Kosten alene for Lugge og de 2 smaa; Else skal hun selv købe Mælk til. Modien og lille Alhed skal boe her for 1 Kr. 50 Øre om Dagen, det er jo rasende billigt. Johanne siger det er hos Grosses omtrent som Du og Børnene gav der. – 3 Kr. – men det var jo ogsaa meget billigt, naar de skal tjene en lille Smule. – Desuden har de nu [ulæseligt] lejet deres Hus ud i den Maaned for 100 Kr. til Fr. Holsteins Søster – Rosenørns, saa det kan jo blive en hel Finansoperation for M[ulæseligt, især naar man tænker paa, at de sparer Pigehold i den Maaned. Det er udmærket! Las og Alhed var i Birkerød til Middag om Tirsdagen, de sagde, der var bleven saa yndigt baade ude og inde. Nu spekulerer jeg lidt paa at vente med at komme til Byen til fex. d: 24de Juni; saa Dagen efter ud til Eder at se det hele, inden de rejser, saa boer jeg paa Missionshotel nogle Dage og faar flyttet ind d: 29de – en Lørdag - maaske Du saa kunde faa Dine smaa hjem og saa være hos mig 2 – 3 Dage først i Juli? Det kan jo altsammen staae roligt og jeg kan imens faae lavet Gardinstænger og sligt. Kan der være Haab om det, saa vil jeg see med lidt mere Ro end nu paa alt det Mas. Det kunde jo tænkes, at Alhed kunde have Børnene med hjem om Søndag eller rettere ligefrem hente dem? Alhed har forstaaet mig saadan De var en Dag paa Næsseslottet hos Direktør Bagges; der er en ulige Luxus af Hygge; de blev hentet i Bil af dem begge og kørt Tur først; Johannes V’s var der ogsaa. Las skal til Frijsenborg at male nogle Skind og Dyr senere hen foruden jo illustrere hans Bog. Alhed staar og maler en vidunderlig stor og smuk Buket Tulipaner som Allerup kom med. Saa han og Ville Fibiger var bedt her til Middag, alle Agrarens til Kaffe. I Dag Regn og Kulde, vi fryser!! Vi var glade ved Dit Brev til Elle; udmærket at Grethe befinder sig saa vel paa Hvilan, saa bliver hun der vel nok Tiden ud. Mon hun ikke vil have udmærket deraf? Hun blev vist saa vild af at lege med alle de Drenge her. - Nu Farvel lille Putte! Vi faaer nok yndigt Vejr i Juni Maaned, saa kan det blive en dejlig Tid for Dig og de smaa. Arbejdet om Sommeren paa det yndige Sted er jo Legeværk. - - 
 Hilsen fra Alhed og Junge, som sidder her og beder mig til Aften!
 Kys de smaa fra – 
 Bedstemor</t>
   </si>
   <si>
-    <t>1899-09-28</t>
-[...2 lines deleted...]
-    <t>Johannes Larsen
+    <t>1912-06-09</t>
+  </si>
+  <si>
+    <t>Birkerød St.</t>
+  </si>
+  <si>
+    <t>Povl Bentzon
+Frederik Bokkenheuser
+Bodild Branner
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Otto Emil  Paludan
+Charlotte Rasmussen
+Ditlev Schroll
+Otto Schroll
+Hempel Syberg
+Nicoline  von Sperling
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs datter, Louise Brønsted, boede i Birkerød med sin familie. 
+Laura Warberg var i foråret 1912 uden bolig, mens hendes nye lejlighed i København blev sat i stand. Hun opholdt sig i flere måneder hos venner og familiemedlemmer. Laura Warberg døjede med et dårligt ben, efter at hun havde haft årebetændelse. 
+Sandholt gods var i 1912 ejet af Nicoline von Sperling. Hvem Frk. B var vides ikke. Muligvis en pige i huset på Sandholt. 
+Det vides ikke, om Kaptajn Schroll er Otto Schroll. Schroll-familien boede på gården Lykkenssæde og var venner med Warberg-familien. 
+Hvem Jørgensen, der nu bor hos Karen, samt Anna B og Margrethe var vides heller ikke. 
+Laura Warberg planlagde længe en rejse sydpå med Marie Warberg. Denne blev udsat fra maj, hvor den skulle have fundet sted.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2086</t>
+  </si>
+  <si>
+    <t>Laura Warberg er hos familien i Snøde på Langeland. Før da besøgte hun Erikshaab og Sandholt. Laura har været til læge i Svendborg med sit dårlige ben. Hun rejser nu til Odense for at besøge Hempel Syberg og se Thora Branner med børn. Derfra tager hun til Kerteminde. Omkring 27. juni vil hun indlogere sig på hotel i København, og hun håber at kunne flytte ind i sin nye lejlighed 1. juli. Astrid er blevet bedt om at hjælpe. 
+Marie Warberg er stadig syg. 
+Laura glæder sig hverken til rejsen i september eller til sin nye lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sojt</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+Adr: Brønsted
+Birkerød St.
+Sjælland
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Snøde d: 9–6–12
+Kære Astrid
+Det er nok snart paa Tiden at skrive til Dig igen og saa faar jeg vel snart lidt at høre om Eder allesammen. Jeg kom hertil i Torsdags, Tante hentede mig i Aasø og vi drak hendes medbragte Kaffe i Skoven paa et yndigt stille Sted; kørte saa til og fra Kirkegaarden gennem Byen til Hotellet, besøgte en Timestid Charlotte Rasmusssen – en af mine Brudepiger - spiste Melon der, gik en lille køn Tur og var her 7½. Jeg havde overnattet i Svendborg og om Formiddagen sejlet til og fra Christiansminde og gaaet rundt derude, der var dejligt og Vejret smukt. Til Erikshaab kom jeg Søndag d:2den, havde to rare Dage der, den ene Aften var der bedt fremmede, bl.a. Kaptain Schroll og [Peia?], rigtig morsomt. Næste Dag var jeg med Paludan på Sandholt til Frokost; de havde været saa uhyre glade ved at see Eder, især var Frøken B. glad ved Dig, hvem hun ikke havde set i saa mange Aar. Derfra kørte jeg alene til Doktor Schrolls og var der hele Eftermiddagen og Aftenen. Onsdag Kl. 5 tog jeg saa til Svendborg og gik samme Aften en dejlig lille Tur uden for Byen. Første Dag her gik jeg ind til Dr. Rasmussen og spurgte ham om mit Ben, der stadig hæver i Anklen og paa Foden, er tungt og træt og hindrer mig i at gaae ret meget. Han gav mig Jod at smøre med og sagde jeg skulde igen gaae med Bind og ligge med tykt Vat om Natten. Nu er det allerede bedre og jeg maa nok følge hans Raad og gaae med det Bind et Par Maaneder, om det saa bare kan blive helt godt! Dr. Bokkenheuser havde jo sagt, jeg maatte lægge det. Jeg rejser til Odense paa Lørdag er to Dage hos Syberg; dersom Thora og Børnene er der vil jeg være en Nat paa Hotel, skal til Øjenlæge og besøge Jørgensen der nu boer hos Karen. Den sidste Ugestid i Kerteminde skal jeg have vadsket og pakket og syet et og andet. Dersom Du ikke kunde være et Par Dage hos mig, vilde jeg grue rædsomt for den Indflytning. I Dag skriver jeg om at faae flyttet ind d: 1ste Juli, haaber han kan den Dag. Jeg rejser altsaa d:27de og boer paa mit gode Missionshotel Gl. Kongensg har meldt mig til Bentzons til Middag og Aften og tager til Birkerød Dagen efter. Det glæder jeg mig meget til; saa er I vel lige paa Falderebet. Anna B. har skreven til mig, om jeg ikke vil have deres [ulæseligt] i Juli og [ulæseligt] formodentlig rejser hun og Margrethe saa paa Landet. Det har jeg sagt Ja til, da jeg efter denne Benhistorie er bange for at være alene. Marie Warberg gaaer endnu med daarlig Finger, Gud veed, hvad det bliver til! Caspersen mener, det tyder paa Benæder. Jeg glæder mig slet ikke til Rejsen i September; det er ikke som i Fjor! Jeg glæder mig heller ikke til min Lejlighed! – Nu Farvel lille Putte! Hilsener til Eder allesammen Jeg længes efter at høre hvordan lille Alhed har det!
+Bedstemor –
+Tante hilser!</t>
+  </si>
+  <si>
+    <t>1913-03-17</t>
+  </si>
+  <si>
+    <t>Langeland
+Snøde</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Marie Brandstrup
+Ludvig Brandstrup, visedigter
+Johanne Caspersen
+Poul Caspersen
+Adam Goldschmidt
+Ina  Goldschmidt
+Alhed Larsen
+Johan Larsen
+Johanne Christine Larsen
 Marie Larsen
-Vilhelmine  Larsen</t>
-[...23 lines deleted...]
-Adolph Larsen
+Christine  Mackie
+Ellen  Sawyer
+Christine Swane
+Lars Swane
+Sigurd  Swane
+Hempel Syberg
+Christiane - tjenestepige hos Larsen 1898
+Andreas Warberg
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2619</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik godt. Christine Mackie og Alhed Larsen låner Lauras lejlighed.
+Johannes Larsen er kommet hjem fra Sprogø med syv billeder, og han har solgt de to.
+Minna og Andreas Warberg kommer til Kerteminde i påsken. 
+Hempel Syberg var sparsommelig/nærig under Lauras besøg hos ham.
+Marie Larsen skal nu være husbestyrerinde i Sverige. 
+Ellen Sawyer har 20 elever (klaver).
+Laura Warberg har besøgt Ludvig Brandstrup og hans skuespillerkæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/usQS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Hilsen fra Tante!
+[Poststempel]
+[I brevet:]
+Snøde – Langeland
+d: 17de Marts.
+Kære Astrid.
+Jeg glemte Dig ikke i Gaar, men var saa lidt oplagt til at skrive og Vejret for grufuldt til [”til” indsat over linjen] at faae Brevet hen Jeg kom i Lørdags, en udmærket Rejse, om Morgenen 6½ fra Syberg, i Rudkøbing Kl. 10, med Bilen hertil ved 12½ Tiden lige til deres Middag. Nu bliver jeg her til ca. d: 25de. Poul og lille Johanne ventes Langfredag og Barnet bliver her en lang Tid. De første Dage i April senest er jeg hjemme igen. Christine og Alhed boer i min Lejlighed fra i Onsdags og er saa glade ved det. Las er kommen fra Sprogø med 7 dejlige Billeder og tænk allerede i Fredags var der solgt et af dem til 2500 og et til 600; han sælger nok alt paa den Frie! Det er dejligt! Nu kan de da med rolig Samvittighed bygge Udhus! Minna og Andreas har meldt sig til dem i Paasken. de kommer selv hjem Skærtorsdag. Lysse boer hos Swanes. Syberg var yderst sparsommelig denne Gang, ikke Antydning af Godter, ingen Indbydelse til Elle og Johanne om at komme derud, mens jeg var der, ingen Godter med da jeg en hel Dag var i Kerteminde; noget helt usædvanligt altsammen! Men jeg havde det frit og rart, var en Del nervøs, da jeg kom, mit Hoved er jo ikke helt i Orden. Jeg kan ikke lade være med at tænke paa vores eventuelle Rejse, hvad kan Du?? – Jeg vilde have vældig godt deraf. Første Halvdel af [”Halvdel af” indsat over linjen] Juni skal jeg være i Kerteminde, d.v.s. inden Midten af Juni; det passer jo udmærket, dersom vi bare rejser en halv Snes Dage. Til den Tid skal jeg virke for Elle; det var for tidligt nu at gaa til Fiskeri[ulæseligt]! Jeg havde en yndig Dag i Kertem; Johanne var hos os til Kl. 3, og vi kom derover ved 5Tiden til en fin Aften. Tænk at Marie skal fra dem nu til Paaske, styre Huset for en ung Andresen, der har købt en Gaard i Skåne ved Ringsjøen, have 30 Kr. mdl. Johanne vil prøve i Sommer ene med Christiane, som vil blive ene, nu Marie rejser. Det kan være baade godt og ondt. Elle har nu 20 Elever, ca 50 Kr. om Maaneden. Hun sætter Penge i Banken! Det er godt gjort! Andreas gav hende nylig 13 Kr; men det er jo godt, hun har lidt at tage til. – Syberg nævnede intet om Understøttelse, det maa han helt have glemt!! Her er saa lidt at skrive om. – Jeg besøgte Ludvig og hans Kæreste var bestilt til at være der; hun er rigtig sød og naturlig, ligner ingen Skuespillerinde, har gaaet to Aar paa Kgl. Teaters Elevskole; men blev ikke antaget; kun 3 af 30! en af hendes Kammerater saa jeg som Agnete i Elverhøj nylig med Lysse. Undres paa, at hun vil have Ludvig!! - De skulde til Charlottenlund i Paasken, hvis de kunde for Prøven. Hun er engageret igen med 30 Kr. Tillæg næste Saison, men kan ikke, vil vist til Aarhus! Men har vist ikke videre Roller. Jeg vilde nok have set ham spille men i ”Hans eneste Kone” med en Masse Personer var han slet ikke og hun kun en lille Rolle. – Hils de kære Unger, det kan blive morsomt, naar I kommer til mig en Tid i Sommer, mens A. har Ferie. –
+Kærlig Hilsen!
+Mor.</t>
+  </si>
+  <si>
+    <t>1913-04-12</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Wilhelmine Berg
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Bodild Holstein
 Alhed Larsen
 Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>"det bliver sikkert sidste Gang, mens jeg selv har Lejlighed": Laura Warberg var reelt uden egen bolig i en periode 1913-1914 og boede familiemedlemmer på skift. I 1914 stod et hus, som Alhed og Johannes Larsen lod bygge til hende i Kerteminde klar, og hun flyttede ind i det maj 1914 sammen med datteren Ellen og barnebarnet Grethe. De kom kun til at bo i dette hus i få år.
+Se på lejlighed med "Tante": Johanne Caspersen (Laura Warbergs søster) og hendes mand flyttede fra Langeland til København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2623</t>
+  </si>
+  <si>
+    <t>Laura Warberg har det lidt bedre, men hun bliver let træt i hovedet. Hun spørger, om Astrid kan komme og være hos hende nogle dage. 
+Christine Swane/Uglen venter barn, men hun vil vist ikke tale om det. 
+Laura Warberg har inviteret Brønsted-familien/Magisterens til frokost, og det bliver nok sidste gang, mens hun selv har en lejlighed. I juni skal hun til Kerteminde og bo på gavlværelset. Hun skal være en del hos Christine, da der altid er meget uroligt i Alhed og Johannes Larsens hus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpAe</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempler]
+[I brevet:]
+Søndag Eftermiddag.
+Kære Astrid!
+Jeg er mutters ene hjemme, Nete og Putte er i Birkerød fra 3 Toget, jeg vilde ikke med da der altid er saa mange fremmede om Søndagene, og nu vil jeg passe godt paa mit Hoved, jeg har haft det bedre de sidste 3 Dage, men ganske vist, jeg bestiller ingenting bare skrive 3 Breve ad Gangen, saa kan jeg mærke det. Jeg gad vide, om Du skulde kunne indrette Dig paa at være her 2-3 Dage efter 1ste Maj, fra Nete rejser og til jeg tager til Charlottenlund, ikke for at hjælpe med noget, heller ikke fordi jeg mere er bange for at være ene, men det kunde være saa grulig nostalgisk at have Dig, det er saa længe siden, Du var her ud over en Dag Tænk over det og lad mig vide, om jeg kan glæde mig dertil. Saa haaber jeg at være helt rask, saa vi kan ture lidt sammen. 
+Veed Du at Uglen venter en lille og er indskreven paa Fredb. Fødehjem, hun glæder sig nok noget dertil de har det vist bedre økonomisk; er flyttet til Christianshavn, foreløbig i en ganske lille Lejlighed. Men hun vil vist ikke have talt derom, jeg hørte det i Aftes hos Dr. Holstein. 
+Ellers intet nyt. Jeg har bedt hele Magisterfamilien til Frokost paa Fredag – ikke Else – det bliver sikkert sidste Gang, mens jeg selv har Lejlighed. Jeg husker ikke i hvilken Maaned A. har Ferie og Du skulde være her med Børnene. I Juni skulde jeg være i Kerteminde, jeg vil bo paa Gavlværelset og have Morgen og Middag sammen med Christine for Betaling spise Aften hos Las’s. Har jeg fortalt Dig dette i Tirsdags? Det kan blive mere roligt for mig end i Alheds altid urolige Hus, der er bogstavelig aldrig en Dag til Ende uden Gæster. Alhed syntes ikke rigtig om denne Plan, vilde have mig til at spise Middag ogsaa der, men jeg vil nu paa den anden Maade og vil vist befinde mig udmærket derved. En del af Juli er Tante her og vi skal se paa Lejlighed Nu er der ikke mere at skrive om lille Putte.
+Kærlige Hilsener til Dig og de kære Smaa. Putte er vældig sød at læse med.
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1913-04-25</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Bodild Holstein
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg havde en periode i 1913-1914 problemer med øjnene. 
+I Snøde på Langeland boede Laura Warbergs søster og svoger.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2627</t>
+  </si>
+  <si>
+    <t>Laura Warbergs hovede er som bly. Nete ligger med bronchitis, og Christine er forkølet. En sygeplejerske hjælper nu.
+Laura begyndte i Snøde på at brodere et tæppe til Astrid, men hun kan ikke sy nu. Hun sender en bog som fødselsdagsgave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DEbN</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+[Fortrykt:]
+LAURA WARBERG.
+[Håndskrevet:]
+Fredag Formiddag
+Kære Astrid!
+I al Hast skal Du have en kærlig Lykønskning lille søde Putte! Alt godt kommer til Dig og Eder alle i det nye Aar! Det er dejligt, Du kommer paa Onsdag! For Tiden ser det nu rigtignok trist nok ud her, men jeg er da bedre igen efter en meget slem Omgang. Hovedet bly siden Lørdag Nat! Jeg kan intet bestille med Briller, prøver i Dag dette Brev. Nete ligger i Sengen af Bronkitis men i mild Grad, Putte ligger af en Forkølelse, 38⁴ Feber til Morgen. Christine og Dr. Holstein havde i Aftes paa egen Haand ringet efter en Sygeplejerske, som nu er kommen; jeg turde jo ikke for min egen Skyld gaae her alene med alt det. Nu kan jeg da ogsaa røre mig herfra; skal være meget i Luften! Dr. H. mener Nete og Putte med er ovre det hele til Onsdag.- Et broderet Tæppe til din lille Puf i Soveværelset begyndte jeg paa i Snøde, men alt Sytøj hviler nu! En Bog sender jeg samtidig med dette! Hvor de smaa vist glæder sig til Mors Fødselsdag! Hils dem. Saa skriver jeg et Kort paa Mandag om status quo her!
+Kærlige Hilsener!
+Mor!</t>
+  </si>
+  <si>
+    <t>1915-01-27</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+- Fibiger, Frøken
+- Hjort
+- Holstein, Frk.
+Grethe Jungstedt
+Camilla Kattrup
+Rasmus Kattrup
+Charlotte Knipschildt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Ellen  Sawyer
+Hempel Syberg
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg fejrede sin 60års fødselsdag med ca. 30 gæster 20. januar 1915. I samme måned holdt man Grethe Jungstedt 15års fødselsdag. Forberedelserne samt festerne er omtalt i flere breve fra perioden. 
+Tante kan både være Wilhelmine Berg og Johanne Caspersen.
+De to omtalte bøger kendes ikke (navnene er svært læselige og kan være forkert afskrevet). 
+Det vides ikke, hvem Frits Knipschildt er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3768</t>
+  </si>
+  <si>
+    <t>Der er meget selskabelighed.
+Festen var vidunderlig, og alle gæster var glade for den. Laura Warberg skriver hver dag takkebreve.
+Grethe Jungstedt fik gode gaver.
+Laura Warberg læser med Erik.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n0pe</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant øverst s. 1:]
+1915?
+[Skrevet med blæk:]
+Kerteminde d: 27_de_
+Kære lille Muk! Det er en stor Skam, jeg har glemt Dit Slør lige til nu. - I Morgen 3_20_ rejser Christine for et Par Dage ind til Fr. Holstein og Eli. - Las's er i Dag bedt til Middag hos Pastor [ulæseligt]; i Morgen Aften har vi Spilleklub med drengene; Alhed vist med, Las paa Lundsgaard. Det var en vidunderlig Fest! Alle vi taler med og hører fra begejstrede! Allerede Lørdag fik jeg Takkekort fra Charlotte; de levede i Minderne om den dejlige Fest! I Dag blev Las's og Elle pr. Telefon bedt til Hjorts ved Langesø, Frits Knipschildt er der, men de kunde altsaa ikke, Fru Hjort sagde, at Kattrups havde moret sig saa storartet her! 
+Tante blev til Mandag og var rask. Jeg har moret mig mere end en Gang ved at læse Langemann; hvor er dog Tipperary morsom! Mon jeg dog takkede Madien eftertrykkeligt nok! Jeg har en Følelse af, at mine Taksigelser har været saa ufuldkomne! Jeg skriver og skriver hver Dag; er snart færdig med alle Takkebreve. Jeg har haft det udmærket hele Tiden, er i Gaar begyndt at gaae Tur, skjøndt Knuden paa Benet ikke er helt væk, men generer mig ikke. Grethe fik af Ville Fibiger 2 Kr. og en nydelig Naal med 3 smaa Stene; Tante vil sende hende en Manicureæske. - Nu læser jeg [ulæseligt ord] med Erik og han gør sig glimrende Umage med alt; han spiser Middag her. - Hvor Dagene længes dejligt! Nu bare den korte Februar, saa gaaer det mod Foraaret. - Putte forkølede sig desværre og har ligget til i Gaar. Naar Thora er rask, skal hun lidt til Syberg alene; vi glæder os til hende. Du skal snart faae Kejserdrammen sendt; Elle og jeg læser den med stor Interesse. - Johanne har det godt. - Et Par Breve skal skrives og bringes hen til 3_20_, altsaa Farvel lille Muk! Hils alle de søde Børn! Ogsaa Telegrammerne har jeg nydt om igen. Alt var langt over mine dristigste Forventninger!
+Kærlige Hilsener
+Mor.</t>
+  </si>
+  <si>
+    <t>1917-06-12</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Ærø
+Langeland
+Faaborg</t>
+  </si>
+  <si>
+    <t>Hans Andersen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem Peter er.</t>
+  </si>
+  <si>
+    <t>Johs. V tager motoren med til Ærø og Langeland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g2n6</t>
+  </si>
+  <si>
+    <t>Kære Venner. Vi kom til Faaborg uden Uheld, sejler med det samme med Peter og Hans til Lyö. Vi kan tage Motoren med til Ærø og Langeland, da der gaar Damper. Venlig Hilsen til Johan. 
+Else &amp;amp; Johs V.</t>
+  </si>
+  <si>
+    <t>1919-05-27</t>
+  </si>
+  <si>
+    <t>Minna Warberg</t>
+  </si>
+  <si>
+    <t>Brædstrup</t>
+  </si>
+  <si>
+    <t>Langeland
+Tranekær</t>
+  </si>
+  <si>
+    <t>Andreas Warberg
+Fritz Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht og Laura Warberg blev gift 28. maj 1869. Han døde i 1902. Man holdt altså guldbryllupsfest for enken, Laura Warberg. Hun havde i sin ungdom fungeret som huslærerinde på Tranekær og holdt forbindelsen til godsets indehavere. 
+Rodvigsballe er en gammel gård, der nævnes i 1531 som Raadisballe og 1535 som Rudisballe. Gården Ligger i Grædstrup Sogn i Horsens Kommune. (Wikipedia jan. 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3849</t>
+  </si>
+  <si>
+    <t>Minna Warberg ønsker Laura Warberg tillykke med guldbrylluppet. Det er trist, at Andreas/Dede ikke har tid til at deltage.
+Når Laura kommer til Brædstrup i pinsen, skal familien holde barnedåb for Fritz. 
+Minnas og Andreas' byggeri er nu snart færdigt, og det bliver yndigt. De har været til stort sølvbryllup på en herregård.
+Minna har hørt, at der er smukt på Tranekær, når æbletræerne blomstrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BGVZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet, for:]
+Fru Warberg.
+p.t. Tranekær.
+Langeland.
+[Stemplet i adressefeltet, bag:]
+Andr. Warberg
+Overretssagfører,
+Brædstrup.
+[Håndskrevet i brevet:]
+Brædstrup, d. 27-5-1919.
+Kæreste Svigermor! Ogsaa fra mig sendes dig mange Ønsker paa din Guldbryllupsdag, Dede skrev jo i Gaar; det bliver nok en yndig lille Fest for dig, det er blot kedeligt Dede ikke synes han har Tid til at være med. - Dede skrev jo, at vi ventede dig i Pinsen, men han glemte vist at fortælle at vi vilde have Drengen i Kirke 2_den_ Pinsedag, saa du maa da endelig komme. - Vi kan nu begynde at se Ende paa vores Byggeri, men det har jo ogsaa varet dobbelt saa længe som vi havde tænkt os, det har været en gyselig Tid at gennemgaa, men yndigt faar vi det, det skal blive morsomt at vise dig det. Vi har i Søndags været til Sølvbryllup paa Rødvigsballe, det var en yndig Fest, 80 Mennesker, spiste i Telt i Haven &amp;amp; dansede længe bagefter. Fin Mad &amp;amp; god Stemning. Dede holdt en pæn Tale, jeg tror, han ender som Taler. Du faar nok godt Vejr, &amp;amp; saa har jeg hørt engang, at Tranekær, - naar Æbletræerne blomstrer, er prægtig smuk. Hils nu alle Bryllupsgæsterne, et Kys til dig selv fra Drengene &amp;amp; din heng. Minna.</t>
+  </si>
+  <si>
+    <t>Forår 1920</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Sjælland
+Rudkøbing
+5900 Nyborg
+Langegade 48, Kerteminde</t>
+  </si>
+  <si>
+    <t>- Alstrup
+- Brincher
+Victor Bøttern
+Johan Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Frida Madsen
+Carl Petersen, arkitekt
+Franz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er elev ved Birkerød Kostskole.
+Bagergården lå i Langegade 48, Kerteminde som nabo til Johannes Larsens barndomshjem, Købmandsgården. I.A. Larsen, Johannes Larsens far, ejede i mange år Bagergården, og Johannes Larsen arvede den. Victor Bøttern, som købte gården af Johannes Larsen, solgte den straks videre til installatør Claus Jørgen Reenvig (Historiske Huse i Kerteminde. Kerteminde Museum 1989, s. 195)
+Det vides ikke, hvem Klavs, som skal have fem kroner, er.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender sønnen 10 kr. Hun vil gerne høre om den skriftlige eksamen.
+Alhed Larsen har haft en god tur til Langeland med sin mor. På tirsdag skal hun, Johannes Larsen, Lehn Schiøler og en svensk herre til Filsø. 
+Carl Petersen er på besøg for at tegne vaskehus og lokum. Larsen-parret har bestemt sig for toilet.
+Larsen-familien har solgt Bagergården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qisF</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Jeg vover at lægge en 10er i dette Brev, vil du give Alstrup de 2 som Lysse laante af ham. Klavs skal have for 5 Frimærker og Resten maa Du selv have til lidt Tobak, Konditori eller Godter nu til Din strænge Examenstid. Du maa endelig lade høre flittig fra Dig og skriv saa snart Du ved noget om hvordan det skriftlige er gaaet. Jeg synes de Klader ser meget gode ud, af de tyske er Genfortællingen den bedste. Skriv saa om de andre. Sig til Trylle og Brincker at jeg glæder mig meget til at se dem her i Sommerferien. Jeg vedlægger 2 Frimærker, saa er det nemmere for Dig, jeg skal sende flere. – Du kan tro det var vellykket paa Langeland, vi havde et Par ganske dejlige Dage, Vejret var jo straalende, og alle Mennesker var saa søde mod os. Bedstemor har mange gamle Venner. – Paa Tirsdag kommer Lehn Schiøler og en svensk Herre. De overnatter her og Onsdag tager de, Jeres Far og mig med til Filsø; bare Vejret vil holde, men det maa man jo næsten ikke ønske, vi trænger saa frygtelig til Regn. Lysse havde rædsom Modvind paa Sjælland og kom først med Færgen Kl. 10 og tænk jeg var med samme Færge men paa 2den Kl, saa vi saa ikke hinanden, jeg tog med Toget fra Nyborg paa Gr. af Modvind, han var kommen da jeg kom herhjem, han var ikke træt men meget sulten men heldigvis havde Frida Steg og Abrikosgrød til Aften og vi fik Vin. Calle er her jo for at tegne Vaskehus og et nyt Lokum ovre i det aabne Skur, vi har bestemt i Formiddag, at det skal være W.C. det bliver fint. Skriv nu endelig saa vi har det inden vi rejser til Jylland, jeg skal nok skrive flittig til Dig, min søde Gamle. – Bøttern har købt Bagergaarden for 17000, saa nu er vi kommen af med 2 Ejendomme. De ny Elektrikere har igen købt den af ham. – Hav det nu rigtig godt søde Gamle og skriv snart og flittig. 1000 Hilsner fra Din Mor 
+Lysse og Din Far og Calle hilser</t>
+  </si>
+  <si>
+    <t>1920 årets anden halvdel</t>
+  </si>
+  <si>
+    <t>Langegade 50, Kerteminde
+Langegade 48, Kerteminde
+Hindsholmvej 10, Kerteminde
+Strandvejen 30, Kerteminde</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Wilhelmine Berg
+Victor Bøttern
+Kristine Hinke 
+Johan Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen må være på Birkerød Kostskole. Hans bror, Johan, blev student i foråret 1920, og han er tilsyneladende hjemme i Kerteminde. 
+Den røde Gård er købmandsgården, Langegade 50, Kerteminde . Herfra drev I.A. Larsen sin købmandsvirksomhed, og Johannes Larsen og hans søskende voksede op i huset.
+Langs Anlæget: Nedenfor Alhed og Johannes Larsens hus i Kerteminde findes (stadig) Kildeanlægget mod Hindsholmvej og Nordstranden. Larsen-parret overtog en grund lige ned til stranden. Denne hører stadig (2018) til Johannes Larsen Museet. 
+Bagerløkken: Victor Bøttern købte i foråret 1920 Bagergården, Langegade 48, Kerteminde, af Larsen. Bagerløkken lå bag denne ved Strandvejen. 
+"Parken": Alhed og Johannes Larsens have var og er meget stor. Man havde dueslag, og det er tænkeligt, at Johan Larsen er blevet sat til at skyde katte for at værne om Johannes Larsens kære vildfugle.</t>
+  </si>
+  <si>
+    <t>Larsen-familien har solgt den røde gård (købmandsgården) for 50.000 til Victor Bøttern, og ved et mageskifte har de fået en strimmel jord ved stranden. Her vil de bygge badehus og bådebro til drengenes både. Bøttern har til gengæld fået lidt jord ved Bagergården.
+Fru Hinke er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aqgF</t>
+  </si>
+  <si>
+    <t>Kære, søde Gamle!
+Jeg længes meget efter D [D overstreget] at høre fra Dig, min gamle Ven, jeg havde selv tænkt at skrive lidt flittig til Dig i Din Ensomhed, men det er ikke bleven til noget her har været saa forfærdeligt meget af alle Slags. Vi har i disse Dage solgt den røde Gaard til Bøttern for 50.0000 ja egentlig har vi faaet de 55000 idet de Omlavninger, som Salget af Bagergaarden førte med sig (Hestestald, Vognport, Vaskehus, Lokummer o.s.v.) bekoster han nu selv og det hele beløb sig til mindst 5000 – vi bød jo Gross. det først, da vi en Gang har lovet ham Forkøbsret til det, men han kunde jo ikke. – Saa vidt vi kan se faar vi, naar alle Laan er udbetalte, 27000 ind i Banken og af de Ejendomme vi beholder faar vi en aarlig Indtægt af 1800 ÷ Skatter og Reparationer, det ser jo helt pænt ud og er da til at overse. – 
+Saa har vi tillige Mageskiftet med Bøtterns, saa vi faar en Strimmel paa 5 Al. helt ud til Stranden, (langs Anlæget) hvor vi vil lægge Badehus og Bro til jeres Baade, kan det ikke blive glimrende? De faar til Gengæld en tilsvarende Strimmel af Bagerløkken, halv saa lang og dobbelt saa bred, altsaa c. 10 Al. – Er alt dette ikke interessant lille Gamle? Slutse [”Slutse” overstreget] Købekontrakten er underskreven i Dag. – Fru Hinke blev begravet i Gaar, Din Far og jeg fulgte. Tante Mis kom i Aftes. Patronen var her forleden til Aften. – Jeg viste i Gaar 3 Damer ud af Haven ”Parken” som de kaldte den for at undskylde sig. –
+Nu er der vist ikke flere Bulletiner! Lad mig endelig snart høre fra Dig. 1000 Hilsner fra Din Mor.
+Lysse arbejder med Duer og skyder Katte
+Torsdag</t>
+  </si>
+  <si>
+    <t>1920-09-22</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Langegade 76</t>
+  </si>
+  <si>
+    <t>Birkerød Kostskole</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Torby er formodentlig Tårbystranden ved Odense Fjord. Området kaldes idag Tårup Strand.
+Johan/Lysse Larsens onkel kan have været Adolf Larsen eller Georg Larsen (Johannes Larsens brødre). Jens var formodentlig brevskriverens bror. 
+Det vides ikke, hvem Vinter var. 
+"Skedeanden" var muligvis en skeand og "pivanden" en pibeand.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Brevskriveren fortæller om flere jagtture og om en fælles kammerat, som er blevet smidt ud af jagtselskabet. Han selv er glad for at måtte låne prammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N2rx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+Birkerød Kostskole
+[På kuvertens bagside:]
+afs Ejner Frandsen Langegade 76
+[I brevet:]
+d-22-9-1920 den ["den" overstreget]
+Kære Lyse.
+Jeg vil lig fortælle dig hvordan det gaar med Jagten, du ved jo nok at Jagten gik en paa Harer i gaar, saa vi skulde gå pa ["pa" overstreget] til Torby om Morgenen, jeg var med min Broder og din Onkel deroppe Kl 1/2 6 men Græsset var saa vaadt saa vi fik ikke ret meget set igennem din Onkel fik 1 Hare og Jens 2 jeg fik ikke et eneste skud saa jeg skød ikke noget, og de skulde jo ogsaa tidlig hjem for Kl - 8 skulde de jo paa Klapjagt. Du ved jo nok at det var snakket om at Vinter skulde smides ud af Jagtselskapet og det er han ogsaa bleven nu, saa du kan tro at han er gal, han sagde den gang at han blev smidt ud at han nok skulde møde paa Klapjagten men det torde han aligevel ikke, men han sagde til mig at nu kunde de se om de fik saa meget Vildt som han havde faaet om Morgenen, men det tror jeg dog nok at de havde faaet de fik 14 Harer og 29 Høns og 1 Fasan og saa meget tror jeg nu ikke at Vinter har faaet. Den anden Dag da jeg kom hjem fra Arbejde saa jeg at Vinter kom med Bøssen, saa spurgte jeg hvor han skulde hen med saadan en fart men det vilde han ikke fortælle mig, men jeg Cyklede med et stykke hen af Vejen saa fortalte han mig at der sad en Skedeand nede ved Toldboden. Men lige saa snart jeg kom derhen saa jeg at det var en Pivand. Og han skød den lige med det samme, men den var ogsaa saa tam at han kunde gaa ["gaa" indsat over linjen] lige ned til den, jeg troede at det var en af din Faders men Puf sagde at de var der begge to, saa vi skulde tro at det var en syg. 
+Jeg var i Fjorden i Gaar men der var ingen ting, men i Dag vel ["vel" overstreget] er der en god Storm af Syd Øst saa der kommer nok Gæs Vinter sagde at han havde telefoneret efter dem saa de kommer nok. Jeg var ude at gid Prammen en Omgang Blokfernis den anden Dag og den har ogsaa faaet Maling saa du kan tro at den er tæt. jeg ["jeg" overstreget] Du kan tro at jeg er glad ved at jeg har faaet lov til at laane Prammen ellers kunde jeg næsten ikke komme nogen Steder. nu har jeg ikke mere at fortælle dig denne gang.
+Mang Hilsne fra Basse</t>
+  </si>
+  <si>
+    <t> 2. jun. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DMr2WPrd</t>
+  </si>
+  <si>
+    <t> 3. jun. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AOsMo2Nd</t>
+  </si>
+  <si>
+    <t> 4. jun. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XZwQ3HoB</t>
+  </si>
+  <si>
+    <t>1921-06-07</t>
+  </si>
+  <si>
+    <t>Lohals Havn</t>
+  </si>
+  <si>
+    <t>Lohals Havn
+Rudkøbing
+Steensgård
+Egeløkkevej 2</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Georg Jacobsen
+Andreas Larsen
+Johan Larsen
+- Tørring</t>
+  </si>
+  <si>
+    <t>I 1921 sejlede Johannes Larsen i tre måneder rundt til de danske øer sammen med Achton Friis. Skipper var Johannes Larsens gamle jagtkammerat Christian Andersen og sønnen Puf var kok og motormand.
+Åsø er en ubeboet ø nær Langeland. 
+Det er uvist, hvem Olsen var. Larsen-familien kendte mange med dette efternavn. 
+Egeløkke er en hovedgård på den nordlige del af Langeland. 
+Steensgård er en hovedgård på Langeland 24 km NØ for Rudkøbing. (Kilde: Store danske encyklopædi.)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Achton Friis er klar til at afsejle fra Lohals efter at have set meget på denne del af øen. Turen går videre til Langeland. De har bl.a. besøgt godserne Steensgaard og Egelykke og cyklet en del rundt.
+Johannes Larsen er spændt på, hvordan det går Lysse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NbK6</t>
+  </si>
+  <si>
+    <t>Lohals Havn 7 Juni 1921 Kl. 6 1/2 Mrg.
+Kæreste Alhed!
+Tak for Pengene og Tusind Tak for Dit Brev. Vi sejler nu fra Lohals og til Aasø hvis vi kan ligge der og ellers videre til Rudkjøbing. Jeg har bedt Postvæsenet sende videre dertil hvad der muligvis maatte komme af Breve. Vi har haft en god Tid her og set en hel Del af denne Ende af Øen. Jeg har cyklet 2 Ture hver Dag enten med Puf eller med Friis og lavet et Par Tegninger hver Dag undtagen i Lørdags da vi var paa Steensgaard om Eftermidg og blev bedt til at spise med og køre Tur efter Midg og The og Whisky efter Turen saa vi kom først hjem ved 11 Tiden. I Gaar var vi paa Egelykke Friis og jeg om Frmdg paa Cykle og om Eftrmdg kørte vi alle 4 derned i Automobil. Vi faar meget kønt at se. Efter Turen spiste vi Smørrebrød her på Hotellet og nu sejler vi altsaa videre.
+Jeg er spændt paa at høre hvordan det gaar Lysse, jeg har ikke den bedste Tro til det. Det var godt du fik ordnet alt det med Pengene og morsomt at Jacobsen og Tørring og Olsen kom der ned inden Du rejste. Jeg skal hilse mange Gange fra Puf og fra de 2 andre.
+Din hengivne 
+Johannes Larsen.
+Alt vel. Har det godt. Tak for Chokoladen og Pakken.
+Puf.
+PS.
+Hører Du hjemme fra noget om hvordan det gaar med Fugle og Blomster??
+JL</t>
+  </si>
+  <si>
+    <t> 8. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1itiWL5I</t>
+  </si>
+  <si>
+    <t>13. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7akvRFjJ</t>
+  </si>
+  <si>
+    <t>1921-06-15</t>
+  </si>
+  <si>
+    <t>Rudkøbing</t>
+  </si>
+  <si>
+    <t>Bagenkop
+Svendborg
+Taasinge
+Thurø
+Lohals
+Humble, Langeland</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Christian Andersen
+Alfred Eckardt
+Elisabeth Eckardt    
+Achton Friis
 Jeppe Andreas Larsen
-Marie Larsen
-[...47 lines deleted...]
-P:S: Har Ø.Kvien kælvet?</t>
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Achton Friis er på tur rundt i landet med skibet Rylen. De laver forarbejde til bogværket De Danskes Øer.
+Det vides ikke, om Lyon er en person, eller om der er tale om byen.</t>
+  </si>
+  <si>
+    <t>Friis og Johannes Larsen har været på cykeltur til Bagenkop, hvor Johannes Larsen har fået malet og tegnet en del trods dårligt vejr.
+I Humble mødte de Alfred Eckardts Misse.
+De næste dage tager Puf og Johannes Larsen videre mod Taasinge, Thurø og Svendborg.
+Johannes Larsen er utålmodig efter at få brev fra Alhed Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FEkQ</t>
+  </si>
+  <si>
+    <t>Rudkjøbing 15 Juni 1921
+Kæreste Alhed!
+Vi er lige nu kommen tilbage fra en Cykletur til Bagenkop hvor vi overnattede 2 Gange i Kroen. Jeg fik tegnet en Del, men i Dag var det desværre Regn saa jeg trods 2 forgæves Forsøg maatte indskrænke mig til Blyant som heller ikke blev til noget. Hos Apotekeren i Humble der kendte Friis, dukker Alfred Eckardts, er det Misse hun hedder op. Hun fortalte at det var Laurentius' Fødselsdag i Dag, Vi traf her Puf og Chr. Andersen i bedste Velgaaende. I Mrg. skal Puf og jeg paa en Tur Nord paa og saa skal vi videre videre til Svendborg i Overmrg, for at efterse Taasinge og Thurø. Puf gaar nu paa Posthuset. Jeg haaber der er noget fra Dig vi har ingen Ting hørt siden i Fredags da vi fik Dit Brev fra forrige Fredag. Puf er endnu ikke ankommet fra Lohals. Derimod fik jeg omtrent omgaaende en Skitsebog som jeg skrev til Papirpetersen efter. Jeg er meget spændt paa hvordan det gaar Lyon. Skriv endelig lidt tiere. Mange Hilsner ogsaa fra Puf
+Din JL
+Jeg skal ogsaa hilse fra Achton Friis og Chr. Andersen.</t>
+  </si>
+  <si>
+    <t>1921-06-17</t>
+  </si>
+  <si>
+    <t>Tranekær
+Tullebølle
+Skrøbelev
+Lindelse Nor
+Sct. Jørgens Kirke, Svendborg
+Thurø
+Rudkøbing Havn</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Martha Friis
+Andreas Larsen
+Alfred Nielsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Christian Andersen sejlede med skibet Rylen som forberedelse til bogværket De Danskes Øer. Larsens søn, Andreas (Puf), deltog som kok.</t>
+  </si>
+  <si>
+    <t>Puf fotograferer sin far, Johannes Larsen, mens han maler et sted ved Tranekær. Senere er det hensigten at sejle til Lindelse Nor.
+Johannes Larsen beder Alhed Larsen om at sende deres breve til fru Achton Friis, der bor i præstegården ved Sct. Jørgen Kirke i Svendborg. Johannes Larsen har efterhånden malet en del akvareller og tegninger under turen til Langeland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ar7s</t>
+  </si>
+  <si>
+    <t>Fredag 17 Juni 1921 Rudkjøbing.
+Kæreste Alhed!
+Ligesom jeg havde faaet mit Brev af Sted, kom Puf med Dine 2 breve. Jeg var ikke med ham den dag han var i Tranekær og han havde ikke faaet Øje paa det, men i Gaar da han var med mig ude mellem Tullebølle og Tranekær cyklede han hen og fotograferede det mens jeg sad og tegnede. I Formdg skal jeg med Friis til Skrøbelev og i Eftrmdg er det Hensigten at sejle ned til Lindelse Nor. Jeg tror at Du nu helst maa adr. vore Breve til Fru Achton Friis - Sct Jørgens Præstegaard Svendborg - vi kan ikke sige hvor vi kommer til at ligge fast i den nærmeste Tid vi skal vist have fat paa Thurø og Taasinge nu, men det retter sig jo efter Vejr og Vind hvor vi kommer til at ligge. Jeg har malet 4 Aquareller, 3 fra Havnen og Alfr Nielsens Havedør og vist tegnet nogle og Tredive Tegninger fra Langeland. Mange kærlige Hilsner
+Din JL</t>
+  </si>
+  <si>
+    <t>1921-06-23</t>
+  </si>
+  <si>
+    <t>Thurøbund</t>
+  </si>
+  <si>
+    <t>Thurøbund
+Thurø
+Brydegårdsvej 17, 5700 Svendborg, Danmark
+Bagenkopvej 13, 5932 Humble, Danmark
+Århus
+Skt. Jørgens Kirke, Svendborg</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Carl Frederik Iuel-Brockdorff
+Chr. Kryger
+Andreas Larsen
+Ada Reedtz-Thott</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Achton Friis og Christian Andersen sejlede med skibet Rylen som forberedelse til bogværket De Danskes Øer. Larsens søn, Andreas (Puf) deltog som kok. Martha Friis og sønnen opholdt sig en tid hos præsten ved Sct. Jørgens Kirke i Svendborg. 
+Johan Larsen (Lysse) gik til eksamen i samme periode. 
+Det er uklart, hvem Jh er. Den lille baron er muligvis Carl Iuel-Brockdorff.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har cyklet Thurø rundt, mens Christian Andersen sejlede båden til Sct. Jørgen. Vejret er dårligt. Opholdet på Langeland har taget uforholdsmæssig lang tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oc0G</t>
+  </si>
+  <si>
+    <t>Thurøbund 23 Juni 1921
+Kæreste Alhed! Tak for Brevet som vi fik i Gaar. I Gaar Morges sejlede vi ind til Svendborg Havn og fik vore Cykler. Friis og jeg cyklede saa Thurø rundt mens Puf og Chr A sejlede Baaden til Sct. Jørgen. Om Aft mødtes vi der og fik Lammesteg og Rødvin og Jordbær og Sherry, og nu til Mrg. er vi vendt tilbage til Thurøbund igen. Barometret stiger men vejret er stadig surt. Det var en fugtig Tur i Gaar. I Svendborg var jeg inde hos Kryger. Den lille Baron og hans Moder var lige rejst til Aarhus i Anledning af Jh´s Fødselsdag. Puf og jeg telegraferer i Dag. Det er dejligt at det gaar saa godt med Lysse. Bare vi maatte faa noget godt Vejr. Jeg tror ikke vi kommer til at ligge nogen Steder hvor der er mere at male end her, og vi kan jo ikke blive her ret længe da Langeland paa Gr af Vejret har taget uforholdsmæssigt lang Tid. Mange Kærlige Hilsner fra Puf og mig.
+Din JL.</t>
+  </si>
+  <si>
+    <t>25. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tl7xCkbI</t>
+  </si>
+  <si>
+    <t>27. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/5Ilngp06</t>
+  </si>
+  <si>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t> 5. sep. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xTjhgohS</t>
+  </si>
+  <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+  </si>
+  <si>
+    <t> 9. maj. 1923</t>
+  </si>
+  <si>
+    <t>Knud Kyhn</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FiIZIxLY</t>
+  </si>
+  <si>
+    <t>17. sep. 1925</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Jens Daugaard-Jensen
+Kristian Hansen
+Christen Hauge
+- Hvalsøe
+- Knudsen Grønland
+Dan la Cour
+Eiler Lehn Schiøler
+Finn Salomonsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/9bhAnKJQ</t>
+  </si>
+  <si>
+    <t>1929-07-04</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Elin Jensen
+Villum Jensen
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz og Anna Louise/Rabbe har været på cykeltur og bla. besøgt Møens Klint og Falster, hvor de købte kærnemælk på et mejeri. Sælgeren lignede i fremtoning og påklædning en bygmark. På Taasinge var Rabbe betaget af udsigten. Hun og Fritz tog toget fra Svendborg til Nyborg og cyklede derfra til Kerteminde. Syberg håber, at Villum og Elin vil komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ixgp</t>
+  </si>
+  <si>
+    <t>Pilegaarden 4-7-29
+Kære Johannes V. og Else.
+I Dag har Rabbe og jeg afsluttet vor Rundrejse. Vi cyklede fra Næstved over Vordingborg til Stege, opholdt os en Dag ude ved Klinten. Rabbe fotograferede hele Møens Klint: Dronningestolen, Taleren Sommerspiret osv. selv var jeg noget mør af at cykle 60 Kilometer paa en Dag, saa jeg laa mest og dovnede i Solskinnet Møen er som Du siger en dejlig Ø, men jeg var endnu mere indtaget i Falster. Sikke Hvede og Bygmarker, det var selve det Lur-mærkede Danmark. Det mest generende ved at cykle der, var at der ingen Bakker er, man havde aldrig den lettende Fornemmelse det er at tage Frihjul og blev saa øm i Franskbrødene af den vedblivende Trampen. Hvert Øjeblik naar jeg saa ud over Landskabet fik jeg Lyst til at staa af og male nogen af alle disse glidende og bølgende Glanslys i Stedet for at sidde og banke Enden til Bøf. Vi traf en herlig Mand der stod foran et af de mange store Andelsmejerier vi kørte forbi. Jeg fik den Indskydelse at standse og gik hen til ham og sagde, er det ikke mulig at man kunde købe en Liter Kærnemælk hos Dem? ”jow, de er nok maawle” sagde han gaa De bare ind og saa kom vi ind i en Hal hvor to hvidklædte Mejerister spulede et Gulv der var saa rent og lysegult som Smør og fik en Kande iskold Kærnemælk der smagte som Fløde men som vi maatte drikke i ganske smaa Mundfulde. Manden selv havde en Ansigtskulør som en moden Kamille, tyndt Hørtjavset Haar og Overskæg, han var iført et Sæt drapfarvet lyst Tøj med et Aprikos eller Ferskenfarvet Skær. Først syntes jeg at den Farvesammenstilling saa ud som en Vittighed, men senere gik det op for mig at han lignede jo sine Bygmarker. Vi kom videre ad Lolland Langeland, Taasinge til Svendborg. Herfra tog vi Banen til Nyborg og cyklede derfra til Kjerteminde. Rabbe tror jeg næsten var mest af [”af” overstreget] imponeret af Synet fra [”Synet fra” overstreget] Udsigten fra Taasinges højeste Punkt. Vi saa Fyns mørke Bjergland stige op uden at kunde se det smalle Sund som laa dybt nede. Hils Alle og mind Villum og Elin om at nu er Tiden da de maa tænke paa at besøge os Rille er her og glæder sig meget til et Besøg af dem. Marie er i Kbhvn og kommer her i Morgen
+Paa Gensyn til August Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1936-09-01</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Johan Peder Bless
+Sofie Bless
+Alhed Larsen
+Jens Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Vilhelmine  Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel Muus
+Alhed  Møhl, Lysses datter
+H. Rasmussen, politifuldmægtig</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
+De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
+  </si>
+  <si>
+    <t>Else og Andfreas/Puf Larsen har sat blomster på Alhed Larsens grav og luget, klippet og vandet. De har også ordnet Bless-familiens grav, og Andreas vil se til sin farmor og farfars gravsted.
+Politifuldmæftig Rasmussen spørger, om Johannes Larsen vil tage ind omkring Ny Carlsbergfondet og se på de billeder, som fondet har lovet Kerteminde Museum. 
+Det stormer. Den syge knortegås er død. 
+Andreas Larsen og Jens har været på en lang sejltur omkring Kalundborg, Lolland, Svendborg, Avernakø og Sønderborg. De cyklede hjem fra Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N4zH</t>
+  </si>
+  <si>
+    <t>1 Sept. 36. 
+Kære Far.
+Igaar var det Mors Dødsdag og Else og jeg var ude paa Kirkegaarden med en stor Buket Rosenkatost og de Flox vi kunde finde; det var ikke mange, men sammen med de Roser, som jeg havde sat derud Dagen før, saa det helt godt ud. Jeg havde Dagen før skuffet og revet og Else og jeg klippede alle de afblomstrede Nelliker af. Idag har jeg været ude med de to store Vandkander og vandet baade Mors Grav og Blessernes. Iaften skal jeg ud og vande videre ogsaa Farmors og Farfars, det er godt tørt altsammen. - Politifuldmægtigen har spurgt om 
+2./
+du ikke, naar du rejser igennem København paa Hjemvejen, kan gaa op i Ny-Carlsberg-Fondet og se paa de Billeder de har lovet Kerteminde Museum. - Vi har Storm i disse Dage. Der ryger endel Æbler, men vi naar da at faa plukket de fleste Charlamowski. Den syge Knortegaas døde Dagen efter jeg kom hjem. De andre tre er her endnu; naar Graaænderne letter fordi de bliver bange for noget, nøjes Knortegæssene med at løbe, de har aabenbart ikke opdaget, at de kan flyve. Den gamle Knortegaas ["Knortegaas" indsat over linjen] ser noget sløj ud, men jeg gav den straks rent Vand, saa jeg haaber den 
+3./
+retter sig. - Jens og jeg havde en dejlig Tur i Baaden: Efter Kerteminde var vi i Kalundborg - Musholmen - Agersø, hvor vi ikke kunde se nogen Stubmølle paa Helleholm og heller ingen "Haabets Minde" ved Havnen. Fra Agersø gik vi mod Nakskov Fjord, men da der stod Torden over Laaland bestemte vi os om og gik norden om Langeland til Dagelykke. Derfra til Svendborg Sund, hvor vi laa nogle Dage paa Grund af Blæst. En Dag var vi paa Skarø, men vendte tilbage til Svendborgsund om Eftermiddagen. Derefter til Korshavn, hvor vi var en 
+4./
+Dag over. Vi spadserede over Revet til Avernakø, hvor Majstængerne staar endnu. Derimod er der kun to Stumper tilbage af "høje Stene" ved revet ["Revet" overstreget] Drejet. Paa Korshavn fandt vi Tusindgylden saa vi kunde forsyne begge Familierne for det kommende Aar. Næste Dag gik vi til Sønderborg, men blev bugseret ind fra Pøls Huk af en Jagt, hvis Ejer og Skipper Jens kendte. Han viste sig at stamme fra Kerteminde, saa vi fik os en lang Snak over en Flaske Whisky, som vi havde taget med over i Jagten. Vi sad paa Fordækket i det dejligste
+5./
+Maaneskin med svag Brise, mens Skipperens Søn styrede. Næste Dag tog vi med Færgen til Faaborg hvortil min Cykle var sendt. Om Aftenen cyklede vi sammen til Revsvindinge, hvorfra Jens fortsatte til Nyborg og jeg til Kerteminde. Ogsaa den Aften havde vi næsten stille, men siden har det blæst og igaar og i Dag er det steget til Storm. - Jeg skal hilse fra Jens naar jeg skriver til Båxhult; han vilde gerne have truffet Lysse, men vi fik først at vide at han var rejst.
+Hils ogsaa Axel Muus. [En streg er tegnet rundt om "Hils ogsaa Axel Muus."]
+Mange Hilsner til Jer Alle deroppe fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1937-05-12</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+Viktor Jensen
+Mary Warberg Larsen
+Per Warberg Larsen</t>
+  </si>
+  <si>
+    <t>"Viktors" må være forældre til Mary Jensen, som i 1937 eller 1938 skulle giftes med Johanne og Adolph Larsens søn, Erik/Tinge Warberg Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2677</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen har en dårlig arm og skriver kun kort tillykke.
+Erik og Marys bryllup bliver holdt hos brudens forældre, fordi Johanne ikke kan finde kogekone og ikke selv magter at lave maden. Johanne havde ønsket at holde festen hjemme på den dejlige gård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SxL0</t>
+  </si>
+  <si>
+    <t>d. 12te Maj 1937.
+Kære søde Lugge!
+Det sædv. lange Fødselsdagsbrev udebliver i Aar og bliver næppe mer end 2 Ord (Posten) Forsinkelsen skyldes den forb. Haand og Arm; i Dag nogenlunde.
+Tusind Gange tillykke til i Dag og til Aaret - hvor lidt, vi ved om, hvad sådan et Aar vil bringe. Gid det maa blive noget godt for dig selv og for alle dine mange - store og smaa.
+Bryllupsgildet bliver alligevel ikke her - det var jo nu Viktors, som "gav" det og nu er det henlagt til dem. Jeg har ikke kunnet opdrive en Kogekone og tør ikke løbe Risikoen med Armen, som stadig ulmer og som jeg er vis paa vilde præstere Anfald, hvis jeg sel[v] skulde lave Maden og så ["så" indsat over linjen] stod vi der. Men mit Hjerte bløder over ikke at faa Lov til at lave til Fest her i den gamle Gaard i de skønne Omgivelser - - Jeg gasser mig allerede med Mary som er elskelig og passede mig så godt nu i sidste Anfald.
+Tusind Hilsner til dig og alle Din Junge. 
+[Indsat i venstre margen, lodret:]
+Viktor Jensen, Langegade 81.</t>
+  </si>
+  <si>
+    <t>1938-02-11</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Else Birgitte Brønsted
+Grete Brønsted
+Hans Brønsted
+- Howitz
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Christine  Mackie
+Elisabeth Mackie
+Elisabeth Neckelmann
+Marie Neckelmann
+Hubert Paulsen
+Karl Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Tim var. 
+Motbok var et svensk system, som fungerede fra 1914 til 1955 til regulering af og kontrol med spiritusindkøb. Hver uberygtet mand over 25 år med fast bopæl kunne, hvis han ikke havde vist tegn på alkoholproblemer, få en motbok, der gav ham ret til at købe 3 l brændevin om måneden. Hvis forbruget gav anledning til problemer, kunne rationen reduceres eller helt bortfalde. (Lex.dk).
+Howitz var muligvis dr. Howitz. 
+Grete Bjerregaard kan ikke umiddelbart identificeres.</t>
+  </si>
+  <si>
+    <t>Elena og Jens Larsen har været hos Brønsted/Magisteren, hvor de mødtes med flere familiemedlemmer. Elisabeth Mackie har modtaget sangundervisning i Danmark og skal nu til Stockholm for at få mere uddannelse. Peter/Peder Brønsteds dreng, Hans, kastede sin kærlighed på Jens Larsen, og det kunne Jens ikke lide. 
+Da Elisaberh/Sisse Neckelmann var på tur med Jens, mødte de kongen, der kaldte drengen kæk. 
+Hubert Paulsen bygger hus i Ordrup. Elena og Johannes Larsen skal besøge Christine Swane/Uglen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nmeo</t>
+  </si>
+  <si>
+    <t>Torsd. 11-2-38
+Kære Lysse!
+Hvis det ikke var fordi du selv er en slem Sjisky til at skrive vilde min Samvittighed vist være noget anløbet, men det er den altsaa ikke nu. Petermanden er derimod flink og skal have et Kys for sit Brev. - I Aften har jeg den 1ste Friaften siden jeg kom og vi skal have os en hjemlig Bridge. Jens og jeg er lige hjemkommet fra Magisterens, hvor vi drak Chokolade med Mudi, Bes, Lumme &amp;amp; Tim ["&amp;amp; Tim" indsat over linjen], Grete &amp;amp; Søn, Mornine og Datter, der lige er hjemvendt fra et 2 Maaneders Ophold i Åre. Til April tager hun Ophold i Stockholm for at tage sin Uddannelse der, her i Byen gaar det for langsomt; her har de været 1 1/2 Aar om at lære hende 3 Øvelser og vil endnu ikke lade hende synge Sange; nu vil det vise sig om Svenskerne kan faa hende til at kvinkelere i en Fart. Peders lille Dreng kastede sin Kærlighed paa Jens og klyngede sig til ham og grabbede paa ham til hans store Fortrydelse, han krængede Mund og var paa Hylepunktet; saadan en Barnerumpe var ikke noget for ham. Forresten har han talt med hans Maj. Kongen af Danmark i Dag. Han var ude paa Langelinie i Sisses Vogn og holdt ved Pavillonen; da Kongen kom forbi holdt han sin Hest an og sagde idet han bøjede sig ned mod ham: Det var en kæk Dreng. Sisse svulmede af Stolthed. - I Tirsdags havde vi en vellykket Aften med Farfar, Karl Schou og Hubert, Hubert kører os hjem i Kylles Bil, han har solgt sin egen fordi den stod foran en Hovedreparation; nu har han Mod paa en BMW, men Kapitalen mangler. Det er ikke godt for ham at være Vognløs især da han bygger i Ordrup. Vi skal ud og se hans Byggeri i Morgen, Mor og jeg. Det er sandt, kan du ikke sende mig Motboken i underskreven Stand, saa vi kan faa en Dram med os hjem? - I Gaar var Jens og jeg til Middag hos Grete Bjerregaard sammen med Howitz og paa Søndag skal vi sammen med Las ud til Uglen. Du kan se jeg ligger ikke paa den lade Side. - Mange Hilsner til jer begge fra Mosh.
+[Indsat s. 2 langs højre margen; lodret:] Altsaa Motboken med omg. Post.!!</t>
+  </si>
+  <si>
+    <t>1940-10-03</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Lauritz  Brandstrup
+Marius Christiansen
+- Gosch
+Elise Hansen
+Else Jensen
+Jens Jensen
+Johannes V. Jensen
+- Kabell
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ejvind Møller</t>
+  </si>
+  <si>
+    <t>Elena og Johan Larsens nye søn var Johannes/Jonas Larsen. 
+En tegning af et vikingeskib optrådte på etiketten til en af de øl, som Andreas/Puf Larsen bryggede. Den omtalte sag må have handlet om hans ret til at bruge dette motiv. 
+Swinhoesfasan er en hønsefugl, der lever i blandt andet Taiwan (Wikipedia marts 2022).
+Det vides ikke hvad "den Clement" er.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver tillykke med den nye søn.
+Jens Jensen er blevet kredslæge.
+Andreas/Puf har vundet varemærkesagen, men har fået en sror advokatregning.
+Johannes Larsen har fasankyllinger, en agerhøne, dværghøns mm. En ræv tog en edderfugl, hvorefter Andreas/Puf skød den. 
+Larsen har været på Langeland for at se på skarvkolonier. En skovrider gav ham en tobaksdåse, som har tilhørt Lauritz Brandstrup, og Andreas/Puf har fået den. 
+Familien har fået både ansjoser og sild, og de spiser også af de fisk, som Christiansen kommer med til odderne. 
+Johannes Larsen er blevet æresmedlem af Jagtselskabet Fiilsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/azsA</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3 Octbr 1940.
+Kære Lysse og Bimse!
+Til Lykke med den nye Søn! Jeg har været en Uges Tid i Kjøbenhavn for at faa gjort noget ved mine Tænder og var et Par Gange hos Elise. Jeg var ogsaa hos Johannes V’s der var glade ved at Jens var bleven Kreslæge i Kallundborg incl. Samsø; nu kan han jo nemt sejle til Kjerteminde. Jeg traf ogsaa Dede hos Magisterens. Puf vandt den Varemærkesag ved Sø og Handelsretten og Gosch blev dømt til at betale Sagsomkostningerne med 150 Kr. hvad der jo er som en Skræder i Helvede da Sagførerne skal have 800 K. deraf 400 til Ejvind Møller, som jeg traf hos Johs V. og fik til at tage Kunst for Beløbet. Naar Du ikke har set min Skrift siden Februar er det ikke min Skyld. Jeg har bl.a. skreven 2 Breve til Dig i Septbr, det ene d. 25/ [”25/” overstreget] 4/9. Lad mig vide om Du faar dette? det er jo ærgerligt at betale den dyre Porto naar Brevene ikke bliver besørgede. Vi har faaet et nyt, graat Gulvtæppe i Dagligstuen og lagt Resterne af det gamle i Trappestuen. Vi havde en Dværghøne der gik i Haven med 2 Svinhoefasankyllinger og en Agerhønekylling, den sidste en Hane der er saa tam at den kommer naar jeg kalder og spiser af Haanden, den er nu voksen og næsten helt i Voksendragt, men jeg lukkede dem ind i Volieren da jeg rejste til Kjøbenhavn. For ca 14 Dage siden tog en Ræv en Ederfuglehun her i Haven og vi satte en Saks hvor den havde slæbt den gennem Hegnet, der sad et dødt Pindsvin i den om Morgnen. Om Aftnen satte vi Saksen igen efter at have lukket Gæs og Ænder ind ved Bassinet og uden at jeg vidste om det satte Puf sig op i Lysthuset med Bøssen og skød Ræven paa Gangen ud for Bassinet, Skindet er nu i Odense hos en Bundtmager. Til Lykke Bimse med Staalvasken og den fynske Pige ja og Vej og Baad og Aal og Gedder. Lad mig bare faa den Clement herover. Jeg var en Gang i Sommer paa Langeland for at se en Aalekragekoloni ved Tranekær Slotssø, der har været der de 3 sidste Aar, der var et Par og Tyve Reder i Elletrær ved Søen, men der skal have været omtrent dobbelt saa mange i Fjor, en Del af Redetræerne var fældet
+2.
+i Vinter. Skovrideren der bor ved Siden af den gl. Skole kom jeg til at snakke med om gamle Brandstrup, og da han hørte jeg havde Sønner der røg, gik han ind og hentede en nydelig Mahogni Tobaksdaase som havde været Br.s og som han sagde havde staaet hos ham i mange Aar og ventet paa en Efterkommer af gl. Br.. Puf blev meget glad ved den. alt dette har jeg vist skreven om før. Ogsaa at jeg fik en Hilsen fra Jer gennem Kabell, der ringede op da han kom hjem. Samme Mand rejste jeg sammen med hjem fra Kjøbenhavn og fik en Del mere at vide deroppe fra bl.a. at der ingen Fugle var i Aar. I Forgaars var jeg med Christiansen ude paa Jagt ved Lille Viby vi saa 3 Harer og fik de 2 og han forærede mig den ene. En Gang i Sommer fik vi en hel Del ægte Ansjoser, vi lagde en Krukke fuld ned i spansk Salt og ligger den nu i Olje og de smager som italienske Sardeller. Vi har ogsaa faaet lagt nogle fortrinlige Sild med baade Krydder og Spegesild. Vi har ogsaa spist en Del af de ægte Ansjoser stegt og kogt og de var gode paa begge Maader. [Tegning] det er en fin Fisk med store Øjne og spids Næse med Overbid og næsten cirkelrund i Gennemsnit. Vi har i det hele Taget spist en hel Del af det Christiansen kommer med til 0dderne, især smaa Makreller og Brislinger og Hornfisk. Jeg har vist ogsaa fortalt Jer at jeg er bleven Æresmedlem af ”Jagtselskabet Fiilsø.” Men jeg har ikke været derovre siden. Nu kan jeg ikke hitte paa mere i Øjeblikket, men hvis I faar dette og jeg faar Svar skal I faa Brev igen. Mange Hilsner fra Puf og Else som jeg ogsaa skal ønske Jer til Lykke fra i Anledning af den nye Dreng; og mange Hilsner til Jer allesammen fra 
+Jeres JL.
+Afs: Johannes Larsen
+Kjerteminde
+Danmark</t>
   </si>
   <si>
     <t>1944-12-30</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Helge Bartholdy-Møller
 Elsebeth Hostrup-Schultz
 Jørgen Hostrup-Schultz
 Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Bendt Rom</t>
   </si>
   <si>
     <t>A. Olsens boghandel, Langegade 26, samt apoteket, Kerteminde, blev ramt af Schalburtage december 1944 (Arkiv.dk). Sabotagen mod fiskebådene/kvaserne nævnte Johannes Larsen i et tidligere brev til Christa Knuth. 
 Schalburgtage var det folkelige navn for den terror, som tyskerne og deres danske hjælpere indledte i den sidste del af besættelsen i Danmark. Terroren blev rettet mod den danske modstandsbevægelse og det danske samfund i almindelighed som en hævn for modstandsaktioner. Ligeledes indførtes hævndrab på vellidte danskere, når en tysk soldat eller stikker blev dræbt (såkaldte clearingmord). Besættelsesmagten kaldte begrebet 'kontrasabotage', men danskerne fandt hurtigt på navnet schalburgtage efter Schalburgkorpset, opkaldt efter Christian Frederik von Schalburg, der havde været leder af Frikorps Danmark (Wikipedia april 2024). 
 Kongsø Plantage findes i Horsens Kommune.
 20. dec. 1944 sprængte SS FJEH-S og hans families hus på Chr. Winthers Vej 4, København, i luften, fordi både FJEH-S og hans søn var modstandsfolk. (https://kbhbilleder.dk/frb-arkiv/28127). Johannes Larsen skrev 10 dage senere til Christa Knuth, at tyskerne havde gennet konen og de tre små piger ud på gaden, sprænt huset i luften og taget FJEH-S med sig (1944-12-30, Johannes Larsen til Christa Knuth). 
 Tiras var en hund, som Johannes Larsen fik i efteråret 1944 og var meget glad for.</t>
   </si>
   <si>
     <t>Johannes Larsen takker for dyret. Han fik en masse flasker til sin fødselsdag.
 Der har været udført Schalburtage mod et par forretninger i Kerteminde.
 Larsen slap for at indkvartere tyske soldater mm.
 Hostrup-Schultzs huser blevet sprængt i luften, og tyskerne tog ham med sig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Zs2P</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm
 [I brevet:]
 Kjerteminde 30 Decbr. 1944.
 Kære Grevinde!
 Glædeligt Nytaar og Tak for det Aar der er gaaet. Og Tak for det dejlige Dyr. Jeg blev paa min Fødselsdag begavet med 10 Flasker stærke Drikke deriblandt saa fine Ting som Vodka Hulstkamp Genever, gl. St. Croix Rom Rø[ulæseligt)bitter o.s.v. Det er nu godt at være kendt som fordrukken. I Nat vågnede vi ved et Par store Drøn. Det var Byen der havde Besøg af Schalburgtører, der havde anbragt et Par Bomber i Byens største Manufakturforretning og en Boghandel overfor, der begge blev raserede mens mange Huse til begge Sider deriblandt Apotheket fik alle Ruderne sprængt. Formodentlig til Tak for de Kvaser der blev sænket forleden af fremmede Sabotører. Ellers har vi haft en god fredelig Juletid, det blev heldigvis ikke til noget med Indkvarteringen og nu regner vi med at slippe helt. Nu skal jeg til at skrive til alle de Mennesker der har skrevet og telegraferet til min Fødselsdag, bl.a Dr Bartholdy Møller. Jeg læste for et Par Dage siden at det Hus i Kjøbenhavn hvor mine Venner Hostrup Schultz boede var sprængt i Luften af Tyskerne. Det var dem jeg besøgte i Sommer i Kongsø Plantage. Jeg skrev til Bendt Rom der er Mandens Fætter og fik i Gaar Svar fra ham. Tyskerne havde taget Manden og sendt Konen og deres 3 Smaapiger paa Gaden som de gik og stod og sprængt Huset i Luften med det samme og ingen ved nu hvor Manden er eller hvad han har gjort. Jeg skal hilse mange Gange Fra Puf og Else, og nu faar Du ikke mere for jeg skal ud at gaa med Tiras.
 Mange Hilsner
 Din hengivne
 Johannes Larsen.</t>
-  </si>
-[...281 lines deleted...]
-Tak fordi han talte med Jørgensen om Møllen og Tak fordi du tog fat i Hr Bøttern han maa holde det Løfte at lade Halvdelen male hos Faer; nu er jeg saa træt at jeg maa sige god Nat og de kjærligste Hilsener til Eder Alle fra Moer og Faer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -4096,59 +4144,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g2n6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aBcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9bhAnKJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aBcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g2n6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BGVZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9bhAnKJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M98"/>
+  <dimension ref="A1:M99"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4225,4309 +4273,4352 @@
       </c>
       <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="F3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F5" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="G5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="F6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="5" t="s">
+      <c r="H6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="F8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="I8" s="5"/>
-[...3 lines deleted...]
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>33</v>
-[...11 lines deleted...]
-      <c r="G9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>81</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>82</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="s">
-        <v>85</v>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H10" s="5" t="s">
         <v>86</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>87</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>39</v>
+        <v>88</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>85</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G11" s="5" t="s">
-        <v>91</v>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>39</v>
+        <v>96</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>15</v>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>39</v>
+        <v>103</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>39</v>
+        <v>112</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...6 lines deleted...]
-        <v>110</v>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>39</v>
+        <v>129</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D16" s="5" t="s">
-[...13 lines deleted...]
-        <v>126</v>
+      <c r="F16" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>58</v>
+        <v>136</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>133</v>
+        <v>85</v>
       </c>
       <c r="D17" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="F17" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E17" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="G17" s="5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>39</v>
+        <v>145</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>34</v>
-[...10 lines deleted...]
-        <v>143</v>
+        <v>15</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>39</v>
+        <v>153</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>150</v>
-[...7 lines deleted...]
-        <v>151</v>
+        <v>125</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>39</v>
+        <v>161</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>158</v>
+        <v>85</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>159</v>
+        <v>34</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G20" s="5" t="s">
+        <v>166</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>162</v>
+        <v>49</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F21" s="5" t="s">
-[...8 lines deleted...]
-        <v>168</v>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I21" s="5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>170</v>
+        <v>49</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>71</v>
+        <v>125</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="I22" s="5"/>
       <c r="J22" s="5" t="s">
-        <v>178</v>
+        <v>49</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>35</v>
+        <v>179</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="s">
-        <v>183</v>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I23" s="5"/>
+        <v>185</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>186</v>
+      </c>
       <c r="J23" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>189</v>
+        <v>43</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>192</v>
+        <v>49</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>193</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>194</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>196</v>
       </c>
       <c r="B25" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E25" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="C25" s="5" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G25" s="5" t="s">
+        <v>198</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I25" s="5"/>
-      <c r="J25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J25" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="M25" s="5"/>
+        <v>201</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>179</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G26" s="5" t="s">
+        <v>204</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-        </is>
+        <v>205</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="M26" s="5"/>
+        <v>208</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G27" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="M27" s="5"/>
+        <v>215</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G28" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G28" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="M28" s="5"/>
+        <v>222</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>223</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H29" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="I29" s="5"/>
-      <c r="J29" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J29" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>202</v>
+        <v>226</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="M29" s="5"/>
+        <v>227</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>228</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>212</v>
+        <v>229</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G30" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G30" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>202</v>
+        <v>233</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="M30" s="5"/>
+        <v>234</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>235</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>214</v>
+        <v>236</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G31" s="5" t="s">
+        <v>237</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>215</v>
+        <v>238</v>
       </c>
       <c r="I31" s="5"/>
-      <c r="J31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J31" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>216</v>
+        <v>239</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="M31" s="5"/>
+        <v>240</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>241</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G32" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G32" s="5" t="s">
+        <v>243</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>219</v>
-[...10 lines deleted...]
-        </is>
+        <v>244</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>246</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="M32" s="5"/>
+        <v>247</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>248</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>221</v>
+        <v>249</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>24</v>
-[...9 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G33" s="5" t="s">
+        <v>250</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>222</v>
-[...5 lines deleted...]
-        </is>
+        <v>251</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>223</v>
+        <v>253</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="M33" s="5"/>
+        <v>254</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>225</v>
+        <v>256</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        </is>
+        <v>257</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>202</v>
+        <v>259</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="M34" s="5"/>
+        <v>260</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>261</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>228</v>
+        <v>262</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        </is>
+        <v>263</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>265</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>202</v>
+        <v>266</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>267</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>268</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>231</v>
+        <v>269</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="s">
-        <v>36</v>
+        <v>270</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>232</v>
+        <v>271</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>233</v>
+        <v>272</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>234</v>
+        <v>273</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>235</v>
+        <v>274</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>236</v>
+        <v>275</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>237</v>
+        <v>276</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="s">
-        <v>238</v>
+        <v>277</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>239</v>
+        <v>278</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>240</v>
+        <v>279</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>241</v>
+        <v>280</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>242</v>
+        <v>281</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>244</v>
+        <v>283</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="s">
-        <v>245</v>
+        <v>284</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>246</v>
+        <v>285</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>247</v>
+        <v>286</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>248</v>
+        <v>287</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>249</v>
+        <v>288</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>250</v>
+        <v>289</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>251</v>
+        <v>290</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F39" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...13 lines deleted...]
-        <v>252</v>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>253</v>
+        <v>291</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>254</v>
+        <v>292</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>255</v>
+        <v>293</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>256</v>
+        <v>294</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>257</v>
+        <v>295</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>258</v>
+        <v>296</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="s">
-        <v>259</v>
+        <v>297</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>260</v>
+        <v>298</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>261</v>
+        <v>299</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>262</v>
+        <v>300</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>263</v>
+        <v>301</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>264</v>
+        <v>302</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>265</v>
+        <v>303</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>33</v>
+        <v>304</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>34</v>
+        <v>117</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        <v>266</v>
+        <v>305</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>267</v>
+        <v>306</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>268</v>
+        <v>307</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>39</v>
+        <v>308</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>270</v>
+        <v>310</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>271</v>
+        <v>311</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>272</v>
+        <v>312</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="E42" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E42" s="5" t="s">
-[...8 lines deleted...]
-        <v>273</v>
+      <c r="F42" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>274</v>
+        <v>314</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>275</v>
+        <v>315</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>39</v>
+        <v>316</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>276</v>
+        <v>317</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>277</v>
+        <v>318</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>278</v>
+        <v>319</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>279</v>
+        <v>320</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>33</v>
+        <v>321</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>34</v>
+        <v>322</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>323</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="I43" s="5"/>
+        <v>324</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>325</v>
+      </c>
       <c r="J43" s="5" t="s">
-        <v>39</v>
+        <v>326</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>281</v>
+        <v>327</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>282</v>
+        <v>328</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>283</v>
+        <v>329</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>284</v>
+        <v>330</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>285</v>
+        <v>331</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>286</v>
+        <v>332</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>287</v>
+        <v>333</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>288</v>
+        <v>334</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>289</v>
+        <v>335</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>290</v>
+        <v>336</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>24</v>
-[...12 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>297</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>291</v>
+        <v>337</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>292</v>
+        <v>338</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>293</v>
+        <v>49</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>294</v>
+        <v>339</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>295</v>
+        <v>340</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>296</v>
+        <v>341</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>297</v>
+        <v>342</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>24</v>
-[...10 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>343</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>299</v>
+        <v>344</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>300</v>
+        <v>345</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>301</v>
+        <v>49</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>302</v>
+        <v>346</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>303</v>
+        <v>347</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>304</v>
+        <v>348</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>305</v>
+        <v>349</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>306</v>
+        <v>85</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>43</v>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G47" s="5" t="s">
+        <v>350</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>307</v>
+        <v>351</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>308</v>
+        <v>352</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>309</v>
+        <v>353</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>310</v>
+        <v>354</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>311</v>
+        <v>355</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>312</v>
+        <v>349</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>306</v>
+        <v>43</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>313</v>
+        <v>85</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>356</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>315</v>
+        <v>357</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>316</v>
+        <v>358</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>317</v>
+        <v>359</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>318</v>
+        <v>360</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>319</v>
+        <v>361</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>320</v>
+        <v>362</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>321</v>
+        <v>85</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>363</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>322</v>
+        <v>364</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>323</v>
+        <v>365</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>324</v>
+        <v>49</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>325</v>
+        <v>366</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>326</v>
+        <v>367</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>327</v>
+        <v>368</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>328</v>
+        <v>369</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>329</v>
+        <v>85</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>330</v>
+        <v>43</v>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="s">
-        <v>331</v>
+        <v>370</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>332</v>
+        <v>371</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>333</v>
+        <v>372</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>334</v>
+        <v>373</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>335</v>
+        <v>374</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>336</v>
+        <v>375</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>337</v>
+        <v>376</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>304</v>
+      </c>
+      <c r="D51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>338</v>
-[...5 lines deleted...]
-        <v>340</v>
+        <v>378</v>
+      </c>
+      <c r="I51" s="5"/>
+      <c r="J51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K51" s="5" t="s">
-        <v>341</v>
+        <v>379</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="M51" s="5"/>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>344</v>
+        <v>381</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>43</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="s">
-        <v>345</v>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>346</v>
+        <v>382</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>347</v>
+        <v>383</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>348</v>
+        <v>384</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>349</v>
+        <v>385</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>350</v>
+        <v>386</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>351</v>
+        <v>387</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>352</v>
+        <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>53</v>
-[...7 lines deleted...]
-        </is>
+        <v>304</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>150</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="I53" s="5"/>
+        <v>388</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>389</v>
+      </c>
       <c r="J53" s="5" t="s">
-        <v>355</v>
+        <v>390</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>356</v>
+        <v>391</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>357</v>
+        <v>392</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>358</v>
+        <v>393</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>359</v>
+        <v>394</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>125</v>
+        <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-        </is>
+        <v>304</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>395</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>360</v>
+        <v>396</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>361</v>
+        <v>397</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>362</v>
+        <v>398</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>363</v>
+        <v>399</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>364</v>
+        <v>400</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>365</v>
+        <v>401</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>366</v>
+        <v>402</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>367</v>
+        <v>322</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-        </is>
+        <v>304</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>404</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="s">
-        <v>368</v>
+      <c r="H55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I55" s="5" t="s">
-        <v>369</v>
+        <v>405</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>370</v>
+        <v>406</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>371</v>
+        <v>407</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>372</v>
+        <v>408</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>373</v>
+        <v>409</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>374</v>
+        <v>410</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>33</v>
+        <v>304</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>34</v>
+        <v>411</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>375</v>
-[...7 lines deleted...]
-        <v>376</v>
+        <v>412</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="I56" s="5"/>
+        <v>414</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>415</v>
+      </c>
       <c r="J56" s="5" t="s">
-        <v>39</v>
+        <v>416</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>378</v>
+        <v>417</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>379</v>
+        <v>418</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>380</v>
+        <v>419</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>381</v>
+        <v>420</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>33</v>
+        <v>304</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>34</v>
+        <v>411</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>142</v>
-[...7 lines deleted...]
-        <v>382</v>
+        <v>421</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>383</v>
+        <v>422</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>384</v>
+        <v>423</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>39</v>
+        <v>424</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>385</v>
+        <v>425</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>386</v>
+        <v>426</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>387</v>
+        <v>427</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>388</v>
+        <v>428</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>15</v>
+        <v>304</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>71</v>
-[...7 lines deleted...]
-        <v>389</v>
+        <v>44</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>390</v>
+        <v>430</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>391</v>
+        <v>431</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>392</v>
+        <v>432</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>393</v>
+        <v>433</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>394</v>
+        <v>434</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>395</v>
+        <v>435</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>396</v>
+        <v>436</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>304</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F59" s="5" t="s">
-        <v>167</v>
+        <v>437</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>399</v>
+        <v>438</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>400</v>
+        <v>439</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>401</v>
+        <v>440</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>402</v>
+        <v>441</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>403</v>
+        <v>442</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>404</v>
+        <v>443</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>405</v>
+        <v>444</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>445</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>407</v>
+        <v>446</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>408</v>
+        <v>447</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>409</v>
+        <v>49</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>410</v>
+        <v>448</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>411</v>
+        <v>449</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F61" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>452</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>415</v>
+        <v>453</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>416</v>
+        <v>454</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>417</v>
+        <v>49</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>418</v>
+        <v>455</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>419</v>
+        <v>456</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>420</v>
+        <v>457</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>421</v>
+        <v>458</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>33</v>
-[...17 lines deleted...]
-        </is>
+        <v>322</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>423</v>
+        <v>461</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>39</v>
+        <v>462</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>424</v>
+        <v>463</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>425</v>
+        <v>464</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>426</v>
+        <v>465</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>427</v>
+        <v>466</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>467</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>428</v>
+        <v>468</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>429</v>
+        <v>469</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>430</v>
+        <v>49</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>431</v>
+        <v>470</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>432</v>
+        <v>471</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>433</v>
+        <v>472</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>434</v>
+        <v>473</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>435</v>
+        <v>42</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>436</v>
+        <v>474</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>437</v>
+        <v>475</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>438</v>
+        <v>49</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>439</v>
+        <v>476</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>440</v>
+        <v>477</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>441</v>
+        <v>478</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>442</v>
+        <v>479</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>15</v>
+        <v>480</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>443</v>
+        <v>481</v>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>482</v>
+      </c>
+      <c r="I65" s="5"/>
       <c r="J65" s="5" t="s">
-        <v>446</v>
+        <v>483</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>447</v>
+        <v>484</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>448</v>
+        <v>485</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>449</v>
+        <v>486</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>450</v>
+        <v>487</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>15</v>
+        <v>304</v>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F66" s="5" t="s">
+        <v>488</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>451</v>
+        <v>489</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>452</v>
+        <v>490</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>453</v>
+        <v>491</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>454</v>
+        <v>492</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>455</v>
+        <v>493</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>456</v>
+        <v>494</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>457</v>
+        <v>495</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>33</v>
-[...12 lines deleted...]
-        <v>458</v>
+        <v>304</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>459</v>
+        <v>496</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>460</v>
+        <v>497</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>39</v>
+        <v>498</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>461</v>
+        <v>499</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>462</v>
+        <v>500</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>463</v>
+        <v>501</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>464</v>
+        <v>502</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>26</v>
+        <v>503</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>465</v>
+        <v>504</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>466</v>
+        <v>505</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>467</v>
+        <v>506</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>468</v>
+        <v>507</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>469</v>
+        <v>508</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>470</v>
+        <v>509</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>471</v>
+        <v>510</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>44</v>
+        <v>511</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>472</v>
+        <v>429</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="I69" s="5"/>
       <c r="J69" s="5" t="s">
-        <v>475</v>
+        <v>513</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>476</v>
+        <v>514</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>477</v>
+        <v>515</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>478</v>
+        <v>516</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>479</v>
+        <v>517</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="s">
-        <v>26</v>
+        <v>429</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>480</v>
+        <v>518</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>481</v>
+        <v>519</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>482</v>
+        <v>520</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>483</v>
+        <v>521</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>484</v>
+        <v>522</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>485</v>
+        <v>523</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>486</v>
+        <v>524</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>304</v>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F71" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H71" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H71" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>527</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>205</v>
+        <v>528</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="M71" s="5"/>
+        <v>529</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>530</v>
+      </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>488</v>
+        <v>531</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C72" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>489</v>
+        <v>532</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>44</v>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>133</v>
+        <v>533</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>492</v>
+        <v>534</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>362</v>
+        <v>535</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>493</v>
+        <v>536</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>494</v>
+        <v>537</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>495</v>
+        <v>538</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>496</v>
+        <v>539</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>540</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>306</v>
+        <v>541</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>497</v>
+        <v>542</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="G73" s="5" t="s">
+        <v>543</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>498</v>
+        <v>544</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>499</v>
+        <v>545</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>39</v>
+        <v>462</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>500</v>
+        <v>546</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>501</v>
+        <v>547</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>502</v>
+        <v>548</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>503</v>
+        <v>549</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>33</v>
-[...14 lines deleted...]
-        </is>
+        <v>550</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>552</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>504</v>
-[...10 lines deleted...]
-        </is>
+        <v>553</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>556</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="M74" s="5"/>
+        <v>557</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>558</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>506</v>
+        <v>559</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>507</v>
-[...10 lines deleted...]
-        </is>
+        <v>560</v>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G75" s="5" t="s">
+        <v>561</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>510</v>
+        <v>562</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>511</v>
+        <v>563</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>512</v>
+        <v>462</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>513</v>
+        <v>564</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>514</v>
+        <v>565</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>515</v>
+        <v>566</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>516</v>
+        <v>567</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>397</v>
+        <v>85</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>15</v>
+        <v>560</v>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G76" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G76" s="5" t="s">
+        <v>568</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>517</v>
+        <v>569</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>518</v>
+        <v>570</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>519</v>
+        <v>462</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>520</v>
+        <v>571</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>521</v>
+        <v>572</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>522</v>
+        <v>573</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>523</v>
+        <v>574</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C77" s="5" t="s">
-        <v>34</v>
+      <c r="C77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D77" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>575</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>577</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>524</v>
+        <v>578</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>525</v>
+        <v>579</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>526</v>
+        <v>580</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>527</v>
+        <v>581</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>529</v>
+        <v>583</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>530</v>
+        <v>584</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>43</v>
+      </c>
+      <c r="D78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F78" s="5" t="s">
-        <v>531</v>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H78" s="5" t="s">
-[...6 lines deleted...]
-        <v>534</v>
+      <c r="H78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I78" s="5"/>
+      <c r="J78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K78" s="5" t="s">
-        <v>535</v>
+        <v>585</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>536</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>538</v>
+        <v>587</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>43</v>
+      </c>
+      <c r="D79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>540</v>
-[...5 lines deleted...]
-        <v>542</v>
+        <v>588</v>
+      </c>
+      <c r="I79" s="5"/>
+      <c r="J79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K79" s="5" t="s">
-        <v>543</v>
+        <v>585</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>544</v>
-[...3 lines deleted...]
-      </c>
+        <v>589</v>
+      </c>
+      <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>546</v>
+        <v>590</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>539</v>
+        <v>43</v>
+      </c>
+      <c r="D80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>547</v>
-[...5 lines deleted...]
-        <v>549</v>
+        <v>591</v>
+      </c>
+      <c r="I80" s="5"/>
+      <c r="J80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K80" s="5" t="s">
-        <v>550</v>
+        <v>585</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>551</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="M80" s="5"/>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>553</v>
+        <v>593</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>554</v>
+        <v>578</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>489</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>594</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G81" s="5" t="s">
+        <v>595</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>555</v>
+        <v>596</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>556</v>
+        <v>597</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>362</v>
+        <v>49</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>557</v>
+        <v>598</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>558</v>
+        <v>599</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>559</v>
+        <v>600</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="B82" s="5" t="s">
-[...24 lines deleted...]
-        <v>565</v>
+      <c r="I82" s="5"/>
+      <c r="J82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K82" s="5" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>569</v>
+        <v>603</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>24</v>
-[...8 lines deleted...]
-        <v>509</v>
+        <v>43</v>
+      </c>
+      <c r="D83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H83" s="5" t="s">
-[...6 lines deleted...]
-        <v>573</v>
+      <c r="H83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I83" s="5"/>
+      <c r="J83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K83" s="5" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>575</v>
-[...3 lines deleted...]
-      </c>
+        <v>604</v>
+      </c>
+      <c r="M83" s="5"/>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>577</v>
+        <v>605</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>578</v>
+        <v>43</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>579</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>606</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G84" s="5" t="s">
+        <v>607</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="I84" s="5"/>
+        <v>608</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>609</v>
+      </c>
       <c r="J84" s="5" t="s">
-        <v>581</v>
+        <v>49</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>582</v>
+        <v>610</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>583</v>
+        <v>611</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>584</v>
+        <v>612</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>585</v>
+        <v>613</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>606</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="s">
-        <v>586</v>
+        <v>614</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>587</v>
+        <v>615</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>588</v>
+        <v>616</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>589</v>
+        <v>617</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>590</v>
+        <v>618</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>591</v>
+        <v>619</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>592</v>
+        <v>620</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>330</v>
+        <v>621</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="s">
-        <v>593</v>
+        <v>622</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>594</v>
+        <v>623</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>595</v>
+        <v>624</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>596</v>
+        <v>625</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>597</v>
+        <v>626</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>598</v>
+        <v>627</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>599</v>
+        <v>628</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>306</v>
-[...20 lines deleted...]
-        <v>39</v>
+        <v>43</v>
+      </c>
+      <c r="D87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I87" s="5"/>
+      <c r="J87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K87" s="5" t="s">
-        <v>603</v>
+        <v>629</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>630</v>
+      </c>
+      <c r="M87" s="5"/>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>606</v>
+        <v>631</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>43</v>
+      </c>
+      <c r="D88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="s">
-[...9 lines deleted...]
-        <v>39</v>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I88" s="5"/>
+      <c r="J88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K88" s="5" t="s">
-        <v>610</v>
+        <v>629</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="M88" s="5"/>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>613</v>
+        <v>633</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>414</v>
+        <v>43</v>
+      </c>
+      <c r="D89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>614</v>
-[...5 lines deleted...]
-        <v>616</v>
+        <v>634</v>
+      </c>
+      <c r="I89" s="5"/>
+      <c r="J89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K89" s="5" t="s">
-        <v>617</v>
+        <v>635</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>618</v>
-[...3 lines deleted...]
-      </c>
+        <v>636</v>
+      </c>
+      <c r="M89" s="5"/>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>620</v>
+        <v>637</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>621</v>
-[...8 lines deleted...]
-        <v>330</v>
+        <v>43</v>
+      </c>
+      <c r="D90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>623</v>
-[...5 lines deleted...]
-        <v>625</v>
+        <v>638</v>
+      </c>
+      <c r="I90" s="5"/>
+      <c r="J90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K90" s="5" t="s">
-        <v>626</v>
+        <v>639</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>627</v>
-[...3 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="M90" s="5"/>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>631</v>
+        <v>43</v>
+      </c>
+      <c r="D91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="s">
-[...6 lines deleted...]
-        <v>362</v>
+      <c r="H91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I91" s="5"/>
+      <c r="J91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K91" s="5" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>635</v>
-[...3 lines deleted...]
-      </c>
+        <v>643</v>
+      </c>
+      <c r="M91" s="5"/>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>306</v>
-[...11 lines deleted...]
-        <v>638</v>
+        <v>43</v>
+      </c>
+      <c r="D92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>639</v>
-[...8 lines deleted...]
-        <v>641</v>
+        <v>645</v>
+      </c>
+      <c r="I92" s="5"/>
+      <c r="J92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L92" s="6" t="s">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="M92" s="5"/>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>43</v>
+      </c>
+      <c r="D93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="s">
-        <v>645</v>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>646</v>
-[...7 lines deleted...]
-      <c r="K93" s="5" t="s">
         <v>648</v>
+      </c>
+      <c r="I93" s="5"/>
+      <c r="J93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L93" s="6" t="s">
         <v>649</v>
       </c>
-      <c r="M93" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M93" s="5"/>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>313</v>
+        <v>651</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>24</v>
+        <v>541</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>652</v>
       </c>
-      <c r="F94" s="5" t="s">
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="s">
         <v>653</v>
       </c>
-      <c r="G94" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I94" s="5" t="s">
+      <c r="I94" s="5"/>
+      <c r="J94" s="5" t="s">
         <v>654</v>
       </c>
-      <c r="J94" s="5" t="s">
+      <c r="K94" s="5" t="s">
         <v>655</v>
       </c>
-      <c r="K94" s="5" t="s">
+      <c r="L94" s="6" t="s">
         <v>656</v>
       </c>
-      <c r="L94" s="6" t="s">
+      <c r="M94" s="5" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>33</v>
+        <v>560</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>43</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G95" s="5" t="s">
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="I95" s="5" t="s">
         <v>660</v>
       </c>
-      <c r="H95" s="5" t="s">
+      <c r="J95" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="K95" s="5" t="s">
         <v>661</v>
       </c>
-      <c r="I95" s="5" t="s">
+      <c r="L95" s="6" t="s">
         <v>662</v>
       </c>
-      <c r="J95" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K95" s="5" t="s">
+      <c r="M95" s="5" t="s">
         <v>663</v>
-      </c>
-[...4 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>33</v>
+        <v>411</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>532</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="J96" s="5" t="s">
         <v>667</v>
       </c>
-      <c r="I96" s="5" t="s">
+      <c r="K96" s="5" t="s">
         <v>668</v>
       </c>
-      <c r="J96" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K96" s="5" t="s">
+      <c r="L96" s="6" t="s">
         <v>669</v>
       </c>
-      <c r="L96" s="6" t="s">
+      <c r="M96" s="5" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>34</v>
+        <v>672</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>33</v>
+        <v>575</v>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
         <v>673</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>674</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>39</v>
+        <v>580</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>675</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>676</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>678</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>306</v>
+        <v>43</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>33</v>
+        <v>679</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>44</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>39</v>
+        <v>682</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>683</v>
+        <v>685</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="L99" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>693</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -8586,44 +8677,45 @@
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
+    <hyperlink ref="M99" r:id="rId104"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>