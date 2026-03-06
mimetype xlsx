--- v1 (2026-01-18)
+++ v2 (2026-03-06)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1049" uniqueCount="694" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -102,745 +102,311 @@
   <si>
     <t>Laura Warberg og børnene var under brevskrivningen hos hendes søster (Jo)hanne Caspersen og dennes mand i Snøde på Langeland. Laura og Hannes forældre boede i nærheden. 
 Hvorfor Laura var nødt til at rejse fra Alhed vides umiddelbart ikke. 
 Slottet er formodentlig Tranekær. 
 Laura Warbergs bror, Carl Brandstrup, mistede sin kone og gik efterfølgende selv helt ned med flaget, hvorefter også han døde. Det er formodentlig i denne sammenhæng, at Lauritz Brandstrup får tårer i øjnene.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0323</t>
   </si>
   <si>
     <t>Laura Warberg skal sejle fra Rudkøbing kl 8 om morgenen, så hun og to af børnene må meget tidligt op. Laura er ked af at rejse fra Alhed. 
 Laura har sunget i kvartetter i kirken, og hun har været til fødselsdag på slottet. Hendes far kommer løbende i frikvartererne og ser til børnene. Hun og børnene er på en del besøg. Børnene kører i en vogn trukket af en ged. 
 Pastor Hansen vil komme på besøg hos Warberg. 
 Albrecht skal give diverse piger og kvinder besked om rengøring, tøjvask mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dPFb</t>
   </si>
   <si>
     <t>Tranekær D: 17de April
 Kjære Abba!
 Er det ikke kjedeligt, at Dampskibet der ellers gaar over hver Middag, fra Mandag af standser sine Farter, da det skal repareres? Vi skal saa seile fra Rudkjøbing paa Torsdag Kl. 8 om Morgenen, jeg gruer for, hvordan vi skal komme saa tidlig afsted herfra, vi maa lade Børnene komme i Seng Seng [”Seng” overstreget] Kl. 6 Aftenen før, for at faa dem op Kl. 5. Det bliver haardt at reise fra lille Alhed, naar hun ligger og sover, jeg gruer for hvordan jeg skal kunne det. Men nu til Sagen! Jeg skriver for at bede Dig om at lade ham kjøre hjemmefra saa tidligt som muligt paa Torsdag Morgen, for at vi ikke skal gaae længere end høist nødvendigt i Svendborg, der vil jeg rigtig gaae og længes efter Alhed. Jeg har beregnet, at naar han kjører Kl. 4, saa kan han nok være parat til at kjøre hjem Kl. 11, vil Du saa bede ham om at være paa Skibsbroen lidt før 9 med en Trillevogn til Tøiet. Saa kan I spise lidt senere Frokost den Dag for at vi kan spise til Middag sammen. Tænk Dig vi har næsten ingen Steder været endnu, vi lader Tiden gaae med Snak herhjemme og med Sang. De har faaet mig til at synge med i nogle Kvartetter; igaar var det Frøken Holsts Fødselsdag, i hvilken Anledning Hanne, Mea og jeg samt Pastor Hansen og Frøken Andersen var bedt til Middag paa Slottet, hvor vi havde det rigtig rart, jeg har aldrig været der før en daglig Dag. Om Eftermiddagen havde vi sungen i Kirken for Grevens og nogle Flere, efter a vi nogle Timer før havde sungen der over Jhs. Jacobsen. Iaftes var Børnene hos Fader og Moder til The; Fader kommer gjerne løbende herned i Frikvarteret og seer til Ungerne. Frøken Schindel var virkelig herinde imorges for at see, om jeg var syg, da hun slet ikke har seet mig, vi blev bedt derned iaften, Børnene ogsaa; dem er hun saa indtaget i, og det er Alle. Kaammerraad K[…]høftes var her igaar, Hanne siger for at hilse paa mig, han har glædet sig til at see mig siges det; jeg var ikke hjemme og gaaer derfor derind et Øjeblik med Børnene, skjønt der hersker det allerdødeligste Fjendskab mellem ham og Fader. I Eftermiddag gjør Hanne Børneselskab med Chokolade og Kommers. Imorgen Aften agter vi os til Gartner Rasmussens. Hansens kommer vi ikke til en Aften, vi har jo ikke Tid, det gjorde jo saameget at jeg var halvt daarlig de første Dage. Længere end til Torsdag kan jeg ikke blive, da jeg jo har en Mængde at gøre naar jeg kommer hjem. Du længes vel ogsaa snart meget efter Ungerne. De morer dem mageløst herovre. De kjører hver Dag en Tour med Geden og spadserer ogsaa med Marie. Vi har Bagerens Vogn til Johanne og deres Vugge har vi ogsaa, da Maes er altfor lille til hende; jeg har isinde at forære deres 2 Smaadrenge en Smule Legetøj for det. Pastor Hansen har stærkt isinde at besøge Dig i Sommer sammen med Caspersen, men denne vil have ham afsted med Fader, eftersom I vil udgjøre et smukt ungt Trekløver, hvorimod han vil forstyrre Harmonien; han og Pastor H. disputerer jo som bekjendt altid, mest om Politik, men det kunde da netop være morsomt. Pastor Hansens er Potte og Pande hos Grevens, det var ganske morsomt at see og høre iaftes. – Jeg antager at Du faaer dette Brev Tirsdag Morgen; vil Du sige til Dorothea at hun skal sætte Tøi iblød til Storvask paa Onsdag og bestille Kirsten og en Kone til, helst Line Træskomands, til at komme og vaske paa Fredag ganske tidlig. Dernæst skal de bære Foret ud fra det lille Gæstekammer og gjøre rent der vaske Vinduer og sæbe af og skure samt gjøre rent paa det pæne Gæstekammer, pudse Kakkelovnen over, polere Vinduer, og skure Vil Du hilse Conne, Carl og Sybergs. Fader taler ikke om Carl uden med Taarer i Øjnene. Lev nu vel kjære Abba! Venlig hilsen fra Hanne og Din egen Smaa. 
 [Det følgende skrevet ved papirets venstre kant, lodret:] Christine bad mig før om at kysse hende fra Dig</t>
   </si>
   <si>
-    <t>1879-03-13</t>
-[...2 lines deleted...]
-    <t>Tranekær</t>
+    <t>1913-03-17</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Langeland
+Snøde</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Marie Brandstrup
+Ludvig Brandstrup, visedigter
+Johanne Caspersen
+Poul Caspersen
+Adam Goldschmidt
+Ina  Goldschmidt
+Alhed Larsen
+Johan Larsen
+Johanne Christine Larsen
+Marie Larsen
+Christine  Mackie
+Ellen  Sawyer
+Christine Swane
+Lars Swane
+Sigurd  Swane
+Hempel Syberg
+Christiane - tjenestepige hos Larsen 1898
+Andreas Warberg
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2619</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik godt. Christine Mackie og Alhed Larsen låner Lauras lejlighed.
+Johannes Larsen er kommet hjem fra Sprogø med syv billeder, og han har solgt de to.
+Minna og Andreas Warberg kommer til Kerteminde i påsken. 
+Hempel Syberg var sparsommelig/nærig under Lauras besøg hos ham.
+Marie Larsen skal nu være husbestyrerinde i Sverige. 
+Ellen Sawyer har 20 elever (klaver).
+Laura Warberg har besøgt Ludvig Brandstrup og hans skuespillerkæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/usQS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Hilsen fra Tante!
+[Poststempel]
+[I brevet:]
+Snøde – Langeland
+d: 17de Marts.
+Kære Astrid.
+Jeg glemte Dig ikke i Gaar, men var saa lidt oplagt til at skrive og Vejret for grufuldt til [”til” indsat over linjen] at faae Brevet hen Jeg kom i Lørdags, en udmærket Rejse, om Morgenen 6½ fra Syberg, i Rudkøbing Kl. 10, med Bilen hertil ved 12½ Tiden lige til deres Middag. Nu bliver jeg her til ca. d: 25de. Poul og lille Johanne ventes Langfredag og Barnet bliver her en lang Tid. De første Dage i April senest er jeg hjemme igen. Christine og Alhed boer i min Lejlighed fra i Onsdags og er saa glade ved det. Las er kommen fra Sprogø med 7 dejlige Billeder og tænk allerede i Fredags var der solgt et af dem til 2500 og et til 600; han sælger nok alt paa den Frie! Det er dejligt! Nu kan de da med rolig Samvittighed bygge Udhus! Minna og Andreas har meldt sig til dem i Paasken. de kommer selv hjem Skærtorsdag. Lysse boer hos Swanes. Syberg var yderst sparsommelig denne Gang, ikke Antydning af Godter, ingen Indbydelse til Elle og Johanne om at komme derud, mens jeg var der, ingen Godter med da jeg en hel Dag var i Kerteminde; noget helt usædvanligt altsammen! Men jeg havde det frit og rart, var en Del nervøs, da jeg kom, mit Hoved er jo ikke helt i Orden. Jeg kan ikke lade være med at tænke paa vores eventuelle Rejse, hvad kan Du?? – Jeg vilde have vældig godt deraf. Første Halvdel af [”Halvdel af” indsat over linjen] Juni skal jeg være i Kerteminde, d.v.s. inden Midten af Juni; det passer jo udmærket, dersom vi bare rejser en halv Snes Dage. Til den Tid skal jeg virke for Elle; det var for tidligt nu at gaa til Fiskeri[ulæseligt]! Jeg havde en yndig Dag i Kertem; Johanne var hos os til Kl. 3, og vi kom derover ved 5Tiden til en fin Aften. Tænk at Marie skal fra dem nu til Paaske, styre Huset for en ung Andresen, der har købt en Gaard i Skåne ved Ringsjøen, have 30 Kr. mdl. Johanne vil prøve i Sommer ene med Christiane, som vil blive ene, nu Marie rejser. Det kan være baade godt og ondt. Elle har nu 20 Elever, ca 50 Kr. om Maaneden. Hun sætter Penge i Banken! Det er godt gjort! Andreas gav hende nylig 13 Kr; men det er jo godt, hun har lidt at tage til. – Syberg nævnede intet om Understøttelse, det maa han helt have glemt!! Her er saa lidt at skrive om. – Jeg besøgte Ludvig og hans Kæreste var bestilt til at være der; hun er rigtig sød og naturlig, ligner ingen Skuespillerinde, har gaaet to Aar paa Kgl. Teaters Elevskole; men blev ikke antaget; kun 3 af 30! en af hendes Kammerater saa jeg som Agnete i Elverhøj nylig med Lysse. Undres paa, at hun vil have Ludvig!! - De skulde til Charlottenlund i Paasken, hvis de kunde for Prøven. Hun er engageret igen med 30 Kr. Tillæg næste Saison, men kan ikke, vil vist til Aarhus! Men har vist ikke videre Roller. Jeg vilde nok have set ham spille men i ”Hans eneste Kone” med en Masse Personer var han slet ikke og hun kun en lille Rolle. – Hils de kære Unger, det kan blive morsomt, naar I kommer til mig en Tid i Sommer, mens A. har Ferie. –
+Kærlig Hilsen!
+Mor.</t>
+  </si>
+  <si>
+    <t>1919-05-27</t>
+  </si>
+  <si>
+    <t>Minna Warberg</t>
+  </si>
+  <si>
+    <t>Brædstrup</t>
+  </si>
+  <si>
+    <t>Langeland
+Tranekær</t>
+  </si>
+  <si>
+    <t>Andreas Warberg
+Fritz Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht og Laura Warberg blev gift 28. maj 1869. Han døde i 1902. Man holdt altså guldbryllupsfest for enken, Laura Warberg. Hun havde i sin ungdom fungeret som huslærerinde på Tranekær og holdt forbindelsen til godsets indehavere. 
+Rodvigsballe er en gammel gård, der nævnes i 1531 som Raadisballe og 1535 som Rudisballe. Gården Ligger i Grædstrup Sogn i Horsens Kommune. (Wikipedia jan. 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3849</t>
+  </si>
+  <si>
+    <t>Minna Warberg ønsker Laura Warberg tillykke med guldbrylluppet. Det er trist, at Andreas/Dede ikke har tid til at deltage.
+Når Laura kommer til Brædstrup i pinsen, skal familien holde barnedåb for Fritz. 
+Minnas og Andreas' byggeri er nu snart færdigt, og det bliver yndigt. De har været til stort sølvbryllup på en herregård.
+Minna har hørt, at der er smukt på Tranekær, når æbletræerne blomstrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BGVZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet, for:]
+Fru Warberg.
+p.t. Tranekær.
+Langeland.
+[Stemplet i adressefeltet, bag:]
+Andr. Warberg
+Overretssagfører,
+Brædstrup.
+[Håndskrevet i brevet:]
+Brædstrup, d. 27-5-1919.
+Kæreste Svigermor! Ogsaa fra mig sendes dig mange Ønsker paa din Guldbryllupsdag, Dede skrev jo i Gaar; det bliver nok en yndig lille Fest for dig, det er blot kedeligt Dede ikke synes han har Tid til at være med. - Dede skrev jo, at vi ventede dig i Pinsen, men han glemte vist at fortælle at vi vilde have Drengen i Kirke 2_den_ Pinsedag, saa du maa da endelig komme. - Vi kan nu begynde at se Ende paa vores Byggeri, men det har jo ogsaa varet dobbelt saa længe som vi havde tænkt os, det har været en gyselig Tid at gennemgaa, men yndigt faar vi det, det skal blive morsomt at vise dig det. Vi har i Søndags været til Sølvbryllup paa Rødvigsballe, det var en yndig Fest, 80 Mennesker, spiste i Telt i Haven &amp;amp; dansede længe bagefter. Fin Mad &amp;amp; god Stemning. Dede holdt en pæn Tale, jeg tror, han ender som Taler. Du faar nok godt Vejr, &amp;amp; saa har jeg hørt engang, at Tranekær, - naar Æbletræerne blomstrer, er prægtig smuk. Hils nu alle Bryllupsgæsterne, et Kys til dig selv fra Drengene &amp;amp; din heng. Minna.</t>
+  </si>
+  <si>
+    <t>1900-06-28</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Langeland</t>
+  </si>
+  <si>
+    <t>Niels Bom
+Thora  Branner
+Christian Caspersen
+P Jørgensen 
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Frantz Leth
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Det er i Odense, Johannes Larsen har hængt udstilling op, hvilket fremgår af det følgende brev fra Johannes Til Alhed Larsen. 
+"Dyrlægen" og "Tante" er Alhed Larsens onkel Caspersen og dennes kone Esther Johanne på Langeland.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hængt udstilling op, og Thora Warberg (Tutte) har hjulpet.
+Hjemme igen har Larsen gjort rent i boligen og været i byen for at købe en stråhat. 
+Der er kommet en regning til Fru Alkær Larsen, og Johannes Larsen spørger, om den er til Alhed.
+Alhed og barnet er på Langeland hos Alheds onkel og tante.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Si2K</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 Juni 1900
+Min egen kæreste Alhed!
+Da vi forlod Dig i Gaar gik vi hen paa Grand Hotel hvor jeg trakterede [noget af papiret mangler] Tutte med Jordb[noget af papiret mangler] jeg selv fik en fra[noget af papiret mangler] med Pilsner og Kaf[noget af papiret mangler] Brød og Cigar. Tutte hjalp mig ud paa Udstillingen med Billederne og Marie gik hen til Sybergs. Tutte kom senere ud til mig igen. Fader rejste med Kl. 1 Toget og Marie Kl 5, da vi var færdige med Ophængningen nød jeg mig 2 Pilsnere og en Cigar Leth trakterede med og vi gik saa ind til Sybergs, hvor jeg spiste til Aften og Kl. 11 rejste jeg hjem. Jeg sov temmelig længe i Morges og lugede Haven og sæbevaskede Tjalfe. I Eftermiddag har jeg [gjort] rent her i Stuen [noget af papiret mangler]en, tørret af og [noget af papiret mangler] Møblerne og Maatten ude at banke og fejet med vaadt Sand og vandet Blomsterne herinde, saa her ser nu temmelig ordentligt ud. I Morgen skal jeg have fat paa Sovekammeret og Køkkenet hvis jeg kommer saa tidlig op at jeg kan naa det jeg tror nemlig jeg tager ud og ferniserer Billederne. Jeg har været inde hos Bom med mine Sko som skal bagflækkes og var inde hos Jørgensens og se paa de Straahatte vi havde set i Vinduet men ingen kun[noget af papiret mangler] saa jeg maa vel [noget af papiret mangler] finde en i Odense [noget af papiret mangler] det har været [noget af papiret mangler] Pakke fra en Uldhandler I Odense Opkrævning 1 Kr 40. Adr: Fru Alkær Larsen Kjerteminde, er den til Dig skal jeg løse den? Tjalfe skal møde inden Fredag d. 6 Morgen Kl. 9. Hvad mener Du om jeg kom Mandag og rejste Onsdag? Klaks kommer her Lørdag. Jeg gaar nu til Skrædderen. Jeg længes efter Jer. Hønsene havde lagt 3 Æg i Gaar dem spiste jeg i Morges i dag har jeg ikke set efter endnu. Nu tror jeg at [jeg har] fortalt Dig omtrent [alt h]vad jeg ved og kan [noget af papiret mangler] at høre fra [Dig h]vad Du mener om [Lange]landsrejsen. Mange kærlige Hilsner til Dig og den lille flinke. Hils Dyrlægen og Din Tante.
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1896-08-02</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Langeland
+Långaryd, Sverige
+Faaborg
+Svanninge
+Odensebakken, Faaborg
+Waldemarsgade, København
+Lerbjerg, Faaborg</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Julie Brandt
+Louise Brønsted
+- Carlsen
+Christian Caspersen
+Peter Hansen
+Syrak Hansen
+Adolph Larsen
+Johanne Christine Larsen
+Jørgen Larsen
+Marie Larsen
+Fritz Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kolerafluer er insekter, som hedder trips. Fordi der i koleraåret 1853 var særligt mange trips i Kbh., satte man dem fejlagtigt i forbindelse med sygdommen i årene efter.
+Mesterhuset er bygningen Lagonisminde 7 i Faaborg, hvor malermester Syrak Hansen havde bolig og værksted.</t>
+  </si>
+  <si>
+    <t>Onsdag cykler Alhed til Langeland, hvor hun en tid skal opholde sig hos dyrlæge Caspersen.
+Hun har været på besøg hos Syrak Hansen i Mesterhuset, Faaborg, og hos Fritz Syberg ("Kunstneren").
+Alhed har sammen med søskende og flere andre været på tur til en granskov, hvor de tændte bål og lavede mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YODa</t>
+  </si>
+  <si>
+    <t>Kære Las
+Jeg vil hellige Dem en Timestid af denne Søndag eftermiddag; det er en lumrende Varme, sig: trykkende Tordenluft, og saa er den (Luften) tilmed fuld af disse forbistrede smaa Kolerafluer, der fare omkring i Ansigtet paa én og virke saa irriterende. Har De ikke lagt Mærke til, hvor de har været tossede i den sidste Tid. Forleden Dag optraadte de her i Billionvis, og mens jeg sidder og skriver dette, sidder der i Hundredevis paa mit hvide Liv. – 1000 Tak for Deres Brev lad mig se, De skriver rigtig tit til mig. – Jeg ser De har taget Dem min Drøm til Indtægt, det var i Grunden brillant drømt navnlig Overskriften, 2, [noget af papiret mangler] udmærket ud, ikke sandt 3 – Naa, saa De er ikke kommen til Sverig endnu! Ja, nu er De vel? Jeg sender da i alt Fald dette Brev derop, saa kan det maaske ligge og ønske Dem velkommen, naar De kommer. Det var en smuk tanke! Jeg skal for resten ogsaa ud at rejse nu; paa Onsdag cycler jeg til Langeland, jeg skal rigtig drive og more mig derovre, men jeg er meget spændt paa at se, om Tiden vil gaa hurtigere eller langsommere paa den Maade. Uh, jeg er i Grunden ærgerlig paa mig selv over at jeg ikke kan lade være at gaa og ønske Tiden kortere. Man har det jo saa udmærket, og jeg holder da saa meget af Sommeren og saa har jeg tilmed aldrig syntes at nogen Sommer har været saa dejlig som denne. – I Tirsdags kom Mor hjem, og jeg overgav hende med Glæde Regeringens Tøjler. Om Onsdagen var Dis og jeg i Faaborg, vi skulde et Ærinde ud til Købmand Larsens. Bagefter [noget af papiret mangler] i Mesterhuset, men Mester var helt alene hjemme, han Dis og jeg drak en halv Flaske Portvin. Saa kørte vi til Svanninge, hvor de alle havde det udmærket; Kunstneren maler hver Dag paa Stedgaard, hvor han nu har 4 Billeder i Gang, eller i alle Tilfælde Bestillinger paa 4. – P. var ude at male og kom først hjem lige da vi skulde af Sted, han fulgte os op til Landevejen. Jeg spurgte ham, naar han skulde til Sverig, han mente det blev først ved d. 20ende han har travlt med sit Billede, sagde han. Da Dis og jeg kom hjem (Kl. 11) sad Johanne og Pan i Gæstekammervinduet og meddelte os, at vi skulde op igen om tre Timer og ud paa en Tur – for Resten samme Vej tilbage, som vi lige var kommet fra, men jeg til Lerbjærget ude ved Faaborg. Her maa jeg gøre en Pause. – Hele Familien er ude i Odensebakken med Aftensmad, jeg opdagede, at det nu er den Tid, jeg lovede at køre herfra paa. – Farvel saa længe. Goddag igen, - eller rettere Godaften, Kl. er nemlig bleven over 10, [noget af papiret mangler] i et saa skrækkeligt vrøvlet Humeur, at jeg ikke har kunnet forsvare at sætte mig til at skrive før. Jeg har lét, saa Huset rystede (eller i alt Fald jeg selv) af mine egne Vittigheder. – Det var for Resten en umaadelig vellykket Tur i Odensebakken. – Men jeg kom nok fra at fortælle Dem om en anden Tur og den skal De nu høre lidt nærmere om, enten De vil eller ej; det var nemlig en rigtig Vagabondtur, og en saadan har vi saa tit udmalet os, men aldrig faaet gjort Alvor af. Kl. godt 2 stod vi altsaa op og lidt efter startede Muk, Dis og Dede pr. Ben, en Time senere Thorvald, Pan, Joh. og jeg paa Cycle. – Maalet var at se Solen staa op paa Lerbjærget og det naaede sig udmærket, den stod nemlig slet ikke op, men laa og dovnede hele Dagen inde bag nogle tykke graa Skyer. ”Og regnede lidt, gjorde det jo en Smule” (som Mdm. Carlsen i Waldemarsgade sagde), saa vi blev temmelig vaade, inden vi kom derud, men ved 8-9 Tiden holdt det op, vi opslog vores Lejr i en pragtfuld Granskov og lavede et herligt Baal, som vi vedligeholdt hele Dagen. Og nu skal De høre, hvilke herlige varme Retter, vi lavede der. – Vi blev for Resten enige om, at ingen af os var særlig æstetisk anlagte, - det, der [noget af papiret mangler] mest, var nemlig at [noget af papiret mangler] om Baalet og lave [noget af papiret mangler] men vi lavede heller [noget af papiret mangler]tet mindre end: [noget af papiret mangler] ristet Skinke med Spejlæg og Kaffe; og til Middag Æggekage og Pillekartofler og Skinke – Gullerødder (altsaa Gullerødder i Stedet for Asparges) disse og Kartoflerne huggede vi i en nærliggende Have. – Da Kartoflerne var halvt kogte kom der en Skovfoged, der sagde, at det ikke var tilladt at tænde Baal i Skoven, men vi fik da Manden til at indse, at vi ligesaa godt kunde koge dem færdige, da vi nu havde begyndt. [noget af papiret mangler] blev en halv Timestid [noget af papiret mangler] han nok ville se [noget af papiret mangler] slukket, og vi stivede [noget af papiret mangler] af saa godt vi kunde med Portvin og Cigar. Efter endt Maaltid lænede jeg mig lidt tilbage i Græsset for at tænke over, om jeg ikke skulde skrive lidt til min ærbødige J. Larsen, men mens jeg tog den Beslutning, at vilde (det er det, De staver ”hville”?) faldt jeg i Søvn og sov saa trygt, at jeg ikke mærkede, de andre dækkede mig til og gik deres Vej op paa Lerbjærget, og da de kom tilbage, skulde vi hjem, saa der blev ingen Brev af. – Endnu staar kun tilbage at fortælle, at vi cyclende midt paa Dagen var ude i Faaborg og tage et Bad (storartet) jeg købte en Flaske Portvin (ogsaa rart.) – Naa, nu kunde det vist snart være paa Tiden at slutte, de maa ikke blive gal over, at det er bleven saa langt, De kan jo fordele det paa to Dage. - - Hils Marie mange Gange og sig hende Tak for hendes Brev, jeg skriver til hende en anden Dag paa Langeland faar jeg bedre Tid, hils Agraren Tjalfe det lille Hylehoved. Paa Langeland bliver min
+Adr: Dyrlæge Caspersen, Snøde pr. Langeland. 
+Hav det nu godt derovre. Skyd meget og mal godt o.s.v. og 1000 Millioner Hilsner i al Ærbødighed fra Deres
+”Kæreste Alhed”
+Hør, det var voldsom snedigt, ligefrem en Brander, jeg tænkte for Resten ikke paa det, førend jeg havde skreven det.
+Erikshaab d. 2den Aug. 1896
+Mon dette ikke er et slemt Vrøvlebrev?</t>
+  </si>
+  <si>
+    <t>1917-06-12</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Ærø
+Langeland
+Faaborg</t>
+  </si>
+  <si>
+    <t>Hans Andersen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem Peter er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johs. V tager motoren med til Ærø og Langeland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g2n6</t>
+  </si>
+  <si>
+    <t>Kære Venner. Vi kom til Faaborg uden Uheld, sejler med det samme med Peter og Hans til Lyö. Vi kan tage Motoren med til Ærø og Langeland, da der gaar Damper. Venlig Hilsen til Johan. 
+Else &amp;amp; Johs V.</t>
+  </si>
+  <si>
+    <t>1894-08-27</t>
   </si>
   <si>
     <t>København
 Vestergade</t>
-  </si>
-[...685 lines deleted...]
-    <t>1894-08-27</t>
   </si>
   <si>
     <t>Adolfo Bacci
 Teresina Bacci
 Rigmor Balslev
 Thorvald Balslev
 Harald Bing
 Ludvig Brandstrup, billedhugger
 Thora  Branner
 Thomas Bredsdorff
 Louise Brønsted
 Johanne Caspersen
 Bernhard Hirschsprung
 Emma Hirschsprung
 Drude Jørgensen
 Hanne Langkilde
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 - Petersen, Skolefrøken
 Christine Rump
 Ellen  Sawyer
 Adelheyde Syberg
 Hempel Syberg
@@ -862,101 +428,537 @@
     <t>Den nye skolefrøken er kommet til Erikshaab. Hempel Syberg har været syg. Ellen og Johanne har været på besøg hos familien i Snøde på Langeland. Nu er Johanne syg.
 Christine har fået fem undervisningstimer om ugen i dansk på en skole i Odense samt musikelever, og hun tjener 36 kr. månedligt.
 Alhed har det så godt i Firenze. Hun opholder sig på et bjerg med Bacci, spiser godt og bader i en bæk. Ludvig Brandstrup er rejst til Danmark, og Alhed vil savne ham. 
 Laura Warberg har hørt, at der er meget svir på Odense (Katedral)skole, så hun har overvejet en anden skole til Andreas, men Vesterdal siger god for Odenseskolen. 
 Familien har drukket kaffe udendørs i det gode vejr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/F9KW</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr Godsforvalter Warberg
 “Tre Hjorte”
 Vestergade 
 Kjøbenhavn K.
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Erikshaab – Mandag
 Kjæreste Abba!
 Vi har egentlig oplevet ikke saa lidt, siden Du rejste, saa det er bedst, Du strax faaer en lille Skrivelse. Torsdag Eftermiddag kom Charlotte kjørende med Frøken Petersen, den nye Lærerinde og 2 af Børnene. Marie K! er rejst til Nygaard for et Par Uger og gl. K. skal ogsaa et Par Dage derover; han var i Gaar alene paa Gjelskov, Christine og jeg gik derover, Sybergs var i Kirke, vi sludrede saa med den gamle en Timestid og morede os kosteligt over hans Fortællinger om hans Kone, hvordan hun ”tilvender” sig masser af Pakker, naar hun skal rejse og saa smider dem og Rejsetøjet rundt omkring paa Vejene. Syberg har endnu ingen Kræfter, var saa anstrengt af en 5 Timers Visit Visit ["Visit" overstreget] af Smidt i Lørdags, at han ikke kunde sove om Natten og Mini troede, han skulde blive syg igjen. – I Fredags kom der Brevkort fra Junge og Elle, de var kommen godt til Snøde, uden større Træthed skjøndt de havde gaaet hele Turen, ikke en eneste velvillig Vogn. Tante blev umaadelig henrykt over deres Besøg, men hun kommer ikke herover, da Thora kom i Lørdags og hun bliver der 8 Dage. Hende var Børnene med at hente i Aasøe, kjørte Kl. 9 dertil, var hjemme 12½, spiste til Middag og gik saa samme Tur!! var nær kommen for sent til Dampskibet, da de troede, der var en 10 Minutters Vej fra Tranekær til Aasøe!!! Kl. 12 Lørdag Aften kom de tilbage, havde kjørt et Par Mil fra Svendborg om ad Kværndrup. Junge har Blegner og vældig ondt i Halsen, hun gurglede igaar hele Dagen med chlorid Kali, var ilde tilpas, men holdt sig oppe, da Vesterdal og Christine var her. De to kom Lørdag Efterm, Chr. var kommen til Odense Tirsdag Aften sent, havde Timer hele Onsdagen, var hos Frk. Jørgensen, men traf hende atter ikke, fik af Vesterdal 5 Timer om Ugen i hans Skole, Dansk med 9 smaa søde Drenge, Christine er meget glad over det, han spurgte, om hun vilde have en Dreng at regne med, og det havde hun nok Lyst til, hvis hun kan. Vil Du fortælle Thorvald alt dette, han og jeg var saa enige i, at Christine burde have noget mere at bestille, ikke alene for at tjene noget, men ogsaa fordi et saadant Driverliv er en Ødelæggelse for hende. Af Musikelever har hun faaet Sagfører Jacobsens lille Dreng og Rimse, denne en Gang om Maaneden. Hun mener nu at tjene 36 Kr. om Maaneden og hun har lovet mig at lægge alt hen; jeg faaer saa noget hos hende til en Rejse derind paa et Par Dage; det klemmer hende jo en Del, at jeg vil hjælpe hende paa min Rejses Bekostning. I Fredags fik jeg Breve fra Christine, Thomas, Alhed og Junge og Elle. A. befinder sig saa udmærket et Par Mil fra Florenz paa et Bjærg, taler kuns Italiensk boer der sammen med Baccis og den gl. Major. Der er saa fint og smukt, de spiser saa vældigt alle sammen, Smør og Mælk er saa brillant; Kastanieskove op ad Bjærget, Brombær og Nødder, de bader i en Bæk. Hun fulgte Lud ind til Byen i Tirsdags, hentede mere Malervæsen derud, da der vil blive meget at gøre skriver hun. Naar Du nu snart ser Lud, saa maa Du da endeligt skrive til mig alt, hvad han fortæller om Alhed. Hun skriver i hvert Brev, at hun vil savne ham forfærdeligt, han er saadan en god Kammerat. – Jeg skulde hilse Dig mange Gange fra Vesterdal, han sagde at han savnede Dig meget; han var bedt til Kaffe-Christensen til Aften igaar, Dede, Elle og Muk kjørte for ham til 3 Toget. Sybergs stod ved Leddet og saae dem komme tilbage, sagde at han kører rigtig brillant. Christine havde Time idag Kl. 9 tog derfor ogsaa hjem iaftes. Junge har snakket en hel Del om, at Odense Skole er saa gruelig slem med Svir og anden Daarlighed Lærerne har den og den Skavank o.s.v. og at Dede burde i Birkerød Skole. Igaar talte jeg meget med Vesterdal derom, han mener ikke der er nogen Fare ved Odense, foreslog at faae ham til Rumps paa Christiansdal, naar han blot ikke boer i Byen, mener han ikke der kan skee noget, sagde at Birkerød er saa dyr, at Odense er brillant at tage Examen ved, den bedste i Landet til at proppe Kundskaber i Drengene. – Igaar var vejret saa mildt og dejligt her. Vi havde Kaffebordet udenfor Hovedtrappen og sad ved Bordet der og drak Kaffe. Pal. havde tabt en Flaske Portvin til mig, vi væddede om Tiden, Junge og Elle vilde komme hjem Lørdag Aften, - den drak vi til Middag igaar, Retterne var: Gemyse – Steg – Rødgrød, hvis bare Junge havde været rask, havde det været en dejlig Dag. Christine var saa livlig og munter, spillede og sang og snakkede hele Dagen. – Nu Farvel! I morgen venter jeg Brev fra Dig. Du og Thorvald har vel nok oplevet et eller andet igaar Søndag. – Junge ligger paa Chaiselongen, hun var saa henrykt over [ulæseligt] af [ulæseligt] det er kjedeligt hun skal spilde Tiden med Daarlighed, men [ulæseligt]gen haaber vi hun er helt rask, da er vi bedt til Ølstedgaard til Kaffe. - Syberg og Mini hentede Thora i Tommerup i Fredags, hun rejste fra Middelfart med Langkilde og hans Kone, kunde hun forstaae paa Snakken; - Gjelskov fik indavlet i Lørdags og havde Gilde. Unge Grevinde har det saa godt, jeg har hørt Bud. - Mange Hilsener fra os alle! Esset.
 Kære Far! Vi havde en frygtelig morsom Tur til Langeland kan du tro. – Vil du endelig huske at hilse Mine Hirscher, gl. Bernhard, gl. Bing og Tante Pe’rsen i Særdeleshed.
 Din Sel -</t>
   </si>
   <si>
-    <t>1895-03-13</t>
-[...14 lines deleted...]
-Francis Beckett
+    <t>1896-08-09</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>Höljeryd</t>
+  </si>
+  <si>
+    <t>Ejnar -
+Christian Caspersen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Warberg er på Langeland hos sin onkel Max og familie. De cykler ture, bader og dovner. Alhed synes, at Larsens sidste brev var lidt kort. Hun savner ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/alYT</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Endelig i Gaar fik jeg da [noget af papiret mangler] Livstegn fra Dem og i D[ag vil] jeg afsende et dito til Dem. Jeg var meget glad ved at høre, at De var kommen godt derop, og jeg haaber, der laa et Brev til Dem fra mig, da De kom til Höljeryd, jeg afsendte da et saadant til Dem forrige Mandag. Som jeg skrev til Dem, rejste jeg herover til Langeland og her er jeg nu. De er vel paa det [noget af papiret mangler] med, at det er den M[and som] har foræret sin Kone en Cycle som jeg besøger herovre. De kan tro jeg gaar og nyder Til[værel]sen herovre lige fra Mor[gen] til Aften, det passer mig [noget af papiret mangler]tet saadan rigtig at gaa [og dr]ive. Hver Formiddag cycler [noget af papiret mangler]artis med min Onkel, som [noget af papiret mangler] brillant med: og paa [disse] Ture faar vi noget aldeles [noget af papiret mangler]tet gammelt Øl. De kan [nok] tænke dem, hvor de lave glimrende Øl her paa Langeland, det er saa klart og stærkt som Vin, men ogsaa meget berusende. – Om Eftermiddagen cycle vi i Vandet. Hvor det er dejligt at bade! I Gaar var der høje Bølger, det er forfærdelig morsomt at svømme med Bølgerne og blive løftet et langt Stykke hen i Vandet. [noget af papiret mangler] er der desværre ingen [noget af papiret mangler] -, men saa er det til Gengæld det mest henrivende Vejr. Det er Søndag og Max (min Onkel) og jeg have været ude en Cycletur [noget af papiret mangler] paa en høj Bakke at se [noget af papiret mangler] Kapsejlads, og i Efterm[iddag] skulle vi ud til Lohals [til] en ”Fætter Einar”. – Hør Las, det var ellers et r[igtigt] Snyderbrev, jeg fik i G[aar], jeg lagde mig velbehagelig ude i Hængekøjen for rigtig at nyde det, og saa var jeg færdig med det paa mindre end en halv Minut! Men nu haaber jeg, der er et bedre et undervejs til mig. – Jeg har for Resten ikke mere at skrive nu, d.v.s. jeg synes hele Tiden, der er noget, jeg skal fortælle Dem, men naar jeg tænker mig om, for a[noget af papiret mangler] hvad det er, er det [noget af papiret mangler] end at jeg længes efter [Dem og] at jeg glæder mig, til jeg skal se Dem igen. Men jeg har en Følelse af, at jeg har skreven det saa [at] jeg ikke kan forsvare at [skriv]e det tiere. Saa nu [kom]mer Posten snart, saa [jeg maa] slutte. Hils Marie [mang]e Gange. Men flest [Hilsn]er til Dem selv fra 
+A.
+Snøde pr. Lohals
+Søndag d. 9ende August
+De har da lagt Mærke til, at jeg ikke mere skriver ”Hr. Maler” udenpaa Brevene?</t>
+  </si>
+  <si>
+    <t>1906-07-16</t>
+  </si>
+  <si>
+    <t>Lohals
+Nyborg
+Korsør
+Svendborg
+Nakskov</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Poul Caspersen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed besøger på Langeland dyrlæge Niels Christian Caspersen og dennes kone, Esther Johanne (f. Brandstrup), som er Alheds moster. Tante Mis (Wilhelmine f. Brandstrup, Alheds mors halvsøster) er også på Langeland.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Langeland. Hun kom for sent til toget, måtte overnatte i Korsør og videre til Lohals næste dag. Johannes Larsen og hun skal mødes på banegården i Nyborg om onsdagen, og Alhed håber, at hhv. Dis og Johanne vil se efter børnene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rHWx</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dine Breve, Du er rigtignok flink til at skrive til mig, men tænk, jeg kom for sent til Toget – en hel Time – da min Cykle paa Gr. af manglende Luft var umulig at køre paa x [tilføjelse indsat i margen: x eller ogsaa blev det Modvind] jeg sled vældig i det, men havde rasende svært ved at komme frem. En Mand i Nyborg raadede mig til at tage med Færgen til Korsør [indsat under linjen: Svendborgskibet kunde jeg ikke naa], da han mente der gik Skib til Lohals Kl. 5.25. Det viste sig imidlertid, at det Skib gik fra Nakskov og at jeg maatte overnatte i Korsør for saa næste Form. Kl. 10.50 at tage til Lohals. Det var jo et Løb med Forhindringer, men gik ellers udmærket for mig; Dit Brev var allerede kommen saa nogen Overraskelse blev det ikke, men de blev vældig glade ved at se mig, tror jeg nok. Jeg kunde paa Gr. Af Søndag ikke skrive i Gaar, men jeg haaber Du har faaet min Telefonmeddelelse. – Jeg rejser herfra Onsdag Morgen og er i Nyborg Kl. 11.35 paa Lokalbanegaarden (ikke Statsbanegaarelsen) og venter der, til Du kommer. Du maa vel have Dit blaa Tøj og Din Sommeroverfrakke hvis det regner samt en Flip paa Styret. Jeg har faaet min Cycle rep. det var Ventilen. Jeg haaber, Johanne vil ligge hos Ungerne den ene Nat, vi kommer jo hjem Torsdag Aften. Haaber Dis nok vil se efter dem Torsdag. Naa, nu vil jeg slutte, de snakker om mig, saa det er svært at skrive. Kys Putterne. Hils de andre mange Gange, mest dig selv Din
+A.
+16de Juli – 06
+Jeg skal hilse fra dem, ogsaa fra Ta Mis og Poul, som er hjemme i Ferien.</t>
+  </si>
+  <si>
+    <t>1900-06-30</t>
+  </si>
+  <si>
+    <t>Snøde, Langeland
+Årø
+Rudkøbing
+Svendborg
+Odense</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Andreas Larsen
+- Rasmussen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Dageløkke ligger nær Snøde på Langeland, hvor dyrlæge Caspersen havde praksis. 
+Landmandsforsamlingen var møder mellem landbrugere, efter tysk forbillede afholdt første gang i Danmark i 1845 i Randers. Forsamlingen gentoges i 1846 og 1847, 1852-78 hvert andet år og derefter med flere års mellemrum indtil den 18. landmandsforsamling i Odense i 1900. De første landmandsforsamlinger var forhandlingsmøder om faglige emner, i begyndelsen også vedrørende skovbruget, fra ca. 1870 især dyrskuer og produktudstillinger, senere med fremlæggelse af forsknings- og forsøgsresultater. Forsamlingerne blev efterhånden meget bekostelige flerdagesarrangementer, der fagligt blev overflødiggjort af landboforeningernes årsmøder og -skuer. (Nationalencyclopædien)</t>
+  </si>
+  <si>
+    <t>Alhed synes, at Johannes Larsen skal komme til Langeland mandag. De kan skaffe pasning til Andreas (Ba) og more sig lidt. Alhed har været inviteret til Dr. Rasmussen, spist makrel og jordbær og spillet crocket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qsG2</t>
+  </si>
+  <si>
+    <t>Kære lille Larsi!
+1000 Tak for Dit Brev, ja naturligvis synes jeg, at Du skal komme paa Mandag, saa følges vi hjem Onsdag. Og tror Du saa ikke, vi kunne faa dem oppe i Laden til at tage Baba om Fredagen, saa kunne vi to rejse ud med Tjalfe med det første Tog om Fredagen og saa være der hele Dagen og se det hele og more os lidt. Hvad mener Du om det? Spørg dem, om de vil have Bamanden. – Jeg glæder mig meget til at se Dig herovre Du skal fra Kerteminde Kl. 11, fra Odense 12 10, fra Svendborg Kl. 2 med Dampskibet ”Rudkøbing”, der gaar over Rudkøbing og Aarø til Dagelykke, hvor Du er 5 ½ og hvor Baba og jeg skulle hente Dig. – Vi har det yndigt, i Forgaars var vi en Cycletur sydpaa alle 3, det var forfærdelig morsomt at cycle en Gang igen, jeg blev lidt træt at begynde med men hjem gik det udmærket. Pakken er til mig, det er Uldtrøjer til Baba. – I Aftes var vi bedt ind hos Dr. Rasmussens, vi spillede Crocket, og blev trakteret med røget Makrel (!) og Jordbær i Dag skal vi have Jordbær til Middag her. Det skrupregner desværre, saa vi maa holde os inde! Det glæder mig at Du har gjort pænt, og at Du æder Æggene. – Sikken et Vejr til at aabne Landmandsforsamlingen i, det er kedeligt. – Ba ligger her og sover og ser saa sød ud. Jeg hilse fra de andre og sige at Du er velkommen, Mor bliver vist desværre ikke hjemme i de Dage. – Skulde Du ikke komme, saa telefoner fra Grossereren men kom endelig.
+1000 Hilsner fra Din egen Alhed
+Lørdag</t>
+  </si>
+  <si>
+    <t>Esbjerg</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
-Bernhard Hirschsprung
-Emma Hirschsprung
+Thora  Branner
+Christian Caspersen
+Pjotr Krapotkin
+Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Frantz Leth
+R J Steen
+Christine Swane
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Andreas Larsen er på Langeland hos Alheds onkel dyrlæge Caspersen. 
+Russisk bad er en slags dampbad.
+Pjotr Krapotkin: En Anarkists Erindringer udkom på dansk i 1900 med forord af Georg Brandes.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været i Odense og fernisere billeder samt på hundeudstilling. I dag har han gjort rent i soveværelset og flyttet møbler og skilderier op i den forreste stue. Hunden Tjalfe er blevet bidt slemt.
+Larsen læser Krapotkins bog. Han har prøvet jakke hos skrædderen. Han kommer formodentlig til Alhed på Langeland en af de følgende dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kefw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Juni 1900
+Kæreste Alhed!
+Jeg længes snart efter at høre hvad Du mener om min Rejse. Tak for Dit Brev. Jeg havde Brev fra Brandstrup i Forgaars, han skulde til Esbjerg og Aquarellen var i Kunstforeningen, men hun havde bedt Jastrau om at sende den, den kom i Gaar og jeg rejste saa ud til Odense med den og ferniserede Billederne. Marie var med og fik russisk Bad. Jeg traf Tutte og Dis derude og senere inde Byen Christine som var ved at telefonere til Klaks fra Leths Boutik. Hun og jeg spiste til Aften paa Grand Hotel og gik saa hen til Sybergs hvor vi traf de andre. Jeg var inde paa Hundeudstillingen, men der var ikke kommen ret mange Hunde endnu. Frantz Leth er nu en Slags Forvalter der. I Dag har jeg gjort rent i Sovekammeret, renset alt Vandtøjet og haft Servanten, Vuggen og Stolen ude og begge Sengene flyttede og fejet med vaadt Sand over det hele samt tørret Vindueskarme og Møbler af, derefter gik jeg i Vandet, hvad jeg ogsaa gjorde i Gaar, de Asner til Høns har kun lagt 2 Æg i Gaar og 2 i Forgaars. I Eftermiddag har jeg hjulpet til med at flytte Møbler og Skilderier herop til den forreste Stue. Steen virker nu med at hænge Billeder op. Jeg har hentet en hel del Lunger hos Bless som skal koges til Tjalfe, foreløbig har han nydt en raa, i Forgaars blev han bidt væmmeligt i Skulderen af Vejassistentens Køter. Jeg har faaet Krapatkins Bog som jeg læser i, den er god. Der er nu sprungen en lyserød Flox ud foruden den hvide og en lilla er ved at springe ud. Jeg var oppe hos Skrædderen for at prøve Jakken i Dag Tøjet er temmelig stærkt grønt i Stykket, men ser voldsomt fint ud. Ja nu haaber jeg at høre fra Dig i Morgen hvad Du mener om Turen, enten kommer jeg altsaa Mandag eller Tirsdag eller slet ikke, men det første er vel det sandsynligste. Mange kærlige Hilsner til Jer begge to. Hils Dyrlægens.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-08-10</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Warberg er hos sin onkel Max på Langeland</t>
+  </si>
+  <si>
+    <t>Johannes Larsen misunder Alhed, at hun kan få øl på Langeland, for det kan han ikke i Småland.
+Peter Hansen har meldt sin ankomst til Höljeryd. Han kunne ikke låne Fritz Sybergs bøsse, men Larsen har taget med til ham. Peter Hansen skulle til gengæld have haft Akvavit med.
+Johannes Larsen har plukket lineaer og sender Alhed Warberg en.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K2x3</t>
+  </si>
+  <si>
+    <t>[En presset linea indsat på venstresiden]
+Høljeryd 10 August 1896.
+Kæreste Alhed!
+Mange tak for Deres Brev, som laa her i Gaar da jeg kom hjem fra Jagt, jeg havde ingen Ting faaet og var meget tørstig og da jeg strax satte mig til at læse Brevet og læste om det gamle Øl paa Langeland kunde jeg ikke andet end misunde Dem det, Øl gives der nemlig ikke her paa Egnen i det mindste har jeg aldrig set det. Derimod kan vi nok komme i Vandet men ikke i Havet. Samtidig med deres Brev var der et fra Peter, hvori han fortæller at han kommer Fredag altsaa i Dag, hvad der [ordet indsat over linjen] er lidt for tidlig da vi ikke har naaet at fortælle ham at vi har taget baade Bøsse og Ammunition med til ham, han beklager sig nemlig i Brevet over at han ikke maa laane Baronens og hans egen er vist ikke færdig, desuden havde vi tænkt at han til Gengæld skulde have taget en Flaske Aquavit med, og alt det naar vi ikke at faa ham gjort begribeligt, da der om lidt skal Vogn til Stationen for at hente ham, med det samme benytter jeg Lejligheden og sender dette Brev af Sted. Jeg var ude i Formiddags paa Jagt og fik kun en Bekkasin, paa Vejen hjem plukkede jeg et Par Linea som blomstrede, det er ellers efter den Tid nu. Jeg sender Dem en hermed. Jeg maa lukke nu da Brevet ellers ikke kommer af sted. Mange Hilsner fra Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-08-14</t>
+  </si>
+  <si>
+    <t>Ejnar -
+Christian Caspersen
+Marie Larsen
+Susanne Lindberg</t>
+  </si>
+  <si>
+    <t>Ruderkonge – Hans Rasmussen var hans døbenavn – var en berygtet person, der i 1896 var under stærk mistanke som gerningsmand til et dobbeltmord på et ældre ægtepar, hjulmand Christian Mogensen og hans kone, der boede i Oure (Ore) på det sydlige Langeland. Mordet blev begået 25. maj 1896. Først i 1902 blev mordet opklaret, og Ruderkonge blev sammen med tre andre idømt lange fængselsstraffe, der først i 1905 blev stadfæstet i Højesteret.
+http://www.coneliand.dk/kriminalsager/Langelands%20Sagen.html
+Det er uvist, hvad der menes med "Frøken Fie Jensen".</t>
+  </si>
+  <si>
+    <t>Alhed er hos Dyrlæge Caspersen (Onkel Max) på Langeland. Hun kører med ham ud i formiddagspraksis og møder sære mennesker. En Fætter Ejnar på 16-17 år er ankommet til Langeland og er lidt af en plage.
+Forleden nat var Alhed bange og troede at "Ruder konge" skulle komme. Hun svømmer og cykler, og langelænderne kan ikke lide cyklende damer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tUAU</t>
+  </si>
+  <si>
+    <t>Kære Las!
+I Aften skal jeg have skreven et Par Ord til Dem i Anledning af, at det er sidste Aften, jeg har mit lille yndige Værelse alene; i Morgen kommer der nemlig en Gæst til, som skal dele det med mig desværre. – Tak for deres lange Brev i Gaar, det var forfærdelig morsomt at høre fra Dem. De faa det jo nok morsomt deroppe. Naar nu Frk. Lindberg og P. ogsaa komme. Hvem der bare var deroppe ogsaa! ikke sandt? Saa skulde jeg have det forfærdelig Sjov! – Det var jo rart, at der ikke var saa skamskeret, som De havde tænkt Dem, men bare De nu faar Tid til at male noget af det! naar Dagene endogsaa ere for korte til at gaa paa Jagt, saa kan det jo blive vanskelig nok. – Naa, saa De skal have ”sendt” de andre ud at plukke ”Bær!” De gaar vist ordentlig og ”sender” med Marie deroppe! gør De ikke? Uha Las, De er vist en skrækkelig Despot, men det er jo heldigvis ikke alle, der lystrer. - - Jeg har det for Resten dejlig herovre, men har ikke oplevet noget særlig; siden jeg skrev sidst. Max og jeg tage stadig ud i Formiddagspraxis, som mest bestaar i at drikke gammelt Øl. I Dag var vi inde hos en forfærdelig grinagtig Familie. Det er de mest snavsede Exemplarer, jeg har set, og saa bandede de saa gryselig, især Manden, der sad og fortalte Jagthistorier næsten hele Tiden, dog fik han ogsaa Lejlighed til, da Talen faldt paa ”Sport” at sige, at ”de Kevenhavnere” var saa ”rappegalne” (jeg haaber, Ordet er rigtig stavet.) Apropos om mærkelige Ord, saa har jeg ikke kunnet undre mig over den Skipperkones Navn, da jeg ikke har kunnet læse det. Vil De ikke skrive det en Gang til, og saa lidt tydeligere. - - Den Fætter Ejnar vi hentede ude i Lohals, viste sig at være en lang 16-17 Aars Dreng, der [noget af papiret mangler]er svært op i Landskabet, somme Tider næsten for meget, som da han f. Ex. I Dag kom og væltede mig ud af Hængekøjen, da jeg laa og sov til Middag. – Nu opdager jeg, at jeg er bleven søvnig, hvorfor jeg vil sige Dem Godnat og Farvel. Det er jo for resten noget Sludder for det vilde jo være et mærkeligt Tilfælde, om De netop skulde i Seng, naar de kommer hertil i mit Brev. Men paa den anden Side kan det jo godt være at de alligevel er ved at falde i Søvn. - - 
+Et Par Dage senere.
+Det var en stor Overraskelse for mig, da jeg i Gaar kom hen til Skolelærerens efter Post, at faa overrakt et Brev med Deres velkendte Haandskrift. Tak for den nydelige lille Lenea. I Morgen ere vi midt i Maaneden, nemlig d 15de. Synes de Tiden gaar hurtig? Jeg synes nemlig, at den gaar tilpas. Jeg har da faaet mig dresseret til ikke at ønske, at den skal gaa alt for hurtig. Jeg har det virkelig ogsaa saa udmærket og gaar og nyder Tilværelsen! Og hvordan kan jeg ogsaa andet, jeg morer mig udmærket og gaar og glæder mig til Fremtiden. – Jeg kommer vist desværre snart til at slutte, vi skal ud paa en Skovtur i Eftermiddag; op paa Nordspidsen af Langeland; eller vi kalde det ”Langelandshoved”. – Jeg maa først fortælle Dem, at da jeg havde sluttet mit Brev til dem forleden Aften og lige var kommen i Seng, hørte jeg en farlig Rumsteren, det viste sig at være en Husundersøgelse, der blev foretaget af [noget af papiret mangler] og Ejnar, der hæv[noget af papiret mangler] nogle liste sig. Jeg oplyste dem om, at det hav[noget af papiret mangler] mig, og de gik beroligede [noget af papiret mangler] Men tænk Dem, saa blev jeg bange, jeg kom i Tanker om det maaske alligevel ikke havde været mig og kom til at tænke paa Ruder Konge. Jeg laa længe og var frygtelig angst og maatte til sidst staa op og lukke Vinduet for ham. – Men Natten forløb da heldigvis rolig, og jeg kommer i Tanker om, at det maaske slet ikke er nogen morsom Historie. - - De kan tro, jeg er bleven flink til at Svømme. I Gaar svømmede jeg 36 Tag, og i Dag 44, er det ikke godt? – Da jeg kom herover kunde jeg kun et ganske lille Stykke. - [noget af papiret mangler] er P. allerede kommen derover, hils ham endelig mange Gange. Jeg gad vide hvordan det gik med det Roebillede. Hils ogsaa Marie mange Gange. Langelænderne ere meget optaget af, at Frøken Fie Jensen, som de kalder hende, have beæret deres Ø med et Besøg. Men de kunne for Resten ikke fordrage cyclende Damer. De viste deres Antipatti ved at staa af Vognen og klappe Hestene beroligende mens man kører forbi. I Gaar spurgte jeg en saadan Mand om Hesten var bange for [noget af papiret mangler] Hesten var bange for [noget af papiret mangler] men han sagde, at [noget af papiret mangler] var kun for [noget af papiret mangler] bliver helt tovlig, [noget af papiret mangler] ser en Dame paa saadan en Maskine” sagde [noget af papiret mangler] - - Nu kun 1000 Hilsner fra Deres
+Alhed
+14de August - 96</t>
+  </si>
+  <si>
+    <t>1912-06-09</t>
+  </si>
+  <si>
+    <t>Birkerød St.</t>
+  </si>
+  <si>
+    <t>Povl Bentzon
+Frederik Bokkenheuser
+Bodild Branner
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Otto Emil  Paludan
+Charlotte Rasmussen
+Ditlev Schroll
+Otto Schroll
+Hempel Syberg
+Nicoline  von Sperling
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs datter, Louise Brønsted, boede i Birkerød med sin familie. 
+Laura Warberg var i foråret 1912 uden bolig, mens hendes nye lejlighed i København blev sat i stand. Hun opholdt sig i flere måneder hos venner og familiemedlemmer. Laura Warberg døjede med et dårligt ben, efter at hun havde haft årebetændelse. 
+Sandholt gods var i 1912 ejet af Nicoline von Sperling. Hvem Frk. B var vides ikke. Muligvis en pige i huset på Sandholt. 
+Det vides ikke, om Kaptajn Schroll er Otto Schroll. Schroll-familien boede på gården Lykkenssæde og var venner med Warberg-familien. 
+Hvem Jørgensen, der nu bor hos Karen, samt Anna B og Margrethe var vides heller ikke. 
+Laura Warberg planlagde længe en rejse sydpå med Marie Warberg. Denne blev udsat fra maj, hvor den skulle have fundet sted.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2086</t>
+  </si>
+  <si>
+    <t>Laura Warberg er hos familien i Snøde på Langeland. Før da besøgte hun Erikshaab og Sandholt. Laura har været til læge i Svendborg med sit dårlige ben. Hun rejser nu til Odense for at besøge Hempel Syberg og se Thora Branner med børn. Derfra tager hun til Kerteminde. Omkring 27. juni vil hun indlogere sig på hotel i København, og hun håber at kunne flytte ind i sin nye lejlighed 1. juli. Astrid er blevet bedt om at hjælpe. 
+Marie Warberg er stadig syg. 
+Laura glæder sig hverken til rejsen i september eller til sin nye lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sojt</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+Adr: Brønsted
+Birkerød St.
+Sjælland
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Snøde d: 9–6–12
+Kære Astrid
+Det er nok snart paa Tiden at skrive til Dig igen og saa faar jeg vel snart lidt at høre om Eder allesammen. Jeg kom hertil i Torsdags, Tante hentede mig i Aasø og vi drak hendes medbragte Kaffe i Skoven paa et yndigt stille Sted; kørte saa til og fra Kirkegaarden gennem Byen til Hotellet, besøgte en Timestid Charlotte Rasmusssen – en af mine Brudepiger - spiste Melon der, gik en lille køn Tur og var her 7½. Jeg havde overnattet i Svendborg og om Formiddagen sejlet til og fra Christiansminde og gaaet rundt derude, der var dejligt og Vejret smukt. Til Erikshaab kom jeg Søndag d:2den, havde to rare Dage der, den ene Aften var der bedt fremmede, bl.a. Kaptain Schroll og [Peia?], rigtig morsomt. Næste Dag var jeg med Paludan på Sandholt til Frokost; de havde været saa uhyre glade ved at see Eder, især var Frøken B. glad ved Dig, hvem hun ikke havde set i saa mange Aar. Derfra kørte jeg alene til Doktor Schrolls og var der hele Eftermiddagen og Aftenen. Onsdag Kl. 5 tog jeg saa til Svendborg og gik samme Aften en dejlig lille Tur uden for Byen. Første Dag her gik jeg ind til Dr. Rasmussen og spurgte ham om mit Ben, der stadig hæver i Anklen og paa Foden, er tungt og træt og hindrer mig i at gaae ret meget. Han gav mig Jod at smøre med og sagde jeg skulde igen gaae med Bind og ligge med tykt Vat om Natten. Nu er det allerede bedre og jeg maa nok følge hans Raad og gaae med det Bind et Par Maaneder, om det saa bare kan blive helt godt! Dr. Bokkenheuser havde jo sagt, jeg maatte lægge det. Jeg rejser til Odense paa Lørdag er to Dage hos Syberg; dersom Thora og Børnene er der vil jeg være en Nat paa Hotel, skal til Øjenlæge og besøge Jørgensen der nu boer hos Karen. Den sidste Ugestid i Kerteminde skal jeg have vadsket og pakket og syet et og andet. Dersom Du ikke kunde være et Par Dage hos mig, vilde jeg grue rædsomt for den Indflytning. I Dag skriver jeg om at faae flyttet ind d: 1ste Juli, haaber han kan den Dag. Jeg rejser altsaa d:27de og boer paa mit gode Missionshotel Gl. Kongensg har meldt mig til Bentzons til Middag og Aften og tager til Birkerød Dagen efter. Det glæder jeg mig meget til; saa er I vel lige paa Falderebet. Anna B. har skreven til mig, om jeg ikke vil have deres [ulæseligt] i Juli og [ulæseligt] formodentlig rejser hun og Margrethe saa paa Landet. Det har jeg sagt Ja til, da jeg efter denne Benhistorie er bange for at være alene. Marie Warberg gaaer endnu med daarlig Finger, Gud veed, hvad det bliver til! Caspersen mener, det tyder paa Benæder. Jeg glæder mig slet ikke til Rejsen i September; det er ikke som i Fjor! Jeg glæder mig heller ikke til min Lejlighed! – Nu Farvel lille Putte! Hilsener til Eder allesammen Jeg længes efter at høre hvordan lille Alhed har det!
+Bedstemor –
+Tante hilser!</t>
+  </si>
+  <si>
+    <t>Oktober 1896</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg
+Amager</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Thora  Branner
+Otto Emil  Paludan
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Alheds søster Thora blev som 11årig adopteret af sin onkel og tante Hempel og Mimmi Syberg. De boede på gården Gelskov.</t>
+  </si>
+  <si>
+    <t>Alhed er vred over, at det er længe siden, hun har fået brev fra Johannes Larsen.
+Hun har været på cykel til Langeland - sidste cykeltur i år pga. vejret.
+Thora er syg.
+Alhed skal til barnedåb hos Ludvig (Lud) og Bertha Brandstrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xOwe</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Maa jeg spørge, hvad der gaar af Dem! Nu har jeg ikke faaet Brev fra Dem i over en Uge, De har da ikke glemt min Adresse Erikshaab pr. Højrup? Jeg har aldrig hørt om en Kærreste, der ikke lod høre fra sig i over en Uge. Hver Formiddag, naar Pallam kommer i Køkkenet med Breve til de andre, har jeg været lige ved at falde om i Gryderne af Forbavselse over, at der ikke var noget til mig. Og hvis der ikke kommer ét en af de allerførste dage, saa gaar jeg i den allersorteste Gryde! Nu ved De det. 
+Jeg har læst i Avisen om den Mand, der blev skudt paa Amager, hvad kan det nytte, at én er forsigtig, naar saa en anden skyder ham. Men jeg haaber, De maler flittig paa deres Billede i Stedet for at gaa paa Jagt. – Det har for Resten været et henrivende Vejr i de sidste Dage (i Dag er det jo forbi igen) men jeg har desværre haft saa lidt Tid til at nyde det. Vi slagtede i Torsdags 3 Beder hvilket medfører en Del Ulejlighed. Men nu er det meste af dem puttet i en Saltballe (ogsaa Køllerne!). I Onsdags kom jeg hjem, det var vist min sidste større Cycletur for i Aar, desværre. Men Cyclerne lide saa meget i daarligt Føre, at det er Synd andet end at sætte dem i Vinterstald. –
+For lidt siden fik vi Fremmede. Det var Doktorens, saa jeg kan nok ikke sidde her og skrive ret længe men maa ned og lave Brombærgrød og anden Mad. – Jeg kommer i tanker om, at mine Breve vist handler altfor meget om Mad, men De har vel opdaget, at jeg er en meget prosaisk Natur. - - Min Søster Thora omme paa Gelskov ligger og er daarlig, vi have været lidt ængstelige for hende, da Doktoren sagde der var noget i Vejen med den ene Lunge. Hun er en lille Smule bedre, men maa være meget forsigtig.
+Søndag Aften: Endelig. Christine kom i Aften og havde Brev med fra Dem. Saa var der altsaa ikke noget særligt i Vejen, men jeg fatter for Resten ikke, at De med Deres Forstand ikke kunde finde paa at sende Brevet til Erikshaab i Stedet for til Langeland den Tirsdag, De vilde skrive. Jeg fik ogsaa Brev fra Lud i Aften, det er lige oppe over med den Barnedaab, jeg skal rejse enten Lørdag eller Søndag, men jeg ved ikke rigtig, om jeg vil skrive, hvilken af Dagene det bliver, skønt for Resten, det kunde jo være knusende kjært at se et lille Glimt af Dem! Gider de virkelig gaa den lange Vej? – Jeg glæder mig meget til rejsen, naar nu Skovs kunde have ruppet sig lidt, saa De kunde være kommen ud at døbe den med det samme. Men det kan jo ikke naa lige nu. - -
+Mon vi virkelig skulde ses et lille Svip paa Lørdag eller Søndag? Men det er vel kun nogle faa Minutter. – Men alligevel. Det er sent og her begynder at blive koldt, saa jeg maa slutte. Godnat og 1000 Hilsner fra Deres Alhed.
+Jeg kommer i Tanker om er det ikke midt i Deres tekniske Skoletid? Det er vist c. 5 ½. Vilde det passe Dem bedst Søndag?
+Farvel.</t>
+  </si>
+  <si>
+    <t>Forår 1920</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Sjælland
+Rudkøbing
+5900 Nyborg
+Langegade 48, Kerteminde</t>
+  </si>
+  <si>
+    <t>- Alstrup
+- Brincher
+Victor Bøttern
+Johan Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Frida Madsen
+Carl Petersen, arkitekt
+Franz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er elev ved Birkerød Kostskole.
+Bagergården lå i Langegade 48, Kerteminde som nabo til Johannes Larsens barndomshjem, Købmandsgården. I.A. Larsen, Johannes Larsens far, ejede i mange år Bagergården, og Johannes Larsen arvede den. Victor Bøttern, som købte gården af Johannes Larsen, solgte den straks videre til installatør Claus Jørgen Reenvig (Historiske Huse i Kerteminde. Kerteminde Museum 1989, s. 195)
+Det vides ikke, hvem Klavs, som skal have fem kroner, er.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender sønnen 10 kr. Hun vil gerne høre om den skriftlige eksamen.
+Alhed Larsen har haft en god tur til Langeland med sin mor. På tirsdag skal hun, Johannes Larsen, Lehn Schiøler og en svensk herre til Filsø. 
+Carl Petersen er på besøg for at tegne vaskehus og lokum. Larsen-parret har bestemt sig for toilet.
+Larsen-familien har solgt Bagergården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qisF</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Jeg vover at lægge en 10er i dette Brev, vil du give Alstrup de 2 som Lysse laante af ham. Klavs skal have for 5 Frimærker og Resten maa Du selv have til lidt Tobak, Konditori eller Godter nu til Din strænge Examenstid. Du maa endelig lade høre flittig fra Dig og skriv saa snart Du ved noget om hvordan det skriftlige er gaaet. Jeg synes de Klader ser meget gode ud, af de tyske er Genfortællingen den bedste. Skriv saa om de andre. Sig til Trylle og Brincker at jeg glæder mig meget til at se dem her i Sommerferien. Jeg vedlægger 2 Frimærker, saa er det nemmere for Dig, jeg skal sende flere. – Du kan tro det var vellykket paa Langeland, vi havde et Par ganske dejlige Dage, Vejret var jo straalende, og alle Mennesker var saa søde mod os. Bedstemor har mange gamle Venner. – Paa Tirsdag kommer Lehn Schiøler og en svensk Herre. De overnatter her og Onsdag tager de, Jeres Far og mig med til Filsø; bare Vejret vil holde, men det maa man jo næsten ikke ønske, vi trænger saa frygtelig til Regn. Lysse havde rædsom Modvind paa Sjælland og kom først med Færgen Kl. 10 og tænk jeg var med samme Færge men paa 2den Kl, saa vi saa ikke hinanden, jeg tog med Toget fra Nyborg paa Gr. af Modvind, han var kommen da jeg kom herhjem, han var ikke træt men meget sulten men heldigvis havde Frida Steg og Abrikosgrød til Aften og vi fik Vin. Calle er her jo for at tegne Vaskehus og et nyt Lokum ovre i det aabne Skur, vi har bestemt i Formiddag, at det skal være W.C. det bliver fint. Skriv nu endelig saa vi har det inden vi rejser til Jylland, jeg skal nok skrive flittig til Dig, min søde Gamle. – Bøttern har købt Bagergaarden for 17000, saa nu er vi kommen af med 2 Ejendomme. De ny Elektrikere har igen købt den af ham. – Hav det nu rigtig godt søde Gamle og skriv snart og flittig. 1000 Hilsner fra Din Mor 
+Lysse og Din Far og Calle hilser</t>
+  </si>
+  <si>
+    <t>1921-06-07</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Lohals Havn</t>
+  </si>
+  <si>
+    <t>Lohals Havn
+Rudkøbing
+Steensgård
+Egeløkkevej 2</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Georg Jacobsen
+Andreas Larsen
+Johan Larsen
+- Tørring</t>
+  </si>
+  <si>
+    <t>I 1921 sejlede Johannes Larsen i tre måneder rundt til de danske øer sammen med Achton Friis. Skipper var Johannes Larsens gamle jagtkammerat Christian Andersen og sønnen Puf var kok og motormand.
+Åsø er en ubeboet ø nær Langeland. 
+Det er uvist, hvem Olsen var. Larsen-familien kendte mange med dette efternavn. 
+Egeløkke er en hovedgård på den nordlige del af Langeland. 
+Steensgård er en hovedgård på Langeland 24 km NØ for Rudkøbing. (Kilde: Store danske encyklopædi.)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Achton Friis er klar til at afsejle fra Lohals efter at have set meget på denne del af øen. Turen går videre til Langeland. De har bl.a. besøgt godserne Steensgaard og Egelykke og cyklet en del rundt.
+Johannes Larsen er spændt på, hvordan det går Lysse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NbK6</t>
+  </si>
+  <si>
+    <t>Lohals Havn 7 Juni 1921 Kl. 6 1/2 Mrg.
+Kæreste Alhed!
+Tak for Pengene og Tusind Tak for Dit Brev. Vi sejler nu fra Lohals og til Aasø hvis vi kan ligge der og ellers videre til Rudkjøbing. Jeg har bedt Postvæsenet sende videre dertil hvad der muligvis maatte komme af Breve. Vi har haft en god Tid her og set en hel Del af denne Ende af Øen. Jeg har cyklet 2 Ture hver Dag enten med Puf eller med Friis og lavet et Par Tegninger hver Dag undtagen i Lørdags da vi var paa Steensgaard om Eftermidg og blev bedt til at spise med og køre Tur efter Midg og The og Whisky efter Turen saa vi kom først hjem ved 11 Tiden. I Gaar var vi paa Egelykke Friis og jeg om Frmdg paa Cykle og om Eftrmdg kørte vi alle 4 derned i Automobil. Vi faar meget kønt at se. Efter Turen spiste vi Smørrebrød her på Hotellet og nu sejler vi altsaa videre.
+Jeg er spændt paa at høre hvordan det gaar Lysse, jeg har ikke den bedste Tro til det. Det var godt du fik ordnet alt det med Pengene og morsomt at Jacobsen og Tørring og Olsen kom der ned inden Du rejste. Jeg skal hilse mange Gange fra Puf og fra de 2 andre.
+Din hengivne 
+Johannes Larsen.
+Alt vel. Har det godt. Tak for Chokoladen og Pakken.
+Puf.
+PS.
+Hører Du hjemme fra noget om hvordan det gaar med Fugle og Blomster??
+JL</t>
+  </si>
+  <si>
+    <t>1921-06-17</t>
+  </si>
+  <si>
+    <t>Rudkøbing</t>
+  </si>
+  <si>
+    <t>Tranekær
+Tullebølle
+Skrøbelev
+Lindelse Nor
+Sct. Jørgens Kirke, Svendborg
+Thurø
+Rudkøbing Havn</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Martha Friis
+Andreas Larsen
+Alfred Nielsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Christian Andersen sejlede med skibet Rylen som forberedelse til bogværket De Danskes Øer. Larsens søn, Andreas (Puf), deltog som kok.</t>
+  </si>
+  <si>
+    <t>Puf fotograferer sin far, Johannes Larsen, mens han maler et sted ved Tranekær. Senere er det hensigten at sejle til Lindelse Nor.
+Johannes Larsen beder Alhed Larsen om at sende deres breve til fru Achton Friis, der bor i præstegården ved Sct. Jørgen Kirke i Svendborg. Johannes Larsen har efterhånden malet en del akvareller og tegninger under turen til Langeland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ar7s</t>
+  </si>
+  <si>
+    <t>Fredag 17 Juni 1921 Rudkjøbing.
+Kæreste Alhed!
+Ligesom jeg havde faaet mit Brev af Sted, kom Puf med Dine 2 breve. Jeg var ikke med ham den dag han var i Tranekær og han havde ikke faaet Øje paa det, men i Gaar da han var med mig ude mellem Tullebølle og Tranekær cyklede han hen og fotograferede det mens jeg sad og tegnede. I Formdg skal jeg med Friis til Skrøbelev og i Eftrmdg er det Hensigten at sejle ned til Lindelse Nor. Jeg tror at Du nu helst maa adr. vore Breve til Fru Achton Friis - Sct Jørgens Præstegaard Svendborg - vi kan ikke sige hvor vi kommer til at ligge fast i den nærmeste Tid vi skal vist have fat paa Thurø og Taasinge nu, men det retter sig jo efter Vejr og Vind hvor vi kommer til at ligge. Jeg har malet 4 Aquareller, 3 fra Havnen og Alfr Nielsens Havedør og vist tegnet nogle og Tredive Tegninger fra Langeland. Mange kærlige Hilsner
+Din JL</t>
+  </si>
+  <si>
+    <t>1921-06-23</t>
+  </si>
+  <si>
+    <t>Thurøbund</t>
+  </si>
+  <si>
+    <t>Thurøbund
+Thurø
+Brydegårdsvej 17, 5700 Svendborg, Danmark
+Bagenkopvej 13, 5932 Humble, Danmark
+Århus
+Skt. Jørgens Kirke, Svendborg</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Carl Frederik Iuel-Brockdorff
+Chr. Kryger
+Andreas Larsen
+Ada Reedtz-Thott</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Achton Friis og Christian Andersen sejlede med skibet Rylen som forberedelse til bogværket De Danskes Øer. Larsens søn, Andreas (Puf) deltog som kok. Martha Friis og sønnen opholdt sig en tid hos præsten ved Sct. Jørgens Kirke i Svendborg. 
+Johan Larsen (Lysse) gik til eksamen i samme periode. 
+Det er uklart, hvem Jh er. Den lille baron er muligvis Carl Iuel-Brockdorff.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har cyklet Thurø rundt, mens Christian Andersen sejlede båden til Sct. Jørgen. Vejret er dårligt. Opholdet på Langeland har taget uforholdsmæssig lang tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oc0G</t>
+  </si>
+  <si>
+    <t>Thurøbund 23 Juni 1921
+Kæreste Alhed! Tak for Brevet som vi fik i Gaar. I Gaar Morges sejlede vi ind til Svendborg Havn og fik vore Cykler. Friis og jeg cyklede saa Thurø rundt mens Puf og Chr A sejlede Baaden til Sct. Jørgen. Om Aft mødtes vi der og fik Lammesteg og Rødvin og Jordbær og Sherry, og nu til Mrg. er vi vendt tilbage til Thurøbund igen. Barometret stiger men vejret er stadig surt. Det var en fugtig Tur i Gaar. I Svendborg var jeg inde hos Kryger. Den lille Baron og hans Moder var lige rejst til Aarhus i Anledning af Jh´s Fødselsdag. Puf og jeg telegraferer i Dag. Det er dejligt at det gaar saa godt med Lysse. Bare vi maatte faa noget godt Vejr. Jeg tror ikke vi kommer til at ligge nogen Steder hvor der er mere at male end her, og vi kan jo ikke blive her ret længe da Langeland paa Gr af Vejret har taget uforholdsmæssigt lang Tid. Mange Kærlige Hilsner fra Puf og mig.
+Din JL.</t>
+  </si>
+  <si>
+    <t>1892-03-01</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup</t>
+  </si>
+  <si>
+    <t>Nørrebro København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Christian  Brandstrup
+Lauritz  Brandstrup
+Thora  Branner
+Leonard Holst
+Alhed Larsen
 Christine  Mackie
-Laurits Ring
-[...28 lines deleted...]
-14de Marts – 1895.</t>
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Christine Warberg, familiens ældste, er gravid med sin forlovede Leonard Holst, og parret er ikke gift. Johanne og Lauritz Brandstrup boede i København, og Lauritz B. var begyndende dement. 
+Sollerup var en husholdningsskole, hvor flere af Warberg-pigerne var elever.
+Historien endte med, at den lille pige blev bortadopteret, og Christine og Leonard blev ikke gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1367</t>
+  </si>
+  <si>
+    <t>Johanne Brandstrup er frygtelig trist over, hvad der er sket. De unge har ikke grebet sagen rigtigt an ved at hemmeligholde sagen, og Alhed er kommet i knibe på grund af det. Hanne synes bestemt ikke, at man skal lade de to gifte sig. Hun beder om, at man ikke dømmer Christine for hårdt. 
+Johanne er ked af, hvis det er sket på Langeland, og hun bebrejder sig selv, at hun ikke har passet bedre på de unge mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YLsm</t>
+  </si>
+  <si>
+    <t>Nørrebro den 1ste Marts 1892
+Kjære Abba, ja, hvad skal jeg skrive til Jer, jeg kan ingen Hjælp yde, og nogen trøst vil jeg gjærne give, men for Øjeblikket har jeg ingen. Det var for mig en frygtelig Efterretning, hvad maa det nu ikke have været for Eder. Vi bedede jo paa, at Uvejret fra i Sommer var ovre, og at Forholdet mellem dem skulde bedres med Tiden, eller opløses, som nu mange andre Forhold. At de vilde søge at skaane Eder for den store Sorg, naar det nu eengang var sket, kan jeg nok begribe, men de var for unge og for uerfarne til at gribe den Sag rigtig an. Jeg sagde til Alhed, havde de blot kunnet have Fortrolighed til mig, saa havde vi maaske kunne ordne det, men de tænkte jo ikke paa alt det der kan komme af saadan en Begivenhed. Jeg kan slet ikke tænke mig, at Lauras Hoved kan holde ud til al den Sindsbevægelse og Sorg, men haaber dog, at siden hun kan rejse derop, saa maa det gaa nogenlunde.
+Men Abba, jeg kan slet ikke begribe, at I lader dem holde Bryllup. Naar Ch. Ikke holder af ham mere, saa synes jeg det er ren gruligt at lænke dem sammen, for det kan jo ikke være Eders Mening, at de for Fremtiden skulle leve sammen. Havde de noget at leve af, og holdt de af hinanden endnu, saa blev det en anden Sag; ja, saa jævnede jo Tiden det Forhold, som var begyndt saa skjævt; men nu synes jeg I har Ansvar ved at lade dem faa Bryllup. Vi vilde ogsaa Alle helst have det skjult, og sæt nu at Barnet døde, saa stod hun der. Det er vel for Barnets Skyld at I gjøre det, det kan jeg begribe, men alligevel synes jeg det er en fejl. Jeg vil nu gjærne lægge et godt Ord ind for stakkels Christine, hun har bødet haardt allerede, og hun er vel ikke tilende med hvad hun har nedkaldt over sit eget Hoved, tænk paa det naar I dømmer hende, og [ulæseligt] hende ikke for stræng; jeg beklager hende dybt, saavelsom jeg beklager Eder. Hendes Natur er vanskelig, den har hun ikke givet sig selv, og nu maa vi tage alle Ting i Betragtning.
+Jeg har været frygtelig tilmode ved Tanken om, at det kunde være sket ovre paa Langeland, jeg vidste jo fra Laura, at det skulde noget Ansvar til at have dem sammen, og jeg fortalte jo hende alting om hvorledes jeg havde baaren mig ad. Christian trøster mig og siger, at om jeg nu havde meget for dem nok saa meget, saa kunde det dog være gaaet galt. Jeg vilde blot ønske, jeg vidste nu, om Laura tager Ch. ind med her; jeg synes det kunde gaa mere stille af herinde. I maa ikke paa Solleup tale om at det er for Faders Helbred Laura rejser herind, det vil komme fra Astrid til Moderen, og saa staar jeg med det overfor Thora, som har en fin Næse. Jeg har sagt til Th. at Lauras Hoved eer daarligt, det plejer det jo ofte at være; Th. maa nu nødig faa noget at vide, hun har [ulæseligt] Interesse for hver Historie. Christian vilde have været over et Par Dage hos Jer, men jeg skal hilse, [det følgende skrevet langs papirets højre kant, lodret] venter han foreløbig. Stakkels Alhed der har gaaet i alt det [det følgende skrevet på side 1, langs venstre kant og over begyndelsen af brevet] siden Jul, det har taget paa hende, og hun har lidt under al den Løgn hun har været indviklet i, men de har jo ment at gjøre det paa bedste Maade, og det blev gjort for at skaane Eder. Meeste har jeg pint Dig kjære Abba med meget af dette Brev, men jeg kunde ikke skrive andet. [Det følgende skrevet øverst på side 4, på hovedet] Kjærlig Hilsen, Din 
+Hanne.</t>
   </si>
   <si>
     <t>1895-09-03</t>
   </si>
   <si>
     <t>Snøde pr. Lohals</t>
   </si>
   <si>
     <t>Hans Christian Caspersen
 Niels Elgaard Amstrup
 Johanne  Larsen
 - Leisner
 Hans Rasmussen
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Frederik/Dede Warberg var 12 år i 1895. 
 Det vides ikke, hvem Karen og Sørensens var.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2122</t>
   </si>
   <si>
     <t>Frederik/Dede kom først søndag morgen. Han havde taget fejl af et tog. Han havde et brev med fra Fru Leisner. Frederik tog med Astrid/Dis hjem medbringende en kurv med æbler mm.
@@ -1016,1276 +1018,591 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/CTeU</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 cand. jur.
 p.t. Tre Hjorte
 Vestergade 
 Kjøbenhavn K. 
 [Øverst tilføjet med blyant:] ”sept. 1895”.
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Snøde – Onsdag d: 4de
 Kjæreste Abba!
 Det er jo trist, at Emil ikke har det godt, vi har intet fortalt Mor derom. Jeg var saa nysgerrig efter at vide, hvad du skulde have rejst hjem for, men nu faaer jeg det vel at vide naar jeg kommer hjem? Du vil forbauses over at høre at jeg paa Fredag Efterm. rejser hjem med Mor som saa vil tage sig af lidt af alt hjemme, mens jeg rejser herover igjen og bader og spadserer en Uge til. Vandet og Badene er saa henrivende, jeg naaer at faae 6 Bade i denne Uge, desuden spadserer jeg lange Ture paa 2 Timer om Formiddagen enten med Hanne eller med Thora om Efterm. gaaer Mor og de andre 2 Timer til Bad, Caspersen plejer saa at komme cyclende ned efter os. Om Aftenen i dette dejlige Maaneskin gaaer vi ogsaa lidt ud, forleden om ad lille Snøde, iaftes henne hos Peter Hvidt, en pæn Gaardmandsfamilie, Konen viste os en Masse gamle Sager og trakterede os med det lifligste gamle Øl, jeg nogensinde har smagt; jeg fik lidt at vide om Tilberedningen, skal gjemme de to Cognacsankere til det. Caspersen gaaer ganske langsomt ved en Stok, han kom om efter os. Han er trods nogen Daarlighed i Benene i rigtig godt Humør, driller Mor og gjør Løjer, er saa fredelig og rar, som jeg ikke i mange Tider har set ham. Nu kan han cycle igjen. De var meget villige til at beholde mig 14 Dage, men at have Mor ogsaa al den Tid, syntes jeg var saa meget for dem, de har jo været saa mange iaar. Jeg bad saa Mor rejse hjem og styre Huset, men hun vilde ikke høre noget herom, og da jeg saa har Returbillet til Svendborg som blev spildt hvis jeg blev, saa besluttede jeg at tage med hende og saa komme igjen paa Mandag og blive til næste Mandag. September Badene er jo saa styrkende. Saa kommer de jo desuden hjem allesammen fra Odense; Christine Muks og Dede paa Søndag. Asier faaer jeg hjem med fra Hanne, vi har ingen iaar. Imorgen giver Thora en Køretur ud på Hou, vi skal have Aftensmad med, jeg glæder mig over alle de dejlige Ture. Bare nu Vejret vil holde sig, idag blæser det en Del og ser meget ud til Torden. Thora rejser til Kbh. paa Søndag , hun har lovet at være behjælpelig enten Dig eller Pelle, naar denne kommer til Byen, med at kjøbe noget til Tuttes Konfirmation. Hvad siger Du om et pænt Sybord?? Du maa endelig svare herpaa, saa skal jeg skrive til Thora om at gaae om til Dig en Dag og tale om det, vi kan vel ikke give mindre end 25 Kr? Syberg har jo givet alle vore Gulduhre. Da jeg i Lørdags skulde vente 3 Timer paa Rejsen herover, tog jeg i Ringe Billet til Odense, - 1 Kr. 3 Klasse – og fik set alle 4 Børn. Christine boer nydeligt 5 Min. Gang fra den store Banegaard, paralelt med Latinskolen er H. Tavsensgade. C. og jeg gik hen til Muks, der er meget glad ved al sin Læsning og ikke synes det er svært; hun gik med os forbi Latinskolen Kl. 1, hele første Klasse kom ud og skulde til Læsning, vi fulgtes med Dede ud til Vestergade, saa til Banegaarden hvor Junge tog med mig med en Pose Rejsegodter, de vidste alle, at jeg vilde komme, jeg fik meget udrette og set paa de 1 ½ Time, jeg havde Smørrebrød med. Var søsyg over, men dog ikke slemt. 
 [Skrevet langs sidste sides venstre kant:]
 Ja nu Farvel søde Ven! Alle her hilser Dig! Kærlig Hilsen fra Din Smaa.
 [Skrevet langs første sides højre kant:]
 Hvis Du sender Brev af paa Søndag skal det være lidt tidlig paa Dagen ellers faaer jeg det ikke før Tirsdag.
 [Skrevet langs første sides venstre kant:]
 Imorgen skal de alle til Tranekær, saa bliver vi kjørt ned til Aasø.</t>
   </si>
   <si>
-    <t>1896-08-02</t>
-[...352 lines deleted...]
-  <si>
     <t>1897-10-31</t>
   </si>
   <si>
     <t>Rudkøbing
 Nyborg</t>
   </si>
   <si>
     <t>Adolph Larsen
 Jeppe Andreas Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Joakim  Skovgaard</t>
   </si>
   <si>
     <t>Vilhelm Larsen har skudt en råbuk, som Joakim Skovgaard skulle have at male efter til et folkevisemotiv med en jæger og et anskudt dyr.
 Hunden Tjalfe er ved at komme sig, men Johannes Larsen har haft en stor vabel på hælen, som han nu har stukket hul på.
 Billedet (hvilket?) er blevet færdigt.
 Larsen spørger, hvornår Alhed tager til Langeland.
 Vilhelm Larsen (Klaks) har skudt en hornugle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GHTA</t>
   </si>
   <si>
     <t>Kjerteminde 31 October 1897.
 Min egen Kæreste!
 Det [er] snart forfærdelig længe siden jeg har skrevet til Dig og jeg har ogsaa gaaet med en daarlig Samvittighed i den sidste Tid, jeg vilde have skrevet i Fredags, men kom ikke til det, og i Gaar, Lørdag, var det jo ingen Nytte til. Jeg har ellers haft travlt i disse Dage, da Fader [og M]oder er i Sverige, saa maa [jeg j]o passe det Hele, og mit [ege]t oven i Købet. I Gaar fik [noget af papiret mangler]adehuset i Land og i Aftes [fik] vi det læsset paa en Vogn. [noget af papiret mangler] Morgen har Agraren Klaks og jeg kørt det ud i Skuret paa Feden. Fader og Moder rejste Natten mellem Onsdag og Torsdag, og i Torsdags kom Klaks hjem. Han havde s[kudt] 2 Fasanhaner ude paa [noget af papiret mangler]strup og en Raabuk som Joachim Skovgaard skulde have at male efter, han var der ude paa Besøg i den Anledning, da han skal male et Billede med Motiv fra en Folkevise, og hvorpaa der skal være en Jæger (Jagtsproget giver Fangst eller fanger af) et anskudt Raadyr. Skovgaard fortalte Klaks [at] han var lige ved at væ[re] kommen over til os i [noget af papiret mangler] og at han havde skrev[et til] mig om det, men det [maa] vel saa have været efter at vi var rejst, da jeg jo ikke har faaet noget Brev fra [ha]m i Aar. Tjalfe nu [vær]et rask i benene en 8 Dages Tid, men siden han kom sig har jeg haft en daarlig Hæl saa jeg i hele denne Uge ikke har kunnet taale at have andet Fodtøj paa end Træsko. Naar jeg om Aftenen skulde i teknisk med Sko paa maatte jeg hinke ynkeligt af Sted. Det var en Vable Støvlerne havde gnavet paa Hælen og jeg mente den skulde [gaa] væk af sig selv, men da [den] snarere blev større end [noget af papiret mangler]vidre og da jeg i Gaar ikke [hav]de Tid til at have den [noget af papiret mangler] længere stak jeg Hul paa den og nu fejler jeg ingen Ting. Det er et trist Graavejr i Dag, jeg ved ikke om jeg gider paa Jagt med [noget af papiret mangler] i Eftermiddag skønt han [træn]ger voldsomt til at blive rørt, men det værste er at dette Brev vist ogsaa bliver temelig trist. Billedet er gaaet godt frem og kan vist snart regnes for at være færdigt, det var et stort Held at Rammen ikke var færdigt saa det kunde sendes over i Foraaret, for jeg tror nok at det nu er nogle Gange bedre end [det] den Gang. Jeg havde el[lers] troet at der skulde være [Brev] fra Dig i Dag, men der k[ommer] vel saa et i Morgen, er det [blevet] bestemt hvad Dag Du [skal] rejse til Langeland? Damperen som kommer her gaar til Rudkjøbing og derfra hertil [noget af papiret mangler], men paa Vejen anløber [den] Nyborg. Der er da for Resten endnu ikke noget i Vejen for at køre paa Cykle, der er jo udmærket Føre, men det kan jo paa denne aarstid snart blive forbi med det gode Vejr. Bare Du snart kom, jeg længes forfærdeligt meget efter Dig. Det er vist et meget kedeligt Brev jeg skri[ver], men Meningen er god [nok] ved Du. Klaks var paa [An]detræk i Aftes og skød en [noget af papiret mangler] Hornugle som ligger [her] paa Bordet nu.
 [Tegning af hornuglens hoved]
 Nu vil jeg alligevel gaa ud paa [noget af papiret mangler] tror jeg, det vil jeg vil f[noget af papiret mangler] gaa udenfor og se paa Vejret og hvis det egner sig til Andetræk tror jeg at jeg vil vente et Par Timers Tid med at gaa. Farvel for denne Gang min egen smukke Kæreste, skriv snart til Din hengivne
 Johannes Larsen</t>
   </si>
   <si>
-    <t>1897-11-03</t>
-[...129 lines deleted...]
-Langelinje, København</t>
+    <t>1940-10-03</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Lauritz  Brandstrup
+Marius Christiansen
+- Gosch
+Elise Hansen
+Else Jensen
+Jens Jensen
+Johannes V. Jensen
+- Kabell
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ejvind Møller</t>
+  </si>
+  <si>
+    <t>Elena og Johan Larsens nye søn var Johannes/Jonas Larsen. 
+En tegning af et vikingeskib optrådte på etiketten til en af de øl, som Andreas/Puf Larsen bryggede. Den omtalte sag må have handlet om hans ret til at bruge dette motiv. 
+Swinhoesfasan er en hønsefugl, der lever i blandt andet Taiwan (Wikipedia marts 2022).
+Det vides ikke hvad "den Clement" er.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver tillykke med den nye søn.
+Jens Jensen er blevet kredslæge.
+Andreas/Puf har vundet varemærkesagen, men har fået en sror advokatregning.
+Johannes Larsen har fasankyllinger, en agerhøne, dværghøns mm. En ræv tog en edderfugl, hvorefter Andreas/Puf skød den. 
+Larsen har været på Langeland for at se på skarvkolonier. En skovrider gav ham en tobaksdåse, som har tilhørt Lauritz Brandstrup, og Andreas/Puf har fået den. 
+Familien har fået både ansjoser og sild, og de spiser også af de fisk, som Christiansen kommer med til odderne. 
+Johannes Larsen er blevet æresmedlem af Jagtselskabet Fiilsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/azsA</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3 Octbr 1940.
+Kære Lysse og Bimse!
+Til Lykke med den nye Søn! Jeg har været en Uges Tid i Kjøbenhavn for at faa gjort noget ved mine Tænder og var et Par Gange hos Elise. Jeg var ogsaa hos Johannes V’s der var glade ved at Jens var bleven Kreslæge i Kallundborg incl. Samsø; nu kan han jo nemt sejle til Kjerteminde. Jeg traf ogsaa Dede hos Magisterens. Puf vandt den Varemærkesag ved Sø og Handelsretten og Gosch blev dømt til at betale Sagsomkostningerne med 150 Kr. hvad der jo er som en Skræder i Helvede da Sagførerne skal have 800 K. deraf 400 til Ejvind Møller, som jeg traf hos Johs V. og fik til at tage Kunst for Beløbet. Naar Du ikke har set min Skrift siden Februar er det ikke min Skyld. Jeg har bl.a. skreven 2 Breve til Dig i Septbr, det ene d. 25/ [”25/” overstreget] 4/9. Lad mig vide om Du faar dette? det er jo ærgerligt at betale den dyre Porto naar Brevene ikke bliver besørgede. Vi har faaet et nyt, graat Gulvtæppe i Dagligstuen og lagt Resterne af det gamle i Trappestuen. Vi havde en Dværghøne der gik i Haven med 2 Svinhoefasankyllinger og en Agerhønekylling, den sidste en Hane der er saa tam at den kommer naar jeg kalder og spiser af Haanden, den er nu voksen og næsten helt i Voksendragt, men jeg lukkede dem ind i Volieren da jeg rejste til Kjøbenhavn. For ca 14 Dage siden tog en Ræv en Ederfuglehun her i Haven og vi satte en Saks hvor den havde slæbt den gennem Hegnet, der sad et dødt Pindsvin i den om Morgnen. Om Aftnen satte vi Saksen igen efter at have lukket Gæs og Ænder ind ved Bassinet og uden at jeg vidste om det satte Puf sig op i Lysthuset med Bøssen og skød Ræven paa Gangen ud for Bassinet, Skindet er nu i Odense hos en Bundtmager. Til Lykke Bimse med Staalvasken og den fynske Pige ja og Vej og Baad og Aal og Gedder. Lad mig bare faa den Clement herover. Jeg var en Gang i Sommer paa Langeland for at se en Aalekragekoloni ved Tranekær Slotssø, der har været der de 3 sidste Aar, der var et Par og Tyve Reder i Elletrær ved Søen, men der skal have været omtrent dobbelt saa mange i Fjor, en Del af Redetræerne var fældet
+2.
+i Vinter. Skovrideren der bor ved Siden af den gl. Skole kom jeg til at snakke med om gamle Brandstrup, og da han hørte jeg havde Sønner der røg, gik han ind og hentede en nydelig Mahogni Tobaksdaase som havde været Br.s og som han sagde havde staaet hos ham i mange Aar og ventet paa en Efterkommer af gl. Br.. Puf blev meget glad ved den. alt dette har jeg vist skreven om før. Ogsaa at jeg fik en Hilsen fra Jer gennem Kabell, der ringede op da han kom hjem. Samme Mand rejste jeg sammen med hjem fra Kjøbenhavn og fik en Del mere at vide deroppe fra bl.a. at der ingen Fugle var i Aar. I Forgaars var jeg med Christiansen ude paa Jagt ved Lille Viby vi saa 3 Harer og fik de 2 og han forærede mig den ene. En Gang i Sommer fik vi en hel Del ægte Ansjoser, vi lagde en Krukke fuld ned i spansk Salt og ligger den nu i Olje og de smager som italienske Sardeller. Vi har ogsaa faaet lagt nogle fortrinlige Sild med baade Krydder og Spegesild. Vi har ogsaa spist en Del af de ægte Ansjoser stegt og kogt og de var gode paa begge Maader. [Tegning] det er en fin Fisk med store Øjne og spids Næse med Overbid og næsten cirkelrund i Gennemsnit. Vi har i det hele Taget spist en hel Del af det Christiansen kommer med til 0dderne, især smaa Makreller og Brislinger og Hornfisk. Jeg har vist ogsaa fortalt Jer at jeg er bleven Æresmedlem af ”Jagtselskabet Fiilsø.” Men jeg har ikke været derovre siden. Nu kan jeg ikke hitte paa mere i Øjeblikket, men hvis I faar dette og jeg faar Svar skal I faa Brev igen. Mange Hilsner fra Puf og Else som jeg ogsaa skal ønske Jer til Lykke fra i Anledning af den nye Dreng; og mange Hilsner til Jer allesammen fra 
+Jeres JL.
+Afs: Johannes Larsen
+Kjerteminde
+Danmark</t>
+  </si>
+  <si>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
   </si>
   <si>
     <t>Christian Andersen
-Julie Brandt
-[...615 lines deleted...]
-Onsdag</t>
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t> 8. jun. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1itiWL5I</t>
+  </si>
+  <si>
+    <t>27. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/5Ilngp06</t>
+  </si>
+  <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+  </si>
+  <si>
+    <t> 2. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DMr2WPrd</t>
+  </si>
+  <si>
+    <t>13. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7akvRFjJ</t>
+  </si>
+  <si>
+    <t> 5. sep. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xTjhgohS</t>
+  </si>
+  <si>
+    <t> 9. maj. 1923</t>
+  </si>
+  <si>
+    <t>Knud Kyhn</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FiIZIxLY</t>
   </si>
   <si>
     <t>1900-09-01 - 1901-04-24</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dagbog</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
 Jeppe Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Cathrine Meyer
 Erhard Meyer
 Otto  Meyer
 Sophus  Meyer
 Augusta Mogensen
 Christian Mogensen
 Otto Emil  Paludan
 Antoine-François Prévost d'Exiles
 Leopold Rosenfeld
 Ellen  Sawyer
 Erik Schaffalitzky de Muckadell
 Christine Swane
 Fritz Syberg
 Vilhelm  Sørensen, pastor
 Nicoline  von Sperling
 Laura Warberg
 Andreas Warberg, Albrechts far
 Christoph Ernst Friedrich Weyse</t>
   </si>
   <si>
     <t>Astrid Warberg skriver om livet på gården Erikshaab, om sine forelskelser, om opholdet som pige i huset hos Alhed og Johannes Larsen i Kerteminde mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/WsHnFLg1</t>
   </si>
   <si>
-    <t>1901-10-24</t>
-[...5 lines deleted...]
-Julius Hviid
+    <t> 4. jun. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XZwQ3HoB</t>
+  </si>
+  <si>
+    <t> 3. jun. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AOsMo2Nd</t>
+  </si>
+  <si>
+    <t>1899-07-21</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Peter Hansen
+Andreas Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Den lille knægt er Alhed og Johannes første barn, Andreas (Puf) Larsen, født 12. maj 1899.
+Det er uvist, hvem "Min tykke Madam" er.
+Peter og Elise Hansen fik deres eneste fælles barn, Elena Ilalia Hansen, i Italien. Hun blev som voksen i øvrigt gift med Alhed og Johannes Larsens yngste søn, Johan (Lysse).</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har opgivet at male et billede af floks, for de visner, og den nyfødte søn er plaget af varme og fluer. Lützhøft-parret skal komme på besøg.
+Peter Hansen og hans kone har fået en datter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cXkm</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Nu har jeg opgivet mine Flox, jeg kunde ikke naa at faa noget ud af dem, inden de visnede, jeg har været saa rasende uheldig med Forstyrrelser af forskellig Art i disse Dage, men jeg er frygtelig ked af det, det var et henrivende Motiv. Den lille Knægt har bl.a. forstyrret mig en hel Del, han har været saa plaget af Fluer og Varme det lille Pus. Vi længes meget efter Dig, saa jeg gaar i 10 Sind, om jeg skal ønske, at Du kommer paa Søndag, naar alle de Mennesker er her. Jo, naturligvis ønsker jeg det, især hvis Du kom i Morgen Aften. Men Lüsse og Mutter maa da hellere vente til en anden Dag, ikke? Alle her glæder sig meget til at se dem, men vi kunde bedre nyde godt af dem, naar vi ikke ere saa mange, desuden kommer Christine først hjem fra Langeland først i Ugen og vilde naturligvis gærne være hjemme. – Min tykke Madam har været her for at besøge mig i Dag. Tænk det Skind, hun har mistet sin lille Pige, hun var meget ked af det. - - Tak for Dit Brev i Dag! – Haaber at faa igen i Morgen, det er saa tomt, naar jeg ingen faar. – Jeg har vist glemt at hilse Dig saa mange Gange fra Thorvald tænk, han syntes den lille var grim! Fatter Du det? Naa, saa P’s har faaet en Pige, hun kan nok ikke faa andet end Piger. – Hil dem alle, ogsaa Schous, mange Gange!
+De aller kærligste Hilsner til Dig min egen Ven
+Fra Din Alhed.
+Hvis det er d. 21ende Juli 99
+I Dag saa er det den Dag med Skoen, Du husker nok, lige hernede i Møllemarken - med andre Ord vor Forlovelsesdag, det kalder jeg den da.</t>
+  </si>
+  <si>
+    <t>1896-10-05</t>
+  </si>
+  <si>
+    <t>Svanninge
+Langeland
+Nyborg
+Lohals
+Faaborg
+Sollerup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Giersing
+Peter Hansen
+Johanne Christine Larsen
+Otto Emil  Paludan
+Anna Syberg
+Hans  Syberg
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sollerup: På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene.</t>
+  </si>
+  <si>
+    <t>Alhed har været på besøg hos Syberg i Svanninge. Syberg maler på billeder af Stensgaard.
+Alhed har tabt en stor gryde med hyldebærsaft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Oyu0</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det er Søndag Aften, og de sidde i Dagligstuen og sludre, Christine er hjemme og Muk, Dede, Vesterdal og en fremmed Dreng ere lige rejst, jeg har sat mig ind ved Mors Skrivebord for at sludre lidt med dem, men det bliver vist ikke af lang Varighed. – Tak for Deres Brev, jo De kan stole paa, jeg lagde Mærke til det gode Vejr, jeg ligefrem nød det de faa Dage det varede, men ak desværre det var kun en kort Glæde. Jeg tænkte det for Resten nok, da jeg saa i Deres Brev, at De trode, det vilde vare en hel Maaned. Jeg saa strax betænkelig ud ad Vinduet, og ganske rigtig – i Sydvest trak der store Skyer op! – Det holdt dog nogenlunde tæt den Eftermiddag og jeg benyttede Lejligheden til at cycle til Svanninge. - - Men nu er det jo helt tosset, saa jeg kan ikke vide, hvad det bliver til med min Langelandstur, Vinden er jo Syd, den er jo god for Kerteminde, men Palam siger at der er ingen Skib mellem Nyborg og Lohals. Hvad skal man gøre ved det? – De maa endelig ikke gaa og vente mig, for der er jo desværre meget ringe Udsigt til at jeg kommer. Men samtidig med at det gode Vejr holdt op, holdt De vel ogsaa op med de tre Ting, de havde begyndt paa, - at vente mig, at gaa i Vandet og at male paa det Billede. Det sidste er alligevel det værste jeg venter mig saa meget af det Billede, jeg synes det Motiv maa passe saa storartet for Dem. – De havde det udmærket i Svanninge, undtagen Grylleren, der har Orm og af den Grund var han rædselsfuld gnaven, han og Pigen Betzy Trattevaad brølede om Kap hele Eftermiddagen og underholdt Hønset og mig paa det livligste; Sine var i Faaborg og Kunstneren paa Stensgaard. Men de kom hjem ved Thetid og da Ungerne var kommen i Seng havde vi en lille hyggelig Time ved et Glas Ribsvin! – Jeg blev aldeles begejstret for P’s Roebillede, De kan tro, det er blevet smukt, siden vi saa det sidst, eller ogsaa saa jeg ikke saa meget paa det den Dag, jeg synes, det er et dejligt Billede. (Nu kom Christine og satte sig til at spille noget vældig kønt.) P. skulde rejse til København i Dag. – I Gaar var jeg med Far ovre at blanke den Altertavle, han er meget glad ved Resultatet. Paa Tirsdag skal det spændende Oversyn være. Stiftsøvrigheden har i sin Visdom beskikket hans Naboprovst! Nu skal vi se, hvad det bliver til. Jeg har det Haab at komme med derover for at holde med Dara udenfor Kirken, saa kunde jeg maaske faa den Glæde at se Far og hans Fjende Provsten trykke hinandens Hænder. – Far sagde forleden, at jeg kørte helt pænt nu! Men det er vist alligevel omtrent forbi med mit Kørende nu, det bliver aldrig til noget, naar Far er hjemme. Dagen før han kom hjem tog jeg en ordentlig Afskedstur. Jeg kørte til Sollerup og lige hjem igen uden at spænde fra, hvad vi ikke maa, og saa var jeg alene paa Hjemturen, hvad jeg heller ikke maa! – Men det er for Resten alligevel rart at have faaet et helt Sæt Forældre igen. Dis har moret sig storartet i København, hun kom selvfølgelig ikke hjem før Far. – Min Redelighed kan ikke slaa til til at opdage den Brander i deres Brev, - jeg har spekuleret vældig paa den men uden resultat. – 
+Næste Dag: O Rædsel! Jeg kommer lige nede fra Køkkenet, hvor jeg har begaaet en forfærdelig Ugærning! – Jeg tabte vores allerstørste Gryde, der var fuld af kogende Hyldebærsaft! – En Ring, der hang ved Gryden, sprang i mange Stykker, Gryden gik der et Stykke af og Saften farvede Gulvet blaasort og sprøjtede op ad Væggen og endogsaa helt op paa Loftet. Min Kjole maa strax i kogende Vand og mine Sko var som dyppede i saft. – Der samledes naturligvis Opløb – og Mor var rystet i sin Sjæls Inderste, men tænk Dem, saa kom jeg pludselig til at le! Jeg holdt mig længe da jeg virkelig var imponeret ved Synet af mit Ødelæggelsensværk; men pludselig kunde jeg ikke holde mig længere, men brast i Latter, jeg blev jo ganske forfærdet over mig selv men saa til mine store Beroligelse at Mor lo med. Hun kunde vist ikke lade være at glæde sig over, at jeg ikke var bleven skoldet, hvilket jo ogsaa var et Under. Dis og Johanne og Pallam grinede jo ogsaa, saa det hele spændte forbavsende gemytligt af. - - Nu maa jeg strax slutte, da Posten kommer. Hvorlænge tror De, det varer inden De kommer herned, hvis jeg nu ikke kommer til Kerteminde?? – Farvel for denne Gang! Mange kærlige Hilsner fra deres Alhed.
+Erikshaab 5de Okt. - 96</t>
+  </si>
+  <si>
+    <t>1900-10</t>
+  </si>
+  <si>
+    <t>Højrup
+Langeland
+Dosseringen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Dora -
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Sigurd  Swane
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sine forældre med sønnen Puf. I Kerteminde er Johannes Larsen i gang med flytning fra Feden til Lille Kærbyhus. De skiftede adresse hertil 18. oktober 1900.
+Laura og Christine Warberg skal til Sandholt: Her boede deres bekendt Nicoline Nobel von Sperling.</t>
+  </si>
+  <si>
+    <t>Alhed er hjemme hos forældrene med sønnen Puf. Han skal på køretur med sin bedstemor. 
+Alhed spørger, hvornår flytningen er overstået. Hun beder Johannes Larsen måle deres gulvtæppe. 
+Mogensens har fået en lille pige, og Alhed ønsker, at hendes ufødte barn også er en pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FVb7</t>
+  </si>
+  <si>
+    <t>Min egen kære Larsi!
+Jeg kom ikke op i Gaar [a]lligevel, da Hosten var [tem]melig slem. I Nat har [jeg] ogsaa hostet en Del, men [nu] staar jeg alligevel op [noget af papiret mangler]den, det kan ikke [n]ytte noget at blive ved at ligge og vente paa det skal gaa over, jeg har saa sent ved at slippe Hoste, naar først jeg har faaet det. Ellers har vi det godt, lille Puf er sød og god, han ligger og roder om her paa Gulvet, mens jeg skriver. Han skal med sin Bedstemor en Køretur med Dora ned til Højrup at hente Tante Mornine der kommer fra Langeland med 11 ½ Toget. Fader, Moder og Christine skul[de] til Sandholt til Mi[noget af papiret mangler] vi andre vente halv[noget af papiret mangler] Klaxen. Tak for [Dit] Brev i Gaar, det glæ[der] mig, at Du gaar paa Jagt, saa kommer Du forhaabentlig til at se lidt bedre ud, end Du [gj]orde. Hvornaar antager Du, at Flytteriet er overstaaet, saa vi kunne komme ned til Dig? Kan Du ikke maale vores grønstribede Gulvtæppe ude paa Feden nøjagtig, jeg skal jo have lidt mere Tøj. Jeg misunder Mogensen forfærdelig deres lille Pige, jeg bliver mere og mere spændt paa [a]t vi skulle have [en l]ille Pige denne Gang, det var forfær[del]ig sødt ikke sandt? Fru M. har det saa udmærket. Mogensen havde ”spurgt” forleden at Fader og Moder var i Odense, hvorfor ha[noget af papiret mangler]mørke hernede sad og drak Toddy til Kl. 11 ½ med Palam og Johanne. Han passede lige at være herude af til de kom fra Stationen. Han er en sjov Kamerat.
+Saa nu skal de køre! 1000 kærlige Hilsner Kys fra [noget af papiret mangler] og Din egen Al[hed]
+Søndag</t>
+  </si>
+  <si>
+    <t>1900-10-03</t>
+  </si>
+  <si>
+    <t>Charlottenborg
+Langeland</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Marie Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Christine  Mackie
+Peter Magnussen
+Laura Warberg
+Astrid Warberg-Goldschmidt
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har dårlig hofte, formodentlig fordi hun er gravid med sit andet barn, som blev født 27. februar 1901.
+Det er på tale, at Alheds søster, Ingeborg Astrid, skal i huset hos Johannes Larsens forældre. 
+Hvorfor Christine ikke skal "til Amerika alligevel" vides ikke. Hun blev gift med amerikanske William Mackie og flyttede til Boston.</t>
+  </si>
+  <si>
+    <t>Alhed får det nok bedre, når barnet er født. Dejligt, at hun og Johannes Larsen kan blive sammen også denne vinter.
+Puf (Andreas) er meget glad for Alheds mor. Han spiser godt.
+Alhed spørger, hvorfor Johannes Larsen ikke bare sender sine billeder til København i stedet for at rejse derover med dem. 
+Hør, om "de" vil have Dis til november.
+Trist med Maries ben, men så må Alhed og hun halte lidt sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SdI8</t>
+  </si>
+  <si>
+    <t>Kæreste lille Lausi!
+Tak for Dit Brev, der virkelig var umaadelig opmuntrende, saa slaa vi naturligvis fast at blive i Kerteminde i Vinter, og vi skal nok faa det hyggelig, kan Du tro. Jeg venter egentlig ikke at blive synderlig bedre, end jeg er førend til Foraaret, man faar vel finde sig i det, og som vi nu faar det indrettet, vil jeg jo kunne skaanes en hel Del, saa det forhaabentlig ikke bliver værre end det er. I hvert Tilfælde er det dejligt at vide lidt bestemt for Vinteren, og at vi kunne blive sammen. Og ved Du hvad, lille Bamand kunde nu ingen af os godt afse, det vilde jo være frygteligt, om at man ikke daglig kunde holde Øje med ham og alle hans smaa Fremskridt. Nu skal Du værsgo at være i godt Humør, min Dreng, mit er det hjulpen lidt paa, eller ikke saa lidt endda. Jeg er ligefrem saa glad ved at mærke hvor jeg dog længes efter Dig, længes Du ogsaa lidt efter Din Plageaand? Du kan tro, der kommer nok en Tid, hvor jeg ikke plager Dig mere, og hvor vi skal have det forfærdelig godt sammen. – Moder er kommen fra Langeland i Dag. – Tænk, Chr. skal ikke til Amerika alligevel, der kom Telegram i Dag. – Der kom tillige i dag et sødt Brev fra Lüsses, de vil nok være med til Konserten; den skal vist være omkring den 3die Nov. Hvis Du rejser til Kjbn. nu med det samme, saa faar Du vel med det samme mine Billeder fra Charlottenborg sendt hjem, og saa [ordet overstreget] mon saa ikke Dine Krokus og mine Primula kunde være i Kassen ogsaa? – Jeg haaber nok jeg faar Brev fra Dig i Morgen igen, min Dreng. Du skulde have set, hvor lille Puf blev glad ved Mor, han udstødte et Glædeshyl og rakte hen til hende og vilde ikke fra hende igen. Han har spist en stor Portion Vælling baade i Gaar og i Dag og i det hele taget spist rigtig flinkt. – Det er vel nok det fornuftigste at rejse til Kjbn. med det samme og saa rejse lige derfra og hertil, før midt i Ugen bliver jeg vel næppe rask nok til at rejse. Men sig mig, hvorfor sender Du i Grunden ikke hellere de Billeder det er da saa lidt at rejse derover for og W &amp;amp; Magnussen kan Du jo ligesaa godt skrive til. Men nu haaber jeg som sagt at høre fra Dig i Morgen. – Bare Du kan finde ud af dette Blyantsroderi, jeg kom til at skrive paa 2 Ark ligesom til Komtessen. – Kan Du nu hilse dem alle sammen mange Gange. Hvor trist med Maries Ben. Spørg hende, om hun ikke glæder sig til at vi kan halte en Tur sammen! – Hør, hvad mon hun [ordet overstreget] de tænke sig med Dis, mon de vil have hende, naar det først bliver til November? Forhør lidt om det. – Naa, nu kun 1000 Hilsner til Dig selv min egen Dreng fra Din Alhed.
+Onsdag</t>
+  </si>
+  <si>
+    <t>1906-09-28</t>
+  </si>
+  <si>
+    <t>Malmö
+Langeland
+Odense</t>
+  </si>
+  <si>
+    <t>Lina -
+Ludvig Brandstrup, billedhugger
+Johanne Caspersen
+Amanda Heinesen
 Adolph Larsen
 Andreas Larsen
 Johan Larsen
+Johanne Christine Larsen
+Christian Møller, maler</t>
+  </si>
+  <si>
+    <t>Det er uvist, om Johannes er på vej til Sverige. Alhed sender hilsen til Lud(vig Brandstrup) i København og til Lina, som vistnok boede nær Larsen-familiens ejendom Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til nogle behandlinger i Odense.
+Adolf Larsen (Agraren) og Møller har skudt harer.
+Johannes Larsen er ude at rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Do2Y</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Det bliver kun et lille Par Ord Du faar, Junge sagde nu for lidt siden, at Tante paa Langeland fylder 60 i Morgen, saa skrev jeg 3 Sider til hende, men det gik fra Dig. Vi har det godt, Ungerne og jeg har spist Grød sammen i Spisestuen i Aften. Jeg kom først fra Odense med 2 Toget i Dag, han behandlede mig baade lidt i Gaar og til Morgen, saa gaar det til jeg kommer fra Sverige [ordet overstreget] Malmø.
+Murerne har arbejdet paa Taget hele Dagen i Dagen ["en" overstreget]. Agraren skød en Hare paa 8 Pund i Dag, Møller 2 men det [indsats over linjen: Møllers] var langt borte, jeg husker ikke hvor. Det er Junges Fødselsdag i Morgen, jeg haaber vi bliver bedt derover. Jeg var lidt derovre i Eftermiddag. Hvor det stormer i dag, bare I maa faa godt Vejr, i det hele taget en god Rejse, du saa saa sød ud, da Du stod og vinkede i Toget i Gaar. Nu længes jeg efter at høre fra Dig om I er rejst i Dag eller hvordan. Nu skal Amanda da af Sted. Jeg gaar i seng. Ungerne ligger og raaber paa mig derinde. Mange kærlige Hilsner Din A.
+Fredag d. 28nde Sept. 06.
+Hils Lud! og Lina med Familie</t>
+  </si>
+  <si>
+    <t>1897-11-05</t>
+  </si>
+  <si>
+    <t>Hjallese
+Snøde</t>
+  </si>
+  <si>
+    <t>Ane Marie Christiansdatter
+Lars  Jeppesen
+Adolph Larsen
+- Petersen lærer Dalum</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skal besøge sin Onkel Max i Snøde på Langeland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har kørt Adolph (Agraren) Larsen til landbrugsskolen i Hjallese. Lærer Petersen havde glemt at indmelde ham, så de bedste værelser var optaget, og han blev indlogeret sammen med tre andre i et værelse uden kakkelovn. Agraren er bagud i de fleste skolefag, og han havde tandpine, da de kom til skolen - vel fordi han ikke var glad for det hele. Johannes Larsen var tæt på at græde, da han kørte fra sin bror. Han blev også trist over at se sin farmor og farfars hus, hvor der nu bor fremmede. Larsen har skrevet et langt brev til sin bror.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FGPr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Novbr. 1897.
+Min kæreste Alhed!
+Det er jo i Morgen Du rejser til Langeland, saa det er vel næppe rimeligt at dette Brev naar Dig paa Erikshaab, men ellers bliver det vel sendt efter Dig. Jeg var saa henne paa Landbrugsskolen med Agraren i Gaar. Det Bæst Lærer Petersen i Hjallelse som havde lovet at indmelde havde aldeles svedt det ud, men der var dog Plads endnu saa jeg fik da Agraren anbragt men han maatte finde sig i at ligge sammen med en hel Del andre da alle de mindre og bedre Værelser vare optagne. Det han fik anvist var helt oppe paa Kvisten, og uden kak[k]elovn og der var anbragt 3 andre, men der var Plads, det vil sige Senge til 9. Men da han jo kun skal være der mens han sover, og det jo ikke er værre end Soldater har det, kommer han vel nok over det. Det værste er med Regning, Skrivning, Fysik og Tegning, og det er det ærgerligste af det Hele, at naar vi bare havde tænkt paa teknisk Skole her sidste Vinter og faaet det gennemgaaet, saa havde det jo ikke været noget Besvær for ham, men jeg er næsten bange at han er for meget tilbage i det til at han rigtigt kan følge med de andre, men bare han nu vil hænge i saa gaar det vel. Desværre havde han saadan en voldsom Tandpine i Gaar Formiddags, men det lod til at det var gaaet over da vi kom derhen, jeg tror alligevel ikke han var rigtig stolt af Situationen da jeg kørte fra ham i Gaar Aftes i Mørkningen, han stod op paa Vogntrinet og kørte med ned til Vejens Omdrejning, saa sagde jeg Farvel til ham og lod de smaa trave ud og jeg var lige ved at græde lige til jeg kom paa den anden Side Odense. Jeg var ogsaa kommen i saadan en underlig vemodig Stemning af at gaa og se paa min Farfaders og Farmoders Hus og Have i det triste Efteraarsvejr. Jeg har jo været der saa meget som Barn og nu har der jo i mange Aar boet fremmede Folk. Jeg har lige været henne og skrive et langt Brev til Agraren for at opmuntre ham til at hænge i og ikke tabe Modet, selvom det skulde være lidt svært for ham i Begyndelsen og jeg haaber at hans gode Humør og gode Forstand skal hjælpe ham over det værste. Det sidste Brev jeg skrev til Dig kom nok ogsaa til at ligge en Dag over, jeg opdagede det først da jeg kom hjem fra teknisk Skole og saa var det forsent til at jeg kunde komme ind og faa Frimærker nogen Steder. Er Din Adr. paa Langeland ikke ”Snøde pr. Lohals?” men det er Du vel saa betænksom at underrette mig om i Dit næste Brev. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-08-25</t>
+  </si>
+  <si>
+    <t>Jällunden, Sverige
+Snøde</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Peter Hansen
+Jørgen Hermann Kruuse
+Jeppe Andreas Larsen
+Lars Larsen
 Marie Larsen
-Christine Swane
-[...20 lines deleted...]
-24ende Okt. 1901</t>
+Vilhelm Larsen
+Susanne Lindberg
+- Petersen, Biolog</t>
+  </si>
+  <si>
+    <t>Johannes og Marie Larsen samt Peter Hansen er på Larsen-familiens ejendom, Höljeryd, i Småland, Sverige. Alhed Warberg besøger sin onkel Max på Langeland. 
+Johannes Larsen sagde, at han lavede "Busser", når han skød forbi.</t>
+  </si>
+  <si>
+    <t>Hunden Tjalfe gør gode fremskridt, og hunden Jansen er glad for Peter (Hansen). 
+Der er mange tjurer og urhøns, men Johannes Larsen har manglet ammunition til sin egen bøsse og har måttet bruge broderens, som han skyder forbi med.
+Peter Hansen, Marie og Johannes Larsen har været ved søen Jälunden. De bad om lov til at låne en pram og roede til en ø. Prammen viste sig at tilhøre nogle andre end dem, der gav tilladelsen.
+Pigen har lavet "Krykeost" af nymælken fra en ko, der netop havde kælvet.
+Dr. Petersen har sendt billedet af sælen retur.
+Gottschalck er i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hg0W</t>
+  </si>
+  <si>
+    <t>Höljeryd 25 August 1896.
+Kæreste Alhed!
+Tak for Brevet som jeg fik i Torsdags som De meget rigtigt formoder skrev jeg Langeland uden paa mit sidste Brev, men jeg haaber da at De har faaet det, da det er det mest indholdsrige eller i hvert Fald det længste jeg har skrevet herfra. Det er rigtigt nok at Klaks faar Ferie omend knap saa længe som De skriver, men vi venter ham i Aften og han bliver her vist en 8 Dages Tid. Vi venter ogsaa Fader og Konsul Kruuse herover i løbet af en Uges Tid. Tjalfe gør god Fremgang og tegner til at blive en første Klasses Hund, og Jansen har nu slaaet sig fuldstændig paa Peter, det vil sige det er ham der fører an for Peter klager lidt over at Lydigheden er saa som saa. Her er mange Høns i Aar, flere end jeg har set her nogensinde før og vi har faaet ca 30 Tjurer og Urhøns, men de sidste Dage har været sløjt, da vi har manglet Ammunition, men saa tænker jeg at Klaks har noget med i Aften. I Søndags Eftermiddag var vi en en Tur til en større Sø som hedder Jälunden. Da vi kom der ned laa der en Pram ved Bredden, Peter sagde han vilde spørge Manden om vi maatte laane den, og gik saa hen til Skur til at stille Aarer og andre Redskaber ind i, der boede ingen i i Nærheden, og kom saa tilbage med den Besked at det vilde være Manden en Fornøjelse om vi vilde benytte hans Baad. Vi roede saa over til en Ø, skønt jeg havde en stærk Mistanke om at Prammen tilhørte nogle Mænd som gik og saa paa nogle Kreaturer et Stykke før vi naaede Søen, men jeg sagde ingen Ting før vi kom til Øen, og da vi syntes at vi kunde høre nogen tale i den Retning vi vare komne fra blev vi enige om at ro tilbage med det samme og det viste sig at det forholdt sig aldeles rigtigt med Mændene som ventede paa os, men de var for Resten helt skikkelige. Paa Hjemturen kom vi forbi et Sted her ved Gaarden hvor Folkene har lavet et Dansegulv, hvor de danser hver Lørdag og Søndag Aften, og vi gik saa ind og saa paa dem, og Peter dansede et Par Gange med Marie og en af de tilstedeværende Flickor. Forleden Dag havde vi en ko som kælvede og vores Pige lavede os en Ret af Nymælken, som hun kaldte ”Krykeost”, hun rørte Æg i og kogte det og saa blev det stift da det blev koldt, vi spiste det dels om Middagen med Fløde og Sukker og dels som Paalæg paa Smørogbrød, nu er det desværre snart forbi; jeg tror nok at jeg er den der bedst kan lide det, Peter og Marie spiser og af den men Susanna, synes ikke om den. Hvis Lars Larsen vil have et Billede med Krager kan han godt faa det. Det med Sælhunden jeg lavede til Dr Petersen (Biologen) gjorde ingen Lykke, i hvert har han sendt det tilbage uden at skrive noget med. Vi havde Brev hjemme fra i Gaar og fra Gottschalk, som endnu opholder sig i Kjerteminde og formode at han vil være der endnu naar jeg kommer tilbage. Det er et væmmeligt Bæstvejr i Dag med Byger en Gang i mellem saa vi har ikke været ude i Formiddag, men Peter gik strax over Middag og jeg skal ogsaa til at stikke af nu. Jeg maa desværre skyde med Klaks’ Bøsse da jeg ikke har Patroner til min, jeg debuterede med den i Gaar, 5 Busser og ingen vildt, formodentlig gaar det ligedan i Eftermiddag. Mange Hilsener Deres hengivne
+Johannes Larsen.
+Onsdag Morgen.
+Klaks kom saa i Aftes, og havde Akvavit og Patroner med, saa nu kan jeg komme ud med min egen Bøsse i Dag saa tænker jeg det gaar bedre. Vejret ser ogsaa bedre ud til Morgen. Nu maa jeg ned til Vognene med Brevet. 
+God Morgen. Hilsen Fra Peter.</t>
+  </si>
+  <si>
+    <t>1896-10-24</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Carl Høyrup
+Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har kørt Ellen til Nyborg og kom for sent til Teknisk Skole.
+Alhed skal til København og til Brandstrups barns dåb.
+Johs. Larsen går på jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QHCG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Octbr. 1896.
+Kæreste Alhed!
+Tak for Brevet. Jeg fik det i Tirsdags og var lige ved at sætte mig til at skrive til Langeland strax men kom saa i Tanker om at det var om Morgen tidlig at De skulde rejse, og sa kunde det jo ikke naa sig. Jeg har ikke været i Odense endnu og da jeg har faaet Lærred, og bliver det vist ikke for det første jeg kommer derud. Jeg var oppe hos Hørups i Forgaars, og han havde netop et Stykke Lærred liggende af den Størrelse og den Slags jeg skulde bruge og det laante jeg saa af ham. 
+I Gaar var Christine og jeg ude i Nyborg med Ellen og fik hende sendt med Færgen. Det var jo Meningen at hun skulde have fulgt med Fader og Moder naar de rejser til Sverige, men nu trak det jo saa længe ud med Tærskningen og i det [de] sidste Dage har Fader ikke været rigtig rask saa Rejsen er foreløbig udsat. Det var et dejligt Vejr at køre i men noget koldt paa Hjemvejen. Jeg skulde have været ned paa den tekniske Kl. 7 ½ men da jeg kunde regne ud at jeg vilde komme en Time for sent havde jeg sendt Bud til den anden Lærer om at se efter min Klasse den første Time, han var imidlertid ogsaa forhindret og da jeg kom derned var han endnu ikke kommen og kom først ½ Time efter. Ham der blev hældt ud gik det meget godt med. Borgmesteren havde været nede hos Forældrene og sige det saa han kom ikke mere.
+Jeg sidder og lægger mit Billede an i Dag, det [er] for Resten lumpent at sidde inde i saa smukt Vejr. Det er sandt. De har vel ikke hørt noget endeligt om hvornaar De skal til Kjøbenhavn og døbe det Brandstrupske Barn, for saa kunde De lade mig det vide saa jeg kunde gaa ud til Nyborg og faa Dem at se i Forbifarten. Jeg har været en Del paa Jagt i denne Uge men ingen Ting faaet naar jeg undtager en Hare i Mandags, det er kedeligt for Tjalfes Skyld at jeg ikke kan skyde nogle Høns for ham, men dels er de temmelig vilde og flyver for tidligt op og dels begynder jeg at faa den Overbevisning at jeg ikke mere kan ramme en Agerhøne og det gør mig nervøs og naar vi saa endelig finder Høns skyder jeg forbi. Mange kærlige Hilsner fra deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-11-14</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Der er muligvis tale om planker fra familien Larsens svenske skove indsejlet til Kerteminde på I.A. Larsens fragtskibe.
+Adolph Larsen (Agraren) er elev på Dalum Landsbrugsskole.
+Den omtalte tante til Alhed Larsen kan være Wilhelmine Berg f. Brandstrup, som drev pensionat i Gothersgade og var Alheds mors halvsøster.</t>
+  </si>
+  <si>
+    <t>Vilhelm og Johannes Larsen har hjulpet med planker hele dagen. 
+Johannes Larsen skal male på sit billede i det smukke vejr. Adolph Larsen (Agraren) befinder sig vist godt på (landbrugs)skolen. Johannes Larsen synes, det er trist, at Alhed skal til sin tante i København, og hun må i hvert fald komme til Kerteminde først.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/apFw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Novbr 1897.
+Min egen Kæreste!
+I Dag det er Søndag skal Du faa [et Par] Ord fra mig. Det maa [noget af papiret mangler] være en daarlig Postgang [noget af papiret mangler] mellem Fyn og Langeland, [siden] Du ikke havde faaet mit [Brev] da Du sendte Dit af Sted, men Du fik det vel saa strax efter. I Gaar var Klaks og jeg ude at hjælpe til med Plankerne hele Dagen og i Aftes var jeg i teknisk, saa jeg naaede ikke at skrive i Gaar, hvad der ellers var min Hensigt. Det er et ualmindelig smukt Vejr i Dag, Solskin og meget mildt, jeg skal ud at male paa mit Billede. Sidst [jeg] var der ude, fortalte jeg Dig vist at det blæste for stærkt til at male, men jeg malede saa paa det efter Hukommelsen Dagen efter, hvad jeg tror nok [noget af papiret mangler] paa det, og jeg tænker j[eg kan] faa gjort en De[noget af papiret mangler] Aften hvis Vejret ho[lder] hvad det lover. Agr[aren] er her i Dag. Han kom [noget af papiret mangler]ende fra Ullerslev i Aftes, og lader til at befinde sig helt vel henne paa Skolen. Jeg er ked af at Du alligevel skal ind til Din Tante i Kjøbenhavn, efter hvad Du fortalte sidst haabede jeg paa at det skulde gaa i Stykker, men nu det lader til at blive til Alvor er jeg meget ked af det. Du maa i et hvert Tilfælde komme her først, enten Du saa rejser hjem eller til Kjøbenhavn. Du faar ikke mere [noget af papiret mangler] denne Gang, jeg [vil] snart skrive igen, [noget af papiret mangler] mig se at Du ogsaa [noget af papiret mangler] det. Mange kærlige [Hil]sner fra Din hengivne
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1902-12-13</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted
 Johanne Caspersen
 Jens Hammer
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Elisabeth Mackie
 William Mackie
 William Mackie, Williams far
 - Nissen P
 - Nissen P
 Knud P
 Kirstine -, pige i huset hos Hempel Syberg
 Ellen  Sawyer
 Hempel Syberg
 Andreas Warberg, Albrechts far</t>
   </si>
   <si>
     <t>Albrecht Warberg døde i sensommeren 1902. 
@@ -2381,89 +1698,1228 @@
 Snøde
 pr. Lohals
 Langeland. 
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Erikshaab d: 19de Debr.
 Kære lille Putte!
 Tak for Brevet. Du kan troe jeg er glad over, at Du har det saa godt hos Tante og at de vil beholde Dig i Julen. Jeg glæder mig ikke til at tilbringe den hos Syberg, saa bitter og utaalelig han er for Tiden; det er jo ogsaa drøjt for ham med det Parti og særlig nu, da N.P. har den Luskeri med en af de Damer. Gid det dog kunde gaae ovenbys igen; jeg tror ikke Hr. [ulæseligt] har sine Papirer i Orden, ellers vilde han dog sende dem til Syberg; men han har slet ikke været i Berlin, kun i Assens og nu igen i Odense. Hvad skal det dog blive til! Thora er selv vis paa, at hun skal hertil efter Nytaar men hun vil gærne nu. Hun er livlig og vel tilfreds, vi kan da ikke see andet! I Morgen tænker jeg vi ses. der er Pakke til Eder, en Ramme til Tante, men hvis vi ikke naaer at faae et Billede af Far at sende i Brev saa sæt Dit i, Du har det vel med; en Bog til Poul det er ikke let at finde paa noget til ham; han kommer da hjem? Lugge har travlt; i Morgen afgaaer vor store Jærnseng til hende jeg har haft Saddelmager til at stoppe Madrassen om og sætte nyt Tøj. Hermed Prøver af deres Tapeter. De har taget en lidt større Lejlighed og hans Moder faaer den første deres Køkkendøre støder sammen. Hun er saa flot til at give dem mange Ting til Huset, Porcelæn, Køkkenting hvad hun kan undvære, en Glasopsats med en smuk Sølvfod, i Brudegave en Potageske af Sølv; en giver dem 2 Spiseskeer; Johanne giver dem et Mahogni Bord som det lille gamle der altid har staaet i vort Sovekammer og Thora giver en smuk Syæske dertil; jeg lover hende et broderet Tæppe under det. Jeg er nu næsten færdig med det nødvendigste, der skal vadskes på Mandag. De har købt et stort smukt rødt Gulvtæppe og røde Gardiner som Prøve; Stuen er jo ellers olivengrøn. Dede er desværre saa forkølet med Hoste, han ligger disse Dage. –
 Lili og Thora bager hele Formiddagen og har ogsaa travlt med at sye, men i Efterm. vil de skrive til Dig. De rejser begge i Morgen. Der er kommen Brev fra Elle og Chr., men maa Du vist snart høre fra dem. endnu i disse vidste de intet om Dig og John Chr. har været en hel Dag hos sine Svigerforældre, især Faderen og Søsteren er venlige mod hende, de er alle glade ved hendes Musik De ejer flere Huse i og Jord uden for Boston, desuden 2 Plantager paa Cuba, hvor Faderen er født, men de indbringer ikke meget. Der er ikke mange ”Parties” i Boston, skriver Elle; Frøken Jansens Søster til ham paa Trolleborg, har udtalt sig beundrende om Christines Dygtighed til at ”f_inde dem”. Naar de danske derovre veed om Forlovelsen, saa er den da snart ude her. Elle har faaet en vældig dygtig Pige til 5 Dollars om Ugen, men hun vil have en billigere. 4 er det almindelige. Elle har Kvalme det Skind. – Pastor Sørensen sendte mig i Gaar sin Tale over Far; Christine havde bedt ham om den og saa skrev han 
 2) den, mærkværdig at han kunde saa længe efter; han har ogsaa sendt Christine den. Thora skrev den af til Grevinden og jeg har lige skrevet et langt Brev til hende om Christines Forlovelse, at de ikke skulde høre den fra Trolleborg. – Vil Du have Min Kommode sendt ind til Bülowsvej? Saa skal jeg besørge det. Jeg sender efter Nytaar en Seng Bord Stole _vist min Chaiselongen saa maa jeg da være lidt af Januar hos Eder og see Lugges Hjem, det bliver nok yndigt. Bare Tante skulde til Byen paa den Tid! Gardinerne er bleven hængende til Dig, der kan nok blive ret ordenligt i den store Stue. Grethes Mor er død, hun har været hjemme og skal nu have hele Julen og have [ulæseligt ord] til at boe hos sig og lave Mad til hende. Dede vil ikke være mere hos Sagføreren, skrev Lugge; saa kan 
 3) og Du kan vel nok være her en Tid efter Nytaar; jeg glæder mig til Eder lille ”Putte. Endnu har jeg ikke læst de svenske Aviser, jeg syer og skriver Breve, det er alt hvad jeg kan naae; men jeg taaler det godt nok, skal jo nu ogsaa hvile Juledagene. Fortæl Tante, at Broder Christian har bedt mig sende Susan lidt Penge, og at jeg har skrevet til Christine om at sende 50 Kr. af de Penge, Eastman skylder os, det er 235 Kr. og Christine skulde bruge til det nødvendigste af dem, men Dr. Mackie betaler nok hendes Rejse hertil, om de ogsaa ikke ["ikke" overstreget] bliver gift før her. 
 Nu har jeg ikke Tid til mere lille Putte!
 Kærlige Hilsener til Eder alle tre fra Mor. 
 [Skrevet på hovedet på sidste side:}
 Gardinerne er røde
 Damask ensfarvede, 
 M kan ikke finde Pos
 [Tapetprøver:]
 Sovekammer.
 Der er 5 lyse Striber ved Siden af hinanden. 
 M[ulæseligt]in. 
 Min Stue</t>
   </si>
   <si>
-    <t>1903-11-10</t>
-[...21 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/R6oZ</t>
+    <t>1900-4</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Anna Madsen
+Theodor Philipsen
+Christine Swane
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig hos sine forældre på Erikshaab, sammen med sin søn Puf. Johannes Larsen opholder sig i København. 
+Haabet = Erikshaab, Alhed Larsens barndomshjem på Sydfyn.
+Det er uvist, hvem greven på Langeland er.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen opmuntrer Johannes, som er ked af, at han endnu ikke har solgt noget på udstillingen. Der bliver bygget om i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J2KL</t>
+  </si>
+  <si>
+    <t>Kjære Johannes
+Du maa tro jeg er bleven en sær Én. Vi har ledt først jeg senere Marie men ingen Kunsthistorie, hvor er den dog henne. Idag kom der brev fra Alhed, det var fornøjelig at høre om Eders lille Skat; men hvornaar Du kom vidste hun ikke lad mig endelig høre det for at jeg i god Tid kan faa skuret derude, vi blev narrede med vores svenske Pige hun kommer vist ikke mere. Her er jo en Kone der malker men det er alligevel ikke en Pige. Eders lille Anna har været her idag hun vil hjælpe mig i Paasken for nu idag begyndte Ferien.
+Johannes jeg kan mærke du har tabt dit Humør fordi der ikke sælges noget; men det kommer min Ven. 
+Faer er endnu højt oppe og siger der er langt til [ulæseligt ord] hvorfor kjøbte nu denne Greve paa Langeland ikke din Hund… han gav der 3,000 ud paa Charlottenborg; maaske saadanne Herrer ikke gaar paa den ”Fri” det er nu ligemeget med alle de store. Sig mig kun [ulæseligt ord] hvad Zarthman og Phillipsen sagde om dine Arbejder og de andre Venner
+Vi har Adolph hjemme og han hænger i med at hjælpe Karlene at vi kan kjøre sammen til Murerne.
+Imorgen Johannes er det Meningen at vi skal have Skillerummene op i Laden det er paa Tiden naar vi skal herud fra den 19 – men nu har vi bestemt os til at sove i vores gamle Sadelkammer ovenpaa og saa Marierne paa dit Værelse – hvordan vi skal med Maden og Karlene har jeg foreslaaet at de kan sove i Lysthuset indtil der bliver istand til dem
+Her er i disse Dage ved at blive rejst Plankeværk om Bygaarden, vi holdt Arbejdere til at bryde Hegnet ned og der blev nogle dejlige Grundsteen til dit Huus
+Jeg er saa træt Johannes for jeg har vadsket lidt om Dinemor idag og det regner hver Dag saa jeg skal se om vi kan faa det tørret i Morgen!
+Du kan tro jeg glæder mig til du kommer hjem. Din And vil vist snart ligge.
+Det kan være Adolph tager ned til Haabet en af Helligdagene. Det var Meningen at Marie vilde have været med; men Sygeplejersken mener hun gjør klogest i at blive i Ro.
+Nu lev vel og vær saa kjærlig hilset af din hengivne Moder der stadig beder for Eder</t>
+  </si>
+  <si>
+    <t>1906-12-05</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Ivar  Breckling
+Johan Breckling
+Frants Henningsen
+Adolph Larsen
+Erik Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen udstillede malerier og studier hos Winkel og Magnussen nov-dec 1906
+Christine Swane er husbestyrerinde hos sin bror Wilhelm på Rørdam maj 1906 - december 1907.</t>
+  </si>
+  <si>
+    <t>Christine Swane må vente med at male på portrættet af forældrene til efter jul. Det er terminstid. Der kommer en ny møller til Svanemøllen. Marie kommer til Christine på Rørdam i næste uge. Johannes Larsen har solgt for over 2000 kr. på udstillingen i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/99SJ</t>
+  </si>
+  <si>
+    <t>1906-12-05
+Kjærbyhus – Onsdag middag
+Kjæreste Ugle!
+Det kan ikke blive til noget med Maleri før efter Julen; men saa vil jeg haabe at Alt klarer sig saa vi kan arbejde med Glæde og Du faar saa en lang samlet Tid til at gjøre dit Billede færdigt det er dog det du altid har ønsket. Marie kommer saa i næste Uge og bliver hos Eder og hjælper med hvad der er at komme over. Igaar da jeg var lige færdig med Vilhelms Brev kom Mølleren der skal passe Møllen det er ham fra Langeland der har været underhandlet med for lang Tid siden men gik istykker fordi han begjærede for meget, men saa skrev han senere at han vilde forsøge, han er gift og skal jo naar Huset bliver i Orden have Familien, foreløbig er han saa her. I kan nok vide Marie ikke synes om det og du vel ikke heller; men se dog ret paa Sagen 
+Kjære Børn, det har saalænge Møllen har staaet været et ulideligt Syn for mig, saa den Dag den begynder at gaa og kan tjene os noget vil være en Glædesdag for mig, jeg har saa sikkert Haab om at det maa lykkes for os, virke maa Faer og saa er det jo dog bedst naar det er med vort Eget I var jo dog saa ivrige paa at Agraren skulde have Jorden og se hvor godt det gaar han er flittig glad og fornøjelig jeg kan ikke takke nok for, at han har forandret sig saa vel, var vi Pengefolk hvad vilde saa hellere end bruge nogen Penge til Arbejdskraft og Hjælp; men i Vinter maa vi se vi kan klare os; vor Herre give os Helbred at det kan blive udført; Marie er jo saa kjed af at Huset ikke har faaet Hovedrengjøring; men Mandag og Tirsdag kommer gamle Marie og hjælper os
+Saa er der en Ting til lille Ugle du maa huske det er Terminstid med Bekymring og hvordan seer jeg ud naar der er noget der trykker mig nej og hundrede Gange nej det er bedst for alle Parter at vi maler i det nye Aar saa lige efter Faers Fødselsdag
+Erik Larsen kommer her vist ogsaa en af Dagene for at ordne den Sag med Jyderne saa jeg er saa glad at Marie er her endnu det Par Dage hos mig Lysse er sød og artig han var helt vild og kom hjem at I havde bedt ham derned; men det kunde ikke lade sig gjøre vi har gjort det paa bedste Maade. Nu i Aftes sendte hun Resten af Johannes døde Fugle
+mon han dog vil sælge dem det er saa fattigt de skriver Ingenting rigtig om det. Maa han dog sælge godt saa bliver de da glade og vi andre med der har du se kjære Ugle jeg traf Forpagter Bræckling paa Færgen. Johan Brækling er blevet Malersvend og er glad ved den Forandring Han vilde være Kunstmaler men Professor Henningsen raadede ham fra det han staar og venter paa Plads
+Kjærlig Hilsen til Eder begge
+Kære Ugle! Du ser jo nok af Moers Brev at jeg ikke ankommer før i næste Uge, her er nok om Ørerne af al Slags, men jeg tænker at kunne drage af Dagen efter Faers Fødselsdag
+Altsaa paa næste Torsdag og saa blive hos Jer, hvis I kan faa Forældrene til at tage derned i Julen, saa kan Du rejse med dem. Hvor dejligt at Las sælger saa godt, jeg havde Brev fra ham i Gaar, da havde han solgt for over 2000 Kr. To Gange har jeg maattet sende flere Billeder derover. Kærlig hilsen til Jer begge Marie</t>
+  </si>
+  <si>
+    <t>1879-08-23</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Christine Larsen
+Christine  Mackie
+Hempel Syberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Dals Mølle ligger øst for Sallinge.
+Nicoline Marthe Nobel von Sperling ejede herregården Sandholt i 1879.
+Familien Schroll boede på proprietærgården Lykkenssæde.
+Søster er Louise Warberg, g. Brønsted.
+Gården ”Ensomhed” ligger i Heden Sogn. Warberg-parrets tre ældste børn blev født her. 
+Det vides ikke, hvem Holm og Johanne Stuepige var. Hvilken Balslev der er tale om er også svært at afgøre, da Warberg-familien kendte mange af dette navn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0355</t>
+  </si>
+  <si>
+    <t>Laura Warbergs brev:
+Hempel Syberg er ikke rejst, da han blev syg. Laura håber, at Tante Visse/Else Warberg kan komme til Gelskov og passe ham. 
+Man høster hvede. Den følgende dag skal familien til gården Ensomhed. 
+Gl. Brandt og Frederikke er meget svage nu.
+En haglbyge har slået meget af Sybergs korn ned, og en ko er dræbt af et lyn.
+Børnebrevene:
+Louise kan gå nu. Onkel Syberg er syg. Man skal til Ensomhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fUVm</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Frøken Astrid Warberg
-[...5 lines deleted...]
-fra Las’ søster, Christine Swane, f. Larsen
+Hr. Godsforvalter Warberg
+Hotel ”Tre Hjorter”
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel
+[I brevene:]
+Erikshaab d: 23de.
+Kjæreste Abba!
+Syberg er ikke rejst endnu, da Vejret blev daarligt begge Dagene, nu er han paa Farten fra Kl. 5 om Morgenen og har foreløbig opgivet Rejsen, men naturligvis ligger han nu snart igjen. Det bliver meget kjedeligt saa at rejse fra ham, men jeg haaber at kunne faae Wisse til at tage til Gjeldskov, hvis han bliver syg, ”det Gamle” er som hos L[ulæseligt]. Jeg var deromme imorges, men han var kjørt til Doktoren. Vi har meget travlt idag, da vi høster Hvede og vi skal Kl. 2 gaae til Odensebakken hvor Holm møder med Baaden; han vil kjøre os hjem, men vi kan jo sagtens gaae. Johanne vil ikke med fordi hun har slaaet sine Bogstaver itu. Jeg var helst fri for den Tour, men jeg syntes det var Synd at sige Nej igjen. – Balslev er haard at faae fat i, imorgen, Søndag, skal vi til Ensomhed, saa vil jeg selv op at bombardere ham. I Gaar Aftes kjørte Christine og jeg til Sandholt, men traf Ingen hjemme; Touren var alligevel ikke helt forgjæves, jeg fik gjort Aftale med Snedkeren om at lodde Daaser til paa Tirsdag og saa stod vi af ved Korsvejen og gik til Dals Mølle, der maatte jeg ned inden Rejsen; det er kun smaat med gl. Brandt, Frederikke er ogsaa skrøbelig. – Vi havde en slem Torden igaar morges, det slog ned ved Gjeldskov og slog en Ko ihjel ved Sallinge. Der kom samtidig en slem Haglbyge, Syberg fik meget Korn slaaet ned og prøver nu paa at faae Erstatning. – Det gik nemmere med at vænne Søster fra, end jeg havde tænkt, hun har ikke grædt ret meget. Mælken er ikke fordreven endnu. Jeg gaar og venter paa de Fremmede, som Du husker gjorde mig gnaven paa Lykkenssæde, men jeg er bange for, at de nu ikke kommer før lige til Rejsen, det bliver meget ubehageligt. Altsaa Onsdag d:27 mellem 8 – 9 er jeg at træffe. 
+Kærlig Hilsen!
+Din Smaa.
+Kjære Fader 
+Hvordan har du det. I Dag skal Alhed og jeg til Holms. Johanne Stuepige har været her. Søster kan helt gå ene og hun kan sige bebe. Jeg var på Ensomhe hele tiden mens di var på Langeland nu har jeg ikke mere at fortælle dig. Kjærlig Hilsen fra din Christine Varberg
+Kære Fader
+OnkelSyberg har været så syg. D Di høster Hvede i Dag jeg lenges meget efter dig 
+Din Alhed. 
+de
+d
+kjære fader
+det er første gang jeg skriver til dig jeg skal til dig ["dig" overstreget] ensomhed nu
+din Johanne
+til Fader, fra Ellen
+Kære Fader
+kommer du ikke snart.
+Din Ellen.</t>
+  </si>
+  <si>
+    <t>1886-03-16</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>4000 Roskilde
+Revninge 5300 Kerteminde
+5466 Asperup
+Levring 8620 Kjellerup
+Scheelenborg 5390 Martofte
+5000 Odense</t>
+  </si>
+  <si>
+    <t>Anna 3 -
+Holger Begtrup
+Frederik  Bruun
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Valdemar Eckardt
+Marie Hansen, pige i huset hos Alhed og J. Larsen
+Niels Henriksen Kerteminde
+Erik  Jensen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+- Lassen
+Clara Lindberg
+Morten Pontoppidan
+Alma Wandahl
+William Wandahl</t>
+  </si>
+  <si>
+    <t>Familien Larsen er medlem af valgmenighedskirken i Kerteminde.
+Dykkere er ænder.</t>
+  </si>
+  <si>
+    <t>Der er uorden i Johannes Larsens snavsede flipper. Man venter spændt på resultatet af Christian Eckardts auktion. Den gamle valgmenighedspræst i Kerteminde er død, og det er vanskeligt at finde en ny.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nvKp</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst]
+J. A. Larsen
+Kjerteminde. den 16. Marst 1886
+Kjæreste Johannes!
+Mandagmorgen fik jeg Pakken, tog straks fat paa Trøjen vaskede den og idag er den hos Skræderen for at blive kantet og præsset den skal nok blive pæn min Ven hermed følger saa Mærker, Slips, Sæbe og om her ingen Penge bliver at faa saa vil jeg putte 1 Kr jeg har i Lommen paa Trøjen der hvor Mærkerne ere fæstede paa du modtog vel i Søndags Benklæderne Strømperne og 10 Kr som Du skulde bruge til Skolepenge
+Flipperne begriber jeg ikke du fik 11 med Dig og her er kun 4 af Linnigerne, de 2 andre ere jo fremmede Menneskers hvor faar du dem fra Johannes nu vasker vi dem og gjør saa Rede for at give dem til Ejeren, min Ven vi skal vaske imorgen og skal om alting gaar som vi tænker afsende Pakken med det rene Tøj Fredagmorgen; Vejret er ellers slemt i dag ingen Kjøbenshavnspost i dag Togene sidde vist fast i Nærheden af Roskilde vi vente med Længsel for at see Udfaldet af Eckardts Auktion, Billederne stod saa godt omtalt baade i Politikken og Nationaltidende, vor Herre forbarme sig dog over ham den flittige Mand, at der maa komme nogen ordentlig Indtægt ind for nu kan Fader ikke blive ved i disse daarlige Tider for Handelsmanden imorgen er det Valdemars Fødselsdag og Fredag er det Alfreds tænk dog han er 20 Aar og er ikke kommen i nogen Stilling endnu, det er ogsaa tungt at der ikke er bleven en Plads for ham havde han dog blot havt Lyst til Søen saa kunde han jo godt have gaaet ind efter og derved tjent Overskud men raade dem noget vilde vi ikke for det maa jo dog komme fra ham selv hvad han afgjort har Lyst til hvor det er godt at Valdemar er saa fornøjet med sin Gjerning og tilfreds hos de Mennesker han er hos.
+Der kommer ingen af os til Revninge for at høre Begtrup jo Henriksen og han hørte at Folk spurgte om han ikke vilde være Præst men Svaret lød nej dertil føler jeg ingen Kald, idag prædiker her en Pastor Lassen fra Asperup og mulig kommer her i næste Uge en Pastor Brun fra Levring som seer ogsaa er paa Listen, rigtignok er her Ængstelse, for hans Gjæld er 11,000, og det er Menigheden bange for, her bliver vist et uroligt Møde for her er nu saa mange Partier der har en Candidat, skade at vi ikke fik Pontoppidan for der var omtrent Alle enige, men vor Herre har vel nok en til os, [tilføjet i margen] Onsdag
+for Fru Lindbergs Vedkommende er det jo godt for hun faar da Ro til at gaa ud af Hjemmet hun er en lille stærk Kvinde, vil ikke holde fast Pige – nu 1 Marts rejste Marie Hansen og saa har hun en lille Bypige – i Sommer skal hun saa blive her i Byen, deres Huslærer Erik Jensen har meldt sig som Stifter af en Skole, om han faar tilstrækkelig Antal jeg vilde ønske det for han er bestemt en dygtig Mand Sløjdskole vil han ogsaa have
+Din Trøje er rigtignok ikke kommen endnu; men om lidt naar Anna faar fejet skal jeg have hende derhen igaar fik vi ingen Kjøbenhavns Post vi blev ved at vente i Aftes om der ikke skulde komme en ridende Post.
+Nu kan Du tro her seer ud som Vinter de kan gaa til Romsø og Isen er over 1 Alen tyk ved Langeland skal der være høje Isbjerge det var interessant see dem
+Vilhelm var med Fader paa Scelenborg i Søndags og saa der Vildænder de havde fanget med Hænderne saa forsultne og udmattede var de; men nu var de blevne plejede og befandt sig overmaade vel; mange Bønder havde gjort lignende Fangst, naturligvis spist dem [overstreget]igje
+Vi fik igaar til Middag smaa Dykkere de smagte dejligt ja hvor har vi det godt lille Barn tak dog Gud Fader og bed af hele dit Hjærtes Godhed den Bøn giv os idag vort daglige Brød saa beder Du for alle fattige Stakler, jeg skal fortælle Dig et lille Træk af Nøden i Odense
+Fragtmand sagde det til Fader igaar, der er en Brygger Jørgensen som havde lagt mærke til et Barn der daglig kom efter et Fad Mask og da han spurgte hvad de brugte det til vilde Barnet ikke svare ham, han gik da en Dag bagefter for at se selv og da han kom ind sad de og spiste af Fadet, hvilken en Nød kjære Barn, Manden sagde til Forklaring jeg kan ikke sende mine Børn ud at tigge og vi ejer intet, Jørgensen gav dem 10 K og lovede at have Omsorg for Hjælp til dem – ja det er noget der kan blødgjøre et Hjerte, vi se i de mindre Byer dog bedre hvor Trangen er - Fader er saa glad i Aar ved Bespisningen der faar 150 Mad 3 Gange ugentlig og den private Godgjører er virksom i Vinter
+Her skal jo nu spilles af Dilletanter naar Vandal kommer og lige før Paaske igjen da skal Margrethe spille med Du faar kjøbe dig en amerikansk Flip min Ven Pigen sagde ikke til igaar at hun var uheldig med Tøjet saa nu maa vi sende dem med næste Post – nu er Klokken saa mange at jeg maa stoppe men saa skal jeg skrive igjen imorgen
+Lev vel nu min egen Ven og Gud glæde Dig alle Dage
+Din trofaste Moder
+glem nu ikke at see Lommerne efter det ene Slips er til daglig og det andet kun til Søndag
+Kjære Johannes,
+Du glemte igjen hvad jeg Skrev til Dig om at sende mig den Dukkelampe naar du sender Dit Snavsetøj, men glem det nu ikke igjen for jeg vil saa gjærne have den til at sætte i min Dukkestue det vil Du nok ikke sandt. Kjærlig hilsen fra Din Søster Christine</t>
+  </si>
+  <si>
+    <t>Sommer 1892</t>
+  </si>
+  <si>
+    <t>- Benzon
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Carl  Herold
+Arnold Emil Krog
+- Pehrsson
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. 
+"Mine Asparges er gaaet i Branden": En porcelænsgenstand med påmalede asparges er i ovnen/brænding.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2168</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til the hos Benzons. 
+Bedstefaderen har det rimeligt godt. Maden smager ham, og han og Bedstemor går på Nørrebrogade og køber ind. 
+Herold er taget på landet, så Alhed kan ikke få sine huslejepenge hos ham. Hun beder om, at forældrene sender penge hjemmefra. 
+Alhed spørger, hvornår rejsen til Sverige finder sted. Det er frygtelig varmt at være i København.
+Alheds porcelæn med aspargesmotiv er i ovnen. Direktøren var positivt stemt overfor tingene.
+Moderen må gerne sende strømper mv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iV7J</t>
+  </si>
+  <si>
+    <t>Kæreste Moder!
+Du har vel nok ventet paa Brev fra mig et Par Dage, jeg skrev jo til Elle, at jeg vilde skrive Mandag, da jeg gik fra Lawn-tennis, mødte jeg Ober[ulæseligt]leutnant Benzons, og de bad mig om endelig at følge med op til The, de skulde rejste ["t" i ordet overstreget] paa Landet i Dag Onsdag og vilde gærne have mig derop en Aften, inden den Tid; det er vist nogle prægtige Mennesker, og jeg tror, at jeg skal til at komme der lidt oftere. - I Gaar skrev jeg ikke, fordi jeg havde temmelig stærk Hovedpine og gik i Seng, da jeg kom fra Fabriken. Bedstefader havde det ganske godt i Søndags, det havde været en slem Nat saa han var lidt træt og gnaven, men i det hele taget er han jo meget bedre end da Du var derinde; han er stadig helt klar i Hovedet og jeg synes, at hans Hukommelse kommer mere og mere; han glæder sig meget til at se Dig og Fader paa Rejsen til eller fra Sverig. Kræfterne tager ogsaa til, han gaar f. Ex. af og til med Bedstemoder op paa Nørrebrogade og køber ind. Hans Appetit er ganske god og han siger, at Maden smager ham; de har skiftet Spisekvarter og faaet et efter Thoras Anbefaling. Thora er rejst paa Landet for nogen Tid siden, men jeg tror, at hun har sendt Dine Galoscher til Langeland. - - - Jeg har været hos Herold et Par Gange for at faa Penge - (jeg var jo nødt til at hæve endnu for denne Maaned, da vi betaler forud her paa Værnehjemmet, og desuden maatte jeg for at kunne klare mig alene efter Ferien have lagt lidt op) - men stadig har jeg ringet forgæves, og nu fik jeg forleden at vide af Portneren derinde, at de var rejste paa Landet for nogen Tid siden, saa jeg kommer desværre til at bede om at faa nogle sendt hjemme fra, men det bliver saa forhaabentlig de sidste. - Du maa endelig lade mig vide bestemt, hvornaar vi skulde til Sverig; her paa Værnehjemmet vil de helst af med mig c. den 4de den Dag rejser de sidste herfra. - Jeg er stærk oplagt til at faa Ferie og glæder [et overstreget bogstav] mig forfærdelig til det. Du kan tro, det er drøjt at [være] her i denne dejlige Sommertid, ikke tale om, at man lider dobbelt saa meget af Varme herinde som paa Landet.
+Jeg vilde gærne have set Pehrsson herinde, men det var mig ikke muligt at træffe ham, jeg var nede ved ["ved" indsat over linjen] 4 1/2 Skibet for at se efter ham, og Mandag Morgen var jeg paa Højskolehjemmet men heller ikke der var han at træffe. -
+Mine Asparges ere gaaede i Branden nu; Direktøren har fulgt dem med Velvilje hele Tiden, blot de nu maa komme gode ud. Onkel Lut var ude at se paa dem i Mandags. - Jeg vilde egentlig gærne have den blommefarvede og mine Sko herind, jeg er jo ellers nødt til at gaa med den med Skjærfet om Søndagen. 
+Kan Pengene ikke sendes i Pakke? Har jeg nogle Strømper hjemme maa Du endelig sende dem med, jeg er meget udgaaet. - - - Vil Du takke Elle mange Gange for hendes lange Brev og Tegningerne. Skriv nu endelig snart og fortæl, hvorledes det gaar med Skoldkopperne; jeg har ikke faaet et ordentligt Brev fra Dig, siden Du rejste hjem! - - 
+Mange Hilsner til Eder alle Din 
+Ald.</t>
+  </si>
+  <si>
+    <t>1897-11-03</t>
+  </si>
+  <si>
+    <t>Hjallese</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Ellen  Sawyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen (Agraren) er på landbrugsskole i Hjallese. Vilhelm Larsen (Klaks) er i gang med sin skovbrugsuddannelse.</t>
+  </si>
+  <si>
+    <t>Alhed kunne have kørt med Johannes Larsen fra Hjallese, hvis de havde været i kontakt lidt før. Larsen er ked af, at Alhed har søgt plads uden at fortælle ham om det, og bare det nu ikke er for hårdt for hende.
+Vilhelm Larsen (Klaks) får nok mindst mg til eksamen. 
+Tak fordi Warberg-familien hentede Christine Swane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Tmf</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3 Novbr 1897.
+Min egen kæreste Alhed!
+Tusind Tak for dit Brev som jeg fik i Morges, det var godt det kom, jeg var efter Haanden bleven saa underlig nervøs hver Gang den Tid kom da jeg kunde vente Posten, og saa stadig ingen Brev. Det er ogsaa snart uudholdeligt med det Vejr, stadig samme graa Himmel, som en [noget af papiret mangler]vet Vælling. Dag ud og [Dag ind], og ikke en Vind der rø[rer sig], ikke Spor af Forandring, [men d]er maa vel komme end Ende paa det ogsaa, i Dag er det da begyndt at lufte en Smule fra Øst, saa det kan jo være at det begynder at forandre sig, men foreløbig sker Forandringen noget umærkeligt. I Morgen [noget af papiret mangler] køre Agraren hen til Hjallelse, det er en Skam Du ikke har skrevet noget før, saa kunde vi maaske have ordnet det saadan at Du kunde have taget Billet til Hjallelse og kørt med mig hjem, og saa have rejst med Damperen herfra paa Mandag, men nu er det jo for sent. Jeg længes meget efter Dig, og jeg synes snart der er [noget af papiret mangler] Tid til Du kommer [noget af papiret mangler] Du nu først skal [noget af papiret mangler] Lørdag og saa være [noget af papiret mangler] paa Langeland. O[noget af papiret mangler] Du saadan beslutter at rejse til Kjøbenhavn uden at jeg aner det mindste om det, bare Du kan taale at være i den Plads, jeg synes Du har fortalt saa meget [om h]vor strængt Ellen har det der, og hun er dog vist meget stærkere end Du. Jeg ved ikke om jeg fortalte Dig at Klaks havde faaet Brev om at Middelfejlen i hans Kort kun var 0,6 Al, hvad der skal være ret sjældent, og at han kunde være sikker paa at faa mindst mg, og altsaa faar første Karakter, Censuren er paa Mandag saa nu faar han jo snart [Resul]tatet at vide. Du [maa] endelig skrive til [mig e]n Gang i mellem i den- [noget af papiret mangler] især hvis det umulige Vejr holder sig. Jeg skal hilse Dig fra Moder og takke mange Gange fordi I hentede Christine og i det Hele taget fik hende hen at besøge Jer, for hun gaar jo ingen Steder af sig [selv]. Ja nu vil jeg slutte for denne Gang med endnu en Gang at bede Dig om at tænke lidt paa mig med et Brev en Gang imellem, og mange Tak for det i Dag. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1929-07-04</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Elin Jensen
+Villum Jensen
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz og Anna Louise/Rabbe har været på cykeltur og bla. besøgt Møens Klint og Falster, hvor de købte kærnemælk på et mejeri. Sælgeren lignede i fremtoning og påklædning en bygmark. På Taasinge var Rabbe betaget af udsigten. Hun og Fritz tog toget fra Svendborg til Nyborg og cyklede derfra til Kerteminde. Syberg håber, at Villum og Elin vil komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ixgp</t>
+  </si>
+  <si>
+    <t>Pilegaarden 4-7-29
+Kære Johannes V. og Else.
+I Dag har Rabbe og jeg afsluttet vor Rundrejse. Vi cyklede fra Næstved over Vordingborg til Stege, opholdt os en Dag ude ved Klinten. Rabbe fotograferede hele Møens Klint: Dronningestolen, Taleren Sommerspiret osv. selv var jeg noget mør af at cykle 60 Kilometer paa en Dag, saa jeg laa mest og dovnede i Solskinnet Møen er som Du siger en dejlig Ø, men jeg var endnu mere indtaget i Falster. Sikke Hvede og Bygmarker, det var selve det Lur-mærkede Danmark. Det mest generende ved at cykle der, var at der ingen Bakker er, man havde aldrig den lettende Fornemmelse det er at tage Frihjul og blev saa øm i Franskbrødene af den vedblivende Trampen. Hvert Øjeblik naar jeg saa ud over Landskabet fik jeg Lyst til at staa af og male nogen af alle disse glidende og bølgende Glanslys i Stedet for at sidde og banke Enden til Bøf. Vi traf en herlig Mand der stod foran et af de mange store Andelsmejerier vi kørte forbi. Jeg fik den Indskydelse at standse og gik hen til ham og sagde, er det ikke mulig at man kunde købe en Liter Kærnemælk hos Dem? ”jow, de er nok maawle” sagde han gaa De bare ind og saa kom vi ind i en Hal hvor to hvidklædte Mejerister spulede et Gulv der var saa rent og lysegult som Smør og fik en Kande iskold Kærnemælk der smagte som Fløde men som vi maatte drikke i ganske smaa Mundfulde. Manden selv havde en Ansigtskulør som en moden Kamille, tyndt Hørtjavset Haar og Overskæg, han var iført et Sæt drapfarvet lyst Tøj med et Aprikos eller Ferskenfarvet Skær. Først syntes jeg at den Farvesammenstilling saa ud som en Vittighed, men senere gik det op for mig at han lignede jo sine Bygmarker. Vi kom videre ad Lolland Langeland, Taasinge til Svendborg. Herfra tog vi Banen til Nyborg og cyklede derfra til Kjerteminde. Rabbe tror jeg næsten var mest af [”af” overstreget] imponeret af Synet fra [”Synet fra” overstreget] Udsigten fra Taasinges højeste Punkt. Vi saa Fyns mørke Bjergland stige op uden at kunde se det smalle Sund som laa dybt nede. Hils Alle og mind Villum og Elin om at nu er Tiden da de maa tænke paa at besøge os Rille er her og glæder sig meget til et Besøg af dem. Marie er i Kbhvn og kommer her i Morgen
+Paa Gensyn til August Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1936-09-01</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Johan Peder Bless
+Sofie Bless
+Alhed Larsen
+Jens Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Vilhelmine  Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel Muus
+Alhed  Møhl, Lysses datter
+H. Rasmussen, politifuldmægtig</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
+De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Else og Andfreas/Puf Larsen har sat blomster på Alhed Larsens grav og luget, klippet og vandet. De har også ordnet Bless-familiens grav, og Andreas vil se til sin farmor og farfars gravsted.
+Politifuldmæftig Rasmussen spørger, om Johannes Larsen vil tage ind omkring Ny Carlsbergfondet og se på de billeder, som fondet har lovet Kerteminde Museum. 
+Det stormer. Den syge knortegås er død. 
+Andreas Larsen og Jens har været på en lang sejltur omkring Kalundborg, Lolland, Svendborg, Avernakø og Sønderborg. De cyklede hjem fra Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N4zH</t>
+  </si>
+  <si>
+    <t>1 Sept. 36. 
+Kære Far.
+Igaar var det Mors Dødsdag og Else og jeg var ude paa Kirkegaarden med en stor Buket Rosenkatost og de Flox vi kunde finde; det var ikke mange, men sammen med de Roser, som jeg havde sat derud Dagen før, saa det helt godt ud. Jeg havde Dagen før skuffet og revet og Else og jeg klippede alle de afblomstrede Nelliker af. Idag har jeg været ude med de to store Vandkander og vandet baade Mors Grav og Blessernes. Iaften skal jeg ud og vande videre ogsaa Farmors og Farfars, det er godt tørt altsammen. - Politifuldmægtigen har spurgt om 
+2./
+du ikke, naar du rejser igennem København paa Hjemvejen, kan gaa op i Ny-Carlsberg-Fondet og se paa de Billeder de har lovet Kerteminde Museum. - Vi har Storm i disse Dage. Der ryger endel Æbler, men vi naar da at faa plukket de fleste Charlamowski. Den syge Knortegaas døde Dagen efter jeg kom hjem. De andre tre er her endnu; naar Graaænderne letter fordi de bliver bange for noget, nøjes Knortegæssene med at løbe, de har aabenbart ikke opdaget, at de kan flyve. Den gamle Knortegaas ["Knortegaas" indsat over linjen] ser noget sløj ud, men jeg gav den straks rent Vand, saa jeg haaber den 
+3./
+retter sig. - Jens og jeg havde en dejlig Tur i Baaden: Efter Kerteminde var vi i Kalundborg - Musholmen - Agersø, hvor vi ikke kunde se nogen Stubmølle paa Helleholm og heller ingen "Haabets Minde" ved Havnen. Fra Agersø gik vi mod Nakskov Fjord, men da der stod Torden over Laaland bestemte vi os om og gik norden om Langeland til Dagelykke. Derfra til Svendborg Sund, hvor vi laa nogle Dage paa Grund af Blæst. En Dag var vi paa Skarø, men vendte tilbage til Svendborgsund om Eftermiddagen. Derefter til Korshavn, hvor vi var en 
+4./
+Dag over. Vi spadserede over Revet til Avernakø, hvor Majstængerne staar endnu. Derimod er der kun to Stumper tilbage af "høje Stene" ved revet ["Revet" overstreget] Drejet. Paa Korshavn fandt vi Tusindgylden saa vi kunde forsyne begge Familierne for det kommende Aar. Næste Dag gik vi til Sønderborg, men blev bugseret ind fra Pøls Huk af en Jagt, hvis Ejer og Skipper Jens kendte. Han viste sig at stamme fra Kerteminde, saa vi fik os en lang Snak over en Flaske Whisky, som vi havde taget med over i Jagten. Vi sad paa Fordækket i det dejligste
+5./
+Maaneskin med svag Brise, mens Skipperens Søn styrede. Næste Dag tog vi med Færgen til Faaborg hvortil min Cykle var sendt. Om Aftenen cyklede vi sammen til Revsvindinge, hvorfra Jens fortsatte til Nyborg og jeg til Kerteminde. Ogsaa den Aften havde vi næsten stille, men siden har det blæst og igaar og i Dag er det steget til Storm. - Jeg skal hilse fra Jens naar jeg skriver til Båxhult; han vilde gerne have truffet Lysse, men vi fik først at vide at han var rejst.
+Hils ogsaa Axel Muus. [En streg er tegnet rundt om "Hils ogsaa Axel Muus."]
+Mange Hilsner til Jer Alle deroppe fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1891-12-02</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Elisabeth Bondesen
+Edvard Grieg
+Henrik Havemann
+Rebecca Havemann
+Malin   Holmström-Ingers
+Leonard Holst
+Johanne Christine Larsen
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine, f. Warberg, var gravid med sin kæreste, Leonard Holst. 
+Det vides ikke, hvem Md. Petersen, Doktorens og Olga Wendelboe var. 
+Alhed Larsen var i København som elev ved Den Kongelige Porcelainsfabrik.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2695</t>
+  </si>
+  <si>
+    <t>Alhed ved jo, hvad der er galt. Christine har tidligere fordømt de faldne kvinder, og nu er hun selv en af dem. Til maj er det hele overstået. 
+Christine har sagt til moderen, at hun ikke kan tåle musikken, og Leonard har gennem avisen fundet et sted i Århus, hvor hun kan være. Det er et held, at graviditeten endnu ikke kan ses, men det er slemt at lyve for forældrene.
+Christine har slået sig selv i maven for at dræbe fosteret. Hun er bange for fødslen; bange for at dø, og hun har samvittighedsnag overfor barnet, der måske skal vokse op blandt fremmede i fattige kår.
+Når barnet er født, har Christine fået lov til at tage til København og studere musik.
+Kaptajn Havemann søger en dansk stuepige, og Christine kan ikke tage pladsen, så måske gør Ellen det. En af Holmströms piger kommer til Erikshaab.
+Christine er ikke længere forelsket i Leonard og tåler ikke, når han rører ved hende. Han er stadig glad for Christine.
+Albrecht Warberg synes, at Alhed skal have en kjole til selskabsbrug. Christine foreslår hvidt råsilke. 
+Alhed må være lykkelig i sin nuværende situation. Hun må skrive snart. Christine siger til moderen, at hun ikke må åbne brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AtS0</t>
+  </si>
+  <si>
+    <t>D. 2/12-91
+Kæreste Alhed!
+Allerede inde jeg i Form. fik dit Brev; havde jeg indset, at det var en stor Skam af mig sådan at komme med en halvkvædet Vise om Død og Fordærvelse, og da jeg læste dine Linjer indså jeg dobbelt, at det var forkert. Ja, kære Alhed, når jeg ikke for lange Tider siden – i Sommerferien – har sat dig ind i min Elendighed i hele dens rædsomme Omfang, så er det ikke, fordi jeg trode et eneste Øjeblik, at det skulde gøre dig bitter imod mig – tværtimod! dertil kender jeg dig da for godt; men Sagen var 1) var jeg ikke sikker i min Sag 2) skammede jeg mig og gør det endnu så kolossalt 3) vilde jeg helst så længe som muligt og helst helt, skjule det for jer alle, da det jo umulig kunde andet end gøre et meget pinligt Indtryk.
+Ja du ved jo naturligvis for længst, hvad der er i Vejen – var det ikke så sørgeligt, så var der sandelig noget højst komisk i Tanken: jeg, i min første Ungdom de faldne Kvinders ivrigst ”Forbander”, i de senere År deres varmeste ”Undskylder” – jeg er nu selv en af deres store Hær – elendig, forført, måske ødelagt for Livstid. Men som jeg har antydet, hvo [”hvo” overstreget] skal dette sidste ikke blive Tilfældet, og forhåbentlig skal jeg til Maj være godt over alt dette grusomme, - å, hvor dog Mennesker kunne ødelægge Livet for hinanden.
+Jeg synes, der er en sådan myldrende Masse at skrive om, at jeg ikke ved, hvor jeg skal begynde, først skal du høre, hvordan vi tænker at klare det, det er dog det vigtigste; jeg har sagt Mor, at jeg ikke allerede til Nytår kan tåle Musiken, men at jeg mener, det vilde gøre mig godt at være mellem fremmede Mennesker en Tid; fra Nytår til Maj; Leonard har i Odense flere Gange talt med en Jordemoder, hun siger, vi kan godt skjule det, sådant hænder 20 af 100 i de ”dannede” Kredse, hvor man mindst aner det; hun havde ifjor en fin, rig ung Pige fra Kbh. som havde sagt sin Moder og Fader, at hun vilde tage en Plads som ung Pige, hun var der 4 Måneder, fødte, nogen Tid efter døde Barnet, og hun kom tilbage uden at nogen anede noget. Nu får Leon. gennem Md. Petersen et Sted til mig at være i eller ved Århus; dette Sted nævnes herhjemme som en Plads, Leon. har fået gennem Avisen; for at undgå for megen Korrespondance og Forhøren, skal han først finde Pladsen henimod Jul, og til Nytår rejser jeg. Ved særligt Uheld kan denne Plan naturligvis mislykkes, men ved [”ved” overstreget] når vi er på vor Post, håber jeg, og anser det for sandsynligst, at den går godt. Min største Bekymring er den, at jeg ikke skal kunne gå til Jul uden at nogen ser det på mig – tænk, først i 
+2)
+Marts skal det være, altså er der kun tre Måneder til nu, at der intet ses er mig som et Mirakkel, på andre ses det jo 5-6 Måneder i Forvejen. Dette er min Lykke; endnu går jeg uden Korset og – tager i Selskab til Arreskov og (idag) Brobygård med min lyseblå Kjole. Det er uhørt, synes jeg nok, men jo mere jeg kan lade som ingen Ting, des fjærnere ligger jo Mistanken. Hvor grulig en Tid det dog bliver for mig der oppe alene og i den Elendighed og – hvad der næsten bliver det pinligste – med den evindelige Lyven for Far og Mor. – Men jeg går ud fra, at det sker for at skåne dem – Mor kan jo aldeles ikke tåle sådan en Sorg – og så må det da være det rigtigste ikke sandt?? 
+På samme Tid, som jeg fik at vide, at jeg ikke ved Stød og Slag kunde dræbe Fostret (jeg vilde rimeligvis have dræbt mig selv ved at fortsætte dermed) fik jeg at vide, at Sagen kunde ordnes på denne Måde, det var en sand Lykke at få det at vide – vel var jeg så altså sikker på mine egne Lidelser men dog også nogenlunde sikker på at kunne skåne min Familie det har hele Tiden været min største Sorg at skulle bringe Sorg over alle mine kære. Å jeg gruer nu alligevel så frygtelig for det altsammen – ikke mindst for Fødslen selv – og tænk om jeg dør – det var ganske sikkert bedst for mig selv og for andre også, men en stor Sorg ville det dog blive for jer alle. Men det er jo alligevel sjældent, man hører det. Hvis det stakkels Barn lever – hvad det naturligvis nok gør – så er det grulig Synd mod det, - ud blandt fremmede i fattige, måske dårlige Forhold, et stakkels uægte Barn som hverken Far eller Mor vil kende; det er så frygteligt at have så meget på sin Samvittighed mod et Menneske. Gud give, det måtte dø, det stakkels Væsen. –
+Men går jeg ud fra, at jeg kommer godt og vel over det hele, så kommer der bag efter en Tilværelse så strålende, at jeg knap kan tænke mig en sådan Lykke; Far har næmlig nu sagt ja til, at jeg må læse Musik i Kbh. og jeg skal tage fat til Maj! Tænk dog hvilket Liv at være i København, og optaget af det kæreste, jeg kan beskæftige mig med, sammen daglig med dig og Johanne - -
+å, hvem der alligevel kan leve til den Herlighed! Bliver det dog ikke mageløst! Tror du ikke nok, at vi kan komme over det? Og tror du ikke nok, jeg lever? Olga Wendelboe var jo yngre, jeg bliver jo omtr. 22 År, det er vist en heldig Alder. Og er jeg normalt over det, så tror jeg, jeg vinder bedre Helbred ved det. Skriv nu alt, hvad du mener om det, kæreste Alhed, og læg inden i, når du skriver til Mor næste Gang. Elle ved det, ingen andre må vide det. Joh. vilde tage det altfor hårdt. – 
+3/12. Igår var vi så på Brobygd. Doktorens var der og ved Bordet sagde Dr. Til Mor, at Kapt. Havemann og den lille engelske
+3)
+Frue, som bo i Hamburg ønsker at få en ung Pige i Huset ½ År for at lære Fru H. at tale Dansk, hun skal være musikalsk og kunne Tysk; Mor vil partout have mig derned, men Dr. vil ikke lade mig, selvfølgelig siger jeg selv, at jeg ikke kan; tænk hvis der intet var i Vejen, så kom jeg der, det er da sikkert og vist! Nå men det kan ikke nytte at ærgre sig; nu er der meget stærk Tale om Elle, som grulig gærne vil, jeg tror næsten, det bliver til noget med hende, jeg påskynder af alle Kræfter; vil de have hende, kommer hun der, hun må nok. Så taler Mor om, at jeg skal udfylde hendes Plads, det bliver et vanskeligt Punkt at komme væk under de Omstændigheder; der er Tale om at Mor skal få en af Holmströms herned, en ung Pige kan hun jo ikke undvære, men i alle Tilfælde vil det jo se højst besynderligt ud, at jeg rejser og der så slet ingen er hjemme. Men jeg må jo holde på at jeg vil; skal det komme højt, siger jeg til Mor, at jeg føler, jeg gør det trist herhjemme, hvilket kun er altfor sandt, desværre. - -
+Det tristeste ved hele denne triste Begivenhed er dog det, at den så komplet har forandret mine Følelser for Leonard; dette ved nu kun du og jeg [”dette ved nu kun du og jeg” indsat over linjen] hver Gnist af Forelskelse og Agtelse er som blæst bort og har været det lige siden jeg kom fra Langeland; for mig er han nu kun Forføreren, hver Berøring af ham er mig imod, og når han kysser mig, får jeg Kvalme næsten; det er ganske forfærdeligt, synes jeg, men jeg kan ikke gøre ved det, jeg har forsøgt af alle Kræfter at kæmpe imod, men det er umuligt, de Følelser, som ikke existere kan ikke fremkaldes. Hvad Selvagtelse angår, da ved du, at jeg aldrig har haft flot med den, at jeg nu rentud f_oragter_ mig selv, kan du forstå; men at jeg nu er grundig kureret for min mageløse Letsindighed, det vil du også forså; den sidste Del af min Agtelse for Leonard gled, da han blev overbevist om at det var galt – å, noget Mandfolk så pjaltagtig forsagt – rent til at vække Medlidenhed. Ja du må tro, jeg har Medlidenhed med ham, han holder bestandig lige meget af mig og kan selvfølgelig ikke andet end mærke, hvor forandret jeg er, Gud ved, hvad Enden skal blive på al denne Elendighed. Gid han kunde blive forelsket i en anden – jeg kan ikke bryde med ham, - mest for Mors Skyld, som jo forguder ham og ser i ham et fuldkomment Menneske uden Frygt og Dadel. Han er ejegod, men det er i mine Øjne det eneste han er, og det er mig for lidt; hans Godhed er ligefrem rørende, han giver mig så mange Ting og ofrede såmæn gærne sit Liv for at gøre det skete usket så meget tristere er det, ikke at kunne holde rigtig af ham, stakkels Leonard. Når jeg nu ikke er det mindste forelsket i ham og ikke en Gang har Agtelse for ham, så kan du nok tænke, at jeg gruer ved Tanken om et Ægteskab med ham – vi som ikke har én Interesse fælles, å det hele er så bundsørgeligt; jeg vil vente og se Tiden an, om jeg ikke som Mor siger
+4)
+kan opnå at blive ”træt” af en selvstændig Tilværelse og min kære Musik og så kunne finde mig i at blive gift = bunden til én og samme Plet og til én som jeg aldrig mere vil kunne elske, hvordan mine Følelser for ham så end kan blive. Hvad mon du dog vil sige til alt dette; jeg håber, at du som jeg slår din Lid til at alt kan gå godt og ubemærket hen og trøster dig ved at det så dog snart er ovre – til Maj er Skæbnen afgjort, og der er jo kun 5 Mdr. til Maj; indtil først eller midt i Marts må vi vente tålmodig og håbe det bedste – der er vel for Resten ingen Grund til at tro, at det ikke skal gå godt, tror du vel? Mit Legeme er jo sundt og kraftigt, og det er jo mest det, det kommer an på. Altså allerede inden April er jeg over det værste, og i Løbet af April håber jeg, jeg skal kunne komme mig og få mit sædvanlige Udseende. Tænk, hvor det egentlig stiller sig lykkeligt, jeg har ikke Spor af brune Pletter i Ansigtet som de fleste! Mit Udseende er jo så fordelagtigt som blot muligt. Og så til Maj begynder Livet på ny, ligesom helt forfra! Å hvor det er dejligt at tænke på! Ja, jeg er letsindig, at jeg i al min Ulykke kan være så glad ved den Tanke, men: ”Et Glimt af Sol bag Tågen at bevare o.s.v.” det kan da ikke være nogen Fejl! – Nu til mere fredelige Ting. Hermed din røde Kjole, men ser du, Mors og min Mening desangående er denne: Skal du købe nyt til Kjolen, så kommer det dog al Tid til at koste en Del, når den skal være pæn. Derimod kan jo du, som kommer til så meget fint sagtens bruge nok en pæn Kjole, derfor mener vi, du har bedre af at få en ny; den røde er jo god nok til lidt simplere, f. Ex. et eventuelt Regensbal eller lignende. Men Far har nylig sagt, om du dog ikke skal have Penge sendt, altså vilde han jo nok koste en ny Dragt, da både han og Mor jo er glade ved, at du tager Del i Selskabelighed og vilde, du skal være pæn. Vi synes godt om en hvid Råsilke, du skal så lade den sy med to Liv, et nedringet til Ballet og et højhalset, med hvilket du så kan bruge Kjolen til Selskab. Spørg nu hvor bredt Tøjet er og hør så inden du køber det hos din Syjomfru, hvor meget der behøves til Kjolen med to Liv. Jeg synes, du skal have den helt hvid til Ballet uden anden Pynt end blegrøde Vinterasters, det vil være nobelt og kønt. Få den ny endelig godt og kønt syt, ikke for nedringet. Er den Vifte din egen? Så vil den jo passe godt til røde Asters. Kan du ikke få den Dragt til ca 35 Kr? Og kan den ikke være lidt, så den kan bruges i Selskab? Den kan vel farves, når den bliver snavset eller, der foresvæver mig noget om, at det Stof kan vaskes? Alt i alt, kan du ikke nok have Nytte af Kjolen uden lige til Bal? Jeg skal sige, at den store Skomagerregning skal du betale. –
+Å Alhed, skønner du også på, hvor lykkelig du er! Når du nu hører om al min Ulykke, så må du da skønne tidobbelt på din glade fri Tilværelse, sikken Ungdom du dog har!! Der er vist kun få så lykkelige: optaget af det Arbejde, du har Interesse for og stillet således, at du frit kan nyde Livet 
+[Det følgende skrevet s. 1; øverst på arket; på tværs:]
+Gud ved, om jeg nogensinde skal komme så vidt, jeg synes, det dages! Men så lykkelig som du bliver jeg jo aldrig, dertil er jeg for meget anlagt til Melankoli, og så kan jeg jo ikke som du utvungent nyde brillante Menneskers Selskab. I Morgen skal vi til Frk Elisabeths Fødselsdag til Aften derovre; jeg skal foredrage en Grieg’sk Sonate derovre efter Mors Begæring, det er for Resten underligt med min Musik, for jeg går frem selv om jeg aldrig rører Klaveret. Å lære at spille!!!!! Det er dog mit Ideal, som jeg altså når, hvis jeg blot lever!!!!! Nu håber jeg da ikke, du bliver altfor forfærdet over dette, tænk så blot på Maj! Og tænk så for Guds Skyld ikke altfor slemt om mig, det må du ikke; og du må da endelig ikke holde mindre af stakkels Leonard, men det gør du vel heller ikke. At det nu skal hænde mig og ikke en af hans mange Malkepiger, for hvem det vist vilde have været meget meget lettere!
+Nu kun tusende Hilsner! Skriv langt men tæt, så den lukkede Konvolut til mig ikke bliver for tyk, jeg siger Mor, at hun ikke må åbne den. På Onsdag kommer der vel Brev!
+Din Chr. 
+[Skrevet henover teksten på bagsiden af ark 3; lodret:]
+Du brænder da dette Brev, det er altfor farligt til at gemmes.</t>
+  </si>
+  <si>
+    <t>1896-08-17</t>
+  </si>
+  <si>
+    <t>Sverige
+Höljeryd</t>
+  </si>
+  <si>
+    <t>Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Johs. Larsen fortæller, hvordan dagligdagen forløber under opholdet på Höljeryd i Sverie. Jagt, spisning, middagssøvn mm.
+Peter Hansen er kommet på besøg på Höljeryd. Johs. Larsen fortæller om en jagttur med ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hdlm</t>
+  </si>
+  <si>
+    <t>Höljeryd 17 August 1896.
+Kæreste Alhed!
+I Dag tror jeg at jeg kan faa Lejlighed til at skrive et ordentligt Brev til Dem, det sidste maatte jeg jo stoppe midt i det. Vognen efter Peter skulde af Sted. Det er for Resten ikke med min gode Vilje at jeg sætter mig til at fylde dette Ark, men det regner og ser desværre ikke ud til at vilde holde op for det Første. Det regnede ogsaa i Tirsdags da Peter skulde hentes, ellers har vi haft dejligt klart Vejr hele Tiden. Vi havde ventet at Peter skulde komme omtrent Kl. 8 da Toget nemlig kommer Kl. 6 og havde Aftensmaden færdig og Ild i Kakkelovnen i Anledning af det han var vaad, der kom imidlertid ingen Vogn og vi sad og ventede med Maden og fyrede i Kakkelovnen til Kl. var henved 10 saa spiste vi og fyrede videre og lyttede til vi endelig hørte Vognen Kl. 11 og jeg gik saa ud med Aquavit Flasken og skænkede Peter og Kusken en Snaps. Vi fik saa Forklaringen, Peter var ikke naaet at skifte Tog i Halmstad og maatte saa vente og tage med et senere Tog, som imidlertid ikke gik længere end til Stationen før Landeryd, men da han havde været saa fornuftig at telegrafere til Vognen fra Höljeryd, havde Kusken sendt en Mand med en Dressine eller Trobi eller hvad saadan et Apparat hedder ned til Rissared, det er den Station hvor til Peter kom og den holdt og ventede paa ham og da han selv maate hjælpe til at drive den frem holdt han jo nogenlunde Varmen. Dagen efter var det dejligt Vejr og vi gik strax paa Jagt og fik hver en Graaand og næste dag fik jeg en Bekkasin og Peter en Krikand. Nu tror jeg at jeg vil fortælle Dem hvordan vi tilbringer Dagen hidtil har det nemlig været omtrent ens og det bliver det vel igjen naar vi bare faar godt Vejr. Om Morgenen staar vi op Kl. 6-7 og spiser saa Frokost og gaar paa Jagt Kl. 8 ½ - 9. Kl. ca 12 kommer vi hjem og gaar i Vandet og vasker Hundeneog vore Strømper og Sko og hænger dem op og tørre, dog ikke Hundene. Saa spiser vi til Middag hidtil Ænder, Bekkasiner og Snepper og Fisk eller Kalvesteg, Eftermad hver anden Dag Tyttebærrødgrød og Fløde og Blaabær og Fløde. Saa drikker vi Kaffe og derefter klæder jeg mig af og gaar i Seng og læser i Rigsdagstidende for Peter hvorefter jeg hviler mig. Peter siger jeg sover men det er Bagtalelse, og Peter læser det stenograferede igjennem. Kl. 3 ½ gaar vi saa paa Jagt igjen og saa den samme Historie med Fodtøj og Hunde og Omklædning og Mad og saa i Seng igjen. I Gaar gik Harejagten ind og om Morgenen var Peter og jeg ude paa Harejagt med Inspektøren, som haren støver, men da det var daarligt Vejr, det regnede omtrent hele Tiden – kunde vi ingen Harer faa op og maatte gaa hjem med uforrettet Sag. Om Eftermiddagen var det Opholdsvejr og vi gik ud med Jansen og traf paa en hel Del Vildt men fik kun en Tjur og 2 Urhøns det er i Grunden ækelt at gaa paa Hønsejagt naar man ikke er ene eller højst 2. Jeg blev saa nervøs at jeg ikke turde skyde og først til sidst skød jeg de 3 ovennævnte Fugle. Jeg har glædet mig meget til i Dag fordi jeg saa skulde med Tjalfe alene og Peter med Jansen, men nu er det jo ikke Vejr til det. I Fredags havde jeg en slem Ærgrelse med Jansen, jeg har taget den med for Peters Skyld, og for at jeg kunde gaa alene med Tjalfe, som i Grunden overtræffer mine Forventninger og opfører sig aldeles nydeligt, og saa vilde det Bæst, Jansen, ikke gaa med Peter skønt jeg skældte den ud og ogsaa en Gang gav den en Rap med Pisken, saa endte det med at den satte sig ned og vilde ikke flytte sig af Stedet, vi lod den saa sidde og da vi kom hjem var den kommen, men det var i Torsdag i Fredag var Peter efter [ulæseligt ord] yderst venlig i mod den og jeg sagde ingen Ting til den, før senere hen paa Formiddagen, da jeg havde stillet mig op ved en Sø og vilde have at Peter skulde lade den gaa ud i nogle Siv for at drive nogle Ænder op, da den ikke gjorde Tegn til at røre sig raabte jeg allé, og saa forsvandt den og den Dag kom den ikke hjem før efter at vi vare i Seng, sa kom den heldigvis, for jeg troede aldrig jeg havde faaet den at se mere. Jeg talte med en Mand Dagen efter som havde mødt paa Vejen til Höljeryd, saa jeg tænker den vilde have været hjem, men er kommen for sent til Toget. Nu efter at Peter har været alene ude med den et Par Gange gaar det helt godt. Nu ser det lysere ud i Vejret bare det vilde klare saa jeg kunde komme af Sted ud til Tjurer og Urhøns. De skriver at jeg vist er en frygtelig Despot – Tak for det Brev som jeg fik i Lørdags – jeg er lige det modsatte hvad jeg skal tillade mig at bevise med et Ex. fra i Dag. Da det havde regnet i Nat og var vaadt i Morges blev vi enige om at nøjes med en Tur i Dag og saa blive hjemme og spise Havregrød Kl. 11 inden vi gik ud da det imidlertid regnede for stærkt Kl 11 1/2 til at der foreløbig kunde være tale om at gaa, fik jeg Peter, for jeg turde ikke, til at gaa ud og sige at de godt kunde holde op med at lave Havregrød og begynde paa Middagsmaden, men De maa ikke tro der blev taget Spor af Notits af det, vi fik vor Havregrød Kl. 11 og Blaabær oven paa og nu sidder jeg her og Solen er lige begyndt at skinne, men nu kommer der en Byge til desværre. Jeg kan ikke forstaa at De ikke kan læse hvad jeg skriver, den Sejlmagers Kone hed Tagea, tror jeg nok. Forleden Dag fangede jeg en Drossel som har en daarlig Vinge den gaar her paa Gulvet og spiser Blaabær og laver et voldsomt Svineri, saa Enden bliver vist at jeg maa smide den ud. MH.t. at male er jeg nu naaet saa vidt at jeg har faaet lavet 2 Tegnebrædter og Marie har spændt Papir paa. Hvorlænge bliver De paa Langeland? Kan De svømme 100 Tag? 
+Jeg skal hilse fra Peter som sidder her og skriver sin Stenografi og fra Marie som er i Køkkenet og lægger Deig til Rug og Hvedebrød. Mange Hilsener fra Deres hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1921-06-15</t>
+  </si>
+  <si>
+    <t>Bagenkop
+Svendborg
+Taasinge
+Thurø
+Lohals
+Humble, Langeland</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Christian Andersen
+Alfred Eckardt
+Elisabeth Eckardt    
+Achton Friis
+Jeppe Andreas Larsen
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Achton Friis er på tur rundt i landet med skibet Rylen. De laver forarbejde til bogværket De Danskes Øer.
+Det vides ikke, om Lyon er en person, eller om der er tale om byen.</t>
+  </si>
+  <si>
+    <t>Friis og Johannes Larsen har været på cykeltur til Bagenkop, hvor Johannes Larsen har fået malet og tegnet en del trods dårligt vejr.
+I Humble mødte de Alfred Eckardts Misse.
+De næste dage tager Puf og Johannes Larsen videre mod Taasinge, Thurø og Svendborg.
+Johannes Larsen er utålmodig efter at få brev fra Alhed Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FEkQ</t>
+  </si>
+  <si>
+    <t>Rudkjøbing 15 Juni 1921
+Kæreste Alhed!
+Vi er lige nu kommen tilbage fra en Cykletur til Bagenkop hvor vi overnattede 2 Gange i Kroen. Jeg fik tegnet en Del, men i Dag var det desværre Regn saa jeg trods 2 forgæves Forsøg maatte indskrænke mig til Blyant som heller ikke blev til noget. Hos Apotekeren i Humble der kendte Friis, dukker Alfred Eckardts, er det Misse hun hedder op. Hun fortalte at det var Laurentius' Fødselsdag i Dag, Vi traf her Puf og Chr. Andersen i bedste Velgaaende. I Mrg. skal Puf og jeg paa en Tur Nord paa og saa skal vi videre videre til Svendborg i Overmrg, for at efterse Taasinge og Thurø. Puf gaar nu paa Posthuset. Jeg haaber der er noget fra Dig vi har ingen Ting hørt siden i Fredags da vi fik Dit Brev fra forrige Fredag. Puf er endnu ikke ankommet fra Lohals. Derimod fik jeg omtrent omgaaende en Skitsebog som jeg skrev til Papirpetersen efter. Jeg er meget spændt paa hvordan det gaar Lyon. Skriv endelig lidt tiere. Mange Hilsner ogsaa fra Puf
+Din JL
+Jeg skal ogsaa hilse fra Achton Friis og Chr. Andersen.</t>
+  </si>
+  <si>
+    <t>1893-06-17</t>
+  </si>
+  <si>
+    <t>5953 Tranekær, Danmark
+Nordstrandsvej 26, 5953 Lohals, Danmark</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Poul Caspersen
+- Christensen, lærerinde
+- Nielsen, gæstgiver
+Hans Selmer</t>
+  </si>
+  <si>
+    <t>Alhed Larsens moster boede i Snøde på Langeland.
+Svoger Thorvald er muligvis Thorvald Bredsdorff.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2107</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til dyrskue. Hun skal til middag hos Selmers i Tranekær. Alhed bader, men har netop været forkølet og måtte derfor holde en pause. Hun har set en luftspejling. Alhed kommer hjem fredag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A699</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Nu er det nok paa Tiden, at jeg faar sendt Dig en lille Skrivelse, det burde vist endogsaa være sket for flere Dage siden; jeg opdager pludselig i Dag, at det er en Uge siden, rejste hjemme fra. Tak for Glemmesagerne, det var rigtig rart, jeg fik dem; og for det lille Brev! Ja, Du kan tro, jeg har det yndigt herovre; vi føre ,”Stilleben” i høj Grad, men hyggeligt er det og livligt alligevel; til de mere larmende Fornøjelser, vi have haft, høre et Dyrskue, der var her samme Dag, jeg kom hertil. Det var rigtig Sjov med Karusel og Dans om Aftenen. Takket være samme Dyrskue, kom jeg kørende med en Mand fra Bødstrup og [”og” overstreget] hertil; og netop paa det Tidspunkt, da han indhentede mig, var jeg ligeved at opgive det hele og sætte mig hen at smelte. Det var en drøj Varme den Dag. Men alligevel vilde jeg hellere gaa, da Dagvognen gik saa sent, og jeg tænkte mig, at den lukkede Kasse var slem at sidde og rumle i. – Saa da jeg havde set mig lidt om i Tranekær, begav jeg mig paa Vej. Først var jeg dog inde paa Gæstgivergaarden at nyde en Bajer og faa mig en Snak med Nielsen. – I Morgen Søndag skal vi hen til Tranekære [sidste e i ”Tranekære” er overstreget] til Dyrlæge Selmers. Vi ere budne til Middag Kl. 1 for at vi kunne have en lang Eftermiddag at se os om i. Jeg glæder mig til det. Selmers ere livlige og elskværdige Mennesker. – Det er dejligt at bade. Vi begyndte allerede om Søndagen. Men desværre fik jeg Snue, saa jeg i 2 Dage ikke maatte gaa i. – I Gaar saa vi Fata-Morgana dernede; vi saa Øerne spejle sig i Luften, vi kunne endogsaa skimte Bygninger og et Fyrtaarne [det sidste e i ”Fyrtaarne” er overstreget] og ganske tydelig kunde vi se Skove og Marker. Morsomt var det, at se naar det forandrede sig, mens vi saa paa det. – I Gaar havde jeg Brev fra lille Svoger Thorvald. De komme nok hjem paa Tirsdag, men jeg synes, det er lovlig tidlig for mig at komme; her sige de stadig, at de ikke ville have mig mindre end 14 Dage. Hvis I ikke høre nærmere fra mig kommer jeg saa Fredag med 7 Toget. – Det er morsomt at Laders har faaet saa godt [t i ”godt” er overstreget] en Examen. – Jeg skal hilse mange Gange fra dem her. Poul er sød og grinagtig. Han og jeg kan næsten bedre sammen en Lærerinden Christensen og jeg; hun er for Resten rigtig sød og rar, men ikke rigtig af ,,vore Folk!” – I Eftermiddag skal vi ud en Køretur. Vi skal vist op til nogle Skove i Nærheden af Lohals. – Nu kun mange Hilsner til Eder alle hver især. Din Alhed. Snøde 17de Juni 1893.-</t>
+  </si>
+  <si>
+    <t>1899-08-10</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Ringe-Faaborg</t>
+  </si>
+  <si>
+    <t>Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Warberg havde familie i Snøde på Langeland. 
+Det vides ikke, hvad Astrid og hendes bror fejlede. 
+Astrid kom til Kerteminde for at fungere som pige i huset hos sin storesøster Alhed og dennes mand, Johannes Larsen. 
+Hvem den omtalte Astrid, som Johanne skal skrive til, er, vides ikke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0393</t>
+  </si>
+  <si>
+    <t>Astrid og lillebroderen er begge syge og voldsomt trætte. Astrid synes, at lillebroderen får lov til at gå for meget omkring.
+Der er inviteret til ung fest hos degnen, men Astrid tager ikke med.
+Laura Warberg har fundet på, at Astrid den kommende vinter skal til enten Kerteminde eller København. Astrid vil absolut ikke til Kerteminde og beder sin søster gøre hende en tjeneste for at forhindre det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GcMy</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Johanne Warberg
+Snøde 
+pr Lohals
+[På kuvertens bagside er på hovedet skrevet:]
+Sommersol paa gylden Sæd
+fryde kan mit Hjærte
+Leen hugger Rugen net
+- jeg forgaar af Smærte
+Snøde – Høst -1900
+[I brevet:]
+Tirsdag Aften
+Kære lille Junge! Det er mig med hvert Second en stor Glæde at Du er over alle Bjerge og at Du har så godt Vejr – for det er da et Vejr, der kan friske, og et Vejr, der gir Mod på Vagabondlune.
+Fredag Formd. Som Du ser tager jeg med alle Ting småt af det – og har lige nu på Sengen modtaget Dit gode Breve [det sidste e overstreget], som jeg takker Dig af Hjertens Grund for! Hvor det er godt at læse, Junge – sådanne Ord af Dig – jeg stiller mig nu langt mere modtagende overfor alt, hvad som bydes, end Tilfældet før var, nu da jeg véd, hvor jeg har Dig. Jeg befinder mig foreløbig i en Slobrok henne ved mit Bord for lige strax at besvare Dit Brev, og siden lægge mig igen. Jeg står nemlig først op henunder Middag og går i Seng ved 9 Tiden – på anden Måde går det vist ikke, Trætheden sætter sig nemlig stadig på det onde Sted fra gamle Dage nede i Roden, og dette inspirerer mig til megen Forsigtighed – så Du skal ikke være ængstelig for mig.
+Med Dede er det da heldigvis ikke så slemt, men de handler rigtig nok efter min Mening højst uforsigtigt med ham. Han lå hele Dagen i Går – fik derefter Lov at stå op, mens Sengen blev redet – sås kort efter – ovre i Aftenluften og Stikkelsbærrene -! og blev vel at mærke ikke kaldt tilbage men gående!
+Din indtrængende Sætning om ham til mig i Dag har vist imidlertid virket.
+Tutte har sendt ham Bøger, mig ligeledes samt Julebryg og Chokolade, af hvilke begge jeg ved Guds nådige Bistand har reserveret til Din lykkelige – for mig – Genkomst. Af Nervøsitet er der ikke megen, på Søndag er hele Slænget – unge – bedt til Ungt hos Degnens – og glæder sig. 
+(jeg holder mig ved Roden, som bliver hjemme.)
+Lad mig ikke glemme en Ting, jeg væsentlig skriver for Mor vilde skrive, men jeg påtog mig det.
+Til min Forbavselse drejer det sig om, at jeg absolut til Vinter skal: enten til Kerteminde eller til Kjøbenhavn. Du gætter letlig hvad jeg foretrækker – særlig når jeg tvinges til Kerteminde – må jeg, som Du forstår – afsky Tanken. Ærlig – mellem os – har Tanken om at komme der, kun tiltalt mig under den Forudsætning, at man modsatte sig. Du kender Sjælens undertiden Meningsløs-hed.
+Altså bad Mor mig bede Dig skrive strax til Astrid og bede hende svare strax om jeg må komme om til ham – el anden Tid.
+Gør det for Himlens og min Sjælefreds Skyld Junge, jeg vilde under nærværende Omstændigheder i Kerteminde fortæres af Mug og Elde – som gamle Præst udtrykker sig.
+Sindsstemning p.t: normal.
+Dermed Tusinde Hilsner til Jer alle og Dig Junge med en Tak til Dig for Din Meddelelse som stedse opfylder mig og giver mig nok af nyt at betænke!! Dis</t>
+  </si>
+  <si>
+    <t>1879-03-13</t>
+  </si>
+  <si>
+    <t>Tranekær</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Christian Caspersen
+Johanne Caspersen
+Carl  Herold
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Adelheyde Syberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster og hendes mand boede nær Tranekær på Langeland. 
+Warberg-parrets datter Louise, g. Brønsted, var født 12. maj 1878. Det må værre hende, der netop er blevet vænnet fra brystet. 
+Albrecht Warberg led af astma og var jævnligt i behandling i en "luftklokke" hos en læge i København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0356</t>
+  </si>
+  <si>
+    <t>Laura Warberg ville meget gerne komme ind til sin mand i København, men hun har netop vænnet den yngste datter fra brystet, og har så meget mælk, så hun ikke kan færdes offentligt. 
+Det er godt, at "luftklokken" hjælper Albrecht.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Atkv</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter cand. jur. Warberg
+Hotel “Tre Hjorter”
+Vestergade
+Kjøbenhavn 
+K. 
+[På kuvertens bagside:]
 Poststempel
 [I brevet:]
-“Kærbyhus” den 10-11 1903.
-[...2 lines deleted...]
-Uglen.</t>
+Tranekjær D: 13de.
+Kjæreste søde Abba!
+Nylig fik jeg 3 Breve fra Dig. Det er uhyre fristende for mig hvad Du skriver om at komme derover; Du ved nok jeg har altid ønsket saameget at være i Kbh. samtidig med Dig, men Du husker ikke paa, at naar jeg vænner Søster fra saa pludselig med den megen Mælk jeg endnu har, saa gaaer jeg omtrent 14 Dage uden at kunde Hæ ["Hæ" overstreget] hægte Kjolen eller røre Armene, jeg kunde jo saa ikke have nogen Fornøjelse, derimod vilde jo de 8 Dage gaae. Saa maa jeg hellere vente til i October, naar Herolds flytter ind til Byen. Det er jo meget kjedeligt, at jeg saa ikke kommer sammen med Hanne, men vi er enige om, at der ikke er andet for mig at gjøre. – Nu skriver jeg en af Dagene et ordentligt Brev til Dig, men Posten gaaer om et Øjeblik. - 
+Caspersen siger, Du kan rejse til Aarhuus om Aftenen og derfra næste Aften, altsaa kun spilde een Dag. Hils Mimi! Gid Du nu naaer at faae dette inden Du rejser! Hils Herolds. Hilsen fra Ungerne og Din egen 
+Smaa. 
+Gudskelov Luftklokken hjælper Dig!</t>
+  </si>
+  <si>
+    <t>1905-12-23</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Johanne Christine Larsen
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster og svoger boede i Snøde på Langeland.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 1908-12-23, Laura Warberg til Astrid, 2410</t>
+  </si>
+  <si>
+    <t>Junge/Johanne er kommet fra London. Hun har glemt tasken med julegaver.
+Laura Warberg takker for den påbegyndte lysedug. 
+Det er småt med julegaver dette år.
+Astrid må give besked om, hvornår Laura skal komme, for hun skal også til Snøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ronk</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19.4
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Lille Juleaften.
+Kære lille Putte!
+Glædelig Jul! – Det er yndigt I skal have et lille Juletid! Vi er rigtig hver i sin Krog i denne Jul! Saa kom da Junge i Morges Kl. 10! Thora og jeg ventede i 2 stive Timer paa hendes forsinkede Tog! Hun havde 2 II og Sovevogn, sove brillant hele Natten til 8½! – har det glimrende! moret sig godt i London, men derover glemt at faae sin store Kuffert - med alle Julegaver – paa ret Køl, saa der staaer den! Tak for Brev og den pragtfulde Begyndelse paa Lysdug! Jeg kan netop trænge til en pæn! Silketæppet er til at hænge ved Hovedgærdet af den lille Seng; Trøjen er fra Thora. Vinen til Eders Juleaftensmad fra Dede. Det er smaat med Julegaver fra os til alle Sider. – Ja saa følger jeg Johanne over til Eder, men lad os vide en Dag, I er ene; helst Torsdag da jeg nemlig gerne vil rejse til Snøde Lø Fredag; men passer den Dag ikke for Eder, saa venter jeg til Lørdag til Snøde. Min Tid er saa knap lille Putte, jeg har saa mange Breve og Kort at faae klaret i Dag
+Kærlige Hilsner fra Mor. 
+Er nu noget, Du gerne vil have over, saa skriv det til mig; Tallerkener til Køkkenet?</t>
+  </si>
+  <si>
+    <t>1896-08-03</t>
+  </si>
+  <si>
+    <t>Rudkøbing
+Nyborg
+Snøde</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på vej på sommerferie hos sin onkel Max i Snøde på Langeland. Johannes Larsen er (vides fra andre breve) i Sverige.</t>
+  </si>
+  <si>
+    <t>Alhed Warberg/Larsen skriver fra færgen mod Rudkøbing. Hun takker for den dejlige morgentur, som gjorde, at hun helt glemte at blive ked af at skilles fra Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V6Ba</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg naaede lykkelig og vel Nyborg, kørte over Torvet Kl. 10 Min. I 11, fik min Cycle sat om Bord, og gik derefter op i Byen for at købe medfølgende Brevpapir. – Nu sidder jeg om Bord i Sct Knud, hvor jeg har tilbragt Tiden paa udmærket behagelig Maade, har spadseret frem og tilbage paa Dækket og [ordet overstreget] og plirret med Øjnene op til Solen, har sludret med Kaptajnen og Jomfruen, har smaasovet og tænkt i et Sofahjørne, har drukken Kaffe og spist Chokolade og nu har jeg sat mig hen at skrive et Par Ord til min Ven Las. – 1000 Tak for sidst og for den dejlige Morgentur! Hvor alting smilede i Morges. Jeg glemte helt at være ked af, at jeg skulde skilles fra Dem. Og saa er jeg saa glad ved, at jeg ikke mere er saa bange for Dem. – Nu er vi snart i Rudkøbing. – Hils dem alle sammen! Og til Dem selv de kærligste Hilsner fra Deres Alhed.
+De lovede at skrive først, altsaa ligger der Brev til mig, naar jeg kommer til Snøde! –
+Skibet ryster, saa det er svært at skrive.</t>
+  </si>
+  <si>
+    <t>1913-04-25</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Bodild Holstein
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg havde en periode i 1913-1914 problemer med øjnene. 
+I Snøde på Langeland boede Laura Warbergs søster og svoger.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2627</t>
+  </si>
+  <si>
+    <t>Laura Warbergs hovede er som bly. Nete ligger med bronchitis, og Christine er forkølet. En sygeplejerske hjælper nu.
+Laura begyndte i Snøde på at brodere et tæppe til Astrid, men hun kan ikke sy nu. Hun sender en bog som fødselsdagsgave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DEbN</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+[Fortrykt:]
+LAURA WARBERG.
+[Håndskrevet:]
+Fredag Formiddag
+Kære Astrid!
+I al Hast skal Du have en kærlig Lykønskning lille søde Putte! Alt godt kommer til Dig og Eder alle i det nye Aar! Det er dejligt, Du kommer paa Onsdag! For Tiden ser det nu rigtignok trist nok ud her, men jeg er da bedre igen efter en meget slem Omgang. Hovedet bly siden Lørdag Nat! Jeg kan intet bestille med Briller, prøver i Dag dette Brev. Nete ligger i Sengen af Bronkitis men i mild Grad, Putte ligger af en Forkølelse, 38⁴ Feber til Morgen. Christine og Dr. Holstein havde i Aftes paa egen Haand ringet efter en Sygeplejerske, som nu er kommen; jeg turde jo ikke for min egen Skyld gaae her alene med alt det. Nu kan jeg da ogsaa røre mig herfra; skal være meget i Luften! Dr. H. mener Nete og Putte med er ovre det hele til Onsdag.- Et broderet Tæppe til din lille Puf i Soveværelset begyndte jeg paa i Snøde, men alt Sytøj hviler nu! En Bog sender jeg samtidig med dette! Hvor de smaa vist glæder sig til Mors Fødselsdag! Hils dem. Saa skriver jeg et Kort paa Mandag om status quo her!
+Kærlige Hilsener!
+Mor!</t>
+  </si>
+  <si>
+    <t>Juli 1884</t>
+  </si>
+  <si>
+    <t>Johanne Caspersen
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Carl Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Poul Caspersen
+Knud -, Gudruns bror
+- Hein, Birkerød Kostskole
+Christine  Mackie
+Petrea Schmidt, g. Brandstrup
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen, f. Warberg, må have skrevet brevet som barn. Hun var på sommerferie hos familien Caspersen på Langeland. Johanne Caspersen var en søster til Alhed Larsens mor.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2207</t>
+  </si>
+  <si>
+    <t>Brev 1: Alhed leget og spiller med Knud; de spiser kirsebær og stikkelsbær. De har været i byen og se beridere, og Poul vrælede slet ikke. De fleste bader hver dag.
+Brev 2: Det var en misforståelse, at Mea skulle komme til Warberg. Alhed og Knud har det fint sammen, og han er en rar dreng. Johanne glæder sig til, at Christine, Carl og Petrea kommer. Albrecht er også velkommen. Det vil være hyggeligt, hvis Laura kommer, mens Carl og Petrea er på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bsN8</t>
+  </si>
+  <si>
+    <t>Fredag.
+Kjære Moder!
+Du kan se, at jeg morer mig udmærket, da jeg endnu ikke har skrevet; Knud (Gudrunds Broder) [det sidste "d" i "Gudrund" overstreget] er her, vi spiller Croquet og spiser vældig mange Stikkelsbær og Kirsebær, skjønt Stikkelsbærrene ikke er aldeles modne, men de smager ["r" i slutningen af ordet overstreget] udmærket alligevel. Her har været Beriddere [det sidste "d" overstreget] i Byen og i Onsdags vare vi henne at se dem, det var meget morsomt; Poul var med og brølede ikke en Smule; det varede til Kl. 10 men han havde sovet 3 Timer til Middag. Max gav Knud og mig Billetter. I Gaar var jeg med Tante hos Heins, i Dag har jeg hjulpet hende at bage Kager. Vi bader hjer ["j" overstreget; "v" indsat over linjen] Dag Vandet er henrivende dejligt; Doctoren har sagt at Poul skal bade men i disse Dage har han været forkjølet. En venlig Hilsen til Alle. Din
+Al Warberg
+mit Korset passer mig udmærket, Tak.
+Kjære Laura, tak for Brevet, Alhed havde længtes efter sit Korset. Det var da nu en Misforstaaelse med Meas komme til Eder, da hun jo først vil rejse midt i August. De more sig deroppe over en [ulæseligt] og er meget indtaget i Ludvig.
+Alhed morer sig udmærket sammen med Knud, som vi fik i Søndags, han havde ingen Steder at være, og da Tine nu ikke kommer, [ulæseligt ord] vi, han kunde komme til August Maaneds Begyndelse. Han er en frygtelig rar Dreng. Vi glæde os til Christine kommer, ligeledes til Karl og P., jo vist er hun et rart Menneske. Nu skulle vi nok sørge for lidt [ulæseligt ord] til dem i Morgen, og Vogn er bestilt. Vi kunne udmærket have Abba, sidste Halvdel af August er kun Thora her, og første Halvdel af September ligeledes, og det vil være os en stor Glæde at have ham. Mea er hjemme til den Tid, nu de Par Dage Da kunne maaske Du nu ligge oppe hos hende. Men det var jo morsomt at komme her medens Karl og P. endnu er her. Men Dagen kunne vi altid bestemme efter den 14 - 16 ["- 16" indsat over linjen] August. Nu faar Du ikke ["ikke" overstreget; "næppe" indsat over linjen] næppe Brev mere før de skrive om hvad Dag de komme hjem.
+Hilsener fra os Alle, Din
+Hanne.</t>
+  </si>
+  <si>
+    <t>1891-19</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>- Boysen, København
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Carl  Herold
+M Knipschildt
+Arnold Emil Krog
+Christine  Mackie
+- Paulsen
+- Stenberg
+- von Willich</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede foråret 1891 til foråret 1892 på Værnehjemmet i København og var i lære på Den Kongelige Porcelainsfabrik (=Fabriken).
+Laura Warbergs forældre ("De Gamle") flyttede i 1886 fra Langeland til København.
+Det er uklart, om Knipschildt er den person, hvis biografi der linkes til.
+Nicoline con Sperling forblev ugift, og Maria von Sperling giftede sig først i 1897, så den omtalte Fru Sperling er muligvis en helt tredje.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0341</t>
+  </si>
+  <si>
+    <t>Laura Warberg har hørt, at hendes mands problemer kan skyldes polypper og synes, han skal få det undersøgt. 
+Hun har været på Den Kongelige Porcelainsfabrik hos datteren, og hun spiser frokost med sine gamle forældre hver dag. Alhed, bedstemor Hanne og Laura har købt tøj mm til Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Krfi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg.
+Erikshaab
+pr. Højrup St.
+Fyn.
+[I brevet:]
+Torsdag d. 19de.
+Kjæreste Abba
+Fader har kjøbt mig nogle Chininpiller og naar jeg tager 3 eller 5 af dem, saa hjælper det paa Hovedet, igaar var det slemt om Formiddagen, men gik dog an til Middagen hos Fru Paulsen. Nu skal Du høre, hvad Boysen sagde, da han havde spurgt til Dit Helbred: om Du aldrig havde ladet din Næse undersøge, for dersom der er Polypper, saa kan de trykke paa Hjernen, saadan har von Willich havt det og han er nu bleven bedre ved Behandling af Si[ulæseligt]; de kan tillige give Asthma. Den Sag skal vi da drøfte med Din, hvem veed, om ikke Din Hoved Svaghed skriver sig fra noget lign. Men derom nærmere, naar jeg kommer hjem, jeg skriver det, fordi det optager mig saameget. Iaften skal vi maaske se Valkyrien, det bliver første Gang, jeg er i Teatret, spise til Middag hos [to ulæselige ord] først. Igaar var vi paa Fabrikken, meget interessant, men Krogh var der ikke, derfor saa vi kun lidt deraf. Fader har det nogenlunde i disse Dage og Nætter, jeg er der næsten hver Dag fra 10 ½ til 1, spiser Frokost der hver Dag. Vi har været paa Regensen en lille Visit hos begge vore unge Venner, Hanne Alhed og jeg, ligeledes i Landstinget. – Idag tænker jeg Kortene bliver sendt, sig til Christine, at hun strax sender til [to ulæselige ord], og hvem hun skal sende til herinde; Fru Sperling og Steenberg, Paulsen, Sc[ulæseligt] og Knipschildt beholder vi til, og til Herolds. Hun kan jo i det hele godt sende dem alle ud, undtagen til Egnen hjemme først paa Mandag. Jeg har travlt med at komme afsted til de Gamle. Imorgen tænker jeg vi gaar til Herolds og saa hæver Alhed forhaabentlig de sidste Penge, vi har kjøbt til hende Kjole [ulæseligt ord] og flere Smaating, vist for c. 75 Kr. Hanne hjalp os, vi var først paa Værnehjemmet og undersøgte grundigt hendes Garderobe.
+Jeg kommer paa Mandag med Iltoget, glæder mig til at komme hjem i Ro, dette Liv herinde er trættende.
+Mange kjærlige Hilsener til Alle fra Dit Es.
+Undskyld H[ulæseligt] Skriften.</t>
+  </si>
+  <si>
+    <t>1891-07-06</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Johanne  Larsen
+Fanny Schaffalitzky de Muckadell
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i 1891 begyndt som elev på Den Kongelige Porcelainsfabrik i København. Hendes morforældre var efter bedstefaderens pensionering flyttet fra Langeland til København. Han var dement. 
+Det vides ikke, hvem Etatasraadene er.
+Ligeledes er det uklart, hvem Tante er. Muligvis Wilhelmine Branfdstrup, g. Berg (Alhed Larsens moster), kaldet Tante Mix.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2102</t>
+  </si>
+  <si>
+    <t>Alhed er ked af, at hun har brugt for mange penge. Hun sender fortegnelse over sine udgifter, og hun er desuden begyndt at spare. Fra Porcelainsfabrikken har hun nu fået den første tikrone.
+Alhed håber, at Johanne kommer til København til efteråret. Familien vil kunne spare penge, hvis de to søstre bor sammen. 
+Hele dagen har Alhed været hops bedsteforældrene. Bedstefar var klar i hovedet, kunne huske at der havde været besøg, var selv stået op mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aBcb</t>
+  </si>
+  <si>
+    <t>Søndag Aften 6te
+Juli 91.
+Kære Fader!
+Tak for Dit Brev, som jeg jo rigtignok ikke blev videre glad ved! Jeg blev aldeles forfærdet ved at se, hvor mange Penge, jeg har hævet; jeg har nok af og til tænkt med Gru paa alle de Penge, der gik til, men jeg havde egentlig ikke tænkt mig, at jeg var saa ødsel, og at der var gaaet saa meget til, havde jeg som sagt langtfra tænkt mig. – Jeg synes nok, at det er meget svært at leve sparsommeligt i København, særlig naar man er uøvet – jeg mener den første Tid, [et overstreget bogstav] man bor der; men man kan selvfølgeligt gøre det og jeg er nu bagefter ked af, at jeg ikke har passet bedre paa. Fra Moder var herinde, har jeg været meget sparsommelig, da jeg af hende hørte, at Terminen var saa slem; og at mit sidst hævede Beløb saa stort, kommer deraf, at jeg havde to store Syjomfruregninger. Jeg sender hermed en Fortegnelse over mine største Udgifter, og Du ser saaledes, at der er gaaet mange Penge til Tøj ogsaa udenfor de 100 Kr, Moder hævede for mig. Men at jeg har brugt endogsaa meget ud over, hvad jeg behøvede, maa jeg jo desværre indrømme. – Jeg har nu begyndt et nyt og bedre Liv og betænker mig paa hver en Øre jeg giver ud, kører f. Ex. slet ikke ikke [”ikke” overstreget] i Sporvogn. Men det hidtil vigtigste Punkt i det nye og bedre Liv, der jo gaar ud paa at beskytte Din Pung,- kommer dog nu! – Strax Dagen efter at jeg havde faaet Dit Brev, gik jeg til Arkitekten og spurgte, om jeg snart kunde faa nogle Penge, og – I gaar har jeg min første Tikrone hjem fra Fabrikken !!!--- 
+Det gik meget glat, der skulde denne Gang heldigvis ikke tales med Etatsraadene og jeg blev strax sat paa en ugentlig Gage af 10 Kr. Min Henrykkelse kendte ingen Grænser, da jeg fik min første Seddel i Haanden, jeg havde egentlig først tænkt mig, at jeg skulde have næste Lørdag efter at have skrevet Regning paa Onsdag! Jeg tænker, at I blive næsten ligesaa glade ved den Efterretning, som jeg blev det! – Een Ting gruer jeg dog endnu for, og det er Tanken om, at Johanne ikke skulde komme herind til Efteraaret! Det vilde jeg tage mig meget nær. Det var jo skrækkeligt at tænke paa, om hun skulde bløde for min Skyld! Egentlig vilde det ogsaa i pekuniær Henseende være heldigt, om hun kom ind nu og ikke om et Aar. For det første kan Du nu [”nu” overstreget] ved at hun bor paa Værelse sammen med mig spare 6 Kr om Maaneden for hende og det samme for mig; om et Aar bor jeg jo næppe paa Værnehjemmet. 2: kan jeg, naar jeg skal skal [”skal” overstreget] skifte Værelse, sige mit Op [”Op” overstreget] op inden Ferien og slippe for at betale noget i den Tid. 3. gaar jeg jo naturligvis ikke saa meget ud, naar vi ere 2 som naar jeg er alene, og Selskabeligheden meget medsig [”medsig” delt med streg til to ord] af Klæder og Sporvognspenge. 4. kan hun, der jo er yderst sparsommelig anlagt, hjælpe mig med at faa den nye Vane i mig til at voxe og den gamle til at forsvinde! -D [”D” overstreget] Jeg synes at der er saa meget sund Fornuft i disse Grunde, at jeg ikke kan tænke mig, at Du kan staafor [”staafor” delt med streg til to ord] dem. Det er [overstreget ulæseligt ord] min Yndlingstanke, helt at kunne sørge for mig selv efter Ferien (maaske med Undtagelse af Fodtøj) – men dette tror jeg vil være umuligt, hvis jeg ikke kan slippe med 30 Kr om Maaneden; men i det Tilfælde tror jeg, det vil kunne lade sig gøre, da min Gage jo bliver [”bliver” indsat over linjen] 40 Kr hver anden og 50 Kr hver anden Maaned. - - 
+Alle herinde ere meget glade over at jeg er begyndt at tjene noget. Bedstefader er forfærdelig optaget deraf. Jeg har været hos de Gamle hele Dagen, og Bedstefader var forbavsende meget bedre. Jeg hørte ham ikke sige et eneste galt Ord hele Dagen. Bedstemoder gik lidt ud i Formiddags og allerede inden hun kom hjem, var Bedstef. staaet op og havde klædt sig alene paa. Derefter gik vi lidt ud i Haven og han gik saa rank og rask, at jeg slet ikke behøvede at støtte ham. Han var fuldstændig klar i Hovedet og gik og fortalte mig om sin Sygdom og alle de D [”D” overstreget] gale Ideer og Fantasier han havde haft. Han kunde godt huske, at Moder og Tante havde været herinde. Men flere Ting forbavsede mig dog endnu mere. Han spurgte f.Ex hvorledes Du var kommet over Terminen i Aar! og en anden Gang sagde han, at vi fik vist ikke mange Jordbær hjemme i Aar, da de blev saa forkludrede i Fjor. – I Går var han alene hos Barberen. Alt dette vil nok forbavse Moder meget; men desværre [overstreget bogstav] mener Bedstemoder, at Kløen er taget lidt til, han klagede sig dog ikke meget. – Nu maa jeg nok sige stop; dette Brev har antaget et uhyre Omfang skønt det kun omhandler saa faa Ting. Jeg haaber, at I skulle blive glade ved det, der er dog to gode Efterretninger i. – Paa Tirsdag skriver jeg til Komtessen og fortæller hende om Tikronen; jeg kan ikke naa det i Aften, da Kl. er 1 ¼ og i Morgen skal jeg til Lawn-tennis. Mange Hilsner til Eder fra [”fra” overstreget] Alle fra Din Datter b., i hvem Sorig og Glæde de vandrer til Hobe.
+[øverst på sidste side, skrevet liggende]
+Af Kommissioner hjem er det vigtigste: 
+En Skomagerregning 10 – 12 Kr. [? Indsat over ”-”]
+Et Skjærf 5 Kr. 50. 
+[tilføjelse øverst på siden slut]
+Kjoletøj 15 Kr -
+med Skjærf 5 - -
+Syløn 8 -
+Tillæg mindst 5 - 
+Sko 12
+do 10
+do 5
+Turist.do, 5 -
+2 Par forsaalede à 2 ½ Kr. 5 -
+Sølvbrylluskjole 18 - 50
+syet med Tillæg
+Hat 4 -
+Sprøjteapparat til Fabr. 5 - 50 -
+Lis 3 - 50 -
+Sporvogn – Handsker – Ex [”Ex” overstreget]</t>
+  </si>
+  <si>
+    <t>1900-06-29</t>
+  </si>
+  <si>
+    <t>Svendborg</t>
+  </si>
+  <si>
+    <t>Christian Caspersen
+Niels Elgaard Amstrup
+Andreas Larsen
+Albrecht  Warberg
+Conrad Warberg</t>
+  </si>
+  <si>
+    <t>Det fremgår af det følgende brev fra Alhed til Johannes Larsen, at hun er på besøg på Langeland.</t>
+  </si>
+  <si>
+    <t>Alhed er med Ba (Andreas) på rejse. De sejler fra Svendborg og mødes med Max (dyrlæge Caspersen).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dqaY</t>
+  </si>
+  <si>
+    <t>Kære lille Larsi!
+Rejsen gik udmærket for os Ba er jo en storartet Unge at rejse med. I Svendborg traf vi Far, Onkel Conne og Amst paa Banegaarden, de fulgte os til Skibet. Vi kom hertil ved 5 Tiden og spiste til Middag stegt Makrel (fersk) og Jordbær – ligesaa mange vi kunde æde. Jeg vidste ikke, der var Jordbær her, der er Masser langs Hegnene, det ser dejligt ud vi sov til Kl. 9 ½ i Morges og nu sidder jeg udenfor Verandaen og skriver til Dig. Baba sidder i sin Vogn ved Siden af. Her er henrivende ovre bare Du var her ogsaa lille Larsi, jeg kan ikke vide, hvordan Du har det, men nu faar jeg forhaabentlig Brev fra Dig i Morgen, og bare der saa stod, at Du kom. – Vi skal vist ud at cycle i Eftermiddag, det bliver yndigt. Da vi kørte fra Stranden og herop traf vi Max udenfor en Bondegaard, og han rekvirerede gl. Øl ud til os det smagte storartet. – Det er yndigt at hvile, det siger Du vel ogsaa? Jeg gad vide, hvor beskidt der er, eller om Du har gjort lidt i Orden! - - 
+Posten 1000 Millioner 
+Hilsner Din A</t>
+  </si>
+  <si>
+    <t>1905-05-27</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Johanne Caspersen
+- Herts, Fru
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+- Skakke
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg passede formodentlig hus for Alhed og Johannes Larsen, mens de var på rejse. 
+Laura Warbergs søster og svoger boede i Snøde på Langeland. 
+Gamle Larsen er Jeppe Andreas Larsen. 
+I efteråret 1905 var Johanne C. Larsen i London (1905-12-23, Laura Warberg til Astrid Warberg-Goldschmidt)
+Tante er Wilhelmine Berg, Laura Warbergs søster. Hun havde et pensionat i København. 8. juli 1905 skrev Wilhelmine Berg til Laura Warberg og spurgte, om hendes datter ville komme og overtage en plads i pensionatet. Wilhelmine Berg havde måttet afskedige en umulig pige. Det vides ikke, om den unge pige tog pladsen.
+Lundsgaard er en herregård, der ligger i udkanten af Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0893</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen kommer snart hjem efter tre ugers rejse til bla. Paris. Christine Mackie er i Snøde. Louise/Muk Brønsted er i Småland med sin lille datter. Der er mangel på grøntsager hos dem. Andreas/Dede Warberg skal på rejse til Tyskland.
+Laura Warberg ved ikke, om Johanne tager pladsen hos Wilhelmine Berg/Tante. 
+Laura Warberg skriver, hvordan man laver saltlage. Hun og Marie Larsen har besøgt Allerup på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0dG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19⁴
+Malmø
+Skåne
+[I brevet:]
+Kjerteminde d:26de Juli
+Kære Astrid!
+Det bliver intet langt Brev, jeg maa ned med det om en halv Times Tid. men vente til i Morgen vil jeg dog ikke. Det var mærkeligt Du dog fik mit Brev og Brevkort og endnu mærkeligere, at der gik saa langt hen, inden jeg hørte noget fra Dig. Paa Lørdag 6te Aften venter vi Las &amp;amp; Alhed, saa har de været godt 3 Uger borte deraf 14 Dage i Paris. De er vældig tilfredse med hele Rejsen, har set Masser af Kunst og nok set paa alle mulige berømte Steder i Paris. Heden har de ikke klaget over. Jeg har faaet Brevkort næsten hver Dag. Paa Mandag Nat rejser jeg hjem og tænker, Christine kommer Tirsdag Aften fra Snøde, hvor de unge Børn leger paa Kraft; jeg gør det saa færdigt. Fra Muk har jeg to Gange haft Brev, de var syge den første Uge deroppe, men nu nyder de Tilværelsen, og den lille og nem at passe efter at hun paa Rejsen fik den sidste Hjørnetand. De har let ved at faae Mad undt. Grøntsager Kartofler faaer de. De savner saa grulig Løg, er de dyre hos Eder, ellers vilde hun vel blive henrykt ved lidt sammen med et Brev hvor det er som her, at Posten skal være indtil 2 Pund. – Jeg veed intet om Johanne saa tager Pladsen hos Tante; men der maa snart kunne komme Brev derom. Dede har endnu ikke helt bestemt sin Rejse, han skal med Skakke til Sønderborg paa Søndag og mulig rejse der fra til Hamborg Berlin Dresden. Det skulde afhænge af om vi faaer Penge fra gl. Larsen, og det ser da ud til det, at han kan skaffe nogle, naar han kommer til Sverrig. – Gud veed om Chr. ikke nok vove en Tur til Malmø, dersom hun nu faasr nogenlunde Sikkerhed for, hvornaar Affæren bliver. I al Fald kommer jeg da nok en Dag og saa kan jeg fortælle. – Lage lavet af grovt Salt der skænkes kogende Vand paa, røres om til Saltet er smeltet og bliver helt koldt. Jeg ved intet Kaal til det. Det er rigtignok dyrt at sylte hos Eder, kan du ikke imellem faae noget Saft med fra København? Eller faae at vide, hvordan de derovre bærer sig ad. Du _ koge Saften uden Sukker, ja maaske med Saltlage, men staaer det ikke i Bogen? Du behøves ikke at sende Brevene. – Bare Du havde skrevet 2 Ord paa et Brevkort til Tante om din Adr: Hun kan da ikke forstaa, at jeg ikke har svaret paa hendes Brev, men nu skriver jeg en af Dagene. Jeg har haft det rart her. I Aftes var jeg med Fru Larsen og Marie paa Lundsgaard hos Allerup, han har Klaver og en Fru Herts, som boer i Kærbyhus, spillede aldeles dejligt for os: Det var en yndig Aften, mange Blomster i hans kønne lille Stue, Udsigt til Stranden, Kaffe med fine Kager og Drikkevarer, en Tur i Drivhuset først. Ja saa Farvel lille Putte.
+Kærlige Hilsener fra Mor.
+Du kan ikke bruge Puddersukker til Syltning.</t>
+  </si>
+  <si>
+    <t>1899-08-16</t>
+  </si>
+  <si>
+    <t>Carlsbad
+Globus</t>
+  </si>
+  <si>
+    <t>Dora -
+Wilhelmine Berg
+Louise Brønsted
+Alhed Larsen
+Andreas Larsen
+Christian Mogensen
+Otto Emil  Paludan
+Forpagter Petersen
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Globus var navnet på et hotel. 
+Munter var Warberg-familiens hund. 
+Tanmis er formodentlig Tante Mis = Wilhelmine Berg, som havde et pensionat i Gothersgade, København. 
+Det vides ikke, hvem B.P. var. 
+Det vides ikke, om Pastor Hansen er præsten fra Langeland eller en lokal præst fra egnen omkring Erikshaab. 
+Fru Vittrups veninde Astrid kendes ikke. 
+På Ølstedgaard boede Amstrup-parret, som adopterede Alheds storesøsters barn født udenfor ægteskabet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A157, lb. 1.9
+2412</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg har haft 2-3 børn ad gangen under uddannelse, og han er nu ved at være blanket af. Han frygter ikke at kunne betale for deres færdiggørelse af studierne. Louise/Muk har tilbudt at lægge sine sparepenge ind i det samlede budget. Astrid må derfor fortælle, hvor meget et ophold på Askov vil koste. 
+Hempel Sybergs hest har det godt.
+Der er tørke, og mange høster.
+Albrecht har besøgt Vittrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nQAw</t>
+  </si>
+  <si>
+    <t>[Håndskreven på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hempel Syberg. Globus
+Carlsbad.
+[I brevet:]
+Erikshaab d 16 Aug 1899
+Kære lille Dis!
+Tak for Dit lange og nænsomme Brev. Den forretningsmæssige Del af Brevet, har givet mig en Del at tænke over. Sagen er lille Dis, at mine Indtægter knap slaa til til at holde en af Jer ude og da jeg nu i en længere Aarrække har havt 2, sommetider 3 at holde, har jeg dertil maattet optage af de Penge jeg har havt. Nu er jeg paa 3000 Kr. nær paa bar Bund og jeg har ventet, at disse kunne strække til, indtil jeg bliver færdig med Muk. Paa samme Tid skulde Dede være blevet Student, og end han fik Lov at puste et Aarstid, beskæftiget her hjemme med lidt Skriveri eller lignende, kunde det vel gaa. Tager jeg nu andre op af de 3000, som ved dette Aars Udgang ere reduceret til højst 2000 Kr., er jeg bange for, at jeg maa slippe de to Børn, inden de komme til til noget Resultat, og det kan jeg jo dog ikke. Under disse Omstændigheder vil du skønne, at jeg har ondt ved at holde Dig paa Askov for Tiden. Dog vil jeg bede Dig lade mig vide, hvor langt Opholdet der skulde være, og hvad Du tror, at det vil koste; det kan jo være, at der kan skaffes Udvej, om end ikke paa anden Maade end ved Hjælp af Muk, som har stillet sin Sparekassebog til Disposition. Der vilde jo forsaavidt være nogen Rimelighed deri, som hun baade har kostet og vil koste mere end nogen af de andre Børn hidtil har kostet. Lad mig nu det vide til København – Gothersgade 129 – 1 - inden ret længe. – Vil Du hilse Onkel Syberg, at hans Hest har det vel og synes at trives. Slagteriet har havt Bud efter den, hvad vistnok Petersen har foranlediget, ved, inden jeg fik talt med ham, at telefonere derind. Vi lod selvfølgelig Posten [det forrige ord svært læseligt] afgaa uden Hest. Han talte om, at Syberg ønskede Hesten derud en halv Snes Dage, før han kom hjem. Det vil jeg dog fraraade, den har det bedst her, hvor den staar i Ro, og bliver den ikke fed, faar den dog ved Siden af Græsset saa meget Majs, at den nok kan trives. Idag rejser jeg til København; Tanmis gjorde mig lidt Vrøvl med Værelset, men rettede det igen. Paa Torsdag rejser Be med Jeppe og tager Muk med, og paa Søndag Dede, saa er her kun B.P., Pal og Moder tilbage, og hun rejser som Du ved senere til Veirup. Idag truer det med at ville regne. Folk har omtrent overalt ophøstet, og Mogensen har kørt al sin Roebyg ind. Hvis Vejret vilde holde sig, venter han at have indhøstet paa Mandag, men saa stor har Tørken været, at næsten alle trods Høsten ønsker Regn. Selv paa Engen kan Græsset ikke gro, og den bedste Del af min store Eng er ganske gul og vissen, endda der ikke har været Kreaturer paa den, siden den blev slaaet. Jeg besøgte i forrige Uge Vittrups i Følge med Pastor Hansen. Fru V. spurgte flittigt til Dig og bad mig hilse Dig. Jeg var ikke fri for at prostituere baade Dig og mig, da hun begyndte at tale om sin Veninde Astrid, ved at spørge hende, hvorfra hun egentlig kendte dig; jeg tænkte i Øjeblikket slet ikke paa Ølstedgaard. Hun gjorde naturligvis store Øjne og fortalte, at Du ofte havde bragt Hilsener hjemme fra. Forleden Aften var vi alle – Dora og Munter samt Jeppe indbefattede – i Egelund og nøde der Middagsmaden, bestaaende af Suppe, haardkogte Æg og Smørrebrød samt Solbærsaft og Rom, hvilke 2 sidste Stoffer blev blandede sammen. Ladersen gjorde en uendelig Række af Forsøg, inden han fandt det rette Forhold.
+Med mange Hilsener til Jer alle 3.
+Din F.</t>
+  </si>
+  <si>
+    <t>1913-04-12</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Wilhelmine Berg
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Bodild Holstein
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>"det bliver sikkert sidste Gang, mens jeg selv har Lejlighed": Laura Warberg var reelt uden egen bolig i en periode 1913-1914 og boede familiemedlemmer på skift. I 1914 stod et hus, som Alhed og Johannes Larsen lod bygge til hende i Kerteminde klar, og hun flyttede ind i det maj 1914 sammen med datteren Ellen og barnebarnet Grethe. De kom kun til at bo i dette hus i få år.
+Se på lejlighed med "Tante": Johanne Caspersen (Laura Warbergs søster) og hendes mand flyttede fra Langeland til København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2623</t>
+  </si>
+  <si>
+    <t>Laura Warberg har det lidt bedre, men hun bliver let træt i hovedet. Hun spørger, om Astrid kan komme og være hos hende nogle dage. 
+Christine Swane/Uglen venter barn, men hun vil vist ikke tale om det. 
+Laura Warberg har inviteret Brønsted-familien/Magisterens til frokost, og det bliver nok sidste gang, mens hun selv har en lejlighed. I juni skal hun til Kerteminde og bo på gavlværelset. Hun skal være en del hos Christine, da der altid er meget uroligt i Alhed og Johannes Larsens hus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpAe</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempler]
+[I brevet:]
+Søndag Eftermiddag.
+Kære Astrid!
+Jeg er mutters ene hjemme, Nete og Putte er i Birkerød fra 3 Toget, jeg vilde ikke med da der altid er saa mange fremmede om Søndagene, og nu vil jeg passe godt paa mit Hoved, jeg har haft det bedre de sidste 3 Dage, men ganske vist, jeg bestiller ingenting bare skrive 3 Breve ad Gangen, saa kan jeg mærke det. Jeg gad vide, om Du skulde kunne indrette Dig paa at være her 2-3 Dage efter 1ste Maj, fra Nete rejser og til jeg tager til Charlottenlund, ikke for at hjælpe med noget, heller ikke fordi jeg mere er bange for at være ene, men det kunde være saa grulig nostalgisk at have Dig, det er saa længe siden, Du var her ud over en Dag Tænk over det og lad mig vide, om jeg kan glæde mig dertil. Saa haaber jeg at være helt rask, saa vi kan ture lidt sammen. 
+Veed Du at Uglen venter en lille og er indskreven paa Fredb. Fødehjem, hun glæder sig nok noget dertil de har det vist bedre økonomisk; er flyttet til Christianshavn, foreløbig i en ganske lille Lejlighed. Men hun vil vist ikke have talt derom, jeg hørte det i Aftes hos Dr. Holstein. 
+Ellers intet nyt. Jeg har bedt hele Magisterfamilien til Frokost paa Fredag – ikke Else – det bliver sikkert sidste Gang, mens jeg selv har Lejlighed. Jeg husker ikke i hvilken Maaned A. har Ferie og Du skulde være her med Børnene. I Juni skulde jeg være i Kerteminde, jeg vil bo paa Gavlværelset og have Morgen og Middag sammen med Christine for Betaling spise Aften hos Las’s. Har jeg fortalt Dig dette i Tirsdags? Det kan blive mere roligt for mig end i Alheds altid urolige Hus, der er bogstavelig aldrig en Dag til Ende uden Gæster. Alhed syntes ikke rigtig om denne Plan, vilde have mig til at spise Middag ogsaa der, men jeg vil nu paa den anden Maade og vil vist befinde mig udmærket derved. En del af Juli er Tante her og vi skal se paa Lejlighed Nu er der ikke mere at skrive om lille Putte.
+Kærlige Hilsener til Dig og de kære Smaa. Putte er vældig sød at læse med.
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>25. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tl7xCkbI</t>
+  </si>
+  <si>
+    <t>1920-09-22</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Langegade 76</t>
+  </si>
+  <si>
+    <t>Birkerød Kostskole</t>
+  </si>
+  <si>
+    <t>Torby er formodentlig Tårbystranden ved Odense Fjord. Området kaldes idag Tårup Strand.
+Johan/Lysse Larsens onkel kan have været Adolf Larsen eller Georg Larsen (Johannes Larsens brødre). Jens var formodentlig brevskriverens bror. 
+Det vides ikke, hvem Vinter var. 
+"Skedeanden" var muligvis en skeand og "pivanden" en pibeand.</t>
+  </si>
+  <si>
+    <t>Brevskriveren fortæller om flere jagtture og om en fælles kammerat, som er blevet smidt ud af jagtselskabet. Han selv er glad for at måtte låne prammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N2rx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+Birkerød Kostskole
+[På kuvertens bagside:]
+afs Ejner Frandsen Langegade 76
+[I brevet:]
+d-22-9-1920 den ["den" overstreget]
+Kære Lyse.
+Jeg vil lig fortælle dig hvordan det gaar med Jagten, du ved jo nok at Jagten gik en paa Harer i gaar, saa vi skulde gå pa ["pa" overstreget] til Torby om Morgenen, jeg var med min Broder og din Onkel deroppe Kl 1/2 6 men Græsset var saa vaadt saa vi fik ikke ret meget set igennem din Onkel fik 1 Hare og Jens 2 jeg fik ikke et eneste skud saa jeg skød ikke noget, og de skulde jo ogsaa tidlig hjem for Kl - 8 skulde de jo paa Klapjagt. Du ved jo nok at det var snakket om at Vinter skulde smides ud af Jagtselskapet og det er han ogsaa bleven nu, saa du kan tro at han er gal, han sagde den gang at han blev smidt ud at han nok skulde møde paa Klapjagten men det torde han aligevel ikke, men han sagde til mig at nu kunde de se om de fik saa meget Vildt som han havde faaet om Morgenen, men det tror jeg dog nok at de havde faaet de fik 14 Harer og 29 Høns og 1 Fasan og saa meget tror jeg nu ikke at Vinter har faaet. Den anden Dag da jeg kom hjem fra Arbejde saa jeg at Vinter kom med Bøssen, saa spurgte jeg hvor han skulde hen med saadan en fart men det vilde han ikke fortælle mig, men jeg Cyklede med et stykke hen af Vejen saa fortalte han mig at der sad en Skedeand nede ved Toldboden. Men lige saa snart jeg kom derhen saa jeg at det var en Pivand. Og han skød den lige med det samme, men den var ogsaa saa tam at han kunde gaa ["gaa" indsat over linjen] lige ned til den, jeg troede at det var en af din Faders men Puf sagde at de var der begge to, saa vi skulde tro at det var en syg. 
+Jeg var i Fjorden i Gaar men der var ingen ting, men i Dag vel ["vel" overstreget] er der en god Storm af Syd Øst saa der kommer nok Gæs Vinter sagde at han havde telefoneret efter dem saa de kommer nok. Jeg var ude at gid Prammen en Omgang Blokfernis den anden Dag og den har ogsaa faaet Maling saa du kan tro at den er tæt. jeg ["jeg" overstreget] Du kan tro at jeg er glad ved at jeg har faaet lov til at laane Prammen ellers kunde jeg næsten ikke komme nogen Steder. nu har jeg ikke mere at fortælle dig denne gang.
+Mang Hilsne fra Basse</t>
+  </si>
+  <si>
+    <t>1909-01</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Anders Frandsen
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Sophus  Meyer
+Elias Muus
+Ditlev Nielsen
+Johan  Norden
+Ole Poulsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvilken møller, der refereres til.</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen er i bedring og kommer med gode råd og arbejdsopgaver fra sygesengen. Det er svært at finde penge til at betale for indlæggelsen. Bagerlejligheden, i Langegade 48, er udlejet fra d. 1.2.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sQ8y</t>
+  </si>
+  <si>
+    <t>Bennediktsgade No 3
+Kjære Las!
+Rigtignok har jeg skrevet engang idag ned til Georg med Bless; men nu kom Faer i Tanke om i Eftermiddag, Georg havde nemlig skreven, at de kunde tage et Komfur hos Muus; men er det ikke gjort, saa skal det kjøbes paa Jernstøberiet, til dem, har Faer nemlig solgt en Klippemaskine for 15 Kr. baade Mejer og Norden veed hvor den staar, desuden kan Pladerne af det gamle komfur medbringes, saa kan det vel omtrent dække Betalingen af et nyt.
+Til den Dør Georg skrev om, og Døren i Gaarden og Kjælderlem er der [Flyolle] i Svinestien, Frandsen er vist ikke at faa, saa mener Fader at I maaske kan faa Ditlev Nielsen.
+Saa var der ogsaa det, om Agraren kan tage et Bundt Hø ud paa Feden, om ikke Poulsen vil kjøbe 2 Kr. 100 [pund] det er storartet som det har livet ham op, at I fik den Bagerlejlighed anbragt, nu er der da Penge at faa den 1 Februar til at betale Møllerens med, og jeg maa vel ogsaa have nogen til den Tid, de begynder vel snart at purre fra Kontoret –
+Da jeg kom paa Sygehuset i Eftermiddag gik jeg ind hos Søster for at høre hvad Lægerne sagde
+Da de tog Forbindingen af Faer, og lagde en ny paa, det var saa godt som det kunde være sagde hun, og det er jo ikke umuligt at det gaar langt hurtigere med Helbredelsen; men det kan de jo tale med Overlægen om, naar der er gaaet nogle Dage, - de kjærligste Hilsener til alle baade Store og Smaa
+fra Eders glade Moer</t>
+  </si>
+  <si>
+    <t>17. sep. 1925</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Jens Daugaard-Jensen
+Kristian Hansen
+Christen Hauge
+- Hvalsøe
+- Knudsen Grønland
+Dan la Cour
+Eiler Lehn Schiøler
+Finn Salomonsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/9bhAnKJQ</t>
   </si>
   <si>
     <t>1904-09-25</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Charlottenlund
 Kastanievej 13</t>
   </si>
   <si>
     <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Thora  Branner
 Holger Drachmann
 Alfred Goldschmidt
 Jean Jensen
 Christine  Mackie
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne C. Larsen besøgte sin søster og dennes familie i Boston. 
 Den helligste højtid i jødedommen er yom kippur. Højtiden fejres hvert efterår og kaldes også forsoningsdagen, for det er forsoning, bøn og bod, der er helt centralt denne dag (Kilde: Internettet sept. 2023). 
@@ -2489,50 +2945,374 @@
 54 Coolidge Str.
 Brookline (Boston)
 Mass.
 U.S.A.
 [Skrevet på kuvertens bagside:]
 A Goldschmidt
 Kastanievej 13
 Charlottenlund
 Dette brev er altså 101 år glt.
 [I brevet:]
 Kastanievej 13
 25 Sept Søndag 1904
 Kæreste Junge! Herren give mig Kraft og Styrke til i al Evighed (så længe Du er i Amerika) at skrive til Dig hver Uge – samt at indse Fornuften og det menneskekærlige samt tillige det behagelige i at gøre det. Amen. For Junge – ikke sandt – selv om det ikke altid er epokegørende Ting, Du får at vide – så er et lille Brev dog altid en Art Forbindelse – en Vedligeholdelse af noget, som bør holdes vedlige. – Jeg sendte Dig i Mandags et Kort fra Helsingborg, men der stod jo ingenting om vores gode Tur, hvor vi oplevede både godt og sørgeligt. Godt derved, at Vejret var bedårende – varmt og klart – rigtig Høstvejr – Nøddeturvejr – ahe – og derved at vi var i ligeså strålende Humør, som Solen, der skinnede hele Dagen over vore Hoveder; det var jo også extra Fridag – Jomkipursdag – Jødernes store Forsoningsdag – og vi nød ordentlig at være ude på en Dagligdag - / så går man dog anderledes i Fred allevegne – i Fred med sin egen Fest uforstyrret i Hjertet. Vi tog jo først (om Morgenen) op til Snedkersten for efter Bestemmelsen at besøge gl. Jean – vi fandt også Vejen gennem den lille By – ud til Damehjemmet – jeg var meget opstemt ved Tanken om, hvor glad gl. Jean vilde blive – og jeg gik på Vejen derned og fortalte Alfred om hende – og om Bobby – sagde også – det var lige som, da vi stod ved Havelågen – at han skulde råbe dygtig højt. – Det var et stort smukt bygget Hus - ”i Stil ” – med en nydelig Have omkring – og det hele lå højt og lige ud til Øresund. Vi gik op ad en lille Stentrappe med Jerngelænder - og kom ind i en sirlig og ren lille Entre. På Dørene sad små hvide Visitkort med gamle Pigenavne på – en Dør blev åbnet på Klem og to gamle Frøkner kiggede ud; jeg gik derhen – hilste og sagde – ”Her bor vist en Frøken Jensen - med en lille Hund, der hedder Bobby”, - ”Jae -” hun trak sådan på det, at jeg strax udbrød – skuffet – ked af det – ”hun er måske ikke hjemme?” ”Joe – men – hun er død.” - Vi kom ind i hendes lille Stue, og hun fortalte os om det hele; Gl Jean blev dårlig en Mandag - førtes på Hospitalet om Torsdagen og døde Fredag Eftmd. den 22de Juli – for 2 Måneder siden! Led ikke – døde stille og var selv vel tilfreds med at dø; hun have bedt om, at Hunden måtte blive skudt, når hun var borte.
 Den gamle Dame fortalte om det alt sammen – ”og det er så underligt”, sagde hun, ”der bliver ved med at komme Breve – og vi har dog averteret det så tydeligt både i (og hun nævnte to små ubekendte Blade) vi skrev netop – ”forhenværende Lærerinde” – og rigtig kom der en Pakke fra denne Fru Warberg, som De måske kender?” 
 Ja, det var da min Mor.
 ”Ahe – så er De måske den yngste dernedefra? Dem har hun talt om så ofte”. - . 
 Pakken var nok Strømperne fra Mornine.
 Vi gik; men jeg var så underlig tilmode længe efter – tænk, at der lever så ensomme Mennesker! at deres Død først spørges flere Måneder efter – og vi har boet èn Times Vej fra hende hele Sommeren.
 Og det er trist at komme for sent, når det er så uigenkaldelig for sent, som her. Men hvem har Lov at sørge over dette – at et Menneske dør, som aldrig har levet? -
 Vi spadserede ad Strandvejen til Helsingør – en brillant Tur – Vejen løber jo lige ved Vandet hele Tiden. I Byen var der stor Fest – Børnehjælpsdag – alle Huse ikke blot flagsmykte, men helt bekranset af dejlige Blomsterguirlander. Vi gik længe rundt i de små sære Gader med de mange gamle Huse – var også inde på Apoteket – det berømte, (hvor så mange store Bøger er skrevet – af Drachmann – af ”Waldemar” (Ad[ulæselig]en og Hexeproces) o s v. Der var så meget gammelt derinde – og meget morsomt. 
 Til Kronborg gik vi da også – i Kasematterne – . Fandt så pludselig på at ville til Helsingborg – og tog med Færgen derover – det var også meget festligt. Atter til Danmark – med Toget til Snedkersten – hvorfra vi gik gennem Skove over Marker – plukkende Nødder med Lidenskab, skønt der kun var få tilbage efter Drengenes store Plyndringstog. 
 I Espergærde spiste vi en forsvarlig Bøf i det store Hotel – sad på en stor Veranda lige ud til Sundet - dejligt. Hjemme Kl 10 – trætte.
 Nu får Du ikke mèr i Aften – jeg skal ind og gratulere Tutte i Byen i Morgen. og se deres Lejlighed. På Mandag skal jeg nok skrive igen (om 8 Dage). Men hvis Du besvarer dette Brev (og det gør Du!) bliver det til Rosenvej 4 el. 2 – 9 – jeg kan skam ikke huske Nummeret. Vi flytter ind i første Uge af Oktober. Hils Mornine! Din Dis.
 [Skrevet på hovedet øverst på side 1:]
 Mange gode Hilsener fra Alfred.</t>
+  </si>
+  <si>
+    <t>1893-01-19</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Christian  Brandstrup
+Eline  Brandstrup
+Julie Brandt
+- C
+Alhed Larsen
+Hans Lorentzen
+Christine  Mackie
+Elisabeth R
+Johannes Rump
+- Rørdam, Fru
+- Thune</t>
+  </si>
+  <si>
+    <t>Haabet er Erikshaab, som var Warberg-søstrenes barndomshjem.
+Søstrene Christina, Alhed og Johanne f. Warberg boede sammen i en lejlighed i Waldemarsgade, København, på det tidspunkt, hvor brevet er skrevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2056</t>
+  </si>
+  <si>
+    <t>Johanne ønsker sin mor tillykke med fødselsdagen. 
+Det er meget koldt, og vandrørene er frosne, så Madam C må bære vand op til søstrene og Fru Rørdam. Det er hårdt for de fattige.
+Alhed har købt noget porcelæn for Rump, og han kom så besøg med blomster samt for at høre Tannhäuser. Rump og hans søster var tæt på at komme på besøg på Erikshaab i julen. 
+Loria, Brandt, Laders og Junge har været ude at gå på isen på Øresund i flot frostvejr. 
+De tre søstre bruger meget koks i den kolde tid, og prisen på koks er også steget - dette skal deres far lige vide.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y33E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor.
+Tusinde hjærtelige Lykønskninger til din Fødselsdag! Gid du i det nye Aar "længe leve
+i Fryd &amp;amp; Velstand sveve!"
+Jeg vilde nok ønske, at vi var paa Haabet i Morgen; det er nu andet Aar, at jeg ikke er hjemme på din Fødselsdag. - -
+Tak for Pølserne! de er storartede. Det er dog rent forfærdelig med den Kulde. Vi kan ikke faa Vand fra Hanen i Køkkenet; Vandrørene er frosne saa Madam C. maa hente alt det Vand vi og Rørdams skal bruge nede over nogle Gaarde inde fra - en Hestestald. Og Afløbet er selvfølgelig ogsaa frossent, saa hun maa bære alt ned. Det er frygtelig drøjt for hende. - Her er saa meget Nød i Kbh. siger man. De Stakler, der ingen Ting har, saa de maa sidde og fryse. Uh ha! -
+Alhed havde forleden købt noget Porcellain for Stud. Rump og han var oppe en Aften for at hente det; han kom med den Besked, at Stud. Lorentzen vilde komme næste Aften for at "høre Tannhäuser" - hvilket vi havde sagt til ham paa Rejsen - Næste Aften ringer det paa - jeg bli'r meget overrasket ved i Stedet for Loria at se Rump; han havde en dejlig Hyazint og 3 Tulipaner - i een Urtepotte - med til os; han sagde, at da han vidste, at Tannh. gik, kunde han ikke modstaa et lille Svip herop for at høre den. Var det ikke voldsom pænt af ham med Blomsterne? Senere kom Loria og efter en lille Smule Overtalelse blev Rump ogsaa til The; det er et mærkværdigt Menneske, lige midt i sine Examensdage at gaa ud 2 Aftner i Træk. Det gaar ham for Resten saa godt til hans Examen. Har vi fortalt, at han &amp;amp; hans Søster nær havde kommen cyclende til Erikshaab 2den Juledag under Paaskud af at spørge om Vej til Odense!! - I Søndags havde vi en aldeles storartet Tur. Chr &amp;amp; Alh. var i Vartov, mens jeg sørgede for Frokosten hjemme; efter at have ["efter at have" overstreget] da vi havde spist Frokost kom Loria herop og spurgte om vi vilde med ud en Tur i det dejlige Vejr; vi var selvfølgelig straks parate og lagde saa Vejen om ad Læssøegade for at faa Laders &amp;amp; Elisabeth R. med. Paa Vej derhen mødte vi imidlertid Laders og Rump, der var paa Vej til os for at faa os med paa en Tur. saa vandrede vi ned til Havnen og (bliv nu ikke bange, Mor, der var ikke Gnist af Fare) derfra ud paa Sundet; det var bidende koldt saa vi maatte løbe om Kap for at holde Varmen, men alligevel henrivende dejligt, kold, klar Frostluft, og saa den vældige hvide Isflade og Kbhn. i det fjerne - kan jeg næsten sige, for vi var næsten ude ved "Trekroner" Men Kl. var mange, saa vi måtte vende Næsen hjem. Vi gik i Land ved Pavillonen paa LangeLinie; hvor vi traf Onk. Chr &amp;amp; Tante Eline, der havde været ude at leje Lejlighed, fulgtes ad til Kongens Nytorv, hvor næsten hele Selskabet skiltes; vi 3 og Brandt (det er sandt hun var med på Turen) i en Sporvogn hvilket vi var nødt til for ikke at komme alt for sent hjem, hvilket vi for Resten alligevel gjorde; vi kom frygtelig angrende, men Frk Thune var da ikke Spor af vred. Vi spiser jo Kl 2 1/2 om Søndagen, så det kunde vi umuligt naa hjem til. -
+[Det følgende skrevet øverst side 1, på hovedet:]
+Hils Far og sig, at der er gaaet et voldsomt Hul i vores Coksbeholdning og at de har lagt 1,20 paa Tønden paa Grund af Kulden, saa det bliver muntert, naar vi skal købe igen. Nu skal jeg ind og spille og saa kan Chr. tage fat. -
+Endnu en Gang hjærtelig til Lykke og en varm Hilsen til alle fra din Junge</t>
+  </si>
+  <si>
+    <t>1898-01-23</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Berta Brandstrup
+Ebbe Brandstrup
+Mogens Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+Frederik Hendriksen
+Bernhard Hirschsprung
+Emma Hirschsprung
+Johanne  Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig januar - marts 1898 hos Berta og Ludvig Brandstrup i København for at modtage sang- og tegneundervisning. Hun gik dagligt tur med Brandstrup-parrets søn - formodentlig den ældste, Mogens.
+Johannes Larsen havde ærinder i København januar 1898, og han og Alhed mødtes dagligt der, indtil han 21. januar rejste hjem. 
+"Tordenskjoldsgade": Her boede Bernhard og Emma Hirschsprung. 
+Det kan ikke afgøres, hvem Hr. Møller var. Warberg og Larsen kendte mange med dette efternavn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2201</t>
+  </si>
+  <si>
+    <t>Tante Mis og andre bliver skuffede, hvis Laura Warberg ikke kommer på besøg, men hvis hun har vrøvl med sine fødder, er det jo undskyldning nok. 
+Alhed har det dejligt hos Berta og Ludvig Brandstrup. Deres lille dreng, som hun går tur med, er dejlig.
+Johannes og Alhed Larsen styrtede rundt, mens han var i København, og det er rart med lidt ro nu, hvor han er rejst hjem.
+Alhed har været til stor middag i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZDOA</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Jeg blev meget ked af det, da jeg i Aftes hørte, at Johanne ikke havde skreven til dig endnu hun havde lovet det aldeles bestemt, da jeg var hos hende i Fredags; jeg var der ogsaa et Svip i Torsdags, men det var lige i deres Middagstid, saa vi kunde ikke faa talt ordentlig om Din Rejse. De ville vist blive meget skuffede, hvis du ikke kommer, jeg talte ogsaa med Tante Mis og jeg kunde forstaa, at hun havde glædet sig meget til Dig, hun har jo selv den Idé, at der kan være saa meget at tale om. Men paa den anden Side synes jeg, at Du saa udmærket kan lade være, hvis Du stadig har ulyst til det, Dine Fødder ere jo Undskyldning nok - Men Johanne skriver jo nok herom. - Du kan tro, jeg har det yndig her hos Berta og Lud. Nu er der falden lidt mere Ro paa mig, siden Las er rejst, det var næsten ogsaa altfor galt, som vi fartede om fra Morgen til Aften Las saa ganske mat og ødelagt ud tilsidst. Din Fødselsdag spiste vi til Middag i "Bellevue" paa Hjørnet af Bregade og Langelinje vi drak en halv Fl. Rødvin til og Las udbragte Din Skaal. - I Aften skal Lud og Berta ud, saa gaar jeg ind til Hendriksder har jeg ikke været endnu. - Jeg sidder nu og venter paa Pan, hun skal med ud at køre med Drengen i Dag; han er saa dejlig, at det der en hel Fornøjelse at passe ham, han er ganske forbavsende rolig og fornuftig. -
+Jeg har været til Middag i Tordenskjoldsgade, siden jeg skrev sidst, det var i Onsdags, Berta havde Dit Brev med derhen. Las skulde netop ud til nogen, jeg ikke kendte den Aften. - De havde sagt, der var slet ingen, saa jeg kom som jeg gik og stod efter at g ["g" overstreget] have travet rundt hele Dagen. Men saa var der til min store Overraskelse 17-18 Personer, 5 Retter Mad og 3 Slags Vin. Jeg sad ved siden af Hr Møller, som Drak Glas med mig og bad mig hilse Far. -
+Det bliver nu morsomt, hvis Du kommer, berta vil gøre en lille Middag paa Dig. - Jeg længes snart efter rent Tøj jeg haaber I sender det til Lugge, jeg har ikke Plads til Kuffert. 
+1000 Hilsner Din Alhed
+Søndag</t>
+  </si>
+  <si>
+    <t>1912-03-03</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Laust Jensen
+Alhed Larsen
+Johanne Christine Larsen
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Tornøes Hotel ligger i Kerteminde.
+Det kan ikke afgøres, hvilken Anna der er tale om, for Warberg-familien kendte mange af dette navn, og hendes forkortede efternavn lader sig ikke læse. Muligvis Anna Eckardt.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2079</t>
+  </si>
+  <si>
+    <t>Laura Warberg skal ses med sine døtre, til foredrag og koncert mm. Hun skal også til flere børnefødselsdage. Christine og Johanne skal spille koncert på Tornøes Hotel. Laura Warbergs ben er bedre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hX80</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[I brevet:]
+Søndag d: 3de Marts.
+Kære Astrid!
+Jeg havde Besvær med at faa en Krave, der passede, de var næsten udsolgte. Denne kostede 1.-35-, jeg tog to Halsstrimler ogsaa, Kan Du ikke bruge dem, kan Du jo faa Penge for dem hos mig, naar vi ses; 40 Øre. – Paa Fredag kommer vist Elle, hun skrev i Gaar, at d:6te skal de have nogle fremmede saa rejser hun med Alhed til Odense Dagen efter, bliver vist hos Syberg til Fredag og saa til Thora. Bare nu Madame vilde staa ved sin Indbydelse, og have Elle den halve Tid, saa hun kunde faa nogle gratis Fornøjelser der; Hun skal være i Kerteminde igen d:24de da Christine giver en Koncert paa Tornøe assisteret af Laust Jensen og Junge 2 Klaverer: Tro mig saa har de travlt med at øve sig. Mon det nu bliver klar med Din Rejse til Kertem. en Gang i April saa Du kan være med d:12? Noget bliver der nu nok, Thora vil da derover. Jeg vil boe i det store Værelse nede i den røde Gaard, saa Du kan boe hos Alhed. Men nu sès Junge en Gang fra første Færge til sidste. Holder Alhed ikke af at see mig der, saa lad mig vide, hvad vi kan, naar hun er i Kbh. I næste Uge er jeg optaget de tre første Dage, Mandag Daisys Fødselsdag, Tirsdag har jeg bedt Anna [ulæseligt ord], Onsdag i Birkerød, Torsdag et Foredrag, Fredag kommer altsaa Elle, men denne Dag kunde jeg jo nok alligevel, ellers maa det vente til næste Uge. Pokkers saa optaget man er! Naa men saa bliver det lysere om Morgenen, det er ogsaa en Fordel! Men jeg ser nu, at Færgen ikke gaar før 7.30, er det rigtigt? Tidligere var det da før? Hvad mener Du om jeg tog Broderiet til Skamlen med over og vi fik en derovre og jeg lavede den i Stand den Dag?? Du kunde ikke lide en S[ulæseligt]skammel, saa kunde jeg bruge af det Klæde af Dit, jeg fik alligevel ikke Pelskaaben gjort i Stand og saa kunde Du godt faa Resten til din Kjole? Det var vel lettere end at føre en færdig Skammel gennem Tolden? Jeg har det nu bedre i Benet, har de tre sidste Dage gaaet en ordentlig Tur, til Langelinie. I Dag skal jeg til Palækoncert, og derfra til Vanløse; jeg ringede derud for at gratulere lille Frits, og Thora sagde jeg maatte endelig komme i Aften. Ellers intet nyt! Kærlige Hilsener til Dig og Børnene.
+Bedstemor.
+Her er mange Spørgsmaal at besvare!</t>
+  </si>
+  <si>
+    <t>1915-01-27</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+- Fibiger, Frøken
+- Hjort
+- Holstein, Frk.
+Grethe Jungstedt
+Camilla Kattrup
+Rasmus Kattrup
+Charlotte Knipschildt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Ellen  Sawyer
+Hempel Syberg
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg fejrede sin 60års fødselsdag med ca. 30 gæster 20. januar 1915. I samme måned holdt man Grethe Jungstedt 15års fødselsdag. Forberedelserne samt festerne er omtalt i flere breve fra perioden. 
+Tante kan både være Wilhelmine Berg og Johanne Caspersen.
+De to omtalte bøger kendes ikke (navnene er svært læselige og kan være forkert afskrevet). 
+Det vides ikke, hvem Frits Knipschildt er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3768</t>
+  </si>
+  <si>
+    <t>Der er meget selskabelighed.
+Festen var vidunderlig, og alle gæster var glade for den. Laura Warberg skriver hver dag takkebreve.
+Grethe Jungstedt fik gode gaver.
+Laura Warberg læser med Erik.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n0pe</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant øverst s. 1:]
+1915?
+[Skrevet med blæk:]
+Kerteminde d: 27_de_
+Kære lille Muk! Det er en stor Skam, jeg har glemt Dit Slør lige til nu. - I Morgen 3_20_ rejser Christine for et Par Dage ind til Fr. Holstein og Eli. - Las's er i Dag bedt til Middag hos Pastor [ulæseligt]; i Morgen Aften har vi Spilleklub med drengene; Alhed vist med, Las paa Lundsgaard. Det var en vidunderlig Fest! Alle vi taler med og hører fra begejstrede! Allerede Lørdag fik jeg Takkekort fra Charlotte; de levede i Minderne om den dejlige Fest! I Dag blev Las's og Elle pr. Telefon bedt til Hjorts ved Langesø, Frits Knipschildt er der, men de kunde altsaa ikke, Fru Hjort sagde, at Kattrups havde moret sig saa storartet her! 
+Tante blev til Mandag og var rask. Jeg har moret mig mere end en Gang ved at læse Langemann; hvor er dog Tipperary morsom! Mon jeg dog takkede Madien eftertrykkeligt nok! Jeg har en Følelse af, at mine Taksigelser har været saa ufuldkomne! Jeg skriver og skriver hver Dag; er snart færdig med alle Takkebreve. Jeg har haft det udmærket hele Tiden, er i Gaar begyndt at gaae Tur, skjøndt Knuden paa Benet ikke er helt væk, men generer mig ikke. Grethe fik af Ville Fibiger 2 Kr. og en nydelig Naal med 3 smaa Stene; Tante vil sende hende en Manicureæske. - Nu læser jeg [ulæseligt ord] med Erik og han gør sig glimrende Umage med alt; han spiser Middag her. - Hvor Dagene længes dejligt! Nu bare den korte Februar, saa gaaer det mod Foraaret. - Putte forkølede sig desværre og har ligget til i Gaar. Naar Thora er rask, skal hun lidt til Syberg alene; vi glæder os til hende. Du skal snart faae Kejserdrammen sendt; Elle og jeg læser den med stor Interesse. - Johanne har det godt. - Et Par Breve skal skrives og bringes hen til 3_20_, altsaa Farvel lille Muk! Hils alle de søde Børn! Ogsaa Telegrammerne har jeg nydt om igen. Alt var langt over mine dristigste Forventninger!
+Kærlige Hilsener
+Mor.</t>
+  </si>
+  <si>
+    <t>1937-05-12</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+Viktor Jensen
+Mary Warberg Larsen
+Per Warberg Larsen</t>
+  </si>
+  <si>
+    <t>"Viktors" må være forældre til Mary Jensen, som i 1937 eller 1938 skulle giftes med Johanne og Adolph Larsens søn, Erik/Tinge Warberg Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2677</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen har en dårlig arm og skriver kun kort tillykke.
+Erik og Marys bryllup bliver holdt hos brudens forældre, fordi Johanne ikke kan finde kogekone og ikke selv magter at lave maden. Johanne havde ønsket at holde festen hjemme på den dejlige gård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SxL0</t>
+  </si>
+  <si>
+    <t>d. 12te Maj 1937.
+Kære søde Lugge!
+Det sædv. lange Fødselsdagsbrev udebliver i Aar og bliver næppe mer end 2 Ord (Posten) Forsinkelsen skyldes den forb. Haand og Arm; i Dag nogenlunde.
+Tusind Gange tillykke til i Dag og til Aaret - hvor lidt, vi ved om, hvad sådan et Aar vil bringe. Gid det maa blive noget godt for dig selv og for alle dine mange - store og smaa.
+Bryllupsgildet bliver alligevel ikke her - det var jo nu Viktors, som "gav" det og nu er det henlagt til dem. Jeg har ikke kunnet opdrive en Kogekone og tør ikke løbe Risikoen med Armen, som stadig ulmer og som jeg er vis paa vilde præstere Anfald, hvis jeg sel[v] skulde lave Maden og så ["så" indsat over linjen] stod vi der. Men mit Hjerte bløder over ikke at faa Lov til at lave til Fest her i den gamle Gaard i de skønne Omgivelser - - Jeg gasser mig allerede med Mary som er elskelig og passede mig så godt nu i sidste Anfald.
+Tusind Hilsner til dig og alle Din Junge. 
+[Indsat i venstre margen, lodret:]
+Viktor Jensen, Langegade 81.</t>
+  </si>
+  <si>
+    <t>1938-02-11</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Else Birgitte Brønsted
+Grete Brønsted
+Hans Brønsted
+- Howitz
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Christine  Mackie
+Elisabeth Mackie
+Elisabeth Neckelmann
+Marie Neckelmann
+Hubert Paulsen
+Karl Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Tim var. 
+Motbok var et svensk system, som fungerede fra 1914 til 1955 til regulering af og kontrol med spiritusindkøb. Hver uberygtet mand over 25 år med fast bopæl kunne, hvis han ikke havde vist tegn på alkoholproblemer, få en motbok, der gav ham ret til at købe 3 l brændevin om måneden. Hvis forbruget gav anledning til problemer, kunne rationen reduceres eller helt bortfalde. (Lex.dk).
+Howitz var muligvis dr. Howitz. 
+Grete Bjerregaard kan ikke umiddelbart identificeres.</t>
+  </si>
+  <si>
+    <t>Elena og Jens Larsen har været hos Brønsted/Magisteren, hvor de mødtes med flere familiemedlemmer. Elisabeth Mackie har modtaget sangundervisning i Danmark og skal nu til Stockholm for at få mere uddannelse. Peter/Peder Brønsteds dreng, Hans, kastede sin kærlighed på Jens Larsen, og det kunne Jens ikke lide. 
+Da Elisaberh/Sisse Neckelmann var på tur med Jens, mødte de kongen, der kaldte drengen kæk. 
+Hubert Paulsen bygger hus i Ordrup. Elena og Johannes Larsen skal besøge Christine Swane/Uglen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nmeo</t>
+  </si>
+  <si>
+    <t>Torsd. 11-2-38
+Kære Lysse!
+Hvis det ikke var fordi du selv er en slem Sjisky til at skrive vilde min Samvittighed vist være noget anløbet, men det er den altsaa ikke nu. Petermanden er derimod flink og skal have et Kys for sit Brev. - I Aften har jeg den 1ste Friaften siden jeg kom og vi skal have os en hjemlig Bridge. Jens og jeg er lige hjemkommet fra Magisterens, hvor vi drak Chokolade med Mudi, Bes, Lumme &amp;amp; Tim ["&amp;amp; Tim" indsat over linjen], Grete &amp;amp; Søn, Mornine og Datter, der lige er hjemvendt fra et 2 Maaneders Ophold i Åre. Til April tager hun Ophold i Stockholm for at tage sin Uddannelse der, her i Byen gaar det for langsomt; her har de været 1 1/2 Aar om at lære hende 3 Øvelser og vil endnu ikke lade hende synge Sange; nu vil det vise sig om Svenskerne kan faa hende til at kvinkelere i en Fart. Peders lille Dreng kastede sin Kærlighed paa Jens og klyngede sig til ham og grabbede paa ham til hans store Fortrydelse, han krængede Mund og var paa Hylepunktet; saadan en Barnerumpe var ikke noget for ham. Forresten har han talt med hans Maj. Kongen af Danmark i Dag. Han var ude paa Langelinie i Sisses Vogn og holdt ved Pavillonen; da Kongen kom forbi holdt han sin Hest an og sagde idet han bøjede sig ned mod ham: Det var en kæk Dreng. Sisse svulmede af Stolthed. - I Tirsdags havde vi en vellykket Aften med Farfar, Karl Schou og Hubert, Hubert kører os hjem i Kylles Bil, han har solgt sin egen fordi den stod foran en Hovedreparation; nu har han Mod paa en BMW, men Kapitalen mangler. Det er ikke godt for ham at være Vognløs især da han bygger i Ordrup. Vi skal ud og se hans Byggeri i Morgen, Mor og jeg. Det er sandt, kan du ikke sende mig Motboken i underskreven Stand, saa vi kan faa en Dram med os hjem? - I Gaar var Jens og jeg til Middag hos Grete Bjerregaard sammen med Howitz og paa Søndag skal vi sammen med Las ud til Uglen. Du kan se jeg ligger ikke paa den lade Side. - Mange Hilsner til jer begge fra Mosh.
+[Indsat s. 2 langs højre margen; lodret:] Altsaa Motboken med omg. Post.!!</t>
+  </si>
+  <si>
+    <t>1895-03-13</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10 Firenze</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10
+Genua
+Monte Carlo, Monaco</t>
+  </si>
+  <si>
+    <t>Herminia -
+Onklen -
+Zio -
+Vittoria Bacci
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Bernhard Hirschsprung
+Emma Hirschsprung
+Christine  Mackie
+Laurits Ring
+Alfred Rottbøll
+Adelheyde Syberg
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Munter er en hund på Warberg-familiens gård, Erikshåb.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Majolika: særlig type italiensk fajance, fremstillet siden slutningen af 1200-tallet i Toscana og Umbrien.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2121</t>
+  </si>
+  <si>
+    <t>Det er ved at være forår i Italien. Alhed skal snart hjem til Danmark. Hun glæder sig til at opleve forår to gange. Hun skal ud og lave afskedstegninger. Fortæller om udflugter og sammenkomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y0d0</t>
+  </si>
+  <si>
+    <t>13de Marts
+Piazza Donatello 10
+Kæreste Mor!
+Mange Tak for Dit sidste lange Brev, som jeg blev vældig glad ved. Det var jo en sørgelig Meddelelse med Muntermand og jeg skrev vist netop noget om ham i Faders Brev. Jeg gad vide, om I saa var paa Glorup, jeg sendte Brevet dertil, da du havde skrevet det i Dit forrige Brev. - - For en Timestid siden tog Lud og Berta af Sted paa en lille Rejse til Genua; de skulle der mødes med B’s Far og Søster Emma og rimeligvis være der sammen med dem nogle Dage. Saa tager ”Fader Bernhardt” til Monte Carlo en 3-4 Uger og Emma kommer med herned. Berta var henrykt naturligvis. – I Aftes fulgte vi Ring paa Banegaarden; han kommer vist desværre ikke gennem Odense alligevel, han havde ellers lovet at gaa op og hilse Christine fra mig, det havde ellers [overstreget: ellers] været forfærdelig morsomt. – Ring vil jeg savne umaadelig meget, vi spiste Frokost sammen hver Dag, han malede ogsaa paa Ufficierne. – Min Cape mangler jeg desværre ikke saa lidt paa endnu, det er et sent Stykke Arbejde. Nu skal jeg hænge vældig i disse Dage, mens de andre ere borte. – Nu lader det for alvor til, at Foraaret staar for Døren, Vejret er meget omskifteligt, men af og til have vi en dejlig Foraarsdag og vi plukke hver Dag en halv Snes Violer inde i Haven. – Naar det bliver rigtig smukt Vejr, vilde jeg gærne være færdig med min Cape. Lut mener ganske vist, at jeg lærer saa meget af det, at jeg strax skulde tage fat paa en til, men det tror jeg da ikke, jeg kan bekvemme mig til, jeg maa vist ud at lave nogle Afskedsbilleder. – Baade Konsulens og Baccis ville have mig op mens jeg er alene, men jeg har sagt nej Tak; jeg vil være flittig og skal desuden passe et Lerarbejde af Luds. Og kun spise og sove deroppe vil jeg dog ikke, naar jeg ellers skal være nede i Byen hele Dagen. - - I Aften skal jeg dog derop, det er Helligdag i Morgen [tilføjet over linjen: i Morgen] og vi skulle ned i "Cascelunerne" [det andet "c" i ordet tilføjet over linjen] at se Prinserevy, ogsaa Zioen Fru Pelle og Beckett. Det er ikke umuligt, at jeg kan komme til at rejse hjem sammen med Becket, han rejser rimeligvis sidst i April; vi talte om det i Gaar, han vil ogsaa gærne have Selskab. - - Han var her i Aftes til en lille Afskedsmiddag for Ring: udmærket Suppe, Æggekage, Lammesteg [overstreget: steg] Kotteletter med Kompot, Ost og Frugt. Vi havde - - - her kom Fru Bacci, nu kan jeg ikke huske hvad jeg begyndte paa. Det sinkede [tilføjet over linjen: sinkede] mig for Resten, nu kan jeg desværre ikke naa at faa Brevet af Sted, saa bliver det nok først i Overmorgen.
+Næste Dag. Jeg er kommen tidlig hjem, jeg kunde se, det kunde lade sig gøre at naa at faa Brevet af Sted i Dag, og saa syntes jeg det var en Skam ikke at gøre det. – Der er omtrent en Time, der kan da naas en Del i den Tid. – Revyen var for Resten sjov; det blev mod al Forventning straalende Vejr, saa det hele tog sig brillant ud. De italienske Militær er nu meget smukke, deres Dragter meget smagfuldere end vore. Der er et lille morsomt, kaldet ”Berseilli creme” [spørgsmålstegn over begge ord]; deres Dragter ere meget fixe, særlig deres Hatte [tegning] der sidde strærkt paa ”Snur” og ere prydede med en mægtig Dusk Hanefjer. De ere vældig raske og kvikke og uddannes særlig til Løb. – Efter ”Revista”en gik vi lidt længere ud, hvor der slet ingen Mennesker var, for at opsøge os et rart Sted at spise Frokost paa. (”Kasjinerne”(udtales således) er et Slags Langelinie for Florentinerne; de strække sig langs Arnoen et Stykke udenfor Byen. Der er hver Eftermiddag Promenade af alle de fine Florentinere, mange i pragtfulde Ekvipager, samt Musik paa en stor aaben Plads. Længere ude er der fuldstændig landligt og henrivende smukt. Der er lange Alleer, Strækninger af Skov, og dejlige Enge.) Vi fandt et herligt Sted til Frokosten, en lille solbeskinnet Eng, der var saa fuld af smaa Krokus, at det lignede et Tæppe, aldeles som naar Skovbunden hjemme er fuld af Anemoner, kun at Tæppet her var lyseblaat! Det var et bedaarende Syn. Jeg plukkede naturligvis en Masse og besluttede at sende en Hattefuld hjem; men jeg kan se, de ere altfor sarte, sender her en Prøve. Er den ikke henrivende. efter [overstreget: efter] Frokosten, som [overstreget: som] var udmærket, Fru B. førte Kød og Vin og Fru Pelle og jeg Sardiner Brød og Kager. – Hvor vi nød Tilværelsen derude, Solen skinnede, Fuglene sang og alting duftede af Foraar. Vi lærte dem at lege Enke, det morede dem kosteligt, Majoren (der er bleven Oberst) er en gammel Knop til at løbe, han og jeg var sammen hele Tiden, vi opnaaede ”Sølvbryllup” mens alle de andre skiftedes til at være Enke. Pigen Erminia er storartet paa en saadan Tur, hun bliver et andet Menneske, naar hun kommer ud hvor der rigtig er landligt, helt vild af Henrykkelse. Saadan var hun ogsaa oppe i Acone. Hun og jeg havde spillet ”berde”, en Slags Filipine, der bestaar i at man stadig skal bære en lille grøn Gren hos sig, som man kan tage frem, naar den anden siger ”verde fruori” (= ”frem med den grønne”). Hun kom ind og skulde overrumple mig i Morges paa Sengen, men jeg halede den triumferende frem fra Hovedgærdet. [overstregede ord] – Lud og Ring snød med den Aften, de skulde lave. De gav den i Stedet inde i Byen, det var om Aftenen paa Faders Fødselsdag. Om Eftermiddagen havde vi været ude alle 4 at se en Majolikafabrik. Der opdagede vi et kønt Krus, men det var temmelig dyrt, 6 Lire, saa købte vi det i Forening og besluttede at kaste Lod om det. Det gjorde vi, da vi kom ind paa Restaurationen og jeg blev den heldige, der fik den lille Seddel, hvorpaa der stod ”Krus”. Jeg var henrykt og indviede det strax, saa Faders Skaal blev drukket standsmæssigt af den mægtige Pokal. Lud holdt en lille Tale. - - - Jeg skrev til Frk. Sperlings Fødselsdag og sendte hende de første Anemoner jeg har funden. – Du maa endelig hilse Tat Mimi mange Gange for hendes lange morsomme Brev. - -
+Have I Vinter E [udstreget: E] endnu? Jeg glæder mig saa forfædelig til at faa to Gange Foraar i Aar. Du ved ikke, hvor jeg nyder Tilværelsen i disse Dage meget, meget mere end i Fjor ved denne Tid. Den Gang var jeg saa tit gnaven og følte mig ensom og trist, i Aar nyder jeg det fuldt ud; og i Løbet af en 8 til 14 Dage bliver det hele jo endda meget smukkere, naar Mandeltræerne begynde at blomstre osv. – 
+_ Nu maa jeg desværre slutte, jeg venter mig næsten en lille overhaling over dette og de sidste korte Breve, samt at Du har ventet dette et Par Dage, men her har været saa meget Uro de sidste Dage. – Pengesagerne maa jeg vente med til næste Gang,nu [overstreget: nu] – Naa jeg maa slutte nu. 1000 kærlige Hilsner! Jeg kan ikke naa at læse igennem. – 
+Be
+14de Marts – 1895.</t>
   </si>
   <si>
     <t>1905-04-12</t>
   </si>
   <si>
     <t>Malmø</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Johan -, Erikshaab 1905
 Alfred Goldschmidt
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
 Christine  Mackie
 Otto Emil  Paludan
 - Petersen Bøgebjerg
 Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
 Harris Sawyer
 Hempel Syberg</t>
   </si>
   <si>
     <t>Christine Mackie, f. Warberg, boede med sin mand, William Mackie på 54 Coolidge Str., Brookline, Mass., USA. 
@@ -2566,416 +3346,251 @@
 Poststempel. 
 [I brevet:]
 St Pauli Kyrkogata 19, Malmø 12te April 1905
 Kære lille Junge! Der er lige en halvanden Timestid til, og jeg vil benytte den til at male et lille Brev op til Dig – trods det, at Du jo er så troløs – Du siger det selv – og lidt er der da også om det. Tak for Brevet, som jeg fik i Mandags; Du skriver deri om Sommervejret efter Snestormen – og om Turen i lys Kjole til Hilda. Jeg fik Brevet om Morgenen, før jeg endnu havde været ude – og tænkte ved mig selv – det er dog også Pokkers med de Amerikanere – og jeg tænkte frysende på Gårsdagens vilde Vintervejr og den frygtelige Tur fra Kjøbenhavn om Aftenen – selv Færgen vippede som en Nøddeskal i det brandsorte Sund; vi fik nok ingen Sommer så snart. – Det så rigtig nok forbavsende pænt ud – Vejret; og så travede jeg da ud for at prøve det. 
 I Guder! hvilken Tur! Aldrig i mine Dage har jeg troet at skulle opleve et sådant Omslag! Jeg gik min sædvanlige Tur ned til Vandet – stille – blikstille var det! ikke Forår – men Sommer – jeg gik helt ud i Strandkanten – ingen Mennesker – ingen Vej – blot Tang og hvide Stene – og Vandet var spejlblankt som på en hed Sommerdag! Mågerne – der ellers plejer at kredse skrigende om i Luften – de lå ganske stille nede på Vandet – pludrende fortroligt med hinanden – mens de velbehageligt solede deres hvide Fjer. Der var en Fred og Højtid over det hele Landskab – så stille og ensomt – en sand Fryd! så langt Øjet nåede så jeg ingen menneskelige Væsner – og langt ude så jeg, at Luften flimrede og dirrede af Varme! Jeg smed mig i den solvarme , knastørre Tang – åndede stærkt af den krydrede salte Luft – og lod mig ordentlig gennembage af den smilende Sols Stråler – mens jeg så ud over det [”det” indsat over linjen] blågrønne, klare Vand – med de hvide Måger – og – længere ude – de mange små hvide Sejlere - - og jeg tænkte med Undren på, hvor ganske anderledes det samme Vand havde set ud for få Timer siden – langt – langt kunde jeg se; der lå Saltholm – og længere borte Kjøbenhavn - hvis Bygninger og Tårne sløredes let af Røgen fra de mange Skorstene – og dèr – længere til venstre - Kongelunden; den lignede en lille blåviolet Sky i Horizonten.
 Men ingen Ord kan beskrive, hvad der var for en Tur; jeg kunde slet ikke løsrive mig – blev derude i mange Timer – snart gik jeg langs den yderste, stenede Bred – og snart lå jeg igen i Tangen. 
 Sådanne Timer er dog en hel Gave fra Himmelen; det er blot så fint for mig, at jeg aldrig kan få Alfred med – han sidder jo på den skide Fabrik hele Dagen – lige til 6 Aften (fra 8 Morgen) og så er han altfor træt til at gå. ---------
 Jeg fortalte vist sidst om de anmeldte Gæster? Næste Dag var det imidlertid en så forrygende Snestorm – et Hundevejr – at jeg halvvejs opgav ethvert Håb; men traf dog naturligvis alle Forberedelser.
 Nå – vi har April – og da jeg Kl 12 ½ drog uvis ned til Færgen, så skinnede Solen nok så fredeligt over tørre, hvide Gader; men en rasende Blæst og Kulde var det da. Joe – de var der – Las – Be – Mornine – Puf, men Gud, hvor så de søsyge og forfrosne ud! Men det lettede jo svært for dem, at komme på Landjord; vi drog alle løftede op gennem Byen, hvor Gæsterne hvert Øjeblik fandt Seværdigheder, som vi da nøje beså; lille Puf kom sig hurtig, han havde ellers været slemt søsyg – ligeså Be og Mornine. Så kom Alfred. og vi spiste - sultne – en Masse god Mad: jeg har altid Smørgåsbord med dansk Snaps o.m.a. – det fornøjer alle – kjøbenhavnske Gæster er skrupsultne efter Søturen, så det er en sand Fornøjelse at lave Mad til dem; heldigvis kan Mathilde klare alt nu, så jeg kan altid trygt gå til Færgen at modtage de ankommende. 
 – Det hele var yderst vellykket – de er alle så gouterende overfor Menagen her. 
 II) Alfred måtte jo desværre stikke af igen; han kom så ned til Færgen, da de rejste, for at sige Farvel.
 Lørdag og Søndag var vi i Kjøbenhavn – Alfreds Leipzigertur gik i Vasken – og med den min Erikshåbertur; det var kedelig nok, for nu kunde det lige have passet så godt. Senere vil det ikke være så let at lukke hele Lejligheden; med Pigen Mathilde kan det gå, for hun rejser så til sit Hjem i Åtorp, - men M. skal giftes og jeg får en ny Pige til Maj, og hun bor Fandenivold; og det er jo ikke rart at have et fremmed Væsen til at rode i èns Sager, mens man er væk. Jeg skrev til Pallam igår, at jeg alligevel ikke kom, og bad ham hilse d l J., at han da endelig måtte besøge os, hvis han kom til Kjøbenhavn i Påsken Det er ellers kedeligt, hvis Den lille Johan rejser fra Erikshaab, synes jeg; han er jo dog på en Måde Repræsentant for Warbergerne, ikke? Jeg havde glædet mig svært til et Ophold derovre – man hænger dog fast ved Stedet derovre – trods alle Marier. Vi spekulerer lidt på om muligt at leje os ind der i vor Sommerferie; men det skal helst falde sig lidt – helt på eget Initiativ gør vi det vist ikke. ---
 Jeg oplevede noget kunstigt i København; det var Søndag Eftermd - vi var af Alfreds tyske Onkel Adolph bleven sat Stævne på Jagtpavillionen, hvor vi skulde hilse på ham; mens vi sidder derude (Du ved nok – den på Langelinie) opdager jeg pludselig ved et Bord ovre ved det andet Vindue – Scott Sally! Jeg har aldrig set Manden. – men tør dog sværge på, at det var ham; han så præcis ud som på Billederne i Dit Album – den blonde Pandelok – de blå Øjne – bløde Træk – et skægløst Ansigt – en ganske ubestemmelig Alder; måske var han bleven lidt fyldigere; Selskabet så meget pænt ud – en smuk og naturlig ung Dame og et Par Herrer. Sc.S. var elegant klædt; - jeg mindedes så besynderlig klart hele den Tid for længe siden, da det Menneske kom og bragte så stor (og gavnlig) Revache i Familien hjemme. 
 II b) Der var et større Selskab om Onkel Adolph så jeg kunde rolig give mig mine Betragtninger i Vold; og mens jeg sådan sad og lod hele den Tid passere Revue for mine Tanker – så faldt mine Øjne Gang efter Gang – helt uvilkårligt på Manden derhenne, som på samme Tid var Udgangspunkt og Bindeled for alle mine Tanker: Men naturligvis kunde jeg ikke stirre sådan på ham, uden at han mærkede det, og hvert Øjeblik måtte jeg da – befippet trække Øjnene til mig, når de havde mødt hans undersøgende Blik. – Hvem vèd – måske mindedes også han - halv ubestemt – om en Fortid – der mulig allerede er fjern og tåget for ham; vi to skal jo ligne hinanden en Del. 
 Ja, det var det hele, der hændte; men det berørte mig så ejendommeligt.
 -. Store Sager oplevede vi ellers ikke i Kjøbenhavn; Lørdag Aften var vi med Las og Be i Circusvarieté; de for at se Brydere, vi for at dyrke dem; midt på Aftenen opdager Las pludselig til sin usigelige Forbavselse – Doktor Petersen på en af Rækkerne foran os. Nu bar Las en Kasket, som Dr P. har foræret ham – men siden fortrudt heftigt – han taler ofte om, hvor synd det i Grunden var, at han forærede Las den; vi giver Kasketten til Kellneren – anviser ham Dr P. og neder ham aflevere Huen med den Besked: Kender De dèn?” Kellneren griner lidt uforstående – et Øjeblik efter kommer Dr P. – smilende – hilsende. –
 Om Søndagen var jeg ude at se til Tutte; det lille Skind, der skal ligge så længe. Ungen trives brilliant ved sin Flaske – hun er uvirkelig overordentlig smuk.
 Om Aftenen tog vi hjem – og som sagt i et rædsomt Vejr. Jeg skal først stiv som en Pind nede i Salonen med en Pude i Nakken. Efter en halv Times Forløb måtte jeg styrte ind i Toiletrummet – puha – en kvælende Hede – samt – over Vandfadene – for mig brækkende Damer. Jeg formelig fløj tilbage – forbi Damerne i Salonen – der smilte mat – op ad Trappen – ud – i samme Øjeblik var jeg spil–rask – forblev Resten af Tiden i Sundhed på Dækket – men i vild Orkan og Hundekulde. 
 --- Nu må jeg slutte for i Dag – Alfred skal af Sted – har været hjemme til Middag. – Tænk, det var vist Eastmans Fødselsdag den 3die April – jeg husker det først i Dag. Hils dem begge og lille Grete!
 Selv hilses Du kraftigt fra Alfred og hans Kone.
 p.s. Mornine skal have udtalt et svagt Ønske om at rejse hjem før oprindelig bestemt – måske – Febr-Marts.
 [Skrevet på hovedet øverst side 1:]
 Det er Onkel Sybergs Fødselsdag i Dag.</t>
   </si>
   <si>
-    <t>1905-05-27</t>
-[...286 lines deleted...]
-  <si>
     <t>1911-01-16</t>
   </si>
   <si>
     <t>Kai Nielsen</t>
   </si>
   <si>
     <t>Mads Rasmussen</t>
   </si>
   <si>
     <t>Ludvig Mylius-Erichsen
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, mappe 28</t>
   </si>
   <si>
     <t>Kai Nielsen skriver til MR om nogle støbninger, de havde talt om skulle laves, men MR er ikke glad for den regning, han har modtaget fra gipseren. KN foreslår en ordning. Nævner også muligheden for, at han skal udføre et monument for Mylius-Erichsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/045L</t>
   </si>
   <si>
     <t>[påført med blyant_ 16/1? 1911]
 Hr: Fabrikant Mads Rasmussen
 Min Kone var ude en Dag for at træffe Dem, men De var bortrejst. Ventende at De maatte være kommet hjem sender jeg Dem dette Brev.
 Der skulde jo foretages nogle flere Støbninger, men da jeg har hørt at De var lidt pikeret over den Regning der blev sendt Dem af Gibseren har det været mig lidt pinligt at komme hjem med det selv. Det var naturligvis beklageligt at jeg til Dem angav for ringe en Pris, men jeg vidste ikke bedre. Selvfølgelig er Formene Deres. I den Forstand at De kan lade dem slaa i Stykker. Jeg har i Øjeblikket ikke Raad til at afkøbe Dem Formene ellers var det maaske en Ordning. Nogle mindre Arbejder faar jeg selv Form paa i en nær Fremtid saa faar De efter vor Aftale Afstøbninger og De betaler selvfølgelig kun Regningen paa disse, ikke paa Formen. Men som vi blev enige om kan jeg ikke betale Formene til større Arbejder. Nu er det lykkes mig at faa [Løv?] til at tage Afstøbning af den Figur der staar paa Galleriet. Nu vil jeg foreslaa Dem at Gibseren til Dem indsender et Tilbud. Hvis De saa faar støbt vilde jeg meget gerne hos dem købe en Afstøbning af Figuren. Formen kan de altsaa der som med de andre lade slaa i Stykker naar den er benyttet.
 Jeg fik forleden Dag Brev fra Zahrtmann angaaende Mylius Erichsen Monumentet som det er sandsynligt at jeg skal lave. Han skrev at han synes at Faaborg Musæum "var det bedste og nyttigste, det prægtigste" der var sket i Kunst herhjemme i mange Aar.
 En saadan Udtalelse er jo altid morsom.
 Med Hilsen til Deres Hustru og fra min Kone
 Deres hengivne Kai Nielsen
 [hul i papiret]gade 4.
 Saa snart Zartmann kommer hjem skal jeg se at faa ham til at sidde for mig.
 Jeg husker selvfølgelig mit Løfte til "Faaborg Musæum".
 [tilføjet med blyant: "Mindesten for Mylius Eriksen, Høeg Hagen og Jørgen Brønlund afsløret Decb. 1912."]</t>
   </si>
   <si>
-    <t>1912-03-03</t>
-[...11 lines deleted...]
-Alhed Larsen
+    <t>1920 årets anden halvdel</t>
+  </si>
+  <si>
+    <t>Langegade 50, Kerteminde
+Langegade 48, Kerteminde
+Hindsholmvej 10, Kerteminde
+Strandvejen 30, Kerteminde</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Wilhelmine Berg
+Victor Bøttern
+Kristine Hinke 
+Johan Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen må være på Birkerød Kostskole. Hans bror, Johan, blev student i foråret 1920, og han er tilsyneladende hjemme i Kerteminde. 
+Den røde Gård er købmandsgården, Langegade 50, Kerteminde . Herfra drev I.A. Larsen sin købmandsvirksomhed, og Johannes Larsen og hans søskende voksede op i huset.
+Langs Anlæget: Nedenfor Alhed og Johannes Larsens hus i Kerteminde findes (stadig) Kildeanlægget mod Hindsholmvej og Nordstranden. Larsen-parret overtog en grund lige ned til stranden. Denne hører stadig (2018) til Johannes Larsen Museet. 
+Bagerløkken: Victor Bøttern købte i foråret 1920 Bagergården, Langegade 48, Kerteminde, af Larsen. Bagerløkken lå bag denne ved Strandvejen. 
+"Parken": Alhed og Johannes Larsens have var og er meget stor. Man havde dueslag, og det er tænkeligt, at Johan Larsen er blevet sat til at skyde katte for at værne om Johannes Larsens kære vildfugle.</t>
+  </si>
+  <si>
+    <t>Larsen-familien har solgt den røde gård (købmandsgården) for 50.000 til Victor Bøttern, og ved et mageskifte har de fået en strimmel jord ved stranden. Her vil de bygge badehus og bådebro til drengenes både. Bøttern har til gengæld fået lidt jord ved Bagergården.
+Fru Hinke er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aqgF</t>
+  </si>
+  <si>
+    <t>Kære, søde Gamle!
+Jeg længes meget efter D [D overstreget] at høre fra Dig, min gamle Ven, jeg havde selv tænkt at skrive lidt flittig til Dig i Din Ensomhed, men det er ikke bleven til noget her har været saa forfærdeligt meget af alle Slags. Vi har i disse Dage solgt den røde Gaard til Bøttern for 50.0000 ja egentlig har vi faaet de 55000 idet de Omlavninger, som Salget af Bagergaarden førte med sig (Hestestald, Vognport, Vaskehus, Lokummer o.s.v.) bekoster han nu selv og det hele beløb sig til mindst 5000 – vi bød jo Gross. det først, da vi en Gang har lovet ham Forkøbsret til det, men han kunde jo ikke. – Saa vidt vi kan se faar vi, naar alle Laan er udbetalte, 27000 ind i Banken og af de Ejendomme vi beholder faar vi en aarlig Indtægt af 1800 ÷ Skatter og Reparationer, det ser jo helt pænt ud og er da til at overse. – 
+Saa har vi tillige Mageskiftet med Bøtterns, saa vi faar en Strimmel paa 5 Al. helt ud til Stranden, (langs Anlæget) hvor vi vil lægge Badehus og Bro til jeres Baade, kan det ikke blive glimrende? De faar til Gengæld en tilsvarende Strimmel af Bagerløkken, halv saa lang og dobbelt saa bred, altsaa c. 10 Al. – Er alt dette ikke interessant lille Gamle? Slutse [”Slutse” overstreget] Købekontrakten er underskreven i Dag. – Fru Hinke blev begravet i Gaar, Din Far og jeg fulgte. Tante Mis kom i Aftes. Patronen var her forleden til Aften. – Jeg viste i Gaar 3 Damer ud af Haven ”Parken” som de kaldte den for at undskylde sig. –
+Nu er der vist ikke flere Bulletiner! Lad mig endelig snart høre fra Dig. 1000 Hilsner fra Din Mor.
+Lysse arbejder med Duer og skyder Katte
+Torsdag</t>
+  </si>
+  <si>
+    <t>1898-02-12</t>
+  </si>
+  <si>
+    <t>Tordenskjoldsgade, København
+Langelinje, København</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Julie Brandt
+Louise Brønsted
+Frederik Gad Clement
+Peter Hansen
+Frederik Hendriksen
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Johanne Kampmann
+Marie Krøyer
 Johanne Christine Larsen
-Ellen  Sawyer
-[...26 lines deleted...]
-Her er mange Spørgsmaal at besvare!</t>
+Anton Lorenzen
+Frederik Lützhøft
+Hedevig Lützhøft
+Julius Paulsen
+Jens Rasmussen
+Karl Schou
+Marie Schou
+Andreas Peter Weis
+Kristian Zahrtmann
+Ernst Zeuthen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København bla. for at modtage sangtimer hos Hedevig Lützhøft (Mutter). 
+"Chr. A." = Johannes Larsens maleri Christian Andersen lader patroner. 
+Det vides ikke, hvem den omtalte Waldemar er. 
+Malersalen: Peter Hansen (P.) har en tid arbejdet på Det kongelige Teaters Malersal.
+Kinoptikon: et filmprojiceringsapparat udviklet af englænderen Birt Acres. Frem til engang i 1898 viste Vilhelm Pacht kinoptikon i en bygning på Rådhuspladsen i København. Der blev vist lignende film i Nationals Varieté på Vesterbrogade og i Odd Fellow Palæet.
+Razzia i byen, Røntgenske Straaler mm må være film, man kunne se.</t>
+  </si>
+  <si>
+    <t>Lidt om Johannes Larsens Christian Andersen lader patroner.
+Alhed har til selskab som xylograf Hendriksen. Malerne P.S. og Marie Krøyer var der, og Alhed kan bedst lide Marie Krøyer på afstand.
+Alhed har været syg og ikke været hos Mutter Lützhøft for at synge.
+Fru Hirschsprung har inviteret til levende billeder (Kinoptikon), men vejret blev dårligt, og de aflyste. 
+Alhed fortæller om Waldemar, som hun har oplevet til en fest, og som var en værre tørvetriller. 
+Marie Schou og Fru Kampmann er vrede på Alhed over, at hun besøger Hirschsprungs meget, men ikke dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zsTt</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Fordi jeg ikke har skreven til Dig i to Dage, skal Du ikke tro, at jeg aldrig mere vil skrive til Dig! – Tvertimod jeg vil til at være rigtig flink nu. Men jeg har ikke været rigtig rask i disse Dage, og derfor slet ikke oplagt til at skrive. – Det er fjollet, at den Forkølelse ikke snart kan gaa over men det er sandt, den er jo kronisk, skønt det Sludder tror jeg ikke paa. – Jeg har nok hele tre Breve at takke for og besvare denne Gang. Nu skal jeg se efter hvornaar Du begyndte paa Chr. A. – Du lagde det an d. 29nde Januar. – Det glæder mig meget, at det gaar saa godt med det. Kan Du nu fortælle mig, om P. synes godt om det. – Sidst jeg skrev til Dig, var nok i Onsdags, før vi skulde op i Tordenskjoldsgade til Emmas Fødselsdag. Clement var der og vi spillede Hasard, jeg vandt en Krone, jeg plejer ellers altid at tabe. Hos Hendriks gik det mig meget godt. Jeg havde Kontorchef Weiss til Bords og Anton Lorenzen til den anden Side, det var en livlig Plads. Krøjers var der ogsaa, Fru K. er nydelig; men helst lidt paa Afstand, og hun ser ikke elskværdig ud. Zahrtmann var der, jeg talte lidt med ham, han sagde om jer at I var et ”dejligt Folkefærd”. – Zeuthen var der ogsaa sikken et Bondeansigt, han har! Julius Poulsen kom der Afbud fra i sidste Øjeblik, han var bleven daarlig. – De andre, der var, kendte Du vist ikke. Gamle Hendrik drak et Glas med mig og raabte noget over Bordet, som, jeg ikke rigtig hørte, men jeg mente, det var noget med ”kære Minder”. Da jeg bagefter sad og spekulerede paa, hvilke Minder, jeg egentlig havde med gl. Hendrik, slog det mig, at han naturligvis havde sagt ”Kerteminde”. Han kunde ogsaa nok se ud til, at det var noget i den Retning. – Du vilde have at vide, hvad jeg svarede Dr. L., jeg svarede kun med et Enstavelsesord, om det var ja eller nej, ved jeg ikke da jeg ikke mere husker Spørgsmaalets Ordlyd. Jeg blev altfor befippet til at kunne svare mere. – Jeg har ikke set Mutter i 8 Dage og ikke Ungen [?] i over 14, men jeg haaber snart, jeg kan begynde igen. – Det er et modbydeligt vejr i Dag, Taage og Regn. – Fru Hirschsprung havde ellers inviteret Berta og mig og et Par andre til Frokost i Lange Linjes Pavillon i Dag og derefter til en Razzia i Byen til Kinoptikon, Røntgenske Straaler, Børneudrugning o.sv. lige saa meget vi kunde overkomme, men nu blev det daarlig Vejr. – I Morgen skulde Pan, Johanne Lugge og jeg ud til Frederiksborg til Th. Bredsdorff, bare det maatte blive godt Vejr, det kunde blive dejlig at være paa Landet en Dag. Jeg er snart ved at blive træt af dette Byliv, jeg er næsten aldrig i Ro. I Aften var vi alene hjemme, det var vist først 4de Gang i den Maaned, jeg har været her. – Jeg kunde for Resten ikke lide, hvad Du skrev om ”Woldemar”. Det er da ikke beundringsværdigt at være saadan en Tørpind, der bare sidder og æder uden at se til højre eller venstre. Saa maatte han hellere blive fra et Middagsselskab og gaa alene hen paa en Restauration. Det var ingen Fornøjelse at se paa ham, han havde hængende Øjne og Hovedfacon af den Slags, der ser ud som Hjærnen er skaaren bort. Hans Kæreste havde sikkert moret sig meget bedre, hvis han ikke havde været der. Hun er ellers meget livlig, men hun maatte sidde og hænge med ham ude i et Kabinet i Stedet for at danse og more sig med os andre. Hun blev ogsaa mere og mere gnaven, til sidst tog hun Anti[ulæseligt] og gik tidlig hjem. – Har Du endnu noget til overs for Woldemar? Fy skamme Dig, hvis Du har, jeg kan ikke lide saadan nogle tørre Theorier om at holde sin Mund. - - Nu har jeg ikke Tid til at skrive mere, kan Du hilse P. mange Gange fra mig. Jeg mødte Marie S. paa Gaden i Gaar, saa jeg vidste nok at han var rejst, hun havde lige været oppe paa Malersalen. Hun sagde, at hun havde været vred paa mig, fordi jeg aldrig kom derud, og hun paastod at det var hendes Alvor; hun og Fru Kampmann havde spadseret sammen forleden og skumlet sammen over at jeg gik helt op i Hirschsprunger. Men hvad skal jeg gøre, H’s beder mig altid, i Gar var jeg der igen til frokost. – Jeg længes ogsaa efter at komme ud til Marie og Schou, men jeg kan ikke overkomme mere end jeg har. – Nu Farvel! – Du maa ikke være vred, fordi jeg saalænge ikke har skreven. Nu skal jeg blive flink igen. 1000 kærlige Hilsner fra Din Alhed
+12 – 2 – 98</t>
+  </si>
+  <si>
+    <t>1885-05-06</t>
+  </si>
+  <si>
+    <t>Nyborg
+Halmstad Sweden</t>
+  </si>
+  <si>
+    <t>Johan Bless
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+J.C. Hostrup
+Adolph Larsen
+Jeppe Andreas Larsen
+Niels Mollerup</t>
+  </si>
+  <si>
+    <t>Den nye gård: muligvis er ombygningen af købmandsgården i Langegade 50 først helt færdig nu.
+"Vilhelm" og "Adolph" er to af I.A. Larsens skibe.
+Duder er Vilhelmine Larsens måde at stave til duer på.
+Udflyttergårdene: Møllegården, Andekjærgården, Pilegården og Damgården. (Erland Porsmose: Fritz Syberg - Kunsten, naturen, kærligheden. Gyldendal 2012)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ikke fået besøg og penge som lovet, fordi der har været problemer med levering af tømmer. I.A. Larsen har været i Nyborg for at få styr på tingene. Han skal huske at give besked om, hvornår Mollerup kommer og skrive, hvad han synes, han skal betale i husleje. Margrethe Eckardt skal besøge sine forældre på gården Høljeryd i Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QhX0</t>
+  </si>
+  <si>
+    <t>[Påtrykt]
+J.A. Larsen
+Kjerteminde [Håndskrevet:] den 6 mai 1885
+Kjæreste Johannes
+Igaar var Fader i Nyborg for at trøste den Mand der venter paa Tømmeret og see om varerne vare gode, allerede i dag Kl 9½ kom Kuf ”Vilhelm” tilsyne og er allerede i Nyborg. ”Adolph” ligger sejlklar og med denne gode Vind kan den snart naa Halmstad og med Guds Hjælp [markeret med tal og linje at ordene skal byttes rundt] alle Sorger slukkes, at Fader ingen Ubehageligheder skal have fordi det gaar over Tiden med Leveringen, see derfor kunde jeg ikke svare paa dit Brev jeg vidste godt at du ikke fik nogen af din Ønsker opfyldt mit Barn hverken at vi skulde give Møde eller Penge, du har heller ikke ventet det naar Du havde taget Fornuften til Hjælp men Hjærte og Fantasi eller Kjærlighed til Kunsten er løbet ad med Dig
+Fryd dig over alt hvad du seer husk saa meget Du kan men Ejendomsretten faar du lade de andre beholde en lille Tid endnu, bliv nu ikke altfor bedrøvet, eller tænk de kunde godt have sendt mig Penge – du kan tro der er saa meget jeg og Faer ogsaa ønskede at eje og at gjøre men det forbyder sig alt sammen selv i Øjeblikket.
+Med Hensyn til Spørgsmålet om Hr Mollerup saa har Fader og jeg idag paa vores Morgentour talt om at have ham her i Huset, naar han vil nøjes med det, som vi haer. 30 eller om Du synes 25 Kr maanedlig men ikke Vadsk Johannes for Pigen er ikke flink til Strygning og saadanne Herrer ere lidt vanskelige – med Lindtøjet synes du at 30 er det mest passende det kunde maaske undre ham om vi gjorde det altfor billig men Du har nu som sagt selv Lov til at vælge imellem de 2 Priser vil han komme saa sig mig endelig Tiden _hører Du _
+Gud ske Lov at Du er bedre, men jeg er endnu ikke rolig før jeg hører Du er heelt rask glem ikke at svare herpaa; Vi har det alle godt idag vajer Dannebrog for første Gang fra den nye Gaard. Bless har Bryllup og saa syntes jeg det var saa tomt at der ikke skulde flages for ham
+Adolph er ivrig med Høns og Duder de vil ikke lægge Æg og de har været ude at gjøre Opkøb med Andeæg der langt oppe i Udflyttergaardene, saa der er en Høne der ligger paa dem om de nu maa blive til Ællinger vil Du have Blousen af hvidt graat eller sort Tøj?
+Det var dejligt at Du hørte Hostrup men du fortæller mig ikke noget videre om den
+Touren du fortalte mig om den var lang saadan en Udflugt den kunde vel da skaffe Dig Søvn om Natten Johannes ja du skulde vist gaa dig træt for at sove 
+rimeligt er det at Skolen holder op før Pindsen saa vi har Dig til Helligdagene, Margrethe rejser ligefør Pinsen hjem mon dog Alfred skal naa at komme i land fortæl mig om Eckardt Stykker naaede at blive hængt op anden Gang jeg er bange de kom for seent sig mig dog hvad du synes om disse sidste, hvad er det du ikke kan lide paa de andre 2 Billeder; kunde han dog blot sælge oh vi beder for ham Nu er Kl. mange saa jeg maa rigtignok sige Farvel til dig min kjære elskede Johannes, Gud Fader bevare dig og give dit gode Helbred igjen saa du maa faa Kraft og Virkelyst i rigeligt Maal – Hils Alle
+Din inderlig hengivne Moder</t>
+  </si>
+  <si>
+    <t>1898-06-15</t>
+  </si>
+  <si>
+    <t>Svanninge
+Ullerslev</t>
+  </si>
+  <si>
+    <t>Aage Bertelsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Mur ved skænkestuen: Der var en skænkestue i tilknytning til Larsen-familiens købmandsgård i Langegade 50, Kerteminde, hvor de boede.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har skrevet otte breve og fortalt om brylluppet. Han nåede at komme med toget hjem efter brylluppet, og fra Ullerslev kørte han med en mand. Hjemme igen måtte han kravle over en mur for at komme ind.
+I eftermiddag har Johannes Larsen malet på guldregnen.
+Han har fået gratulationsbrev og regner med at få flere, som han vil tage med, når han skal ned og bo hos Alhed, hvilket han glæder sig til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5KSm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 Juni 1898.
+Min egen søde Kæreste Alhed.
+Jeg er nu næsten blød [af at] skrive, idet jeg neml[ig] har fabrikeret 8 forsk[ellige] Meddelelser om vort B[ryllup]. Tusind Tak for Dit B[rev i] Eftermiddag, jeg var ikke fri for at være lidt urolig for Dig i Aftes, hvad mig selv angaar saa naaede jeg lige akkurat at komme med Toget og da jeg kom til Ullerslev var jeg saa heldig at komme til at køre med en Mand med et Læs tomm[e] Sildekasser. Jeg var glad ved det da jeg nødig vilde have gaaet og jeg stak ham saa min sidste Krone i Drikkepenge. Det [var e]t dejligt Vejr at køre [i da] jeg kom hjem maatte [jeg k]ravle over et Par Gaa[noget af papiret mangler]g den Mur med Pæretræet uden for Skænkestuen. Jeg vaagnede tidlig i Morges og fik ikke rigtigt udsovet men efter at have rekreeret mig ved at stikke Tidsler i en 3 Timers Tid havde jeg det bedre og i Eftermiddag har jeg malet paa Guldregnen. Den er for Resten stærkt paa Retour [opd]agede jeg i Dag til min store Forbavselse der er allerede mange visne Blomster oven i Klaserne. Uglen lo af at vi skulde paa ”Oltidsmind[noget af papiret mangler] hun siger det er de [noget af papiret mangler] fortrædne Bønder [i] Svanninge. Jeg fik i [Dag] Graturlationsbrev fra lille Berthelsen, ”Svinninge? Kjerteminde” stod der uden paa, muligvis faar jeg nogle flere naar disse 8 Breve naar rundt, jeg skal saa tage dem alle sammen med ned til Dig, saa Du kan læse dem. Jeg er meget træt og søvnig, men jeg glæder mig ganske [for]færdelig meget til at komme ned og bo hos Dig og jeg skal nok møde saa snart [jeg] kan kan Du tro. Jeg [elsker] Dig meget højt og [noget af papiret mangler] forfærdelig meget [noget af papiret mangler] Dig. Fader har været i Odense i Dag. Moder beder mig hilse Dig at hun vil skrive til Dig i Morgen. Mange kærlige, allerkærligste Hilsner fra Din hengivne
+Johannes Larsen</t>
   </si>
   <si>
     <t>1912-05-27</t>
   </si>
   <si>
     <t>Laurentius Allerup
 August Bagge, Bogtrykker
 Alhed Marie Brønsted
 Else Birgitte Brønsted
 Louise Brønsted
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 - Holstein, Frk.
 Else Jensen
 Jens Jensen
 Johannes V. Jensen
 Villum Jensen
 Alhed Larsen
 Georg Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Anna Rosenørn
 Ellen  Sawyer
 Erik Warberg Larsen
@@ -2997,1077 +3612,462 @@
 Laura Warberg flytter ind i sin nye lejlighed 29. juni og spørger, om Astrid kan hjælpe. Alhed Larsen kan evt. passe børnene. 
 Alhed og Johannes Larsen har været på Næsseslottet sammen med Johannes V. Jensen. 
 Johannes Larsen skal til Frijsenborg og male dyr og skind. Alhed maler en buket tulipaner. 
 Grethe har det godt på Hvilan.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3A6Y</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø –
 Skåne
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Kerteminde – Mandag d:27de
 Kære Astrid!
 Her passerer intet af Betydning at skrive om, saa det bliver intet langt Brev. Vi har ikke hørt noget senere fra Lugge om de saa kommer, her i Juli, Alhed mener, de vilde betænke sig, men det kan da ikke tænkes, at de ikke vil, det er jo voldsom billige Vilkaar. De skal boe i det store Gavlværelse i den røde Gaard og saa give i Pension hos Grosses 3 Kr.. 25 Øre om Dagen, altsaa for Kosten alene for Lugge og de 2 smaa; Else skal hun selv købe Mælk til. Modien og lille Alhed skal boe her for 1 Kr. 50 Øre om Dagen, det er jo rasende billigt. Johanne siger det er hos Grosses omtrent som Du og Børnene gav der. – 3 Kr. – men det var jo ogsaa meget billigt, naar de skal tjene en lille Smule. – Desuden har de nu [ulæseligt] lejet deres Hus ud i den Maaned for 100 Kr. til Fr. Holsteins Søster – Rosenørns, saa det kan jo blive en hel Finansoperation for M[ulæseligt, især naar man tænker paa, at de sparer Pigehold i den Maaned. Det er udmærket! Las og Alhed var i Birkerød til Middag om Tirsdagen, de sagde, der var bleven saa yndigt baade ude og inde. Nu spekulerer jeg lidt paa at vente med at komme til Byen til fex. d: 24de Juni; saa Dagen efter ud til Eder at se det hele, inden de rejser, saa boer jeg paa Missionshotel nogle Dage og faar flyttet ind d: 29de – en Lørdag - maaske Du saa kunde faa Dine smaa hjem og saa være hos mig 2 – 3 Dage først i Juli? Det kan jo altsammen staae roligt og jeg kan imens faae lavet Gardinstænger og sligt. Kan der være Haab om det, saa vil jeg see med lidt mere Ro end nu paa alt det Mas. Det kunde jo tænkes, at Alhed kunde have Børnene med hjem om Søndag eller rettere ligefrem hente dem? Alhed har forstaaet mig saadan De var en Dag paa Næsseslottet hos Direktør Bagges; der er en ulige Luxus af Hygge; de blev hentet i Bil af dem begge og kørt Tur først; Johannes V’s var der ogsaa. Las skal til Frijsenborg at male nogle Skind og Dyr senere hen foruden jo illustrere hans Bog. Alhed staar og maler en vidunderlig stor og smuk Buket Tulipaner som Allerup kom med. Saa han og Ville Fibiger var bedt her til Middag, alle Agrarens til Kaffe. I Dag Regn og Kulde, vi fryser!! Vi var glade ved Dit Brev til Elle; udmærket at Grethe befinder sig saa vel paa Hvilan, saa bliver hun der vel nok Tiden ud. Mon hun ikke vil have udmærket deraf? Hun blev vist saa vild af at lege med alle de Drenge her. - Nu Farvel lille Putte! Vi faaer nok yndigt Vejr i Juni Maaned, saa kan det blive en dejlig Tid for Dig og de smaa. Arbejdet om Sommeren paa det yndige Sted er jo Legeværk. - - 
 Hilsen fra Alhed og Junge, som sidder her og beder mig til Aften!
 Kys de smaa fra – 
 Bedstemor</t>
   </si>
   <si>
-    <t>1912-06-09</t>
-[...73 lines deleted...]
-Johanne Christine Larsen
+    <t>1899-09-28</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
 Marie Larsen
-Christine  Mackie
-[...57 lines deleted...]
-Bodild Holstein
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Dorthe -
+Ida -
+Jenny -
+Johanne -
+Line -
+Marius -
+Rasmine -
+Fr. Andersen
+Karoline Bless
+- Brakaer Hansen
+Ellen Bøttern
+Margrethe  Eckardt
+- Friis
+- Garell
+Marie Hansen, pige i huset hos Alhed og J. Larsen
+- Ibsen
+Karl Lange
+Adolph Larsen
 Alhed Larsen
 Andreas Larsen
-Johan Larsen
-[...1 lines deleted...]
-Christine  Mackie
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Magnussen
+Julie Mohr
+Peter Olsen
+Theodor Oppermann
+Fru  Raaebjerg?
 Christine Swane
-Lars Swane</t>
-[...837 lines deleted...]
-Danmark</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt
+Viggo Winkel
+- Østerberg</t>
+  </si>
+  <si>
+    <t>Friheden, Kerteminde: Afgiftsfrit område i den nordlige del af Langegade. Ved Peter Møllerstræde lå acciseboden, hvor der skulle betales afgift af de varer, man havde med på marked. Bønderne i omegnen havde torvetvang i Kerteminde.
+Asylet: Oprettet i Langegade i 1880 for børn af fattige familier. Plads til 16 børn i dagtimerne. Asylet skulle give dem passende opdragelse og beskæftigelse.
+Arrende = lejemål på svensk</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske arkiv</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen til Christine Swane: Vedlagt breve fra Marie og Johannes, som er på Båxhult. Har sendt farver til dem og fortalt om Oppermans besøg. Adolph har været på session.
+Johannes Larsen til sine forældre: Det har ikke ført noget med sig at læse brevet op for Line. Beder moderen sende kvittering eller fuldmagt, som skal bruges for at få penge af Østerberg.
+Marie skriver til I.A. larsen: De er meget i bekneb for penge, fordi Johannes Larsen har fået tilsendt en pakke fra papirhandler i København. Smedens Lina siger, at de ikke skylder penge og Østerberg betaler først d. 10. Marie beder om kvittering og farver. Johannes mangler farver og må tegne i disse dage. Han er igang med 3-4 billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4Dtr</t>
+  </si>
+  <si>
+    <t>Onsdag Aften
+Kjære Christine!
+Hjertelig Tak fordi du skrev saa hurtig, det var da herligt at du fik et Eneværelse – der kan du se det hjalp jeg skrev – her er Brevene fra Marie og Johannes jeg har sendt Farverne og et langt Brev og fortalt dem om Oppermanns Besøg. I Søndags kom Pastor Fries og det var en Formiddags Visit jeg var ganske alene, havde sat Ris paa til Suppe, og da en brændt Lugt kom ind i Stuen styrtede jeg ud og kasserede den Ret, men jeg var glad ved at se ham og jævnede så Suppen med Æg – han blev en Times Tid og talte om Eder Alle og om sine egne Børn – Vores Laurits – som saadan vilde blive hjemme og forbedre sig har Fader jaget bort i Mandagsmorges, - han lagde sig syg i Halsen jeg fik Schondel hentet og der blev kjøbt Bacroynevand; men brugte det bare ikke, laa i Sengen om Dagen og gik ud om Natten om Søndagen forlangte Fader han skulde staa op og passe Hesten
+det gjorde han ogsaa om Formiddagen men da han kom og forlangte Penge sagde Far han havde bedst af at blive hjemme da han var syg og ellers blev han kun uduelig til Arbejde om Mandagen – trods – Forbudet saa mødte Faer ham i Friheden med en anden Bolde med et stort Knippe Rughalm gaa ind til Villads, han gik altsaa ud passede ikke Hestene og brak saa Lemmene af ved Mellemgadens Stald for at komme ind da han saa vilde i Arbejde om Morgenen sagde Faer nej den Historie er forbi; nu kommer du med ind på Kontoret og pakker dit Tøj medens jeg ser paa det og saa afsted -; Rasmine vilde rejse med og Dorthe brølede den ganske Dag men hun er da kommen igen, Rasmine.
+Vi har fået en Husmand fra Salby som vil blive i denne Maaned – og Adolph kom nu i Aften maa blive til Søndagaften for at hjælpe med Saaningen I morgen skal han paa Sesion saa lader jeg Brevet ligge for at du kan høre hvad de høje Herrer siger til Ham, de har ikke taget mange i Dag.
+Iaften er Gaverne til Asylet vurderede det foregaar hos Gellerups; jeg fik Ida til at gaa i mit Sted jeg fulgte med derover og indførte hende jeg fik hele Olsens Klædekurv fuld. Karl Lange gav mange smukke Ting. Fru Raarbing en nydelig Lysdug med Silke, lille Line Bless 3 Stk. Blonder med grønne Silkebaand om og 3 Dukker. Madam Ibsen 8 Vifter. Fru Bøttern en Taalejpude og en Flaconbakke og 4 som Vaser- og Nips, Julie Mohr Lommetørklædeholder og Fruen 2 Bakkeservietter, Johanne 4 Silkelugtepuder og Jenny 2 Porcelains Vaser – lille Marie Hansen en Børsteholder og Fru Andersen 2 pæne hvide Lommetørklæder og 1 Par hvide Strømper 1 Par lyseblaa Handsker et sort Armbaand og 2 Brystnaale. Margrethe lovede mig lidt hun maa ikke glemme det, Haandarbejder har vi saa lidt af, Ida kom i dag tilmorgen hun gik i mit Sted i aftes de holdt ud til 12. saa det var godt jeg blev hjemme Adolph blev saa Infanterist, Marius Fæstningsartillerist lille Brakaer Hansen Dragon, A. spiste Middag hos Fragtmandens og i Aften er der Selskab med de pur Unge – Marie skal med – saa i morgen skal vi begynde Arbejdet med Jorden; Husmanden her er er vi meget glade ved og han kan maaske skaffe os en Husmand til saa hjælper det paa Faders Humør, han har nu den Glæde at Stalden er i Orden de Gamle og de Smaa staar saa pænt nu, og saa skal Køerne ind om Natten 
+hils – Margrethe og sig jeg glæder mig meget over Forlovelsen i Kallundborg –
+Adolph havde gemt lidt godt til os af det Eckard Kone sendte ham til sin fødselsdag … smager udmærket
+Lev vel lille Christine og Gud bevare Dig
+Saadan et rigtig Brev faar jeg ikke Tid til at skrive før efter Bazaren.
+Båxhult Onsdag 27 Sept 99
+Kære Forældre!
+Om lidt kører Adolph med Fru Warberg og han venter saa dernede og tager Marie med hjem. Da jeg antager at Marie skriver et Par Ord til jer sender jeg dette og beder hende lægge det inden i.
+Vi ere alle raske og har det godt. Vi har givet Lina Brevet, hun krøllede det og Alhed maatte læse det op for hende, men vi har endnu ikke set noget Resultat, Østerberg derimod sagde forleden at den Tiende betaler han sit Arrende saa naar Du vilde sende Kvittering eller Fuldmagt kan vi jo faa det. Alhed har bedt Garell om en specificeret Regning og det viser sig at vi fra 19 August til i Forgaars har faaet Varer for 30 Kr. deraf for 12 Kr. Brød og Smør, Sukker og Petroleum er de næst største Poster. Vi har faaet Væge til Lampen og faaet det lille Komfur i Brug. Vi fik Suppe til Middag i Gaar. Ja jeg kan ikke naa at fortælle mere da han nu er der med Vognen. Husk at sende den Fuldmagt eller Kvittering omgaaende. Mange Hilsner Jeres Johannes Larsen 
+Båxhult d. 28-9 99
+Kære Fader!
+Alhed og jeg skal en Svip ned til Høljeryd og saa skriver jeg et Par Ord med det samme ; indlagte Brev fra Johannes havde Adolph med til mig i Gaar, men han gav mig det først da jeg havde skrevet på et Kort, derfor tog jeg det med hertil for at skrive lidt i Dag; desuden var der Brev til mig hvori han bad mig om at løse en Pakke som laa paa Stationen fra en Papirhandler i København, jeg maatte saa dertil bruge omtrent Resten af mine Penge, jeg har kun 55 Øre og nu bruger vi 20 til Frimærker Johannes har ogsaa skreven et Brev; der er ingen af de andre som ejer en rød Øre; Inspektøren betaler ingen Penge før d. 10ende October, det har han selv sagt til Johannes, de forfalder ikke før den Dag siger han, men saa skal vi ogsaa faa dem med det samme naar vi møder med Kvitteringen; som Du ser af Johannes Brev har Smedens faaet det Brev Du har sendt herop, men Lina gav Alhed en lang Forklaring om at de havde betalt forud saa de skyldte ingen Penge, Vil Du ikke med det samme Du sender Østerbergs kvittering give mig rigtig Besked om den Sag, for hvis de virkelig skylder, saa vil jeg bede dem om Penge, det er rædsomt at staa helt uden og nu har Johannes i dag skreven til Winkel og Magnussen om nogle Farver, da han mangler dem og i disse Dage maa tegne paa Grund deraf og det er jo sørgeligt da han har 3-4 billeder i Gang, naar de Farver kommer skal han jo af med nogle Penge, saa hvis vi ikke kan faa nogle herovre før den 10ende, maa vi bede Dig hvis Du kan at sende os lidt til den Tid; ja jeg er meget ked af at jeg straks skal plage dig for Penge kære Faer men det er jo galt at staa helt foruden. Fru Warberg rejste i Gaar Morges saa jeg fik hende slet ikke at se. Lad mig endelig faa at høre om I fik en Mand til og hvordan det gaar med Jorden det piner mig meget at tænke paa.
+Det er sandt vil Du bede Moder om straks at sende den Pakke Farver der ligger oppe paa Johannes værelse herover, dem skal han ogsaa bruge nu, de har sendt dem forkert. Hvis Uglen er hjemme endnu saa husk hende paa at Disen skal have ”Fru Marianne”.
+Jeg kan ikke naa at skrive mere, men I skal nok snart faa et ordentligt Brev. Drengen er yndig og der er dejligt herovre på Båxhult. De kærligste hilsener fra Jeres hengivne Datter Marie.
+P:S: Har Ø.Kvien kælvet?</t>
   </si>
   <si>
     <t>1944-12-30</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Helge Bartholdy-Møller
 Elsebeth Hostrup-Schultz
 Jørgen Hostrup-Schultz
 Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Bendt Rom</t>
   </si>
   <si>
     <t>A. Olsens boghandel, Langegade 26, samt apoteket, Kerteminde, blev ramt af Schalburtage december 1944 (Arkiv.dk). Sabotagen mod fiskebådene/kvaserne nævnte Johannes Larsen i et tidligere brev til Christa Knuth. 
 Schalburgtage var det folkelige navn for den terror, som tyskerne og deres danske hjælpere indledte i den sidste del af besættelsen i Danmark. Terroren blev rettet mod den danske modstandsbevægelse og det danske samfund i almindelighed som en hævn for modstandsaktioner. Ligeledes indførtes hævndrab på vellidte danskere, når en tysk soldat eller stikker blev dræbt (såkaldte clearingmord). Besættelsesmagten kaldte begrebet 'kontrasabotage', men danskerne fandt hurtigt på navnet schalburgtage efter Schalburgkorpset, opkaldt efter Christian Frederik von Schalburg, der havde været leder af Frikorps Danmark (Wikipedia april 2024). 
 Kongsø Plantage findes i Horsens Kommune.
 20. dec. 1944 sprængte SS FJEH-S og hans families hus på Chr. Winthers Vej 4, København, i luften, fordi både FJEH-S og hans søn var modstandsfolk. (https://kbhbilleder.dk/frb-arkiv/28127). Johannes Larsen skrev 10 dage senere til Christa Knuth, at tyskerne havde gennet konen og de tre små piger ud på gaden, sprænt huset i luften og taget FJEH-S med sig (1944-12-30, Johannes Larsen til Christa Knuth). 
 Tiras var en hund, som Johannes Larsen fik i efteråret 1944 og var meget glad for.</t>
   </si>
   <si>
     <t>Johannes Larsen takker for dyret. Han fik en masse flasker til sin fødselsdag.
 Der har været udført Schalburtage mod et par forretninger i Kerteminde.
 Larsen slap for at indkvartere tyske soldater mm.
 Hostrup-Schultzs huser blevet sprængt i luften, og tyskerne tog ham med sig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Zs2P</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm
 [I brevet:]
 Kjerteminde 30 Decbr. 1944.
 Kære Grevinde!
 Glædeligt Nytaar og Tak for det Aar der er gaaet. Og Tak for det dejlige Dyr. Jeg blev paa min Fødselsdag begavet med 10 Flasker stærke Drikke deriblandt saa fine Ting som Vodka Hulstkamp Genever, gl. St. Croix Rom Rø[ulæseligt)bitter o.s.v. Det er nu godt at være kendt som fordrukken. I Nat vågnede vi ved et Par store Drøn. Det var Byen der havde Besøg af Schalburgtører, der havde anbragt et Par Bomber i Byens største Manufakturforretning og en Boghandel overfor, der begge blev raserede mens mange Huse til begge Sider deriblandt Apotheket fik alle Ruderne sprængt. Formodentlig til Tak for de Kvaser der blev sænket forleden af fremmede Sabotører. Ellers har vi haft en god fredelig Juletid, det blev heldigvis ikke til noget med Indkvarteringen og nu regner vi med at slippe helt. Nu skal jeg til at skrive til alle de Mennesker der har skrevet og telegraferet til min Fødselsdag, bl.a Dr Bartholdy Møller. Jeg læste for et Par Dage siden at det Hus i Kjøbenhavn hvor mine Venner Hostrup Schultz boede var sprængt i Luften af Tyskerne. Det var dem jeg besøgte i Sommer i Kongsø Plantage. Jeg skrev til Bendt Rom der er Mandens Fætter og fik i Gaar Svar fra ham. Tyskerne havde taget Manden og sendt Konen og deres 3 Smaapiger paa Gaden som de gik og stod og sprængt Huset i Luften med det samme og ingen ved nu hvor Manden er eller hvad han har gjort. Jeg skal hilse mange Gange Fra Puf og Else, og nu faar Du ikke mere for jeg skal ud at gaa med Tiras.
 Mange Hilsner
 Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1885-04-24</t>
+  </si>
+  <si>
+    <t>Hull England
+Spanien
+Kaliningrad
+Prøvestenen København
+Frankrig
+Brockdorff Alle 42 5390 Martofte</t>
+  </si>
+  <si>
+    <t>Otto Bache
+Ane Marie Christiansdatter
+Alfred Eckardt
+Christian Eckardt
+Valdemar Eckardt
+Adolph Larsen
+Augusta  Larsen
+Cathrine Larsen
+Georg Larsen
+Ida Larsen
+Jacob Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Urban Larsen
+Vilhelm Larsen
+- Madsen, Bager
+Sophie Meyer
+Sophus  Meyer
+Sophie Minden
+- Petersen
+Rasmus Petersen, Gartner
+Elisabeth Storm
+Christine Swane
+Natalie Zahle
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Duderne er nok duerne. På fynsk er der mange stumme d'er. Muligvis tror VL at der skal være d i midten af duerne.
+Madsen støjer i bageriet: Familien Larsens købmandsgård lå/ligger i Langegade 50, Kerteminde. Naboejendommen, som Larsen også ejede i 1885, Langegade 48, var Bagergården. 
+Røjlen: råsejl på skib (wikipedia) 
+Beslå: pakke sejl sammen på mast/bom for at hindre fremdrift (encyclopedia_danish.enacademic.com/2173/ Beslå)
+Kønigsberg hedder i dag Kaliningrad
+Christian Eckardt og hustru har sølvbryllup d. 1.6 1885. Den omtalte udstilling er på Charlottenborg.
+Den gamle Frederik er Frederik d. 7 (1848-1863) 
+Hvad grisens indhold skal bruges til: Sætningen refererer formodentlig til den sparegris, som Larsen-familien havde stående ovenpå deres bornholmerur. Den står stadig på dette sted i Alhed og Johannes Larsens røde stue på det, der nu er Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Det var godt, at Johannes Larsen sendte en undskyldning til faster Thrine og fru Storm. Hvad syntes han om Chr. Eckardts billeder på udstillingen? Fik han afleveret frøken Zahles billede? Otto Bache har solgt et maleri for 7000 kroner. Alfred Eckardt tvivler på, at han kan komme til sine forældres sølvbryllup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qTtv</t>
+  </si>
+  <si>
+    <t>Modtaget den 23 April
+[Påtrykt:]
+J. A. Larsen
+Kjerteminde. [Håndskrevet:] den 24 April 1885
+Min kjære lille Ven!
+Jeg har det saa godt i Eftermiddag at Brevet maa straks igang. Du var ikke saa bedrøvet som jeg var fordi der ingen Brev kom afsted Løverdag for Tiden løb saadan fra mig og jeg var ene hjemme saa jeg kunde ingen raabe an til at skrive, her kom en Fru Petersen Moster til Urbans Kjæreste og vilde tale med din Fader og han kom ikke saa Tiden gik altfor rask jeg blev ved med at høre paa hende og tænkte du naaer det nok men nej det slog fejl saa om Søndag Eftermiddag maatte jeg skrive op til Farbroder Jacob Faster Thrine er nemlig bleven meget svag og kan ikke sove om Nætterne, der var saadan en Kjedsomhed med dem begge at jeg fik den Tanke at Ida Larsen kunde komme herover og løse Faster ad med Huusgjerning og saa kunde Thrine kommer derop og ligge paa Landet og faa Kraften det venter vi nu Svar paa, for at hjælpe paa hende foreløbig er hun flyttet ind at sove hos os, ligger nu om Natten paa det Værelse ved siden af vores og sidder om Dagen paa Fru Storms Stue, det har hjulpen nu sover hun godt og det er kjendt paa hende, Madsen støjer jo i Bageriet om Natten og her er jo stille saa det gjør vel meget, med det samme jeg er ved de to skal jeg hilse dig fra dem, de sagde da Du kjørte forbi, det er værst for ham selv for vi veed han bliver saa kjed af det; og da saa dit Brev kom kunde de saa godt forstaa at Duderne havde optaget dig saadan at du glemte at sige Farvel kjærlig Hilsen fra dem begge med Tak for din Opmærksomhed at give dem en Undskyldning ja det var rigtigt Johannes man skal altid erkjende naar man gjør Fejl.
+Det var det saa skal Du høre lidt om Alfred her var Brev fra ham igaar han var 28 Dage om Rejsen fra Spanien til England, megen Modvind, han fortæller om en Orkan der kom bag paa dem de vare nede at skaffe da Styrmanden kaldte alle Mand op. 5 beslog Sejl hvad de nu hedder allesammen, men Røjlen blæste fra dem og Storsejlet var beslaaet, ellers var Stormasten gaaet, der var ikke Tale om Hvile medens Stormen rasede men næste Dag var det godt Vejr igjen, han har kun svagt Haab om at blive afmønstret paa Kjøbenhavns Rheed for de skal gaa til Kønigsberg og derfra have Planker til Frankrig eller England og saa hjem til Danmark med Kul, det vil jo medtage en 3 Maaneder han vil jo saa inderlig gjerne hjem til Sølvbrylluppet maa Skipperen forbarmer sig over ham og lader ham slippe ved Kjøbenhavn saa faar I ham at see for da tager han lige hjem, der er deserteret 5 Mand, de to kom tilbage igjen, en Hollænder laante en blaa Trøje at gaa iland og blev borte med det samme var det ikke lumpent, Kokken er deserteret, saa maa Alfred som yngste Mand gjøre Tjeneste ved Gryderne men kjedeligt er det siger han for de gjør altid Vrøvl at Maden skal være bedre ogsaa fra Valdemar skal jeg hilse han glæder sig saa umaadelig til Hjemrejsen i sidste Deel af Maj ja maa de samles alle Børnene saa bliver det rigtignok en glædelig Forsamling 
+Johannes har du bragt Frøken Zahle sit Billede - og hvordan gik det Dig? og hvad synes Du om din Eckardts Billeder paa Udstillingen? siig mig ogsaa hvad Du synes bedst om af det altsammen; Otto Backes Malerie Køer der drives af Stalden er solgt til 7000 Kroner Det kan blive til noget - oh maatte Eckardt dog sælge - bed dog med os kjære lille Johannes
+Jeg kan udmærket godt lide Hr Zahrtman fordi han vilde raade Eder til at kjøbe nyttigt for Pengene istedet for Sold. oh Johannes drik dog aldrig noget som kan gaa i Hovedet fortæl mig hvad Du maler og hvad Du tegner og hvad du tænker og glæd mig med alt hvad du veed der interesserer mig og det gjør alt hvad der vedrører Dig vi venter ogsaa at faa at vide hvad Grisens Indhold skal bruges til om det er Skovtour 
+Nu begynder Foraaret at gjøre sig gjældende og vi har voldsomt travlt i Haven der bliver anlagt et 30 Alen langt Aspargesbed oppe i Haven der hvor de gamle Stikkelsbær stod der blev 5 Buske tilbage at plukke endnu i Sommer, Vilhelm græd ellers over dem kan Du tro - tænk nu paa ham i næste Uge skal han til Eksamen det er første Gang i den Skole gid det maa gaa ham godt den lille Ven han har i denne Tid gjort saadan Forretning med Frimærker han kjøbte hos Georg og solgte i Skolen tjænte sig en Krone og kjøbte saa Georg Seglsamling og er meget glad desuden har han tjænt en Krone til sin Sparekassebog. Lammene har det det godt og lille Adolph kom nu ind saa brun som en Tater og skal med ud at hente dem hans lille Træhest staar paa Græs derude og den skal nu hjem i Nat igjen - jeg skal nok passe paa Urtepotten og Frøken Minden har lovet mig den med den gamle Frederik paa saa har Du 2 gamle der en til med en rød Bordt med en sort Tegning vil du have den med kan du faa lad nu Rasmus give dig Skud der er grønne om Vinteren ogsaa
+Jeg blev forstyrret ved at en Gig fra Brocdorff væltede her i Porten og baade Drengen og Kudsken blev kastet ud heldigvis blev Hesten staaende og de slap med at Mixturen blev slaaet itu der er nemlig 3 Thyfus Pasienter derude nu, det er kjedligt naar saadan en Sygdom faar Indpas i et Hjem saa gaar den gjerne rundt
+Du kan tro jeg faar spadseren paa Markvejen nu Fader kommer og henter mig og saa afsted vi haabe det skal hjælpe rigtig godt, din kjære Fader har det rigtig godt og alle dine Søskende ere ogsaa raske det er Mejers Fødselsdag idag Farmoer er derude
+Naa min lille Skat nu lider det mod Enden og saa ønsker jeg dig alt muligt Godt Held og Velsignelse til dit Arbejde og Glæde af Gjerningen saa skal Du se naar du arbejder i Jesu Navn vil hjælpe saa Evnerne han har givet Dig kan komme paa rette Hylde Lev vel og Kys fra din Moder Hils Alle</t>
+  </si>
+  <si>
+    <t>1897-07-07</t>
+  </si>
+  <si>
+    <t>Munkebo
+Nordstranden, Kerteminde</t>
+  </si>
+  <si>
+    <t>Georg Larsen
+Johanne  Larsen
+Marie Larsen
+Otto Emil  Paludan
+Rasmus Petersen, Gartner
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alheds søster, Johanne, skulle komme for at sidde model til Pigerne på Klinten.
+Kildeanlægget er et lille anlæg på Hindsholmvej i Kerteminde - lige ud til Nordstranden, som ligger for enden af Langegade, hvor Johannes Larsen boede som barn/ung.</t>
+  </si>
+  <si>
+    <t>Det er fint, at Johanne kommer mandag. Larsen skulle om formiddagen i vandet med Rasmus Petersen, men fik at vide, at der var telefon. Han talte så med Astrid Ingeborg i en dårlig forbindelse, og imens stak hunden Tjalfe af. Larsen fandt hunden i Munkebo og tog ud for at bade. Det blev tordenvejr, og Larsen blev gennemblødt. Hvordan kunne Alhed tro, at Larsen kom til Erikshaab i dette vejr?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uiU5</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Juli 1897.
+Kæreste Alhed!
+Tak for Brevet i Dag! Det passer mig udmærket at Johanne kommer paa Mandag. Jeg havde selv regnet ud at jeg maatte se at faa fat paa hende først i næste Uge, og havde tænkt at skrive til hende om at komme, men nu kan jeg jo [noget af papiret mangler] det med at lade Dig [noget af papiret mangler] hende at det passer [noget af papiret mangler] og at jeg er meget glad [for] at hun kommer den Dag. Nu skal jeg fortælle Dig om alle de Fataliteter jeg havde i Formiddags fra Kl. var lidt over 11 til henad 12 ½. Altsaa: Kl. godt 11 stod jeg og var parat til at gaa om efter Rasmus Petersen for at tage ham med i Vandet, vi gaar nemlig ud i vores Badehus hver Dag fra 11 ½ - 12, saa kom der Bud at der var en Warberg ved Telefonen. Med et lille Ønske om at Fanden havde Telefonen gik jeg over og gav mig til at tale med Dis, det var lidt utydeligt paa Grund [af] Torden, men jeg fik da [saa] meget ud af det at [noget af papiret mangler] havde skreven galt og at det var Palludans Fødselsdag i Dag og ikke i Morgen og at jeg skulde komme i Dag, saa varede længe og jeg raabte flere Gange om der var nogen, uden at faa Svar hvorefter jeg ringede af og gik. Senere hørte jeg at Marie og Georg havde fortsat og faaet omtrent det samme Resultat. Men nu kan du tænke Dig da jeg kommer over har de ladet Tjalfe stikke af og efter at have bandet højt og dyrt paa at jeg aldrig mere skulde lade mig trække til Telefonen gik jeg ud for at lede efter ham og var saa heldig [at fin]de ham nede i Munke[bo] og returnerede sveddryppende hertil Kl. 11-40. Saa gik jeg i Vandet alene da R.P. ikke var hjemme og inden jeg kom derud begyndte det at tordne og paa Hjemvejen tordnede og lynede det uafbrudt og da jeg naaede Kildeanlægget kom der en Byge saa voldsom at jeg var gennemblødt inden jeg naaede [noget af papiret mangler] at længes frem saa Vandet løb ned ad Benene og fyldte Skoene, og jeg maatte skifte alt mit Tøj inden jeg spiste. Hvordan havde du for Resten tænkt Dig at [jeg] skulde bære mig ad [med] at komme ned [til] Jer i Dag? Den Gang [noget af papiret mangler] telefonerede var Posten kørt for ¾ Time siden, og hele Eftermiddagen har det været et forrygende Vejr, naar jeg kiger ud ad Vinduet ser jeg Træerne bøje sig for Blæsten og Møllerne kører rundt med 2 bare Vinger og en lille Stump Sejl paa de 2 andre og saa er Vinden oven i Købet V.S.V. foruden at man kan vente sig en Regnbyge hvert Øjeblik saa det er jo hverken Cykle eller Spaserevejr. Ganske vist kunde [jeg] jo tage med [noget af papiret mangler] i Eftermiddag, men saa [er] jeg jo først derned Kl. [noget af papiret mangler] saa jeg tror jeg har beds[t af] at blive hjemme og se om Vejret kan bedre sig saa meget at jeg kan komme op i Klinten og male i Aften. Det [er] sandt der staar et Sted i Dit Brev to Bogstaver som det ikke er mig muligt at begribe Meningen med, da det forekommer mig at de gør lige lidt Virkning enten jeg læser dem som Slutning paa den Sætning der staar foran eller som Begyndelse paa den der staar bag efter, men der er [oven] i Købet Streg under dem [saa] de maa vel betyde [nog]et og det er det jeg vil bede Dig forklare mig naar Du skriver næste Gang, forhaabentlig inden altfor længe, Du var ellers flink til at svare denne Gang. Det er sandt det var de Bogstaver, for at hjælpe Dig vil jeg skrive baade hvad der staar foran og bag efter, der staar: ”vilde hun komme en gang til senere S.u. – Far og Mor er ikke hjemme”. Du forstaar nok det er det S.u. der gør mig nys[gerrig]. Jeg vilde have bedt [Dig] om at ønske Palludan [til] Lykke men som sagt [kun]de jeg jo ikke raabe hende op, og nu er det jo forsent at bede Dig om at gøre det. Jeg ser det er i Færd med at blive et temmelig langt Brev men nu vil jeg ogsaa til at holde op. Kunde Du ikke give Johanne en Rose med til mig, saa er Du den allerbedste, det er Du ogsaa alligevel. [noget af papiret mangler] allerkærligste Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1903-11-10</t>
+  </si>
+  <si>
+    <t>Kærbyhus</t>
+  </si>
+  <si>
+    <t>Italien
+Genua
+Hotel Eden</t>
+  </si>
+  <si>
+    <t>Kærbyhus var Christine Swanes forældres hjem i Kerteminde, efter at de måtte afhænde købmandsgården, Langegade 50, pga. svigtende økonomi. 
+Astrid Warberg var i huset hos Bernhard og Emma Hirschsprung i 1903-1904. Hun var med dem i Italien i efteråret og julen 1903.
+Efter en tid at have været kæreste med stud. med. Peter Bichel, gjorde Astrid forholdet forbi.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane til Astrid W-G, 1903-11-10, 2414</t>
+  </si>
+  <si>
+    <t>Christine Swane føler med Astrid. Det er en stor beslutning at binde sig til et andet menneske, og der går sommetider år. Mon ikke Astrid genvinder troen på sig selv? Rejsen vil nok også hjælpe, og når Astrid kommer hjem, ser hun sikkert lysere på alt. Astrid må huske, at Christine er hendes ven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6oZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adrs: Hr. Hirschsprung
+Hotel Eden
+Nervi – Genua
+Italien.
+[Håndskrevet på kuvertens bagside af ukendt person:]
+fra Las’ søster, Christine Swane, f. Larsen
+Poststempel
+[I brevet:]
+“Kærbyhus” den 10-11 1903.
+Min kære lille Dis!
+Vær sikker paa at jeg føler med Dig. Hvad tror Du dog jeg bryder mig om hvad der saa end [”saa end” indsat over linjen] vil blive sagt om Dig, vi er jo Venner ikke sandt? Og Du ved godt jeg holder af Dig, dette skal da ikke skille os men det ved Du [”Du” indsat over linjen] alt sammen ikke. Og naar Du siger mig Du har handlet som Du maatte handle, saa forstaar jeg Dig. Men lille Dis tror Du ikke der skal meget til for at kunde være sikker, mest af alt for at kunde være sikker paa sig selv: Jeg synes der maa År til for at blive sikker paa om man tør binde sig til et andet Menneske, men naturligvis, det er vel noget som er forskelligt for hvert [”hvert” overstreget] De forskellige Mennesker. Du spørger om jeg ikke synes, man mister Troen paa sig selv, jo desværre det synes jeg, men maaske den kan komme igen lille Dis. Jeg tænkte paa at skrive til Dig da jeg hørte om Din snarlige Afrejse, det glædede mig meget at Du skulde ud at rejse, nu ved jeg det vil hjælpe Dig over meget. Hjælpe Dig til at komme til Klarhed over Dig selv. Du skal se lille Dis naar Du kommer hjem igen ser Du nok lysere paa det Hele. Lille Dis selv om mine fat[t]ige Ord ikke kan hjælpe Dig saa ved Du at jeg er Din Ven hvad der saa end sker. – Tak for dit Brev og Udklippet og fordi Du holder lidt af mig. Hav det godt, mange Hilsner din Ven
+Uglen.</t>
+  </si>
+  <si>
+    <t>1899-04-21</t>
+  </si>
+  <si>
+    <t>Ullerslev
+Flødstrup
+Kerteminde Havn</t>
+  </si>
+  <si>
+    <t>Carl Becher 
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed er hos forældrene på Erikshaab, fordi hun skal føde.
+Feden: I.A. Larsen (Johannes Larsens far) ejede en grund på Feden i Kerteminde med bl.a. skibsværft og arbejderboliger.
+"Motivet fra Vinduet": Billedet Sommer, solskin og blæst gengiver udsigten fra Johannes Larsens vindue i købmandsgården, Langegade 50, Kerteminde, hvor Johannes Larsen voksede op.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været hos Alhed (hos hendes forældre) og fik kørelejlighed fra Ullerslev. Han er rørt over, at hun havde pakket hans kuffert.
+I.A. Larsen har solgt noget af sin grund på Feden til kommunen.
+Larsen har været på Taarbystranden/Taarup Strand og se på fuglereder.
+Han maler igen på udsigten fra sit vindue. Vil på havearbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0HmC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 – April 1899.
+Men egen kæreste Ven!
+Da jeg kom til Ullerslev begyndte jeg at gaa me[n blev ind]hentet af Becker [noget af papiret mangler] og Flødstrup og [noget af papiret mangler] ind i Vognen og sat [noget af papiret mangler]gyndte det at regne og regnede hele Vejen hertil, saa holdt det op og var dejligt Vejr hele Aftenen. Mens jeg gik kom jeg pludselig i Tanker om at det jo var Dig som havde pakket min Kuffert og jeg blev meget rørt over det, det var ikke gaaet op for mig før. Efter at jeg havde spist var vi ude paa Feden, Fader har i Forgaars solgt det Stykke af F[eden] som ligger ud til Havnen til Kommunen, til Bolværk for 2 Kr. Kr. Al. Samtidig fik han lagt 2 Al. Til paa de 2 Sider, Byraadet var nem[lig kom]men i Tanker om [noget af papiret mangler]de taget mere end [noget af papiret mangler] have den Gang [noget af papiret mangler] Pladsen af den, og havde forlangt at den skulfe maales om, nu var den bleven maalt om og det viste sig saa at vi skulde have 7-800 Kr. Al mere end vi havde faaet, og saa maatte de købe for 2 Kr Al. af det de for et Par og Tyve Aar siden havde solgt for godt 5 Øre Al, det har de godt af. I Formiddags var [jeg ude] i Marken med Tjalfe og saa 4 Høns og 2 Harer og fandt ude paa Taarbystranden 2 Vibereder med 4 Æg i hver, det var et dejligt Vejr. Jeg var oppe Kl. 6 og Motivet fra Vin[duet] jeg nok begynde [noget af papiret mangler] paa, jeg tror vel[noget af papiret mangler] i Eftermiddag og [noget af papiret mangler] i Morgen igen hvis Vejret tillader det. Jeg skal hilse Dig fra Moder og fra Marie. Jeg tror jeg skal til at gøre lidt Orden nede i Haven, saa faar jeg lidt Motion og frisk Luft med det samme. Jeg længes meget efter Dig og jeg haaber at faa Brev i Morgen. Vil Du hilse Dine For[ældre og] takke dem for den Tid jeg har været dernede, hils ogsaa Palam og Christine. Mange kærlige Hilsner til Dig selv fra
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-22</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens forældre er flyttet til en ny lejlighed, og Larsen betragtede aldrig "den anden Lejlighed som mit Hjem". Dette må betyde, at I.A. og Vilhelmine Larsen fraflyttede deres store lejlighed i købmandsgården, Langegade 50, Kerteminde, da grosserer Victor Bøtterne forpagtede købmandsgården. De boede formodentlig i en mindre lejlighed i ejendomskomplekset (som altså ikke var Johannes Larsens barndomshjem) og er nu flyttet til en tredje. I oktober 1900 flyttede I.A. og Vilhelmine Larsen til Kjærbyhus i Kerteminde. 
+"kys lille Jeppe": Alhed og Johannes Larsen kaldte de første uger deres nyfødte barn Jeppe. Han fik navnet Jeppe Andreas og blev kaldt Andreas og Puf.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hjulpet sine forældre med at flytte til en ny lejlighed. Han har haft ondt i øjnene på grund af modvinden dagen før.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JAzF</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Maj 1899.
+Kæreste Alhed!
+Jeg sidder nu inde i den ny Lejlighed og skriver, vi har flyttet hele Dagen og er nu paa det nøjeste færdig med Skilderier paa Væggene og Blomster i Vinduer og alle Møbler paa Plads. Vi har spist til Aften hos Grossereren og senere været deroppe at drikke Kaffe incl. Frk. Lau, som kom med Posten. Jeg tager mig det ikke nær at vi har flyttet, her kan være lige saa rart og jeg har aldrig betragtet den anden Lejlighed som mit Hjem. Marie kom saa ikke derned i Dag men hun kommer nok i Morgen. Her har været en væmmelig Kulde i Dag og jeg har hele Dagen været øm i Øjnene af Modvinden i Gaar, saa det har jo passet helt godt at kunde hjælpe til med Flytningen. Marie siger nu at hun rejser med Dagvognen i Morgen og tager saa dette Brev med. Nu maa jeg holde op Skrivebordet staar i Sovekammeret og Fader og Moder vil i Seng. Tjalfe er sød, han har gaaet og passet paa mig hele Dagen og af og til ytret Misfornøjelse med Flytningen. God Nat min allerkæreste Ven, kys lille Jeppe. Mange kærlige Hilsner fra Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1901-10-24</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Astrid Bøttern
+Victor Bøttern
+Julius Hviid
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Christine Swane
+Peter Thomsen, tømrermester</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København for at hænge udstilling op hos Winkel &amp;amp; Magnussen.
+Thomsen og hans folk har været i gang med at bygge på Larsen-familiens villa, men Thomsen har tilsyneladende beordret arbejderne til at lave noget på havnen (formodentlig i forbindelse med anlægget af Kerteminde-jernbanen, som blev bygget netop da). 
+"Agraren (der jo er sagkyndig)": Johannes Larsens bror, Adolf Larsen (Agraren) var kvartalsdranker.
+Besøget hos Fru Grosser(eren): Victor Bøttern havde overtaget Johannes Larsens forældres lejlighed i købmandsgården, Langegade 50, Kerteminde. I dette bygningskompleks lå købmandsbutikken, som Johannes Larsens bror, Georg Larsen, drev.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været på molen med Agraren (Adolf Larsen). Thomsen ville ikke komme ud af muddermaskinen, og han var fukd samt havde dårlig samvittighed over at have taget arbejderne ned til havnen. Thomsen ville sende folk næste dag. Alhed spørger, om tagstenene er parat.
+Christine Larsen (Uglen) har haft underlivssmerter og måtte have læge. 
+Alhed Larsen har været ved huset med børnene. Og hun har besøgt Fru Grossereren, fordi Puf skulle tisse, mens de var i butikken. Agraren og Alhed har sat smag på en flaske husholdningsdrue.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Z0Fn</t>
+  </si>
+  <si>
+    <t>Kæreste, lille Larsi!
+Denne Overskrift havde jeg lige faaet skreven, da Marie kom med Dit Brev! Det er rigtignok dejligt, at Du er kommen godt derover og navnlig at Du befandt Dig nogenlunde i Morges efter Rejsen. Men pas nu alligevel forfærdelig godt paa Dig selv, at det ikke skal blive værre igen. – I Gaar, da jeg havde sendt det sidste Vink efter Dig, gik jeg altsaa ud paa Molen ledsaget af Agraren. Der var en Masse Mennesker i Arbejde og de sagde alle sammen at Thomsen var der, men der var ingen Thomsen at se. Saa oplyste Chr. Andersen, der stod der, at han sad nede i Muddermaskinen, men vilde ikke komme frem. Men vi ventede taalmodig og omsider viste han sig da, noget rød i Ansigtet og med lidt svømmende Øjne, Agraren (der jo er sagkyndig) mente at det var af ”smaa sorte”. Han havde aabenbart en daarlig Samvittighed over at have taget Folkene derfra, men han lovede at sende dem igen i Dag. Der har imidlertid ingen været rundt. Thomsen selv, der vilde se, hvorvidt de var, nu vilde han sende Folk i Morgen, men kommer der nu ingen, maa jeg ud at have fat i ham. Men sig mig, (Spørgsmålstegn indsat i venstre margen] Tagstenene, er de nu parate, skal Bøttern ikke varskoes, at der ikke først skal skrives efter dem. [Spørgsmålstegn indsat i venstre margen) Og bved han hvilken Sl[ags]. Det maa Du endelig svare m[ig] paa. – Agraren og jeg gik saa [noget af papiret mangler] fra op igennem, Byen og køb[te] Rensenaale og Varer fra Butikken. – I Aftes havde jeg Marie og Agraren til Kaffe og Honningmad og vi sad og sludrede til Kl. 11 ½. Uglen var bleven daarlig ved Aftensbordet af nogle Underlivssmerter, hun har haft af og til i Sommer, F.eks. den Dag paa Dyreborg, og da de var særlig slemme denne Gang, mente de at det var bedst at faa en Læge. Jeg hentede saa Dr. Hvid til hende ham vilde hun helst have. Han mente, det var noget med Nyrerne, x [indsat i margen] Grus men vilde undersøge hendes Vand, før han kunde sige nøjagtig Besked. – Hun har ligget i Dag, men har det bedre. – Det har været yndig Vejr i Dag, jeg har været ude at køre med Ungerne i Eftermiddag. Vi var ovre ved Huset, Hjørnet er nu oppe i sin fulde Højde. Agraren var med. Han er forfærdelig sød til at hjælpe mig, tænk han kom i Middags og havde gjort de 3 Høns i Stand for mig, pillet og taget ud af dem. Og over Middag kom han med Dine Træsko og havde en Æske Cigaretter med til mig. Jeg aflagde Fru Grosser en Æske Cigaretter [de tre ord overstreget] en Visit i Anledning af, at Puf skulde ”det lille” mens vi var i Butikken, vi blev blev [ordet overstreget] bedt paa Kaffe og frisk Kage, hvad jeg dog afslog, da Agraren passede Fede nede ved Vognen. Derimod købte jeg en Fl. Husholdningsdrue, som Agraren og jeg satte Smag paa, da vi kom hjem, jeg var bleven saa forfrossen, jeg havde slet ikke Overtøj paa. – Jeg skal hilse fra Puf, han ankom nu derovre fra, Fede sover. Han har det helt godt. – Nu kun 1000 Hilsner fra Din egen Alhed
+Tak fordi Du skrev saa expedit
+24ende Okt. 1901</t>
+  </si>
+  <si>
+    <t>1909-02-16</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Erik Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Elisabeth Mackie
+Christine Swane
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen boede i Benediktsgade 3 hos Nils Andersen.
+Alhed og Johannes Larsen var i USA i 1907, for bl.a. at besøge to af Alheds søstre, som boede i Boston. Alheds søster, Christine Mackie, er åbenbart i Danmark lige nu, da hendes datter er nævnt i brevet.
+Bagerbutikken i Langegade var blevet udlejet fra d. 1.2 1909. (Brev 1909-01)
+Det er uvist, hvem Rigmor og Jørgensen er.</t>
+  </si>
+  <si>
+    <t>Det kniber med, at skaffe penge til, at betale for hospitalsopholdet i Odense. Johannes Larsen har fået solgt nogle billeder og skal deltage i en forårsudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yay0</t>
+  </si>
+  <si>
+    <t>Bennediktsgade den 16/2
+Kjære Johannes!
+Nu kom det, hvad jeg havde ventet saalænge, dette blev bragt Fader i dag med Anmodning som du seer, at give mig det, det er saadan at Forvalteren maa aflægge Maanedsregnskab
+Kommer du ikke selv herud kjære, ellers maa I sørge for at sende mig Penge Fader mener ikke vi kan møde med mindre end 60 Kr da der betales forud, havde vi nu blot de Penge fra Bageren saa var vi fri for at plage Eder men det lod jo paa Georg som der skal gaa Salær fra, men det mener Faer ikke er rimelig og vil afvente Svaret fra Sagføreren
+Saa er I til Gilde i Aften hos Syberg og morer Eder vel godt. Vi nyder endnu Glæden over Alheds Brev jo Gud Fader er rigtignok god jeg er jublende glad, at du faar saadan Udbytte af din Amerika Reise; men er det ikke nogen der skulde paa Udstillingen; men du har maaske betinget dig Tilladelse, at de udstilles til Foraaret, det er jo helt flot at der kan staa solgt; Faer er meget oprømt ogsaa hvad Alhed skrev om Møllen gjorde ham godt, ja Gud give dog Fremgang for den kjære Fader ogsaa i timelig Henseende han ligger da nu daglig og glæder sig, at vi blev paa Folkestuen hvad spares der dog ikke
+Indlagte Brev kom i dag lad Pigebørnene læse Rigmors Brev, ja I maa ogsaa godt læse det, vi har godt af at se, hvad andre ogsaa maa lide
+Idag da jeg besøgte Faer kom et Par unge Piger med Blomster til alle Pasienterne det var Emaus Kirkens Ungdoms Forening der var saa hæftet en Seddel ved, med et Skriftsprog
+Hils dog lille Lysse og ønsk ham god Bedring hils ogsaa Puf og de andre 2 smaa Tinge og Putte jeg gaar min daglige Vandring omkring i Husene hos Eder hils ogsaa Agraren det er dog mærkelig siger Faer at Agraren ikke kan skrive mig til, hele hans Færd ligger mig dog saadan paa Sinde
+Tak fordi han talte med Jørgensen om Møllen og Tak fordi du tog fat i Hr Bøttern han maa holde det Løfte at lade Halvdelen male hos Faer; nu er jeg saa træt at jeg maa sige god Nat og de kjærligste Hilsener til Eder Alle fra Moer og Faer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -4144,51 +4144,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aBcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g2n6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BGVZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9bhAnKJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BGVZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g2n6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aBcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9bhAnKJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M99"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -4273,4343 +4273,4343 @@
       </c>
       <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="F5" s="5" t="s">
         <v>45</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>47</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>48</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>45</v>
       </c>
       <c r="G7" s="5" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G10" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G11" s="5" t="s">
+        <v>95</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>96</v>
+        <v>49</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G12" s="5" t="s">
+        <v>101</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>104</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>105</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>107</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="D13" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="5" t="s">
+      <c r="I13" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="J13" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K13" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="L14" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>118</v>
-      </c>
-[...13 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E15" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="F15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>126</v>
-      </c>
-[...16 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>128</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>136</v>
+        <v>49</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E17" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="M17" s="5" t="s">
         <v>141</v>
-      </c>
-[...22 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      <c r="F18" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="L18" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="M18" s="5" t="s">
         <v>150</v>
-      </c>
-[...21 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F19" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="M19" s="5" t="s">
         <v>158</v>
-      </c>
-[...21 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>34</v>
+        <v>160</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>85</v>
+        <v>168</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>169</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="s">
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K21" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="H21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="J21" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>15</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F22" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>180</v>
-      </c>
-[...2 lines deleted...]
-        <v>49</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>181</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>182</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>184</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>179</v>
-[...4 lines deleted...]
-        </is>
+        <v>81</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>185</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>49</v>
+        <v>188</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G24" s="5" t="s">
+        <v>193</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="I24" s="5"/>
       <c r="J24" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>85</v>
+        <v>199</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>197</v>
+        <v>45</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="s">
-        <v>198</v>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="I25" s="5"/>
+        <v>200</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>201</v>
+      </c>
       <c r="J25" s="5" t="s">
-        <v>49</v>
+        <v>202</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D26" s="5" t="s">
-[...3 lines deleted...]
-        <v>179</v>
+      <c r="D26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="s">
-        <v>204</v>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>208</v>
+      </c>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K26" s="5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="M26" s="5"/>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D27" s="5" t="s">
         <v>43</v>
       </c>
+      <c r="D27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="s">
-        <v>211</v>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H27" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>213</v>
       </c>
-      <c r="J27" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M27" s="5"/>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D28" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E28" s="5" t="s">
-        <v>34</v>
+      <c r="D28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G28" s="5" t="s">
-[...9 lines deleted...]
-        <v>49</v>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K28" s="5" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="M28" s="5"/>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D29" s="5" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="D29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
-        <v>225</v>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I29" s="5"/>
-      <c r="J29" s="5" t="s">
-        <v>49</v>
+      <c r="J29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K29" s="5" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D30" s="5" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="D30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G30" s="5" t="s">
-[...9 lines deleted...]
-        <v>49</v>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K30" s="5" t="s">
-        <v>233</v>
+        <v>212</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>236</v>
+        <v>222</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D31" s="5" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="D31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="s">
-[...3 lines deleted...]
-        <v>238</v>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I31" s="5"/>
-      <c r="J31" s="5" t="s">
-        <v>49</v>
+      <c r="J31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K31" s="5" t="s">
-        <v>239</v>
+        <v>212</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>242</v>
+        <v>224</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="D32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G32" s="5" t="s">
-        <v>243</v>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>225</v>
+      </c>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K32" s="5" t="s">
-        <v>246</v>
+        <v>226</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>249</v>
+        <v>228</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D33" s="5" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="s">
-        <v>250</v>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>251</v>
-[...8 lines deleted...]
-        <v>253</v>
+        <v>229</v>
+      </c>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L33" s="6" t="s">
-        <v>254</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>256</v>
+        <v>231</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>24</v>
+      </c>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>257</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>232</v>
+      </c>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K34" s="5" t="s">
-        <v>259</v>
+        <v>233</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>262</v>
+        <v>235</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>43</v>
+      </c>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>263</v>
-[...5 lines deleted...]
-        <v>265</v>
+        <v>236</v>
+      </c>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K35" s="5" t="s">
-        <v>266</v>
+        <v>212</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="M35" s="5"/>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>269</v>
+        <v>238</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D36" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E36" s="5" t="s">
-        <v>45</v>
+      <c r="D36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="s">
-        <v>270</v>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>271</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>239</v>
+      </c>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K36" s="5" t="s">
-        <v>273</v>
+        <v>212</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="M36" s="5"/>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>276</v>
+        <v>241</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D37" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="s">
-        <v>277</v>
+        <v>46</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>278</v>
+        <v>242</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>279</v>
+        <v>243</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>280</v>
+        <v>244</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>281</v>
+        <v>245</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>282</v>
+        <v>246</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>283</v>
+        <v>247</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="s">
-        <v>284</v>
+        <v>248</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>285</v>
+        <v>249</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>286</v>
+        <v>250</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>287</v>
+        <v>251</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>288</v>
+        <v>252</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>289</v>
+        <v>253</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>290</v>
+        <v>254</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>255</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>291</v>
+        <v>256</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>292</v>
+        <v>257</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>293</v>
+        <v>258</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>294</v>
+        <v>259</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="s">
-        <v>297</v>
+        <v>262</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>298</v>
+        <v>263</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>299</v>
+        <v>264</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>300</v>
+        <v>265</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>301</v>
+        <v>266</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>302</v>
+        <v>267</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>303</v>
+        <v>268</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>304</v>
+        <v>44</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>117</v>
-[...10 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>269</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>306</v>
+        <v>270</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>307</v>
+        <v>271</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>308</v>
+        <v>49</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>309</v>
+        <v>272</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>310</v>
+        <v>273</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>311</v>
+        <v>274</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>312</v>
+        <v>275</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>304</v>
+        <v>44</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>276</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>314</v>
+        <v>277</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>315</v>
+        <v>278</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>316</v>
+        <v>49</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>317</v>
+        <v>279</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>318</v>
+        <v>280</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>319</v>
+        <v>281</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>320</v>
+        <v>282</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>321</v>
+        <v>43</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>322</v>
+        <v>44</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>323</v>
-[...7 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>283</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>324</v>
+        <v>284</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>325</v>
+        <v>285</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>326</v>
+        <v>49</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>327</v>
+        <v>286</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>328</v>
+        <v>287</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>329</v>
+        <v>288</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>330</v>
+        <v>289</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>333</v>
+        <v>291</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>334</v>
+        <v>292</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>335</v>
+        <v>293</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>336</v>
+        <v>294</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G45" s="5" t="s">
-        <v>297</v>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>337</v>
+        <v>295</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>338</v>
+        <v>296</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>339</v>
+        <v>297</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>340</v>
+        <v>298</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>341</v>
+        <v>299</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>342</v>
+        <v>300</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F46" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>343</v>
+      <c r="F46" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>344</v>
+        <v>301</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>345</v>
+        <v>302</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>49</v>
+        <v>303</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>346</v>
+        <v>304</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>347</v>
+        <v>305</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>348</v>
+        <v>306</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>349</v>
+        <v>307</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>43</v>
-[...12 lines deleted...]
-        <v>350</v>
+        <v>24</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>351</v>
+        <v>309</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>352</v>
+        <v>310</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>49</v>
+        <v>311</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>353</v>
+        <v>312</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>354</v>
+        <v>313</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>355</v>
+        <v>314</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>349</v>
+        <v>315</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D48" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="s">
-        <v>356</v>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>357</v>
+        <v>317</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>358</v>
+        <v>318</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>359</v>
+        <v>319</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>360</v>
+        <v>320</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>361</v>
+        <v>321</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>362</v>
+        <v>322</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>85</v>
+        <v>316</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>43</v>
-[...12 lines deleted...]
-        <v>363</v>
+        <v>323</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>364</v>
+        <v>325</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>365</v>
+        <v>326</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>366</v>
+        <v>327</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>367</v>
+        <v>328</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>368</v>
+        <v>329</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>369</v>
+        <v>330</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>85</v>
+        <v>331</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>43</v>
-[...12 lines deleted...]
-        <v>370</v>
+        <v>16</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>371</v>
+        <v>332</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>372</v>
+        <v>333</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>49</v>
+        <v>334</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>373</v>
+        <v>335</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>374</v>
+        <v>336</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>375</v>
+        <v>337</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>376</v>
+        <v>338</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>304</v>
-[...19 lines deleted...]
-        </is>
+        <v>339</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="G51" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>378</v>
-[...5 lines deleted...]
-        </is>
+        <v>342</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>379</v>
+        <v>344</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="M51" s="5"/>
+        <v>345</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>346</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>381</v>
+        <v>347</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>382</v>
+        <v>348</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>49</v>
+        <v>350</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>384</v>
+        <v>351</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>385</v>
+        <v>352</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>386</v>
+        <v>353</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>387</v>
+        <v>354</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>304</v>
-[...12 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G53" s="5" t="s">
+        <v>355</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>388</v>
+        <v>356</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>389</v>
+        <v>357</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>390</v>
+        <v>49</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>391</v>
+        <v>358</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>392</v>
+        <v>359</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>393</v>
+        <v>360</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>394</v>
+        <v>361</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>15</v>
+        <v>362</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>304</v>
+        <v>63</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>363</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>396</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="I54" s="5"/>
       <c r="J54" s="5" t="s">
-        <v>398</v>
+        <v>365</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>399</v>
+        <v>366</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>400</v>
+        <v>367</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>401</v>
+        <v>368</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>402</v>
+        <v>369</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>322</v>
+        <v>135</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>304</v>
-[...5 lines deleted...]
-        <v>404</v>
+        <v>43</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H55" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>405</v>
+        <v>371</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>406</v>
+        <v>372</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>407</v>
+        <v>373</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>408</v>
+        <v>374</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>409</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>410</v>
+        <v>376</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>304</v>
+        <v>377</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>411</v>
-[...5 lines deleted...]
-        <v>413</v>
+        <v>44</v>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>414</v>
+        <v>378</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>415</v>
+        <v>379</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>416</v>
+        <v>380</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>417</v>
+        <v>381</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>418</v>
+        <v>382</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>419</v>
+        <v>383</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>420</v>
+        <v>384</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>304</v>
+        <v>43</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>411</v>
+        <v>44</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>421</v>
-[...7 lines deleted...]
-        </is>
+        <v>385</v>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>386</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>424</v>
+        <v>49</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>425</v>
+        <v>388</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>426</v>
+        <v>389</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>427</v>
+        <v>390</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>428</v>
+        <v>391</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>304</v>
+        <v>44</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>44</v>
-[...7 lines deleted...]
-        </is>
+        <v>152</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>392</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>430</v>
+        <v>393</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>431</v>
+        <v>394</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>432</v>
+        <v>49</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>433</v>
+        <v>395</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>434</v>
+        <v>396</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>435</v>
+        <v>397</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>436</v>
+        <v>398</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D59" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E59" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>399</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>438</v>
+        <v>400</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>439</v>
+        <v>401</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>440</v>
+        <v>402</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>441</v>
+        <v>403</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>442</v>
+        <v>404</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>443</v>
+        <v>405</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>444</v>
+        <v>406</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>43</v>
-[...12 lines deleted...]
-        <v>445</v>
+        <v>407</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>446</v>
+        <v>409</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>447</v>
+        <v>410</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>49</v>
+        <v>411</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>448</v>
+        <v>412</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>449</v>
+        <v>413</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>450</v>
+        <v>414</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>451</v>
+        <v>415</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>43</v>
-[...12 lines deleted...]
-        <v>452</v>
+        <v>16</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>453</v>
+        <v>417</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>454</v>
+        <v>418</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>49</v>
+        <v>419</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>455</v>
+        <v>420</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>456</v>
+        <v>421</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>457</v>
+        <v>422</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>458</v>
+        <v>423</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>24</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F62" s="5" t="s">
-        <v>459</v>
+        <v>424</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>460</v>
+        <v>425</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>461</v>
+        <v>426</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>462</v>
+        <v>427</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>463</v>
+        <v>428</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>464</v>
+        <v>429</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>465</v>
+        <v>430</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>466</v>
+        <v>431</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E63" s="5" t="s">
-[...11 lines deleted...]
-        <v>468</v>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="H63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I63" s="5" t="s">
-        <v>469</v>
+        <v>433</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>470</v>
+        <v>434</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>471</v>
+        <v>435</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>472</v>
+        <v>436</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>473</v>
+        <v>437</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>24</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F64" s="5" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>474</v>
+        <v>438</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>475</v>
+        <v>439</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>49</v>
+        <v>440</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>476</v>
+        <v>441</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>477</v>
+        <v>442</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>478</v>
+        <v>443</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>479</v>
+        <v>444</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>480</v>
+        <v>445</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>481</v>
+        <v>15</v>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="I65" s="5"/>
+        <v>446</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>447</v>
+      </c>
       <c r="J65" s="5" t="s">
-        <v>483</v>
+        <v>448</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>484</v>
+        <v>449</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>485</v>
+        <v>450</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>486</v>
+        <v>451</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>487</v>
+        <v>452</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>304</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>340</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>488</v>
+        <v>453</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>489</v>
+        <v>454</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>490</v>
+        <v>455</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>491</v>
+        <v>456</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>492</v>
+        <v>457</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>493</v>
+        <v>458</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>494</v>
+        <v>459</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>495</v>
+        <v>460</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D67" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D67" s="5" t="s">
-[...6 lines deleted...]
-        <v>437</v>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>496</v>
+        <v>461</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>497</v>
+        <v>462</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>498</v>
+        <v>463</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>499</v>
+        <v>464</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>500</v>
+        <v>465</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>501</v>
+        <v>466</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>502</v>
+        <v>467</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>304</v>
-[...10 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>468</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>504</v>
+        <v>469</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>505</v>
+        <v>470</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>506</v>
+        <v>49</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>507</v>
+        <v>471</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>508</v>
+        <v>472</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>509</v>
+        <v>473</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>510</v>
+        <v>474</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>304</v>
+        <v>24</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>511</v>
+        <v>45</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>512</v>
-[...1 lines deleted...]
-      <c r="I69" s="5"/>
+        <v>475</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>476</v>
+      </c>
       <c r="J69" s="5" t="s">
-        <v>513</v>
+        <v>477</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>514</v>
+        <v>478</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>515</v>
+        <v>479</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>516</v>
+        <v>480</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>517</v>
+        <v>481</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>304</v>
-[...4 lines deleted...]
-        </is>
+        <v>24</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>429</v>
+        <v>482</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>518</v>
+        <v>483</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>519</v>
+        <v>484</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>520</v>
+        <v>485</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>521</v>
+        <v>486</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>522</v>
+        <v>487</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>523</v>
+        <v>488</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>524</v>
+        <v>489</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>304</v>
+        <v>24</v>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>525</v>
+        <v>490</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>526</v>
+        <v>491</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>527</v>
+        <v>492</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>528</v>
+        <v>493</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>529</v>
+        <v>494</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>530</v>
+        <v>495</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>531</v>
+        <v>496</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="D72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H72" s="5" t="s">
-[...6 lines deleted...]
-        <v>535</v>
+      <c r="H72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I72" s="5"/>
+      <c r="J72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K72" s="5" t="s">
-        <v>536</v>
+        <v>215</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>539</v>
+        <v>498</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>14</v>
+      </c>
+      <c r="C73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D73" s="5" t="s">
-        <v>43</v>
+        <v>499</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>542</v>
+        <v>500</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>501</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>544</v>
+        <v>143</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>545</v>
+        <v>502</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>462</v>
+        <v>372</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>546</v>
+        <v>503</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>547</v>
+        <v>504</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>548</v>
+        <v>505</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>549</v>
+        <v>506</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>550</v>
+        <v>316</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>551</v>
+        <v>507</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>552</v>
+        <v>45</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>553</v>
+        <v>508</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>554</v>
+        <v>509</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>555</v>
+        <v>49</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>556</v>
+        <v>510</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>557</v>
+        <v>511</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>558</v>
+        <v>512</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>559</v>
+        <v>513</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>560</v>
+        <v>43</v>
+      </c>
+      <c r="D75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G75" s="5" t="s">
-        <v>561</v>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>562</v>
-[...8 lines deleted...]
-        <v>564</v>
+        <v>514</v>
+      </c>
+      <c r="I75" s="5"/>
+      <c r="J75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L75" s="6" t="s">
-        <v>565</v>
-[...3 lines deleted...]
-      </c>
+        <v>515</v>
+      </c>
+      <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>567</v>
+        <v>516</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>560</v>
-[...12 lines deleted...]
-        <v>568</v>
+        <v>517</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>569</v>
+        <v>520</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>570</v>
+        <v>521</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>462</v>
+        <v>522</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>571</v>
+        <v>523</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>572</v>
+        <v>524</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>573</v>
+        <v>525</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>574</v>
+        <v>526</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C77" s="5" t="s">
+        <v>407</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>575</v>
-[...5 lines deleted...]
-        <v>577</v>
+        <v>15</v>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>578</v>
+        <v>527</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>579</v>
+        <v>528</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>580</v>
+        <v>529</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>581</v>
+        <v>530</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>582</v>
+        <v>531</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>583</v>
+        <v>532</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>584</v>
+        <v>533</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H78" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H78" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>536</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>585</v>
+        <v>537</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="M78" s="5"/>
+        <v>538</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>539</v>
+      </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>587</v>
+        <v>540</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F79" s="5" t="s">
+        <v>541</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        </is>
+        <v>542</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>544</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>585</v>
+        <v>545</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>589</v>
-[...1 lines deleted...]
-      <c r="M79" s="5"/>
+        <v>546</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>547</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>590</v>
+        <v>548</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>43</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>591</v>
-[...5 lines deleted...]
-        </is>
+        <v>550</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>552</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>585</v>
+        <v>553</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="M80" s="5"/>
+        <v>554</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>555</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>593</v>
+        <v>556</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>578</v>
+        <v>517</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>549</v>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G81" s="5" t="s">
-        <v>595</v>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>596</v>
+        <v>557</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>597</v>
+        <v>558</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>49</v>
+        <v>559</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>598</v>
+        <v>560</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>599</v>
+        <v>561</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>600</v>
+        <v>562</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>601</v>
+        <v>563</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>564</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>499</v>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>560</v>
-[...5 lines deleted...]
-        </is>
+        <v>565</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>372</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>585</v>
+        <v>567</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="M82" s="5"/>
+        <v>568</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>569</v>
+      </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>603</v>
+        <v>570</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>43</v>
-[...30 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G83" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>575</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>585</v>
+        <v>576</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>604</v>
-[...1 lines deleted...]
-      <c r="M83" s="5"/>
+        <v>577</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>578</v>
+      </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>605</v>
+        <v>579</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>85</v>
+        <v>517</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>606</v>
-[...7 lines deleted...]
-        <v>607</v>
+        <v>580</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>608</v>
+        <v>581</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>609</v>
+        <v>582</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>49</v>
+        <v>583</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>610</v>
+        <v>584</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>611</v>
+        <v>585</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>43</v>
+        <v>588</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>606</v>
+        <v>589</v>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G85" s="5" t="s">
-        <v>614</v>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>615</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="I85" s="5"/>
       <c r="J85" s="5" t="s">
-        <v>49</v>
+        <v>591</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>617</v>
+        <v>592</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>618</v>
+        <v>593</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>619</v>
+        <v>594</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>620</v>
+        <v>595</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>621</v>
+        <v>135</v>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="s">
-        <v>622</v>
+        <v>596</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>623</v>
+        <v>597</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>624</v>
+        <v>598</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>625</v>
+        <v>599</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>626</v>
+        <v>600</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>627</v>
+        <v>601</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>628</v>
+        <v>602</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E87" s="5" t="s">
+        <v>340</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G87" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G87" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>629</v>
+        <v>606</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>630</v>
-[...1 lines deleted...]
-      <c r="M87" s="5"/>
+        <v>607</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>608</v>
+      </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>631</v>
+        <v>609</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D88" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D88" s="5" t="inlineStr">
-[...28 lines deleted...]
-        </is>
+      <c r="E88" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>629</v>
+        <v>613</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="M88" s="5"/>
+        <v>614</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>615</v>
+      </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>633</v>
+        <v>616</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D89" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G89" s="5" t="s">
+        <v>617</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>634</v>
-[...5 lines deleted...]
-        </is>
+        <v>618</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>635</v>
+        <v>620</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>636</v>
-[...1 lines deleted...]
-      <c r="M89" s="5"/>
+        <v>621</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>622</v>
+      </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>637</v>
+        <v>623</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>43</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>424</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>638</v>
-[...5 lines deleted...]
-        </is>
+        <v>624</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>626</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>640</v>
-[...1 lines deleted...]
-      <c r="M90" s="5"/>
+        <v>628</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>629</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>43</v>
-[...14 lines deleted...]
-        </is>
+        <v>631</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>340</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H91" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>635</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="M91" s="5"/>
+        <v>637</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>638</v>
+      </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D92" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D92" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>641</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="K92" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="L92" s="6" t="s">
         <v>645</v>
       </c>
-      <c r="I92" s="5"/>
-[...10 lines deleted...]
-      <c r="L92" s="6" t="s">
+      <c r="M92" s="5" t="s">
         <v>646</v>
       </c>
-      <c r="M92" s="5"/>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>647</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D93" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D93" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="E93" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="G93" s="5" t="s">
+        <v>648</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>648</v>
-[...10 lines deleted...]
-        </is>
+        <v>649</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K93" s="5" t="s">
+        <v>651</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>649</v>
-[...1 lines deleted...]
-      <c r="M93" s="5"/>
+        <v>652</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>653</v>
+      </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>651</v>
+        <v>43</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>541</v>
+        <v>44</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>652</v>
+        <v>45</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G94" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="I94" s="5"/>
+        <v>656</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>657</v>
+      </c>
       <c r="J94" s="5" t="s">
-        <v>654</v>
+        <v>49</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>560</v>
+        <v>323</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>43</v>
-[...9 lines deleted...]
-        </is>
+        <v>24</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H95" s="5" t="s">
-        <v>659</v>
+      <c r="H95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I95" s="5" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>580</v>
+        <v>665</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>411</v>
+        <v>43</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>532</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G96" s="5" t="s">
+        <v>670</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>667</v>
+        <v>49</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>672</v>
+        <v>43</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>575</v>
-[...9 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>580</v>
+        <v>49</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D98" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>682</v>
+        <v>49</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D99" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D99" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="5" t="s">
-        <v>44</v>
+        <v>507</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>688</v>
+        <v>45</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
         <v>689</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>690</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>580</v>
+        <v>49</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>691</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>692</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>693</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>