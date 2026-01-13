--- v0 (2025-11-10)
+++ v1 (2026-01-13)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="75" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="82" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -197,99 +197,132 @@
 Det er uvist, hvem OKS og SM er.
 Ifølge brevet fra Fritz Syberg til Mads Rasmussen 22. juni 1910 ville Syberg gerne have, at "Dødsbilledet" kom til Faaborg Museum, da det er malet der, og de afbildede personer var fra Faaborg.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen har foreslået Mads Rasmussen at købe Kai Nielsens Marmorpigen. Karl Madsen skal komme og se på billeder, og man skal have komitémøde. 
 Fredag var komiteen samlet, og da Larsen kom dertil, havde man aftalt ikke at købe af Karl Schou. Larsen indvendte, at man allerede havde købt fem billeder af ham, og han gjorde de øvrige begribeligt, at det ikke var komiteens opgave at sørge for, at Mads Rasmussen ikke gav for mange penge ud.
 Karl Schou, Karl Madsen og måske Peter Hansen skal til Berlin for at se Monet-udstilling, og de vil have Larsen med. Isakson og Viggo Johansen er allerede i Berlin. 
 Peter Hansen og Larsen har været hos Poul S. Christiansen og vælge 12 billeder til Faaborg. 
 Komiteen har købt Peter Hansens Pløjemand. Johannes Rump vil have 4000 kr. for Dødsfaldet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/iCxe</t>
   </si>
   <si>
     <t>Kjøbenhavn Lørdag 2 April 10
 Kæreste Alhed!
 Tak for Telegram og Breve. Jeg fik det ene og Telegrammet til Afskedsfrokosten her hos Schous efter at jeg havde været hos Luds og Kunst Petersens paa Farvelvisit. Jeg tog strax til Peter og med ham til M.R. Peter kendte ikke noget til at der havde været Tale om den ”fornemme” men M.R. vidste det og saa foreslog jeg at vi skulde købe Marmorpigen hvad han ikke stillede sig afvisende til, jeg lovede saa at prøve paa at faa Kai til at slaa af paa Prisen, saa tog vi til Lützhøft og ordnede ham. D.v.s. først havde jeg lovet M.R. at faa at vide om Karl Madsen ikke kunde komme og spise hos dem og se Billeder en af disse Dage og det har vi saa faaet lavet saadan at de skal derover i Mrg Aften sammen med Peter og mig hvorefter jeg haaber at M.R. vil være saa præpareret at vi kan lave et Komité Møde paa Mandag hvor vi køber Marmorpigen som vi nu har paa Haanden for 5000 Kr. (den koster 7000), der for fik vi ikke handlet om den fornemme i Gaar, hvad der ellers godt kunde have været gjort. Men jeg er voldsomt spændt og venter at gaa med Mavepine til det bliver afgjort paa Mandag. Kai regner naturligvis allerede med at den er solgt, Du fik vel et Kort fra Bræddehytten hvor vi spiste sammen i Gaar og talte om Priserne, det var vi jo nødt til ellers vilde jeg helst have holdt min Mund foreløbig. Dagen før jeg skulde have rejst altsaa Fredag fik jeg tilfældigt at vide at Komitéen var samlet (Peter havde været rundt for at finde mig) jeg tog saa derud, der var M.R. og OKS Jens Rasmussen, Lützhøft, Tom og Peter, og da jeg kom var de blevne enige om at det ikke var nogen Nytte til at købe af Schou, jeg maatte jo saa optræde og holde paa at de fem Billeder var købt og det gik saa i Orden efter en Del Sludder. Siden den Tid har jeg haft Lysse og Tom for, og gjort dem begribeligt at det ikke er vores Opgave at, passe paa at M.R. ikke giver for mange Penge ud, men at sørge for at faa ham til at købe saa mange gode Ting som muligt. I Aften skal jeg til et Sold hos Knud Marstrand sammen med Kais, Kochern og flere. Schou Karl Madsen og maaske Peter rejser paa Tirsdag til Berlin for at se Monet Udstillingen de vil nok have mig med men jeg længes nu snart efter at komme hjem og det vilde jo hele Ugen gaa med og Penge koster det jo ogsaa. Isaksons og Viggo rejste derned i Gaar. Ja det var jo et rørende Brev fra SM. og dersom jeg kan naa det skal se at komme derud, men disse Møder tager jo en Fandens Tid, jeg har rendt rundt fra jeg fik Dit Brev til nu. Peter og jeg var ogsaa oppe hos Christiansen i Gaar og tog 12 Billeder ud som skal sendes til Faaborg, saa vi kan se dem der, der skal vi altsaa have et Møde ovre som Baronen maa med til. Vil Du sige ham det. Jeg gaar ud fra at han ikke vil blive ked af det hvis vi køber Marmorpigen, men det var maaske ingen Skade til om jeg fik et Par Ord om det.
 Nu sidder Schou og siger at jeg skal med til Berlin. Jeg skal hilse fra Schou og Marie, mange Gange og sige fra Marie at Du har lovet at skrive til hende og fra Schou at Du er rar. Vi har nu faaet Peters Pløjemand fra Max Levig for 2000 Kr. Rump forlanger 4000 Kr. for Dødsfaldet men jeg tænker han slaar en Del af, han har tilbudt W &amp;amp; M det for 1200 Kr. den gang de købte Raadyrene. Mange kærlige Hilsner til Jer alle
 Din
 Johannes Larsen</t>
   </si>
   <si>
+    <t>1919-05-11</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Grethe Jungstedt
+Thyra Larsen
+Thøger  Larsen</t>
+  </si>
+  <si>
+    <t>Bodild er muligvis Bodild Holstein. Hun boede ikke på Lemvig-kanten, men kan have haft et sommerhus der el.lign.
+Landinspektøren og Mads kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3807</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer skriver tillykke på sit fineste brevpapir. Hun har i påsken været i Lemvig hos Thyra og Thøger Larsen. "Opsynet" var skrappere end i fjor. Selskabet var på ture til Gjellerodde, hos Bodild og Mads, i Kappelskoven, ved Ferring Sø og ved Vesterhavet. Thyra Larsen virker bedst, når hun ikke er der.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QhKW</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 er med blyant skrevet:] Elle
+Maj 1919
+[Herefter med sort blæk:]
+Kære lille Lugge!
+Idet jeg sender dig mange mange Lykønskninger på mit allerfineste Brevpapir, som du kender min økonomiske Sans nok til at vide at det er et ikke ringe Offer, der derfor i Reglen bliver forbeholdt Breve som jeg skal gøre et godt Indtryk på, hvis de ikke har det i Forvejen, når de nemlig ikke kender mig, f. Eks. svare på Advertissementer, så det bliver fordelagtigt og bøder på mulige Mangler i Stilen. - - -
+(Vejret vil jeg nu ikke skrive om, skønt det er fristende, når det er noget så guddommeligt som det er i disse Dage, - jeres Have er nok bedårende med Zwibler og Fuglesang og Børnevrimmel, - gid jeg var der, - men jeg tjener så mange Penge nu, at jeg ikke har Raad til at lade være med det. Den Gang, jeg var fattig, kunde jeg komme og gå som jeg vilde. - Nå, jeg har da med Drikkepenge og varm Mad på Hjemrejsen og Mine med gjort en Rejse på 70 Kr. 39 Øre i Paasken. Men den var alle Pengene Vejr, - nej værd!! (Det var uforvarende og ikke af min ellers medfødte Vittighed, det "Vejr". - ) Det var knusende sødt i Lemvig og Lugge helt mellem os sagt, Th. var mægtig glad ved mig, men han bar det som en Mand, undtagen en enkelt Gang. Jeg synes også Opsynet var endnu skarpere end i fjor, - men derfor kan vi jo godt indkassere lidt Ædelhed. Mine var forresten også en elendig Makker. Men det var yndigt at være der og Thøger var akkurat ligesom i fjor - stampede ud og ind efter Bøger, som vi skulde se og ind og stoppe Pibe og på Lur efter en Myg og gik jo ellers op i at more os. Vi var den første Dag uden Kone på Gjeller Odde, hos Bodild, hvor vi drak Kaffe, så til Ma-a-ds hvor vi fik Chokolade og Kaffe - der har været Konfirmation og vi beså de rørende Gaver, og Mads førte os ud i Hønsehuset og Materialhuset - vi så også alle 10 Unger - i Anl. af Konfirm. var de knap så snottede som i fjor og meget søde. Så gik vi til Bodild og spiste til Aften og sad så sødt bænket der i den lille gamle Stue, - Thøger var så inderligt lykkelig ved at sidder der. - En anden Dag var vi i Kappelskoven m. Kone, sylende ["m. Kone, sylende" indsat over linjen] - den er som en Æventyr og 1ste Paaskedag, da det stormede var vi med Toget ud til Strande ved, Fæhring Sø og ude ved Vesterhavet. I Guder som det pjaskede og Sandet føg om Ørerne - men bag efter lå vi i Klitterne i Læ og Sol. Men Konen var så ekstra sylende den Dag. - Hun var meget sylende og skønt hun jo er så venlig og gæstfri, så kan man ikke nægte at hun virker bedst, når hun ikke er der. - Så spillede vi L'hombre en Aften, Th., jeg og Landinspektøren - uha, hvor vi morede os - og Skak de andre Aftner og Billard en Gang. Vi var der 5 Dage, men de fløj. Vi så også i Kiggert på Plænen Saturn [tegning] 
+[Indsat øverst s. 1:] Dato behøves da ikke når det er Dagen før din Fødselsdag, - det er så meget Ulejlighed med de Datoer.
+[Indsat øverst s. 1; på tværs:] Nu kun 1000 Hilsner. Elle
+[Indsat i venstre margen s. 1; på tværs:] Tillykke fra Grethe.</t>
+  </si>
+  <si>
     <t>1919-06-07</t>
   </si>
   <si>
     <t>Brevkort</t>
   </si>
   <si>
     <t>Thøger  Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Birkerød</t>
   </si>
   <si>
     <t>Else Birgitte Brønsted
 Johannes Fønss
 Wilhelm Hansen
 Grethe Jungstedt
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Thøger Larsens hyldest til den lyse sommernat er en lejlighedssang skrevet på digtervennen Jeppe Aakjærs opfordring. Sangen skulle bruges ved et sommermøde i juli 1914 på Aakjærs gård Jenle i Salling. Der kendes omkring 30 forskellige melodier til sangen, heriblandt en af Carl Nielsen. Grethe Sawyer/Jungstedts noder til sangen er aftrykt i bogen Du danske Sommer (Malene Linell Ipsen (red.)), Johannes Larsen Museet 2007.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3759</t>
   </si>
   <si>
     <t>Thøger Larsen har været til Grundlovsfest og hørt "Danmark nu blunder" sunget på Grethe Jungstedts melodi. Bagefter var han i Tyborøn med sangeren, Joannes Fønss.
 Louise og familien må have haft en forfærdelig tid.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/AMsb</t>
   </si>
   <si>
     <t>[Skrevet med blyant:]
 1919
 [Skrevet med blæk:]
 Fru Louise Brønsted
 Birkerød
 Sjælland
 Kære Lugge! Nu er jeg igen i Lemvig, men rejser hjem i Morgen. Jeg kom herop til en Grundlovsfest, fordi Johannes Føns skulde synge ”Danmark nu blunder” på Grethes ny Melodi – den som skal udkomme hos W. Hansen. Den lød meget smukt, skønt den var udsat for lavt ["lavt" overstreget] højt. – Jeg skulde være hjem næste Dag, men blev jo så alligevel et Par Dage, som har været herlige Joh. Fønss er her også og vi falder udmærket i Traad, han er en storartet, stor èn og har da en pragtfuld Stemme. De dybe Toner ruller ligesom Orgeltoner. – I Går var vi ved Tyborøn, - spillede L’hombre derud i Toget, - sejlede hjem i en Kutter og spillede L’hombre i en lille Kahyt og sillede igen L’ i Aftes. Jeg vandt det Hele. Nu har jeg jo ikke hørt om Mudi siden i Onsdags, - men nu er det vel ogsaa i god Gænge – Det maa have været en forfærdelig Tid for Jer Hils den lille yndige Nus-Elle
 Mange Hilsner Deres Thyra og Thøger Larsen</t>
   </si>
   <si>
     <t>1921-04-29</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Lemvig</t>
   </si>
   <si>
     <t>Thyra Larsen
 Thøger  Larsen</t>
   </si>
   <si>
     <t>Ellen har skrevet brevet i søsteren Astrids lejlighed i København, men sendt det fra Kerteminde.
 Det engelske citat stammer fra Shakespeares sonet nr. 29, "No fear".
 Ellen Sawyer og Thøger Larsen havde muligvis et forhold.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1765</t>
   </si>
   <si>
     <t>Det er dejligt, at Thøger Larsen fik en rejse, men ærgerligt at han ikke er hjemme, mens Astrid er på besøg. Ellen vil komme til Lemvig 14 dage senere, og Astrid må spørge, om Thøger L. da er hjemme. 
 Astrids cykel punkterede fire gange dagen før, og hun fik ikke noget mad, men hun har så meget solskin i sit hjerte, at det intet betød. Ellen beder om, at Astrid brænder brevet.</t>
@@ -504,59 +537,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M8"/>
+  <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -711,227 +744,275 @@
       </c>
       <c r="H4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="D5" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D5" s="5" t="s">
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="E5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="5" t="s">
+      <c r="D6" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D6" s="5" t="s">
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="E6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>69</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="J8" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="M8" s="5" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" s="5" t="s">
         <v>74</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
+    <hyperlink ref="M9" r:id="rId14"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>