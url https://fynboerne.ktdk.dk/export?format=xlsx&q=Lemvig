--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="82" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>