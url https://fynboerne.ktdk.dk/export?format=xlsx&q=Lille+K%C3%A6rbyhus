--- v0 (2026-01-13)
+++ v1 (2026-03-28)
@@ -3,139 +3,186 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="827" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1369" uniqueCount="842" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1898 fastelavn</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Clara Lindberg
+Christine  Mackie
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Malerens, Leth, C.T.A., K og E og Adolph var. Vilhelmine Larsens ene søn hed ganske vist Adolph, men hun kaldte ham stort set altid Agraren. 
+Det er svært at afgøre, hvem "Børnene" var. Der kan være tale om flere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, B</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har haft en masse mennesker til middag i forbindelse med fastelavn. Søndag fik de frokost hos Alhed og Johannes Larsen. Bordet måtte stå på skrå (hos Alhed og Johannes Larsen eller i Kærbyhus?). Under måltidet kom Edsberg pludselig. Mange skulle overnatte på Kærbyhus. 
+Vilhelmine sad og vågede over Adolph, som havde det dårligt og måtte udsætte sin afrejse. 
+Vilhelmine ville have sendt Christine kager mm, men alt blev spist. Hun sender snart penge. Vilhelmine har givet besked om, at Christine Swane kommer til Romsø i maj og juni.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMxx</t>
+  </si>
+  <si>
+    <t>Kjærbyhus 
+Kære lille Christine!
+Du har nok længtes meget efter at høre hvordan vores Fastelavnsgilde stod af; men her har været saameget der har taget mine Tanker – Vilhelm kom saa alligevel Lørdag aften, Alhed var i Byen og kom indenfor med den Nyhed. Klaks gik nede paa Gaden og det lettede mig saadan i Arbejdet at Tallet blev fuldt Tal ["Tal" overstreget] paa Børnene, vi bleve meget oplivede ved Bordet for vi havde spist Kjødet og saa spiste han Sovs og Rødbeder senere kom han over med Lugge og Alhed til en Kop Kaffe og det vandt Bifald at jeg mente vi skulde smage alle de Slags der var bagt; Fader og jeg gik i Seng til sædvanlig Tid. Marie gik med til Malerens og ventede Agraren og Junge som kom med 11 Toget, Søndag skulde vi spise Frokost hos Las’, med 2 Toget kom Leth, Hempel, C, T. A, Edsberg kom ikke dengang; de fik saa Mad og Kaffe, gik en Tur og 5 ½ dækkede vi Bord det stod paa skraa i forreste Linie og Sofaen langs med. det var jo lidt knebent men det gik dejlig Fedekalvesteg og Chokolade Budding med Flødeskum ovenpaa; men da vi er midt i Maaltidet kommer der nogen ind, og jeg tænker nu hvem kommer dog her – da Marie hilser god Dag. Hr Edsberg Klaks sad nemlig med Ryggen til Døren og han og hun var jo de eneste der kjendte ham; det gav jo lidt Munterhed, hvad der ikke var i forvejen, Klaks havde lige givet en Tale paa Vers i B og L Navn; vi fik saa Kaffe og Tobak og brød op, da de gik til Toget, Dis, Hempel og Leth. det vil sige vi to Gamle den unge blev længere. Mandagen skulde jo være hos os K og E paa Gjæsteværelse Agraren paa Mardres, Junge Tutte og Marie paa qvisten - de sov længe for Thora havde været paa Bal og holdt ud til 4 ½ Søndagmorgen, men saa fik de jo ogsaa Kaffe paa Sengen. Grossererens var bedt herop Middagen var Skinke Langkaal og Boller derefter Kaffe med Kager – god Rødvin begge Steder 
+Et ugudeligt Aftensbord vi var 13 til Bords.
+senere på Aftenen var vi tiltænkt Karamel Is men det blev knap Iset nok Marengser og Madejra til var det ikke flot. Christine sang og spillede; det var Meningen at Adolph skulde rejse om Natten jeg sad oppe og vaagede, men saa var det ikke saa godt med ham derfor ventede han til næste Dag, og saa lovede han os da at gaa med sit Bind, saa haaber vi at alt igjen skal blive godt, vi har endnu ikke hørt fra de bortrejste, men det kommer maaske imorgen. havde jeg nu faaet dette afsted som min Tanke var først i Ugen saa kunde jeg havde den Glæde at faa Dit Søndagsbrev nu maa jeg vente.
+Vi havde saadan tænkt at sende Dig noget efter Gildet men alt blev spist, nu bager vi igjen og skal sende dig først i Ugen, paa Tirsdag skal vi ud med Hø lille Dine og saa skal vi sende dig Penge, Lise har jeg ikke talt med da hun er syg men lille Emma var her i Dag og så meldte jeg Din Ankomst til Romsø i Maj og Juni det er ogsaa den smukkeste Tid derovre – Gud give dig Kræfter og god Arbejdslyst min lille Ven det beder jeg daglig ved og jeg tænkte saadan paa at Du kunde paa vore Vegne have gaaet ud til Fru Lindberg Fastelavns Mandag da var det hendes Fødselsdag men alle de Fremmede tog min Tid. 
+Skriv nu og fortæl mig alt muligt om Dig selv – og hils Alle fra mig Marie skriver paa Mandag naar vi sender
+Din trofaste Moder</t>
+  </si>
+  <si>
     <t>1899-05-22</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Victor Bøttern
 Andreas Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johannes Larsens forældre er flyttet til en ny lejlighed, og Larsen betragtede aldrig "den anden Lejlighed som mit Hjem". Dette må betyde, at I.A. og Vilhelmine Larsen fraflyttede deres store lejlighed i købmandsgården, Langegade 50, Kerteminde, da grosserer Victor Bøtterne forpagtede købmandsgården. De boede formodentlig i en mindre lejlighed i ejendomskomplekset (som altså ikke var Johannes Larsens barndomshjem) og er nu flyttet til en tredje. I oktober 1900 flyttede I.A. og Vilhelmine Larsen til Kjærbyhus i Kerteminde. 
 "kys lille Jeppe": Alhed og Johannes Larsen kaldte de første uger deres nyfødte barn Jeppe. Han fik navnet Jeppe Andreas og blev kaldt Andreas og Puf.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen har hjulpet sine forældre med at flytte til en ny lejlighed. Han har haft ondt i øjnene på grund af modvinden dagen før.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JAzF</t>
   </si>
   <si>
     <t>Kjerteminde 22 Maj 1899.
 Kæreste Alhed!
 Jeg sidder nu inde i den ny Lejlighed og skriver, vi har flyttet hele Dagen og er nu paa det nøjeste færdig med Skilderier paa Væggene og Blomster i Vinduer og alle Møbler paa Plads. Vi har spist til Aften hos Grossereren og senere været deroppe at drikke Kaffe incl. Frk. Lau, som kom med Posten. Jeg tager mig det ikke nær at vi har flyttet, her kan være lige saa rart og jeg har aldrig betragtet den anden Lejlighed som mit Hjem. Marie kom saa ikke derned i Dag men hun kommer nok i Morgen. Her har været en væmmelig Kulde i Dag og jeg har hele Dagen været øm i Øjnene af Modvinden i Gaar, saa det har jo passet helt godt at kunde hjælpe til med Flytningen. Marie siger nu at hun rejser med Dagvognen i Morgen og tager saa dette Brev med. Nu maa jeg holde op Skrivebordet staar i Sovekammeret og Fader og Moder vil i Seng. Tjalfe er sød, han har gaaet og passet paa mig hele Dagen og af og til ytret Misfornøjelse med Flytningen. God Nat min allerkæreste Ven, kys lille Jeppe. Mange kærlige Hilsner fra Din
 Johannes Larsen</t>
   </si>
   <si>
     <t>1899-7</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Peder Hansen
 Alhed Larsen
 Jens  Nielsen</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen opholder sig muligvis på henholdsvis Erikshaab og Svanninge Kro, for at beskytte deres lille søn Puf mod en kighosteepidemi.
 Anders er muligvis en karl, der jævnligt arbejder for familien Larsen.
 Hverringe er et gods nord for Kerteminde.</t>
   </si>
   <si>
     <t>Familien Larsen i Kerteminde har travlt med markarbejde. I.A. Larsen har henvendt sig til byrådet i en sag, men endnu ikke fået svar.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JuzW</t>
   </si>
   <si>
     <t>Kjærbyhus
 Kjære Johannes!
 Byraadet har ingen Svar givet endnu. Jens Nielsen vilde ikke. nu har Fader tænkt paa Marskandiser Hansen det er dog en Mand med lidt Forstand i Panden, jeg skal i dag se at skaffe Penge at sende Alhed i Aften, vi fik ikke Anders – men igaar fik vi 2 en Jyde og en Fynbo, Jyden skal til Hverringe om 8 Dage men vi har haardt Brug for ham den Tid
 Kjærlig Hilsen til Eder begge. Din Moder</t>
   </si>
   <si>
     <t>efterår 1900</t>
@@ -192,53 +239,50 @@
   <si>
     <t>Vilhelmine Larsen opmuntrer Johannes, som er ked af, at han endnu ikke har solgt noget på udstillingen. Der bliver bygget om i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/J2KL</t>
   </si>
   <si>
     <t>Kjære Johannes
 Du maa tro jeg er bleven en sær Én. Vi har ledt først jeg senere Marie men ingen Kunsthistorie, hvor er den dog henne. Idag kom der brev fra Alhed, det var fornøjelig at høre om Eders lille Skat; men hvornaar Du kom vidste hun ikke lad mig endelig høre det for at jeg i god Tid kan faa skuret derude, vi blev narrede med vores svenske Pige hun kommer vist ikke mere. Her er jo en Kone der malker men det er alligevel ikke en Pige. Eders lille Anna har været her idag hun vil hjælpe mig i Paasken for nu idag begyndte Ferien.
 Johannes jeg kan mærke du har tabt dit Humør fordi der ikke sælges noget; men det kommer min Ven. 
 Faer er endnu højt oppe og siger der er langt til [ulæseligt ord] hvorfor kjøbte nu denne Greve paa Langeland ikke din Hund… han gav der 3,000 ud paa Charlottenborg; maaske saadanne Herrer ikke gaar paa den ”Fri” det er nu ligemeget med alle de store. Sig mig kun [ulæseligt ord] hvad Zarthman og Phillipsen sagde om dine Arbejder og de andre Venner
 Vi har Adolph hjemme og han hænger i med at hjælpe Karlene at vi kan kjøre sammen til Murerne.
 Imorgen Johannes er det Meningen at vi skal have Skillerummene op i Laden det er paa Tiden naar vi skal herud fra den 19 – men nu har vi bestemt os til at sove i vores gamle Sadelkammer ovenpaa og saa Marierne paa dit Værelse – hvordan vi skal med Maden og Karlene har jeg foreslaaet at de kan sove i Lysthuset indtil der bliver istand til dem
 Her er i disse Dage ved at blive rejst Plankeværk om Bygaarden, vi holdt Arbejdere til at bryde Hegnet ned og der blev nogle dejlige Grundsteen til dit Huus
 Jeg er saa træt Johannes for jeg har vadsket lidt om Dinemor idag og det regner hver Dag saa jeg skal se om vi kan faa det tørret i Morgen!
 Du kan tro jeg glæder mig til du kommer hjem. Din And vil vist snart ligge.
 Det kan være Adolph tager ned til Haabet en af Helligdagene. Det var Meningen at Marie vilde have været med; men Sygeplejersken mener hun gjør klogest i at blive i Ro.
 Nu lev vel og vær saa kjærlig hilset af din hengivne Moder der stadig beder for Eder</t>
   </si>
   <si>
     <t>1900-04-26</t>
   </si>
   <si>
     <t>Marie Larsen
 Vilhelmine  Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Christine Swane</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Anna 2 -
 Ole Bager
 Victor Bøttern
 Christian Eckardt
 Margrethe  Eckardt
 Erik Henrichsen
 - Holm, skovrider
 Adolph Larsen
 Alhed Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 lille Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Olga Lau
 Ida Olsen
 Theodor Philipsen
 Anna Rosenørn
@@ -885,51 +929,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>u.å. 1901</t>
   </si>
   <si>
     <t>Faaborg
@@ -1052,50 +1096,94 @@
   </si>
   <si>
     <t>1901-02-01</t>
   </si>
   <si>
     <t>- Berg, Fru
 Emilie Demant Hatt
 Johannes Larsen
 Sophie Meyer
 Sophus  Meyer</t>
   </si>
   <si>
     <t>Vilhelmine Larsen sender tøj, lidt mad og penge til Christine Swane.Hilsner til frk. Demant.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4C1Z</t>
   </si>
   <si>
     <t>Kjærbyhus
 Kjære Ugle!
 Nu fik vi dit Tøj afsted. Kravetøj er her intet af, men det er taget fra af Karen og tørret for sig selv saa det maa vel passe; Steg har vi ikke lille Ven saa Du maa tage tiltakke dennegang saa skal vi snart være der igjen kan Du tro; i det Papir hos Sardinæsken ligger 2 Kr 50 Ø Øre for vi kunde ikke mere ; men disse 10 er til Fru Berg og en af de første Dage skal komme saa vi kan blive gjældfri Du kjære Pige vær ved godt Mod det skal nok alt sammen blive godt
 Ja jeg haaber nok at komme over til dig men det maa blive bedre med Vejret for denne Kulde er ikke god for mig
 Hils nu Frøken Demant fra mig og Du kan tro vi talte om hendes Moders Hjem forleden Aften Mejers var til Kaffe hos Johannes og der gik
 Nu skal Brevet afsted saa maa jeg gaa til Posthus
 Kjærlig Hilsen fra os alle din Moder</t>
+  </si>
+  <si>
+    <t>1901-02-25</t>
+  </si>
+  <si>
+    <t>Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Hempel Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Fritz Lerche og Ed. N kendes ikke. 
+De Gamle var johannes Larsens forældre.
+Adis var Astrid Warberg-Goldschmidt. Hun var i 1901 ung pige i huset hos Alhed/Be og Johannes/Las Larsen, der på dette tidspunkt boede i Lille Kærbyhus, Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1497</t>
+  </si>
+  <si>
+    <t>Andreas Warberg har været inviteret til kortaften med god mad og cigarer. Dagen efter tog han toget til Kerteminde for at besøge Alhed/Be og Johannes/Las Larsen. De lå endnu i sengen, da han kom. Astrid/Adis Warberg var netop stået op. Andreas og Johannes Larsen fangede en irisk, som Larsen ville male. Om aftenen var de til kaffe hos Johannes Larsens forældre. Der blev serveret meget stærk rom. 
+Astrids cykel er til reparation. Hun beder forældrene sende frimærker.
+Andreas har besøgt Hempel Syberg, som lå syg af forkølelse. Andreas beder sin far få lavet en lægeattest, så han (Andreas) kan slippe for gymnastiktimerne, som er det rene slaveri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/o0yk</t>
+  </si>
+  <si>
+    <t>Odense d: 25 Febr. 1901.
+Kære Mor!
+Jeg vil benytte Lejligheden i Aften, da jeg sidder hyggeligt heroppe med en Cigar og en Bajer, til at skrive. Jeg har ført et meget muntert Liv de sidste to Dage: I Lørdags var jeg til Selskab hos Fritz Lerche, og i Gaar i Kerteminde. Allerede forrige Lørdag fik jeg Invitation til at komme ud til ham og spille L’hombre, og da jeg ikke anede ondt, men troede, at det skulde være et ganske almindeligt Parti, sagde jeg Ja. Men saa om Mandagen fik jeg at vide, at det skulde være større Selskab, spise til Aften med osv, men saa var det allerede for sent. Jeg har derfor været gnaven hele Ugen, noget jeg altid bliver, naar jeg bliver inviteret ud. Naa - Selskabet indskrænkede sig imidlertid til at vi blev 12 fra Latinskolen, 2 Partier L’hombre og 1 Whist. Vi fik vældig flot Aften: Fiskerand (?) og Oliven, Is; dertil Rødvin og Sherry. Saa L’hombre (10 Øre) med Cigarer; jeg for min Part røg 5, og de andre har vel ogsaa nok hængt godt i, for tilsidst kunde vi næsten ikke se hinanden. * - Endelig Kaffe og Musik; jeg kom fint hjem henad Kl 1 og var næsten ved at komme for sent til Toget om Morgenen. Jeg havde nær aldrig fundet deres Hus, men endelig lykkedes det dog, og jeg traf saa Be og Las paa Sengen og Adis nylig opstaaet. Det var desværre ikke Vejr til at komme noget ud, Las og jeg var kun lige uden for Huset for at fange Fugle i Net; vi fangede en Irisk, som Las skulde male. Om Aftenen vare vi ovre hos de Gamle til Kaffe;. [semikolon overstreget og erstattet med et punktum] Til den blev der budt noget om, som jeg troede var Scherry og jeg tog jo saa trøstig et Glas; men ved nærmere Undersøgelse viste det sig at være forfærdelig stærk Rom, som nær havde slaaet mig ihjel, skønt jeg dog nok synes, jeg kender lidt til den Slags Varer; derimod tømte Marie et helt Glas uden at blinke. – Adis’s Cycle har jeg leveret ud til Ed N., men den kunde ikke naa at blive færdig; som jeg kunde faa den med. Jeg skulde fra hende bede dig om at sende nogle Frimærker, da I ellers ingen Breve kan faa.- Jeg var ude hos Onkel S. i Eftermiddag og fandt ham liggende i Sengen af en [”en” indsat over linjen] Forkølelse, som havde varet nogle Dage. Tante Visse havde meldt sig derude og ventedes i Dag. Paa Skolen gaar det godt; jeg har endnu fri for Gymnastik, og da ingen har talt noget om det, er jeg naturligvis ikke saa dum frivillig at gaa til det Slaveri. Tror du ikke, at det kunde lade sig gøre at faa en Lægeattest for, at jeg ikke kan taale Gymnastik; der er jo kun godt 2 Maaneder tilbage nu? Kan du ikke snakke med Far om det.?
+Mange Hilsner til alle,
+Jeg kommer saa hjem paa Lørd, maaske cyclende. 
+*Jeg morede mig udmærket.</t>
   </si>
   <si>
     <t>1901-02-28</t>
   </si>
   <si>
     <t>Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Marie  Marstrand</t>
   </si>
   <si>
     <t>Christine Swane boede i februar 1901 hos Demants i Nyboder</t>
   </si>
   <si>
     <t>Alhed har i dag født sit andet barn, en lille mørkhåret dreng.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xnJ7</t>
   </si>
   <si>
     <t>1901-02-28
 Kjærbyhus
 Onsdag Kl. 11 Fund..
 Kjæreste lille Ugle!
@@ -3498,53 +3586,50 @@
 Karl Schou
 Marie Schou
 Christine Swane</t>
   </si>
   <si>
     <t>Alhed Larsen er i København, mens Johannes Larsen og børnene er hjemme i Kerteminde. 
 Den svenske maler Karl Isakson faldt under et besøg hos Johannes Larsen ned af trappen i Svanemøllen og brækkede benet, hvorefter han måtte blive i Kerteminde et halvt år. 
 Sagen om pengene fra Akademiet er ikke umiddelbart gennemskuelig. 
 Tårup Strand ved Odense Fjord blev på Larsens tid kaldt Taarupstranden (markeret ved Nybro Frugtplantage).</t>
   </si>
   <si>
     <t>Alhed Larsen har været hos Schous og hos Berta (Brandstrup) samt med Christine på Den Fri, hvor udbyttet var magert. Larsen må sende fuldmagt, så Alhed kan få penge på Akademiets kontor.
 Larsen må passe på børnene, og de må ikke gå til havnen eller Taarbystranden (Taarup Strand).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OfQX</t>
   </si>
   <si>
     <t>Kæreste Lausi!
 Jeg havde haabet paa et Brevkort i Dag, men saa kommer det vel i Morgen. Jeg har har [ordet overstreget] været hos Schous to Gange, allerede den første Aften var Chr. og jeg et Svip derude og bad dem til Middag her i Gaar. Og i Morges mødtes jeg med dem paa den fri og tog med dem hjem til Frokost. Derfra gik jeg til Berta hvor jeg skal til Middag i Morgen. Christine og jeg var i Gaar 4 ½ Time paa Charlottenborg, men Udbyttet var jo magert. Jeg har været paa Akademiets Kontor, men Du maa sende mig en Fuldmagt eller en Kvittering ellers kunde jeg ikke faa dem. Vil Du endelig sende den i Morgen helst 3.20 saa jeg kan have den Onsdag Morgen, saa giver jeg Schou de 100, de vilde nok have dem nu. - - Vær endelig sød mod Børnene, kys dem mange Gange og pas forfærdelig paa dem. Lad dem ikke gaa til Havnen eller til Taarbystranden. Hils Agrarens i Kærbyhus og Isakson mange Gange. 1000 Hilsner 
 Din A.
 Mandag Eft.</t>
   </si>
   <si>
     <t>1909-3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Odense</t>
   </si>
   <si>
     <t>Victor Bøttern
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Vilhelm Larsen
 Ole Poulsen
 Marie Svensker
 Christine Swane</t>
   </si>
   <si>
     <t>Brevet er muligvis skrevet på et tidligere brev fra Johannes Larsen.</t>
   </si>
   <si>
     <t>IA Larsen er stadig svag, men kan ikke holde ud, at være indlagt længere. Det haster meget med at få nogle penge, så opholdet på sygehuset kan blive betalt. Begge forældre er bekymrede for, hvordan det går med forårsarbejdet i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/C8yI</t>
   </si>
   <si>
     <t>Benediktsgade No 3.
@@ -5429,59 +5514,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ZN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0yk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ZN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M117"/>
+  <dimension ref="A1:M119"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5513,5091 +5598,5183 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="5" t="s">
+      <c r="E3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="F3" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F6" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>59</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D8" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E8" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>62</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>63</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>64</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>65</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>66</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        </is>
+        <v>24</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G11" s="5" t="s">
-        <v>81</v>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H11" s="5" t="s">
         <v>82</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>83</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>84</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>85</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>87</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G12" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>24</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G17" s="5" t="s">
-        <v>116</v>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H17" s="5" t="s">
         <v>117</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>118</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>119</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>120</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="D18" s="5" t="s">
+      <c r="H18" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="E18" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="J18" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F19" s="5" t="s">
+      <c r="E19" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="J19" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="J19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="K19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="5" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="s">
         <v>139</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
         <v>140</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>141</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>123</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="I21" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I21" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>30</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="M21" s="5"/>
+        <v>150</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K22" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="5" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-        <v>154</v>
+        <v>130</v>
+      </c>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>155</v>
-[...7 lines deleted...]
-      <c r="K23" s="5" t="s">
         <v>158</v>
+      </c>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L23" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="M23" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G24" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G24" s="5" t="s">
+      <c r="H24" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="H24" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>166</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>168</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E25" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D25" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>169</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D26" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="I26" s="5"/>
+        <v>176</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>177</v>
+      </c>
       <c r="J26" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D27" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="I27" s="5"/>
       <c r="J27" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>26</v>
+        <v>187</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>46</v>
+        <v>131</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>188</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>50</v>
+        <v>191</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>123</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>132</v>
+        <v>54</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>194</v>
+        <v>57</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>123</v>
+        <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>199</v>
+        <v>16</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>200</v>
+        <v>54</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>203</v>
+        <v>57</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>204</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>205</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>207</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F31" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G31" s="5" t="s">
+      <c r="F31" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="H31" s="5" t="s">
+      <c r="I31" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="I31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>211</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>212</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>214</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>215</v>
+        <v>26</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>17</v>
+        <v>216</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="I32" s="5"/>
+        <v>217</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>218</v>
+      </c>
       <c r="J32" s="5" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>25</v>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F34" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
-        <v>50</v>
+        <v>232</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E35" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>237</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E36" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>248</v>
+        <v>57</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E39" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="5" t="s">
-        <v>259</v>
+        <v>54</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>157</v>
+        <v>264</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E40" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D40" s="5" t="s">
-[...6 lines deleted...]
-        <v>47</v>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E41" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="5" t="s">
-        <v>47</v>
+        <v>275</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>50</v>
+        <v>164</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D42" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E43" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D43" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E44" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...13 lines deleted...]
-        <v>290</v>
+      <c r="F44" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>293</v>
+        <v>57</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E46" s="5" t="s">
-        <v>17</v>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G46" s="5" t="s">
+        <v>306</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>21</v>
+        <v>309</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>123</v>
+        <v>16</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>310</v>
+        <v>26</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>311</v>
+        <v>54</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H47" s="5" t="s">
+        <v>314</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>313</v>
+        <v>57</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>199</v>
+        <v>25</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>26</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
         <v>320</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>321</v>
       </c>
       <c r="J48" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K48" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="K48" s="5" t="s">
+      <c r="L48" s="6" t="s">
         <v>323</v>
       </c>
-      <c r="L48" s="6" t="s">
+      <c r="M48" s="5" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E49" s="5" t="s">
         <v>326</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>327</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="s">
+      <c r="H49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I49" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="J49" s="5" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>330</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>331</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>333</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>26</v>
+        <v>130</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>46</v>
+        <v>215</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>17</v>
+        <v>334</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>50</v>
+        <v>338</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>340</v>
+        <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E52" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52" s="5" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>343</v>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E53" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D53" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="5" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>343</v>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="G54" s="5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E55" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F55" s="5" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E56" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="5" t="s">
-        <v>327</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>377</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E57" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F57" s="5" t="s">
-        <v>327</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>384</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="I57" s="5"/>
+        <v>385</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>386</v>
+      </c>
       <c r="J57" s="5" t="s">
-        <v>382</v>
+        <v>57</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E58" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="5" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>387</v>
+        <v>343</v>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>248</v>
+        <v>57</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>343</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>248</v>
+        <v>398</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E60" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F60" s="5" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="G60" s="5" t="s">
-        <v>47</v>
+        <v>403</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>50</v>
+        <v>264</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>407</v>
+        <v>53</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>408</v>
+        <v>26</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>412</v>
+        <v>264</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>413</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>414</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>416</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E62" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D62" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" s="5" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="G62" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="H62" s="5" t="s">
+      <c r="I62" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="J62" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K62" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="J62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>420</v>
       </c>
-      <c r="L62" s="6" t="s">
+      <c r="M62" s="5" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C63" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="B63" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>17</v>
+        <v>424</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>50</v>
+        <v>428</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>123</v>
+        <v>16</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>431</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>433</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>434</v>
+        <v>57</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E65" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D65" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="F65" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>440</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>442</v>
+        <v>57</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>443</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>444</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>446</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>16</v>
+        <v>131</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>130</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>447</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>21</v>
+        <v>450</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>16</v>
+        <v>356</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>17</v>
+        <v>455</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G67" s="5" t="s">
-        <v>453</v>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>21</v>
+        <v>458</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>460</v>
+        <v>24</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G69" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G69" s="5" t="s">
+        <v>469</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>476</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>26</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>460</v>
+        <v>24</v>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>476</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>460</v>
+        <v>476</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>460</v>
-[...4 lines deleted...]
-        </is>
+        <v>476</v>
+      </c>
+      <c r="G75" s="5" t="s">
+        <v>506</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E76" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D76" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" s="5" t="s">
-        <v>509</v>
+        <v>476</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E77" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D77" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" s="5" t="s">
-        <v>509</v>
+        <v>476</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E78" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" s="5" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E79" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D79" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="F79" s="5" t="s">
+        <v>525</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>530</v>
+        <v>57</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>535</v>
+        <v>16</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>536</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>525</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>539</v>
+        <v>57</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>540</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>541</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>543</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>535</v>
-[...6 lines deleted...]
-      <c r="F81" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
         <v>544</v>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H81" s="5" t="s">
+      <c r="I81" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="J81" s="5" t="s">
         <v>546</v>
       </c>
-      <c r="J81" s="5" t="s">
+      <c r="K81" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="K81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>548</v>
       </c>
-      <c r="L81" s="6" t="s">
+      <c r="M81" s="5" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D82" s="5" t="s">
         <v>551</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>552</v>
       </c>
-      <c r="F82" s="5" t="s">
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H82" s="5" t="s">
+      <c r="I82" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="J82" s="5" t="s">
         <v>555</v>
       </c>
-      <c r="J82" s="5" t="s">
+      <c r="K82" s="5" t="s">
         <v>556</v>
       </c>
-      <c r="K82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>557</v>
       </c>
-      <c r="L82" s="6" t="s">
+      <c r="M82" s="5" t="s">
         <v>558</v>
       </c>
-      <c r="M82" s="5" t="s">
+    </row>
+    <row r="83">
+      <c r="A83" s="5" t="s">
         <v>559</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>16</v>
+        <v>131</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>551</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F83" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G83" s="5" t="s">
         <v>560</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>561</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>562</v>
       </c>
-      <c r="J83" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J83" s="5" t="s">
+        <v>563</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="5" t="n">
+        <v>1909</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F85" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D84" s="5" t="s">
+      <c r="G85" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="J85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K85" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C86" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E84" s="5" t="s">
-[...81 lines deleted...]
-      </c>
       <c r="D86" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>47</v>
+        <v>188</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G86" s="5" t="s">
-        <v>580</v>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>123</v>
+        <v>25</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>587</v>
+        <v>26</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>431</v>
-[...4 lines deleted...]
-        </is>
+        <v>54</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>589</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>590</v>
+        <v>30</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="88">
-      <c r="A88" s="5" t="s">
-        <v>594</v>
+      <c r="A88" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>124</v>
+        <v>25</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="E88" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G88" s="5" t="s">
         <v>595</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H88" s="5" t="s">
         <v>596</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>597</v>
       </c>
       <c r="J88" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K88" s="5" t="s">
         <v>598</v>
       </c>
-      <c r="K88" s="5" t="s">
+      <c r="L88" s="6" t="s">
         <v>599</v>
       </c>
-      <c r="L88" s="6" t="s">
+      <c r="M88" s="5" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E89" s="5" t="s">
         <v>602</v>
       </c>
-      <c r="B89" s="5" t="s">
+      <c r="F89" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="C89" s="5" t="s">
+      <c r="I89" s="5" t="s">
         <v>604</v>
       </c>
-      <c r="D89" s="5" t="s">
+      <c r="J89" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="E89" s="5" t="s">
+      <c r="K89" s="5" t="s">
         <v>606</v>
       </c>
-      <c r="F89" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G89" s="5" t="s">
+      <c r="L89" s="6" t="s">
         <v>607</v>
       </c>
-      <c r="H89" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I89" s="5" t="s">
+      <c r="M89" s="5" t="s">
         <v>608</v>
-      </c>
-[...10 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="I90" s="5" t="s">
         <v>612</v>
       </c>
-      <c r="B90" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F90" s="5" t="s">
+      <c r="J90" s="5" t="s">
         <v>613</v>
       </c>
-      <c r="G90" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H90" s="5" t="s">
+      <c r="K90" s="5" t="s">
         <v>614</v>
       </c>
-      <c r="I90" s="5" t="s">
+      <c r="L90" s="6" t="s">
         <v>615</v>
       </c>
-      <c r="J90" s="5" t="s">
+      <c r="M90" s="5" t="s">
         <v>616</v>
-      </c>
-[...7 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="D91" s="5" t="s">
         <v>620</v>
       </c>
-      <c r="B91" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E91" s="5" t="s">
-        <v>17</v>
-[...9 lines deleted...]
-      <c r="H91" s="5" t="s">
         <v>621</v>
       </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="H91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="I91" s="5" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>623</v>
+        <v>57</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>624</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>625</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>627</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>124</v>
+        <v>25</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>130</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F92" s="5" t="s">
-        <v>431</v>
+        <v>628</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>123</v>
-[...4 lines deleted...]
-        </is>
+        <v>130</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>431</v>
+        <v>447</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>123</v>
-[...4 lines deleted...]
-        </is>
+        <v>130</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>431</v>
+        <v>447</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="I94" s="5"/>
+        <v>643</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>644</v>
+      </c>
       <c r="J94" s="5" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>130</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F95" s="5" t="s">
-        <v>649</v>
+        <v>447</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
         <v>650</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>651</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>652</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>653</v>
       </c>
       <c r="L95" s="6" t="s">
         <v>654</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
         <v>656</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="s">
         <v>657</v>
       </c>
-      <c r="D96" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H96" s="5" t="s">
+      <c r="I96" s="5"/>
+      <c r="J96" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="I96" s="5" t="s">
+      <c r="K96" s="5" t="s">
         <v>659</v>
       </c>
-      <c r="J96" s="5" t="s">
+      <c r="L96" s="6" t="s">
         <v>660</v>
       </c>
-      <c r="K96" s="5" t="s">
+      <c r="M96" s="5" t="s">
         <v>661</v>
       </c>
-      <c r="L96" s="6" t="s">
+    </row>
+    <row r="97">
+      <c r="A97" s="5" t="s">
         <v>662</v>
       </c>
-      <c r="M96" s="5" t="s">
+      <c r="B97" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E97" s="5" t="s">
         <v>663</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D97" s="5" t="s">
+      <c r="F97" s="5" t="s">
         <v>664</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
         <v>665</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>666</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>667</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>668</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>669</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>671</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>123</v>
+        <v>672</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>326</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>673</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>674</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>675</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>676</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>677</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="99">
-      <c r="A99" s="5" t="s">
+      <c r="A99" s="5" t="n">
+        <v>1917</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D99" s="5" t="s">
         <v>679</v>
-      </c>
-[...7 lines deleted...]
-        <v>664</v>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
         <v>680</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>681</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>682</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>683</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>684</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
         <v>686</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>605</v>
+        <v>215</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>687</v>
       </c>
       <c r="F100" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="s">
         <v>688</v>
       </c>
-      <c r="G100" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H100" s="5" t="s">
+      <c r="I100" s="5" t="s">
         <v>689</v>
       </c>
-      <c r="I100" s="5" t="s">
+      <c r="J100" s="5" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>691</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>692</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>694</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>199</v>
+        <v>679</v>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>695</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>696</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>697</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>698</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>699</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>701</v>
       </c>
       <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="E102" s="5" t="s">
         <v>702</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>703</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>704</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>705</v>
       </c>
       <c r="J102" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K102" s="5" t="s">
         <v>706</v>
       </c>
-      <c r="K102" s="5" t="s">
+      <c r="L102" s="6" t="s">
         <v>707</v>
       </c>
-      <c r="L102" s="6" t="s">
+      <c r="M102" s="5" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="s">
         <v>710</v>
       </c>
-      <c r="B103" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E103" s="5" t="s">
+      <c r="I103" s="5" t="s">
         <v>711</v>
       </c>
-      <c r="F103" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H103" s="5" t="s">
+      <c r="J103" s="5" t="s">
         <v>712</v>
       </c>
-      <c r="I103" s="5" t="s">
+      <c r="K103" s="5" t="s">
         <v>713</v>
       </c>
-      <c r="J103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>714</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="M103" s="5" t="s">
         <v>715</v>
-      </c>
-[...4 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="F104" s="5" t="s">
         <v>718</v>
       </c>
-      <c r="B104" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C104" s="5" t="s">
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>719</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>720</v>
       </c>
-      <c r="H104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>721</v>
       </c>
-      <c r="I104" s="5"/>
-      <c r="J104" s="5" t="s">
+      <c r="K104" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="K104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>723</v>
       </c>
-      <c r="L104" s="6" t="s">
+      <c r="M104" s="5" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E105" s="5" t="s">
         <v>726</v>
       </c>
-      <c r="B105" s="5" t="s">
-[...17 lines deleted...]
-        <v>720</v>
+      <c r="F105" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H105" s="5" t="s">
         <v>727</v>
       </c>
-      <c r="I105" s="5"/>
+      <c r="I105" s="5" t="s">
+        <v>728</v>
+      </c>
       <c r="J105" s="5" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>123</v>
+        <v>734</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>199</v>
+        <v>679</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>26</v>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G106" s="5" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>199</v>
+        <v>734</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>741</v>
+        <v>679</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>310</v>
+        <v>26</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G107" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G107" s="5" t="s">
+        <v>735</v>
       </c>
       <c r="H107" s="5" t="s">
         <v>742</v>
       </c>
-      <c r="I107" s="5" t="s">
+      <c r="I107" s="5"/>
+      <c r="J107" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="K107" s="5" t="s">
         <v>743</v>
       </c>
-      <c r="J107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>744</v>
       </c>
-      <c r="K107" s="5" t="s">
+      <c r="M107" s="5" t="s">
         <v>745</v>
-      </c>
-[...4 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="G108" s="5" t="s">
         <v>748</v>
       </c>
-      <c r="B108" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C108" s="5" t="s">
+      <c r="H108" s="5" t="s">
         <v>749</v>
       </c>
-      <c r="D108" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="5" t="s">
+      <c r="I108" s="5" t="s">
         <v>750</v>
       </c>
-      <c r="F108" s="5" t="s">
+      <c r="J108" s="5" t="s">
         <v>751</v>
       </c>
-      <c r="G108" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H108" s="5" t="s">
+      <c r="K108" s="5" t="s">
         <v>752</v>
       </c>
-      <c r="I108" s="5" t="s">
+      <c r="L108" s="6" t="s">
         <v>753</v>
       </c>
-      <c r="J108" s="5" t="s">
+      <c r="M108" s="5" t="s">
         <v>754</v>
-      </c>
-[...7 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>756</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="I109" s="5" t="s">
         <v>758</v>
       </c>
-      <c r="B109" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D109" s="5" t="s">
+      <c r="J109" s="5" t="s">
         <v>759</v>
       </c>
-      <c r="E109" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H109" s="5" t="s">
+      <c r="K109" s="5" t="s">
         <v>760</v>
       </c>
-      <c r="I109" s="5" t="s">
+      <c r="L109" s="6" t="s">
         <v>761</v>
       </c>
-      <c r="J109" s="5" t="s">
+      <c r="M109" s="5" t="s">
         <v>762</v>
-      </c>
-[...7 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>765</v>
+      </c>
+      <c r="F110" s="5" t="s">
         <v>766</v>
       </c>
-      <c r="B110" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F110" s="5" t="s">
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="s">
         <v>767</v>
       </c>
-      <c r="G110" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H110" s="5" t="s">
+      <c r="I110" s="5" t="s">
         <v>768</v>
       </c>
-      <c r="I110" s="5" t="s">
+      <c r="J110" s="5" t="s">
         <v>769</v>
       </c>
-      <c r="J110" s="5" t="s">
+      <c r="K110" s="5" t="s">
         <v>770</v>
       </c>
-      <c r="K110" s="5" t="s">
+      <c r="L110" s="6" t="s">
         <v>771</v>
       </c>
-      <c r="L110" s="6" t="s">
+      <c r="M110" s="5" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D111" s="5" t="s">
         <v>774</v>
-      </c>
-[...7 lines deleted...]
-        <v>664</v>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
         <v>775</v>
       </c>
       <c r="I111" s="5" t="s">
         <v>776</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>777</v>
       </c>
       <c r="K111" s="5" t="s">
         <v>778</v>
       </c>
       <c r="L111" s="6" t="s">
         <v>779</v>
       </c>
       <c r="M111" s="5" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
         <v>781</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>94</v>
+        <v>679</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>741</v>
-[...9 lines deleted...]
-        </is>
+        <v>215</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>765</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>782</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>94</v>
+        <v>215</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>789</v>
+        <v>679</v>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
         <v>790</v>
       </c>
       <c r="I113" s="5" t="s">
         <v>791</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>199</v>
+        <v>101</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>796</v>
+        <v>756</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
         <v>797</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>798</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>799</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>800</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>801</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
         <v>803</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="E115" s="5" t="s">
         <v>804</v>
       </c>
-      <c r="F115" s="5" t="s">
-        <v>767</v>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
         <v>805</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>806</v>
       </c>
       <c r="J115" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="K115" s="5" t="s">
         <v>807</v>
       </c>
-      <c r="K115" s="5" t="s">
+      <c r="L115" s="6" t="s">
         <v>808</v>
       </c>
-      <c r="L115" s="6" t="s">
+      <c r="M115" s="5" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F116" s="5" t="s">
         <v>811</v>
       </c>
-      <c r="B116" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E116" s="5" t="s">
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>812</v>
       </c>
-      <c r="F116" s="5" t="s">
+      <c r="I116" s="5" t="s">
         <v>813</v>
       </c>
-      <c r="G116" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H116" s="5" t="s">
+      <c r="J116" s="5" t="s">
         <v>814</v>
       </c>
-      <c r="I116" s="5" t="s">
+      <c r="K116" s="5" t="s">
         <v>815</v>
       </c>
-      <c r="J116" s="5" t="s">
+      <c r="L116" s="6" t="s">
         <v>816</v>
       </c>
-      <c r="K116" s="5" t="s">
+      <c r="M116" s="5" t="s">
         <v>817</v>
-      </c>
-[...4 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H117" s="5" t="s">
         <v>820</v>
       </c>
-      <c r="B117" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H117" s="5" t="s">
+      <c r="I117" s="5" t="s">
         <v>821</v>
       </c>
-      <c r="I117" s="5" t="s">
+      <c r="J117" s="5" t="s">
         <v>822</v>
       </c>
-      <c r="J117" s="5" t="s">
+      <c r="K117" s="5" t="s">
         <v>823</v>
       </c>
-      <c r="K117" s="5" t="s">
+      <c r="L117" s="6" t="s">
         <v>824</v>
       </c>
-      <c r="L117" s="6" t="s">
+      <c r="M117" s="5" t="s">
         <v>825</v>
       </c>
-      <c r="M117" s="5" t="s">
+    </row>
+    <row r="118">
+      <c r="A118" s="5" t="s">
         <v>826</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>833</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="K119" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>840</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>841</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -10675,44 +10852,46 @@
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
+    <hyperlink ref="M118" r:id="rId123"/>
+    <hyperlink ref="M119" r:id="rId124"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>