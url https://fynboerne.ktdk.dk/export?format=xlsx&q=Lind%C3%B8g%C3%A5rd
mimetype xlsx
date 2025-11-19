--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1388" uniqueCount="884" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1400" uniqueCount="891" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3802,50 +3802,118 @@
   </si>
   <si>
     <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
   </si>
   <si>
     <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
 Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
 Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
 Marie m.fl. har været på tur til Enebærodde.
 Andreas/Lysses børn er yndige. 
 Marie vil meget gerne på besøg på Båxhult.
 Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
 Johannes Larsen arbejder med bestillinger hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
   </si>
   <si>
     <t>Kerteminde d. 28-8-42.
 Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
 Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
 Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
 Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
 Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
 Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
+  </si>
+  <si>
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej No 12.
+Hareskov St.
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
   </si>
   <si>
     <t>1942-12-29</t>
   </si>
   <si>
     <t>Daisy  Berg
 Ellen Brønsted
 Marie Larsen
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 William  Scharff
 Janna Schou
 William Schwark
 Adelheyde Syberg
 Alheede Warberg
 Christine Warberg
 Jørgen Warberg
 Andreas Warberg, Albrechts far
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Oldemor var Alheede Warberg. Bedstefar Ensomhed: Andreas Conrad Warberg; søn af Adelheede og Jørgen Frederik Warberg. Familien boede på gården Ensomhed. Stine: Christine Warberg; gift med Andreas Conrad Warberg. 
@@ -6786,59 +6854,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cQkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cQkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M130"/>
+  <dimension ref="A1:M131"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -10631,464 +10699,464 @@
       </c>
       <c r="L84" s="6" t="s">
         <v>565</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>567</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>511</v>
+        <v>477</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>568</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>569</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>570</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>571</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>572</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
         <v>574</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>363</v>
+        <v>182</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>511</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
         <v>575</v>
       </c>
-      <c r="I86" s="5"/>
+      <c r="I86" s="5" t="s">
+        <v>576</v>
+      </c>
       <c r="J86" s="5" t="s">
-        <v>366</v>
+        <v>577</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>386</v>
+        <v>16</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>202</v>
+        <v>363</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>446</v>
+        <v>17</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>580</v>
-[...3 lines deleted...]
-      </c>
+        <v>582</v>
+      </c>
+      <c r="I87" s="5"/>
       <c r="J87" s="5" t="s">
-        <v>582</v>
+        <v>366</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>583</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>584</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>586</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>371</v>
+        <v>386</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>363</v>
+        <v>202</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>17</v>
+        <v>446</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
         <v>587</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>588</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>375</v>
+        <v>589</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>593</v>
+        <v>371</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>202</v>
+        <v>363</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>594</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>595</v>
       </c>
       <c r="J89" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K89" s="5" t="s">
         <v>596</v>
       </c>
-      <c r="K89" s="5" t="s">
+      <c r="L89" s="6" t="s">
         <v>597</v>
       </c>
-      <c r="L89" s="6" t="s">
+      <c r="M89" s="5" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>218</v>
+        <v>600</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>182</v>
+        <v>202</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>17</v>
+      </c>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
         <v>601</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>602</v>
       </c>
       <c r="J90" s="5" t="s">
         <v>603</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>604</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>605</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>607</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>593</v>
+        <v>218</v>
       </c>
       <c r="D91" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
         <v>608</v>
       </c>
-      <c r="E91" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H91" s="5" t="s">
+      <c r="I91" s="5" t="s">
         <v>609</v>
       </c>
-      <c r="I91" s="5" t="s">
+      <c r="J91" s="5" t="s">
         <v>610</v>
       </c>
-      <c r="J91" s="5" t="s">
+      <c r="K91" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="K91" s="5" t="s">
+      <c r="L91" s="6" t="s">
         <v>612</v>
       </c>
-      <c r="L91" s="6" t="s">
+      <c r="M91" s="5" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
         <v>616</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>617</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>618</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>619</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>620</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>622</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>371</v>
+        <v>600</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>363</v>
+        <v>615</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
         <v>623</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>624</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>375</v>
+        <v>625</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>218</v>
+        <v>371</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>182</v>
+        <v>363</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>17</v>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>631</v>
+        <v>375</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>632</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>633</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>635</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E95" s="5" t="s">
@@ -11169,168 +11237,168 @@
         <v>649</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F97" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
         <v>650</v>
       </c>
-      <c r="I97" s="5"/>
+      <c r="I97" s="5" t="s">
+        <v>651</v>
+      </c>
       <c r="J97" s="5" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>656</v>
-[...1 lines deleted...]
-      <c r="I98" s="5" t="s">
         <v>657</v>
       </c>
+      <c r="I98" s="5"/>
       <c r="J98" s="5" t="s">
         <v>658</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>659</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>660</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>662</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>421</v>
+        <v>218</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>218</v>
+        <v>182</v>
       </c>
       <c r="E99" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H99" s="5" t="s">
         <v>663</v>
       </c>
-      <c r="F99" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H99" s="5" t="s">
+      <c r="I99" s="5" t="s">
         <v>664</v>
       </c>
-      <c r="I99" s="5" t="s">
+      <c r="J99" s="5" t="s">
         <v>665</v>
       </c>
-      <c r="J99" s="5" t="s">
+      <c r="K99" s="5" t="s">
         <v>666</v>
       </c>
-      <c r="K99" s="5" t="s">
+      <c r="L99" s="6" t="s">
         <v>667</v>
       </c>
-      <c r="L99" s="6" t="s">
+      <c r="M99" s="5" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="D100" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="D100" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="5" t="s">
-        <v>348</v>
+        <v>670</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>477</v>
+        <v>512</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
         <v>671</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>672</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>673</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>674</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>675</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>676</v>
       </c>
     </row>
@@ -11403,294 +11471,294 @@
       </c>
       <c r="H102" s="5" t="s">
         <v>685</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>686</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>687</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>688</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>689</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>691</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="I103" s="5" t="s">
         <v>693</v>
       </c>
-      <c r="I103" s="5" t="s">
+      <c r="J103" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="J103" s="5" t="s">
+      <c r="K103" s="5" t="s">
         <v>695</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>696</v>
       </c>
-      <c r="L103" s="6" t="s">
+      <c r="M103" s="5" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="B104" s="5" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
         <v>700</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>701</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>702</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>703</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>704</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>706</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
         <v>707</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>708</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>715</v>
+        <v>702</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>716</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>717</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>719</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>699</v>
       </c>
       <c r="C107" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>720</v>
       </c>
-      <c r="D107" s="5" t="s">
+      <c r="I107" s="5" t="s">
         <v>721</v>
       </c>
-      <c r="E107" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H107" s="5" t="s">
+      <c r="J107" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="I107" s="5" t="s">
+      <c r="K107" s="5" t="s">
         <v>723</v>
       </c>
-      <c r="J107" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>724</v>
       </c>
-      <c r="L107" s="6" t="s">
+      <c r="M107" s="5" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>218</v>
+        <v>727</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>182</v>
+        <v>728</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>446</v>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>730</v>
+        <v>375</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>731</v>
       </c>
       <c r="L108" s="6" t="s">
         <v>732</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
         <v>734</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E109" s="5" t="s">
@@ -11709,94 +11777,94 @@
       </c>
       <c r="I109" s="5" t="s">
         <v>736</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>737</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>738</v>
       </c>
       <c r="L109" s="6" t="s">
         <v>739</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
         <v>741</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>183</v>
+        <v>218</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
         <v>742</v>
       </c>
       <c r="I110" s="5" t="s">
         <v>743</v>
       </c>
       <c r="J110" s="5" t="s">
         <v>744</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>745</v>
       </c>
       <c r="L110" s="6" t="s">
         <v>746</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
         <v>748</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>218</v>
+        <v>183</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
         <v>749</v>
       </c>
       <c r="I111" s="5" t="s">
         <v>750</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>751</v>
       </c>
       <c r="K111" s="5" t="s">
@@ -11924,726 +11992,769 @@
       </c>
       <c r="I114" s="5" t="s">
         <v>771</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>772</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>773</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>774</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
         <v>776</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>386</v>
+        <v>218</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>372</v>
+        <v>182</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>446</v>
-[...4 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>477</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
         <v>777</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>778</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>375</v>
+        <v>779</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>218</v>
+        <v>386</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>182</v>
+        <v>372</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>446</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>783</v>
-[...1 lines deleted...]
-      <c r="I116" s="5"/>
+        <v>784</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>785</v>
+      </c>
       <c r="J116" s="5" t="s">
-        <v>784</v>
+        <v>375</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>789</v>
+        <v>477</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
         <v>790</v>
       </c>
       <c r="I117" s="5"/>
       <c r="J117" s="5" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F118" s="5" t="s">
-        <v>477</v>
+        <v>796</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>795</v>
-[...3 lines deleted...]
-      </c>
+        <v>797</v>
+      </c>
+      <c r="I118" s="5"/>
       <c r="J118" s="5" t="s">
-        <v>715</v>
+        <v>791</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>446</v>
+        <v>348</v>
       </c>
       <c r="F119" s="5" t="s">
-        <v>511</v>
+        <v>477</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>803</v>
+        <v>722</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>804</v>
       </c>
       <c r="L119" s="6" t="s">
         <v>805</v>
       </c>
       <c r="M119" s="5" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>807</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>446</v>
       </c>
       <c r="F120" s="5" t="s">
         <v>511</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
         <v>808</v>
       </c>
       <c r="I120" s="5" t="s">
         <v>809</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>784</v>
+        <v>810</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>348</v>
+        <v>446</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>511</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>816</v>
+        <v>791</v>
       </c>
       <c r="K121" s="5" t="s">
         <v>817</v>
       </c>
       <c r="L121" s="6" t="s">
         <v>818</v>
       </c>
       <c r="M121" s="5" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
         <v>820</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D122" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="D122" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E122" s="5" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>348</v>
+        <v>511</v>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
         <v>821</v>
       </c>
       <c r="I122" s="5" t="s">
         <v>822</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>823</v>
       </c>
       <c r="K122" s="5" t="s">
         <v>824</v>
       </c>
       <c r="L122" s="6" t="s">
         <v>825</v>
       </c>
       <c r="M122" s="5" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
         <v>827</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="D123" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="D123" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="F123" s="5" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>789</v>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
         <v>828</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>829</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>830</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>831</v>
       </c>
       <c r="L123" s="6" t="s">
         <v>832</v>
       </c>
       <c r="M123" s="5" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
         <v>834</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
         <v>835</v>
       </c>
       <c r="I124" s="5" t="s">
         <v>836</v>
       </c>
       <c r="J124" s="5" t="s">
         <v>837</v>
       </c>
       <c r="K124" s="5" t="s">
         <v>838</v>
       </c>
       <c r="L124" s="6" t="s">
         <v>839</v>
       </c>
       <c r="M124" s="5" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
         <v>841</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>512</v>
+        <v>348</v>
       </c>
       <c r="F125" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
         <v>842</v>
       </c>
-      <c r="G125" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H125" s="5" t="s">
+      <c r="I125" s="5" t="s">
         <v>843</v>
       </c>
-      <c r="I125" s="5" t="s">
+      <c r="J125" s="5" t="s">
         <v>844</v>
       </c>
-      <c r="J125" s="5" t="s">
+      <c r="K125" s="5" t="s">
         <v>845</v>
       </c>
-      <c r="K125" s="5" t="s">
+      <c r="L125" s="6" t="s">
         <v>846</v>
       </c>
-      <c r="L125" s="6" t="s">
+      <c r="M125" s="5" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>348</v>
+        <v>512</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
         <v>850</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>851</v>
       </c>
       <c r="J126" s="5" t="s">
         <v>852</v>
       </c>
       <c r="K126" s="5" t="s">
         <v>853</v>
       </c>
       <c r="L126" s="6" t="s">
         <v>854</v>
       </c>
       <c r="M126" s="5" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
         <v>856</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E127" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H127" s="5" t="s">
         <v>857</v>
       </c>
-      <c r="F127" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H127" s="5" t="s">
+      <c r="I127" s="5" t="s">
         <v>858</v>
       </c>
-      <c r="I127" s="5" t="s">
+      <c r="J127" s="5" t="s">
         <v>859</v>
       </c>
-      <c r="J127" s="5" t="s">
+      <c r="K127" s="5" t="s">
         <v>860</v>
       </c>
-      <c r="K127" s="5" t="s">
+      <c r="L127" s="6" t="s">
         <v>861</v>
       </c>
-      <c r="L127" s="6" t="s">
+      <c r="M127" s="5" t="s">
         <v>862</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>864</v>
+      </c>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
         <v>865</v>
       </c>
-      <c r="I128" s="5"/>
+      <c r="I128" s="5" t="s">
+        <v>866</v>
+      </c>
       <c r="J128" s="5" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>446</v>
+        <v>348</v>
       </c>
       <c r="F129" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>871</v>
-[...1 lines deleted...]
-      <c r="I129" s="5" t="s">
         <v>872</v>
       </c>
+      <c r="I129" s="5"/>
       <c r="J129" s="5" t="s">
         <v>873</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>874</v>
       </c>
       <c r="L129" s="6" t="s">
         <v>875</v>
       </c>
       <c r="M129" s="5" t="s">
         <v>876</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
         <v>877</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>348</v>
+        <v>446</v>
       </c>
       <c r="F130" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
         <v>878</v>
       </c>
       <c r="I130" s="5" t="s">
         <v>879</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>880</v>
       </c>
       <c r="K130" s="5" t="s">
         <v>881</v>
       </c>
       <c r="L130" s="6" t="s">
         <v>882</v>
       </c>
       <c r="M130" s="5" t="s">
         <v>883</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="G131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H131" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="J131" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="K131" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="L131" s="6" t="s">
+        <v>889</v>
+      </c>
+      <c r="M131" s="5" t="s">
+        <v>890</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -12734,44 +12845,45 @@
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
     <hyperlink ref="M122" r:id="rId127"/>
     <hyperlink ref="M123" r:id="rId128"/>
     <hyperlink ref="M124" r:id="rId129"/>
     <hyperlink ref="M125" r:id="rId130"/>
     <hyperlink ref="M126" r:id="rId131"/>
     <hyperlink ref="M127" r:id="rId132"/>
     <hyperlink ref="M128" r:id="rId133"/>
     <hyperlink ref="M129" r:id="rId134"/>
     <hyperlink ref="M130" r:id="rId135"/>
+    <hyperlink ref="M131" r:id="rId136"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>