--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1400" uniqueCount="891" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1458" uniqueCount="930" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1912,51 +1912,51 @@
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -3132,50 +3132,111 @@
 Lasse Taaning
 Poul Valentin Jensen
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvad Lysses forslag til Tinge og Manse gik ud på. 
 Tipperne og Værnengene er en halvø i Vestjylland, beliggende ved sydenden af Ringkøbing Fjord og er en vigtig rasteplads for trækfugle. Det har været i statens eje siden sidste halvdel af 1700-tallet , og i 1898 blev der indført bestemmelser om fredning af det rige fugleliv i området. I 1928 blev der oprettet et fuglereservat, og der blev ansat en opsynsmand Valentin Jensen (Kilde: Wikipedia marts 2022).</t>
   </si>
   <si>
     <t>Nationalmuseet i Stocholm har købt for 500 kr. træsnit, og Larsen beder Elena/Bimse sætte de 450 ind på hendes konto, men tage fra til fødselsdagsgave og brændevin.
 Det er tørke. Man venter tidlig høst på Lindøgaard.
 Andreas/Puf sejler i Odense Fjord med Lasse Taaning.
 Valentin Jensen har været på besøg for at filme odderne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/F6m1</t>
   </si>
   <si>
     <t>Kjerteminde 2 Juli 1939.
 Kære Bimse!
 Det er forsmædeligt at jeg aldrig kan huske Din Fødselsdag. Foranlediget ved Lysses Brev fik vi jo fyret et Telegram af som jeg haaber Du har faaet i rette Tid. Jeg fik i Forgaars Brev fra Nationalmuseet i Stockholm at de havde købt for 500 Kr Træsnit, Jeg har bedt dem sende Pengene til Båxhult og naar de ankommer vil jeg bede Jer sætte dem ind i Jeres Bank i Landeryd, efter at have fradraget 50 Kr. til at købe Dig en Fødselsdagsgave for, saa at Resten kan være disponibel til jeg kommer en Gang i August. I kan jo ogsaa tage fra til et Par Liter saa der kan Brännevin i Huset naar jeg kommer. Jeg har ladet Lysses Forslag til Tinge eller Manse gaa videre gennem Bibbe, der dog ikke mente det kunde lade sig gøre, da de skulde tække om og ventede en tidlig Høst paa grund af Varme og Tørke. Her fik vi en 30 mm for en 14 Dages Tid siden og 20 i Gaar og i Nat. Puf sejlede i Morges med Lasse Taaning om i Odensefjorden, saa Else og jeg er alene med Børnene. Vi havde i Gaar Besøg af mag. Valentin Jensen, ham der passer Tipperne, han havde bedt om at maatte komme at filme Odderne, nu skal vi se hvad der kommer ud af det. Vi har det godt og haaber det er ligesaa hos Jer. Mange Hilsner fra Else til Jer allesammen og fra mig
 Din JL.</t>
   </si>
   <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
+  </si>
+  <si>
     <t>1940-09-04</t>
   </si>
   <si>
     <t>Hans Beck Thomsen
 Louise Brønsted
 Marius Christiansen
 Anton Hinke
 - Kabell
 Andreas Larsen
 Marie Larsen
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>I det nordlige Europa lægges ansjoser i saltlage. I de sydeuropæiske lande lægges de saltede ansjoser derefter i olie og kaldes sardeller (Wikipedia marts 2022).
 Det kan ikke afgøres, hvem "Chr." er. 
 Swinhoesfasan (latin: Lophura swinhoii) er en hønsefugl, der lever på Taiwan. (Wikipedia).
 Alhed Larsens søster, Johanne, og Johannes Larsens bror, Adolph, (de var gift) boede på Lindøgaard.
 Fiskekonservesfabrikken ”555” blev grundlagt i 1916 af Chr. Hansen. Det første produkt var fiskeboller på dåse – senere bl.a. også gaffelbidder, benfri sild og torskerogn. Ca 100 år senere flyttedes virksomheden til Frederikshavn under navnet Amanda Seafoods (Internettet marts 2022). 
 Taarbystranden kaldes i vore dage Tårup Strand. Den findes i den sydøstlige del af Odense Fjord.</t>
   </si>
   <si>
     <t>Johannes Larsen har fået ansjoser forærende og har lagt dem i olivenolie.
 Han har fået æg fra swinhoefasaner og tre blev udruget. En mand har bragt Larsen en agerhønekylling, og den er blevet meget tam. En ræv har taget en rugehøne og en edderfugl, og Puf har skudt ræven. 
 Johannes Larsen tror ikke, at han kommer hjem til Johan og Elena nu. 
 Fra Fiilsø har Larsen fået et knippe vildt. Han er blevet æresmedlem af Jagtselskabet Fiilsø og også folkepensionist. 
@@ -3802,50 +3863,109 @@
   </si>
   <si>
     <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
   </si>
   <si>
     <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
 Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
 Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
 Marie m.fl. har været på tur til Enebærodde.
 Andreas/Lysses børn er yndige. 
 Marie vil meget gerne på besøg på Båxhult.
 Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
 Johannes Larsen arbejder med bestillinger hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
   </si>
   <si>
     <t>Kerteminde d. 28-8-42.
 Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
 Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
 Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
 Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
 Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
 Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1942-11-26</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Andreas Warberg
 Else Warberg
 Karen Warberg
 Laura Warberg
 Marie Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
   </si>
@@ -6734,50 +6854,199 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
+  </si>
+  <si>
+    <t>1951-05-02</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Johanne og Adolph Larsen ejede Lindøgaard nær Munkebo.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Johan/Lysse og Elena/Bimse Larsen til København og bliver der en uges tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3tu3</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Maj 1951.
+Kære Grevinde.
+Jeg kørte med Lysse og Bimse til Kjøbenhavn i Forgaars, og Lysse der skal hente en Pige i Lindøgaard, kørte mig hertil i Gaar. Han er henne efter Pigen og naar han kommer om lidt, kører jeg med ham til Kjøbenhavn hvor jeg bliver en Uges Tid. Tak for Dit Brev som kom lige nu. Mange Hilsner 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -6854,59 +7123,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cQkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cQkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tu3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M131"/>
+  <dimension ref="A1:M136"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -10252,2509 +10521,2728 @@
       </c>
       <c r="I74" s="5" t="s">
         <v>493</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>366</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>494</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>495</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>497</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>363</v>
+        <v>218</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>499</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>500</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>366</v>
+        <v>503</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>218</v>
+        <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>182</v>
+        <v>363</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>17</v>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>506</v>
+        <v>366</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="D77" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="5" t="s">
-        <v>511</v>
+        <v>348</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>512</v>
+        <v>477</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="5" t="s">
-        <v>348</v>
+        <v>521</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>477</v>
+        <v>522</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>446</v>
-[...4 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>477</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="D81" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="5" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>446</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="D82" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="5" t="s">
-        <v>446</v>
-[...4 lines deleted...]
-        </is>
+        <v>339</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>348</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>182</v>
+        <v>421</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>446</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>386</v>
+        <v>218</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>363</v>
+        <v>182</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>477</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>375</v>
+        <v>567</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>218</v>
+        <v>386</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>182</v>
+        <v>363</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>17</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>570</v>
+        <v>375</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="5" t="s">
-        <v>348</v>
+        <v>578</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>511</v>
+        <v>579</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>578</v>
+        <v>582</v>
+      </c>
+      <c r="K86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L86" s="6" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>363</v>
+        <v>182</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>477</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="I87" s="5"/>
+        <v>586</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>587</v>
+      </c>
       <c r="J87" s="5" t="s">
-        <v>366</v>
+        <v>588</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>386</v>
+        <v>218</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>202</v>
+        <v>182</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>446</v>
-[...4 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>521</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>363</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="I89" s="5"/>
       <c r="J89" s="5" t="s">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>600</v>
+        <v>386</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>202</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>17</v>
+        <v>446</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>218</v>
+        <v>371</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>182</v>
+        <v>363</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>17</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>610</v>
+        <v>375</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>600</v>
+        <v>618</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>615</v>
+        <v>202</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>600</v>
+        <v>218</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>615</v>
+        <v>182</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>477</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>371</v>
+        <v>618</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>363</v>
+        <v>633</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>375</v>
+        <v>636</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>218</v>
+        <v>618</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>182</v>
+        <v>633</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>17</v>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>218</v>
+        <v>371</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>182</v>
+        <v>363</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>17</v>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>645</v>
+        <v>375</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F97" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>657</v>
-[...1 lines deleted...]
-      <c r="I98" s="5"/>
+        <v>661</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>662</v>
+      </c>
       <c r="J98" s="5" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>421</v>
+        <v>218</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>218</v>
+        <v>182</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>670</v>
+        <v>348</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>512</v>
+        <v>477</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="D102" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="D102" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" s="5" t="s">
-        <v>348</v>
+        <v>688</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>477</v>
+        <v>522</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>699</v>
+        <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>699</v>
+        <v>717</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>702</v>
+        <v>720</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>699</v>
+        <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>14</v>
+        <v>717</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>727</v>
+        <v>218</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>728</v>
+        <v>182</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>446</v>
-[...4 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>477</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>375</v>
+        <v>720</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
+        <v>717</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>218</v>
+        <v>745</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>182</v>
+        <v>746</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>446</v>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>744</v>
+        <v>375</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>183</v>
+        <v>218</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>218</v>
+        <v>183</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F113" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>386</v>
+        <v>218</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>372</v>
+        <v>182</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>446</v>
-[...4 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>477</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>375</v>
+        <v>790</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F117" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>790</v>
-[...1 lines deleted...]
-      <c r="I117" s="5"/>
+        <v>795</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>796</v>
+      </c>
       <c r="J117" s="5" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>218</v>
+        <v>386</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>182</v>
+        <v>372</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>796</v>
+        <v>446</v>
+      </c>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>797</v>
-[...1 lines deleted...]
-      <c r="I118" s="5"/>
+        <v>802</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>803</v>
+      </c>
       <c r="J118" s="5" t="s">
-        <v>791</v>
+        <v>375</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F119" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>802</v>
-[...3 lines deleted...]
-      </c>
+        <v>808</v>
+      </c>
+      <c r="I119" s="5"/>
       <c r="J119" s="5" t="s">
-        <v>722</v>
+        <v>809</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>446</v>
+        <v>348</v>
       </c>
       <c r="F120" s="5" t="s">
-        <v>511</v>
+        <v>814</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>808</v>
-[...1 lines deleted...]
-      <c r="I120" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="I120" s="5"/>
+      <c r="J120" s="5" t="s">
         <v>809</v>
       </c>
-      <c r="J120" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K120" s="5" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>446</v>
+        <v>348</v>
       </c>
       <c r="F121" s="5" t="s">
-        <v>511</v>
+        <v>477</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>791</v>
+        <v>740</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>348</v>
+        <v>446</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D123" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="D123" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="5" t="s">
-        <v>339</v>
+        <v>446</v>
       </c>
       <c r="F123" s="5" t="s">
-        <v>348</v>
+        <v>521</v>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>830</v>
+        <v>809</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>796</v>
+        <v>521</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="D125" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="D125" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E125" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="F125" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="F125" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>512</v>
+        <v>348</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>849</v>
+        <v>814</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E127" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F127" s="5" t="s">
-        <v>849</v>
+        <v>814</v>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>864</v>
-[...4 lines deleted...]
-        </is>
+        <v>522</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>867</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E129" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>477</v>
+        <v>867</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="I129" s="5"/>
+        <v>875</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>876</v>
+      </c>
       <c r="J129" s="5" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>882</v>
+      </c>
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F131" s="5" t="s">
         <v>477</v>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>885</v>
-[...3 lines deleted...]
-      </c>
+        <v>890</v>
+      </c>
+      <c r="I131" s="5"/>
       <c r="J131" s="5" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>890</v>
+        <v>894</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H132" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="J132" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="K132" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="L132" s="6" t="s">
+        <v>900</v>
+      </c>
+      <c r="M132" s="5" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="G133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="J133" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="K133" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="L133" s="6" t="s">
+        <v>907</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H134" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="J134" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="K134" s="5" t="s">
+        <v>913</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="M134" s="5" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K135" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="L135" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="G136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H136" s="5" t="s">
+        <v>925</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="J136" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K136" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="L136" s="6" t="s">
+        <v>928</v>
+      </c>
+      <c r="M136" s="5" t="s">
+        <v>929</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -12846,44 +13334,49 @@
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
     <hyperlink ref="M122" r:id="rId127"/>
     <hyperlink ref="M123" r:id="rId128"/>
     <hyperlink ref="M124" r:id="rId129"/>
     <hyperlink ref="M125" r:id="rId130"/>
     <hyperlink ref="M126" r:id="rId131"/>
     <hyperlink ref="M127" r:id="rId132"/>
     <hyperlink ref="M128" r:id="rId133"/>
     <hyperlink ref="M129" r:id="rId134"/>
     <hyperlink ref="M130" r:id="rId135"/>
     <hyperlink ref="M131" r:id="rId136"/>
+    <hyperlink ref="M132" r:id="rId137"/>
+    <hyperlink ref="M133" r:id="rId138"/>
+    <hyperlink ref="M134" r:id="rId139"/>
+    <hyperlink ref="M135" r:id="rId140"/>
+    <hyperlink ref="M136" r:id="rId141"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>