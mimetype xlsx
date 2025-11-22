--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -3,5578 +3,388 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1306" uniqueCount="824" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1318" uniqueCount="831" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1942-01-10</t>
+    <t>1889-01-12</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Johanne Christine Larsen</t>
-[...4064 lines deleted...]
-    <t>Johan Larsen</t>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
-  </si>
-[...877 lines deleted...]
-    <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Frøken Bendal
 Ane Marie Christiansdatter
 Jens Hansen
 Adolph Larsen
 Jeppe Andreas Larsen
 Vilhelm Larsen
 Niels Lindberg
 Søren Lund
 Theodor Oppermann
 Hans Poulsen</t>
   </si>
   <si>
     <t>Tiras er en hund.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Der bliver refereret til en intens samtale, som mor og søn havde, sidst Johannes Larsen var hjemme. Hvilken skole skal han vælge?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/y1Lg</t>
   </si>
   <si>
     <t>[påtrykt:] C.L. [håndskrevet:] idag fik jeg ingen du kan stole paa snarest
 Kjerteminde den 12 89
 1
 Kjære Johannes!
 Igaar afsendte jeg dit Tøj men naaede ikke at skrive haabede ogsaa paa, at jeg i dag kunde sende de 30 kr – Skoene haaber jeg passer og Benklæderne huskede jeg først i sidste Øjeblik da Pakken var færdig saa de sidder i det Omslag af Posen ryst dem saa falder de hvide Been ud, det er prægtigt at Du kommer til Gymnastik, at du kan faa dit Legem kraftigt udviklet; men for alt det faglige der tager dine Tanker – glem saa ikke vor sidste Samtale; men gjør hvad Du lovede mig, ak hvor jeg beder for Dig om alt hvad der kan gjøre dig til den Mand jeg ønsker du maa blive og det er ikke et lille Maal jeg stiler efter, vor Herre høre dog min inderlige Bøn og give dig Kræfter; naar du saa selv lægger god Villie til min elskede Søn, som ligger mit Hjerte saa nær – jeg veed aldrig nogen Gang Du er rejst fra mig, at jeg har været saa bevæget som jeg er denne gang, men fordi mit Hjærte er saa bevæget derfor troer jeg ogsaa mine Bønner bliver hørt Gud Fader velsigne og bevare dig fra alt Ondt – saa bebrejder jeg mig saameget naar du er borte, at jeg ikke har faaet dig mere med i Kirke; eller talt mere med om de Ting som hører Guds Rige til, oh Johannes brug din Søndag vel, gaa med Poulsen og Frøken Bendal i Kirke du skal se hvor det vil fylde dig selv med Glæde kan du huske da du havde den tykke Bog at Farmor har foræret [tilføjet] dig, saa skrev du imellem til [tilføjet] mig, jeg var ikke i Kirke men saa læste jeg et Stykke i Farmors Bog, vil du have den? jeg ønskede at jeg havde den lille af Lindbergs for det er saa kort men fyndigt – som I Unge kan have saa godt af, Johannes gaa en Gang ud at hilse paa Fru Lindberg og Lund tag Oppermann med jeg lovede ham at han skulde med ud at se den Hollænder – men det blev ikke til noget hils dem saa
 Idag haaber jeg at faa Vilhelms Billede afsted, Hansen satte det i Ramme for mig, og Lindegaard laver en Kasse – det var rart at Vilhelm havde Følgeskab af sine Kammerater saa var det knap saa trist det gjorde mig ellers ondt for ham den lille Ven, han fortalte rigtignok for mig at han længtes efter at komme til at arbejde igjen, men hans Væsen den sidste Aften tydede dog paa at det klemte lidt med Afskeden.
 Naa kjære Johannes at du er glad ved at gaa paa Teknisk Skole tænkte jeg jo nok; men giv os nu ogsaa lidt Besked om Skolen hvad Model har I? hvordan er Tonen der; hvad er det for nogle der gaar deroppe og hvad vælger du, at blive; eller gaa til Akademiet er Du begyndt der maa du jo blive dette Kvartal men det var maaske din Mening at blive paa Skolen i Vinter for Fader studsede han syntes det var underligt at begynde der hvis du vil gaa derfra men naar du arbejder med Alvor og Flid kan du maaske have Udbytte deraf til dit Gavn og vores Glæde skriv mig nu endelig et ordentlig og udførligt Brev om hvad vi her har talt om.
 Vildandrikken er i bedste Velgaaende – en Sømand var efter den en Dag og vilde fange den men Adolph kom i rette Øjeblik og frelste den da kan du tro han var højt oppe
 Vores Tiras er død den laa en Morgen i Hundehuset og var helt udstrakt Dyrlægen kom efter at vi havde arbejdet med den men det hjalp ikke han har vidst faaet noget i sig Nu vil vi ikke have Hvalpe mere, Fader sagde igaar at nu vilde han kjøbe en dresseret ægte Jagthund for Sønnernes Skyld Nu er det bleven Middag og Vilhelms Pakke skal afsted Lev nu vel og vær kjærlig og hilset fra din hele Slægt Hils dine Venner dem jeg kender
 Vil du ogsaa i dit Hjem
 Din trofaste Moder</t>
   </si>
   <si>
-    <t>1922-04-20</t>
+    <t>1890-06-15</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Marie Allerup
+Anton Larsen
+Sophie Meyer
+Sophus  Meyer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er muligvis soldat i Nyborg. Han aftjente sin værnepligt fra juni 1890 - marts 91.
+Anton og Urban Larsen var brødre til Johannes Larsens far, Jeppe Andreas Larsen.
+Lundsgård er et gods syd for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Der er travlhed i Kerteminde med dyrskue og besøg, så Vilhelmine Larsen havde nær ikke fået sendt de ting til Johannes, som han bad om. Er der nogen, der har taget sig af hans malerier?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IKO1</t>
+  </si>
+  <si>
+    <t>Kjære Johannes 
+Her kom jeg galt afsted jeg vilde se om det var noget der hastede ellers kunde det jo ligge men nu maa jeg jo hurtigst muligt have dette afsted. Hvordan klarer du dig der. Det er jo i Dag de skal hentes. Har du bedt nogen tage sig af dine arbejder? Eller hvordan. Tak for Brevet. Du skal snart faa dit Tøj men gamle fru Allerup maatte følges til Lundsgaard i Dag. Det er Sønnens Fødselsdag. Her er Dyrskue og mange smukke Dyr har her været i Gaarden – Jeg har frygtelig travlt. Lev vel. Farbroder Anton kom i Lørdags men boer hos Mejers
+Lev vel hils fra mig 
+Din Moder</t>
+  </si>
+  <si>
+    <t>1896-8</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
-    <t>Rossia</t>
-[...13 lines deleted...]
-Inga -, Malmø
+    <t>Sophy -
+Sprut -
+Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Martin Brandt
+Christian Caspersen
+Johanne Caspersen
+Poul Caspersen
+Niels Elgaard Amstrup
+- Kløvborg
+M Knipschildt
+Jørgen Hermann Kruuse
+Johanne  Larsen
+Christine  Mackie
 Astrid Møller
-Janna Schou
-[...326 lines deleted...]
-- Herts, Fru
+Edvard Nielsen
+- Vett
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Laura Warberg var rejst hen. 
+Det kan ikke afgøres, hvem Marie var. Warberg-familien kendte mange med dette navn. Hvem Fru Kl. var vides heller ikke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2123</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev, Johanne og Alhed har været på en cykeltur til Kerteminde. De gik tur ved Klinten og i skoven og blev der et par dage. Hjemme igen måtte Alhed skynde sig at skifte til sin råsilkekjole og til middag på Gelskov. Hun har også besøgt Sophy, som er helt rask efter to sommerophold på Silkeborg Bad. 
+Laura Warberg må endelig nyde sin ferie og blive længe væk. Hun kan sikkert godt få flere penge til det.
+Alhed venter gæster på Erikshåb og vil derfor slagte kyllinger. De vasker og sylter og har travlt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6XoJ</t>
+  </si>
+  <si>
+    <t>Fredag
+Kære Mor!
+Det har i flere Dage været mit Forsæt at skrive til Dig; men først i Dag bliver det til Alvor. - Her har været saa meget hver Dag, at det har været vanskeligt at faa Tid at sætte sig hen og skrive et ordentligt Brev. - Jeg skrev nok sidst i Fredags. - Lørdag cyclede Thorvald og Joh, og Søndag Form fulgte jeg efter til Odense, spiste til Middag hos Sprut, (- det er sandt, her kan Christine supplere og meddele om Johannes Cycle x ["X" indsat over linjen], der fremdeles gør Knuder, det bliver nok en større Reparation, hun var i Gaar i Højrup at tale i Telefon med Edv. Nielsen.) - Vi havde det yndigt i Kerteminde var den ene Aften en henrivende smuk Tur paa Klinten; paa Hjemvejen gik vi om ad Kruses (ind gennem Skovene), vi stod lidt stille og saa paa Huset, der ligger meget hyggeligt i den Kastanieallé. - Elllers forslog vi Tiden med at bade, spise Stikkelsbær og drive om. Tirsdag Middag cyclede vi derfra, Joh. blev i Odense og jeg kom herhjem 1 Kvarter i 4, styrtede i min Raasilke og om til Gelskov til Middag. Der var Pastor Brandts fra Taulov og Kløvborgs med nogle gamle Thomsens gl. Fru Kl. og en ung Pige, samt Amstrups med lille Nete og gl. Knipschildts. - - Dagen efter var jeg inviteret om at underholde Tante Sophy, men Marie skulde til Høet, saa det blev først om Eftermiddagen. Fader blev hentet derom, Grosserer Vett (Freir) var der, en sær lille Spleis. Tante Sophy og jeg var en tur i Skoven, hun var saa sød at tale med. Hun er bleven helt rask nu, to Sommerophold paa Silkeborg har kureret hende; hun sagde, at det havde jo kostet mange Penge, men at hun mente, det ["t" i slutningen af ordet overstreget] var godt givet ud og at ["at" indsat over linjen] det var den bedste Kur for nervøse Mennesker at rive sig ud af de daglige Folder og rejse bort en Tid. - Du kan tro, vi glæde os ved Tanken om, at Du gaar og driver deroppe, gid Du nu vil blive der rigtig længe, jeg er sikker paa, Du kan godt faa nogle flere Penge, vi har jo ikke hørt ét Ord om Penge i denne Termin, det er ganske enestaaende. Johanne og jeg har ogsaa talt om at sende Dig de 20 Kr. vi har liggende i Æggepenge. Jeg synes, det er saa umaa[de]lig vigtig at Du bliver længe borte, naar Du nu endelig en Gang er kommen ud at rejse. - Thorvald og Johanne ere her i disse Dage; de maa desværre opgive deres Hamborgrejse, da Familien skriver, at der ingen er hjemme. Meget kedeligt. - I Dag Forlovelseskort fra Trisse med en Leutnant Møller. Samt Brevkort fra Tante, at Max Poul og en Kammerat ville besøge os fra Mandag Aften til Onsdag Morgen, saa tage vi de 4 store Kyllinger paa Tirsdag med Ærtesuppe foran. - Vi skulle brygge Mandag og vads ["og vads" overstreget] begynde at vadske Tirsdag, Høsten begynder allerede sidst i Ugen, saa jeg mente, det var bedst at vadske mens vi kunne faa Koner, vi mangle ogsaa Fintøj, saa kunne vi jo altid senere tage en Klatvask med Resten alene til Dit og C's. Tøj. Jeg haaber dette er rigtigt. -
+Alt gaar rigtig godt. Jeg skal nok passe Syltningen, men det er knap modent endnu. 
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1897-3</t>
+  </si>
+  <si>
+    <t>Anna 2 -
+Laurentius Allerup
+Marie Allerup
 Alhed Larsen
-Jeppe Andreas Larsen
-[...55 lines deleted...]
-Georg Larsen
 Jeppe Andreas Larsen
 Johanne Christine Larsen
 Marie Larsen
+Vilhelm Larsen
+Otto  Meyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Schrøder er.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har solgt en akvarel til Kunstforeningen i Stockholm. Pengene er kommet og hans forældre vil gerne have lov til at bruge dem i en hastesag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6Kxs</t>
+  </si>
+  <si>
+    <t>Kjære Johannes !
+Nu kom Posten med Brev fra Sverrig til dig. Du har solgt en Aqvarel til Kunstforeningen i Stokholm 100 kr – Anvisning 70 K følger du er vel sød om det behøves at vi maa bruge den det haster
+[Skrevet på langs] Din Moder Hilsen [ulæseligt ord] Alle
+Det blev alligevel for sent Posten rullede af inden vi kom paa Gaden. Fader var meget oppe da dette anbefalede Brev kom han ledte om den gamle Fuldmagt fra i Vinter og fandt den
+Han var selv paa Posthuset for at indløse det og lukkede straks op – vi andre stod i Spending
+omkring ham du seer vel den hele Scene, det var dejligt at det var Kunstforeningen ikke sandt du kjære nu gaar der vel en Dag til inden du faar denne Glæde foruden den du har
+Klaks har vi ikke seet noget til endnu; men saa kom her idag igjen Brev fra Aarhus – saa ringede vi paa Telefonen og var saa heldige at træffe ham vi skulde saa lukke det seneste brev op og fortælle ham Indholdet
+Schroder er begyndt at maale men han mente det var heldigt at han var i Forhaanden saa kom de ikke hinanden i Vejen med Aparaterne
+Der er Selskab hos Skovriderens idag saa kommer han i morgen Eftermiddag
+Vi fik ellers Fremmede iforgaars kom her Bud om Fru Allerup maatte bo hos os et Par Dage 
+Det er nemlig hendes Søns Fødselsdag imorgen da skal hun til Lundsgaard og være hele Dagen. Dumpe var med herinde igaar vi hentede hende ved Stationen og i Morges fulgte Dine hende til Ullerslev Banegaard de kom kun 6 Minuter for tidlig, det var en ordentlig Spadseretour for Dine hun kom herhjem Kl 11 Formiddag
+Nu har vi faaet Otto herop han er begyndt med Sovekamret Saa vi faar travlt nu i de kommende Uger
+En Qvittering forlanges kan jeg se nu den maa fremsendes; naar nu Fader kommer skal jeg spørge han siger det kan gjøres naar du kommer hjem
+Her er saa varmt i Stuen men du faar jo sjældent for varmt. Kjærlig Hilsen til dig fra Søstrene og os andre hils ogsaa Alhed og Johanne som jeg kjender
+Søstrene har det godt de skal stryge imorgen saa skal du faa Flipper og Kraver
+Vi skal alting saa hurtig vi kan 
+Din hengivne Moder</t>
+  </si>
+  <si>
+    <t>1898-02-06</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+- Fuglsang
+Adolph Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Emil Opffer
 Rasmus Petersen, Gartner
 Christine Swane
-Andreas Warberg
+Carl Christian  Swendsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Christine Swane boede fra efteråret 1897 til maj 1898 hos Anna og Fritz Syberg og fulgte Fritz Sybergs tegneundervisning på Teknisk Skole i Faaborg. 
+Træskomanden er en klodsemager i Nyborg, der har bestilt Johannes Larsen til at male en skive til Fugleskydningsselskabet.</t>
+  </si>
+  <si>
+    <t>Alhed har sendt en julerose.
+Fritz Syberg har travlt med vinterbilleder.
+Der er kommet brev fra Christine Swane: hun maler et billede med et hus, og hun vil gerne male røgteren Fuglsangs tykke kone.
+Johannes Larsen har sendt Emil Opffer en akvarel med et brudelys.
+”Vi maa hellere gifte os med det første”.
+Larsen har været hos kancelliråden og sagt, at hans drenge skal holde sig fra bedene. 
+To forstkandidater kommer til middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zYdq</t>
+  </si>
+  <si>
+    <t>Kjerteminde 6 Februar [noget af papiret mangler og dermed også årstallet]
+Min egen Kæreste!
+Tak for Brevet med den kønne julerose. Det var rigtignok godt at Du skrev i Gaar saa jeg kunde faa Brev i Dag, jeg turde næsten ikke haabe at der var noget til mig i Morges da jeg jo havde faaet baade i Gaar og i Forgaars, saa Du kan tro jeg blev glad da jeg saa det. Du er min allerkæreste. Der var ogsaa Brev fra Marie og Christine i Dag, de har det godt, Christine skriver at Baronen har faaet travlt med at male Vinterbilleder nu der er kommen sne, Du ved at Christine bor ovre i den anden Ende af Huset, fra hendes Vindue maler hun et Billede, med et [noget af papiret mangler] Hus i Forgrunden, og hun vil se at komme til at male Røgteren Fuglsangs tykke Kone, naar hun styrer derover imod. Fra Opffer var der ogsaa Brev i dag, jeg sendte ham forleden en lille Aquarel med et Brudelys og bad ham tage med træskomanden, naar han rejste herned, jeg sender Dig her Brevet for at Du kan se det, det ligner [noget af papiret mangler] saa udmærket. Det var en masse gode efterretninger jeg fik i Gaar fra Dig [noget af papiret mangler]en med Glarmesteren i dag er heller ikke saa daarlig, alene den maa vi kunde leve af, naar jeg hjælper Dig. Vi maa hellere gifte os med det første. Jeg var oppe paa Kancelliet og bad ham om at holde sine drenge fra mine Bede, hvad han lovede mig at gøre. Nu skal jeg gaa over og lade Agraren veje mig, vil Du forberede Dig paa det værste. – Nej, denne Gang har jeg dog ikke tabt, jeg vejer 157 Pund ligesom sidste Søndag. I Aften skal vi have fremmede, 2 Forstkandidater, M[noget af papiret mangler] Hansen, som er paa Lindøgaard i disse dage for at maale et eller andet og Allerup vi skal have [noget af papiret mangler] til Aften og bag efter skal vi spille L’Hombre, saa jeg bliver nok flaaet for en Del Penge tænker jeg. For lidt siden kom her Bud om jeg [noget af papiret mangler] møde paa teknisk Skole Kl 3 ½, for Tegneinspektøren kommer her. Det er udmærket at Du kommer her i samme Maaned min Kæreste, men kom nu ikke altfor sent, for naar vi skal være paa Erikshaab den 6 Marts kan Du jo ikke være her ret længe naar Du kommer allersidst paa Maaneden. Med Hensyn til de Hilsner jeg har sendt dig [noget af papiret mangler] jeg fortælle at Moder [noget af papiret mangler] bedeer mig om at hilse dig, [noget af papiret mangler]t naar jeg ogsaa hilser [noget af papiret mangler] Fader, er det naar de sidder her begge 2 og jeg spørger om jeg skal hilse Dig og de saa siger ja, Du ser altsaa at det kun er en lille del af Din Mistanke der er berettiget. Mærkeligt nok tro- troede Moder i Dag da jeg [noget af papiret mangler] fra Dig at det var noget jeg lavede, saa jeg maatte læse op af Dit Brev, for at hun kunde høre at det stod der, efter dette er der vist ikke andet for mig at gøre end helt at holde op med at hilse eller sende Hilsner, Du ser jeg bliver mødt med Mistænkelighed fra begge der. Jeg vil holde op nu for jeg har lovet Rasmus [noget af papiret mangler]sen at komme derom i Eftermiddag, og nu er Kl 2 saa om 1 ½ Time skal jeg med paa [noget af papiret mangler]ten. Mange allerkærligste Hilsner til min egen Kæreste fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-10-04</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Anna 2 -
+Christiane -
+Maren -
+Karoline Bless
+Ellen Johansen
+Jeppe Andreas Larsen
+Lars Larsen
+Vilhelm Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Marie  Marstrand</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Det går godt for Christine i København. Georg Larsens nyfødte pige trives godt. VL har haft besøg af Dumpe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ILq6</t>
+  </si>
+  <si>
+    <t>Kjære lille Dinemor!
+Det var et meget glædeligt Brev vi fik fra Dig ja Gud ske Lov det gik saa vel alt sammen nu kan Du rigtignok tage fat og begynde med fornyede Kræfter Gud velsigne Dig til Din fremtidige Gjerning 
+Det glædede mig meget at Ellen var venlig imod Dig husk altid paa lille Dine at det dog var den Familie – der indvirkede paa Fader at dine Evner kunde udvikles og vær god og mild mod Alle – det bringer Glæde igjen, Igaar var det rigtignok en god Dag om Lørdag Brev fra Marie og Vilhelm og Søndagmorgen Dit og saa vidste jeg hvor jeg skulle tænke paa Eder Alle – om Eftermiddagen, Maren havde faaet Brev hjemmefra og hun bliver hos os i Vinter er det ikke herligt jeg vilde ikke fortælle Dig det før jeg vidste det sikkert, men saa har Du nu Vished for lille Dine at om jeg og de andre To maa blive raske saa faar jeg gode Dage i Vinter og kan sidde og faa en hel Del Syarbejde fra Haanden ; men saa har jeg ogsaa lovet Maren en god Ferie lidt ind i November Oppe hos G. Larsen gaar Alting godt den lille Pige patter godt og sover næsten altid klare blaa Øjne lyst Haar Madam Nordstrand mener at det ogsaa bliver rødt; men det synes jeg ikke – Marie er rask og vel ved det og Ville ligger imellem Forældrene; men skal have sig en lille Jernseng naar de nu bliver raske deroppe den kan staa ved Siden af George og maaske Skabet kommer ud paa Gangen.
+Igaar forærede G. Larsen os en Hare de havde hængende og saa spiste han og Karen hos os 
+Jeg kogte saa Æblegrød og havde en pæn Middag at tage imod Dumpe med jeg havde ikke forstaaet hende i Telefonen at de var 3 saa vi tog den lille svenske Vogn med den sorte for og saa bad jeg Baus kjøre med, Resultatet blev saa at Rasmus Møller kjørte med Adolph da han skulde til Viby til Jagilde og bestille Lysning det gaar godt med hans Handel i Odense saa der skal snart være Bryllup, Dumpe og Christiane kjørte med en Bonde til Flostrup og gik saa Resten af Vejen hun saae rask ud og havde en glubende Appetit den hele Dag hun var hos Line Bles paa Lundsgaard og fik den dejligste Bouket af Roser Helligatrop Violer Reseda og meget andet smukt paa et stort grønt Blad
+Nu kom Maren med Mælkepengene saa jeg kan sende Dig Penge vær saa her er 20 Kr vi har 30; men vi maa sende 10 til Vilhelm saa skal jeg sende Dig en løs Seddel i et andet Brev – 
+Nu blev det Madtid og saa lev vel en anden Dag skal Du faa et længere Brev for nu maa jeg hjælpe lidt ovenpaa Hils Alle fra din Moder</t>
+  </si>
+  <si>
+    <t>1900-10-21</t>
+  </si>
+  <si>
+    <t>Kertinge
+Hverringe</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Anna Madsen
+Sophus  Meyer
+Carl Christian  Swendsen
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
-    <t>Der var ikke kommet breve fra Amerika: Alhed og Johannes Larsen opholdt sig i USA fra maj til december i 1907.
-[...21 lines deleted...]
-    <t>25. apr. 1911</t>
+    <t>"Dis's Værelse": Alheds søster Astrid Ingeborg Warberg (Dis) skal være pige i huset hos Alhed og Johannes Larsen i Kerteminde. 
+Anna: 16. oktober 1900 opstillede Johannes Larsen i sit brev til Alhed et regnskab over udgifter. Heraf fremgik det, at Anna skulle have 6 kr. 
+Alheds hofte: Alhed Larsen har gennem længere tid skrevet om, at hun halter, men at hun tror, det går over, når hun har fået parrets barn nr. to, som hun venter.</t>
+  </si>
+  <si>
+    <t>Pigen i Kertinge, som Larsen havde skrevet til, har fået plads i huset andetsteds. Kancelliråden (Swendsen) er blevet godsforvalter.
+Larsen spørger til diverse typer kakkelovne.
+Han maler på billedet med svanerne og på en bekkasin.
+Johannes Larsen spørger til Alheds hofteproblemer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gLBf</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Octbr. 1900
+Kæreste Alhed!
+Tak for Dit Brev i Gaar. Jeg har flere Gange tænkt pa[noget af papiret mangler]merne men er ikke k[ommen] til Lundsgaard end[noget af papiret mangler]søgte at faa fat i [noget af papiret mangler] Telefonen i Aftes m[en det] lykkedes ikke, han averterer Svedskeblommer saa jeg tænker jeg kan faa naar jeg gaar der op i Morgen. Vi skal alle ud til Meyers i Aften. Vi fik Krikanden og Viberne sammen med noget Faaresteg i Dag, saa nu er her 2 Bekkasiner som jeg tror jeg vil sende Dig i Morgen. Der var Brev fra Pigen i Kertinge i Gaar, vores Brev var kommen en Dag for sent saa hun havde fæstet sig bort. Cancelliraaden er bleven Godsforvalter paa Hverringe og skal være der en Dag ugentlig for 1000 [Kr. om A]aret. Vi kan nok [noget af papiret mangler]n lille Kakelovn [noget af papiret mangler] Dis’s Værelse. [noget af papiret mangler] ikke skaffe mig [noget af papiret mangler] [n]ærmere at vide om den stedsebrændende Kakelovn Du skrev om, hvilken Fabrik den er fra, Prisen o.s.v. Men Hensyn til Anna, saa mødte jeg hende den Dag jeg kom og bad hende komme herop næste Morgen, jeg tænkte hun kunde hjælpe til med at hente noget paa Feden, og at børste [ulæseligt ord] og saadan, og desuden vilde jeg betale hende de 6 Kr. Hun har imidlertid ikke vist sig siden, saa dersom de vil have deres Penge kan de komme og hen[te dem] jeg skal ikke rend[e dem] paa Dørene. Agr[aren og] jeg ligge paa m[noget af papiret mangler]er. Jeg har male[noget af papiret mangler] paa Billedet med Svanerne og paa Bekkasinen, det er kedeligt at jeg ikke kan træffe paa enkelte Bekkasiner, saa jeg kunde faa en at male efter. Jeg længes efter Jer og jeg vil se at komme derned paa næste Søndag. Du skriver ikke noget om Din Hofte men Du ved vel ikke noget før Doktoren har været der. Jeg skal hilse fra Moder og Fader. Mange kærlige Hilsner til Jer begge fra
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
-    <t>Notater om fugle og vejrlig</t>
-[...47 lines deleted...]
-    <t>1901-10-17 - 1902-11</t>
+    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -5673,267 +483,587 @@
 Erhard Meyer
 Otto  Meyer
 Sophus  Meyer
 Augusta Mogensen
 Christian Mogensen
 Otto Emil  Paludan
 Antoine-François Prévost d'Exiles
 Leopold Rosenfeld
 Ellen  Sawyer
 Erik Schaffalitzky de Muckadell
 Christine Swane
 Fritz Syberg
 Vilhelm  Sørensen, pastor
 Nicoline  von Sperling
 Laura Warberg
 Andreas Warberg, Albrechts far
 Christoph Ernst Friedrich Weyse</t>
   </si>
   <si>
     <t>Astrid Warberg skriver om livet på gården Erikshaab, om sine forelskelser, om opholdet som pige i huset hos Alhed og Johannes Larsen i Kerteminde mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/WsHnFLg1</t>
   </si>
   <si>
+    <t>1901-01-09</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Højrup
+Erikshåb</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid var i huset hos Alhed og Johannes Larsen i Kerteminde. Alhed Larsen var bange for at være alene om natten - derfor skulle Astrid sove hos hende.
+Alhed Larsen var højgravid med barn nr. to, Johan/Lysse, da Astrid Warberg var i huset hos hende og manden. 
+Lundsgård er en herregård syd for Kerteminde. 
+Det vides ikke, hvad eller hvem Laf er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0399</t>
+  </si>
+  <si>
+    <t>Astrid synes at livet som pige i huset hos Alhed og Johannes Larsen er forfærdeligt. Hun tigger Johanne om at komme på besøg. Astrid ville gøre Alhed en tjeneste ved at hjælpe, men det virker ikke, som om Alhed og Johannes Larsen er glade for hende.
+Alhed er heldigvis lidt raskere, men hun har smerter i hoften, og hun har vejrtrækningsbesvær om natten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BYMC</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk
+Johanne Warberg
+Erikshåb
+Højrup.
+[I brevet:]
+Kerteminde Tirsdag
+Ak min kæreste Junge!
+Hvorfor skal Livet dog være så tomt og trist og uudholdeligt til Tider – mens til Tider der kan være Livsglæde i Overflod. Ak Junge – Junge – det er en Plage for hvert Åndedrag man er til – nu – her - ! Jeg savner Jer så rent meningsløst og kan slet ikke komme i Gang med trælsomme Skrubbeliv – og ej det alene, men også de frie Stunder er uudholdelige. Junge – hjælp mig! kommer dog ingen herned? At Mors Ophold her de Par Dage i det nye År er gået i Lyset, det er en hård Skuffelse. Jeg havde glædet mig så meget dertil. Men Junge - kan det dog ikke tænkes, at Du i Morgen, når Du modtager dette Brev – rejser herned med Iletoget – Du er så her Kl 6 ½. Las rejser i Morgen til Kjøbenhavn, jeg skal da ligge nede hos Be og Du kunde få mit Værelse – Ild skulde Du få både Morgen og Aften og Kaffe på Sengen og vi kunde spadsere ud i det smukke Land og gå op på Lundsgaard, hvor der skal være så smukt og så morsomt!
+Å Junge kom – kom! Du redder Din Søsters Liv derved!
+Beskrive kan jeg ikke, hvor rædselsfuldt alting forekommer mig at være – hvorfor skal man gå og slide sine bedste År op i åndløst og ufrugtbart Arbejde – Min Trøst før var den, at jeg gjorde Be en Tjeneste, da hun ingen Hjælp kunde få, men jeg tror slet ikke, de er videre glade ved mig, skønt jeg naturligvis gør mig megen Umage med Arbejdet – hvorfor skulde jeg jappe det af mig, der er jo ingenting som Hakken og Kalden.
+Heldigvis er det da en Del bedre med Be, hun har været oppe i Går og i Dag og Forkølelsen er stærkt på Retur, mens derimod Hoften er temmelig slem, og hun klager meget over ikke at kunne få Luft om Natten; men nu er Hovedgærdet bleven højere, og det har hjulpen godt, så Natten har været rigtig god. 
+- Lytzhøfts Brev var om noget Lotteriseddel til Fordel for dem – så vidt jeg forstod. 
+Tak endelig Mor så meget for Brevet! det var – kan Du tænke – uhyre velkomment. Der var for Resten glemt at lægge det omtalte Frimærke i – det er en Artikel, jeg meget gerne ser vedlagt i fra Frimærkernes Oplag.
+Mon Du kan læse disse melankolske Tæer? Indlagte Kort fra Laf har vi også ved en Fejltagelse fået med. Å, gid Du kom, Junge! jeg er nu atter rask og rørig – tilbragte en Nat i slem Hoste – intet kan jo holde Vindene ude – men gik tidlig i Seng i Aftes og er rask. Junge – Junge – Junge når kommer den lyse Sommer?
+Dis</t>
+  </si>
+  <si>
+    <t>1901-09-23</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Lundsgaard</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Den frk. Svendsen, der nævnes, kunne være Cathrine Amalie Svendsen (1877.1949).</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
+  </si>
+  <si>
+    <t>Fritz har lavet en tegning fra Lundsgårds have. Der er smukt, men han kan ikke rigtig finde noget som i Svanninge, måske det kommer. Johannes Larsen arbejder på fugleakvareller. Fru Larsen frygter for hans helbred. En frk. Svendsen, som han har haft som elev er til stede. I eftermiddag begynder han på uglen og til aften tager han til Verringe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1s50</t>
+  </si>
+  <si>
+    <t>Lundsgård 23/9 1901
+Kære Høns.
+Jeg har lige lavet et Tegning her fra Lundsgårds Have og skal nu til Middag. Her er ganske kønt, men jeg kan alligevel ikke hitte noget rigtig som i Svanninge. Måske kommer det senere.
+Las arbejder på en hel Del Fugleaquareller, og ser noget medtaget ud. Fru Larsen talte med mig om ham i Dag til Morgen og var meget bedrøvet over ham. Hun går vist og er bange for at han skal dø. Huset har de virkelig begyndt at arbejde på igen.
+Her er en Frk. Svendsen en af mine Elever til Vinter. I Eftermiddag begynder jeg på Uglen og i Aften går jeg til Verringe og ser på Sagen der. Kys Børnene og vær hilset mange Gange fra Din hengivne
+Fritz.
+[midt i brevet:En blyantstegning af en blomst]</t>
+  </si>
+  <si>
     <t>1905 januar</t>
   </si>
   <si>
     <t>Haslev</t>
   </si>
   <si>
     <t>Lundsgaard 5300 Kerteminde</t>
   </si>
   <si>
     <t>Julius Hviid
 Alhed Larsen
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Konrad Nielsen
 Anton Frederik Schondel</t>
   </si>
   <si>
     <t>Lundsgaard er et gods syd for Kerteminde.
 Bobinet er det samme som tyl.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Det går fremad med Christines helbred og hun maler. Johannes Larsen har fået en merskumspibe i julegave af Fritz Syberg. Johannes skal sidde i hjørnestuen på Kjærbyhus og radere og tegne. Her er der ro.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/511F</t>
   </si>
   <si>
     <t>Kjærbyhus
 Kjære Christine
 Her er endelig Pakken, Benklæderne fik jeg lige lappet og nu gaar Marie op at klæde sig paa for at bringe Pakken med 3 Toget her er nu hvad vi kan sende i dag 1½ Pund Smør 1 Pund Margarine Kaffe da vi hører I mangler den og saa Brød og Kage Gud glæde Eder med en god Appetit at det maa smage Eder godt. Igaar var det Meningen at sende, men saa kom Georg med Indbydelse til Lundsgaard Kl. 6, først vilde Marie ikke med hun havde ingen Tøj lidt længere hen paa Dagen mente hun saa nok det kunde gaa med det sorte Liv naar jeg vilde gjøre Ærmerne om, det var jeg i færd med men saa kom Alhed med sit lyse Silkeliv det skulde hun bare tage paa vi fik det da paa at prøve, jeg tog Halslinningen af og kantede Livet, saa Marie kunde faa sit Bobbinets stykke paa, hun saa nydelig ud i det og glad blev jeg at vi [fik] hende afsted og hun morede sig godt
 Konrad Nielsens Ladby og hun var til Aften senere kom Christensens Jørgensens Postmesteren Læge Hviid og Søster og vores Schondel de holdt ud til Kl 1.
 Johannes og Familie kom i Onsdags de var glade og Børnene søde. Puf var grinagtig i sin Glæde over at træffe Kjærbyhus laa paa Plads – og kan I se der ligger Faers og Moers Huus også – de havde saameget Legetøj med og bøger at der er god Underholdning
 Johannes havde faaet en nydelig lille Merskumspibe med Ravspids og i rødt Foderal det var Baronens Julegave
 Om et Par Dage vil Johannes begynde at radere og tegne han opslaar sit Arbejdsfelt her i Hjørnestuen der kan han sidde med Ro – 
 Du kan tro lille Dine at jeg blev glad for dit brev jeg sad og rystede og turde ikke lukke [op] men saa kom Marie og læste det for Gud ske Tak at dit Arbejde lykkes – saa vil alt det andet komme af sig selv Penge venter jeg at få hver Dag til at sende til dig og det maa jo komme maaske i Morgen
 Det er godt at Du er rask nu maa hilse Enhver der bryder sig om en Hilsen fra mig 
 Nu kan jeg høre Marie og her skal syes for Pakken
 Lev vel sødeste Ugle</t>
   </si>
   <si>
-    <t>1900-10-21</t>
-[...7 lines deleted...]
-Andreas Larsen
+    <t>1905-05-27</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Johanne Caspersen
+- Herts, Fru
+Alhed Larsen
 Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
 Vilhelmine  Larsen
-Anna Madsen
-[...82 lines deleted...]
-Din Moder</t>
+Christine  Mackie
+- Skakke
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg passede formodentlig hus for Alhed og Johannes Larsen, mens de var på rejse. 
+Laura Warbergs søster og svoger boede i Snøde på Langeland. 
+Gamle Larsen er Jeppe Andreas Larsen. 
+I efteråret 1905 var Johanne C. Larsen i London (1905-12-23, Laura Warberg til Astrid Warberg-Goldschmidt)
+Tante er Wilhelmine Berg, Laura Warbergs søster. Hun havde et pensionat i København. 8. juli 1905 skrev Wilhelmine Berg til Laura Warberg og spurgte, om hendes datter ville komme og overtage en plads i pensionatet. Wilhelmine Berg havde måttet afskedige en umulig pige. Det vides ikke, om den unge pige tog pladsen.
+Lundsgaard er en herregård, der ligger i udkanten af Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0893</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen kommer snart hjem efter tre ugers rejse til bla. Paris. Christine Mackie er i Snøde. Louise/Muk Brønsted er i Småland med sin lille datter. Der er mangel på grøntsager hos dem. Andreas/Dede Warberg skal på rejse til Tyskland.
+Laura Warberg ved ikke, om Johanne tager pladsen hos Wilhelmine Berg/Tante. 
+Laura Warberg skriver, hvordan man laver saltlage. Hun og Marie Larsen har besøgt Allerup på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0dG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19⁴
+Malmø
+Skåne
+[I brevet:]
+Kjerteminde d:26de Juli
+Kære Astrid!
+Det bliver intet langt Brev, jeg maa ned med det om en halv Times Tid. men vente til i Morgen vil jeg dog ikke. Det var mærkeligt Du dog fik mit Brev og Brevkort og endnu mærkeligere, at der gik saa langt hen, inden jeg hørte noget fra Dig. Paa Lørdag 6te Aften venter vi Las &amp;amp; Alhed, saa har de været godt 3 Uger borte deraf 14 Dage i Paris. De er vældig tilfredse med hele Rejsen, har set Masser af Kunst og nok set paa alle mulige berømte Steder i Paris. Heden har de ikke klaget over. Jeg har faaet Brevkort næsten hver Dag. Paa Mandag Nat rejser jeg hjem og tænker, Christine kommer Tirsdag Aften fra Snøde, hvor de unge Børn leger paa Kraft; jeg gør det saa færdigt. Fra Muk har jeg to Gange haft Brev, de var syge den første Uge deroppe, men nu nyder de Tilværelsen, og den lille og nem at passe efter at hun paa Rejsen fik den sidste Hjørnetand. De har let ved at faae Mad undt. Grøntsager Kartofler faaer de. De savner saa grulig Løg, er de dyre hos Eder, ellers vilde hun vel blive henrykt ved lidt sammen med et Brev hvor det er som her, at Posten skal være indtil 2 Pund. – Jeg veed intet om Johanne saa tager Pladsen hos Tante; men der maa snart kunne komme Brev derom. Dede har endnu ikke helt bestemt sin Rejse, han skal med Skakke til Sønderborg paa Søndag og mulig rejse der fra til Hamborg Berlin Dresden. Det skulde afhænge af om vi faaer Penge fra gl. Larsen, og det ser da ud til det, at han kan skaffe nogle, naar han kommer til Sverrig. – Gud veed om Chr. ikke nok vove en Tur til Malmø, dersom hun nu faasr nogenlunde Sikkerhed for, hvornaar Affæren bliver. I al Fald kommer jeg da nok en Dag og saa kan jeg fortælle. – Lage lavet af grovt Salt der skænkes kogende Vand paa, røres om til Saltet er smeltet og bliver helt koldt. Jeg ved intet Kaal til det. Det er rigtignok dyrt at sylte hos Eder, kan du ikke imellem faae noget Saft med fra København? Eller faae at vide, hvordan de derovre bærer sig ad. Du _ koge Saften uden Sukker, ja maaske med Saltlage, men staaer det ikke i Bogen? Du behøves ikke at sende Brevene. – Bare Du havde skrevet 2 Ord paa et Brevkort til Tante om din Adr: Hun kan da ikke forstaa, at jeg ikke har svaret paa hendes Brev, men nu skriver jeg en af Dagene. Jeg har haft det rart her. I Aftes var jeg med Fru Larsen og Marie paa Lundsgaard hos Allerup, han har Klaver og en Fru Herts, som boer i Kærbyhus, spillede aldeles dejligt for os: Det var en yndig Aften, mange Blomster i hans kønne lille Stue, Udsigt til Stranden, Kaffe med fine Kager og Drikkevarer, en Tur i Drivhuset først. Ja saa Farvel lille Putte.
+Kærlige Hilsener fra Mor.
+Du kan ikke bruge Puddersukker til Syltning.</t>
   </si>
   <si>
     <t>1906-10-23</t>
   </si>
   <si>
     <t>Vilhelm -
 Laurentius Allerup
 Wilhelmine Berg
 Niels Hansen
 Amanda Heinesen
 Andreas Larsen
 Johan Larsen
 Christian Møller, maler
 Karl Schou
 Marie Schou
 Peter Sus
 Fritz Syberg</t>
   </si>
   <si>
     <t>Alhed er i Malmø hos sin søster, Ingeborg Astrid Goldschmidt (f. Warberg), som skal føde barn nummer to.
 Torsken og Tante Mis: Tante Mis (Wilhelmine Brandstrup), som drev pensionat på Gothersgade i København, har bedt Johannes Larsen sende torsk til hende en gang ugentligt. 
 Lundsgaard: Gartner Allerup arbejdede på herregården Lundsgaard lige udenfor Kerteminde.</t>
   </si>
   <si>
     <t>Johannes Larsens søn har været vågen om natten, fordi han havde bidt sig i kinden.
 Han har indrammet akvareller og havde brug for gode råd, så han hentede Fritz Syberg (Baronen). 
 Der er mange gæs og ænder ved stranden, og Larsen har skudt en andrik.
 Børnene har moret sig med at sige Onkel Røv mv. ved bordet.
 Det er ikke muligt for Johannes Larsen at skaffe Tante Mis (Wilhelmine Brandstrup) ordentlige torsk.
 Larsen har snart opgivet tanken om, at barnet bliver født, mens Alhed er på besøg (hos sin søster).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/cGG0</t>
   </si>
   <si>
     <t>Kjerteminde 23 Octbr 1906.
 Kæreste Alhed!
 Jeg havde en meget urolig Nat med Lysse, han vækkede mig første Gang Kl. 11 og 3die Gang Kl. lidt før 1 hver Gang grædende, det gjorde saa ondt i hans Læbe, han laa saa en lang Tid hos mig og var meget urolig men bestemte sig tilsidst til at gaa over i sin egen Seng. Det viste sig i Dag at han havde bidt sig i Kinden. Jeg stod op Kl. 6 og gik ud til Stranden da det er Gaasevejr, der var ogsaa en hel Del og Møller, men de var for langt ude. Jeg har virket med Billeder og rammer i Dag til det løb helt rundt for mig, jeg lavede først 8-9 af Mappen til at passe til de smaa Rammer og vilde saa sætte dem i Skitzebogen i Resten, jeg klippede saa ud og det viste sig at der var 16 ligesaa mange som Rammerne, saa saa jeg efter Bunken af Blokbogsbladene og der var nogle og 20 Aquareller. Jeg savner Dig i høj Grad. Jeg gik saa ud efter Baronen og han gik med op og saa paa dem og gav mig nogle Raad. Jeg lovede Allerup i Gaar at komme op i Aften eller en anden Aften, han mente jeg kunde tage Børnene med. Marie var her i Eftermiddag for at høre om jeg saa vilde med i Anledning af at Amanda bliver her et Par Dage saa lovede jeg at gaa med. Da Baronen var gaaet fodrede jeg Ænderne og lukkede de gamle Ænder ind, der har nemlig været Gravænder herude i Strandkanten de sidste Aftner og i Aften da jeg vilde hente min Bøsse for ikke at lægge Vaaben til til Andriken, kom jeg lige tids nok til at høre Møller skyde og se en And drive ind, jeg var en Del, spændt men det var en And. I Aften gik jeg derned efter at have lukket dem ind. Møller var der og længere henne sad der en og skød som han var bestilt for at jage dem væk jeg skød en dejlig fed Andrik der vejer omtrent 2 ¾ Pund bare Du var her til at spise den. Nu har jeg faaet klædt mig om og spist og venter paa Marie, Puf begyndte pludselig ved Bordet at fortælle Uartigheder som Lysse havde sagt i Køkkenet, Lysse exploderede af Grin hver Gang, det var saadan som ”Tante skide” ”Tante Tissehul” ”Onkel Lort” og en hel Del mere, og Onkel Røv suplerede Lysse grinende da Puf var færdig, det var mig umuligt ikke at grine med. Paa Gr. af alt dette har jeg heller ikke i Dag faaet sendt det til Sus, men i Morgen. Apropos. Tante Mis: Torsken her er ret umulig f. T. i Dag havde Vilhelms ingen Ting og Amanda kom med nogle diminutive Torsk blandede med du Rødspætter. Niels Hansen og Ko kom i Dag samt Brev fra Schou, Marie vil skrive til Dig, Schou foreslaar at Du skal besøge dem paa Hjemvejen, hvad der forekommer ret vildt da vi jo snart skal se dem. Jeg har for øvrigt nu opgivet at tro paa at den Unge kommer mens Du er der, men det er jo værst for dem selv. Her har du Schous Brev det kan maaske more Dig at læse det. Mange kærlige Hilsner fra os alle 3.
 Din
 Johannes Larsen.
 P.S.
 Amanda gør rent i Dagligstuen i Dag, hun skurer nu og bliver hos Børnene mens jeg er paa Lundsgaard.</t>
   </si>
   <si>
+    <t>1907-05-02</t>
+  </si>
+  <si>
+    <t>Been -
+Birthe -
+Martin Arnbak
+Camilla Bertram
+Jacob Frederik Brandt
+Julie Brandt
+Viggo Brandt
+Martin Grosell
+Emil Hannover
+Peter Hansen
+Gudmund Hentze
+Carl Holsøe
+Niels Holsøe
+Christian Kampmann
+Johanne Kampmann
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Peter Lundsgaard
+Karl Madsen
+Karen Meisner-Jensen
+Sophus Michaëlis
+Marie Oppermann
+Theodor Oppermann
+Johannes Rump
+Karl Schou
+Marie Schou
+Agnes Slott-Møller
+Harald Slott-Møller
+Christine Swane
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Kunstforeningen: Kunstforeningen på Gammel strand, København.
+Galleriet: Statens Museum for Kunst.
+"jeg gik strax i Morges ud til Brandt": Der er flere mulige Brandt'er. Alle er indsat som omtalte personer.
+"Slott M har skreven": Der er tale om indledningen på den såkaldte Bondemalerstrid. Dette var en avisfejde, som begyndte, da Gerda Wegener fik afvist et kvindeportræt på både Den frie Udstilling og Charlottenborg. Ægteparret Slott-Møller samt Gudmund Hentze skrev i Politiken om sagen, og de havde den opfattelse, at Fynbomalerne dominerede og stjal opmærksomheden fra symbolisterne. Peter Hansen gik, på fynbomalernes side, ind i debatten, som varede frem til juli 1907. 
+Det har ikke været muligt at afgøre, hvem den omtalte Schrøder er.</t>
+  </si>
+  <si>
+    <t>Kedeligt, hvis det går i vasken med Kampmanns. Kunstforeningen har købt billede(r).
+(Karl) Madsen har vist interesse for at købe billedet Aprilaften til Statens Museum for Kunst (Galleriet), og Alhed må straks sende billedet, men hun må ikke fortælle nogen om det eventuelle salg.
+Slott-Møller har skrevet i Tilskueren om udstillingen og Madsen og Hannover i Politiken. Peter (Hansen) er meget optaget af det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MBvO</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 2 Maj 1907.
+Jeg var ogsaa hos Arnbak i Gaar og paa Charlottenborg
+Kæreste Alhed!
+Tak for dit Brev. Det var jo kedeligt hvis det gaar i Vasken med Kampmanns. Det menes ellers herovre at 400 Kr er for lidt (Karen Broe Oppermann, Nielsen &amp;amp; Marie 5-600) men kan vi faa 400 af Kampmanns synes jeg det er godt. Kunstforeningen købte i Gaar men kunde ikke blive enige om Ænderne. Jeg var til Middag hos Oppermanns i Gaar, sammen med Benn. Da jeg kom hjem laa der Brev fra Schous at Madsen havde sagt at jeg skulde sende ”April aften” ind til Galleriet og tilbyde dem det men hurtigst muligt da de skal have Møde en af Dagene. Jeg gik strax i morges ud til Brandt og fik sendt en Kasse som Ilgods, som Du maa faa fat i saasnart Du har faaet dette og omgaaende sende Billedet til Kunstmuseet (den kgl. Malerisamling) saa skriver jeg til dem i Mrg. Kl. 8 tog jeg saa til Lyngby og snakkede med Schous og Madsens som bor i Holsøes Hus. Hilsen fra Bertrams og Schous. Den første Dag var jeg hos Broes saa paa den frie med Karen og traf Uglen, derefter hos Eckhardts saa paa Peters Udstilling derefter Oppermanns og Bister. Saa hos Dede, han var ikke hjemme, til Middag og i Theatret med Broes. Birthe kan ikke besøge os før til Efteraaret. I Dag skal jeg til Middag hos Peters, i Morgen hos Birthe sammen med Schous og paa Lørdag hos Schiølers. I Morgen skal jeg til Fernis Rump og Grossel hvis Portrættet er kommen. Du forstaar at der ikke maa tales om det Madsen har noget med Tilbudet af Billedet at gøre. Slott M har skreven Tilskueren fuld om Udstillingen, Madsen og Hannover skriver i Politiken, Michaelis i Kjøbenhavn og Gudmund Hintze kommer igen en af Dagene at de gider. Peter meget optaget af det. Jeg blev glad ved at skrev Du savner mig lidt, jeg har følt mig saa ensom i lang Tid. Jeg kan ikke sende Gr. Penge, kan ingen faa fra Akademiet endnu, saa maaske i Mrg hos Permin eller Rump. Brandt har solgt en Aquarel til 50kr. , Din JL</t>
+  </si>
+  <si>
+    <t>1907-9</t>
+  </si>
+  <si>
+    <t>Jens -
+Laurentius Allerup
+- Balvig
+Victor Bøttern
+Christian Eckardt
+Frøken - Eriksen
+Ina  Goldschmidt
+Hans Hinke
+Jens Hinke
+Julius Hviid
+Kathrine Hviid
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Marie Larsen
+Rasmus Petersen, Gartner
+Christine Swane
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Der var ikke kommet breve fra Amerika: Alhed og Johannes Larsen opholdt sig i USA fra maj til december i 1907.
+Fritz Syberg sendte et brev til Christine Swane på "Rørdam" (1907-10-03)
+VL takkede for blommer og kål og sendte hilsner til sine 3 børn: her Christine Swane, Marie Larsen og Wilhelm Larsen. Wilhelm Larsen boede på skovriddergården "Rørdam" under Wedellsborg. CS var i huset der fra maj 1906 til december 1907. 
+Det er uvist hvilket medlem af Meyer-familien, der bliver nævnt i brevet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8, Lb11.</t>
+  </si>
+  <si>
+    <t>Det var høsttid. Onkel (Christian Eckardt) var på besøg. Junge skulle holde fødselsdag. Astrid Warberg-Goldsmith (Dis) og Frederik Andreas Warberg (Dede) kom på besøg. Vilhelmine Larsen passede Ina Goldschmidt, mens Dis var på besøg på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qFVb</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Fredag Eftermiddag
+Kjære Ugle
+Saa mange Tak fordi I sender til os baade Bønner og Kaal, den gjemte jeg nu til Onkel kom vi fik Kjødrand og Blomkaal og Kirsebærsuppe med Boller det var noget for ham Junge og Agraren havde jeg bedt om at spise med, hun kom ved ½ 12 Tiden og hjalp mig, om Aftenen da han kom fik han Haschi det var noget han kunde tygge Æg og brunede Kartofler det smagte han var meget velfornøjet, han var paa Lundsgaard hos Allerup; men Georg kunde ikke friste ham til at blive Søndag og spise Haresteg med, han rejste hjem Lørdag, og alle vi andre blev saa bedte med at spise Grossereren kom med en rød Lilie til Junge. Jeg gav hende om Morgenen en Kurv pyntet med Vinløv Blommer Graapærer, og 2 dejlige [ord mangler] Allerup han havde sendt hjem til mig med Eckardt. Det var dejligt at høre Breve, dit med de smaa Støvler kom jo om Lørdagaften og blev meget vel modtaget. Der er ingen Amerikabreve kommen endnu, en Fru Balvig havde talt om at de maaske blev i Amerika Vinteren eller en Deel deraf, men her er intet hørt i disse Dage plukker Gartner Petersen Johannes Æbler og lægger op, han kom selv og tilbød og Junge og jeg slog til for ingen af os saa os i stand til at faa det gjort. Nu i forgaars kom herigjen et Kort fra Frøken Eriksen med Tak fordi hun maa faa de 50 Pund saa vilde hun have ligesaa mange Pund Madæbler saa faar [ulæseligt ord]; men det maa være til Marie kommer, det sidste Hø har staaet paa to Læs i Gaarden og jeg har været meget bekymret for det meget Mandskab skal der til Tordne og lyne og regne gjorde det forgangen Nat; men nu var det tørret af igjen saa er Brødrene Hinke og Agraren i Færd med at hjælpe Far Larsen, saa snart jeg saa Jens paa Læsset fik jeg Lyst at skrive, nu skal jeg ud at see hvor langt de er naaet, det ene Læs er paa Loftet og det andet for Indgangen med Jens paa, Jaah det skal nok gaa Fru Larsen. I Onsdagsaftes kom Fru Goldschint med lille Ina som gaar hos mig medens de andre er paa Lundsgaard men hun gaar og passer sig selv med den lille Gedebuk morer hun sig saa godt saa har hun 3 smaa Penge i en Pung, som hun lægger i en Spand, hun er sød og det holder ved til de kommer tilbage. Saa nu Høet er i Huus er min Bekymring for Sildene der var mange forleden Dag de fik Mejers til en Krone, men nu maa Faer til Havnen for ellers bliver det vist ikke til noget. Nu er de færdige saa mangler der kun nogle Stakkelevninger som skal køres hjem og lægges ovenpaa Hæsset som staaer ved Møllen og dem kan Faer selv hente – naa nu er I nok kjed af al min Snak; Selskab paa Aftenkaffe skal der være Søndag aften hos Agrarens mens Dis er her Dede kommer og Doktor Hvid med Søster hun bad nu kun [ulæseligt ord] fra Lundsgaard om bruge Ovnen her i Morgen, Allerup skal ogsaa med nu kommer Brev med Aftentoget saa faar jeg nok et lille Brev i morgen Aften fra Eder nu kom jeg tilbage i det med Skriveriet men saa faar I noget mere næste Gang; jeg skal ud at lave til Aftensmad for vi fik kun Flæsk og Æbler og Kaffe i Middags
+Nu er det Skumring saa Farvel alle 3 Børn hilser jeg saa kjærlig vi ere raske Gud ske Lov
+Eders trofaste Moer</t>
+  </si>
+  <si>
+    <t>1909-1</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Emil Hannover
+Julius Hviid
+Hans Koch
+Jeppe Andreas Larsen
+Vilhelm Larsen
+William van Wylich</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvilket jubilæum Elers Koch har haft. Jeppe Andreas Larsen er indlagt på sygehus i Odense. Johannes Larsen ordner en del af hans kontorarbejde.
+Lundsgaard er en herregård syd for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal ordne nogle lejekontrakter og få lægen til at skrive nogle oplysninger på ansøgningen til et legat. Det drejer sig om at få hjælp til betaling af I.A.Larsens sygehusophold.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LYCS</t>
+  </si>
+  <si>
+    <t>Benediktsgade No 3
+Kjære Las!
+Her sender Lejekontrakterne hvoraf I saa gjemmer den ene og saa medfølger Skemaet til at søge Legatet nu har Faer udfyldt hvad han skal, vil du saa bede Læge Hvid udfylde de han skal 
+Faers Sygdom begyndte vist den 6te December; men det har han nok opskreven naar vi kaldte ham, han skal vel saa skrive til Hannovors for den Sygdom saa lægger vi Sygehusqvitteringerne ved naar det kommer tilbage, du faa være saa god at faa Borgmesteren til at udfylde hvad han skal og saa sende os det tilbage her maa det dog lykkes os at faa noget derpaa; Faer var oppe 20 Minutter før 3; men har dette Skriveri vel taget noget paa ham for jeg synes han var saa mat i Aften da jeg lagde ham i Seng; det er heller ikke nogen varm Beklædning ingen Vest den lille Slobrok ingen Underbenklæder bare vi i dag var vel hjemme i Kjerte- men vi haabe jo det maa snart ske
+Det var en Glæde for Faer at du havde faaet det ordnet med Jorden og saa at du havde faaet det Billede til 2 Ophængning og at du var i Virksomhed for ham med Møllen at I dog kan skrive at der virkelig er Gang i Mølleriet med Lundsgaard saa vil det hjælpe paa ham
+Mon ikke Klaks har været med til Jubileummet hos Ehlers Kock vi havde næsten ventet ham her i dag Kjærlig Hilsen til Alle Moer</t>
+  </si>
+  <si>
     <t>1909-3</t>
   </si>
   <si>
     <t>Victor Bøttern
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Vilhelm Larsen
 Ole Poulsen
 Marie Svensker
 Christine Swane</t>
   </si>
   <si>
     <t>Brevet er muligvis skrevet på et tidligere brev fra Johannes Larsen.</t>
   </si>
   <si>
     <t>IA Larsen er stadig svag, men kan ikke holde ud, at være indlagt længere. Det haster meget med at få nogle penge, så opholdet på sygehuset kan blive betalt. Begge forældre er bekymrede for, hvordan det går med forårsarbejdet i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/C8yI</t>
   </si>
   <si>
     <t>Benediktsgade No 3.
 Kjæreste Johannes!
 Tak for Breve idag jeg blev glad da jeg kom til Faer i Eftermiddag og saa, at der laa Brev hjemmefra for det er dog rent galt; naar jeg kommer om Morgenen og ikke medbringer noget, her sender jeg denne Convolut som Faer har skrevet paa; jeg var bange at jeg ikke kunde klare den, saa lod jeg Faer selv skrive; jeg skrev til Vilhelm iforgaar om at laane os Penge til at komme herfra, først naar jeg har hvad jeg kan klare med paa Kontoret vil jeg tale med Overlægen om at komme herfra, bare han dog nu vil sende dem, jeg gaar i en stor Spænding for Tiden; den ene deel er den, om vi faar Malingen paa Lundsgaard og den anden, den om vor Jord er tilsaaet. I veed ikke hvor det er svært for mig naar disse [Spørgsmaal] idelig forelægges mig jeg beder dog saa mindelig om der kan blive Hjælp for Agraren kan han ikke faa en Mand fra Bøttern nogle Dage og er der ingen af Ole Poulsens Folk at faa jeg tænker stadig hvordan gaar det Malkningen fik Agraren ingen eller hjælper gamle Marie? Og der er saameget der tumler rundt i mit Hoved
 Idag var der 3 Syge oppe; de 2 lidt, Faer hele Besøgstiden og noget før, han er kun svag men han kan ikke holde ud at være her længere og hvordan skal du faa dine penge kan dog Georg ikke skaffe de 35 Kroner lad mig dog snart vide om du faar dem; hils Alhed og Børnene mange Gange eders bedrøvede Moder
 Hils Uglen og sig jeg skal skrive imorgen jeg har ingen i Aften
 Giv Mølleren indlagte Brev
 [På hovedet står:]
 har faaet Haven i Kærbyhus nydelig. Mange kærlige Hilsner og Ønsker om at I snart maa komme hjem igen
 Jeres hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>26. jun. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OJcBdZEP</t>
+  </si>
+  <si>
+    <t>1909-07-18</t>
+  </si>
+  <si>
+    <t>Valby</t>
+  </si>
+  <si>
+    <t>Tivoli, København</t>
+  </si>
+  <si>
+    <t>Camilla Bertram
+Ludvig Brandstrup, billedhugger
+- Brorson
+Franziska  Erichsen
+Marie Eriksen
+Mogens Frijs
+Erik Henrichsen
+Karl Isakson
+Anker Kyster
+Peter Lundsgaard
+Nicolaus Lützhøft
+Karl Madsen
+Peter Magnussen
+Karen Meisner-Jensen
+- Multh
+Kai Nielsen
+Theodor Oppermann
+Theodor Philipsen
+Karl Schou
+Johan Svendsen
+- Westh
+Viggo Winkel
+- Ørkild</t>
+  </si>
+  <si>
+    <t>Greven: Det er omtalt i tidligere breve, at grev Mogens Frijs havde hyret Johannes Larsen til at illustrere hans private jagtdagbøger. Bogbinder Anker Kyster indbandt.
+"hos Brorson om Krediten": Det er uvist, hvad Johannes Larsen er inde på. 
+Johannes Larsen skrev også i følgende breve til Alhed om "Friluftsgymnasiet", som lå ved Helgoland. Han og Kai Nielsen tog boksetimer på dette sted.</t>
+  </si>
+  <si>
+    <t>Greven var meget tilfreds med bogen. Larsen har været hos Anker Kyster med den.
+Johannes Larsen har besøgt Brorson for at tale om kredit og fik ham ned på 50 kr.
+Larsen skal til frokost hos Philipsen. Han har truffet en masse mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x4us</t>
+  </si>
+  <si>
+    <t>P.T. Valby 18 Juli 1909
+Hr. Ørkild [ordene overstreget]
+Kæreste Alhed!
+Jeg fik en hel del udrettet i Gaar. Først hos Greven som var meget tilfreds med Bogen, saa var jeg hos Oppermann, Xylografen som jeg skal hilse fra, lille Henriksen som var meget interesseret men som jeg skal op til i Mrg da der holdt en Bil og ventede paa ham. Saa var jeg hos Brorson om Krediten, da W &amp;amp; M ikke var i Byen, han var meget flink men maatte have et Afdrag da det hele ellers skulde til Bestyrelsen igen, men jeg fik ham pruttet ned til 50 K. Saa var jeg hos Anker Kyster med Bogen der skal jeg ogsaa op i Mrg. igen. Philipsen rendte rundt og ledte efter mig, Schou og jeg skal der til Frokost der i Dag. Her var Middag i Gaar med Karl Madsen Bertram og Isakson (Mange Hilsner) sender lille Marie og Fransiska bagefter i Tivoli til Johan Svendsen, traf der Lysse og Wests (Hilsner) og Muth. Nu skal jeg ud til Kai Nielsen paa Friluftsgymnasium. Luds i Jylland Bisters paa Reconvalescenthjem, Karen Broe en Dreng paa 9 Pund. Mange kærlige Hilsner til Jer alle
+Din Johannes Larsen
+Har skreven til Ørkild</t>
+  </si>
+  <si>
+    <t>1910-06-21</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Johannes V. Jensen
+Andreas Larsen
+Johan Larsen
+Peter Lundsgaard
+Karl Madsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen m.fl. hænger de nyindkøbte værker til Faaborg Museum op. der blev holdt "Stifterfest" Skt. Hans Aften 1910 i Faaborg.
+"Vegetabil-Fabriken": Mads Rasmussen, Faaborg Museums stifter, var konservesfabrikant, og hans fabrik lå i tilknytning til lejligheden, hvor værkerne blev hængt op. Fabrikken fremstillede også margarine, og dette foregik sandsynligvis i Vegetabilfabrikken.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen beder Alhed ringe til fabrikken og give besked om, hvornår hun kommer til Faaborg plus om Christine (Uglen) kommer med. Alt er hængt op, og det ser godt ud. Komiteen har købt alle Uglens tre billeder. Den følgende dag skal der laves katalog. Festen bliver nok vellykket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Txbs</t>
+  </si>
+  <si>
+    <t>Faaborg 21 Juni 1910.
+Kæreste Alhed
+Jeg kunde godt lide at vide lidt om naar Du kommer. Her bliver vist ikke Plads til os her, da jeg foreløbig bor hos Peter men skal [ulæseligt] ud naar [ulæseligt] kommer. Jeg maa altsaa vide om jeg skal skaffe Plads til os Torsdag eller Fredag. Kommer Du ikke Torsdag? Vil Du ringe Vegetabil-Fabriken op og bede dem sige naar Du kommer og med hvilket Tog. Johannes V kommer. Lad mig ogsaa vide om Uglen kommer. Du har slet ikke skreven til mig. Nu har vi hængt al Ting op, det slog udmærket til, Rummene er fulde og ser godt ud. Du vil nok blive imponeret. Det blev altsaa til at vi tog Uglens 3 Billeder altsaa 450 Kr. Nu skal vi til at lave Katalog i Mrg. Jeg glæder mig til at se Dig og til Festen den bliver nok vellykket. Karl Madsens kommer ogsaa, derimod har Bisters sendt Afbud. Der kommer saa godt som Ingen vi ikke kender. Kun Borgmesteren og en [ulæseligt] til her fra Byen. Telefoner saa i Mrg. Mange kærlige Hilsner til Dig og Børnene. Hils de andre.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>25. apr. 1911</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/akE715Ei</t>
+  </si>
+  <si>
+    <t>1914-03-25</t>
+  </si>
+  <si>
+    <t>Frederik Hendriksen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Frederik Hendriksen
+- Højmark
+Andreas Larsen
+Johan Larsen
+Vilhelm Larsen
+Harald Meyer
+Carl Christian  Swendsen
+Andreas Warberg
+Laura Warberg
+Minna Warberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne Kirkeby for at male. 
+Larsen-familien købte i 1914 en byggegrund i Strandgade i Kerteminde og fik opført et hus til Alhed Larsens mor.</t>
+  </si>
+  <si>
+    <t>Brev 1: Alhed Larsen sender træsnit til Hendriksen.
+Brev 2: Det var trist, at Johannes Larsen troede, at Alhed og drengene kom (til Henne Kirkeby) i påsken, men børnene skal læse til eksamen. De kan komme lidt senere. 
+Det går fremad med Alheds mors hus.
+Alhed Larsen har malet hyacinter.
+H. Meyer rykker for penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Rc8Z</t>
+  </si>
+  <si>
+    <t>Kære Zylograf Hendriksen!
+Min Mand, som for Tiden maler i Jylland, har bedt mig sende Dem Træsnittene. Jeg vedlægger et Par af de japanske. Hvor det var morsomt at være sammen med Dem hos Zahrtmann! – Venligst Hilsen til dem og Deres Familie fra Deres hengivne Alhed Larsen
+Kerteminde 24 – 3 – 1914.
+[Brevet til Hendriksen er overstreget]
+Kæreste Larsi!
+Jeg har lige talt i Telefonen med Dig. Gid Du dog maa faa lidt godt Vejr til dine Billeder. – Hvad Paasken angaar, saa var det jo kedeligt, at Du havde tænkt at faa os derover. Jeg tænkte nok paa det, da Dede og Minna skrev og spurgte, men saa syntes jeg igen, at der var saa meget, der talte imod det. Bl.a. er der det, at Drengene (saa for Pokker, jeg Idiot! nu har jeg skreven paa Zylografens Brev, saa skal jeg hen at skrive det om.) skal læse til Examen i Paasken, den kommer snart efter. Men saa er der Examensferien, den varer en Uge, kunde vi da ikke komme derop? Saa er det vel ogsaa mildere og bedre Vejr, og det vilde jo være storartet for Drengene efter Slidet. – Saa tænkte jeg ogsaa, at Du vel nok vilde et lille Slag hjem at se til det hele. Mors Hus gaar godt frem nu, det har linnet [lindet?] paa Mejer, at jeg gav ondt af mig forleden Dag. – Jeg har, som jeg sagde i Telefonen, begyndt at male. Jeg begyndte i Gaar paa et Hyacintbillede oppe i Lundsgaard Drivhus, det skulde være et Solskinsbillede, men da det i Dag var Regnvejr og hyacinterne skal bort paa Fredag, gjorde jeg det om til Graavejr. Noget Billede faar jeg nu ikke ud af det, kan jeg nok se, men jeg lærer nok noget af det, det er vældig svært. – Jeg traf H. Mejer i Gaar, han sagde, at der endnu manglede 140 Kr. af Renterne og bad mindelig om at faa dem inden 1ste April, deres ny Regnskabsaar. Saa hvis Du faar nogle for Akvareller, maa Du endelig sende. Jeg selv har heller ikke en Øre. Bare nu Galleriet vil sende lidt snart. – Vi skal i Morgen [ordet overstreget] Fredag aften ud til Kaffe hos Kancelliets (!) sammen med Mor, [resten af teksten er skrevet på side 1, på tværs og øverst på papiret] Ville, Laurentius og Højmark. – Laurentius siger de er saa begejstrede fos os! - - Naa, nu maa jeg slutte. Puf skal ned med Brevene. 1000 Hilsner Din A
+Onsdag Aften</t>
   </si>
   <si>
     <t>1915-01-27</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Johanne Caspersen
 - Fibiger, Frøken
 - Hjort
 - Holstein, Frk.
 Grethe Jungstedt
 Camilla Kattrup
 Rasmus Kattrup
 Charlotte Knipschildt
 Alhed Larsen
 Andreas Larsen
@@ -5953,118 +1083,2886 @@
 Det vides ikke, hvem Frits Knipschildt er.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3768</t>
   </si>
   <si>
     <t>Der er meget selskabelighed.
 Festen var vidunderlig, og alle gæster var glade for den. Laura Warberg skriver hver dag takkebreve.
 Grethe Jungstedt fik gode gaver.
 Laura Warberg læser med Erik.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/n0pe</t>
   </si>
   <si>
     <t>[Skrevet med blyant øverst s. 1:]
 1915?
 [Skrevet med blæk:]
 Kerteminde d: 27_de_
 Kære lille Muk! Det er en stor Skam, jeg har glemt Dit Slør lige til nu. - I Morgen 3_20_ rejser Christine for et Par Dage ind til Fr. Holstein og Eli. - Las's er i Dag bedt til Middag hos Pastor [ulæseligt]; i Morgen Aften har vi Spilleklub med drengene; Alhed vist med, Las paa Lundsgaard. Det var en vidunderlig Fest! Alle vi taler med og hører fra begejstrede! Allerede Lørdag fik jeg Takkekort fra Charlotte; de levede i Minderne om den dejlige Fest! I Dag blev Las's og Elle pr. Telefon bedt til Hjorts ved Langesø, Frits Knipschildt er der, men de kunde altsaa ikke, Fru Hjort sagde, at Kattrups havde moret sig saa storartet her! 
 Tante blev til Mandag og var rask. Jeg har moret mig mere end en Gang ved at læse Langemann; hvor er dog Tipperary morsom! Mon jeg dog takkede Madien eftertrykkeligt nok! Jeg har en Følelse af, at mine Taksigelser har været saa ufuldkomne! Jeg skriver og skriver hver Dag; er snart færdig med alle Takkebreve. Jeg har haft det udmærket hele Tiden, er i Gaar begyndt at gaae Tur, skjøndt Knuden paa Benet ikke er helt væk, men generer mig ikke. Grethe fik af Ville Fibiger 2 Kr. og en nydelig Naal med 3 smaa Stene; Tante vil sende hende en Manicureæske. - Nu læser jeg [ulæseligt ord] med Erik og han gør sig glimrende Umage med alt; han spiser Middag her. - Hvor Dagene længes dejligt! Nu bare den korte Februar, saa gaaer det mod Foraaret. - Putte forkølede sig desværre og har ligget til i Gaar. Naar Thora er rask, skal hun lidt til Syberg alene; vi glæder os til hende. Du skal snart faae Kejserdrammen sendt; Elle og jeg læser den med stor Interesse. - Johanne har det godt. - Et Par Breve skal skrives og bringes hen til 3_20_, altsaa Farvel lille Muk! Hils alle de søde Børn! Ogsaa Telegrammerne har jeg nydt om igen. Alt var langt over mine dristigste Forventninger!
 Kærlige Hilsener
 Mor.</t>
   </si>
   <si>
+    <t>1919-06-06</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Dyssegård kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0993</t>
+  </si>
+  <si>
+    <t>Det er trist, at Johanne/Junge er indlagt i det gode sommervejr. Christine Swane sender blomster fra sin have samt nogle sæber, cremer m.v.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EJLN</t>
+  </si>
+  <si>
+    <t>Birkerød 6/6 19
+Kære Junge.
+Tusind Tak for dine gode Ønsker til min Fødselsdag. Hvor er det [utydeligt]gt at du skal være på Sygehus i denne ["denne" overstreget] disse dejlige Sommerdage, jeg har rigtig ondt af dig. Håber det må hjælpe dig. Her sender jeg lidt Blomster fra min Have, den lille Buket er de Blomster, som blomstrer på min Stenhøj i Øjeblikket, blot du du kunde se selve Højen den er meget smuk i Øjeblikket. Indlagte Toilettesager beder jeg dig ikke forsmå, jeg havde forleden en Byttehandel med Dyssegård og fik noget af Beløbet i Sæbe, Cremer, Pasta ogsaviddere. Vi sender længere Brev om nogle Dage, der hører du udførligt om vores gøren og laden. 
+God Bedring, hilsener fra Lasse din 
+Ugle
+Hils Lindøgaarderne. 
+[Skrevet med blå kuglepen:]
+12-8-03.</t>
+  </si>
+  <si>
+    <t>1920-03-06</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Louise Brønsted
+Andreas Larsen
+Johan Larsen
+Peter Lundsgaard
+Carl V Petersen
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Det fremgår af andre breve, at Alhed Larsen havde Den Spanske Syge (influenza). 
+Larsen-familien havde to venner, der blev kaldt Bister: Carl V Petersen og Peter Lundsgaard.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er indlagt på klinik. Hun har ikke feber, men en irriterende nældefeber. Hun og drengene har været i Haveselskabets have, og Alheds mor har været på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fFsv</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi.
+Jeg har det rigtig godt, naar undtages noget Sløjhed og Træthed og saa den irriterende Nældefeber. I Forgaars Aftes havde jeg kun 37,1, altsaa helt normal og sov for første Gang glimrende om Natten. Jeg forlod saa Kliniken i Gaar Eftermiddags, gik i Haveselskabets Have med Drengene og saa herud med 6 Toget. Chr var ikke helt vel men bedre i Dag. Jeg sov udmærket i Dag [ordet overstreget] Nat og i Dag har jeg været en lille Tur, og et lille Svip inde hos Bisters, endvidere har Lugge været her en lille Visit og ellers har jeg haft det dejligt roligt og fredeligt. Mor besøgte mig i Gaar paa Kliniken, hun havde haft Besøg dagen før af Chr., Tutte og Lugge og haft en Del Svimmelhed efter det. Torsdag skal hun til Bodild og saa skal vi se, hvad de bestemmer. 
+Hvordan staar alting til hjemme? Du skriver vel til mig. Hils dem alle. Masser af Hilsner fra Din A.
+Mandag 6te Marts.</t>
+  </si>
+  <si>
+    <t>1920-05-13</t>
+  </si>
+  <si>
+    <t>August Bagge, Bogtrykker
+Alhed Marie Brønsted
+Ellen Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Theodor Christoffer Delcomyn
+Andreas Larsen
+Johan Larsen
+Peter Lundsgaard
+Elisabeth Mackie
+Carl V Petersen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Andreas og Johan Larsen er på Birkerød Realskole og går tilsyneladende til eksamen. Alhed Larsen besøger drengene på skolen og bor imens muligvis hos Christine Swane, f. Larsen. Ellen Brønsted og Elisabeth Mackie, Alheds niecer, er tilsyneladende tilstede hos Christine Swane. Eftersom der er telegram fra Johannes Brønsted (Magisteren), er Ellens forældre nok ude at rejse. 
+Alhed har også i et tidligere, udateret brev (gemt som 1919 eller 1920 forår) fortalt om svanen, som ligger på en rede uden æg. Johannes Larsen købte i 1915 to svaner i Hamburg for at male dem. Svaner var på dette tidspunkt næsten udryddet i Danmark.</t>
+  </si>
+  <si>
+    <t>Den gamle (Puf/Andreas) læser til eksamen, og Alhed og Lysse har besøgt Bisters. Bes (Ellen Brønsted) har været sur og ond mod Putte (Elisabeth Mackie), og Christine Swane blev vred. Lomme (Alhed Marie Brønsted) er rejst til Edinburg, hvor hendes far er.
+Alhed og Andreas Larsen har købt kjolesæt til Andreas, færdigsyet. Han har fået positiv respons på diverse prøver og stile. 
+Pigerne har skrevet, at svanerne ligger på rede, men uden æg. Påfuglen har lagt tre æg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HRQf</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg fik ikke Brev sendt af Sted i Gaar det var Søndag, jeg havde ingen Frimærke og bad Lysse skaffe mig et fra Skolen hvad han ikke gjorde. Den gamle læste hele Dagen i Gaar, Lysse og jeg cyklede i Regnfrakker, da det smaaregnede, til Bisters, jeg laante Beses Cycle. De var meget glade ved os, var netop færdige med at spise til Middag, da vi kom lige [ordet overstreget] og vi fik saa Kaffe og Wienerbrød, jeg skal hilse mange Gange fra dem. Da jeg kom hjem, havde Bes været muggen og uelskværdig, hvad hun meget ofte er, saa Chr. havde gjort Ild op i sit Soveværelse og erklæret at hun nu vilde opholde sig der, da hun ikke kunde udholde al den Muggenhed. Jeg holdt en alvorlig tale til Bes hun tudede, men har ikke destomindre til Morgen været rædsom imod Putte, som hun kujonerede frygteligt. Nu vilde Christine have stort Opgør med hende. Næ, maa jeg alligevel bede om Lomme. I Gaar Telegram fra Magisterens at Lomme var kommet godt derover, det var fra Edingburg. – Med 9 Toget i Dag tog Gamle og jeg ud at købe Kjoletøj til ham, jeg fik fat i den lille pæne ældre Herre i Stueetagen og spurgte ham til Raads. Han sagde de havde udmærket færdigsyet og at der var slet ikke andet at gøre, da da han vilde kunne vente paa et Sæt skræddersyet til han blev Professor. Han fulgte med op i Skrædderiet og vi fik et nydeligt Sæt 350, det klædte den Gamle bedaarende. Jeg traf Delcomyn og Aug. Bagge derinde skulde hilse. – Jeg havde dem begge paa Conditoriet i Gaar Eftermiddags altsaa Drengene, men Gamle er ellers meget flot og pligtopfyldende. Hans ene tyske Prøvestil var udmærket sagde [ulæseligt ord], der var Flugt i Sproget, kun én Fejl. Dansk Stil mg, engelsk har han ikke faaet endnu. – Nu faar Du ikke mere. Onsdag Morgen rejser Lysse og jeg hjem. Det med Svanerne var vist forbigaaende, Pigerne skriver, de ligger hver Morgen paa Reden men ingen Æg endnu, Paafuglen 3! 
+Hils L.P. hvis han er der endnu.
+Masser af Hilsner fra Din AL.</t>
+  </si>
+  <si>
+    <t>1921-10-27</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>København
+Falkonér Allé 5</t>
+  </si>
+  <si>
+    <t>Lundsgårdsvej, Kerteminde
+Bovense Nyborg
+Sabbesborg
+Camp Hverringe</t>
+  </si>
+  <si>
+    <t>Brormand - 
+Christian Andersen
+- Andreasen, Uraniavej
+Victor Bøttern
+- Granberg
+Th. Krarup
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Eiler Lehn Schiøler
+Elisabeth Mackie
+Carl Nielsen
+Ellen  Sawyer
+Christine Swane
+- Thomsen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Man krydser Kauslunde Å på vejen mellem Kerteminde og Nyborg. Bøgebjerg Strand er markeret med Camp Hverringe.
+Alhed og Johannes Larsen ejede Svanemøllen, som lå/ligger ved siden af deres villa. En møller drev den for dem. 
+At møllen er i bagvind vil sige, at vinden blæser fra den modsatte side af vindfanget, hvilket i værste fald kan forårsage stor skade på vinger og aksel.(Mølleordbog.dk) 
+Eiler Lehn Schiøler havde fødselsdag 30. oktober. Dagbogen, som også omtales i tidligere breve fra Alhed Larsen til drengene, er Johannes Larsens renskrift af en af dagbøgerne fra sejladserne med skibet Rylen. Larsen gav Schiøler en sådan. Efter hans død blev den købt af et ægtepar, som siden testamenterede den til Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Larsen-breve kasse 1</t>
+  </si>
+  <si>
+    <t>Det har været et voldsomt stormvejr ved Kerteminde. Johan/Lysses pram var drevet væk, men blev fundet igen, badeanstalten var væltet, strandhaverne var oversvømmet, flere høns druknet. Ellen Sawyer (Elle) cyklede til Bovense, og vandet stod ind over vejen. Dele af klinterne er styrtet i havet, og mange snoge og hugorme er druknet. Svanemøllen kom i bagvind, men den blev reddet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wab6</t>
+  </si>
+  <si>
+    <t>Kære, søde Drenge!
+Jeg fortryder, at jeg ikke strax i Mandags skrev til jer om Stormen, saa var det nok bleven en dramatisk Beskrivelse, jeg var saa opstemt og opfyldt af det. Nu er alle Ulykkerne komne og Humøret er knap saa glimrende. Desuden har I jo nu set det meste i Aviserne. Men det var Lysses Pram der [ordet ”der” indsat over linjen] var borte og saa vilde jeg ikke skrive før jeg saa om den kom. Og det gjorde den. Strax om Morgenen gik jeres Far en Razzia, der laa 6 Pramme dreven sammen i en Klump ved Havnemolen men Lysses var ikke derimellem, men Basse og Brormand fandt den jeg ved ikke hvor, har ikke talt med dem. I kan ellers tro det var et mærkværdigt Syn Mandag Morgen. Landskabet helt forandret. Begge Moler under Vand Herrebadeanstalten væltet og nede ved Villaerne stod Vandet helt ind til Landevejen, Strandhaverne fuldstændig skjulte. Folk sad paa Toppen af Hønsehusene og bjergede Høns, men 31 af Slagterens var druknede, en Gris var halvdød men blev kaldt til live. De fleste Badehuse og Bror væk af vores Bro dog kun det yderste Stykke. Elle cyklede til Bovense, ind gennem Skoven, da Lundsgaardvejen var helt under Vand, det stod op til Gaardspladsen, ved Kauslund saa det farligt ud, store Bølger slog ind over Landevejen og styrtede ned paa Marken paa den anden Side, hun maatte flere Steder ind over Marken og gik i til over Knæene. Broen turde hun ikke være gaaet ud paa hvis Kauslundmanden ikke havde staaet der og hjulpen hende. Det indvendige Stykke af Landevejen er hulet ud og skyllet bort af Bølgerne. Gl. Chr. Andersen sov paa Hindsholm Stormnatten. D [”D” overstreget] En Del af Sarpsborg er skyllet bort ligesaa af Bøgebjerg Klint Kilden er borte med Springvand og det hele. Snoge og Hugorme blev forstyrrede i deres Vintersøvn, der laa mange druknede og en Snog sad paa en Gren ud over Vandet og lallede med Tungen. Det var stygt med den Stranding. Den ene stakkels Mand, en Tysker sad 16 Timer i Rigningen og svømmede til sidst i Land, hjulpen det sidste Stykke, da han ikke kunde mere, af Karl Nielsen. Men han syntes ikke det var noget videre, han havde gjort hele Krigen med. – Svanemøllen kom i Bagvind Søndag Efterm., da Vinden pludselig sprang, og Sønnerne var ikke hjemme saa det saa truende ud, da den begyndte at køre rundt, 2 Møller er brændt paa den Maade, men de kom til Stede og fik den standset. Nu ved jeg ikke om der er mere lokalt at fortælle om Stormen, Rylen og hvad der laa i Havnen tog ingen Skade. Her har været en lille sjov Retssag. Gl. Thomsen averterede i Kerteminde Avis, at hvad der kom af Kalkuner og andet Fjerkræ i hans Have, vilde han skyde og henlægge i Strandkanten. En af de første Dage røg en af Onkel Victors Kalkuner. Han meldte det til Politiet men [ordet ”men” overstreget] og forlangte 50 Kr. men lille Krarup kendte for Ret, at han ingen Penge skulde have. Og nu sætter han et lille lavt Staaltraad dernede som Kalkunerne kan skræve over. Fedtsyl. Saa snart Æblekassen kommer, bliver den fyldt og returneret og samtidig sendes Tæpper, Kittel og Støvler. I maa undskylde at det ikke er kommen før, men jeg har haft saa vanvittig meget. Fru Granberg sagde fra til Vadsken saa begge Pigerne maatte til det og jeg tage alt Husværket og meget andet. Jeg sendte Penge i Gaar, lad mig vide om I [det følgende indsat øverst side 1, på tvæs] har faaet dem og hvis ikke Kvittering. Jeres Far sender Dagbogen til Schiøler til jer, I maa se den og saa aflevere den Søndag Formiddag 30te paa Uraniavej. I kan jo godt give den til Andreasen hvis I ikke vil ind. Vi kan ikke sende direkte da det er en Søndag. – Nu kun 1000 Hilsner ogsaa fra Tante Ia og ogsaa til Tante Ugle.
+Jeres Mor.
+Torsdag</t>
+  </si>
+  <si>
+    <t>1922-04-20</t>
+  </si>
+  <si>
+    <t>Rossia</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Kærbyhus</t>
+  </si>
+  <si>
+    <t>Margrethe Benzon
+Ellen Branner
+Thora  Branner
+- Gad, Frøken
+- Grandjean
+- Hartmann, frk. 
+- Jahn, stenografilærer
+Inga -, Malmø
+Astrid Møller
+Janna Schou
+Jørgen Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt arbejdede i forsikringsselskabet Rossia. 
+De rystende tilstande handler formodentlig om, at Adolph/Agraren Larsen, som var gift med Johanne/Junge, var alkoholiker. Flere familiemedlemmer forsøgte i perioder at få Johanne til at forlade ham for en periode, så han kunne indse, at han skulle afvænnes.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2490</t>
+  </si>
+  <si>
+    <t>Det er skrækkeligt for Johanne/Junge, men hun holder jo af ham. Han accepterer vel ikke, at hun får en bestyrer, mens han tager noget skovarbejde. 
+Astrid har lavet et katalog for Christine Swane og fået et billede for det. Hun har også renskrevet for en arkitekt - hun snød sig til at gøre det i arbejdstiden. Og Astrid skal oversætte en tekst fra svensk til dansk. 
+Omkring 1. juli tager Astrid til Harzen med en kollega. Jørgen/Buf Schou tager imens datteren med til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4B2d</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Kærbyhus
+Kerteminde
+Fyen.
+[Fortrykt på hovedet på kuvertens bagside:]
+Reinsurance Company ”Rossia”. 
+Bornholmsgade 8. Copenhagen K. 
+[Håndskrevet:]
+afs. A Warberg
+Rolfsvej 17, 4
+F.
+[Poststempel]
+[Maskinskrevet i brevet:]
+Rossia, den 20. April. 1922.
+Kæreste Mor!
+Tak for dit sidste Brev. Det er rigtignok rystende Tilstande at høre om – hvor er det dog skrækkeligt altsammen. Og saa bestaar jo Ulykken til syvende og sidst deri, at Junge bliver ved at holde af ham – ellers var Sagen jo langt mindre kompliceret. Men der er jo i Virkeligheden ikke noget at stille op med – for det maa man bøje sig. Ja, Livet er sandelig fuldt af Urimeligheder. Gid dog Junge paa en eller anden Maade kunde komme ud af det altsammen – men han går vel aldrig ind paa, at hun faar en Bestyrer, mens han gaar paa Skovarbejde – det er jo ogsaa haarde Konditioner for en Mand at gaa ind paa, jeg kan slet ikke tænke mig, at han gør det. Jeg er meget spændt paa at høre, hvad det bliver til med det alt sammen. Det er frygteligt for mig at høre, at Junge blev forskrækket, da mit Brev kom, og troede, at jeg vilde bebyrde hende med mine Sorger, nej, jeg plejer ikke at plage andre med mine Genvordigheder, jeg ved saa godt, at ingen i Verden kan hjælpe mig, og jeg synes da heller ikke, at jeg plejer at give noget saadant Udtryk i mine Breve. 
+Jeg har for Resten haft et Par smaa Lyspunkter i den senere Tid m.H.t. Ekstrafortjeneste. Først var der jo det Katalog, jeg lavede for Uglen, og for hvilket jeg fik det store dejlige Billede, som jeg hver Dag glæder mig saadan over. Saa fik jeg lige efter Paaske et Arbejde for en Architekt (efter Telefonen) paa 10 Kr., jeg har jo lejet min Maskine ud, men jeg tog dristigt Arbejdet alligevel, haabende paa, at jeg fik Tid at skrive det heroppe – og virkelig, den første Dag efter Paaskeferien var her absolut intet - og det lykkedes mig at skrive hele Arbejdet – 10 Foliosider - uden at nogen mærkede det - og saa var de 10 Kroner tjent – og blev henlagt til det lille Gilde, som jeg agter at holde paa næste Fredag. Gæsterne bliver: Uglen, Tutte, Frøken Gad, evtl. Margrethe Benzon, Fru Grandjean, Trisse, Frk. Hartmann (de tre sidste her fra Kontoret evt. Ellen Kramer [”evt Ellen Kamer” håndskrevet]
+Saa fik jeg i Dag fra en fra en af Damerne heroppe, som jeg har anbefalet til Stenografundervisning hos Hr. Jahn, min tidligere Stenograflærer, en Anmodning om at ringe til ham, da han gerne vilde have mig til at besørge en svensk Oversættelse – jeg tager den frejdigt, skønt jeg paa ingen Maade kan oversætte fra Dansk til Svensk – men jeg vil ty til Ingas Assistance – ved fælles Hjælp maa det vel kunde lade sig gøre – og jeg vil gøre alt for at forbedre min Økonomi, for - - - - 
+for tænk dig, jeg har nu næsten slaaet fast, at jeg i min 14 Dages Sommerferie rejser ned til Harzen – lokket af en Annonce i Politiken saalydende: 
+”I en højtliggende Fremmedpension i Wernigerode Harz kan modtages Gæster
+”paa kortere og længere tid. Herlig Luft, god Forplejning garanteres. Pris fra 
+”2-3 Kr. pr. Dag. Refr. faas ved Henvendelse til Lindegaard, Dyrehaven, Nyborg.”
+Vabehar? Lyder der ikke godt? Jeg har straks skreven til Nyborg efter nærmere Oplysninger og saa har Frøken Hartmann (fra Bogholderiet) bestemt os til at følges ad derned, hun er en rigtig sød Pige, i hvert Fald et dannet Menneske – og alene var det jo ikke så sjov at rejse. Jeg ringede først til Tutte om hun ikke vilde med – for det var jo ikke saa lidt sjovere at rejse med en af Søstrene, men hun mente ikke at ville ofte det på sig selv. Jeg har jo mit Gratiale – mere end 200 Kr. kan jeg ikke præstere, men for den Sum maa det jo ogsaa nemt kunne gøres, naar man rejser direkte derned og bliver paa eet Sted for en saa billig Pension. Vi studerer Landkortet i alle Pavser og er opfyldt af Rejselængsel – det ligger lige ved Brocken, hvortil vi maa kunne spadsere. Vi tager vistnok afsted den 1ste Juli. Saa tager Buf Nusset til Kerteminde i de 14 Dage – saa maa de fejre hendes Fødselsdag derovre, den 3die Juli. Det er lidt hårdt ikke at skulle have hende i Ferien, men jeg tror hun vil nyde godt af senere, at jeg forsøger at komme lidt i Orden.
+Ja, nu nærmer Klokken sig Gudskelov 5, saa er vi færdig med Slaveriet for i Dag, saa skal jeg hjem til et lille bedaarende Nus, det glæder jeg mig hver Dag til.
+[Det følgende håndskrevet:] Mange Hilsner til Dig og Jer alle fra Din A.
+p.s. Desværre tør jeg ikke tænke på at rejse til St. Jørgens Festen – alle Penge må spares nu!</t>
+  </si>
+  <si>
+    <t>11. okt. 1922</t>
+  </si>
+  <si>
+    <t>Martha Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/SwS33elR</t>
+  </si>
+  <si>
+    <t> 8. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/MzqbODHZ</t>
+  </si>
+  <si>
+    <t> 1. jul. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/9rWF64GL</t>
+  </si>
+  <si>
+    <t> 2. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/fn1KkTcy</t>
+  </si>
+  <si>
+    <t>december 1925</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Motivet på postkortet angives som 
+"Lundsgaard set fra Haven Kerteminde"</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Johannes Larsens Arkiv, Breve til familien Rasmussen.</t>
+  </si>
+  <si>
+    <t>Julehilsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UInQ</t>
+  </si>
+  <si>
+    <t>Fru Etatsraadinde
+Chr. Rasmussen
+Skjoldsgade 10
+Kjøbenhavn Ø
+Kære Fru Etatsraadinde. Min Kone og jeg ønsker Dem og Deres Familie en glædelig Jul og et godt Nytaar. 
+Deres hengivne Alhed og Johannes Larsen-</t>
+  </si>
+  <si>
+    <t>Esther  Gøthe
+Marie Larsen
+Eiler Lehn Schiøler
+Peter Lundsgaard
+Carl V Petersen</t>
+  </si>
+  <si>
+    <t>Det er uvist, om Esther er Esther Gøthe. Det er umuligt at læse, om Larsen skal gå til Ranch eller Rauch. 
+Larsen-familien kendte to personer, som blev kaldt Bister: Petersen og Lundsgaard.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen må sende Alheds fiskeknive til Marie Larsen, som skal have Lehn-Schiølers til middag. 
+Alhed prøver at tage på, så hun drikker piskefløde</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rBz5</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dit Brev i Dag! Jeg sidder hos à Porte med Marie og Bister, de sender begge mange Hilsner, Marie og jeg blev inviteret ud til dem i Morgen. Vil Du ikke lade en lige med samme pakke mine Fiskeknive Du ved de bredbladede – ind i en af de røde Æsker og sende dem til Marie, Langgade 30, hun skal have Schiølerne til Middag paa Tirsdag. Jeg var hos Schiølers til Middag i Gaar, han var ikke i videre godt Humør, men de var umaadelig søde, Ejler sang til Kl. 11. Jeg gaar ellers tidlig i Seng og gør alt hvad jeg kan for at blive lidt federe, jeg hører af alle at jeg ser afrakket ud men det skal nok hjælpe, jeg synes allerede jeg har lidt bedre Appetit, drikker Piskefløde, vi har en lille Mælkeforretning overfor, som jeg køber i hver Dag. Jeg skal l [bogstavet overstreget] sige fra Marie at det er dejligt at have mig herinde, hun har Ferie og vi er sammen hver Dag, nu gaar jeg med hende hjem og spiser Ærter og Flæsk. Ellers har jeg ingen Mennesker set endnu. Jeg skal nok gaa til Rauch [Ranch?], Du sendte ikke Notaen, ring til Esther, spørg om den. Skriv nu lidt flittig. Masser af Hilsner Din
+Alhed.
+4de Torsdag
+Altsaa: Knive og Nota</t>
+  </si>
+  <si>
     <t>1931-08-29</t>
   </si>
   <si>
     <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
   </si>
   <si>
     <t>Knud Faber
 Jens Jensen
 Grete Jensen, f. Hansen
 Frithiof Kemp
 Andreas Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Viggo Madsen
 Marie Neckelmann</t>
   </si>
   <si>
     <t>Albumin: Æggehvide/sukkerstof. Grete Jensen, f. Hansen, havde netop måttet gennemgå en provokeret abort pga. svangerskabsforgiftning. 
 Amtslægen og Hans kendes ikke. 
 Overlæge Rønne, professor Lundsgaard og professor Knud Faber var muligvis tilknyttet Fødsels- og Plejestiftelsen, hvor Jens Jensen var i en stilling som læge i 1931. 
 Det vides ikke, hvem Hans og Søren Madsen var. Hanses lille Peter kendes heller ikke.</t>
   </si>
   <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
     <t>Gretes blodtryk og albuminindholdet i urinen går op og ned. Jens Jensen er glad for sit arbejde, og han istandgør sin og Gretes lejlighed. 
 Elisa og Marie/Kylle Neckelmann savner Peter. Det var hyggeligt at have ham om morgenen.
 Det er flot, at Elena har lært at kærne smør. 
 Man svælger nok i vildt og bær på Båxhult. Johan/Lysse er en dygtig jæger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eHK2</t>
   </si>
   <si>
     <t>Kære Banes 29-8-31
 I Retning af Skriveri har vi vist ikke noget at lade hinanden høre, jeg synes selv, det er uterlig længe siden, jeg har haft fat ["fat" indsat over linjen] paa min Fyldepen. Men der er nu det at bemærke, at du har altid noget interessant og spændende at fortælle, her derimod sker der ikke noget. Det der optager mig mest, er jo Getes Sygdom. Hendes Blodtryk holder sig stadig højt, somme Tider er der ingen Albumin i Vandet, til andre Tider for Eks. nu, er der igen lidt. Men en Ting glæder mig, at Jenses Humør er meget bedre, og der er ellers et Barometer for Getes Befindende, saa i det hele taget har hun det jo nok bedre. Han var her i Forgaars og spiste til Middag sammen med H[ulæseligt] og Amtslægen, som rejser herfra d 1_ste_. Saa kom en af Jenses Venner og Hans og saa fik vi to gemytlige Kontraktbridger. Han er meget interesseret i sit Arbejde ude hos Elisabethsøstrene, og er meget vel anskrevet hos Overlæge Rønne, og da der siges, at han faar Prof Lundsgaards Stilling (han er nemlig meget syg, Kræft siges det) saa maa man jo sige at han har været særdeles heldig. I sine ledige Øjeblikke styrter han op i Nørregade og maler Køkkenet hvidt (det er lidt upraktisk) "der skal være fint, til Gretemand kommer hjem." Om et Par Dage kommer Prof Faber hjem igen, men vi faar jo aldrig noget at vide om, hvad han siger. 
 Det var morsomt, at Hans og Søren Madsen aflagde jer en Visit, og saa fik jeg jo en frisk Hilsen og fik at vide at Kvien havde faaet en Kalv og alt stod vel til, og de var meget imponerede af hele Bedriften. S.M aldeles indtaget i Petermand. Ak ja, vi savnede ham, da vi kom tilbage fra Faaborg, det er en Skam, at han er saa langt borte. Jeg saa ham om Morgenen kravle op paa Bordet, derfra ned paa en Stol og saa ring, ring ind til mig. Jeg havde altid en Pose Kiks ved Sengen, som han undersøgte, og naar Klokken ringede 7 "Bessa op." Saa gik vi ud for at se om Peters Mælk stod udenfor Døren og op ad Trappen for at se om Posen med Rundstykkerne var der og det var jo saa forbavsende, saa gnavede han lidt af hvert Brød og overlod os Resten. Kylle længes ogsaa efter ham, og jeg maa sige, at han havde glædet sig til at høre noget om kom paa sin Fødselsdag d 21_de_ han var megfet skuffet. Senere kunde han godt forstaa, at du kunde glemme Dagen i Betragtning af alt det, du har at gøre, det er virkelig ogsaa overvældende. 
 Det er da storartet, at du er kommen efter at kærne Smør, hvordan har du dog hittet ud af det. Jeg har frydet mig over det gode Vejr, vi har haft i denne Uge, jeg haaber, I har reddet Høst. Her sejlede Kornet paa Markerne, men Blæsten og Solen har nok tørret det, saa jeg tænker, at naar vi i Morgen kommer ud i Landskabet saa ser vi, at Markerne er tomme. Sikken en god Jægersmand Lysse dog er, var Las ikke lammet, nu maa han jo ogsaa [det følgende skrevet øverst s. 1; på hovedet:] præstere noget overordentligt, saa I svælger i Vildt, Tyttebær, Blaabær og Grøntsager. Vil du tænke dig, jeg fik sendt fra Ovsf Kemp 400 Kr som à conto Beløb fra Viggo Madsen, en komplet Foræringspresent! Hanses lille [det følgende skrevet s. 1; i venstre margen, lodret:]Peter begynder at trives, det er glædeligt, der var jo ikke saa god en Start! [Det følgende skrevet s. 4; langs venstre margen, lodret:] Masser af Hilsener. Mosser. Lille Barnes lad mig vide, hvad du [det følgende skrevet side 1, langs højre margen, lodret:] har cirka tænkt dig at jeg skal sende op mod Puf.</t>
+  </si>
+  <si>
+    <t>1933-01-17</t>
+  </si>
+  <si>
+    <t>Hareskov St.</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Adam Goldschmidt
+Brita Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Julius Hviid
+Grethe Jungstedt
+- Knudsen, skomager
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Arne Mortensen
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilket spil Laura/Bibbe havde med at gøre i Hillerød. 
+Succes var et chokolademærke solgt af firmaet Galle &amp;amp; Jessen (Arkiv.dk – her billede fra 1922).
+Fra litteraturen om Larsen-familien vides, at køberen af Kærbygaard hed Arne Mortensen.
+Johanne og Adolph Larsen købte senere i 1933 Lindøgaard nær Dræby/Munkebo.
+Amanda er muligvis Amanda Heinesen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0607</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen håber ikke, at Laura/Bibbe er syg. Hun er ikke stærk. Selv har Johanne et øre, der vædsker, og hun er næsten døv på det, så hun må til speciallæge.
+Adolph/Agraren Larsen har solgt Kærbygaard for 18.000 kr. Det er en god handel. Johanne og han købte kransekage og chokolade og inviterede gæster til kaffe for at fejre det. Adolph skal nu ikke længere arbejde for andre, Erik/Tinge bliver selvstændig, og Johanne vil holde op med at undervise i klaverspil. 
+Johanne har mødt Amanda, som spurgte til Ina/Sjums.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F1Lr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+OBS Salget!
+modt 19’ Jan 1933
+Fru A. Warberg Müller
+Hareskov St.
+Sjælland
+8-8-03.
+9/1 2001
+BWP.
+5 okt. 02.
+30-10-02. 
+[Håndskrevet på kuvertens bagside:]
+JWarberg Larsen Kjerteminde
+[I brevet:]
+17-1-1933
+Kære lille Dis!
+Tak for dit gode Brev! Og for dit gode Raad med Bibbe – men hun var jo for længst draget til Hillerød, da jeg fik dit Brev; og selv om ikke – nej, jeg vilde ikke kunne tage den Chance fra hende med de Par Maaneders Spil, som betyder saa meget for hende. Jeg længes for Resten saa meget efter Brev fra hende, jeg haaber da ikke hun er syg. Stærk er hun jo ikke, men saa meget des mere er hun ubesindig med hvad hun byder sig. Det er underligt, for de unge kan ikke begribe, at der er en Grænse for, hvad de kan taale. Skrev jeg noget til dig om, at jeg ikke var rask? det synes jeg ikke, men maa vel have gjort alligevel; ja, naar min nuværende Smule Forkølelse er forbi, saa tager jeg ud til Odense til en Specialist i Næse-Øren o.s v mit ene Øre flyder ustandseligt og det er næsten døvt; jeg tænker mig der er en Katarh i V [”V” overstreget] Gangene i Hovedet og jeg tror ikke Dr. Hviid vil have mere med det at bestille, naa det er jo ikke saa farligt, men det er enerverende at have Sus i Hovedet i 5 Uger i Træk, men jeg har ladet mig sige, at man skal være i uforkølet Tilstand, naar man tager ud til ham. 
+Men her er sket større Ting end lidt Øre-Vrøvl. Agraren var i Aftes nede at tage imod mig da jeg kom fra Landet - jeg forstod straks, at saa havde han solgt Kærbyhus. Dagen før havde der meldt sig en Liebhaver. Det er Skomager Knudsens Svigersøn og Knudsen var med til Forhandlingerne og det var pudsigt nok ligesom han hele Tiden holdt med os; han opfordrede stadig Svigersønnen til at være imødekommende, men ikke os. Der blev intet afgjort Søndag Form., men saa var de altsaa kommen igen Mandag og saa var Handelen gaaet i Orden – Agraren var stolt! Og godt at han holdt sig stiv, for han var ellers mere tilbøjelig til at slaa af end jeg. Vi fik det godt betalt, meget bedre end Folk havde spaaet os, 18000 Kr, men saa skal vi enes om Udgifter til Papirerne; forstaar du: der staar 11000 i Prioriteter, saa han skal betale os 7000 blanke Kroner kontant – ”Og han har dem, Adolph” sagde Knudsen fortrolig til Agraren ”du skatte være bange – han har dem, der er ingen Rævestreger ved ham”. Og det kan han med Sandhed sige, hvor var de fine og noble at have med at gøre. 
+Hvor blev jeg glad, da jeg fik Nyheden; i Begejstringens Hede købte vi 5 Stykker Kransekage og en Plade Succes og fik ringet efter Puf, Marie (Larsen, som er her endnu, hos Lases altsaa) og saa lille Grethe derovre fra og der blev et muntert Kaffeselskab ud af det. Jeg har sendt Brev til Tinge i Dag, hvor bliver han glad, den kære Dreng. Sikken et Held at nu da jeg skal sælge min Obligation saa er den i stærk Stigning, den staar i 92 ¼ mens den længe har været sidst i Firserne; den var jo paa 2000 Kr, men vi maatte belaane den; fik 1000 Kr i Nationalbanken til en meget billig Rente, da vi skulde lægge Vand ind og have nye Skorstene og reparere hele underste Lejlighed for 2 Aar siden.
+Det er kunstigt for det betyder noget godt for os alle: Agraren faar Arbejde, det Arbejde, som staar hans Hjærte saa nær, Tinge faar selvstændig Virksomhed – tænk i Stedet for at gaa og tjene altid, Bibbe faar et Levebrød og jeg slipper for ar undervise mere – hvad jeg næsten ikke mere kan udholde. De Nerver som bruges til Undervisning er hos mig slidt op – væk - ! Er det ikke en stor Begivenhed, lille Dis? Det var Lørdag, at det første Glimt viste sig; Manden kom op og meldte sig som Liebhaver og spurgte om han maatte komme næste Dag - - jeg blev saa op flammet at jeg ikke fik sendt Kort til Axel og jeg havde dog tænkt saa meget paa ham! Ønsk ham nu alt godt i det nye Aar fra mig og bed ham tilgive mig at jeg svigtede ham. I havde vel en rar Dag? Ser han lidt bedre ud nu?
+Jeg traf Amanda i Bilen i Aftes. Hvor hun ligner sig selv og hvor er hun sød. Hun blev meget betaget, da hun hørte at Sjums var gift, for Sjums havde lovet hende så bestemt at skrive til hende hvis hun en Dag skulde giftes; jeg sagde at det var en gammel Historie og at hun havde en yndig lille Pige, men nævnede ikke noget om Skiftet og hun spurgte ikke om noget Navn – heldigvis, for jeg har ikke Mandens Navn i min Erindring, jeg er jo utrolig med at glemme navne.
+Jeg læste med stor Interesse om Adams og Fru Brittas [det andet ”t” i navnet overstreget] Besøg – Adam bliver nok lykkelig, det vilde ikke passe til ham ikke at blive det! Stol paa det!
+Pudevaaret er ikke mit; du skal faa det ved Lejlighed. Hvad du skriver om Bibbe er saa rigtigt, gid det hele maa gaa saa godt for hende, jeg har aldrig set hende saa glad og harmonisk som i Julen. Hvor var hun yndig
+[Skrevet på hovedet øverst på s. 4:]
+Din Bog når jeg ikke at tale om i Aften, jeg må i Seng, kun at jeg synes den er udmærket, du skal og maa fortsætte. Men det er vel vanskeligere naar man kommer fremad i Livsforløbet?
+[Skrevet langs venstre margen s. 4:]
+Tusind Hilsner til Jer alle tre Din glade Junge.</t>
+  </si>
+  <si>
+    <t>1933-01-19</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Kærbyhus Kerteminde</t>
+  </si>
+  <si>
+    <t>Dres -
+Ludvig Brandstrup, visedigter
+Johannes Hohlenberg
+Bodild Holstein
+Adolph Larsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Marie Schou
+Fritz Syberg
+Minna Warberg
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
+Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
+  </si>
+  <si>
+    <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
+Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
+Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
+Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
+Astrid syr et stjernetæppe, og det bliver flot.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MOYc</t>
+  </si>
+  <si>
+    <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
+[Håndskrevet med blyant på kuvertens forside:]
+2.64
+1933
+”9 jan.
+11-1-2001.
+BWP.
+[Med blyant:]
+Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
+[Håndskrevet på kuvertens forside med anden skrift:]
+Fru Johanne Warberg Larsen
+Kærbyhus
+Kerteminde
+Fyen
+[Håndskrevet på kuvertens bagside:]
+afs A. Warberg Müller
+Hareskov 
+[I brevet:]
+Hareskov, Torsdag 19’ Jan. 1933
+Kæreste lille søde Junge!
+Det var sandelig et Glædens Budskab – hvilken Fryd og Henrykkelse! Til Lykke – til Lykke! jeg ved næsten ikke, hvad Ben jeg skal stå på, så glad er jeg! Jeg både tudede og lo, da jeg læste Dit Brev – først og fremmest dette: du slipper ud af dit Slaveri! åh Junge – endnu aner Du vist ikke, hvor nyfødt man bliver – hvor mange friske nye kræfter der blomstrer op, når man sådan får Lov at begynde ”for sig selv” – og her får du dit Livs Drøm realiseret – at blive Landmandskone! Bryd dig ikke om, at de alle råber om de umulige Tider for Landmanden – selve Arbejdet derude er en Lykke – desuden går vi sikkert nu andre Tider i Møde. Og når jeg tænker på alt, hvad det fører med sig – ja, det er næsten uoverskueligt! Jeg har altid troet, at hvis Agraren blot kom væk fra Kerteminde, så var der derved skabt den første store Betingelse for Helbredelse – og nu har han yderligere Alderen – alle Lyster svækkes med Alderen; Modstandskraften ganske vist også, men den vil vindes ved det nye Arbejde i de nye Omgivelser – nu tror jeg, det vil lykkes. Og Tinge – det er jo den bedst tænkelige Fremtid for ham!
+Det Helbred gør mig jo meget bekymret, lille Junge; det med Øret er sikkert en Følge af overanstrengt Nervesystem; gid du kunde slippe det hele allerede nu – og bare gå og samle Kræfter til den store Overgang! Sikkert vil Udsigten til snart at kunne give Slip, give dig ny Styrke – men man skal dog hellere undgå at bruge den allersidste Reserve! Tag dog Bibbe hjem! Husk på, du gør hende en dårlig Tjeneste, hvis du går hen og klapper helt sammen! Men lad os nu se, hvad Ørelægen siger – det må du endelig holde mig à jour med lille Junge! Endvidere er jeg meget spændt på at høre nærmere om den store Begivenhed – hvornår træder Salget i Kraft? Har I Udsigt til den Gård i Nordskov? Tænk hvis det blev én her på Sjælland! Men det er der vel ikke Tale om. Der er sikkert mange, der vil sælge. Hvor er jeg dog spændt på det altsammen. Da jeg havde læst dit Brev, for jeg op til Fru Jarmer og vi frydede os i Forening
+2/ hun er så mageløs sød og deltagende med alting, føler så varmt for alle Mennesker, og det har nu meget at sige; hun bad mig hilse dig så mange Gange og sige, at hun glædede sig sådan på dine Vegne. – 
+Hvis du endnu ikke har hørt fra Bibbe, så vær bare rolig, Nus traf hende til Spil i går hos Drés, og hun var strålende; de fik dog ikke talt sammen – Nus kom midt i Bibbes Time – hun havde fået Snelov – Kl 11 og så gav Dres hende også fri; hun kælkede så med Ruth Haumann i Søndermarken, kom først hjem Kl ½ 7 – frisk og rødmosset. Jeg tror ikke, hun holder til sin Læsning, hun er som sin Far umulig til at indrette sit Arbejde – får aldrig begyndt på lektier før 8-9 og sidder så til 12 – og op Kl 6; jeg sendte hende til Bodild forleden, hun har Blegsot, og det er ingen Under. Det er jo anstrengende med de Togrejser, desværre. Men nu kan hun jo foreløbig tage den Examen til Sommer (Mellemskoleexamen), så må vi siden se at finde på noget. Buf mener at kunde skaffe hende ind hos Søren Madsen – men mit Hjerte bløder ved Tanken om at sætte mit lille Nus ind på et Kontor – som 16 årig! Kommer Tid, kommer Råd, jeg spekulerer. Selv går jeg med Planer om at lave en Børnehave herude – her går så mange små frysende Unger på Landevejen – Forældrene på Arbejde – jeg traf sådan to små Høns forleden og tog dem med på en Tur i Skoven; de var ellevilde af Glæde og nu stiller de jævnligt hernede hos mig og bliver et Par Timer og morer sig dejligt; sidste Gang sagde jeg, at de skulde tage Karlas to små Piger med næste Gang – og sådan kunde man lidt efter lidt få noget i Gang, som engang kan blive til en Børnehave; den skal være absolut gratis – jeg vil stå helt fint til alle Sider. Synes du ikke, det var en god Ide?
+Axels Fødselsdag var dejlig helt igennem; han havde selv valgt sine Gæster, tænk dig, sine Sødskende vilde han ikke have! derimod Buf – (!) Hohlenberg og lille Hilde; Søster af Fru Hu[ulæseligt]ner fik Forfald, de var også bedt. Jeg havde Karla – sidste Afdrag på Divanen, som hun fik i Sommer. Middag Kl 1 – Krustader (Gave fra Fru Jarmer) 32 Stk! – med Torskefyld i holl.Sauce. Kalvesteg med alle mine hjemmelavede Produkter: Asier – Agurker – Syltetøj o s v. Sveskerisgrynskage med Flødeskum – Axels Yndlingsret, min Specialitet allerede fra min Malmøtid, den gør altid stor Lykke. Den søde Buf kom med Sauterne – Hilde med Tulipaner – og Stemningen var tiptop (Nus sagde om Aftenen i en yderst tilfreds Tone: ”det er et godt Hold!” Tænk – så kommer Dres og Grethe uventet! Og de som ellers aldrig tager ud om Vinteren!
+3/ De blev nu kun til næste Dag. Dejlig Musik hele Eftermd. Hilde sang, og Axel – til Hohlenberg Accompagnement. Axel var rigtig i sit Es – Sangen er hans rette Element – kun der lever han rigtigt. Han ser meget bedre ud nu, jeg tror den Parter [?] hjælper på ham. Det styrker ham også at synge, han kan ikke leve uden Musik. 
+Og tænk dig – Aftenen før var vi alle tre i Det ny Teater til et sjovt Stykke, Mr Anders – sad på Orkesterpladser á 5 Kr – inviteret af Lutte, som har en stor Rolle i Stykke – han var knusende grinagtig, vi lo hele Aftenen og morede os dejligt. Jeg synes, at Nus må engang i mellem have en Fornøjelse – hun ber aldrig om noget – siden har hun fortalt, at alle hendes Kammerater har set Mr Anders – mer end een Gang – og talt så meget om det! Og alligevel falder det ikke Nus ind, at sådan noget kan vederfares hende! Så skrev jeg til Lutte og mindede ham om et gammelt Løfte om Billetter – han svarede omgående med et langt, sødt Brev – og så fik vi de fine Billetter! Men hvilken Strabads! I Seng Kl 2! det kan man kun om Lørdagen. På Søndag skal Axel og jeg til Tårbæk at besøge Ida, hvor Minna er for Tiden. Nus biler Lørdag til Kerteminde med Buf – hans Mors Fødselsdag. Nus iført Pels! Julegave fra Fritz Syberg. Jeg håber, hun når et Svip op til dig om Søndagen – men det er en Exprestur - hjem igen Søndag. – Jeg sidder ude i mit lille yndige Køkken og skriver – det er Madlavningsdag – jeg har kogt Rødbeder – Vandris – Kartofler – skal have Suppen over om lidt – derpå et Sigtebrød, som står og hæver. I øvrigt begyndte jeg i Forgårs at sy mit ”Stjernetæppe” – som jeg har tumlet med i over 2 Aar. Det skal hænge i Gangen om Vinteren som Forhæng for Døren ind til Stuen. Aa - det bliver vidunderligt, Junge! Syes på Sækkelærred med kulørt Uldgarn – alle Dyrekredstegnene samt de 7 Planeters Tegn + ♄ Saturn ♃ Jupiter ♁ jorden ♂ Mars ♀ Venus ☿ Merkur🌙 måne ʘ sol syet i de Metallers Farver, som svarer til hvert Himmeltegn. og Dyrekredsen: 
+♓ Fisken ♒ Vandmanden ♑ Stenbukken ♐ Skytten ♏ Skorpion ♎ Vægten ♍ Jomfruen ♌ Løven ♋ Krebsen ♊ Tvillingerne ♈ Vædderen ♉ Tyr
+I Midten en stor, monumental 7armet Lysestage med 7 brændende Lys – den blev jeg færdig med i Aftes – den er pragtfuld - syet med Bronze-garn, Lysene hvide med gul rød Flamme. Gid det andet må lykkes ligesågodt. Der knytter sig en meget mærkelig Historie til Motivet med Lysestagen. Herom og om meget mere engang mundtligt.
+Nu får du alligevel Brev på Mors Fødselsdag! Tusinde Hilsner og gid alt godt må gro ud af det nye Foretagende!
+Hils Agraren! Din også glade 
+Dis
+[Skrevet på hovedet på s. 1 i venstre hjørne:]
+Jeg går op til Toget med dette, så har du det for omgående! Nu er Nus kommen hjem – hun hilser!</t>
+  </si>
+  <si>
+    <t>1933-04-18</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Ruth -
+Grethe Bichel
+Peter Bichel
+Alhed Marie Brønsted
+Louise Brønsted
+- Christoffersen
+Knud Dalhoff Larsen
+Adam Goldschmidt
+Ina  Goldschmidt
+Bodild Holstein
+- Jantzen, Lindøgaard
+Grethe Jungstedt
+Alfred Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Sagen om at Ina/Sjums er genfundet kendes ikke. 
+"Den gamle Adam" er formodentlig Inas bror, Adam Goldschmidt.
+De to Holsteinere: Den ene er formodentlig Bodild Holstein, men hvem den anden er vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0605</t>
+  </si>
+  <si>
+    <t>Det er godt, at Ina/Sjums er genfundet.
+Johanne/Junge og Adolph/Agraren Larsen ejer nu Lindøgaard. Johanne beskriver i brevet rummene og deres indretning samt gårdens faciliteter, dens pris mm. Andreas/Dedde Warberg har været på besøg og ordnet papirarbejde. Han var begejstret for gården.
+Johanne Larsen har haft mange gæster, der ville se gården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/14rd</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+19 april 1933.
+Fru Astrid Warberg Müller
+Hareskov St.
+Sjælland.
+9-8-03. 
+9/1-2001 5 okt. 02.
+BWP.
+[Håndskrevet på kuvertens bagside:]
+JWarberg Larsen Lindøgaard pr. Dræby
+[I brevet:]
+Lindøgd. pr. Dræby Tirsdag Aft. d. 18-4-1933.
+Kære lille Dis!
+Du skal være den første jeg skriver til her fra Lindøgaard og du var også den første jeg fik Brev fra. Tusind Tak for dine to gode Breve! Hvor er du dog deltagende og optaget af vore store Begivenheder. Men lad mig nu allerførst ønske dig til Lykke med din genfundne Sjums! Hvilken stor og glædelig Begivenhed! Jeg undrede mig over, at du ikke raabte højere Hurra, da Sjums var saa fornuftig at slippe ”den gamle Adam”, det jublede jeg jo saadan over og syntes at det gav godt Haab om Fremtiden for hende og dig. 
+Ja, nu er vi altsaa i Gang som Ejere af den herligste gamle Bondegaard du kan tænke dig; vores Opholdsrum er en veritabel gammel Folkestue – det kaldte Jantzens den, men i gamle Dage, har de jo nok kaldt den Davlestouen; der er en lang Bænk langs de tre smaa Fag Vinduer, et langt smalt Træbord foran og ved Enden af den en kort Slagbænk af malet Fyrretræ (den fik vi straks hentet ned fra Loftet) den venter paa at Tinge skal faa Tid til at tømre Sædet i Orden, saa skal der lidt Hynder paa og det skal være Agrarens Plads; over den hænger Lases henrivende Træsnit af gamle I.A. 
+Vi er ikke paa langt nær i Orden; først i Lørdags flyttede Jantzens deres sidste Sager herfra og for øvrigt har vi ikke haft megen Tid; det daglige Arbejde ogsaa tager en stor Del af Dagen og for Mændenes Vedkommende hele Dagen, saa der levnes ikke megen Tid til at komme i Orden; men her er da beboeligt. En lille Stue ved Siden af Folkestuen er næsten færdig, den store Forstue med den gamle Kiste, Buffetten [det andet ”f” i ordet overstreget] og en lille Sofa er ogsaa pæn og ryddelig ligeledes det store luftige 3 Fags Sovekammer; men Havestuen, som bliver vor fine Stue og de andre Kamre er helt rodede endnu. Manse og Tinge vil bo i det store Karlekammer; det er det eneste Sted hvor vores store Hjørnesofa kan staa; det er jo lidt trist at f [”f” overstreget] vi ikke kan nyde dens Hygge mere og der er den Hage ved det, at der ikke er Kakkelovn i Karlekamret – du forstaar, ingen Skorsten; og Petroleumsovn giver ingen Hygge.
+Dedde var her d.1st April for at skrive Papirer; han var uhyre begejstret over det hele. Han fandt den imponerende velholdt, billige [”e” sidst i ordet overstreget]! Var det ikke morsomt han er ellers altid saa skeptisk. Det var en uhyre festlig Dag og Dedde syntes, det var den fredeligste Handel, han havde været med til, ingen Skænderi af nogen Art. Da vi nærmede os Gaarden sagde Dedde ”Ih du forbarmende” og da vi stod i den og han beskuede de 4 Længer sagde han: Død og Pine! Saa imponeret var han! Jeg maa tilstaa at det forbavsede mig lidt og jeg snakkede lidt om Rotternehullerne [”rne” i ordet overstreget; ”hullerne” indsat over linjen] i Tagene ”Tagene!” sagde Dedde, ”nej de er da saa velholdte”. Han havde aabenbart tænkt sig at til den Pris 45,500 Kr for 45 Td Land maatte der være store Brist. Besætningen er fuldtallig og alt i Maskiner. Indlagt Vand (ikke i Køkkenet, men i Bryggerset ved Siden af) som kommer fra en Kilde og meget billig. Elektricitet, hvilket betyder meget da al Kraft jo gaar ved Elektricitet
+20/3. Jeg naar intet Skriveri; maatte i Seng i Aftes Kl 7½. Lugge og Elle kom Paaskelørdag til Eft.Te. Bes, Puf, Else Overgaard. Jantzen, som vi købte Gaarden af samt Fru Christoffersen (de er alierede!) tidligere Ejer af Gaarden, hun lader Penge staa i den – var her for at flytte deres Sager; vi var 9 til Middag, saa Kjerteminderne, saa Grethe Bichel, Henrik og to Holsteiner; Ruth og Kirsten kom Langfredag, men de maatte tage til Kjert. om Aftenen; næste Dag fik vi indrettet Sengelejlighed til dem. Han er meget tiltalende Hils ham. Du vil forstaa at her var Menneske_vrimmel_. Jeg kunde have ønsket lidt mere Ro, naar Lugge var her; hun var ligeså interesseret som hvis det havde været dig; hun er meget begejstret, så alt; desværre surt Vejr. Ingen Hygge her den Dag. Elle er nu rejst til Stockholm ved du at Grethe blev opereret for c. 14 Dage siden. Svulst paa Æggestokken, det gik helt godt.
+Jeg har ingen Tid. Naar du skriver, stil mig saa Spørgsmaal om det hele her, jeg ved ikke, hvad du ved og hvad ikke. 
+Du hører fra mig d. 26.
+Tusind Hilsner til Jer alle tre
+Din Junge</t>
+  </si>
+  <si>
+    <t>1934-03-23</t>
+  </si>
+  <si>
+    <t>Hareskov
+Lindevej 45</t>
+  </si>
+  <si>
+    <t>Dolph/Agraren Larsen var kvartalsdranker.
+Det vides ikke, hvem Palle var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0520</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt prøver at trøste Johanne/Junge Larsen med, at selv når alt ser sort ud, kan tingene ændre sig. Adolph/Agrarens skæbne er tung, men Johanne/Junge må også tænke på sig selv. Og hun og børnene må stå sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F1PD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+l.-. 64
+1934
+23’ marts
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr Dræby 
+Fyen.
+(om ”Agraren”).
+[skrevet på kuvertens bagside:]
+Læst – Alle – 
+(12-1-2000.)
+afs A Warberg Müller
+Lindevej 45
+Hareskov
+Sjælland
+[I brevet:] 
+Hareskov, Fredag 23 Marts 1934
+Kæreste lille søde Junge!
+Du skal have et lille Trøstensbrev lige pr omgående, så du kan have det Lørdag – i Morgen; for hvor blev jeg dog nedbøjet over dit Brev i Dag; men Junge – fortvivl ikke! Alt i vore Dage vender sig bogstavelig fra den ene Dag til den anden – det der synes sort og ufremkommeligt i Dag kan lysne allerede i Morgen – og ofte på ganske uforudset Måde. Endnu er Spillet ikke tabt; hvis jeg havde Penge, fløj jeg strax over til dig, så vi kunde tale ordentlig sammen – Breve siger selv i bedste Fald dog kun Halvdelen – og ofte kan man tale sig ud af meget – Ideer toner frem – Udveje viser sig, det man mente var umuligt at gøre i går –viser sig pludselig at kunne og måtte gøres i Dag. Hvordan står du i dette rent personlig overfor Agraren – og Drengene? dèr synes jo de to Lejre at være opstået; en af Parterne synes at måtte bringe Ofret – eller blive ofret. Bare dette ikke har være Agrarens sidste Chance? Nu er det Sønnernes Tid – nu må de have Chancen. Ja, jeg ser ikke tydeligt for mig, hvordan det praktisk må gribes an, men hvis Gården – altså Jeres Hjem og Levebrød – kan reddes ved at Agraren definitivt sættes ud af Spillet – og hvis dette kan gøres – ja, hvad mener du nu?
+Stakkels Agrar – han har en tung Skæbne, at han bestandig skal volde Ulykke, og hvor meget eller hvor lidt han ”kan gøre ved det” – er altid for mig et Spørgsmål, der må lades åbent – derom kan andre ikke dømme.
+Og du, lille Junge? Jeg synes, du til det yderste har gjort din Pligt og mere til; hvad du end gør nu, så kan intet bebrejdes dig af nogen, heller ikke af din egen Samvittighed. Ja, jeg mener jo ikke, du skal myrde ham – i vor mordfyldte Tid kunde det måske se ud, som om jeg mente det!!
+Men jeg mener, at du og dine Drenge må stå sammen og – ja, I må jo selv finde den praktiske Løsning; tag ind til Bibbe en Aften alle tre og prøv, om I ikke kan drøfte det igennem og komme til et Resultat; jeg vil nødig være ubarmhjertig mod nogen – men synes du, at et langt Livs Opofrelse og uendelig Barmhjertighed har hjulpen ham et Hanefjed opad? Tænk nu for en Gangs Skyld på dig selv og på de unge. Aa gid jeg dog sad i din Stue – at tale sammen er det eneste, der duer. Jeg må have dette op til Toget nu – du skal blot lige høre, at de i går tog fat på vores Hus – i Dag går der fire hvidklædte Murere deroppe og graver ud til Støbning af Grunden – for lidt siden kom der 2 store Lastbiler med Materialer – de begynder at støbe i Dag; der er vældig Liv og Lystighed deroppe – jeg smutter ofte op og ser på det hele – det er fire søde, yngre Mænd, der laver det; Palle kommer ind til mig og nyder sin Mellemmad i Køkkenet. Jeg skal se at få skreven et Brev til inden Påske. Du har vel ikke en Opskrift på Aplsinmarmelade?
+Nu Farvel lille Junge, prøv at være ved godt Mod – det skal jo gå! Din alletider
+Dis.</t>
+  </si>
+  <si>
+    <t>1934-07-26</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Frithiof Kemp
+Elena Larsen
+Marie Larsen
+Peter Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte både flere ved navn Holstein og Henning, så det kan ikke umiddelbart afgøres, hvem han havde på besøg. 
+Johanne/Junge og Adolf/Agraren Larsen boede på Lindøgaard nær Munkebo.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Lysse/Johan har ordnet det med jagten, men Johannes Larsen vil gerne kunne tage en eller flere personer med. Det gør ham ikke noget at lade harerne gå. Han kommer til Sverige i begyndelsen af august.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/b8wj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1934.
+Kære Lysse!
+Tak for Brevene, det sidste kom i Dag. Jeg har skrevet til Kemp om at sende Skødet til Värnamo hvis han har det. Det glædede mig meget at se at Du har faaet ordnet det med Jagten og jeg har intet at indvende mod Prisen. Derimod synes jeg, saa vidt jeg kan tyde Dokumentet at naar der staar at Jagten skal udøves af mig ”personlig” saa er det lidt for stramt, jeg skulde vel have Lov at tage et Par Stykker med en Gang i mellem Harene har jeg ikke saa meget i mod at lade gaa, men hvis de synes kan jeg jo godt skyde en eller flere naar jeg møder dem. Jeg glæder mig til at komme op til Jer, men det bliver ikke før en Uges Tid ind i Aug, allertidligst den 3 eller 4, men derom nærmere Mange Hilsner til Jer alle 3. Vi har Huset fuld for Tiden Ugle, Lasse, 2 Holsteiner og Mornine og Henning rejste i Gaar. Marie er paa Lindøgaard. 
+Din Far.</t>
+  </si>
+  <si>
+    <t>Sensommer 1935</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Dot -
+Christian  Ernlund
+Jens Peter Jensen
+Elena Larsen
+Johannes Larsen
+Marie Larsen
+Peter Andreas Larsen
+Didrik Overgaard Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane og Marie Larsens nye hus i Birkerød stod færdigbygget i 1935. 
+Odinstrnet blev opført på Bolbro Bakke i Odense 1935. Det blev sprængt i luften i 1944. 
+Harald Jensen, der blev født i 1837, var kunstmaler og brændevinsbrænder, og i 1863 udviklede han den akvavit, som stadig (2025) bærer hans navn.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen ved endnu ikke, hvornår Johannes Larsen kommer til Båxhult for at gå på jagt. Johannes Larsen vil ikke tage stilling til, hvilken pige eller kvinde der tager med for at stå for husholdningen, men Andreas foreslår enten Dot eller Marie/Ia Larsen. Dot vil forinden øve sig i at stege vildt.
+Peter Larsen har været på Lindøgaard et par dage. Derefter var han med på en tur til Odinstårnet samt på restaurant og få omelet. Peter spiser sig ikke mæt ved aftensmåltidet, så nu har Andreas Larsen sagt, at han skal blive siddende, til alle er færdige.
+Johannes Larsen har haft Peter med på en tur til Romsø, hvor Larsen skulle tegne et egetræ. De spiste frokost hos fyrmesteren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7nsT</t>
+  </si>
+  <si>
+    <t>Onsdag
+Kære Bimse og Lysse.
+Tak for Jeres Brev forleden, det var rart beroligende. Om Fars Besøg ved jeg endnu ikke noget nærmere; han maler sikkert det Billede færdigt, som han nu har malet ca 1/3 snart Halvdelen af. ["ca 1/3" overstreget; "snart Halvdelen" indsat efter linjen med en streg hen til foran ordet "af"]
+Jeg spurge ham imorges om han havde tænkt nærmere over en Pige, som han kunde faa med derop, men jeg fik i en afgørende Tone at vide, at det kunde han ikke beskæftige sig med nu. Hvis han først vil tænke over Sagen naar han skal skynde sig afsted, kan det jo let være forsent, derfor vil jeg gerne have Jer til at meddele mig snarest om Bimse bliver deroppe under Jagten eller hun rejser inden den. Hvis Bimse er hjemme og kan lave Maden, kan I faa Dot med derop som Skruppepige. Hun er meget opsat paa at komme med og taler endogsaa om at lære at stege Vildt i Kerteminde (Hun vil øve sig paa vores mange Haner) men det har jeg nu sat mig imod, Vildtet skal behandles ordentligt!
+Hvis Bimse ikke er hjemme maa vi jo se at faa Ia med derop, synes jeg. Hun vil jo altid meget gerne til Båxhult, men det kommer jo an paa om hun kan nu de nylig er flyttet ind i deres nye Hus. Hvis Far er klar til at rejse om ca 8 Dage, er der jo ikke for meget Tid, saa lad mig vide hvordan I stiller Jer til disse Forslag eller om I selv har andre. - Peter har været paa Lindøgaard i 2 Dage sidste Uge ["sidste Uge" indsat over linjen], men da han skulde sættes af ved Munkebo Kro i Forgaars, vilde han hellere med til Odense, saa han maa jo ikke være saa utilfreds med os mere. Han var saa i Odinstaarnet, hvad der ikke syntes at more ham særligt, senere fik han Omelet i Bryggergaarden, men da han fik den erklærede han, at han ikke spiste Nymælspandekager! Saa det var tilsyneladende ikke nogen vellykket Udflugt for ham. heldigvis befinder han sig helt godt i Kerteminde, saa godt, at han [et overstreget bogstav] i nogle Dage
+2)
+ikke havde Tid til at spise sig mæt, men da det jo førte til at han skulde ind og have Mad naar han skulde i Seng (jeg kender jo kun Aftensmaaltiderne) saa har jeg nu sagt at han skal blive siddende til vi andre er færdige. Det gør han jo ikke uden Protest, men han faar vel saa Vane til at spise, saa han igen kan faa Lov at gaa lidt før. -
+I Søndags var han med Far paa Romsø. Far skulde tegne et Egetræ til Billedet. Fyrmesterens skulde netop rejse til Svaneke, saa de fik sig en bedre Frokost med Harald Jensen af Æggebægre. Iaften har Far inviteret Ernlund og Elses Far til Torsk i Kerteminde. 
+Peter fik Bimses Brev iaftes, skal se at faa skrevet.
+Skrevet udi gamle Odenses
+Raadhus
+med Hilsen fra Ernlund,
+Far og Puf.</t>
+  </si>
+  <si>
+    <t>1935-10-26</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Urban Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Rud
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Tegninger til Fyn: Achton Friis var i gang med at udgive en bog om Fyn med illustrationer af Johannes Larsen. 
+Joen Vedel beskrev på hjemmesiden https://kunsten.nu/artguide/calendar/kunst-for-varer-og-joen-vedel/ Kunst for Varer således: “Det var nu afdøde kunstmaler Gordon Fazakerley, der først beskrev Kunst for Varer for mig. Han fortalte hvordan han havde erhvervet sig en fornem barnevogn til sit første barn i begyndelsen af 1960erne. Betalingen var et maleri. Jeg havde aldrig før hørt om foreningen, som drev sit eget galleri først i Stormgade, siden i Bredgade i København. Den blev stiftet i 1924 af maleren Aage Berthelsen for at ‘hjælpe Kammeraterne og skaffe dem og os selv Varer til at opholde Livet med, og til Tider et eller andet, vi ellers aldrig havde Raad til at købe.’ For et par år siden fandt jeg et hæfte fra Kunst fra Varer i rodekasserne, som i en periode stod i kælderen i den Frie Udstillingsbygning – og det er det hæfte vi viser frem de næste måneder.” 
+Glorup er en herregård i Svindinge Sogn på Sydøstfyn. (Kilde: Wikipedia febr. 2022). 
+Ørbæklunde er grundlagt ca. år 1500 af Poul Laxmand under navnet Lundsgaard. Det var derefter en befæstet borg, betegnet Ørbæklundsgaard fra 1502 og kendt under sit nuværende navn Ørbæklunde fra omkring 1528. Gården ligger i Ørbæk Sogn, Nyborg Kommune. (Kilde: Wikipedia febr. 2022).
+Lykkesholm er en gammel hovedgård, som nævnes første gang i 1329 og kaldt Magelund, men benævnt Lykkesholm fra 1380. Gården ligger cirka 3 km sydvest for den fynske by Ørbæk og ca. 21 km sydøst for Odense. (Kilde: Wikipedia febr. 2022).
+Ørsbjerg er en lille landsby i Assens kommune.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans søn har kørt rundt på Fyn og lavet tegninger til Achton Friis' bog. De besøgte Lars Swane i Svendborg. 
+Lørdag var Larsen på jagt med tandlæge Rud. Derefrer malede han på elsdyrbilledet (på Rådhuset) i Odense.
+Onsdag skal Larsen til klapjagt med Vilhelm/Klaks. 
+Larsen sælger et billede gennem Kunst for Varer, så Else og Elena/Bimse hver kan få et beløb til tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iQEv</t>
+  </si>
+  <si>
+    <t>Kjerteminde Lørdag 26/10. 35.
+Kære Lysse!
+Tak for sidst! Naar Du først nu hører fra mig, kommer det af, at, her laa et Brev fra Achton Friis, da jeg kom hjem med Anmodning o ["o" overstreget] om Vignetter og resterende Tegninger til Fyn. Jeg gik i Gang med dem med det samme og Puf og jeg kørte omkring og tegnede, bl.a. var vi 2 Gange paa Horne Land. Paa den ene Tur besøgte vi Lasse Swane der boede paa Wandals Hotel i Svendborg mens han var oppe til Eksamen som han bestod nogle Dage senere. Anden Gang besøgte vi Farbror Urban paa Hjemvejen. Jeg tog mig fri en Lørdag hvor jeg var inviteret paa Jagt med Tandlæge Rud. Han har lejet Jagten paa 2 Gaarde hver 100 Td.L. der ligger umiddelbart ved Vejen naar vi kommer over for Svinget S for Ørbæklunde, i Hjørnet mellem Glorup, Ørbæklunde og Lykkesholm. Det regnede hele Formiddagen og Hundene var mere til Skade end Nytte og vi fik kun hver en Hare før Frokost, men om Eft. var det Tørvejr og jeg skød 4 Harer og 2 Fasaner og Tandlægen 2 Harer og 3 Fasaner. I det hele saa vi nogle og 20 Harer, der var ogsaa nogle 3-4 Flokke Høns men de lettede hver Gang uden for Skudhold. Saa snart jeg havde faaet Tegningerne ekspederet. Begyndte jeg i Odense og er nu godt i Gang med det store Elsdyrbillede. I Dag tog vi hjem til Middag da det vil passe mig bedre at begynde Mandag Mrg paa det næste Stykke, som jeg gerne vil have en hel Dag til. Puf og Else er taget til Lindøgaard, for at aftale med Agraren, om at være parat Onsdag Mrg da vi skal derom ad for at [plet på papiret] ham med til Klapjagt hos Klaks i Ørsbjerg. Jeg fik i Dag Brev fra Kunst for Varer om jeg vil sælge et Billede til en Grosserer for Damekollektion (800 Kr.). og Puf og jeg blev enige om at sige ja og dele det saaledes at Bimse faar for 500 Kr. og Else for 300, da sidstnævnte formodes at være bedre forsynet for Tiden. Kan Du ikke sende mig Bimses Adr, saa jeg kan meddele hende Resultatet hvis Handelen gaar i Orden. Ellers staar al Ting godt til her og jeg haaber at det samme er Tilfældet paa Båxhult Mange Hilsner fra os alle 3.
+Din Far.</t>
+  </si>
+  <si>
+    <t>1936-02-27</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Else Larsen
+Jens Larsen
+Jeppe Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Thomas Madsen-Mygdal
+Marie Meyer
+Sophus  Meyer
+Anna Meyer 
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Brevet er privateje.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til Johan Larsen(Lysse) fra hans faster Marie Larsen (Ia). Julen blev holdt hos familierne i Kerteminde og på Lindøgård. Der var voldsomt snevejr flere steder i Danmark. Sophus Meier (IA Larsens svoger) døde knap 96 år gammel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4gyc</t>
+  </si>
+  <si>
+    <t>Birkerød d.27-2-36
+Kære Lysse! Til Lykke med Fødselsdagen, et rigtig godt Aar ønsker jeg Dig i alle Henseender; nu kommer dette Brev alligevel forsent, skønt jeg havde foresat mig at få det af Sted i god Tid! Hvordan mon I dog har det deroppe i denne skrækkelige Vinter? Herhjemme har vi da ikke haft så meget Sne i mange Aar, selv om Kulden ikke har været saa haard; lige her omkring Birkerød har det ikke været værst, men rundt omkring i Landet har der været Togstandsninger; i Nærheden af Roskilde hvor Lasse er havde de ikke fået Post [indsat over linjen:”Post”] omtrent en hel Uge og på Fyen og i Jylland har det jo også været rent galt; men nu er det vist i Orden de aller fleste Steder. – Forhaabentlig har Drengene det godt, den Lille vokser vel normalt og opfører sig pænt; jeg havde Brev fra Else forleden Dag, lille I.A. havde det godt; hvor er det kedeligt at man så sjældent kan få dem at se, det vilde være vældig morsomt at se de 2 små Fyre sammen, jeg håber at det sker en Gang ad Aare.
+Vi var på Fyn Alle 3 i Julen, vi rejste derover d. 22ende, jeg var i Kerteminde til Juleaftensdag, så kørte Puf mig til Lindøgaard, jeg er jo altid hos Agraren Juleaften; Las’s Fødselsdag var jeg derude og så var jeg der 3-4 Dage inden jeg rejste her tilbage. – Vi har hængt et Stykke Flæsk ud i et Træ og har megen Glæde af at se på Smaafuglene og Solsorterne som kommer og hakker i det. – Jeg havde Brev fra Marie Meyer i Dag, hendes Far er jo død, næsten 96 Aar gammel; hun tænker på at flytte fra Feden og få en mindre Lejlighed nu hun er alene, - Mix og Myg havde nær ikke kommet over til Begravelsen på Grund af Togstandsninger. – Hils lille Peter mange Gange, måske kan han more sig lidt med disse Billeder; det var kedeligt at jeg ikke fik skreven til Jer til Jul, jeg vilde have sendt et pund The over til Jer, men Din Svigermor sagde at hun havde et pund som hun tog med; så kan I få et af mig [fortsættes øverst på side 1] en anden Gang. Jeg håber vi en Gang får Lov til at have Peter her et Par Dage når han kommer til Danmark den søde Unge jeg længes tit efter ham; Hav det nu godt Alle 4, mange kærlige Hilsner til Bimse, Peter, den Lille og Dig selv kære Lysse, fra Ia -</t>
+  </si>
+  <si>
+    <t>1936-07-30</t>
+  </si>
+  <si>
+    <t>Ebbe Branner
+Else Birgitte Brønsted
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte mange, der hed Jens, så det kan ikke aføres, hvem den omtalte Jens var. 
+Bøgebjerg og Langø er lokaliteter på halvøen Hindsholm nord for Kerteminde.
+Det er uklart, hvem Reservebaronen var. Fritz Syber blev kaldt Baronen. 
+Svensk irisk er en ældre betegnelse for grønirisk. Johannes Larsen kaldte ofte bare fuglen for en svensker.
+Olshult er beliggende ved Långaryd og Båxhult i Småland, hvor Johan Larsen med familie boede.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf er ude at sejle og sove i telt. 
+Johannes Larsen spørger, om Johan/Lysse vil hente ham.
+Rosenbedet omkring flagstangen er lavet om til en dam.
+Der er mange fugle i haven. En sortrygget, engelsk vipstjert er set med unger, og det er første gang, den har ynglet i Danmark. Undulater har der også været i haven. 
+Det er ærgerligt, hvis Olshulterne får jagtretten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AthZ</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Johannes Larsen
+Kierteminde
+[Håndskrevet:]
+30 Juli 1936.
+Kære Lysse!
+Jeg lukkede Pufs Brev op i Gaar da han er ude at sejle i min Jolle. I Gaar Nat overnattede han lidt N for Bøgebjerg i Telt og i Gaar var han kommen om til Langø hvorfra han ringede og Else og Mudi var ude at se til ham i Bilen. Mornine og Putte er her. Jeg har nu skreven til Ebbe og forklaret ham at hans Besøg ikke kan finde Sted før om Midten af Septbr, men at jeg deroppe fra skal lade ham vide naar jeg rejser hjem. Jeg tænker paa at rejse op til Jer et Par Dage før d 26 Aug. Var det ikke muligt at Du kunde komme herned og køre mig op. For Puf er rimeligvis til den Tid ude at sejle med Jens der har faaet bygget en dejlig Baad, som vi var nede at se sidste Lørdag og kom hjem Søndag, nej forrige Søndag, Tiden gaar. De skulde have sejlet 1st Aug. da Jens faar Ferie men nu er der kommen Besked om at det først kan blive midt i August da hans Overlæge er bleven syg i Kjøbenhavn Jeg ved ikke om vi har fortalt at vi har lavet Rosenbedet om Flagstangen om til en Dam der holder godt paa Vandet i hvert Fald saa længe det regner, andet ved vi ikke endnu. Der kommer en hel Del Smaafugle og samler sig Solsorter Stære Stillitser Irisker Svensker Bogfinker Guldsp. o.s.v. men den mest celebre er en sortrygget, engelsk Vipstjert ♂ der er kommen hver Dag i de sidste 14 Dage – og i den senere Tid af og til med store Unger og en enkelt Gang Hunner for et Par Dage siden desværre fløj den strax jeg fik den i Kikkerten saa jeg kunde ikke blive klar over om den var af samme Race eller det var en alm Vipstjert i Dag var den her igen men den havde vasket sig pjaskvaad saa jeg kunde ikke se hvordan den saa ud, hvis den er samme Slags om Hannen er den første Gang de er truffet ynglende her i Landet. Vi har haft et Par Undulater i Forhaven en 3 Ugers Tid og da det var 2 Hanner anskaffede jeg et Par Hunner til dem, saa blev den ene væk, nogle Dage senere kom Reservebaronen med den bortfløjne som en Mand nede i Byen havde fanget, den blev nu sat ind i Buret til ♀♀ og et Par [”og et Par” overstreget] Min imidlertid havde den fritflyvende Han selv skaffet sig en Hun som den forsvandt med efter nogle Dages Forløb, saa nu har vi kun de 3 i Buret som jeg nok tror er 3 Hanner Det gør naturligvis ingen Ting hvis Jagtselskabet ”Lycken” lejer Haröhult, det er ikke det jeg er bange for, men der var jo tale om Olshulterne der bød saa rasende og det var jo lidt af en Ulykke om de fik den. Else er paa Lindøgaard Med Mornine og Putte. Mange Hilsner til Jer allesammen 
+Din Far.</t>
+  </si>
+  <si>
+    <t>1936-10-14</t>
+  </si>
+  <si>
+    <t>Bent Bjergskov
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Axel  Müller
+- Müller, Frk. 
+Margrethe -, pige i huset hos Johanne C. Larsen 1936
+Ellen  Sawyer
+Janna Schou
+Hempel Syberg
+Rigmor Thorsen
+Joseph Turner
+Agnes Taaning
+Else Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru Nielsen og Søster Thorsen var. Sidstnævnte var formodentlig i familie med Rigmor Thorsen. 
+Hvem Mygdal, der gav Martin/Manse Warberg Larsen penge for malkning, var, vides heller ikke. 
+Eidi og Edith, som arbejdede i huset i England for den kvinde, som Laura Warberg Petersen var ansat hos, er ikke oprettet med biografi i KTDK. 
+Croydon er en bydel i det sydlige London.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0578</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har en dårlig hånd. Hun blev meget glad for den smukke skål fra Janna, og hun takker for alle Astrids gaver. Adolph/Agraren og hun pakkede op dagen før fødelsdagen. 
+Laura/Bibbe og Martin/Manse er i England. De mødes på fridage og besøger museer mv. i London, og de har fløjet. Begge bor nær Themsen. Martin fik et legat på 100 kr. og har ikke råd til at rejse til andre gårde, og han lærer ikke nok på Farmoor Farm - kun sprog. Laura/Bibbe har vrøvl med kokkenpigen, der hvor hun er i huset. 
+Det er svært for Laura og Bent at være adskilt. 
+Adolphs fødselsdag blev fejret med gæster til kyllingesteg. På Johannes fødselsdag svigtede Margrethe, men heldigvis kom Elle(n) og hjalp til. Gæsterne kom med både bagværk og gaver.
+Johanne har ikke så meget mere at lave i hus og hjem end Astrid, men Johanne har bare ikke meget energi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P1L8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+5/5-02
+23/9-02
+Modt. 16’Okt. 1936
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St
+19/3-2000
+Bibbe-Kerteminde.
+[Skrevet på kuvertens bagside:]
+JWarberg Larsen
+Lindøgaard Dræby St
+Fyen
+[I brevet:]
+Lindøgd 14-10-1936
+Kæreste lille Dis!
+Foruden at jeg blev vældig glad ved dit Brev i Dag, blev jeg temmelig forfærdet ved af det at se, at du tror jeg stadig ligger i Sengen; nej jeg laa da kun 3 Dage og var jo oppe, da jeg skrev det Brevkort til dig, men passer stadig paa ikke at røre Haanden mere end til det nødvendigste. Og saa er jeg jo i en saadan Brevgæld – for at faa sagt Tak til alle de mange der har sendt mig Gaver. Gamle Ta[brændt hul], som sendte mig 10 Kr. ligger af Aarebetændelse – bedre men meget utaalmodig – hun maatte have først. Den søde Tante Else med et langt egenhændigt Brev og 100 Cigarer; Frk Müller som 8 Dage før min Fødselsdag sendte mig en dejlig Æske fine Chokolader – ligeledes – og saa mine to Børnser i England Ja og Mary, som jeg saa gerne vil være tro, og som stadig skriver til mig og som sendte Lykønskninger baade til Agraren og mig (samt Cigarer til mig) - - ja alle dem har jeg altsaa ladet gaa forud for dig, men jeg trøster mig stadig ved det lille Brevkort, som du fik straks. Saa nu har jeg vist igen udvist min bekendte altfor store Grundighed, naar det gælder Ting, som kunde siges med to Ord. 
+Saa skrider jeg til det endelige Brev! Kæreste Dis, hvor du overvældede mig! Og hvor jeg blev lykkelig over det alt sammen! Jannas meget smukke Skaal staar fuldstændig hel og fin og lyser op paa Bordet i den lyse Stue - jeg maa have den for Øje hver Dag, synes jeg. Natkjolen blev jeg saa henrykt over, varm og lækker nu til Vinteren. Og saa det Væld af værdifulde Varer! Du er jo tosset, sødeste Dis at sende mig alt det. Men glad blev jeg rigtignok. Chokoladen smagte dejligt, jeg rigtig smausede de Dage, jeg laa i Sengen baade med Slik og Tobak. Og saa dine tre (!) lange Breve, som du oven i Købet skriver efter strænge Arbejdsdage. Tusind, tusind Tak for det alt sammen, ogsaa til Axel! Hvor var det sødt af ham at sende mig Frimærker. Ogsaa for Billederne, som jo er udmærkede. De to store Pakker kom Dagen før min Fødsdag og da jeg altså lå den Dag og vi syntes, at jeg skulde have lidt at muntre mig med pakkede Agraren dem op og foreviste Stykke for Stykke. Hvem Husholdningskassen var fra, kunde vi ikke [”se” indsat over linjen) og det faldt mig selvfølgelig ikke ind, at den ogsaa var fra dig! 
+Lad mig nu hellere fortælle lidt om Bibbe og Manse, som du udtrykkelig beder om. Vi faar stadig saadan glade og fornøjede Breve fra dem begge, ja jeg tror, at de i hvert eneste Brev skriver om, hvor glade de er, [komma overstreget] over at se saa meget interessant og hvor smukt Landet er. 
+2.
+Bibbe tog en Dag, da hun havde fri med en Bus langt langt ud pa Landet – de bor jo i den sydvestlige Udkant af London, lige ved Richmond Park, hvor hun har taget mange Traveture; nu har de vist desværre saa meget med Taage og det tager jo unægtelig Glansen af alt. På den Tur, kom hun til forskellige Smaabyer, som alle var spændende og morsomme, et Sted var der et lille Torv, der saa helt middelalderligt ud. Bibbe har vist et storartet Tag paa at faa noget ud af det; der er planlagt langt ud i Fremtiden med Ting, der skal naas. Manse har jo lidt længere til Fadet, men af og til mødes de da i London og beser hvad de kan overkomme. De mødtes en Dag i Croydon, hvor de fløj! Manse var begejstret. Ellers er hans det bedste jo at se Malerier; forleden havde han været der alene og helliget sig de gamle Hollændere. For 30 Aar siden gik jeg der og svulmede over de gl. Holl. Turner havde jeg anmodet ham om at finde, hvad han ogsaa havde gjort og var ude af sig af Begejstring over ham. Han er nu ogsaa pragtfuld. Themsen er de begge enige om at besynge – pudsigt at den løber forbi begge deres Opholdssteder – ikke saa farlig meget bredere end Odense Aa ved sit Udløb der, hvor Manse er. M. fik 100 Kr. af O. Sybergs Mindelegat; vi havde sat vore Næser op efter betydelig mere, saa han havde haft Raad til at komme paa en mere veldrevet Farm. Han maa jo ikke forlange Løn – maa i hvert Fald ikke faa det, men Mygdal giver ham lidt – det hedder sig fordi han malker. Men der er ikke Spor at lære der paa Farmoor Farm, ja Sproget er jo altid noget at lære selvfølgelig, men det havde dog været rart om han f. Ex. havde kunnet rejse lidt til de forskellige Landbrug – hvis der overhovedet findes Godser i England. Bibbes Madame er stadig meget sød og flink mod hende, men B. har mange Bataljer med Kokkepigen Edith, der er er en Heks, navnlig mod Heidi, den lille Østrigske House-Maid. B. rejser sig i sin Vælde, naar Edith bliver for slem, for Heidi staar Bibbes Hjærte nær. Har jeg virkelig slet ikke før skrevet noget om Børnene? 
+Bent kommer her jævnligt; jeg tror nok, at det er svært for dem at leve adskilt, men jeg tror ogsaa, at det var udmærket for Bibbe at komme ud, tænk hvilken Oplevelse for hende; den Slags er jo Skatte for hele Livet. Jeg tror da, at mit var blevet fattigere, hvis jeg ikke havde haft alle mine Rejser at glæde mig over at tænke paa. Men jeg har jo ogsaa været heldig og set meget. 
+Hvis der nu er noget særligt om de to, du vil høre om, så spørg og saa gaar jeg for øvrigt over til Beskrivelse af vore Fødselsdage. 
+3
+De var straalende og festlig – min ganske lidt formørket af Haanden, dog ikke meget. Agraren havde ”Nabo” inde til Kyllingesteg og Rødgrød, en af vore unge Venner var kommen (med Cigarer) Bent kom, ligeledes med Cigarer, 50 store fede Cerutter, og senere Las, Puf og Else – alle uventede, undt. ”Nabo”. De fik Kaffe og – Lagkage. Mere havde jeg ikke kunnet præstere, da Æbleplukningen i det gode Vejr gik fremfor alt.
+Min begyndte lidt trangt. Jeg listede op midt paa Formiddagen, fik med Besvær Haaret snurret lidt op og Tøjet paa. Fru Nielsen havde meldt sig til Eft.visit med Gudrun og sagt, at hun vilde tage Bagværk med Kl 3. Naa, da Klokken blev halv tre og jeg forstod, at Margrethe svigtede mig, skønt hun vidste jeg havde ligget Dagen før og skulde have fremmede – det var ikke pænt. I Nød skal man Naboer kende. Det var ganske vist ikke hendes ”Dag”, men jeg havde bønfaldt hende. Naa, Faderen har ikke villet undvære hendes Arbejde hjemme; jeg tror de sankede Kartofler. Da var jeg lidt modfalden, men Elle kom og gjorde Underværker i den halve Time lavede Chokolade, dækkede Bord, ryddede op. Og vi havde saa en yndig Eft. med Fru N., som ankom med den mægtigste Waleskringle, jeg endnu har set, 50 fede Cerutter og – en Vinterhat; hun gav mig to Sommerhatte, da jeg var derinde for noget Tid siden, saa nu er jeg forsynet! Al min uaabnede Post laa i en stor Dynge i Sofaen, den lukkede Elle op og læste noget af det højt. Hun selv kom med en meget smuk Portræt af sig selv i Festdragt, 1 Par Strømper og 1 Pk. Papirsservietter, Strømper, Underliv og Cigarer fra Marie. 1 Kittel fra Lugge, 50 Cigarer fra Tutte, 100 fra T. Else, 10 Kr. fra Tante Mis og saa en Mængde Breve og Kort. Aftenen blev helt gevaltig. Ikke mindre end 3 Bilfulde rullede ind i Gaarden – alle uventede. Hr. og Fru Thorsen med en Ladning fint Bagværk og 50 Cigarer, Gudrun Larsen (Bror) fra Rørdam i sin egen Bil med Kirsten, hans Kæreste, Søster Thorsen og Søster Rørdam ligeledes med 50 Cigarer. Senere ankom den gode Las, Puf og Else, samt Klaks, der fungerede som Statens Skovvurderer af Omegnens Skove. Han havde en stor Æske fin Konfekt, de andre Konditorkager i lange Baner og fint Undertøj. Har du nu kendt Mage til Fødselsdag, det var da mindst som om jeg blev 70. Jeg var overvældet. Heldigvis havde vi Masser af Chokolade fra om Eft. Flødeskum ligeså, saa der blev nok til os alle 14. De unge Piger udrettede Arbejdet, de er huskendte. 
+4
+De dækkede i begge Stuerne og vi havde det dejligt. Klaks og Thorsens som jo kommer i Familie gen. Bror og Kirsten var sammen første Gang den Aften. Fru Thorsen talte om saa morsomt der havde været den Aften i Sommer, da du gav Skole-Historier. Hun er et pragtfuldt Menneske, som jeg holder meget af, og hvor er hun altid parat til at le og more sig. --------------
+Nu har jeg kigget lidt i dine Breve og ser, at du spørger til Høsten; ja den blev jo lille som alle Vegne, men vi kan nu ikke bedømme den helt, før alt er optærsket og det er jo først til Foråret, for undertiden giver den jo lidt mere end man har ment.
+Og saa er der en Ting, jeg skal have korrigeret. Jeg har saamænd ikke saa meget at bestille som du; du har jo ogsaa Landhusholdning m. Have, Frugtplukning og den Slags. Og jeg har dog Margrethe, der er knagende hurtig i Vendingen. Saa har jeg ikke nær saa store Foretagender som du, med Vinbrygning o. lg. Men mit Arbejde er maaske nok større end dit med de store Maaltider og store Opvaskninger. Og saa er der jo deres Tøj, Strømper o.s.v. Desværre er jeg slet ikke mere den habile Arbejder, jeg har har været. Meget af min tidligere Energi er gaaet Fløjten. Maaske det er, som Fru Thaaning sagde til mig forleden: De er vel slidt op, Fru Larsen!
+Naar jeg igen skriver, skal jeg læse dine Breve og smaasnakke lidt om Indholdet, jeg tør ikke mere nu for den skidte Hånd.
+Derfor kun de kærligste Hilsner til jer alle tre og endnu en Gang Tak for alle dine overdaadig rige Gaver! Og Tak fra Agr. for Kortet, jeg er saa glad ved at hans Post var helt omfangsrig i Aar.
+Kan det Gulv i Dagl.st. ikke vente til Foraaret? Det er ikke saa god en Tid at lave den Slags paa. Det er saa langsomt til at tørre, naar det er koldt - siger de kloge.
+Altsaa – endnu en Gang - !
+Din Junge</t>
+  </si>
+  <si>
+    <t>1936-12-18</t>
+  </si>
+  <si>
+    <t>Bakkevej 8 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Adolph Larsen
+Carl Larsen
+Marie Larsen
+Axel  Müller
+- Overgaard
+Ellen  Sawyer
+Janna Schou
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Konen, Nortoft og dåbsbarnet, S.A., var.
+Wilhelmine Berg/Tante Misse døde 24. nov. 1936. Måske derfor arvede Johanne/Junge Larsen tantens pels.
+Larsen-familien kendte flere, der hed Overgaard.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0577</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen har bundet en krans til faderens gravsted. Hun takker for pakken.
+Johanne Larsen har været til barnedåb. Man fik en god frokost med mange snapse, og Adolf/Agraren Larsen tog ikke skade af snapsene. Bilen med Wilhelmine Bergs/Tante Misses pels ankom lige før kirkegangen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PNXE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+5/5 – 02.
+23/9 – 02
+[Skrevet med anden håndskrift:]
+Fru A. Warberg-Müller
+Bakkevej 8
+Hareskov St.
+[Med anden håndskrift:]
+20 – 3 – 2000
+[På kuvertens bagside:]
+J Warberg Larsen
+Lindøgaard Dræby St
+Fyen 
+[I brevet:] 
+Lindøgd. 18-12-36
+Jeg ejer ingen Opskr. paa hv. Pebernødd Elle har Mors skv. Kogebog. Men for sent – Stockholm. 
+Kæreste lille Dis!
+Det er lige nær Posttid, men han er sent paa det i denne Tid, jeg skriver til han er der. Har lige bundet Krans til Fars Grav og pakket samt skrevet til Marie paa Erikshaab – meget glipper for mig i Aar, men Kransen til Hillerslev Kirkegaard maa ikke glippe. 
+Tusind Tak for din Pakke. Det piner mig, at du skulde have Ulejlighed, naar du jo maa være saa langt tilbage og ingen Kræfter har. Mest – næsten – Tak for det dejlige Hynde, jeg kan sagtens montere det selv. Marcipanen er vidunderlig og Chokoladen, men altfor mange Penge igen! Og alle de Frim. Tusind Tak! Gid du dog kunde komme lidt til Kræfter, lille Dis. Godt for Konen, kys hende fra mig. Og for Nortoft – ham tror jeg dog ikke, du skal kysse fra mig. Skønt - -! 
+Vi var til Barnedaab i Lørdags, en ganske dejlig Dag helt igennem. Lille S.A. henrivende saa god i Kirken – gav sit Bifald til kende med stærke Grynt, da han advarede mod Djævelen og alt hans. Marie bar Elle stod hos [”Elle stod hos” indsat over linjen]. Flot Frokost. Af Gæster kun Overgaard Elle, Wille (!) og os. Mange og gode Snapse, som ikke skadede Agraren! 
+Tante Misses dejlige Tøj kom 1 Kvarter før Bilen hentede os til Kirke. Jeg passede Pelsen og den fik altsaa en standsmæssig Indvielse! Du kan ikke tro, hvor den er vidunderlig. Sort Søløve med Bæverbesætning. Et meget kostbart Stykke.
+Jeg naar ikke mere!
+Tak og Hilsen til Jer alle Tre
+din Junge.</t>
+  </si>
+  <si>
+    <t>1937-04-22</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adam Goldschmidt
+Brita Goldschmidt
+Ina  Goldschmidt
+Adolph Hitler
+James Jeans
+Hans Kaalund
+George Lansbury
+Adolph Larsen
+Peter Munch
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Hempel Syberg
+Erik Warberg Larsen
+Mary Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Svensson-Sagen gik ud på. 
+Sechendorf kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0619</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at Astrid/Dis i det nye år må få et bedre forhold til Brita og Ina, samt at Axel og Janna vil komme overens.
+Erik/Tinge og Mary skal giftes. Det er nok et fornuftsægteskab, idet Erik indser, at der må en ung kone i huset. Mary og Johanne holder meget af hinanden. Der skal holdes gilde.
+Thora/Tutte har været på besøg, men hun opholdt sig desværre mest hos Elle(n). Thora var i Heden for at højtideligholde Hempel Sybergs 100årsdag.
+Astrids hørespil minder Johanne om Kaalunds vers.
+Johanne har skrevet en sang til Erik.
+Johanne skriver om den tyske naziregering, om verdensfreden, om James Jeans' populærvidenskabelige bøger, om videnskabsfolk, giftgas og etik.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PxB9</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ April 1937
+(om Tinges Giftermål med Mary)
+Fru A. Warberg Müller
+Bakkevej No 8
+Hareskov St.
+” 14 nov. 06
+” 18 febr. 06.
+læst 22 sept.-05. (solskin) 
+[Håndskrevet på kuvertens bagside:]
+JWarberg Larsen
+Lindøgd. Dræby St. Fyen
+[I brevet:]
+d. 22nde Aprl. 1937.
+Kæreste lille Dis!
+Det er ikke til at fatte, at vi snart har din Fødselsdag, vi plejer dog ikke ligefrem at have Vintervejr paa den Tid. Det var rigtignok noget andet, da jeg en Gang i Erikshaabs-Tiderne laa ude i Tveds Have og skrev Fødselsdagsbrev til dig under grønne Bøgegrene! Men hvad enten Vejret er saadan el. sådan, saa er det altsaa din Fødselsdag om faa Dage, jeg har allerede i nogen Tid gaaet med Fødselsdagstanker om dig! Til Lykke! Til Dagen og Aaret! En festlig Dag og et godt og lykkeligt Aar – saa fri for Bekymringer, som vi arme Mennesker nu kan haabe paa at opnaa. Et og andet har taarnet sig op om dig i de senere Aar – Tutte – daarlig Helbred, (hvilket i mine Øjne betyder meget) og saa det daglige med det usikre Forhold mellem Axel og Nus – gid alt det maa bedres søde Dis og gid du maa vinde Britta, saa du ikke skal faa din kære gode Adam paa Afstand, ligesom Sjums. Jeg tænkte jo en Del over den Ytring, at du var en Dame, som Sjums kendte og gøs jo ved det. Kedeligt at hun kunde sige det; men selv om hun – maaske af en Slags Stædighed – ikke vil betragte dig som de [”de” overstreget] sin Moder, saa kan der jo existere varme og stærke Forhold mellem en ung og en ældre, og hvis du bygger paa det og yder hende og hendes Familie Godhed og Venskab – skulde der saa ikke paa det Grundlag kunne udvikle sig et Forhold mellem dig og hende, som du kan faa Glæde af? Men de Tanker har du vel selv forlængst tænkt. 
+Tak for dit lange Brev og for det tilsendte – jeg skal senere komme tilbage til det, naar jeg i Morgen – Helligdag – maaske faar lidt mere Ro; i Øjeblikket burde jeg egentlig være ved mit Arbejde, og det giver ikke Ro i Sindet. Men jeg kan fortælle dig om vor store, glædelige Begivenhed her, at Tinge og Mary alligevel gifter sig – og allerede Pinselørdag hvis de da faar Papirerne i Orden inden den Tid. Tinge rejste pludselig til Kbhn. – hvor hun jo er Sygeplejerske – og da han jo [”jo” overstreget] kun vilde blive borte en Dags Tid el. to, var det jo tydeligt, at det var Ærinde han havde i Staden, og ikke svært at regne ud hvilket. Jeg føler mig overbevist om, at det fra hans Side er et Fornuftgiftermaal - - forstaar du, her trænges til et ungt Element i Huset og han kan heller ikke vedblive at leve i enlig Stand, han hører jo ikke til dem, der kan dyrke Udenomsforbindelser. Det lyder grimt kynisk, men er der egentlig noget at sige til det; han ved, at han gør alle en Glæde med det, først og fremmest Mary - - å, men jeg burde ikke sidde og fæste noget saa intimt til Papiret og det er jo ogsaa kun mine egne Betragtninger; Tinge har før talt fortroligt med mig om sine Forhold, men ikke nu om dette sidste. Lad os haabe, Dis, at det bliver til Lykke og Gavn for de unge. For mig er det jo en Himmelens Naadegave; og Mary og jeg elsker hinanden – hun kaldte mig jo en Gang ”Verdens elskeligste Svigermoder”; det var en Gang i deres første 
+2.
+Forlovelsestid, at en eller anden spurgte hende, hvor hun turde indlade sig paa at gaa i Hus sammen med sin Svigermoder, at Mary dertil svarede”Jo, for jeg har verdens dejligste [”dejligste” overstreget] elskeligste Svigermoder! Gud give, at hun kan blive ved at have den Mening! Jeg skrev straks til hende og fik et ovenud lyksaligt Svar – ja ja, den Lykke, hun føler i Øjeblikket, den har hun da, det lille kære Menneske. Jeg vil sætte alt ind paa, at hun skal faa det godt og haaber paa, at Tinge vil gøre det samme. Agraren og hun skal sagtens trives; jeg tror, jeg tør attestere, at han vil blive en elskværdig Svigerfader. Det var en stor Begivenhed ikke? Jeg gaar svanger med en Sang eller rettere to; en lidt lystig til Tinge, Mel: Tingelingelater – og en noget finere i det til Mary, Mel: Solen synker nok saa smukt. Jeg haaber der bliver Brug for dem; et Gilde skal Mary nu have, selv om det ikke bliver paa selve Dagen; jeg har endnu ikke talt med hendes Forældre, kan jo saa vanskeligt komme til Kjertem. haaber de kører herop, de har jo Bil. Mary kommer hjem til Maj. Nu op til Daad – vi ”ses” senere 
+St. Bededag. Alt for lang Tid har mit Husarbejde taget mig i Dag – Eftermiddagen er svunden ind til et Par Timer og jeg skulde tage meget Fejl, om ikke et eller andet vil komme og forstyrre mig. – Lad mig nu gaa til min anden store Begivenhed: vi har haft Besøg af Tutte; d. 12te April var det jo 100 Aar siden O. Syberg blev født og hun vilde i den Anl. gæste Heden Kirkegaard paa Dagen; Elle fik nu Broderparten af Besøget – du ved nok, at hvem der har meget, ham skal mere gives – jeg tænker paa Elles rigelige Adgang til at se sine Medmennesker, Rejser t. Khhvn, Besøg hos Tutte i Hillerød og en kolosal Omgang i Kjerteminde – men der kan man se, Bibelens Ord staar dog immer til troendes! Tutte var vældig sød og vi havde det dejligt sammen fra Torsdag Eft. til Lørdag Formiddag. Hun har altid Held med sig m. Hensyn til Agr. og det pynter jo unægtelig paa et Besøg. Vi drøfter mange Ting, ogsaa en hel Del Antroposofi; det bestod jo mest i at jeg spurgte og hun fortalte, mens jeg af og til indskød, at det var mig umuligt at kapere det; men det er jo helt morsomt og Tutte tager mig da heller ikke min Skepticisme ilde op, men ler bare lidt ad mig. Her skete ikke andet, end at vi sad og snakkede, Byger og Tuttes Mangel paa Gaa-ud-Fodtøj udelukker Ture. Vi talte ikke om dig – vi undgik vist begge to for ikke at komme ind paa Svensson-Sagen [”Sagen” indsat over linjen], som jeg nødig hører Tutte udtale sig om. Maaske er det ogsaa traadt i Baggrunden efterhaanden? Jeg viste hende selvfølgelig ikke dit Hørespil – det maa tilkomme dig selv at vise hende det.
+Tak fordi du sendte mig det; du har selvfølgelig Ret i, at jeg umuligt kan goutere det som det vil kunne gouteres af en, der har samme Indstilling, som du; men lige saa selvfølgeligt kan jeg se og glæde mig over det smukke i det og de gode Vers
+3
+Det morer mig at genfinde Rytmen i fra [”fra” indsat over linjen] vor Barndoms beundrede henrivende Vers af Kaalund, som jeg for Resten halvvejs har glemt: Mor, Mor, ingen kan lide os – se, se Hunden vil bide os – ak, ak Drengen vil ride os, sønder og sammen hver evige en. Og saa kommer Andemors beroligende Svar. Du kalder det et Hørespil; vil det sige at det er tænkt at komme i Radioen? Jeg troede kun de havde Halløj-Ting der, og dit smukke Stykke skulde dog nødig gaa i Traad med ”Familien Hansen” og andre Vittighedsnumre. Du skrev lidt om – mulig England: men oversatte Vers er jo næsten altid umulige. Var ikke snarere Vidar den Plads, hvor det bedst vilde komme til sin Ret? og blive læst af forstaaende Mennesker? Tak fordi du sendte mig Manses aabne Brev. Jo, det var udmærket. De stakkels Tyskere som har klare Øjne nok til at se det bestialske; hvor maa de lide! Vi behøver blot at tænke paa, hvis det gik [”gik” indsat over linjen] her i Dammen (utænkeligt selvf.) og det var os, som skulde leve borte fra Land og Hjemstavn og derfra følge vore danske Landsmænds Fornedrelse. – Har de virkelig ikke neglet Dr. Sechendorfs Formue? Jeg kan næppe tro andet; saa er de i hvert Fald knap saa slemme, som jeg saa dem an for. Maa jeg vente med at sende Vidar Heftet som [”som” overstreget] til jeg kan faa en stor Konvolut: Vi skal jo til Kjerteminde for at erholde en saadan. 
+Mel. Tingelingel.
+Tinge vaagned’ op en Morgen
+Af det hele led og ked
+”Muttersene her paa Borgen” 
+(Gamle tæller ikke med) 
+Persvend, nej fy for Pokker
+er der ingen Mening i
+Ægtestand, hvor sødt det lokker
+op til Daad og ud at fri 
+Ind til Staden fluks han hasted’
+bankede paa Marys Dør.
+Al Generthed bort han kasted’
+”sig mig om du vil og tør
+komme med mig til vor Rønne 
+blive der min Ægteviv
+jeg kan ikke gaa og drøne (!)
+Enlig Stand er Hundeliv”
+Mary hun fik ondt af Staklen,
+sig bestemte i en Fart
+Gav sit Jaord [”Ja-Ord” indsat under linjen] uden Vaklen 
+Klar til Bryllup det er snart
+Nu vi tror at alt ret makker
+Kø’r og Heste trives vil
+Muligvis en Avlskarl vakker
+I ad Aare lægger til
+Og vi svinger højt vor Fane
+ønsker at det godt vil gaa
+Heldet følge Jeres Bane
+Lykke til – og saa kil paa!
+Lørdag Morgen Desværre maa Brevet jo allerede af Sted i Dag, da vi jo ikke kan afsende Breve om Lørdagen. 
+Nu skrev jeg saa den lille Vise, som det maaske kan more dig at se; den er jo noget tynd, men hvad hvis Stemningen er god, kan meget glide. 
+Hvor det glæder mig for Axel, at han nu har lidt (el. meget) bedre Forhold paa sit Kontor; det har jo uendelig meget at sige, naar han tilbringer saa mange Timer af sit Liv paa saadan et muggent Kontor. – Jeg læste nu dit Brev igennem igen. Hvor er der meget meningsløst i den Nazi-Regering. De vil med Vold og Magt af med Jøderne, men naar Dr. Sechendorfs Broder vil emigrere, kan han mulig ikke komme derfra. Det lyder meningsløst. Tror du ikke, det hænger saadan sammen, at han ikke kan faa sine Penge ud af Landet og derfor er afskaaret derfra? - For Resten havde jeg en svag Fornem
+4. 
+melse af, at Regeringen var begyndt at blive lidt mere normal (jvf. Landsbury´s Besøg hos Hitler) men maaske de er for dumme til at tage ved Lære af Landets Tilstand; de bliver vist mere og mere forarmede fordi alt skal gaa til den forbandede Oprustning – hvilket atter vil sige Storkapitalen. – Lad os haabe Tyskerne kan faa lavet Omvæltning uden Borgerkrig; de har dog før lavet en saadan – i Slutningen af Verdenskrigen – uden at der blev udgydt en Blodsdraabe; men selvf. er jo de to Situationer meget forskellige. Lad os haabe det bedste for det stakkels tyske Folk. 
+Du skriver at vi faar ikke Verdensfred, før hvert enkelt Menneske bliver bedre – altsaa fredelig indstillet; nej, det er sikkert rigtig nok, men det er jo ogsaa det Fredsvennerne arbejder så hardt med. Man har jo Slagordet ”Sindenes Afrustning” og Dr. Muncks [”c” i ordet overstreget] Tale i Geneve for nogle Maaneder siden – husker du nok – var jo det selvsamme som du siger. Jeg har saa tit kørt frem med den Betragtning ”Du og jeg og mange med os er Fredsvenner, og naar vi er det og saa er [”er” indsat over linjen] helt opfyldt af den Indstilling, at end ikke vor pekuniære Fordel vilde kunne rokke denne Indstilling - saa ligger det indenfor Mulighedernes Grænse, at alle kunde blive Fredsvenner og saa – voilà – Verdensfreden!” Der gøres jo et kolosalt Arbejde Verden over paa denne ”moralske Afrustning” og selv om vi intet ved om Udfaldet er det dog en god Fornemmelse at være med i det Arbejde. For mit Vedkommende blev det Slut, da jeg kom her til Lindøgaard, men har dog viet Arbejdet en Del af mine Kræfter før den Tid; endog holdt Foredrag. - - - - -
+Verdensanskuelse – nej, jeg har ingen! For noget negativt er jo nu en Gang ikke noget positivt. Jeg har ikke megen Intelligens – det skal Guderne vide, men den Smule jeg har, synes jeg, fortæller mig, at det er ufatteligt – det er vel alle enige om [”enige om” indsat over linjen] selv Videnskabens Dyrkere, som du synes at have et Horn i Siden paa; at alle rettænkende Mennesker maa forkaste, at Kemikerne laver Giftgassen er jo indlysende, men de er jo ogsaa kun Mennesker og de [”de” indsat over linjen] sætter sig derved i Klasse med alle de mange, der paa anden Maade fremmer og ophjælper Krigene. Men selve det at Mennesker vil udgranske Naturens Hemmeligheder og gøre sig til Herre over Stoffet kan jeg ikke med min bedste Mening se noget forkert i, og hvor ved du noget om Videnskabsmændenes Indstilling overfor Tilværelsens Gaader? Kender du James Jeans Bøger? Astronomi i nogenlunde populær Form – dog for en stor Del over min ringe Fatteevne; den, jeg har, hedder ”Universet” og efter denne lange tykke Bogs Udredelse om Stjærner og Æter, rent videnskabeligt selvfølgelig, skriver han i Slutningen, hvor han taler om Stoffets Tilblivelse disse Ord: ” For at faa en konkret Forestilling om en saadan Skabelse kunde vi tænke os, at Guds Finger satte Æteren i Svingninger og dermed gav Anledning til Skabelsen”. En saadan Guds Finger maa vel alle tænkende Mennesker mene existerer – det der skiller din Opfattelse fra min er blot det, at du tror – nej ved - at du ved Besked med Fingerens Indehaver, mens jeg mener, at vi Mennesker ikke kan have det allerfjerneste Begreb om den Kraft, Gud 
+5.
+Skaberen eller hvad Navn vi nu vil give det store – ufattelige -. Alle de mange mange Religioner er Udslag af Menneskers Trang til Viden om den Ting – el. lad mig sige Gud – og de er jo saa i Regelen ogsaa ”blevet kult [”kult” overstreget] moralske Faktorer [”], hvilket jo i høj Grad har berettiget deres Existens og er bleven til Velsignelse for Menneskeheden. Og det være da uendeligt langt fra mig at forsøge at rokke ved Menneskers religiøse Overbevisninger. Hvad der ikke mindst har oprørt mig ved russisk og tysk Diktatur er deres Arbejden paa at fratage Folkene deres Religion; de tager Brødet fra dem, men deres Trøst - Religionen – kunde de mintro dog gærne lade dem beholde, hvis den styrker dem i Tilværelsens Lidelser, og det er der jo ingen Tvivl om, at den gør. – Kan det kaldes at have en Livsopfattelse, jeg mener nej. 
+Der er for Resten en lille Ting i dit Brev, jeg maa skrive lidt om; du skriver: ”Du er Fredsven, men ogsaa Ven af en Videnskab, som bl.a. laver Giftgas - - ” Nej søde Dis, det er for overfladisk en Betragtning; for hvem mener dog at Videnskaben er ufejlbarlig? At jeg man [”jeg” overstreget; ”man” indsat over linjen] skal knæle for den og sige Ja og Tak for alt, hvad den laver? Man skal da ikke fordømme al Videnskaben, fordi den fejler paa visse Punkter. Det kan for Resten godt være, at Videnskabsmænd ikke tænker paa Mennesker, at de i ualmindelig Grad opsluges af deres Arbejde, men saa maa Mennesker jo om hvad af de videnskabelige Resultater de vil udnytte og hvordan de vil udnytte den - - og det gør de altså nederdrægtig skidt paa Gassernes Omraader. Men maa vel lidt opvejes ved den medicinske Videnskabs Virksomhed; hvis den finder ud af noget, som kan hjælpe mig af med min Gigt er det dog et Plus, hvor det andet er et Minus!
+Tror du ikke, du kan give mig Ret i nogle af disse Betragtninger? Og kan du ikke det gør det da heller slet ingen Ting; vi holder jo ikke af hinanden hverken for vores Tros eller Ikke-Tros eller vore Egenskabers Skyld, men fordi der er Sympati imellem os og er de gode Søstre og Venner som vi altid har været og som vi vil vedblive at være til ”Løbet” bliver Slut. Nu maa Brevet ogsaa snart være Slut; nu vinker Pandekagerne – de desværre endnu uskabte Pandekager – efter mig.
+Senere. Tænk nu kom Posten længe før sin Tid, nu venter han mens jeg faar dette lukket
+Tusinde af alt muligt – 
+Din Junge</t>
+  </si>
+  <si>
+    <t>1937-09-12</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Lindøgård</t>
+  </si>
+  <si>
+    <t>Hans Christian Branner
+- Ferlov
+- Hansen, hushjælp, Kerteminde
+- Heiring
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Jeppe Larsen
+Johannes Larsen
+Urban Larsen
+Vilhelm Larsen
+Kirsten Larsen, Elena Larsens veninde
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Christine Swane
+Lars Swane
+Ane Talbot
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror, Vilhelm/Klaks, og hans familie boede på skovridergården Rørdam. 
+Det vides ikke, hvem Asmussens søn, Mama og Aggi, Ingrid Ravn, Fru Knarreby, Bertel og barnepigen var. Søster var der flere i Larsen-familien, som blev kaldt. 
+Vilhelm/Klaks Larsen og Sigurd Swane havde en brevveksling om Lars Swanes fremtidige erhverv. Sigurd Swane ønskede, at Lars skulle uddanne sig indenfor skovbrug.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0416</t>
+  </si>
+  <si>
+    <t>Marie Larsen har været til Henning/Bror og Kirstens bryllup på Rørdam. Lars Swane var ikke inviteret, for Vilhelm/Klaks var utilfreds med, at han ville være maler. Da Christine Swane erfarede dette, tog hun heller ikke med. 
+Marie m.fl. var på køreture fra Rørdam. De var i Jylland og i Odense. Derefter var hun ca. 10 dage i Kerteminde, hvor hun hjalp med at passe børnene. Ane/Lillepigen var blevet nemmere at omgås. Marie var på rådhuset i Odense og se Johannes Larsens freskoer, og de besøgte Farbror Urban på næsten 90 år i Svendborg. 
+Christine Swane arbejder på værker til Grønningen. Hun og Marie har fået nye genboer, og de er omgivet af mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7pLM</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 12 – 9 – 37.
+Kære lille Bi / Endelig får jeg begyndt på Skriveriet. – Da jeg skrev Din Fødselsdagshilsen skulde jeg jo Dagen efter rejse til Rørdam til Bror og Kirstens Bryllup. Henning hentede mig i Ejby, han var Dagen før kommen hjem fra en Biltur i Norge sammen med Ditte, en af Asmussens Sønner og en anden ung Pige, de havde kørt rundt i 14 Dage, ligget i Telt og moret sig godt, både han og Ditte var så solbrændte; hun var med til Bryll, jeg syntes hun var så sød, kedeligt at de ikke kan lide hende på Rørdam. – Vi morede os godt til Festen, der var kun det kedelige at Uglen ikke var med; det kom af at vi var inviteret derover i Sommers og troede at Invitationen gjaldt os alle 3; men så viste det sig at Lasse ikke skulde med; på Rørdam er de vrede over at Lasse er begyndt at male og så vilde Klaks ikke have ham med og da Uglen og Lasse havde bestemt at de vilde ud og male sammen, tog de til Båstad sammen ["sammen" overstreget] i Stedet for ["i Stedet for" indsat over linjen] Uglen vilde selvfølgelig heller ikke derover når hun fik at vide at Lasse ikke er velkommen. – Jeg var på Rørdam en Uge, Søster var hjemme og Ingrid Ravn boede hos Mama og Aggi, hun kom ned hver Dag og vi gik i Vandet sammen; Søster har fået Kørekort, den sidste Dag kørte hun for Gudrun og mig Fru Knarreby og Aase K. til Lillebæltsbroen vi kørte over den og lidt ind i Jylland, det var en dejlig Tur; Dagen efter kørte hun for Gudrun og mig til Odense, vi var til The hos Kirsten, Bror og Henning kom også og de skulde da alle 3 med til Rørdam, (det var en Lørdag), Bror og K. har faaet en yndig og hyggelig moderne Lejlighed, en Mængde Brudegaver fik de, blandt andet Billeder til at hænge på Væggene; af Uglen, Lasse, Las, [ulæseligt] og Bertel; da de andre kørte, gik jeg til Banegården og tog til Kerteminde, hvor jeg var en halv Snes Dage; Du kan tro de 2 smaa er søde, Lillepigen taler nu så fornuftigt og lille Jeppe siger alting bagefter, det er en dygtig Dreng og lille Ane er blevet meget blidere, det er sjældent hun er arrig nu; jeg havde meget med dem at gøre da Barnepigen havde Ferie og Else og Frk. Hansen havde travlt, jeg gik til Stranden med dem, hvor de morede sig herligt med at samle Skaller; mens jeg var der var vi alle en Eftermiddag ude hos Elses Forældre og Else og jeg var på Rådhuset og se Las's Freskoer; den sidste Søndag jeg var der var Las, Puf og jeg i Svendborg for at se til Farbror Urban, han var meget glad over at se os og havde det virkelig forbavsende godt, han ser og hører dårligt, men ellers rask og i godt Humør, tænk han bliver 90 i December; Familien var umådelig elskværdig de har fået bygget et Sommerhus på Thurø og da vi havde drukket Kaffe kørte vi allesammen derover, det varede kun 10 Minutter, der var dejligt, det lå helt nede ved Stranden begge Døtrene havde Kajakker; vi var der en Timestid og kørte så hjem til et overdaadigt Aftensbord; KL. 9 kørte 
+[Skrevet på tværs øverst på s1:]
+X Sverrig og 3 store og nogle mindre Akvareller i Kerteminde og nu skal hun male i Birkerød så hun kan få en god Udstilling på Grønningen i Januar. Heirings har bygget dem et dejligt nyt Hus i en Del af deres Have og solgt det andet og vi har fået Fru Ferlov til Genbo, hun har lejet det ny Hus nede ved Søen for 2 År; Hans Christian Branner har ogsaa lejet i Birkerød i Skrivergaarden, ikke så langt fra os, så vi har snart mange gode Venner derude. Nå nu må jeg vist slutte, det er da et nogenlunde langt Brev selv om det ikke er særlig morsomt. -
+[Skrevet langs venstre kant på brevets s1:]
+Hav det nu godt til vi ses kæreste Bi, hils Manse mange Gange når Du ser ham og tusind Hilsner og Kys til Dig selv fra Rie. – 
+[Skrevet på hovedet øverst på s. 1:]
+Alle på Lundsgård hilser. – De små Hunde er henrivende.</t>
+  </si>
+  <si>
+    <t>1938-02-09</t>
+  </si>
+  <si>
+    <t>Sallinge Kro pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Thora Cohn
+Alfred Fly
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Axel  Müller
+Ellen  Sawyer
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Mary Warberg Larsen
+Laura Warberg Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Lars Christian/Laders Balslev boede efter sin pensionering på gården Erikshaab nær Sallinge. Gården var tidligere beboet af warberg-familien. 
+Minna og Andreas/Dedde Warberg holdt sølvbryllup 1913.
+Else og Andreas/Puf Larsens datter, Thora, g. Cohn, blev født i huset på Møllebakken i Kerteminde 19. jan. 1938. 
+Herman Upmann var en tysk bankmand, hvis kærlighed til Habanos førte til, at han slog sig ned i Havana i 1844 og fandt en bank og en Habanos-fabrik i denne by. Med tiden lukkede banken, men hans mærke af cigarer fortsætter i dag som et eksempel på den mest raffinerede Habanos middelstyrke smag Habanos (søgning på internettet jan. 2024).
+Det vides ikke, hvad Marys forældre hed og den gamle krokone i Sallinge kendes heller ikke.,</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0597</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen forstår godt, at Astrid/Dis bor på kro i stedet for privat. Johanne kommer ikke til Erikshaab, for hun skal til København i længere tid i marts.
+Saneringslånet er nu sikret, så Johanne vil betale, hvad hun skylder Astrid.
+Mary ligger syg hos sine forældre i Kerteminde. Johanne har besøgt hende samt Ellen Sawyer og Else og Andreas/Puf Larsen, som netop havde fået datteren Thora. Hun blev født samme dag, som Andreas/Dedde og Minna havde sølvbryllup. Johanne hyggede sig hos Johannes Larsen, og det har hun ikke altid gjort. Han har i øvrigt solgt billeder for 10.000 kr. hos Winkel og Magnussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QBkJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Febr. 1938
+Fru A. Warberg Müller
+p.t. Sallinge Kro
+pr. Højrup St
+læst ons. 14-9-2005.
+[Skrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:] 
+Lindøgaard
+9 - 2 – 1938
+Kære lille Dis!
+Tak for dit lange Brev, jeg blev glad, da jeg saa, at du vilde tage til Sallinge, gid du nu maa faa rigtig godt af dit Ophold der, jeg forstaar godt, at du har bedre af ikke at bo i et privat Hjem - Fornemmelsen er helt anderledes man er paa mange Maader saa ansvarsløs, naar man bor paa Kro el. et andet lgn. Sted. Min første Indskydelse var at skrive straks, men da jeg skulde til Kjertem. i Gaar – paa Barselsvisit hos Else og Puf mente jeg, du skulde høre lidt om den Tur med. Maries - den gode – skrev om jeg ikke kom derned, mens du var i Sallinge; husk nu at aflevere denne Besked: hils hende saa mange Gange, tak hende for hendes Brev og for Indbydelsen; det er fristende, men jeg synes ikke, jeg vil spænde Buen for højt; nu skal jeg jo til Kbhvn. i Marts og vil gærne være borte en ret anselig Tid – mindst 14 Dage; måske ser jeg Marie og Laders der, de skal jo derind i Marts. Jeg har altid saa mange Breve at skrive; det gaar nok med din mundtlige Hilsen til Marie. Du skrev ikke hvor længe du bliver der. – En lille Forretningssag vil jeg nævne med et samme: nej, du kan tro nej, søde Dis, jeg vil ikke beholde Marcipan-Pengene; jeg har let ved nu at skaffe alt til Rejsen henhørende – nu regner vi jo sikkert med Saneringslaanet – Tiderne bedres og vor Bedrift her bedres, saa jeg vil betale, hvad jeg skylder Jer og runder af lidt op ad, fordi det er nemt at sende en X Fem’er i et Brev. Tak for dit tilsendte Brev fra Minna, hvor har hun dog været glad ved den Fest. Jeg har ikke set nogen af Sangene, håber [”håber” overstreget] dine kan jeg jo da faa at se, naar jeg kommer derind. Jeg skal tage nogle Vintergæk-Løg med til dig. 
+Jeg havde dobbelt Ærinde til Kj. i Gaar, idet Mary ligger syg inde hos hendes sine? [”sine?” indsat over linjen] Forældre. Det er en ordentlig Omgang Tarmhistorie, hun har raget sig til; hun vilde absolut selv tage ind til Kjert. for at gaa til Læge i Stedet for at faa hend [”hend” overstreget]ham herud; hun var temmelig elendig, da hun kom derind og hendes Mor puttede hende straks i Seng – i Faderens, saa sover han ovenpaa i Gæstekammer. Dr. Fly har tilset hende tre Gange, nu er hun begyndt at komme lidt op og det mentes, at der ikke vil gaa saa lang Tid inden vi ser hende igen. Hendes Mor gav mig en liflig Kop Kaffe, det kvæger altid, naar man har rejst. Saa drog jeg op til Elle, som ikke vidste, at jeg kom og blev lykkelig, især da jeg lovede at komme til hende ved 2 Tiden og drikke Kaffe hos hende. 
+Else ventede mig til Middag og jeg fik saa Ungerne at se inden de tørnede ind til deres Middagssøvn; de er saa glade ved os, naar vi kommer, og det skønt vi aldrig har Slikkeri med til dem; det ses nødig, hvilket er vældig fornuftigt. Jeg synes de to kære Unger er saa tynde og splejsede og lidt blege, men der bliver gjort, hvad der kan gøres, og de er meget ude, siger Else. Den sidste lille ny blev født paa Maries Fødselsdag d. 19de kort efter Midnat, saa den egentlige Fødselshurlumhej var jo den 18 – Sølvbryllupsdagen hvorfor de ikke fik telegraferet, hvilket jo havde vakt lidt Eftertanke hos dem deroppe; Christine ringede fra Kbhvn. da hun kom hjem for at høre Grunden. De havde fin Middag til mig Bøf m. Løg og Figengrød med Flødeskum, god Kaffe og en Upman ovenpaa. Jeg hygger mig efterhaanden saa godt derovre – du ved det har aldrig været min stærke Side at hygge mig hos Lases – men det gør jeg altsaa nu, ogsaa naar Las er der; han er i Kbhvn. for Tiden (Udstilling hos Winkel &amp;amp; Magnussen, solgt for 10,000 Kr) men da jeg var derinde at købe Sølvbryllupsgave, var han der og var saa sød og hyggelig og snaksom. Den lille nye var en vidunderlig dejlig lille Pige, mægtig mørkebrun Haar, smukke blaa Øjne og ret stor hun vejer allerede 7 Pund [tegn for pund] – 7 staar der – Else ser derimod sløj ud bleg og hærget; det er jo maaske ogsaa lidt vel rask, de to smaa Unger er kommen; Ane fyldte først 3 Aar 1st Okt. 
+Dette er skrevet lidt i Jag, jeg venter Posten og desuden venter Ægmaskinen paa mig, naar Mary ikke er her, hjælper jeg jo Skipper. Her er intet nyt, alt er vel; Drengene laver sam. med Naboerne Vejforbedring herfra og op til Hjørnet. 
+Hils Laders og Marie og d. gl. Krokone fra mig.
+Tusinde Hilsner! Din Junge.
+[Skrevet langs venstre kant s2:]
+X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
+  </si>
+  <si>
+    <t>1938-02-13</t>
+  </si>
+  <si>
+    <t>Sallinge Kro</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Drude Jørgensen
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Karen Pilegaard
+Lars Pilegaard
+Valdemar Rørdam
+Jørgen Schou
+Karl Schou
+Marie Schou
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem baronessen og professoren var. Gudrun på Sallinge Kro kendes heller ikke. 
+Drude Jørgensen købte en samling af Johannes Larsens oliemalerier med motiv fra H.C. Andersens Den grimme Ælling til ophængning på Fyns Forsamlingshus.
+Else og Andreas Larsen fik i 1938 datteren Thora.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0771</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt har det dejligt på Sallinge Kro. Hun nyder at høre fynsk tale igen og at møde søde mennesker. Måske skal hun en tur til Munkebo Kro og vil i så fald besøge Johanne/Junge Larsen.
+Astrid har besøgt Fyns Forsamlingshus og set Johannes Larsens billeder. Hun har også set Alhed Larsens stokroser og Karl Schous interiør med mor og barn på Stiftsmuseet. 
+På Ølstedgaard besøgte Astrid professoren, som læste højt af sine digte. Hun har været i Ryslinge og høre Rørdam samt på besøg på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsmJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside med kuglepen:]
+1938
+13’ febr. Sallinge
+[Håndskrevet på kuvert forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+[Skrevet på kuvertens forside med kuglepen:]
+20-5-03
+[På kuvertens bagside:]
+A Warberg
+Sallinge Kro
+[I brevet:]
+Sallinge Kro, Søndag d 13’ Februar 1938
+Kæreste søde Junge!
+Tusind Tak for dit lange goe Brev, der helt igennem var så veltilfreds i Tonen hvor er det dejligt at mærke, Junge. Også Tak for Femmeren, som jeg var dybt rørt over. – ja, den kan netop forlænge dette herlige Ophold med en Dag – ja, næsten to! Jeg bliver for hver Gang mere glad ved at være her – falder mere og mere til alle Steder og befinder mig usigelig vel – bedres Dag for Dag i Hode Nerver - Mave – alting. Jeg Dåre, der til at begynde med – ifjor – havde tænkt mig en absolut ensom Tid, tilbragt på Værelset med fromme Studier – jo, Godmorgen. Det faldt ganske anderledes ud. Og nu bagefter ved jeg dog så godt, at hvor jeg end har været i Verden, hvor meget kønt jeg end har set af Lande – Natur – Landskaber - - så var det dog altid Mennesker, der gav Indhold og Dybde til det altsammen. Det fornyende og forfriskende herovre er: de nye Mennesker, det nye Milieu, det nye Sprog – nyt og dog gammelt – anderledes, helt helt anderledes end det tilvante – deri består den store rekreation for mig. Jeg bliver ikke træt af at lytte til det elskelige fyenske Bondemål, de pudsige Vendinger, de overraskende Udtryk, der i Klang og betoning er så malende; og så er det jo også bedårende overalt at blive mødt med åbne Arme – alle er så søde imod mig, så jeg synes, jeg danser på Roser. Hver ny Dag er fuld af nye små Oplevelser, hver Dag fortæller noget nyt. – 
+De snakker forresten om hernede på Kroen, at de længe har planlagt en Biltur til Munkebo Kro - ! så du skal ikke blive alt for forbavset, hvis vi en Dag ruller ind på Gårdspladsen hos Jer! For hvis Planen realiseres, mens jeg er her, så tænker jeg jo nok, at de springer Kroen over - - vilde du blive forfærdet? Nå, nu får vi se, hvad det bliver til.
+Unge Krokone – Gudrun, er ved at få nye Tænder, jeg tog en Dag med ind til Odense, gik op på Forsamlingshuset og bad en Pige vise mig Selskabslokalerne, da det var lidt tidligt på Formd. vilde jeg ikke spørge Drude – men pludselig stod hun ved Siden af mig! opfordrede mig indtrængende til at besøge Professoren, sagde at hun snart kom til Ølstedgård og vilde så ringe til mig; så gik hun igen, skulde hvile sig efter et Nattebal. Jeg henfaldt i Henrykkelse over Lases underdejlige Værker - var fuldkommen betaget og havde den Lykke at være muttersalene hele Tiden – næsten en Time gik og sad jeg og indsugede de skønne Billeder. Så gik jeg over på Stiftsmusæet, så de gamle oldsager fra Espe og Nybølle o.m.m. Landede i Malerisamlingen og stod pludselig overfor et henrivende Billede af Be – røde Stokroser i Haven, det var overvældende. Der var også et af Karl Schou – Interieur med Mor og Barn – Buf som spæd! En interessant Tur i det hele taget. Om Aftenen Kl ½ 8 ringede Professoren til Kroen, om han 
+2)
+måtte sende en Bil over efter mig, Drude havde ringet til ham, at jeg var der. Det lod jeg mig jo ikke sige to Gange, det passede mig ovenud godt efter den stærkt intellektuelle Dag med Billedkunsten og en Henrykkelse, der ikke rigtig lod sig afsætte i Kroen. 
+Og så oplevede jeg derovre på det gamle Ølstedgård noget – ja, noget af det mærkeligste, jeg endnu har været ude for. 
+Ja, du véd det vel, men jeg vidste det ikke – at Professoren er fuldkommen helbredet – han sagde selv, det er intet mindre end et Mirakel. Et forvandlet Menneske, en Rénaissance; en Mand, fyldt med Spiritualitet og sprudlende Livslyst, lykkelig – strålende, åh, Junge, noget så vidunderligt at opleve. Er noget så dejligt som at møde et lykkeligt Menneske, en helt afklaret Aand, der stråler et Lys ud fra et sådant Menneske, som det er en stor Lyksalighed at opleve.
+Og ved du, hvad hele Aftenen gik med? Han læste sine Digte for mig! Junge, han bliver berømt! De var pragtfulde – og han læste dem pragtfuldt – selv lykkelig over at have skabt dem; det var Vers i alle Tonearter, dybsindige, vise, dystre, dødsens - - om Døden – om Alderdommen – om Tungsindet – og om Livsglæde – Ungdom – Elskov – ”Synd”, Dyd – og så var der et ganske henrivende om den gamle Hankat, Rasmus, ja, du kan ikke tænke dig, hvor det alt sammen var sublimt – jeg var i den syvende Himmel. Naturligvis frydede det mig også, at jeg var den første, han læste dem for; og naturligvis frydede det ham at have så god en Tilhører!
+Ja, du kan tro, at det var en Aften. 
+Da Pigen skulde køre mig hjem (Regnvejr) – måtte vi jo bryde op i menneskelig Tid, han fulgte med i Bilen til Kroen. 
+I Aften er der Karneval på Kroen; jeg har hos Pilegårds lånt en pragtfuld, kongeblå Vadmelskjole fra forrige Aarhundrede, og et strålende Hovedklæde af tyk, rød, blomstret Silke. På Søndag skal jeg med dem i Ryslinge Kirke at høre Rørdam. I Søndags var jeg til Middag på Erikshåb, vi havde en yndig Dag – Vejret mild Solskin, Haven myldrede med Eranthis og Gækkeliljer. Tak for lovede Løg! husk dem endelig. I Fredags var jeg hos Baronessen til megen Filosofi – vi to alene, hun er nu sød. I Morgen er jeg bedt til at overvære Pølsestopning hos Fru Pilegård – senere til stort Pølsegilde. Ja, der er hver Dag noget, og jeg nyder det altsammen. Bliver så længe jeg kan – måske til 1’ Marts Axel synes så afgjort, jeg skal. 
+Hvor er det trist med Marejes Sygdom, det er da ikke noget alvorligt? hun ser ikke robust ud. Dejligt med Elses lille nye. Hils nu alle mange Gange – hvor herligt for dig at have den elskelige Bibbe! hils hende specielt. 
+Og at Vejen bliver lavet – og Lånet trækker op – 
+Tusinde Hilsner fra din Dis</t>
+  </si>
+  <si>
+    <t>1938-04-25</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Kirsten Hjorth
+Niels  Junker
+Drude Jørgensen
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Martin Larsen
+Vilhelm Larsen
+Kirsten Larsen, Elena Larsens veninde
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Fritz Syberg
+- Vesterdal
+Thora Vesterdal
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Bents bedstemor og professoren var. 
+Udstillingsbygningen ved Odense Å hedder Filosoffen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0418</t>
+  </si>
+  <si>
+    <t>Johanne Larsen ønsker tillykke med fødselsdagen. 
+Det er koldt og tørt, så Johanne er bekymret for høsten. 
+Kirsten/Pelle Hjorth er begyndt at komme på besøg, og det er hyggeligt. Pelle synes, at der er meget "vrøvl" hjemme hos hende selv. 
+Johanne og Adolph har fået lam og kalve. Drengene fisker, og de kan af og til sælge af fangsten. 
+Johanne m.fl. har været i Odense for at se Forårsudstillingen. De mødte et katolsk konfirmationsoptog. Johannes Larsens billeder var dejlige, men Johanne brød sig ikke om de fleste af Sybergs. Efter udstillingen besøgte hun Henning/Bror og Kirsten, og til sidst spiste de i Fyns Forsamlingshus. Her mødte de Professoren, som opførte sig mærkeligt og var sørgeligt forandret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vy50</t>
+  </si>
+  <si>
+    <t>Lindøgård d. 25-4-1938
+Kæreste lille Dis!
+Nu er Piben tændt, en lille Kaffetaar ved Siden og nu skulde det saa gærne gaa løs med Fødselsdagsbrev til dig. Solen straaler skønt og lover fint Vejr til i Morgen. Allerførst skal jeg da have nedskrevet alle mine gode og varme Ønsker for Dig – eller i hvert Fald en Brøkdel, dem alle kan Papiret umulig rumme!! Naa, lad mig nu ikke blive for gevaltig, men i al Jævnhed ønske dig en god Dag og et godt Aar! Intet Ønske kan vel være mere paa sin Plads end det, at Du maa have din kære Axel frisk og stærk. – Jeg tænker mig at Du har lavet og laver noget Festlighed for Dagen, som Du jo altid forstaar at lave noget Festlighed i dit lille smukke Hjem. Du kan tro, jeg glæder mig til ved at tænke paa, hvor yndigt vi havde det – Skæbnen er os dog ret god ved at lade os ses af og til, Tiden er heller ikke mere til at forsømme sligt, vi har ikke mere de Oceaner af Tid foran os som tidligere, da Tiden laa lang og forjættende for os. Nu begynder vi - jeg ihvert Fald – at tælle de fremtidige Aar paa Fingrene. Og selvom Aarene blev mange, var det jo næppe muligt at Hjernen vilde holde, saa man kunde have Glæde af Samvær. Bents Bedstemor, som kun er sidst i 70erne, kan ikke en Gang kende sine nærmeste. Her staar alt vel til – naar undtages at der hviler et lille permanent Tryk paa os alle over Tørken og Kulden. Forleden var der tyk Is paa Bassinet i Haven c. ⅓ Tomme! Vi har heldigvis ikke saaet vore Roer saa tidligt at de var kommen op, hvor det var sket, er de svedet bort. Mon I har faaet? Ja, netop hos Jer er der jo ret fugtigt, saa I trænger maaske ikke saa haardt som vi her paa de lette Jorde. Manse og jeg kørte i Gaar til Odense (derom senere) og det saa mange Steder ynkeligt ud, ogsaa Kornet. Et Sted saa vi en lille Mauk Mark ["Mark" indsat over linjen] plantet til med Kaal – det var altsammen visnet. 
+Netes Datter, Pelle – hendes rigtige Navn er Kirsten, det er næsten Synd, at hun ikke kaldes ved det smukke Navn – har er ["er" indsat over linjen] begyndt at dyrke os; hun var her næsten hele Paasken og nyder det; hun lærer Tandteknik i Odense og slider ret haardt i det, og naar hun skal holde Ferie hjemme, kan hun ikke faa Fred for sin Far, som altid høvler om hende at hun skal bestille noget; hun kom med en Saddel, som hun havde laant for Paasken og ½ Fl. Akvavit, som satte Kulør paa 2 af vore Paaske.Aftensmader. Hun er en umaa
+2
+delig sød Pige; jeg ved ikke et Menneske som til den Grad falder sammen med Husets Psyke som hun; hun minder saa meget om os Søstre som unge; og saa ligner hun Bibbe saa mærkværdigt. Første Gang hun var her kom hun ind samtidig med Else (Puf) og de stod ved Siden af hinanden i Døren; da jeg havde hilst af med Else, sagde jeg til Pelle: men Gud, søde Bibbe, hvad staar du dog der for i Overtøj! Jeg maa jo ikke have set rigtig paa hende, og det var Aften med tændt Lys, men først da jeg vendte mig, kom hun efter mig og sagde ”men det er jo mig, Tante Junge. Var det dog ikke besynderligt? Naa, men det som jeg kom fra og som jeg vilde have fortalt om Pelle var, at hun havde sagt til Mary, ”Hvor I dog har det dejligt her, altid saa fredeligt og harmonisk”, og det var altsaa for at belyse, at ”alt staar vel til her”. Vi nyder hende meget, og det er saa morsomt at have en af sin egen Slags. Stakkels Pelle føjede til, da hun sagde det til Mary: hjemme er der altid saa meget Vrøvl. - - Vi har faaet 6 smaa Lam i Aar, det ene af Faarene fik 2 dødfødte, et fik 2, hvoraf det ene døde – lidt skal man jo altid have Uheld med, men 6 har vi da altsaa af 4 Faar og saa maa vi vel ikke klage – selv om det ene maa dækkes op af Bibbe, som for Resten har megen Glæde af sin Virksomhed med det. Vore Køer har kælvet godt og normalt og de tre var da Kviekalve; den ene af Tyrekalvene gav vi Mælk en 14 Dages Tid og den afgav dejligt Kød for hele Paasken – og endnu! Saa sparer vi at købe. Og de gode Drenge virker med deres Fiskeri i deres Fritid; de har købt Ruser og fanger mere end vi kan spise – forledes havde de 41 Torsk men undertiden kun en eller to. Saa vi svælger i Fisk, men nu har det ["t" i slutningen af ordet overstreget] et helt Hyttefad fuldt og skal have dem solgt. Vi kan saa sandelig ikke klage over vore 4 Børn, for de hænger i og gaar op i Arbejdet med Liv og Sjæl og er altid saa søde. Selv Tinge er bleven meget mere glad og jeg spørger mig selv med en stille ængstelig Hvisken, om der mulig skulde oprinde bedre Tider for ham. Han og Manse er nu saa gode Kammerater; det er rigtignok noget andet end før M. rejste til England. 
+Saa var der vores Odensetur i Gaar, den 
+3
+må Du høre lidt om. Vi skulde se Foraarsudstillingen derude i deres smukke lille Udstill.Bygning nede ved Aaen, omtrent ved det Sted, hvor ”Heden” (som de Barbarer nu har omdøbt til Sdr. Boulevard) begynder. Vi tog Morgen Rutebilen og det var straalende Solskin, men koldt jo. Vi spaserede fra Bilen ned over Albanitorv, hvor de mægtige Klokker i den katolske Kirke lige begyndte at runge; og saa tonede et Optog med katolske Konfirmander frem fra en Sidegade, forrest 4 udklædte Messedrenge med et el. andet i Hænderne (jeg husker ikke hvad) saa en gammel tyk Pater og efter ham en Skare Drenge i stiveste Konfirmandspuds, saa en tyk Nonne og efter hende en Skare hvidtklædte unge Piger i helt enkle hvide Kjoler, hvide Strømper og sorte Sko og med Slør – også hvide – som dækkede deres Overkrop; det var nydeligt og festligt. - - Efter en Omgang i den skønne Klosterhave langs med Aaen, hvor der stod et sort Svanepar med Unger, gik vi i Munkemose, hvor talrige Ænder Svaner og Gæs skulde beses og saa var det Tiden, hvor de lukkede op paa Udstillingen; vi havde i en Bagerbutik forsynet os med Smaakager og en Plade Succes, som vi nød i Munkemose, saa vi kunde være styrket til at bese Kunsten! Udst. var bedre end da vi var der for to Aar siden og der var smukke Billeder. Jeg glædede mig meget over 6 dejlige Billeder af Las, et fra den store Stue – Salen – paa Båxhult, de andre var Kjerteminde, Huset og Haven; å hvor jeg syntes de var bedaarende. Men saa var det til Gengæld smerteligt at se Sybergs Billeder; han maler helt anderledes nu, synes jeg. For to Aar siden var jeg betaget over at se to dejlige Landskaber men nu! Naar jeg undtager Tante Franziskas pragtfulde Skikkelse i en Liggestol var det hele saa underligt middelmaadigt, uldent og for mig at se uskønt, men de kan vel heller ikke blive ved! Jeg har ellers altid været en stor Beundrer af Sybergs Kunst. 
+Efter 1½ Times Betragtning af de 3 smaa Sales Indhold vandrer vi hen til Bror Klakses yngste ["Klakses yngste" indsat over linjen] og Kirsten. De bor i en lille henrivende 2 Værelses Kvistlejlighed i en [et bogstav overstreget] moderne Bygning i en lille Gade, Falen – tænk at et saa sjovt gammelt Navn har faaet Lov til at bibeholdes – der er Altan, hvor deres 
+4.
+lille Unge kan staa og sove; det var et yndigt lille Besøg; jeg synes altid det er saa morsomt at besøge smaa ny-startede Hjem; og det blev i Sandhed udbytterigt – for os! Vi drog af med et Sær blaat Chiviotstøj, et Par tykke graa Flonelsbenklæder og en Regnfrakke! Og saa til Fyens Forsamlingshus, hvor vi har tænkt os Muligheden af Drudes Nærværelse, men blev, som vi jo saa ofte bliver her i Livet, skuffede. Da Agraren havde givet helt godt med af Penge og jeg havde en Fem’er liggende fra min Rejse, bestilte vi flot Dineren: Suppe, Drudes berømte Suppe, Kyllingesteg med nye Kartofler og Agurkesalat samt Karamelbudding. Dertil 2 Paaskebryg! - - Jeg havde truffet Fru Junker – Dr. J.s Kone – paa Udst. og spurgte til Prof. Hun sagde, det blev værre og værre; han gaar og synger hele Dagen, saa han er permanent hæs, og Drude kan næsten ikke holde ham ud. Saa spurgte jeg Opvartersken paa F. For. , som jeg jo kender godt, og hun svarede næsten ligesaadan; han er, kunde jeg forstaa, en frygtelig Plage for Personalet derude, naar han kommer – og det gør han tit. Saa traf det sig, at han netop kom og efter at vi nogen Tid havde hørt ham larme inde i Buffetten, gik jeg derhen og spurgte, om han ikke kom og sludrede lidt med os. Han blev helt bevæget ved at se mig og dvælede meget ved at jeg ikke havde skrevet til ham; saa fik vi forøvrigt en rigtig dejlig Passiar, næsten paa en Time; han priste dig i høje Toner og sagde, at han havde fundet dig meget mere lødig end han havde tænkt sig efter at have læst ”Den synske”. Saa snakkede vi om mange andre Ting og Manse var meget imponeret over hans Klogskab og Intelligens; han blev bag efter ved med at komme tilbage til, hvor han dog var klog og blændende. Manse saa han jo for første Gang – nej anden maaske – saa han kan jo ikke dømme, men jeg, som har kendt ham saa godt og elsket ham saa højt jeg sørger jo over den uhyggelige Væsensforandring, der er sket med ham, saa smertelig forandret nej forgrovet, mener jeg; og saa denne trættende Hang til at fortælle Anekdoter, som han aldrig før har haft men som Drude har i saa høj Grad [”men som Drude har i saa høj Grad” indsat over linjen]. Men du og nu Manse har alligevel kendt ham for lidt til at se Forandringen. Gid han endda maatte blive ved status quo! Han skulde til Fødselsdag ude hos Thora Vesterdal, men tog en Vogn for at sidde hos os saa meget længere. Å Posten! Allerede! Ja saadan gaar det altid – at han er for tidlig paa den naar det kniber
+[Skrevet langs sidste sides venstre kant:]
+Tusinde Hilsner fra os alle til Jer alle. Tusind Lykønskn. Din Junge.</t>
+  </si>
+  <si>
+    <t>1938-08-02</t>
+  </si>
+  <si>
+    <t>Axel  Müller
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Fyn
+Dræby</t>
+  </si>
+  <si>
+    <t>Margrethe Benzon
+Alfred Goldschmidt
+Viktor Jensen
+Johanne Christine Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou
+Erik Warberg Larsen
+Mary Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem krokonen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0777</t>
+  </si>
+  <si>
+    <t>Mary bør overlade barnet til Erik/Tinge W. Larsen, eftersom hun ikke ønsker det. Johanne C. Larsen og Laura/Bibbe Warberg kan opdrage det. Erik bør få forældremyndigheden. Lige nu er Mary i krise, men hun burde have tænkt sig om noget før. Astrid Warberg kender selv til at gifte sig på trods og også til at være urimelig overfor en svigermor.
+Astrid har det bedre nu. Kun har hun lidt bronchitis og astma.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IPPC</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1938
+2/8 
+[Med sort blæk:]
+Fru
+Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen
+[Skrevet med kuglepen:]
+27-5-03.
+[Med blyant:]
+Margrethe Benzon. Død
+[Håndskrevet på kuvertens bagside:]
+Warberg Larsen 
+Hareskov
+[I brevet:]
+Hareskov, Tirsdag Morgen 2/8 – 38
+Kæreste søde Junge! Ja, jeg må skrive igen til dig – Tak for dit lange udførlige Brev med alle Bilagene – som følger vedlagt tilbage. Det er en forfærdelig Historie, Junge, ja, en Tragedie, synes jeg, med så djævelsk raffinerede Komplikationer, at man næsten ikke véd, hvordan det kan gribes an. Men én Ting slog mig voldsomt ved Gennemlæsningen af Dokumenterne – Marys bestemte Udtalelse om, at hun ikke vilde lade Barnet vokse op på Lindøgaard og 2) at hun ikke havde ønsket et Barn. 
+Når Mary løber fra det hele, har hun virkelig ingensomhelst Ret over Barnet, som dog også er Tinges. Principielt synes jeg ganske vist, at Barnet skal være hos Moderen, men hvis hun vil være Sygeplejerske – så kan jeg ikke indse, hvorfor Barnet skal vokse op hos Mælkehandleren i Kerteminde - så er dets naturlige Opvoksested så sandelig hos Faren og den anden Bedstemor – dig! Særlig hvis Bibbe bliver hjemme, er det dog rimeligt, om du og Bibbe i Forening opdrager barnet, og man har dog vel Lov til at mene, at den Ordning også for den lille vil være den bedste! Det er den rent menneskelige Side af Sagen. Og juridisk er det dog klart, at Tinge skal have Retten, når Mary forlader ham. For alt i Verden må I da ikke gøre noget overilet med, at Tinge afgiver ”Forældremyndigheden” eller i det hele giver Afkald på sit Barn; det er de nu engang to om, og det kan Mary ikke uden videre bestemme over som hun selv synes; den største Part af Tragedien er hendes, men som du selv siger, så vidste hun på Forhånd, hvad hun gik ind til og hun må tage Konsekvenserne. Jeg forstår godt, I har Medlidenhed med hende, hendes Stilling er skrækkelig, det frygteligste af alt er ulykkelig Kærlighed, der er blot den lille Mildning ved det, at det som Regel går over! Men det kan ikke – nej aldrig – overses, mens det står på. Hvor er det godt, at både du og Bibbe er besindige Naturer (jeg regner ikke med Mandfolkene, dette er et udtalt Kvindeanliggende); I må da endelig sætte alt ind på; at der ikke foretages uoprettelige Ting – Skilsmisse etc – før Barnet er kommen til Verden; husk på, hvor det ofte kan forandre alting. Mary er sikkert utilregnelig nu, hvad hun jo også selv antyder; tro mig, hun vil engang fortryde det Brev til dig, også hun må lære at se Forholdet fra den anden Parts
+2)
+Synspunkt; det er hende, der må forsøge at finde sig tilrette med, at hun som en fremmed er kommen ind i Jeres sluttede Kreds – eller rettere, det burde hun have forstået, mens Tid er, nu synes det altså at være for sent, når Tinge kun er glad over at være bleven fri; der har vi så igen Kernen i det hele – den manglende Kærlighed. Jeg tror nu, Junge, at jeg har specielle Forudsætninger for at kunne sætte mig ind i Marys Følelser og hele Tankegang – gennem mit Ægteskab med Buf og Forholdet til hans Mor; helt sammenlignes kan det ikke, men alligevel er der sådanne Berøringspunkter, at jeg udmærket forstår hendes Adfærd; også jeg var dengang bundløs uretfærdig mod Bufs Mor, som jeg alligevel inderst inde altid beundrede og holdt af. 
+Og alt det med Selvstændigheden, ja, det kan enhver forstå; men der kommer det jo igen, at Mary vidste, hvad hun gik ind til. Jeg synes, at det arme Menneske er i et forfærdeligt Dilemma! og at hun er gået ind til en yderst kvalfuld og tung Skæbne, da hun begik det Fejlgreb på Trods af alt at gifte sig med Tinge – dér ligger den store og skæbnesvangre Fejl, og den er dog egentlig både forståelig og tilgivelig. Også dér har jeg personlige og bitre Erfaringer – også jeg giftede mig i sin Tid på Trods af alt med Alfred G.! 
+Gennem Lidelser og Erfaringer lærer man at føle dybt med de andre – selv om de laver tossede Ting, som nu Mary har.
+Og med dig, søde Junge! det er sindsoprivende Ting, du skal igennem med alt dette: Men du véd jo dog med dig selv, at Marys Beskyldninger og Insinuationer er uretfærdige og hovedsagelig dikteret af hendes øjeblikkelige Tilstand – hvad hun også selv antyder, så prøv på ikke at lade det nage dig for meget, for det er næsten ikke til at holde ud. Dette Brev skulle først og fremmest gøre opmærksom på, at det eventuelle lille Barnebarn ikke brutalt må fraskrives Jer ved ubetænksomme Underskrifter eller lignende. Ja, det vilde være godt Junge, hvis vi kunde trylle os til et hinanden et Par Timers Tid, for der var meget at tale om. 
+Tingene her ser ud til at ville glide harmonisk i Lave, og jeg har det meget bedre, selv om jeg stadig har lidt Bronchitis med deraf følgende Astma om Natten. I går havde jeg hele Eftermd. Besøg af den gl. Krokone – Middag i haven Kl 6 – hun var vældig sød, og hun købte for 16 Kr. hos Nus, (2 blå Glaskrukker med forgyldte Låg - ) til Gaver! 
+Tusinde Hilsner – vær ved godt Mod, søde Junge! Din altid Dis.
+[Indsat i venstre margen på sidste side:]
+Kære Junge! Sent iaftes fik vi pr. Telefon Meddelelse om, at Margrete Benson er død, efter at har været syg i 1 ½ Aar. Venlig Hilsen Axel.</t>
+  </si>
+  <si>
+    <t>1938-08-30</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Kurt Jungstedt
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Gudmund Larsen 
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Lars Swane
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Erik Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Marie Schou/Syberg, som var mor til Jørgen/Buf Schou døde 1934. Derfor ordene om hendes manglende indflydelse på ham. 
+Mary, som hjalp til i huset hos Johanne C. og Adolph Larsen, blev en kort tid kæreste med Erik/Tinge, og de blev gift. Parret fik også et barn. Ægteskabet blev kun af kort varighed. Flere år senere blev Erik/Tinge gift med Grethe, f. Tinesen. 
+Den omtalte Alma er ikke oprettet med biografi. 
+Louisenlund på Skovvej i Kerteminde var frem til 1945 et lille spisested (Arkiv.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0596</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har betændelse i skulderen og skal muligvis opereres.
+Hun spørger, om Jørgen/Buf Schou ville have, at Janna skulle flytte hjem til ham.
+Mary er gravid. Hun har hyret sagfører og vil have understøttelse til sig selv og barnet. Hun tør ikke lade barnet vokse op på den elendige gård. Boet vil hun også have del i, og der kommer derfor vurderingsmænd på besøg. Erik/Tinge skal møde på politikontoret til mægling.
+Marys kusine, Alma, har fortalt Kirsten (Gudmund Larsens kone), at Mary er blevet dårligt behandlet på Lindøgaard. 
+Johanne er bekymret for, om Mary kan tage sig ordentligt af barnet. 
+Johanne har været på biltur med blandt andre Andreas/Dedde og også til spisning.
+Christine/Uglen og Lars/Lasse Swane har været på besøg med dejlige akvareller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Uxr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+31 Aug – 1938
+(Tinge – Mary)
+Fru A. Warberg - Müller
+Bakkevej No 8
+Hareskov St.
+” mand 22 1-07
+læst søn. 18-9-05.
+[ Håndskrevet på kuvertens bagside:]
+Lindøgaard, Dræby St.
+[I brevet:]
+Lindøgaard 
+pr. Dræby
+Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
+Kære lille Dis!
+Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
+Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
+Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
+2.
+Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
+3
+Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
+Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
+Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
+4.
+Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
+Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
+Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
+Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
+Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
+Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
+Tusinde Hilsner, din Junge.</t>
+  </si>
+  <si>
+    <t>1938-11-21</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Ina  Goldschmidt
+Ulf Haxen
+Adolph Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvad Laura/Bibbe Warberg Petersen aktuelt fejlede, men hun led i sine unge år meget af bihulebetændelse, hovedpine, og hun havde psykiske problemer. 
+Mund- og klovsyge er en meget smitsom virussygdom, som først og fremmest rammer parrettåede hovdyr deriblandt tamkvæg og svin. Hjorte, geder og får rammes dog bl.a. også. I Europa har kun de skandinaviske lande Norge (1952), Finland (1959) og Sverige(1966) gennem de seneste årtier været forskånet for udbrud. I Danmark var det sidste udbrud i 1983, mens Storbritannien atter blev ramt i 2007. (Wikipedia febr. 2024).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Bb0606</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe har fået medicin, der hjælper hende. Hendes tre uger lange rejse med hvile hjalp ikke, men Laura var glad for at være hos Ina/Sjums og børnene. 
+Johanne/Junge havde omsider fået en pige i huset, men hun udeblev allerede anden dag. Johanne nåede lige at bede lægen om at indstille hende til operation. Hun føler sig fortravlet og træt. Elle(n) Sawyer har været på besøg og hjulpet med at vaske æg. Drengene har en 10årig dreng til at hjælpe med tærskningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iuXX</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+23 Nov 1938
+Telefon Dræby 103. 
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St.
+” 18-2-06
+læst 24 sept-05.
+” 17 febr.-06. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:]
+Lindøgaard
+Tel. Dræby 103
+d. 21nde Nov. 38.
+Kære lille Dis!
+Tak for dit Brev og for din Deltagelse for Bibbe! Ja, nu er det da lysnet lidt for os; vi var jo hos Doktoren i Kjertem. og han gav hende Medicin, som til vor store Lettelse har foraarsaget Bedring; hendes 3 Ugers Rejse med Hvile og god Forplejning hjalp ikke synderligt ud over det, at hun indsaa, det var klogest at søge Læge, og det var jo da for Resten ikke lidt. Jeg syntes, han tog saa alvorligt paa det, men jeg kender ganske vist ikke Manden saa meget. Du kan tro, jeg har været Lægevidenskaben taknemmelig for, at de kan præstere Stoffer, som kan helbrede den Slags. Og synes du dog ikke, at naar der kan spores Bedring, saa maa det vel ogsaa ved fortsat Kur kunne kureres helt? Det har været en forfærdelig Tid for mig; jeg var selvf. den, der var mest Angst, men selv Mandfolkene var kede af det, og de plejer jo ellers at ville se lyst paa den Slags. Mon du ved, at B. var hos Sjums en Ugestid og blev saa gode Venner med hende. Sjums var enestaaende sød imod hende, gav hende 2 Æg daglig og sørgede i det hele taget for hende. Børnene var Bibbi ogsaa saa glad ved, syntes de var saa søde.
+Tænk dig, vi har faaet en Pige. Efter 5 Ugers haardt Arbejde, føles det helt underligt pludselig at kunne slappe af – ja, der er saamænd nok for mig at lave, Madlavning o.s.v. men alle grovere Arbejder gør nu Pigen, Rengøring, Opvask o.s.v. Da B. og jeg var hos Lægen for 14 Dage siden, sagde han indstændigt til mig, at jeg skulde opereres, men det var jo en Umulighed, Bibbe uarbejdsdygtig og ingen Pige; jeg kunde ikke være herfra. Da Pigen nu indløb i Morges, ringede jeg derud derud [”derud” overstreget] og sagde, at nu var jeg til Tjeneste; jeg talte kun med Fruen og han skulde saa selv ringe mig op; jeg tænker, det bliver sidst i Ugen eller først i næste, saa kan jeg blive færdig til Juletravlheden kommer. D. 19de Der skal vi slagte, saa da maa jeg være paa Pletten. Der er jo god Tid. Tror du Axel vil være saa sød at skaffe os Marcipan igen i Aar? Hvis det er til Besvær for ham, maa han endelig sige vil [”vil” overstreget] sig det fra. - Jeg kan mærke paa mig selv, at dette Brev igen bærer Præg af Forjagethed og det endda skønt jeg aldeles ikke er forjaget, men det 
+sidder mig i Blodet og der vil nok gaa nogen Tid, før det fortager sig. Dit sidste Brev er desværre bortkommen for mig, det befinder sig i en eller anden Bunke Breve, men der var vist heller ikke noget særligt at svare paa. Alt syntes jo at være ret vel hos Jer, naar undtages Jannas Fod; forhaabentlig er hun over det.
+Elle var herude paa et langt Besøg i Gaar; hun ankom smilende og sød som altid noget før Middag og jeg havde dejlig Kødsuppe, kogt Kød og Æbler. Det var en god Middag; vi var 7 og nød al Suppen til den haarde Bund. 
+Drengene tærskede i Gaar, skønt det var Søndag og de havde en lille Fyr til Hjælp (10 Aar, 1 kr dgl.) vi saa alle undrende [”r” i ordet indsat over linjen] paa de Portioner, han kan sætte til Livs. Elle hjalp mig hele Eftermiddagen med at vaske Æg, jeg var kommen bag efter med det og Søndag er den sidste Termin, vi solgte i Dag til Morgen 48 Pund [tegn for pund], samlet paa en Uge, det er dog en Post; desværre er det falden 40 Øre Kiloet ["Kiloet” indsat over linjen] paa 2 Uger, saa det blev ”kun” til godt 33 kr. Godt for det, nu da Mælkeydelsen p.Gr.a. M&amp;amp;Klovsyge svigter os. 
+Næste Dag Det var en kort Glæde med den Pige; det var i Gaar første Dag med hende og jeg nød det jo, men i Dag er hun udebleven; hun vilde saa gærne ligge hjemme, men det skulde jeg vist aldrig være gaaet ind paa. Bare det kun er Pjækkeri og 
+ikke Sygdom el. andet. 
+Min Hjerne er tom som en Tønde, jeg kan kun tænke paa mine egne Smaatterier i Husvæsen – ja Bibbe er jo ikke Smaatteri – Hele denne Tid har ligesom udmattet mig; som jeg sagde til Elle i Søndags da hun bemærkede, at jeg saa noget træt ud: ja, jeg er træt lige ind i Sjælen”. Du maa derfor bære over med dette tarvelige Brev, forhaabentlig bliver det næste bedre! Hils Axel og Janna mange Gange, bare I nu har det godt. De fleste og de varmeste Hilsner er til dig selv, søde Dis. Husk altid at skrive om din egen Helbredstilstand. Jeg synes, det er saa skrækkeligt med de pinefulde Astmaanfald. Din Junge.</t>
+  </si>
+  <si>
+    <t>1939-03-18</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Louise Brønsted
+Thora Cohn
+Aksel Dydensborg
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Ane Talbot
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>I sommeren 1938 aftalte England, Frankrig, Italien og Tyskland, at området i Tjekkoslovakiet kaldet Sudetertyskland indlemmedes i det tyske rige som en lydstat (der boede mange tyskere i denne del grænsende ind mod det tyske rige). Den engelske premierminister Chamberlain udtalte ved hjemkomsten til London de berømte ord ”Peace in our time”). - 5. marts 1939 angreb Tyskland resten af Tjekkoslovakiet. Snart drev forfølgelsen af de sudetertyske jøder og arbejderbevægelsen dog en del på flugt, flest til Tjekkoslovakiet (Kilde: Lex. dk). 
+Albrecht Warberg blev født 7. marts 1839 på gården Ensomhed i Heden på Midtfyn. Han blev begravet på Hillerslev Kirkegård. 
+Egelund eller Lundgaard, Lumbyvej 56, Lumby. Oprindelig en tvillingegård (matr. nr. 6a og 7a) (Kilde: Arkiv.dk). 
+Lars Christian/Laders og Marie Balslev boede 1929 til 1958 på Erikshaab (Alhed Larsens og hendes søskendes barndomshjem).
+Kirkelaugnet: Der menes formodentligt en bygning/et laugshus ved kirken, oprindelig benyttet af et håndværkerlaug/lav/sammenslutning.
+Diatermi: Kortbølgebehandlinger i form af lokal varmebehandling, af bl.a. gigt- og muskelsmerter (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0600</t>
+  </si>
+  <si>
+    <t>Axel Müller har været syg.
+Johanne og tre af hendes søstre har højtideligholdt deres fars 100årsdag. De kørte først til Heden Kirkegård og besøgte Adelheyde/Mimi Sybergs grav. Derefter fik de middag på gården Erikshaab. Der var en dejlig udsigt gennem haven, som var blevet ryddet. Efter maden tog selskabet til Hillerslev Kirkegård, hvor de trimmede Albrecht Warbergs gravsted og plantede blomster samt lagde kranse på den samt på Otto Emil Paludan/Pallams grave. De sluttede med kaffe på Erikshaab og kørte så til Kerteminde, hvor de spiste hos Johannes Larsen med familie. 
+Johanne får lysbehandlinger i sin tå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TAfR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+20 Marts 1939
+(om Fars 100 års Dag)
+Fru Warberg Müller
+Bakkevej 12
+Hareskov St.
+” tirsd. ” 23-1-07.
+læst lørd. d. 17-9-05.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby
+[I brevet:]
+Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
+hvor er det snart forfærdeligt
+og det arme Land. 
+Kæreste Dis!
+Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
+Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
+Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
+2
+Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
+3
+med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
+Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
+Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
+Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
+Nu er Tiden omme, søde Dis, vil du nøjes med dette.
+God Bedring!! Kærlig Hilsener! Din Junge</t>
+  </si>
+  <si>
+    <t>1939-04-26</t>
+  </si>
+  <si>
+    <t>Kurt Jungstedt
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Amherstfasaner: Diamantfasan eller Amherstfasan er en hønsefugleart, som stammer fra det sydvestlige centrale Kina, Tibet og nordlige Myanmar. Videnskabeligt navn: Chrysolophus amherstiae. (Wikipedia juli 2022) 
+Johannes Larsens bror, Adolph, og Alheds søster, Johanne (de to var gift) boede på Lindøgaard.
+Svenskirisk er en ældre betegnelse for grønirisk. Johannes Larsen kaldte ofte fuglen for en svensker.
+Mille fleurs: Dværghøns.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sat en masse fugle ud i volièren. Odderne er blevet fede. Han har fået 12 løvfrøer.
+Johannes Larsen er blevet medlem af Det Svenske Akademi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/baF1</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 April 1939.
+Kære Lysse!
+Det er vist snart længe siden I har hørt fra os. Vi har det godt men det har været et ubehageligt Vejr i længere Tid oven paa de gode Dage i Paasken. Vi har nu faaet Volieren færdig og befolket med 3 Amherstfasaner en Høne og 2 Haner. 2 Par Dompapper hvoraf den ene Hun er død, et Par Sisgener (Grøn = et Par Bjærgirisker, en Stillits ♀ 1 Svenskirisk ♂ 2 Par Havterner og 2 Par Millefleurs. Jeg har faaet 3 Gravgæs ♂ ♂ fra Lindøgaard. Odderne er nu helt affældede og blanke og fede, men det er ogsaa utroligt hvad de kan sætte til Livs. I Gaar fik jeg 12 Par Løvfrøer hvoraf de 3 er anbragt i et Akkumulatorglas i Dagligstuen og Resten sluppet løs i Vinhuset. Nu faar I ikke mere denne Gang for den forbandede Pen kan ikke skrive. Mange Hilsner ogsaa Else og Puf, de gør hovedrent saa jeg sidder i mit Sovekammer og grifler dette op. 
+Din Far.
+P.S.
+I hørte vel i Aftes i Radioen at jeg er bleven Medlem af Akademiet i Stockholm og fik Telegr fra Kurt.</t>
+  </si>
+  <si>
+    <t>1939-07-02</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Andreas Larsen
+Jeppe Larsen
+Johan Larsen
+Martin Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ane Talbot
+Lasse Taaning
+Poul Valentin Jensen
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Lysses forslag til Tinge og Manse gik ud på. 
+Tipperne og Værnengene er en halvø i Vestjylland, beliggende ved sydenden af Ringkøbing Fjord og er en vigtig rasteplads for trækfugle. Det har været i statens eje siden sidste halvdel af 1700-tallet , og i 1898 blev der indført bestemmelser om fredning af det rige fugleliv i området. I 1928 blev der oprettet et fuglereservat, og der blev ansat en opsynsmand Valentin Jensen (Kilde: Wikipedia marts 2022).</t>
+  </si>
+  <si>
+    <t>Nationalmuseet i Stocholm har købt for 500 kr. træsnit, og Larsen beder Elena/Bimse sætte de 450 ind på hendes konto, men tage fra til fødselsdagsgave og brændevin.
+Det er tørke. Man venter tidlig høst på Lindøgaard.
+Andreas/Puf sejler i Odense Fjord med Lasse Taaning.
+Valentin Jensen har været på besøg for at filme odderne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F6m1</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Juli 1939.
+Kære Bimse!
+Det er forsmædeligt at jeg aldrig kan huske Din Fødselsdag. Foranlediget ved Lysses Brev fik vi jo fyret et Telegram af som jeg haaber Du har faaet i rette Tid. Jeg fik i Forgaars Brev fra Nationalmuseet i Stockholm at de havde købt for 500 Kr Træsnit, Jeg har bedt dem sende Pengene til Båxhult og naar de ankommer vil jeg bede Jer sætte dem ind i Jeres Bank i Landeryd, efter at have fradraget 50 Kr. til at købe Dig en Fødselsdagsgave for, saa at Resten kan være disponibel til jeg kommer en Gang i August. I kan jo ogsaa tage fra til et Par Liter saa der kan Brännevin i Huset naar jeg kommer. Jeg har ladet Lysses Forslag til Tinge eller Manse gaa videre gennem Bibbe, der dog ikke mente det kunde lade sig gøre, da de skulde tække om og ventede en tidlig Høst paa grund af Varme og Tørke. Her fik vi en 30 mm for en 14 Dages Tid siden og 20 i Gaar og i Nat. Puf sejlede i Morges med Lasse Taaning om i Odensefjorden, saa Else og jeg er alene med Børnene. Vi havde i Gaar Besøg af mag. Valentin Jensen, ham der passer Tipperne, han havde bedt om at maatte komme at filme Odderne, nu skal vi se hvad der kommer ud af det. Vi har det godt og haaber det er ligesaa hos Jer. Mange Hilsner fra Else til Jer allesammen og fra mig
+Din JL.</t>
+  </si>
+  <si>
+    <t>1940-09-04</t>
+  </si>
+  <si>
+    <t>Hans Beck Thomsen
+Louise Brønsted
+Marius Christiansen
+Anton Hinke
+- Kabell
+Andreas Larsen
+Marie Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>I det nordlige Europa lægges ansjoser i saltlage. I de sydeuropæiske lande lægges de saltede ansjoser derefter i olie og kaldes sardeller (Wikipedia marts 2022).
+Det kan ikke afgøres, hvem "Chr." er. 
+Swinhoesfasan (latin: Lophura swinhoii) er en hønsefugl, der lever på Taiwan. (Wikipedia).
+Alhed Larsens søster, Johanne, og Johannes Larsens bror, Adolph, (de var gift) boede på Lindøgaard.
+Fiskekonservesfabrikken ”555” blev grundlagt i 1916 af Chr. Hansen. Det første produkt var fiskeboller på dåse – senere bl.a. også gaffelbidder, benfri sild og torskerogn. Ca 100 år senere flyttedes virksomheden til Frederikshavn under navnet Amanda Seafoods (Internettet marts 2022). 
+Taarbystranden kaldes i vore dage Tårup Strand. Den findes i den sydøstlige del af Odense Fjord.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået ansjoser forærende og har lagt dem i olivenolie.
+Han har fået æg fra swinhoefasaner og tre blev udruget. En mand har bragt Larsen en agerhønekylling, og den er blevet meget tam. En ræv har taget en rugehøne og en edderfugl, og Puf har skudt ræven. 
+Johannes Larsen tror ikke, at han kommer hjem til Johan og Elena nu. 
+Fra Fiilsø har Larsen fået et knippe vildt. Han er blevet æresmedlem af Jagtselskabet Fiilsø og også folkepensionist. 
+Sidste år fik Larsen en meget smuk fasan, som han beskriver i brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dfkr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 Septbr. 1940.
+Kære Lysse!
+Jeg fik et Brev fra Dig dateret 9/7 40 og en eller 2 Dage efter fik Puf et Brev dateret 20/7. 40. Puf mener at det var omkring første Aug. og at han svarede Dig samme Dag, og jeg mener at jeg skrev til Dig omtrent samtidig med Puf. I Dag kom Dit Brev fra 28/8. Tak for det! Det er dejligt at høre at I har det godt. Det har vi ogsaa. Lugge er for Tiden hos Elle og var her i Gaar til Middag og Aften henholdsvis stegte Rødspætter og Sukkermajs. Vi fik forleden af Christiansen en hel Ds ægte Ansjoser hvoraf vi spiste en kogte og lagde en stor Krukke fuld, ned i spansk Salt, en Del har vi nu taget op og lagt i Olivenolje. Vi har smagt dem og de smager meget nær som Sardeller, men vi tror de bliver bedre naar de bliver lagrede. Jeg fik for ca 3 Maaneder siden 6 Swinhoefasanæg af Chr. og lagde en af de smaa Høns paa dem den fik 3 Kyllinger hvoraf en Kat om Natten tog den ene i Vinhuset, hvor jeg havde anbragt dem uden at bemærke at der var en Rude ude i Gavlen. Om Aftnen kom en Mand der bor hos Hinkes med en Agerhønsekylling og spurgte om det ikke var en Dværgkylling der var bleven borte fra os, den gik og peb ovre i Gaarden. Jeg fik den saa og satte den til Hønen og da de havde staaet i en lille Indhegning paa Plænen en halv Snes Dage lukkede jeg dem ud. Fasanerne 2 Hønekyllinger har de sidste 14 Dage siddet i Toppen af Æbletræet, men Agerhønen der er en Hane gaar endnu ind i Kassen med Hønen, om Dagen følges de ad. Agerhønen kommer naar jeg kalder og spiser af Haanden. En Ræv tog forleden en Rugehøne og et Par Dage efter, en Ederfugl. Vi satte en Saks i Hegnet hvor den havde slæbt Ederfuglen ud og fangede et Pindsvin men næste Morgen skød Puf Ræven paa Gang ved Bassinet. Han sad i Lysthuset. En anden Ræv tog samme Nat ca 20 Ænder og Gæslinger fra 555. Kabell ringede og hilste fra Jer saa snart han kom hjem. Det lyder meget fristende, men jeg vil nu betænke mig en hel Del før jeg bestemmer mig til at tage op til Jer, og der er meget lidt Sandsynlighed for at jeg gør det. Marie kom her i Gaar fra Lindøgaard hvor hun har været i 4 Uger og nu bliver hun her en bitte Tid. Vi fik i Dag et Knippe Vildt fra Bech Thomsen ved Fiilsø bestaaende af 8 forskellige Arter: Graaand Skeand Krikand Hjejle Brushane Kobbersneppe Hvidklire Islandsk Ryle. Jeg har vel fortalt Dig at jeg er bleven Æresmedlem af ”Jagtselskabet Fiilsø”. Jeg er ogsaa bleven statpensioneret med 300 om Maaneden fra 1 April og saa længe jeg lever. De ankommer regelmæssigt den 1st i hver Maaned. 
+Til de 2 Fasanhøner som jeg nævnte ovenfor har jeg en Hane fra i Fjor som jeg fik af Chr. Det er en meget smuk Fasan Rød om Øjnene [Tegning] med rødt Næb og røde Ben, sort paa Hals og Krop med blaa Fjerkanter som en Urhane Skulderfjerene røde med Kobberglans og Vingerne med grønne Kanter, en lille hvid Top og hvid Baghals og mellem Skuldre og hvide mellemste Halefjer. Størrelsen omtrent som alm Fasan. Det er meningen jeg vil sætte den ud til Hønerne til Foraaret hvis det lykkes dem at overvintre. Af Fuglene i Volieren har Svenskiriskerne ynglet (4-5 Unger) og ligesaa Bjærgiriskerne, men de sidste blev kun halvvoksne. Jeg skal hilse fra Marie, ogsaa fra Else og Puf der er cyklet ud paa Taarbystranden for at se efter Champignoner. Mange Hilsner til Jer allesammen fra 
+Din Far.</t>
+  </si>
+  <si>
+    <t>1940-10-25</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Maria Balslev
+Jørgen Brandstrup
+Ludvig Brandstrup, visedigter
+Adolph Larsen
+Vilhelm Larsen
+Christine  Mackie
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Faldengaard ligger nær godset Krengerup ved Søllested på Sydfyn. 
+Vilhelm er muligvis Vilhelm/Klaks Larsen, Johannes Larsens bror. Jørgen er muligvis Jørgen Brandstrup. Lutte, som havde en forestilling i Odense, kan være revystjernen Ludvig Brandstrup.
+Stramonium: Pigæble er en lægeplante. Bestøves af natsværmere. 1,2 meter høj. 1-årig. Selvsående. Pigæble er meget giftig, er dødelig i større doser og virker i mindre doser bedøvende og lindrende. Denne lægeplante anvendes muligvis stadig som middel mod astma, idet røgen fra de tørrede blade lindrer astmaanfald ved sin bedøvende virkning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0624</t>
+  </si>
+  <si>
+    <t>Johanne/Junge vil gerne have besked, når Astrid/Dis ved, hvad Axel fejler. 
+Laura/Bibbe og Agnete/Nete er blevet meget gode venner. 
+Johanne vil ikke have, at Astrid fortsat køber dyre gaver. Hun må spare på alt. 
+Marie Balslev har været på besøg. Johanne havde lavet ekstra lækker mad.
+Vilhelm er i København og i bedring. Lægerne siger, at folk altid kommer sig over den sygdom, når de får den rette behandling. 
+Johannes børn skal se Luttes forestilling i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i36C</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ Okt. 1940.
+Onsd. 14-12-05
+Fru Astrid Warberg Müller
+Bakkevej No 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgd. 25 Okt 1940
+Kæreste Dis!
+Hvor var det dog forfærdelig kedeligt, at Axel nu ogsaa skulde faa saadan en Omgang, man skulde tro, han havde faaet nok i sin Bronchitis. Da du sluttede mit Brev, vidste du altsaa endnu ikke hvad det er, han fejler? Kun at det ikke er Blindtarm. Jeg er, som du vel kan forstaa, meget spændt paa, hvad det er, der er i Vejen, men det hører jeg vel, naar du faar det at vide.
+Tak fordi du skrev det til mig – det var ikke noget morsomt, men man vil jo gerne være ”mæ’”, naar der skal er [”skal” overstreget; ”er” indsat over linjen] noget. Ved du, at Mornine har ligget paa Hospital med en let Lungebetændelse? er kommen hjem igen, har vi hørt gennem Nete; Bibbe og Nete er saa gode Venner; de er jo trods den store Aldersforskel paa Generation sammen, og de ringer af og til til hinanden og faa udvekslet nyt om Familien. Bibbe elsker Nete. Har du nogen Sinde besøgt dem, siden de kom til Faldengaard? 
+Mens jeg husker det – du kan bare vove paa at købe fantastisk dyr Chokolade til mig; jeg vil intet have; du kan selv se hvor meningsløst det er og jo da navnlig, naar I maa spare haardt, oven i Købet paa Kosten. Og heller ikke Julegaver!! Vi er klemt saa haardt paa alle Kanter, saa det maa indvirke ogsaa paa den Slags. Jer selv imellem kan der jo vælges nyttige Ting, som alligevel skal anskaffes, saa bliver det jo paa en Maade i ikke [”i” overstreget; ”ikke” indsat over linjen] Udgifter, nej, søde Dis, skal alt det indvindes, som Axel der ikke har haft Held til at ordne, saa maa du spare paa alle Punkter, det kan jeg da se. Saa er det en Aftale og tænk, hvor du altid har overøst mig med Gaver, da du kunde. Selv Haandarbejdsmateriale er jo ikke til at købe mere. 
+Den gode Marie kom saa i Onsdags Kl 3 ½. Bibbe skulde have gaaet hende i Møde
+2
+da de havde travlt med Roerne, og Marie havde sagt, at hun kunde udmærket gaa fra Dræby, men det regnede lidt og Bibbe var saa forkølet, saa min Lettelse var stor, da Agraren sagde, han vilde køre hen efter hende. Hun var saa henrivende at have og Bibbe var pragtfuld til at lave fint an. Hun fik The, da hun kom med Franskbrød med Ost og Marmelade og finsk [”s” i ordet indsat over linjen] Brød, som jeg havde bagt. Om Aftenen fik vi Rosenkaalssuppe (lavet af henkogt Syltesuppe, pyntet op med Champignon-Væde og Tomatafkog) som var glimrende. 2 Fasaner udm. stegte med alskens til: Æbler og Valnødder. Til Aftenskaffen havde vi en knippel god Lagkage og det finske Brød. Næste Middag henkogt Medisterpølse; dertil Rosenkaal Kartofler og henkogte smaa fine Karotter samt stuvede Ærter. Æblesuppe. Vi beværtede hende fint, synes jeg. Hun var selvfølgelig henrivende at have; vi har jo altid saa meget at snakke om, hvor er hun ung og frisk. Hun bad mig hilse dig saa mange Gange. Det gaar saa godt med Vilhelm, de har været et Par Dage i Kbhv. for at besøge ham. Lægerne har sagt at han gør gode Fremskridt og han kan selv mærke Fremgang. Desuden har Lægerne sagt, at Folk kommer sig altid af den Sygdom – naar de faar den Behandling da. Hvor er Lægevidenskaben efterhaanden stor og hvor maa vi være den taknemmelig for alt det, den kan fri os ud af. Hvis ”Lyset” ikke var bleven opfunden som Lægemiddel, vilde Vilhelm have været Dødens sikre Bytte. Og godt, lille Dis, at du har Stramoneum til at dæmme op for den grufulde Astma. Og at vi har noget som kan stille de værste Smerter, naar de kommer paa. – Børnene skal til Odense i Aften til Luttes Forestilling – noget om Børn saa ved du. Bibbe vil opsøge ham efter Forestillingen og høre lidt om Jørgen. 
+Ja, saa kun tusind Hilsner fra din Junge - ogsaa til Axel og Janna.
+[Skrevet på hovedet øverst på s. 4:]
+Bare du nu kan døje al den Sindsbevægelse om Axels Sygdom. Den Slags er vist ikke godt for Astma. - Jeg har nok glemt at skrive om Knæet, men er der er intet at skrive, bedre er det desværre ikke blevet.</t>
+  </si>
+  <si>
+    <t>1941-02-18</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Torkil Barfod
+Nicolai  Blædel
+Adolph Hitler
+Charles Morgan
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Kirstine Schou
+Robert Stephenson
+Lars Syberg
+Gertrude Søndergaard
+Ole Søndergaard
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Bøgelund Jensen, Edith og Søren Madsen var. Ida var formodentlig pige i huset hos Johanne og Adolf Larsen. 
+Dr. Larsen og Blütten Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0787</t>
+  </si>
+  <si>
+    <t>Både Axel Müller, Janna og Astrid Warberg har været syge. Det er koldt.
+Der er mange fugle i haven. 
+Janna er igang i sit værksted. Det var godt, at hun slap af med polakken. Nu har Janna gang i et lille stel, men hun mangler at have en assistent. Kirstine Søndergaard døde pludseligt, mens hun var gift med Jørgen/Buf Schou, og hendes søster, Gertrude/Trut gik ned med flaget og forlod Jannas værksted for i stedet at arbejde på Lars Syberg Keramik. 
+Johanne forstår ikke, hvorfor drengene sover et sted uden kakkelovn. Hun selv og Janna har ikke brændsel nok. 
+Astrid er fortørnet over, at tyskerne har udsat kommunevalget. Hun orker i øvrigt ikke at snakke med Dr. Larsen, som hun er meget uenig med. Raseri er ikke frugtbart. 
+Astrid læser Charles Morgan. 
+Torkil Barfod er en idiot.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lul7</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside håndskrevet med blyant:]
+1941
+18’ Febr.
+[Håndskrevet med blæk:]
+Fru
+Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+29-5-03.
+[Med blyant:]
+besvaret
+[På kuvertens bagside:]
+Bakkevej 12
+Hareskov.
+[I brevet:]
+1)
+Hareskov, 18’ Februar 1941
+Kære lille Junge! Tak for dit sidste Kæmpebrev, som jeg nu til min Forfærdelse ser er dateret 2’ Febr – jeg fik det d. 8 [”jeg fik det d. 8’” indsat over linjen] og mig bevidst har jeg da ikke besvaret det endnu. Grunden er at vi atter har været hjemsøgt af Sygdom – jeg har måttet ligge en Ugestid med Hoste og Tilbehør min Næse har nu været tilsat siden November, jeg kan hverken lugte eller smage det allermindste og er nu og da ængstelig for, at det skal ”slå ind”, jeg føler mig ofte ret åndssløv, høre kan jeg heller ikke, og vågner hver Morgen med Hodepine og Aandenød – dette sidste skyldes dog, at vi sover i sådan en Varme – og tre Personer, Nus ligger i Dagligstuen med Dør åben til Sovekammeret, og i Stuen brænder Kakkelovnen jo over, både Nus og jeg lider meget derunder, men hvad skal man gøre, når Axel siger, at han ikke kan tåle, vi lader Døren stå til Gangen, det vilde dog hjælpe noget han er stadig hjemme og oppe og hoster desværre meget; har så voldsomme Anfald om Natten, at der engang kom Blod af det, dog tydelig nok et sprungen Blodkar; og så forværres hans Brok og giver Smerter. Ja, det har været en slem Vinter for os. Nu kan vi da begynde at få luftet godt ud om Dagen, det var næsten umuligt, da det frøs de mange Grader – mine Astma-Lunger har døjet meget af Mangel på frisk Luft, men så snart jeg prøver at gå ud, mister jeg Vejret. Nu letter det også, at vi ikke mere har alt det Komedie med Vandet, Axel har haft Træ og Kulsfyr brændende i Vaskehuset under Vandhanerne om Natten [”om Natten” indsat over linien], det er så kostbart, hvis de fryser. Nu har jeg fyldt en hel Side med Jeremiader, som det sikkert har været oplivende for dig at læse om, men jeg må da ikke glemme den Tilføjelse, at vi indimellem går og har det rigtig hyggeligt, man kan jo hygge sig gevaldigt indendørs, når der er varmt og godt og rart i Stuerne; jeg har smukke blomstrende Alpevioler endnu fra Jul og min store Julekaktus har endnu een Blomst tilbage; vi har ogsaa megen Fornøjelse af Småfuglene, Æbletræet herudenfor Vinduet er til Stadighed behængt med Kødben, Flæskesvær, Osteskorper og desl., Fuglene kommer flokkevis på bestemte Tider af Dagen og henter deres Rationer – Foderkassen på Trappegesimsen får alle Brødkrummer; her er Solsorter (de får rådne Æbler) – Skovspurve, Musvitter, Blåmejser, nu og da en Rødkælk, en Bogfinke, en Stillids, og så de næsvise Skader; Flagspætten holder til på Plankeværket i Gården; Spætmejsen viser sig også en sjælden Gang og går baglæns ned ad Stammerne; Axel har i Tidens Løb konstateret 43 Slags Fugle i Haven! Han er meget fugleinteresseret. Jeg kender kun de almindeligste. 
+Min søde Nus er nu i igen igang i sit Værksted – der har været mange Afbrydelser, hun har jo også været syg flere Gange; og Sus har ikke været på Værkstedet endnu siden Jul, det Skind, for hende har Vinteren også været døj, men hun fik da fat i en ung Pige, som kommer et Par Timer hver Dag: vi her har desværre haft nok med at passe os selv; Nus er så glad i denne Tid, hvor er det dog dejligt at høre hendes forfriskende Latter; jeg tror nu privat , at det har været en stor Lettelse for hende, at den Polak ikke er her mere – selv om hun (og vi) self. har meget ondt af det for ham – han er i Fængsel i Flensburg, skriver derfra at han vist skal i Koncentrationslejr. 
+2.)
+Han var nu meget pågående, vilde med Djævelens Vold og Magt have Nus – skønt hun stadig bremsede ham; men hun kunde vel ikke helt stå for det, at han er Jøde – og Udlænding – og dog altid en Kammerat at tage på Tur med, hun er så ensom og så exklusiv, har svært ved af slutte sig til nogen – Gud give jeg kunde stampe noget Ungdom op af Jorden til hende; det trænger hun meget til, men det skulde dog komme fra de unge selv, jeg mener med at trække Ungdom til Huse. Mellem os sagt, så var Polakken meget lidt sympatisk; men man er tilbøjelig til at se mildt og overbærende på de forfulgte og ulykkelige og neddæmpe sin Antipati. – Nus er så optaget af i disse Dage, at hun har en lille ny Glas-Idé, en ”Dessin”, nemlig Karaffel - Glas – og Glasasiet til et lille ”Aftentraktement”, det skal frem i ”Kubens” Vindue (En Kunsthandel v. Siden af Bøgelund Jensen, drives af Edith, Søren Madsens Kone) – Ideen har hun fået ved, at vi har konstateret, at vi er så lækkersultne i denne Vinter – mener det kan skyldes de ændrede Ernæringsforhold, ingen Varer er jo nu som før, næsten hver Aften laver vi et lille Traktement, lidt Syltetøj, eller et Glas hjemmelavet Vin til en Småkage; nu har hun altså lavet et lille Stel til sådant, der skal vist hedde ”Aftentraktement” el. lign. Hun har inviteret mig ned i Værkstedet i Eftmd. for at se det. Forhåbentlig inspirerer det til flere Idéer, så hun snart kan komme ud til Kunderne med Forårsnyheder; det er meget stille for Tiden, men en mangeårig Kunde fra Aalborg har dog anmeldt sit Besøg til først i Marts – til den Tid må hun jo også have noget at vise frem; men man forstår så godt, at det er svært når hun er alene; vi ønsker så meget, at hun havde en dygtig Medarbejder, Trut Søndergård var uforlignelig, et fabelagtig dygtigt lille Menneske, Datter af Maleren Ole Søndergård. Det var hendes Søster, der døde, mens hun var gift med Buf, døde under tragiske Omstændigheder; Trut fik dengang et Chock og har i årevis været Døden nær og opgivet af Lægerne – kunde ingen Mad tåle, levede bestandig af et Par Stykker knækbrød Dagen igennem – jeg så det selv her – men med en ufattelig Energi blev hun ved med at komme og havde trods alt en mirakuløs Arbejdsevne; men hun gik jo til Syberg Keramik [”Keramik” indsat over linjen], hvor hun tjener adskilligt mere. 
+Jeg blev forfærdet over, at Drengene har boet i et uopvarmeligt Rum i den store Kulde, men Junge, der var jo en Kakkelovn, der blev jo i sin Tid bygget en Skorsten – hvorfor var der så ikke mere Kakkelovn?? Jeg kan forstå, at Brændeovnen er omtrent mage til Nussets; der rådede Skorstensfejeren os til at beklæde den udvendig med ildfaste Sten – det var den ikke, kostede kun 30 Kr. og lignede Robert Stevensons første Lokomotiv – de Sten sparede det halve Brændsel, Nus er henrykt for sin Ovn; men hun har simpelthen ikke haft Råd til at bruge den i Vinter - har
+3)
+ikke haft Brændsel nok, derfor sover hun stadig heroppe; alt hendes Brændsel går til Værkstedet, hvor hun heldigvis har en dejlig stor Kakkelovn.
+Men hvad gør Ida, når I ikke har Vand?? Husk nu at besvare dette, for det spekulerer vi meget på. Det var meget trist med Tinges Gård, men fin Diplomati at I holdt gode Miner – det er nu altid klogt, for der kommer en Dag efter denne. – Hvor I dog mærker meget til Bæsterne derovre. Hvilken Sensation med de Øvelser! her er vi meget oprevne over de ”udsatte” Kommunevalg; en Version går ud på, at Tyskerne ikke vilde have konstateret, hvor få Nazister der er i Danmark; men der kan jo ligge meget andet bagved; de er rigtignok søde til at holde deres Ord fra 9 April! Vi hører London hver Aften; i Aftes var Gæsten ”Redaktør Blütten Petersen” i Radioen, vi troede en Tid, at det var Blædel, men det er det dog vist ikke alligevel; hans Tale var næsten lidt for lovende – man bliver mistænksom, når d_er kun_ tales om idelige Sejre. Mon ikke Hitler har fejret en diplomatisk Triumf med den tyrkisk-bulg. Ikke-Angrebspagt. Dog, vi her ved jo nok, hvad sådan en Pagt er værd. 
+Dr. Larsen har været her en Aften – han plejer ellers aldrig at se til Patienterne, det var ganske klart at han kom for at snakke; men jeg gider ikke mere – og vi kom slet ikke ind på Politiken; han gik meget skuffet herfra. Skal jeg snakke mere med ham, så vil jeg sige, at han har fuldstændig Ret; hans Idealer fremmes sikkert bedst med Nazismetaler, men mine Idealer er ikke hans – hvad nytter det så at diskutere. Nej, det er ganske håbløst. 
+Nu er Tiden gået – jeg må til Middagsmaden, skønt der var mere at gå ind på fra dit Brev. Det er så subtilt, dette med Vreden og Hadet – det bliver en mundtlig Diskussion; naturligvis må og skal man kunne harmes over Banditstreger, men man må i sit Sind skelne mellem den retfærdige Harme – og det vilde Had, den frygtelige Vrede, som i sig selv er skadelige og udmarvende Foreteelser, man må med koldt Blod kunne konstatere den store Uret uden selv at brændes op i afsindigt Had – det var sådan noget jeg mente i mit forrige Brev; m.a.O. man må forsøge at være positiv – Had og Vrede betegner det negative. Raseri er ikke frugtbart.
+Kender du ”Sparkenbroke” af Charles Morgan, en ganske forunderlig og berigende Bog – jeg har lige læst den for anden Gang – og med lige store Udbytte; Nus har købt den til nedsat Pris for 2,50 (fra 8,50) og var forarget over, at Morten Korchs Bøger er dyrere! Altså, der er for få Købere til de virkelig gode Bøger. Vi læser en Masse i Vinter, er i en Læsekreds. 
+Nu må jeg i Gang. Axel mener at kunne gå på Kontor en af de nærmeste Dage.
+Tusinde Hilsner! Din altid Dis.
+[Skrevet langs venstre margen s. 1:]
+Undskyld for [ulæseligt ord], jeg får ikke Tid til at læse igennem!
+[Skrevet langs venstre margen s. 2:]
+Ja, den Torkil Barfoed må være en stor Idiot – og så må han også være en skidt Teosof – jeg er efterhånden kun glad ved, at jeg ikke indlod mig i Korrespondance med ham; mit Brev havde sikkert
+[Skrevet på højkant langs venstre margen s. 3:]
+ikke kunnet overbevise ham om hans Vildfarelser.</t>
+  </si>
+  <si>
+    <t>1941-03-14</t>
+  </si>
+  <si>
+    <t>Alfred Fly
+Lars Lankjær Mikkelsen
+Adolph Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Karen Warberg
+Marie Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>De to fiskerbrødre og deres mor kendes ikke. 
+Alen er en gammel dansk længdemål = 0,6277 m. Før metersystemets indførelse i 1910 var alen almindelig benyttet længdemål fx i klædehandel ("to alen af samme stykke"). (Lex.dk). 
+Jumber er en lav, tohjulet enspændervogn med to sæder over for hinanden på langs ad kørselsretningen (Den danske Ordbog).
+En dansk mil er en længdeenhed på 7.532,48 m. (Lex.dk). 
+Det vides ikke, hvad det er for behandlinger, som Adolph/Agraren Larsen fik.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0627</t>
+  </si>
+  <si>
+    <t>Vinteren har været hård. Et par af Johanne/Junges fiskervenner måtte hugge hul i isen for at fange ålekvabber. Fiskernes mor var på besøg på Lindøgaard for ikke længe siden.
+Laura/Bibbe har søgt uddannelsespladser som sygeplejerske og har pga. sin alder fået mange afslag. Dr. Lankjær har nu skrevet en god anbefaling, og Odder Sygehus tager hende vist. Johanne mener, at Bibes "nervesygdom" vil bedres, hvis hun får et livskald.
+Adolph/Agraren Larsen går til behandlinger i Kerteminde.
+Man har længe ikke hørt fra Tante Else (Warberg).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P6rt</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+15’ Marts 41
+(krydset mit)
+Fru Astrid Warberg Larsen
+Bakkevej 12.
+Hareskov St
+6-6-03.
+19/3-2000
+Bibbe – Kerteminde.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St.
+[I brevet:]
+Lindøgaard 14de Marts 41.
+Kæreste lille Dis!
+Tænk dig, jeg er løbet vild i det med vort Brevskriveri, jeg kan ikke huske, hvem der skylder hvem, men jeg har faktisk ikke et eneste Brev liggende, hvor på der ikke staar ”besvaret”; jeg kunde maaske en Gang forsømme at skrive ”bsv” men omvendt kan jeg dog ikke tænke mig. Men der var netop Oprydning i Skuffen med Papirer – synes jeg da jeg kan huske mulig har mit Brev fra dig forvildet sig indimellem og bleven brændt. Mulig gaar vi altsaa begge og venter Svar! Hvis det er mig, der skylder, maa du altsaa undskylde den lange Tavshed. Det var bedre end hvis din Tavshed skyldes Sygdom. Hvordan det nu end forholder sig, sender jeg dig nu et lille Livstegn. Er det dog ikke bedaarende med det spæde Foraar, vi har faaet; men tænke sig, at man raaber Hurra for Vintergækker midt i Marts Maaned! Fjorden er endnu fuldstændig isfyldt; Fiskerne længes og spejder efter aabent Vand; det har været en lang død Tid for dem med 0 i Fortjeneste. Vi har nogle Bekendte – ja Venner – blandt Fiskerne; de havde forleden hugget Hul i Isen – alen-tyk – og fanget til et Par Retter Fisk, til dem selv – og os! Gave forstaas der; det var Aalekvabber, som jeg elsker. Navnet er grimt, men Fisken god. Kender du den? de har grønne Ben og kan minde ganske lidt om Aal. Det var grumme sødt af dem, det er to Brødre, de har lige mistet deres gamle Mor; hende var jeg gode Venner med og fik virkelig sat igennem mens hun endnu kunde færdes lidt, at hun kom her til Kaffe en Sommereftermiddag, blev hentet i Jumber og kørt hjem igen. Det havde været en vidunderlig Oplevelse for hende, kunde vi forstaa bag efter. Hvor er det godt, at man af og til faar den Slags sat igennem; det er jo kun at overvinde sin Træghed. Det var sidste Gang, jeg saa hende, siden har vi begge haft travlt med at være syge. 
+Du har ikke hørt, at Bibbe er ved at søge ind i Sygeplejen; hun har helst ikke villet tale om det, men efterhaanden ved saa mange det. Det er saa vanskeligt, fordi hun er bleven over 
+2
+30 Aar og det er Maksimum; hun har sendt Bunker af Ansøgninger, men stadig Afslag. Nu staar den paa Odder Sygehus – c. 3 Mil Syd for Aarhus; hun fik Svar fra Oversygepl. der, at hun vilde godt gøre en Undtagelse med Bibbe (for Alderen) men at hun var i Underhandling med en anden; men mulig - - . Bibbe tilbragte en hel Dag eller mere med at faa samlet Papirer og Anbefalinger og Lægeattester; Dr. Lankjær skrev en flot Attest for Sundhed (!), og det gjorde han, fordi han er overbevist om, at hvis Bibbe kommer i Gang med et Arbejde, som kan fange hele hendes Interesse, saa vil hun komme over sin Nerve-svaghed. Jeg er af samme Mening og det har jeg været længe. I hvert Fald kan det jo prøves; hvis Kræfterne saa ikke slaar til, er hun jo ikke værre stillet end før. Vi har været og er meget optaget af dette, og jeg glæder mig usigelig for min søde Bi, at hun har Haab om en Livsstilling og noget, som kan fylde hendes Liv. Skønt jeg jo ikke er hylevorn, har hun dog måttet ide ved at gaa og se paa mine Lidelser, der er jo pokker til Forskel, hvis det er ens Mor, der lider eller om det er fremmede Mennesker; ogsaa det tror jeg har forhalet hendes Nervesygdom. Bare hin tager sin Medecin, er hun saa at sige rask, men det er jo lidt ilde saadan altid at tage Medecin.
+Agraren tager nu til Sygehuset i Kjerteminde og faar Diabhesmen-Behandling, hver anden Dag han gaar begge Ture, men kommer af og til op at køre. Med mig gaar det vistnok fremad, men det er jo saa langsomt. Dr. Fly var her for at Par Dage siden; jeg spurgte ham, om han troede, jeg kunde komme til at gaa om et Aar. Han sagde ja, men jeg synes ikke, der var videre Overbevisning i det. Men en Gang naar det sig vel. 
+Elle har jeg endnu ikke set, jeg haaber paa Søndag, hvis det gode Vejr holder sig. Jeg gaar og er ængstelig for Tante Else; hun er saa svag og Nina har ikke ringet længe; jeg har ringet dem op, men de svarede ikke; de har jo ikke Pige. Det er gærne Nina, der ringer hertil, for det koster mig 25 Øre at ringe dertil; de derimod kan ringe over hele Fyen.
+Ja, saa maa du altsaa undskylde, hvis du gaar og venter paa Brev fra mig; jeg har nylig skrevet en Del andre Breve, deraf Forvirringen. Bare dette nu træffer Jer raske og i god Orden. Der var meget at skrive om, hvis man skulde komme ind paa Krig og de Forhold. Det er infamt. En Tysker har sagt til en Mand her i Omegnen:
+[Skrevet langs venstre kant s. 4:]
+” I kommer til at æde Rotter før vi.” Hvor er de modbydelige.
+[Skrevet på hovedet øverst s. 4:]
+Hils Axel og Janna. Tusinde Hilsner til dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1941-04-08</t>
+  </si>
+  <si>
+    <t>- Andreasen
+Valborg Andresen
+Maria Balslev
+Vilhelm Balslev
+Alfred Fly
+Heinrich Hopp
+Lars Lankjær Mikkelsen
+Adolph Larsen
+Marie Madsen-Mygdal
+Thomas Madsen-Mygdal
+Cathrine Meyer
+Marie Meyer
+Otto  Meyer
+Axel  Müller
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Janna Schou
+Gudrun Skanderup Nielsen
+Kaj Skanderup Nielsen
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. Andresen, som ligesom Laura/Bibbe skulle rejse, var. Ej heller kendes Peter Træskomand og Dovlsen eller skolebestyrerparret.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0628</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Astrid/Dis har været ude og opleve noget.
+Laura/Bibbe har fået en plads på Odder Sygehus. Hun får 25 kr. pr. måned. Dr. Lankjær mener, at en livsgerning vil kurere Lauras nerver.
+Skolebestyrer Christensens kone er død.
+Der har været kvashugger inkl. mandskab på Lindøgaard.
+Efterretningerne fra Balkan og Grækenland er nedslående.
+Heinrich Hopp forstår ikke, hvorfor danskerne ikke kan lide tyskere.
+Madsen-Mygdal og hans kone er nazister, og Katrine/Cathrine Meyer vil ikke være i selskab med dem.
+Adolph/Agraren Larsen går til behandlinger.
+Til maj kommer der husbestyrerinde på Lindøgaard.
+Lægen har trukket en rodstump ud af Johanne/Junges mund, hvorefter hun satte gebisset på plads.
+Johanne og Adolph har solgt en hest og to køer og betalt afdrag på gæld hos sognefogeden.
+Gudrun Nielsen fra Tornøes Hotel er alvorligt syg.
+Der er født et hoppeføl på gården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VfiW</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Påske 1941.
+Langfredag 11 April.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-2-03.
+Langfredag 21 april – 
+-2000.
+Bibbe W.P. 41
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgd. Tirsdag 8de Apr. 41.
+Kæreste lille Dis.
+Hvor der dog er bleven lang Tavshed imellem os, igen har nok vore Breve krydsedes! Tak for dit sidste. Jeg ser baade af det og af dit sidste lange Fødselsdagsbrev til Elle (hun var her nogle Timer i Søndags, cyclede igen Kl 3, men var da kommen før Middag, det er anden Gang siden Jul, hun var her; hun skulde ud til Middag, hun fører et udsvævende Liv, som de sagde om Comtesse Fanny, da hun blev gift) at du har været flere Gange i Kbhv. og haft det festligt og dejligt. Hvor det dog glædede mig at høre, søde Dis, baade fordi det viser, at du er rask og fordi du har tjænt til det efter den lange Vinter, efter saadan en stille Tid, hvor man kun ser de samme Mennesker – selv om det er de bedste – trænger man til at se andre, og ogsaa til at befinde sig andre Steder. Jeg læste din Basken med Vingerne med stor Glæde og Interesse. Tænk, at du laver alt uden ringeste Hjælp, kan du dog overkomme det, ja, det er jo meget mindre enkelt end det var før, at føre Hus; meget er blevet anderledes, vi har i Dag kogt blød Sæbe af Sæbespaaner, Soda, Borax og Vand; dog, det er jo kun en Smaating. - - Mon vor store epokegørende Nyhed her er rygtedes til dig? At Bibbe til 1_ste_ Maj skal til Odder Sygehus som Elev! Næsten siden Jul har hun virket med det og skrevet utallige Ansøgninger, faaet Afslag paa Afslag, næsten alle med den Motivering, at de kun tog Elever under 30 Aar. Saa endelig fik vi Svar fra Overs.pl. paa Odder Sygehus, bl.a. skrev hun [”hun” indsat over linjen] ”ingen Regel uden Undtagelse og De synes jo at være Undtagelsen”. Bibbe blev ovenud lykkelig og gik straks i Gang med sin Udstyrelse: 4 Kjoler 8 store Forklæder o.s.v., hun faar 25 kr. om Mdn. Det var jo i høj Grad paa Tide, at Bibbe fik sig et Livserhverv og jeg har baade tænkt paa og talt om, at Sygepleje maatte ligge for hende, men først hendes Røde Kors Tjeneste i Vinter, hvor hun har arbejdet en Del paa Sygehuset – ogsaa en Nattevagt - har givet hende Blod paa Tanden, ja glødende Lyst til det. Nu staar Himmel og Jord i et for at faa alt færdigt til Bibbe og Frk. Andresen skal rejse 1_st_ Maj; i Dag ordnes Spisekammer 
+2 Køkken, Kælder og Vaskehus; vi havde været i med Peter Træskomand om at kalke, men han henviste til sin Kone, du ved vor Ungdoms Jomfru Dovsen [”Dovsen” overstreget] Dovlsen i Højrup. Hun er et Jærn til alt Arbejde; desuden har vi en unge Kone (som har tjænt her en Gang) til Rengøringen, vor egen Frøken Andreassen er jo ikke videre gæv til nogen Verdens Ting og Bibbe er i Kjerteminde i Dag til Begravelse; kan du huske, vi havde nogle gode Venner i Kj.: Skolebestyrer Christensens; han døde for adskillige Aar siden, og hun kom aldrig over sin Sorg; den knuste hende, hendes Hjerne tog Skade, og nu er hun død, hvilket kun er godt. Det var et Par herlige Mennesker; hvor har Elle og jeg tilbragt mange hyggelige Timer i deres Hjem, saa gæstfrit og harmonisk som det var; de vidste aldrig hvor godt, de vilde gøre det for deres Gæster. 
+Du kan forstaa, at det med Bibbe er helt revolutionært for os. Agraren og jeg vil savne hende ubeskriveligt, for mig gaar Solen ned, naar hun rejser, men Tanken om, hvor godt det er for hende selv maa jo bære over det; Dr. Lankjær mener at det vil tage det sidste af hendes Nervesygdom, og han gav hende uden at blinke Attest for at hun var rask – fordi han var saa sikker paa, at anden Luft, andet Arbejde og nye Mennesker vilde kurere hende. Hvad der skulde til af Attester og Anbefalinger, kan du ikke tænke dig. Det hele skulde ordnes og sendes saa ekspres, at det ikke kunde naa sig at faa en Anbef. fra dig, men hvad hun fik samlet viste sig altså at være nok; der var to at vælge imellem – der i Odder – og det blev altsaa Bibbe.
+Sikken en dejlig Ro, der er falden over Huset nu; vi har haft Kvas-Hugger i Dag lige fra i Morges til nu ved 4 Tiden, det er en meget larmende Maskine, som fordrer en Del Mandskab; vi var 12 til Middag, Mandfolkene og jeg spiste herinde, de 4 kvindelige i Køkkenet Friggedeller og Sø’suppe. ------
+Onsdag. Det er jo i Dag d. 9_nde_ April, og jeg synes, det er saadan en Sorgens Dag, ikke just fordi det er vor Aarsdag, hvad betyder en Dato, men fordi Efterretningerne fra Balkan er saa nedslaaende. Belgrad har de jo næsten ødelagt og saa vidt man kan faa ud af den engelske Presse, ser det sort ud paa Balkan, for Jugoslavien og Grækenland, de ulykkelige Lande, hvor er de dog tapre og modige, men 
+3 hvem ved, Dis, hvis de to Lande bliver sablet ned, vil det maaske blive Draaben, som får Amerikas Bæger til at flyde over, saa de gaar med; vi, jeg mener Verden, maa jo have de Sataner kæmpet ned, de maa da een Gang lære at forstaa, at Verden ikke vil regeres af dem. Bedst var det jo om den tyske Mentalitet kunde forandres, saa de mistede deres ulyksalige Hang tik at vilde [”vilde” overstreget] ville underlægge sig hele Verden, men kan man tænke sig, at nogle Slægtled kunde forandre paa deres Storhedsvanvid. Maaske! For er det ikke netop det, de er: sindssyge paa det Omraade. Og hvordan faar vi dem helbredte? Jeg tvivler ikke et Øjeblik paa, at de til sidst vil tabe, simpelt hen fordi hverken Staterne eller Sydamerika vil tillade dem at vinde, men hvad saa? Staar vi saa ikke paa samme Trin som da Verdenskrigen sluttede? Hvor de Mennesker dog gør sig forhadte rundt omkring i hele Verden; jeg ved da med mig selv, at jeg hader dem af hele min Sjæl, Sind og Tanke, men de er meget for lidt intelligente til at forstaa det; Fru Andresens Svigersøn (Otto A.s Kone) sagde til hende for nogle Aar siden ”hvor kan det dog være, at Danskerne slet ikke kan lide os.” Hun henviste til 1864. Ja, hvad var det: det vidste han da ikke en Smule om, nej de er et Løgnens Folk, der skriver deres Verdenshistorie som det passer dem. Bibbe var sammen med Marie og Katrine Meyer forleden (Mix’es Søster) Kath. havde været sammen med Madsen Mygdals hos Mix’es og det viste sig at baade M.M. og Kone var Nazister! Katrine som er glødende Anti-Tysk har frabedt sig at blive bedt sammen med dem mere. Men mon det alligevel ikke er ret faa, der har det Sindelag, at de hælder til Forbryder-Metoderne. Vi træffer da aldrig nogen. - - Agraren er i Kjertem. til Behandling paa Sygehuset, nu er Ansigtet snart i Orden. Med mig gaar det nogenlunde som sædvanlig, jeg haaber paa den kommende Sol. 
+Vi er i Færd med at faa en Husbestyrerinde til Maj, en Jyllandspige fra Aalestrup, som jeg ikke ved, hvor ligger; vi korresponderer om det og det synes at gaa i Orden. 60 Kr (!) Jeg kan jo ikke lave noget uden at det straks bliver daarligere med Knæet. Jeg spurgte forleden Doktoren, om han troede, jeg kom til at gaa om et Aar; han sagde ja, men jeg synes, at han havde det Ansigt
+4
+paa, som de har, naar de narrer Patienterne. Jeg synes, at [”at” overstreget] jeg begynder at mærke, at jeg har Nerver; det maa ellers siges at have været upaaklagelige i min snart 3årige Sygetid. Jeg skal give dig et lille Eksembel paa min Ikke-Nervøsitet. Da Doktoren var her for noget siden, havde jeg bedt ham om at tage en Tang med til at hale en Rod ud, som sad efterladt og som af og til blev betændt; da vi snakkede om Knæ kom jeg i Tanker om Roden og spurgte, om han havde husket Tangen – Jo! Han halede den op af Tasken, jeg gabede, han tog ved, og ud fløj Roden. Jeg sagde Tak! Satte Tænderne i igen og vi snakkede videre om Knæet uden at berøre ”Operationen” med et Ord, og uden at jeg i mindste Maade følte Sindsbevægelse ved det. Nervøse Folk reagerer lidt anderledes. Men Bibbes Afrejse er værre end en Tandrod og det reagerer jeg overfor. 
+Hvis jeg nu skal snakke lidt Økonomi, vil jeg først spørge dig, hvordan du klarer dig og om du nåede til Vejs Ende med den resterende Skat og saa fortælle dig lidt om os – jeg ved det vil glæde dig – Vi havde 4 Heste og mente, vi kunde klare os med 3, solgte saa den ene og fik 1800 Krus !!! for den. Samtidig solgte vi 2 [”2” indsat over linjen] Køer, som skulde kælve men var lidt bedagede, saa Handleren maatte op med 2750 Kr. Saa drog Manse hen til Sognefogeden i Dræby, som har en Prioritet i Gaarden her paa 9500 Kr (det var oprindelig 10.000 men vi har betalt de 500 af) og spurgte ham, om han vilde have noget imod at modtage 2000 som Afdrag. Nej, det havde han ikke, skønt Manse syntes han saa lidt alvorlig ud; de, der har Penge er jo ikke bedst stillede for Tiden. Han sagde: Ja, saa fornuftige skulde alle være! Jeg synes, det er helt flink af den unge Dreng til Manse – som da for Resten efterhaanden er bleven 26 Aar – at han hører til de fornuftige, og lader alt gaa her paa den gamle spartanske Maade i Stedet for at faa Højheds-Vanvid. Var det ikke en helt sjov lille Historie? Men saa har jeg for Resten heller ikke stort mere at berette – jo Marie Balslev har jeg [”jeg” overstreget] lige ringet [”n” i ordet indsat over linjen]; Vilhelm har faaet Lov til at komme hjem og ligge et halvt Aar! De er lykkelige, for saa kan han da snakke med sin Forkarl og være hos Kone og Barn. De har ikke sets i 9 Maaneder.
+Jeg længes meget efter at høre fra dig du hører jo igen fra mig d. 26_nde_.
+Tusinde Hilsner søde Dis til dig og dine fra din Junge 
+[Skrevet langs venstre margen s. 6:]
+Gudruns Broder Kaj er i Tyskland, ingen ved hans Adresse og de kan ikke komme i Forbindelse med ham. Bibbe tager sig dette meget nær, ja ogsaa vi her 
+[Skrevet langs venstre margen s. 5:]
+Stakkels lille Gudrun Nielsen, Tornøes Hotel ligger vist paa sit sidste; hun fik Lungebetændelse brat og voldsomt. Maaske hun x
+[Skrevet på hovedet øverst s. 5:]
+x er død i Nat, i Aftes sagde Sørensen (Overtjeneren og Gudruns Ven og Støtte) til Bibbe i Telefonen at hun ikke levede Natten over, han var dybt fortvivlet.
+[Skrevet langs venstre margen s. 4:]
+haft en Del med hende at gøre i de senere Aar, Bibbe meget.
+[Skrevet på hovedet øverst s. 1:]
+Torsdag. Vi fik i Aftes et dejligt lille Hoppeføl; det er vores gamle Røde, som nu for 4_de_ Gang kommer med i Fol til os, altid normalt og godt. For Tiden er det jo ogsaa en stor økonomisk Gevinst. - - Det er dejligt at tænke paa, at Axel nu har 4 Helligdage. Gid Solskinnet vil vedvare til ham. Hav det godt i Paasken alle tre!</t>
+  </si>
+  <si>
+    <t>1941-05-20</t>
+  </si>
+  <si>
+    <t>Sus -
+Maria Balslev
+Christen Brixtofte
+Winston Churchill
+Gudmund Hatt
+Rudolf Hess
+Adolph Hitler
+Adolph Larsen
+Johannes Larsen
+Thomas Madsen-Mygdal
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Sallum/Sollum er en landsby i Egypten ved Middelhavet umiddelbart øst for grænsen til Libyen og omkring 145 km øst for Tobruk. I historisk sammenhæng omtales Sallum når man vil beskrive omfanget af Italiens invasion af Egypten fra Libyen i 1940. Den 10. italienske armé byggede en række forter i området ved Sallum (Wikipedia nov. 2023). 
+Martin W. Pfeiffer: Die Landwirtschaftliche Individualität - ein Bild des Menschen.Udgivet på dansk med titlen: ”Landbrugsindividualiteten - et billede af menneske: til forståelse af præparaterne i den biologisk-dynamiske driftsmåde”. Bio-Dynamisk Forlag, 1977. 53 sider. 
+(Bibliotek.dk). 
+Dr. jur Asche: ses ikke i Falk-Jensen og Hjorth-Nielsen Candidati og examinati juris 1736-1936: Aa-F, ej heller i Bovrup Kartoteket (medlemmer af det danske nazistparti) – uvist hvem Asche er – måske tysker?
+Fyens Venstreblad: Avis, der udkom 1892-1958.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0417</t>
+  </si>
+  <si>
+    <t>Det er godt, at Astrids operation er vel overstået. 
+Martin/Manse står i år for køkkenhaven, og familien har mange grøntsager.
+Johanne/Junge skriver om krigen, Tysklands rolle mm.
+Laura/Bibbe har omsider besluttet sig for at blive sygeplejerske. Hun er rask nu.
+Johanne har fået en sød og dygtig pige i huset.
+Det er dejligt, at Jannas forretning er i fremgang.
+Der er ingen småfugle i haven. Skaderne tager dem vist.
+Maria Balslev kommer snart på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0wPP</t>
+  </si>
+  <si>
+    <t>Lindøgaard 20-5-1941.
+Kæreste lille Dis! X Til Lykke med Gardinerne dejligt!
+Tænk, at du har Polyp-Historien overstaaet! Det er vel nok godt, jeg havde gruet paa dine Vegne, men anede ikke noget om, at det var saa nær forestaaende. Tænk, at du har gaaet med saadanne Bæster i dig! Det var altsaa ikke saa slemt at gaa hjemme? Men maaske lidt letsindigt i din Alder at foretage at foretage dig så meget X [”X” indsat over ”meget”] lige efter saadan en Operation. Mon nu de Galdeanfald havde noget at gøre med den? Det vides vel ikke. Hvor og hos hvem blev det lavet? Og tænk, at du tog helt alene derud og ikke havde en Smule Støtte af en af dine. Naa, nu er det altsaa ovre og godt det samme! Jeg haaber da, at Nus igen er kommen over sit? Nu har vi jo faaet Varme, jeg har lige været en lille Tur ude i Haven i det dejlige milde Vejr, nu skal jeg love for, der er kommen Fart i det hele, alt myldrer op af Jorden, især Græsset hvad betyder saa uendelig meget for de stakkels slunkne Kreaturer Manse tager sig med Lidenskab af Køkkenhaven i Aar; de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske [”de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske” indsat over linjen] han har f. Eks. saaet al Kaal, da Planter fra Gartnerne var fantastisk dyrt i Fjor og selvf. værre i Aar. Vi har flyttet den store Køkkenhave ud i Marken – allerede i Fjor, og vi har haft kolosalt med Grønsager; vi har endnu masser af store Selleri; saa snart vor lille Husalf bliver færdig med sin Vask, hun gnider kraftigt derude, kan jeg høre, skal hun koge hen af dem (Manses Idé) da nogle af de sidste var begyndt at raadne indeni. Hvidkaalen er lige sluppet op, men Rødkaal som vi spiser til alt muligt – Flæsk, Vildt o. lgn. samt Porrer har vi stadig godt med. Hvor er det vidunderligt med Grøntsager, jeg personlig er vild efter dem og skal jo have dem. Tak for det lille Skrift! Bare nu vor danske Landbostand ikke vil være altfor trøv med at faa fat paa det nye og selvfølgelig rigtige; at der er noget galt ser vi jo tydeligt. Amerikas gradvise Forandring til Ørken er efter min Mening, en Verdenskatastrofe og vi her hjemme er jo godt med. Hvis der var noget ved vore [”e” sidst i ordet overstreget] Landbovidenskab, tog den jo fat paa det og fik Konsulenter til at undervise os Bønder – smaa og store. Det var ikke
+2 
+helt nyt for mig, idet jeg ejer og har læst – i hvert Fald delvis – Pfeiffers Bog, jeg husker ikke Titelen Drengene fik lavet deres Møddingsplads an efter Anvisningen i Bogen. Se, alt det, som jo om 20-30-40 Aar [”Aar” indsat over linjen] vil være praktiseret her i Danmark og redde Landbruget fra Forfald, kan vi jo takke Tyskerne for. Dygtige er de jo, hvor er det Synd, at de har den skæbnesvangre Opfattelse, at de skal være Jordens Herrer. Gud ved, hvordan det ser ud dernede, Menigmænd som vi ved det jo ikke, men godt er det jo næppe for dem. Dog maa vi jo huske paa at deres Balkansejre bidrager til at holde Folket i Aande. Vigtigere end Hess-Forteelsen synes jeg næsten er, at det igen gaar Engl. godt i Afrika. Tyskerne paastaar jo, at de igen har taget Sollum, Engl. siger nej: Abessinien er jo paa Nippet nu, men det er vel at mærke ikke Tyskerne, der er blevet slaaet, saa de forb. Asner har jo stadig Grund til at triumfere. Jeg har ikke kunnet frigøre mig fra, at der laa Nazi–Rævestreger bag Hess-Begivenheden, men ingen synes jo at mene det. At Hess ligefrem skulde have givet sig til at bekæmpe Hitler efter mindst 15 Aars fortrolig Samvær og Beundring fra Hess’ Side, kan jeg næsten daarlig faa mig selv til at tro, men hvis han er flygtet for Livet, maa det være saadan. Men har Churchill ikke sagt, at han ikke vil give Underhuset Redegørelse for Episoden – det har jeg da faaet fat paa. Naar ”man” tillægger den saa stor Betydning maa det jo være fordi man føler sig overbevist om, at den skyldes Kludder i Nazi-Regeringen, men har man egentlig Vished for det: Fanden i det, hvor man ved lidt. Hvad er Jeres Erfaring m.H.t. den danske Stemning overfor Tyskerne? Elle ved fra Politimesteren i Kj. at en af de øverste Politimyndigheder havde udtalt, at det blev ”værre og værre” med Tysker-Hadet, og at Myndighederne havde Besvær med at holde Folk rolige. Det lyder godt, men jeg synes, der er mange kedelige Eksempler paa det modsatte. Madsen-Mygdal, Gudmund Hatt og mange mindre Aander. Dr. jur Asche, som har skrevet om udenrigs Politik i Venst.bl. i flere Aar, afslørede sig som fuldblods Nazist efter d. 9nde April. Hvad mener dog de Mennesker. De maa have glemt eller slaaet en Streg over Nazismens Forbrydelser (Jøder, Konzentr.) og hvor kan de dog det? det viser dog klart, hvad Aand, der behersker dem. Men de har vist for en Del Ret i deres økonomiske Betragtninger og det er 
+3
+Efter Middag
+vel det, visse meget jordbundne Aander ikke kan staa for. Jeg tror, jeg mener og har Erfaring for, at langt de fleste Mennesker ser alt under Synsvinkelen: Økonomi! Gud hvor er de [”de” indsat over linjen] smaatskaarne. 
+Der er mange Artikler i Fyens Venstbl. som jeg ikke kan fatte, at Brixtofte vil have i sit Blad; mange Ledere f. Eks. hvis jeg husker det, skal jeg sende Lederen for i Dag. Du tænker maaske: ”klip ud med det samme”, men Mændene har ikke læst Avisen endnu. Manse gik efter Middag ud til sit Solbad og stopper det lille Skrift i Lommen – det du sendte mig. Han er i høj Grad lydhør for Sagen. Manse er i det hele taget et intelligent Menneske, Dis, og han forstaar at bruge sin Intelligens til praktiske Ting. Tinge er ogsaa intelligent, navnlig ved han en Masse, han har noget af Lases fænomenale Hukommelse, men han svæver altid lidt. 
+Saa er der lille Skipper – jo Tak, hun har det efter hendes Breve at dømme udmærket, er glad ved det hele og er rask, har ikke haft een Dags Hovedpine og bliver ikke overanstrengt med Arbejde. Hun og en anden Elev har besøgt en 3die Elev, hvis Hjem ligger 17 Kilometer fra Odder; de tog af Sted Lørdag Aften og blev der om Natten; der er en meget stor Gaard, 160 Tdr. Land. Der er Elevens Mor, som Bibbe syntes vældig godt om hendes Bror som har [”har” indsat over linjen] Gaarden og hans Kone er forhenv. Sygeplejerske – en Personlighed, skriver Bibbe: De havde baade Klaver og de rigtige Noder; Bibbe spillede Schubert for dem, hvad de tydelig var meget glade ved. Ja, det var rigtig nok godt, at Bibbe fik sig mandet op til at begynde paa noget; jeg har før foreslået Sygepleje, men paa den Tid vilde hun ikke høre tale om at tage hjemme fra, Røde Kors Arbejdet gav hende Impulsen og saa blev det til noget. Vi er godt tilfredse med den nye Pige, hun er navnlig saa umaadelig sød og rar; jeg kan ikke vide, om hun ikke ogsaa føler sig lidt godt tilpas her; en Broder tjæner i Kølstrup og det er jo ingen Vej at tale om, og en Veninde er paa Højskolen i Kjerteminde; hun har fortalt mig, at her er kun halvt saa meget at lave som der, hvor hun kom fra i Jylland. Og saa er hun økonomisk, hvad der jo har knagende meget at sige, naar hun skal lave Maden. Min hidtil eneste Indvending er den at hun nok kunde være lidt renligere med sig selv. Maaske det kan bedres ved Eksemplets Magt. 
+4
+Hvor er det dog vidunderligt med Jannas Forretnings Fremgang, men hvor skal hun faa alt det lavet? Jeg er ikke rigtig klar over, hvem hun har som Hjælper foruden Sus. Bare Janna dog var lidt stærkere, men nu har vi da faaet Varmen. Jeg har i Dag for første Gang siddet i Haven og haft mine Knæ i Solbad, det var henrivende. Men vi har ikke mere den Fuglesang som i de første Aar. Jeg mener, det skyldes et Skadepar, som har boet her nogle Aar, de tager jo Æg og Unger fra Smaafuglene, eller jager dem væk. Fugle har jo god Forstand paa deres smaa Omraader, og de ved, at Skaderne er deres Fjender. Men Agraren og Manse er glade ved og interesserede i Skaderne og vil nødig skyde dem – og det maa de jo om, jeg har jo heller ikke ligefrem Bevis for at Sangfuglenes Flugt fra os skyldes dem. 
+Du har saa ikke endnu bestemt, naar du vil komme her – skriv det saa snart du ved det, Marie Balslev har lovet at besøge mig i Juni og vi har desværre kun 1 Seng! Ja, nu gør du store Øjne, men Drengene har taget deres store faste Træsenge bort og ligger i rigtige Senge. Det kunde jo være morsomt om du og Marie traf til at være her samtidig, i saa Tilfælde kunde du jo mulig sove paa Divanen her i Folkestuenden ene Nat [”den ene Nat” indsat over linjen], der spises jo i Køkkenet, saa de ikke forstyrrer dig om Morgenen. Er det ikke sødt af Marie, at hun vil komme? Jeg slog paa det og saa viste det sig, at hun havde Turen planlagt. 
+Onsdag 21 Maj Jeg naaede ikke at faa mit Brev med Posten i Gaar, men du er vel heller ikke kommen hjem endnu. – Jeg holder et lille Husmandsblad (3 kr. årlig) her er en Artikel, kan du ikke læse den og sige mig om du forstaar den – jeg ikke. 
+Vi fik i Aftes Visit af vor Brugsmandsdatter, hun er saa knusende sød mod os altid, god Veninde af Bibbe. Skønt vi nylig har faaet, kom hun med Tobak baade til os og Drengene samt Brystsukre til mig; men det er jo en stor Hemmeli[g]hed, at hun favoriserer os fremfor andre. De har et frygteligt Besvær med at skifte Sol og Vind lige. 
+Nu er der ikke mere denne gang – det skulde da lige være at jeg glæder mig usigeligt til dit Besøg. Du kan vist selv tænke hvad det betyder for mig som sidder hen. Tusinde Hilsner til Jer alle tre, din Junge.</t>
+  </si>
+  <si>
+    <t>1941-11-20</t>
+  </si>
+  <si>
+    <t>Sus -
+Johan Sebastian Bach
+Thora  Branner
+Louise Brønsted
+Bertel Christian Budtz Müller
+Peter Hansen
+Johannes Larsen
+Thomas  Løkken
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Marianne Schou
+Marie Schou
+Mette Schou
+Franz Syberg
+Else Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Fædrelandet var navnet på en nazistisk avis, der udkom fra 9. januar 1939 til 4. maj 1945. Dens trykkeri og lokaler i Store Kongensgade i København blev ved befrielsen overtaget af Dagbladet Information.
+Kvieslag: Udskæring fra en kvie (Internettet, juni 2025). 
+Hansen-familien kendes ikke.
+Klaret kød er kød, hvorfra man har fjernet fedt og urenheder.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0541</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt takker mange gange for kassen med frugt. 
+Hun har haft besøg af Mette og Marianne Schou. Den lille Marianne er henrivende og ligner Jørgen/Buf Schou. Mette bliver boende i huset med en malerveninde. De sælger grøntsager. Om vinteren væver og maler Mette hos sin far i Himmerland. Mettes bror har haft et verbalt sammenstød med en tysker.
+Astrid Axel Müller bytter opfejet korn fra Frihavnen med kaniner, høns og gæs. 
+Astrid har lavet rullepølser og ragout. Hun bager franskbrød og honningkage samt småkager og laver kvædebrød. 
+Janna/Nus Schou har solgt en masse af sine glasprodukter. Hun har brug for en assistent, men Fru Hansen og Nortoft er gode hjælpere.
+Janna har været på kirkegården med blomster til Jørgen/Buf Schous grav. Hun har arvet billeder af Syberg, Peter Hansen og Johannes Larsen fra ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hVic</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+Læst – 64
+1941
+20’Nov
+[Skrevet med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+Fyen
+[Håndskrevet på kuvertens bagside:]
+A Warberg Müller
+Hareskov
+[I brevet:]
+Hareskov, 20’ Nov. 1941. 
+Kæreste Junge! Det er for galt, at jeg først nu får skreven til dig, skønt den sidste Kasse Frugt, Æblerne, kom i Lørdags, 8 Dage efter Kvæderne, vi er overvældede, Tak til Jer alle sammen det var en Kæmpegave! Kvæder står i så høj Pris i Aar, at jeg ganske havde opgivet dem; og da vi ikke har Spiseæbler, er sådanne også yderst velkomne, Axel tager hver Dag et med på Kontoret, det har han så godt af og er så glad ved; hvad hedder de store, skøre, smukke, gul og røde? De er himmelske Tak og atter Tak! Grunden til Brevets Forsinkelse er simpelthen en Række af så krævende Arbejdsdage, at jeg ikke har overkommet mere – der er meget at lave nu for kommet mere – der er meget mer at lave nu for en Husmor, men så er det godt, at man kan, jeg er sommetider helt stolt af mig selv, fordi jeg har fået mig lært så meget, som før syntes mig uoverkommeligt – og at det morer mig, men det tar også på Kræfterne. Skrev jeg om Mette Schous Besøg i forrige Uge? Hun kom cyklende til Frokost den ene Dag med lille Marianne på Styret – de var nede hos Nus og rejste næste Morgen; den lille var over alle Grænser bedårende, hun fylder 3 Aar til Marts – ligner Buf meget, hun har hans dejlige Øjne og store sorte Øjenvipper – og den mest poliske lille Mund – det lyser ud af hende, at hun også har hans strålende Sans for Humor, jeg var forfærdelig glad ved hende, det er sjældent at se så pragtfuld en Unge. Mette er også meget sød, vi var alle så glade ved Besøget, også Axel; og hvor er hun tapper og dygtig; hun beholder Huset ved Fjorden, en Malerveninde bor hos hende 
+de passer i Fællesskab Jorden, har avlet og solgt 60 Tdr. Kartofler, som de selv har taget opsorteret etc. Desuden har hun mange andre Grønsager. Om Vinteren tager hun op til Faren, som har en Gård i Himmerland, Moren er nylig død (for et Par Aar siden), han har lejet en Væv til hende, der væver hun så om Vinteren og maler, hun er meget talentfuld; du ved hun er Søster til Carl Nielsen, ham med Samtalerne med Tyskeren; hun havde lige besøgt ham; han er frygtelig opreven over de Samtaler; ved den sidste var Tyskeren lige kommen fra et Besøg på ”Fædrelandets” Redaktion, hvor de havde skældt voldsomt ud over Carl Nielsen, som havde angrebet Bladet, og det kneb meget at få ”Samtalen” lavet; hvert Ord må jo afvejes til alle Sider, men skal alligevel helst udtrykke det, han har på Hjerte. 
+Det var så heldigt at vi lige havde fået en Kanin, da Mette kom – da jeg skulde stege den – jeg skar den ud, dyppede i Mel, stegte i Gryde med Tomatpuré – så jeg, at der var en Masse Fedt omkring Nyrerne, det tog jeg fra og lavede af det, samt Hjerte, Lever og Nyrer, den lækreste Leverposteg – uden Mel men med 1 [pund symbol] Kartofler, alt maskinelt. Vi har en fordelagtig Transalation med Hansens, der hvor Sus bor; Axel skaffer dem ”Opfejning” d v s Korn som spildes fra Sækkene i Frihavnen, det kan han købe billigt, det får så Hansens til deres Dyr, Høns etc – de kan jo næsten intet få at købe og kun til Kæmpepriser; vi Axel [”Axel” indsat over linien] har leveret to Gange og derfor får vi . 3 Kaniner – 1 Hane og en Gås, sidste til Jul, Hanen til Nytår, de to Kaniner har vi fået, det har de selv tilbudt, - de får Korn og vi får billigt Kød. Vi kan ikke få ”Opfejningen” ubegrænset, der er mange om det, men vi er godt tilfreds. 
+2) En anden Dag fik jeg Axel til at købe et Kvieslag, det kostede til min Skræk 4,50, men jeg fik heraf 1 pund afsmeltet Klaret og to store Rullepølser, så det blev dog lukreativt. I Forgårs kom Nus hjem fra en Bytur og havde i Istedgade købt en Nyre for 40 Øre – den blev til en herlig Ragout igår, jeg skar den i små Stykker, som meledes og stegtes med Tomat – tilsidst blandedes små bitte kogte Kartofler i, som jeg havde pillet fra de store – de var som Nødder men lækre trods sene. Af Nyrens Fedt blev der lidt Klaret – vi kan næsten ikke få Fedt mere og Smørmærkerne er kun lige til. Nu har Nus og jeg bestemt at vi fra nu af og til Jul kun vil spise Marmelade på Knækbrødet om Morgenen for at spare Smør til lidt Julebagning; jeg bager nu 2 Gange om Ugen 2 Franskbrød og en Gang ugentlig en stor Bradepande Honningkage, jeg har en billig Opskrift, kun 85 Gram Klaret – c 2 pund Sigte/og Hvedemel ½ af hver og 1/2 l Kernemælk, div. Erstat. Krydderier, den sparer også på Smørret; til Søndag bager jeg Småkager, som jeg delvis har opfundet: 1 Æg – liså meget brunt Sukker, liså meget Mel, lidt Natron og div. mørke Krydderier – der bliver c 50, sat på med Teske, i går fandt jeg på at lægge en lille Klat fast Marmelade på hver Kage – men den Opfindelse skal nu gemmes til Jul, den var dubra. Bliv ikke forarget over at Kvæderne gik næsten til Lyst! i Aar kan man jo ikke lave Konfekt, som Axel elsker, så lavede jeg Knækbrød, d v s 2 pund syltede jeg først som hele; så kogte jeg alle Skræller og Kernehuse af, mosede gennem Dørslag, der blev 3 pund Marmelade; Resten gik gennem Maskinen, der blev 5 pund Frugtmasse, kogt en 5 pund Sukker; en Del farvede jeg rødt, en Del grønt, den største Part ufarvet; det ligger nu spredt ud på den store Egetræsbakke og et stort Fad, dækket med Papir, og tørrer oppe på Køkkenskabet – altså lige under Loftet, så skal det senere skæres ud og vendes i groft Sukker - Julekonfekten er sikret. Til Variation har jeg meget stærke Ingefær-Græskar, som også skal vendes i groft Sukker. Nå – du ser, jeg er meget hus-optaget.
+I Tirsdags var Axel til sin 2den Bachkoncert , og Lugge husede ham igen - den Dag lavede jeg de tre Kvædesyltninger, det tog hele Dagen, Nus var i København – med Nyheder – så jeg var almasensalene, derfor nåede jeg så meget, var først lige færdig og havde Middagen parat, da Nus kom Kl ½ 7; en strålende glad Skatter, skønt hun havde travet hele Dagen med sin tunge Kuffert og i Snuskregn: men så havde hun også flottet sig, spist Frokost i Brasilko, en fin Hummer – Reje – Svamperet til 2,85 – uhørt for den sparsommelige Nus – deroppe havde hun siddet og talt alle sine Ordrer sammen - og købte siden en lille Æske fineste Konfekt (8 Kr Pund!) der var for 3,85, som hun havde med hjem til vores ensomme Aften; og da vi havde spist Middagen, pakkede hun Kufferten ud og viste mig alle de dejlige Ting og fortalte mig om hvert enkelt Sted, hun havde været, og hvad de havde sagt og hvad de havde købt - - de er helt vilde efter hendes Ting nu - og netop nu er det så svært at skaffe Materialer --- ialt havde hun solgt for 1.294 – Kr.!! – så nu får de rasende travlt, jeg begriber ikke, at de kan nå det; men Sus havde netop om Formd. opdaget, at Fru Hansen, som var ovre at vaske en Kasse Glas for dem – at hun kan dubbe – (altså sætte Farverne på de ensfarvede Ting, det er meget svært) – hun vilde så gerne prøve, og det viste sig, at hun havde Håndelaget, de blev strax fejlfri, og de havde jo ikke Råd 
+3) til at ødsle Farver nu på Oplæring. Dupningen keder dem skrækkeligt – de vil hellere lære nye Motiver, og alene Budtz Müller i Bredgade havde bestilt 200 grøn-duppede Glas á 1,65 [”á 1,65!” indsat over linjen], så der er noget for Fru Hansen, de mener det kan betale sig at tage Hjælp, så de kan hellige sig de større Opgaver; de har også engageret Nortoft til Pakningen, som tager lang Tid. (Gid jeg var 10 Aar yngre – men jeg har nok heroppe at lave og for få Kræfter til mere.) – 
+Nus havde på sin Tur også været på Vestre Kirkegård – det var Bufs Fødselsdag Dagen efter – havde Blomster med derind; for dine Penge havde hun i fjor købt og plantet en hvid Krysantemum, den stod så smukt og havde mange Knopper. 
+Og i går fik hun fra Kunstmusæet de Billeder, hun har arvet efter Buf; et meget stort Maleri af Baronen forestillende Fru Syberg, der sidder sammen med Trylle og ser i en Bog, et dejligt Billede. Og en smuk Skitse af Peter Hansen, en pløjende Mand, samt flere Fugletegninger af Las. Jeg har lovet hende at hjælpe med Ophængningen, hvor vil de smykke hendes Hus dernede, det er virkelig et henrivende lille Hjem, hun har der; hun skulde have hende en Mand deri. -
+Ja og så kom Axel hjem i Aftes og var i strålende Humør efter sin Koncert, og det var dejligt at have han hjemme igen; men hvor har han dog godt af de små Udflugter! 
+Han havde også Læseforeningsbøger med til os, vi læser Thomas Olesen Løkken på Kraft for at være udrustet til hans Besøg, som nu snart må kunne ventes.
+Jeg fik et sødt Brev fra Tutte i går; hun kommer dog ikke herned, men vil gerne have mig derop i næste Uge; det må jeg gøre, skønt jeg er i en kedelig Astmaperiode, må brænde Pulver hver Nat for at kunne sove. Men jeg rejser nu derop alligevel. 
+Nu er det Frokost, lille Junge, så jeg må slutte for denne Gang.
+Husk at skrive om Bibbe, og hils hende meget, når du skriver. Hvordan har du det med Tobak? Axel kan vist godt skaffe dig noget, hvis du ikke kan få det. 
+Tænk dig, jeg fik et langt Brev fra Tante Else, så nu skal jeg skrive igen. 
+Tusind Hilsner og endnu en varm Tak for Frugten!
+Din Dis.
+Kære Junge! Jeg ved ikke om Dis har skrevet noget om Tobak! Hermed en lille Pakke Cigaretter, som jeg haaber, at du kan bruge. Mange Hilsner fra din heng. Axel.</t>
+  </si>
+  <si>
+    <t>1942-01-10</t>
+  </si>
+  <si>
+    <t>Ruth -
+- Bilde
+Erik Høgsbro
+- K, Lindøgaard
+Jacob Lange
+Adolph Larsen
+Andreas Larsen
+Grethe Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Louise Løgstrup
+Cathrine Meyer
+Ellen  Sawyer
+Lasse Taaning
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jens Hansen, som først ville sælge en gård og derefter ikke ville, var. Heller ikke hvem Ruth var. 
+Sagen om at "Agraren var gaaet" og "til vor store Lettelse nøjedes det med den ene Dag": Adolf Larsen var kvartalsdranker.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0211</t>
+  </si>
+  <si>
+    <t>Johanne Larsen blev glad for Bibbes brev. Johanne havde ikke råd til større julegaver. Hun ville gerne hjælpe Bibbe mere. Nu betaler hun hendes tandlægeregning - eller rettere: Martin/Manse gør det. Det var dyrt at holde jul.
+Løgstrups på Lindø vil sælge deres gård, og Erik/Tinge har budt på den. Der skal rejses penge til sagen ved at sælge dyrene og malerier. Lasse Taaning kan låne familien 1000 kr. De vil helst ikke låne af Vilhelm/Klaks Larsen. 
+Marie skal rejse nu. Nytårsaften var smuk og krigsvemodig. 
+Adolph har haft en "tur", men den varede heldigvis kun én dag. 
+Måske kan Johanne og familien låne af Ellen.
+Jacob Lange er død.
+Mon Bibbe møder nazister blandt lægerne?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dwSj</t>
+  </si>
+  <si>
+    <t>[Håndskrevet af ukendt/Bibbe:] 15-6-03
+Lindøgaard. Lørdag Aften 10-1-1942
+Kære lille Bibbe!
+Ja, du har saa sandelig Ret i, at dine Breve betyder (mindst) lige saa meget for mig som omvendt, og du kan tro, jeg blev lykkelig over endelig i Dag at faa et Brev fra dig – jeg havde jo hele Tiden sat min Næse op efter at faa et Brev som ”Kvittering” for Julebreve og -pakke, og var meget dybt skuffet, da Marie og ikke jeg fik et. Naa, men i Dag kom det, og saa taler vi ikke mere om det, men du faar saa mange Tak for det. Aa, den Pakke kunde saamænd have været meget mere indholdsrig end den var, men jeg havde ikke flere Penge og Mandfolkenes Gaver var jo sandelig store nok, men Penge fylder jo nu en Gang ikke saa meget. Tænk, at du skal give 40 Kr. for et Par Sko, vor Herre bevares! Du kan altsaa ikke en Gang tjene til et Par Sko paa 1½ Maaned, der er nu ikke rigtig Forhold i det, men vi maa jo huske paa, at du er i Lære. Jeg vilde saa gerne hjælpe dig noget mere, men ser du, nu vil jeg til at betale din Tandlægeregning paa 115 Kr. d.v.s. Manse betaler den, naar han nu faar Roepenge, som han ikke har faaet endnu og saa betaler jeg dem af hos ham. Jeg har ingen store Udgifter for mig, har lige faaet Tabletter og Hørfrø for 14.15 Øre samt betalt en gammel Regning hos Bisgaard paa 5 Kr. (haaber det er rigtigt, det var et Par Strømper; de er jo altid akkurate der) jeg fik jo 15 Kr. til Jul, 10 af Tante Else og 5 af Far, saa jeg kan undvære 30 Kr. af mine Januar Penge. Saa vil jeg skrive op, hvad jeg lægger ud her i Husholdningen og andet, det skal ogsaa regnes med til Afbetaling paa Tandregn.; det har jeg jo ellers aldrig været saa nøjeregnende med, men du kan stole paa, det løber op. Jeg vilde ellers ikke have fortalt dig, at jeg betaler den, men gør det altsaa alligevel, fordi du ellers maa synes, det er mærkeligt, at jeg ikke hjælper dig noget mere. Du er dog den største af alle mine Interesser, og jeg selv har jo ikke noget videre at give mine Penge ud til; Jul er jo en dyr Omgang, Frk. Kr. fik en Gave (Undertøj) til 15 Kr og Mandfolkenes kostede 33 Kr, Marie fik 5 Kr. og 4 Kr. til en Krans til Fars Grav, Tante Dis Paalægsgafler – husker ikke Summen, men det hele løber op - - alt dette skrives for at du kan forstaa, hvad alt mit Mammon gaar til. - - Naa, nu skal du høre om en Sag, der optager alle Sind og Tanker 
+2.
+her paa Lindøgaard i disse Dage: Løgstrups nede paa Lindø vil sælge deres Ejendom og Tinge er Liebhaver!! Nu gaar vi samme Omgang igennem som da Jens Hansen vilde sælge, men alligevel ikke vilde, lad os nu haabe, at vi ikke skal gaa samme Skuffelse igennem igen. Han forlanger 28.000 Kr, hvad vi synes er en stiv Pris, men som Høgsbro, Landsretssagføreren i Odense, ham med Saneringslaanet, mente var uhyre billig. ”Skynd Dem hjem og køb” sagde han til Tinge ”inden Manden sætter Prisen op.” Løgstrup var hernede i Forgaars Aftes for at meddele dem sin Pris altsaa 28000 og i Aftes gik Drengene derned og bød 26.000 Kr. og saa maatte de tage Kaminen (som de elsker) og deres Lysekroner og Gardinstænger med – hvad jeg troede var en Selvfølge – L. sagde saa, at han vilde sige dem straks, at han ikke vilde sælge, før han fik talt med sin Mor; hun bor i Jylland og han var i Dag ude at blive fotograferet til Rejsen. 
+Det værste er, ar der skal rejses 13000 Kr. da der kun kan blive 14000 i Prioriteter, saa har vi jo 27000, hvilket er den Sum han antages at vilde sælge for. Du siger vel, hvor i al Verden, vi vil rejse alle de Penge fra, og det maa du nok sige der maa sælges los af Dyrene her paa Lindøgaard og naar Tinge saa har købt, sættes noget af den gode Besætning der ned fra herop. 8 af vore Malerier er draget ud til Las i Dag han skal vurdere dem, og det formodes af Las (ikke af Puf) at Diskontokassen vil laane med dem som Pant. Jeg tror som Puf, at den gaar ikke, men saa maa vi finde andre Udveje. Tinge maatte haave Fjervognen med de to Heste for derud for at faa alle de Malerier transporteret derud; han gæster rigtig Kjertem. i disse Dage; i Gaar var han [”han” indsat over linjen] baade derude for at tale med Las, som altsaa fandt paa det med Diskontokassen, derfra kørte han med Sv. Hansens Lastbil til Odense og talte med Høgsbro og endelig paa Lindø for at give Løgstrup Buddet. Saa du ser, han ligger ikke paa den lade Side. I Gaar traf han tilfældig Lasse Taaning og fortalte ham om det hele. Lasse sagde straks ”du kan godt laane et Tusind Kr. - eller noget – hos mig.” Vi syntes, det lysnede paa det hele med den lille Solstråle. Kan vi undgaa at gaa til Klaks, vil vi jo helst, men Udvej skal vi finde. Nu er det jo knagende spændende, hvordan Løgstrup er stemt, naar han kommer hjem fra Jylland; det er 
+3
+jo i det hele taget spændende Dage, vi gennemlever og Resultatet kender jo ingen, men jeg syntes du skulde være med i det. Klokken er 12, Midnat, og Tinge ventes hjem fra Kjert. hvortil han igen cyclede saa snart han ved halv 6 [”6” indsat over linjen] Tiden vendte hjem med Køretøjet. Det er Maries sidste Aften derude; hun og Katrine Meyer rejser i Morgen, M. udsatte sin Rejse 2 Dage for at følges med hende; Rie rejste herfra i Søndags, altsaa for en Uge siden. Vi havde en smuk Nytaarsaften, der var noget eget højtideligt over den, Juletrætet [de sidste bogstaver i ordet overstreget og over linjen indsat ”et”] tændt og smukke Kor i Radioen, den sidste Fl. Kirsebærvin var gemt til Nytaarsaften Der var en Slags vemodig Højtidsstemning over det Hele ved Tanken om, at det er et nyt Krigs og Rædselsaar vi gaar ind i, det var næsten som om alle i Radioen var sært bevægede – eller var det kun hos os selv den Stemning var? Nu maa Tinge da snart være her, jeg kan i hvert Fald ikke skrive mere, men maa fortsætte i Morgen. Godnat lille Bi.
+Mandag Det blev ikke til noget i Gaar. Lasse Taaning var her, kom lige til Eftermiddagskaffen og vi havde en af vore Julelagkager, som havde ligget hen; den sidste Aften, som Rie var her blev ikke noget festlig, for Agraren var desværre gaaet, men til vor store Lettelse nøjedes det med den ene Dag og han blev straks i Orden, glad og veltilfreds, saa det kom vi nemt over, det er dog ogsaa uheldigt, at det altid skal komme, naar Marie er her – hun sagde ellers en Gang, at bare hun var her, saa skete der ingen Ting, det er nu ikke rigtig slaaet til.
+Mens jeg husker det, vil du saa ikke huske mig at svare mig paa, om du havde de bøger af F. Elles. Lasse blev paa en Maade en Skuffelse, for vi havde tænkt os, at han ejede mange flere Penge og at han mulig vilde laane os flere end de Tusind; vi spurgte ikke direkte, men i Samtalens Løb kom det frem, at han kun havde det ene Tusind og at dem maatte Tinge laane. Nu har Manse regnet efter og mener at der kan skaffes 9000 ud af Gaarden, men det er rigtignok ogsaa at skrabe Bunden – Salg af to store Heste, et af Føllene, 2 Kvier, 1 Ko, for 1000 Kr. Korn – men det er jo ogsaa strengt at komme af med saa meget dog – der maa ofres noget for at faa det Salg til at glide; hvis han nu bare vil sælge. Løgstrup rejste til Jylland i Gaar og ventes hjem i Dag.
+4.
+Du kan forstaa, det er spændende om hun hans Mor [”hans Mor” indsat over linjen] vil hjælpe ham til Køb af en Gaard, hvis hun ikke er gaaet ind paa det, ligger det hele, og alle vore Regninger har været forgæves. Saa snart der foreligger noget, skal jeg skrive. 
+Elle er jo et af vore Haab, men Lasse mente ikke, hun var kommen hjem; hans Mor havde ordnet Erindringsmærker for hende, og de var ikke hentede endnu; jeg kan slet ikke forstaa det og det er væmmeligt ikke at vide noget - - - - naa, dette inspirerede mig til at gaa hen og ringe til Else, som fortalte, at hun kom i Aften; hun havde været c 1 Uge hos Lugge efter sin Hjemkomst fra Stockholm; desværre var Lug. bleven syg af Angina og haft temmelig høj Feber og ligger hele den Uge, Elle var der, hvilken Skuffelse for dem begge to. Mine og Sven havde fyret i tre Dage, saa det havde været rart for hende at komme hjem. Det bliver interessant at høre om hendes Rejse – navnlig fra Stockholm de kan jo kun skrive til hinanden om rene Hverdagstingting.
+Nu har vi nydt en dejlig Rødbedeboeuf, den er Frk. Kr. efterhaanden ferm til at lave, Løg kan vi da heldigvis faa endnu. Hun begynder da saa smaat at kunne lave god Mad; i Begyndelsen forstod hun slet ikke at ”smage til” hvilket jo er noget af det vigtigste, men jeg har herset og belært det, jeg kunde og som sagt det begynder at lysne. 
+Fik du Udklippet om Jakob Langes Begravelse? Jeg ved ikke, hvad han døde af, men han var bleven mager og kraftløs i Løbet af det sidste halve Aar. - - Følger du med i Verdensgangen kan du nogensinde høre dansk Londonpresse? Ellers kan jeg jo godt af og til fortælle lidt derom - Det gaar jo godt, selv Japanerne bremses dog noget af Kineserne. Træffes du meget med Nazister?? Hvordan er Lægerne i den Henseende??
+Hvor er det morsomt at høre om Læsningen, når skal I have Eksamen?? Hvordan har Bilde det? du har maaske ikke saa meget at gøre med hende, nu da I ikke bor sammen.- Vil du ikke give mig Ruths Adresse, vi fik Kort fra hende til Jul fra Kbhvn. og fortælle mig lidt om lille Grethe (Tinesen) hende fik vi ogsaa Kort fra, gik det i Orden med at faa sendt Penge hjem fra Tyskland?? Knæet er kun middelmaadigt, men Vinteren har dog vist Indflydelse, mon ikke, jeg synes gærne det er værre om Vinteren. - - nu er det vist snart Frotid, Peter kom nu – han lod sig i Gaar, Sønd. Eft. bevæge til at blive til Kaffe, spiste Lagkage, røg en Cigar og var hyggelig – let genert fordi Lasse var her. Peter er nu henrivende som du siger
+[Skrevet på hovedet øverst s1:]
+Saa tilsidst kun Hilsen fra Far (som sender dig Cigarer) Drengene og Peter. Dog flest fra Mutteren.</t>
+  </si>
+  <si>
+    <t>1942-04-25</t>
+  </si>
+  <si>
+    <t>Fritz -
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Rasmus Larsen
+Louise Løgstrup
+Axel  Müller
+Irene -, pige i huset på Lindøgaard
+Ellen  Sawyer
+Janna Schou
+Lasse Taaning
+Albrecht  Warberg
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>De mange Warberg-søskende fik tilsyneladende først i en meget moden alder at vide, at Astrids dødfødte søskend var en dreng og ikke en pige. Laura og navnlig Albrecht Warberg ønskede sig i mange år brændende en søn. Albrecht Warberg gik til præsten med det døde barn i en cigarkasse og sagde "Her kommer den sørgende Fader" (1958-11-03, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB2507). 
+Det vides ikke, hvem Lærerinden var. Thomas, Peter og Sofie må være slægtninge til Løgstrup-parret, men de kendes i øvrigt ikke. 
+Krastine/Kristine, som blev undervist sammen med Astrid Warberg, er nævnt i Astrid Warbergs og Johanne C. Larsens biografier.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0631</t>
+  </si>
+  <si>
+    <t>Der er gået 60 år, siden Astrid og hendes tvilling blev født. De større søskende fik dengang fortalt, at Astrids tvillingesøster var dødfødt.
+Johanne takker Astrid for mange års venskab. Egentlig har de ikke set hinanden så meget i årenes løb. 
+Vandrørene på Lindøgaard har været frosne, så Johanne måtte hente vand hos naboen. 
+Løgstrup har købt gård i Gestelevlunde. Fru Løgstrup kommer til at bo tæt på sin søster. 
+Erik/Tinge er blevet skilt, og han blev ikke tvunget til at betale en masse til ekskonen. 
+Det har blæst meget, og møllen har hjulpet til at afvande ved inddæmningerne. 
+Elle(n) har været på besøg. Hun syr på en smuk pude til Astrid.
+Johanne glæder sig til Astrid og Axel kommer og spørger, om de kan medbringe fx en primus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UduZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ April 1942.
+brev.
+Fru A.Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-2-03.
+21-4-2000.
+(Langfredag)
+B.W.P.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard 25 Aprl. 1942.
+Kæreste lille Dis!
+Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
+Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
+Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
+Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
+En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
+Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
+2. 
+Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
+Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
+Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
+Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
+Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
+Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
+Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
+[Skrevet langs venstre kant s. 4:]
+Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
+[Skrevet langs venstre kant s. 2:]
+Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
+[Skrevet på hovedet øverst s. 1:]
+Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-08-28</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Elise Hansen
+Andreas Larsen
+Elena Larsen
+Erik Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Jens Larsen
+Jeppe Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Gudmund Larsen 
+Kirsten Larsen, Elena Larsens veninde
+Thomas Madsen-Mygdal
+Erhard Meyer
+Marie Meyer
+Sophus  Meyer
+Alhed  Møhl, Lysses datter
+Marie Neckelmann
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Ellen  Sawyer
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
+Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
+Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
+Marie m.fl. har været på tur til Enebærodde.
+Andreas/Lysses børn er yndige. 
+Marie vil meget gerne på besøg på Båxhult.
+Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
+Johannes Larsen arbejder med bestillinger hver dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 28-8-42.
+Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
+Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
+Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
+Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
+Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
+Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
+  </si>
+  <si>
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej No 12.
+Hareskov St.
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
+  </si>
+  <si>
+    <t>1942-12-29</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Ellen Brønsted
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+William  Scharff
+Janna Schou
+William Schwark
+Adelheyde Syberg
+Alheede Warberg
+Christine Warberg
+Jørgen Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Oldemor var Alheede Warberg. Bedstefar Ensomhed: Andreas Conrad Warberg; søn af Adelheede og Jørgen Frederik Warberg. Familien boede på gården Ensomhed. Stine: Christine Warberg; gift med Andreas Conrad Warberg. 
+Daisy Bergs mands navn kendes ikke, og det vides ikke, hvem Kaj var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0591</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen takker mange gange for de gamle breve. Hendes og Astrids oldeforældre ofrede meget for, at deres søn kunne få en stor uddannelse, men han må have været en egoist, for de så ham ikke meget og hørte ikke fra ham. Farmoderen var ingen børneven.
+Christine/Mornine Mackie kan ikke få økonomien til at hænge sammen, men hun har fået penge forærende.
+Hvorfor tror Astrid dog, at hun har kræft?
+Laura/Bibbe Warberg har været hjemme i fire dage. Ellen Sawyer har været på besøg til frokost. Marie Larsen holdt jul hos Johanne/Junge og familien. Alle fik gode gaver.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GNMG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med kuglepen på kuvertens forside:]
+3-1-03.
+15 april, 2001.
+27 marts 2001.
+16-6 2000
+BWP.
+Påskelørdag. [Pil til denne linie fra "15 april 2001"]
+[Med sort blæk:]
+Fru A. Warberg-Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+29-12-42. Kæreste lille Dis.
+Nej, det var saa sandelig ingen uægte Julegave, du sendte mig; jeg tror da ikke, du kunde have sendt noget, jeg blev mere glad ved. Jeg ejer dem ikke og tilmed kendte hverken Elle eller jeg de Breve, og det var en meget stor Oplevelse for os at læse dem; Elle læste dem højt for mig af et Par Gange, for det er jo en helt stor Bog, og vi nød begge to at faa et lille Indblik i vore gode Forfædres Liv og Færden; vores Oldemor har sikkert været en Personlighed og baade klog og god. Sikken udmærket, hun da kunde skrive. Derimod fik jeg en Mistanke bekræftet, den, nemlig, at der må have været en hel Del at sige Bedstefar Ensomhed paa; han maa jo have sjoflet sine gamle Forældre i en temmelig høj Grad, og saa meget de dog havde ofret paa hans Uddannelse og saa pænt vores Oldefar altid skrev om de Pengeforsendelser, som har bragt dem baade Spekulationer og Savn – men aldrig et Ord om, at det var svært for dem. Han kunde nok have gengældt det med at rejse til dem, naar de længtes så meget efter ham og i hvert Fald skrevet lidt flittigere til dem. Du kan tro, han har været en Egoist, hvad jeg nok har tænkt mig, Hvorimod ”den gode Stine” nok har været et udmærket Menneske – dog vist ingen Børneven, for selv om jeg tydeligt husker hende og kan se hende for mig, følte vi Børn os ikke knyttet til hende og jeg mindes aldrig at hun har taget mig paa sit Skød (som Tante Minni saa ofte gjorde) eller snakket med os; men et Menneske kan jo ikke have alle Dyder: det var som sagt en stor Oplevelse at læse dem og jeg er lykkelig over at eje dem og at kunde efterlade dem til mine Børn, og jeg siger dig tusind Tak for dem. Fra Christine fik baade Elle og jeg det Billede, jeg her sender dig – dog kun paa Laan – og det er da ogsaa en hel Skat at eje. Mornine havde været saa forfærdelig dybt nede i Pengesorger, at hun var ved helt at fortvivle (hun kan jo ikke faa det til at slaa til) men saa ret inden Jul kom det væltende ind over hende med Mammon, et Legat paa 200 Kr. og andet; f. Eks. kom Daisy og hendes Mand med 50 Kr., Elle og jeg havde sendt hende hver 10 Kr – det hele beløb sig til 285 Kr. og det bragte hende paa Fode igen. Tak for dine lange Breve, hvor det dog var godt, at der kom en Vending i det for dig. Hvorfor spekulerer du dog paa Kræft – intet tyder dog derpaa, det kommer anderledes listende; men en Tyktarmslidelse (hvad det tyder som) er jo heller ikke saa morsomt have at trækkes med. Det er dejligt at I synes saa godt om Kaj; jeg har for Resten ikke talt om det til nogen, men maaske behøver jeg ikke at udvise Diskretion; dog var det muligt, at de Unge godt vilde have det lidt for sig selv. Min Oplevelse af din Tilstand slog en hel Kolbøtte da jeg læste, at du havde været i Kbhvn. for at ende Ærinder og være til Middag; men var det dog ikke lidt voveligt Ogsaa min Opfattelse af Jeres Formues Omstændigheder slog Kolbøtte, da du skrev om 90 Kr. til Julegaver. Ja, ja, alt er relativt – ogsaa Fattigdom. 
+Bibbe kom Torsdag før Jul og blev til Tirsdag – 4 hele Dage. Manse lod hende baade hente (Dræby) og bringe i Bil el. maaske splejsede han og Tinge. Det var himmelsk at have hende, men havde jo været langt bedre at ha’ hende i Julen; hun var meget sløj og træt og jeg var grædefærdig ved Tanken om, at hun skulde på Arbejde så snart. Hun ringede Juleaften, det gode Barn, var kommen godt hjem og hun sagde, at det gik over Forventning med at taale Arbejdet. – Elle kom til Juleaftens Frokost, som altid er festlig; vi havde Peter og Sofie, fik Snaps og det hele var meget muntert. Tinge hentede hentede Marie i Kjerteminde ud på Eftermiddagen, vi havde en yndig Jul, stille og hyggelig. Den sidste Aften Bibbe var her fik vi Gaasesteg, Æblekage og Juletræ – helt som Juleaften Elle cyclede hjem i Gaar, Mandag, Marie er her endnu. 
+[Skrevet på hovedet øverst på side 1:]
+Her var mange og gode Gaver, Manse havde købt Bøger til os alle; jeg fik ” - men dette frem for alt - - ” Elle blev glad ved mit Tæppe til hende, det var nu ogsaa pænt. Bibbe fik en Sofapude og 10 Kr. til Hjælp til et Par Handsker – foruden flotte Gaver fra de andre. Elle gav mig rustfri Knive, som jeg manglede og var henrykt over. Du faar ikke mere denne Gang, jeg har saa uendelig meget at skrive; fordi Bibbe var her, sløjede jeg af med Juleposten og sprang mange over. Vil du takke Axel saa meget for den lille pæne og nyttige Kalender, og hilse den søde Janna, bare hun har klaret det enorme Slid. 
+[Skrevet langs venstre margen side 2:]
+Mon du ved, at Bes venter en Arving til Juni. 
+[Skrevet på hovedet øverst på side 2:]
+Selv faar du mange goe Hilsner med Tak for Gaven fra din Junge.</t>
+  </si>
+  <si>
+    <t>1943-08-12</t>
+  </si>
+  <si>
+    <t>Tage la Cour
+Johanne Christine Larsen
+Marie Larsen
+Finn Salomonsen
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Det er ærgerligt med de træer, der er gået ud. 
+Larsen maler på bestillingsopgaver. Han har haft besøg af Tage la Cour og Finn Salomonsen. 
+Johanne ligger på hospitalet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LDJ8</t>
+  </si>
+  <si>
+    <t>Kjerteminde 12 Aug 1943.
+Kære Lysse
+Tak for Dit Brev. Det er rart at høre at I har det godt, men trist med alle de Træer der er gaaet ud, det er for øvrigt ligesaa hos os, men det har jeg vist før berettet. Jeg har malet nogle Bestillinger siden jeg kom hjem fra Knuthenborg og skal nu til at gaa i Gang med mit 
+[Resten af siden mangler]
+Vi havde forleden Besøg af Finn Salomonsen, som kom fra Svendbg sammen med Tage la Cour, som han havde besøgt. Marie der skulde have holdt Ferie her er paa Lindøgaard i Anledning af at Junge ligger paa Sygehuset. Vi venter Uglen og Lasse en af Dagene. Mange Hilsner til Jer allesammen fra 
+Din Far.</t>
+  </si>
+  <si>
+    <t>1943-09-02</t>
+  </si>
+  <si>
+    <t>Otto Andresen
+- Ferlov
+Alfred Fly
+Rasmus Kaas Petersen
+Adolph Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ellen  Sawyer
+Lis Storland
+Stefan Storland
+Lars Swane
+Ane Talbot
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Tinesens var enten søskende eller forældre til Else Marie Larsen, som var gift med Andreas Larsen.
+I 1942 blev 7. regiment i Fredericia flyttet til en baraklejr på Ahlefeldtsvej i Kerteminde. I august 1943 overfaldt tyskerne lejren og internerede de danske soldater. Soldaterne blev hjemsendt i oktober samme år. Tyskerne brugte herefter lejren, indtil den blev revet ned i november 1944. ( Kurt Risskov Sørensen: Kerteminde Bys Historie 1850-2000, udgivet af Kertemindeegnens Museer 2000, s.135)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 4, 2002/61 A8 lb 11</t>
+  </si>
+  <si>
+    <t>Johanne/Junge er alvorligt syg og indlagt på hospital. Det var en skuffelse, at Christine Swane ikke kom på besøg, som planlagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vL8T</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 2-9-1943.
+Kære Ugle! Det var trist at I ikke naaede at komme til Kerteminde, alt var i Orden til Jeres Komme, Thinesens vilde godt vente en Tid med at flytte ind og der var gjort i Stand til Jer dernede og om Søndagen indtraf saa de sørgelige Begivenheder; jeg blev i Kerteminde til om Mandagen for at snakke med Jer, men vi var jo forberedt paa at I ikke kom; Tinge hentede mig Mandagaften; jeg var ude og se til Junge om Eftermiddagen og da var baade Agraren og Manse der og Junge kendte dem og sagde nogle Ord til dem, men det er meget vanskeligt at forstaa hvad hun siger; I Gaar var Agraren og jeg derude om Eftermiddagen; Junge har ellers kendt mig hver Gang jeg har været derude og sagt noget til mig, men i Gaar kendte hun mig ikke, hun laa mest med lukkede Øjne, en Gang hun slog dem op tror jeg nok hun kendte Agraren, men det var kun lige et Glimt, det er sørgeligt at se; der er endnu ikke kommen Svar fra Seruminstituttet, men det er vel paa Grund af de urolige Tider; Dr. Flye er stadig optimistisk, enten han saa mener det eller det er for at trøste dem, hvis det ikke er Forkalkning, kan det jo ogsaa være at det kan bedres; Bibbe mener at Junge har flere Kræfter nu og hun har ikke Feber, hun spiser saa godt naar Bibbe giver hende Mad og hun er der hele Dagen undtagen naar hun gaar en Tur og de sidste Dage har enten Elle eller Else siddet der imens, Junge er nu alene paa Stuen, der laa en Fru Carlsen som havde Blodforgiftning men hun døde forrige Nat, det er rart hvis hun kan faa Lov at være Ene.- 
+Jeg sender her nogle Rabatmærker som jo skal bruges i denne Maaned og indlagte Papir til Brændsel, jeg underskriver det saa kan jeg vel faa Pengene som de andre Aar; der kom ingen Rentepenge i Dag men de kan maaske komme i Morgen, ellers kan det være Lasse vil være rar og hente dem sammen med Brændselspengene; jeg vil gerne have de 50 Kr. sendt herover, Resten kan I bruge hvis I trænger til dem og ellers sætte dem [indsat i margen på langs side 2:] op i Banken. – De fleste menige i Kerteminde blev sendt hjem. Officerene sidder interneret inde i Lejren, men de har faaet at [indsætning slut] [indsat på tværs øverst side 1:] vide at de enten bliver sendt til Tyskland eller Bornholm, bare det maa blive det sidste Sted. Da de menige forlod Lejren havde de kastet en hel Del Geværer fra sig, som Kerteminderne havde samlet op, men Forgaarsaftes Kl. 9. gik Trommen gennem Gaderne at Borgmesteren og Politimesteren var bleven fængslet og hvis alle Vaaben ikke var afleveret inden Kl. 10 vilde de ikke blive løsladt; det blev de nu, saa Folk maa have skyndt sig at aflevere. Jeg er meget spændt paa hvordan det staar til i Birkerød, den har vel ikke undgaaet Uroligheder. I København har det nok været slemt. – Hvordan saa der ud hos Lasse og Ursula da de kom hjem? Hils Ferlovs og Storlands naar Du ser dem. – Mange kærlige Hilsner til Lasse Ursula og Dig selv fra Rie. Hilsen fra dem her. [indsætning slut]
+[Indsat på hovedet øverst side 1:] Ane blev saa skuffet, hun havde glædet sig saa meget til I skulde komme. [indsætning slut]</t>
+  </si>
+  <si>
+    <t>1943-11-04</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Achton Friis
+Elena Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ellen  Sawyer
+Ane Talbot
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens veninde, Christa Knuth, boede på Knuthenborg.
+Per var barn af Erik/Tinge Warberg Larsen og dennes første kone. Ole var Grethes søn fra første ægteskab. Andreas/Puf Larsens forklaring angående børnene er således ikke korrekt. 
+Andreas Larsens gode ven, Sven Havsteen-Mikkelsen, havde en idé om, at det var mere "nordisk" at stave ordet af "av", og Andreas Larsen benyttede også i en periode denne stavemåde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Knuthenborg for at male et billede af en præmietyr. 
+Johanne/Junge Larsen har det bedre. Erik/Tinge Warberg Larsen har købt en lille gård. Grethe skal skilles og danner nu par med Erik/Tinge. 
+Andreas/Puf Larsen nyder, at han og familien ikke har gæster. 
+Jeppe og Andreas Larsen har været på Kølstrup Kirkegård. Børn og voksne er blevet vaccineret mod difteritis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n1Xs</t>
+  </si>
+  <si>
+    <t>4 Nov. 43.
+Kære Lysse.
+Nu må jeg vist hellere benytte lejligheden til at skrive lidt mere til Dig nu mens det lader sig gøre; her ved vi jo aldrig hvornår de stopper postgangen. Som jeg vist skrev i mit sidste korte og desværre negative brev, er Far for tiden på Knuthenborg. Han er bestilt til at male en tyr, som fik præmie på Bellahøj i forsommeren, men han bliver der jo åbenbart et stykke tid for at gå på jagt eller male. - Jeg har idag været ude at skrabe muslinger for første gang iår
+16 Nov.
+Siden jeg skrev ovenstående har jeg smagt muslingerne, de lader til at være fine iår. Jeg ser på min kalender, at det er Søsters fødselsdag den 27. ds. Tillykke med hende! Far er på Knuthenborg endnu, men vi havde brev fra ham igår hvori han skriver at han rejser derfra i denne uge. Tante Junge har det godt nu, hun er helt sigselv, men ligger for tiden af blærebetændelse, ellers er hun oppe. Else og jeg var igår henne hos Tinge, der, som I ved, har købt en lille gård ved siden af Lindøgaard. Bibbe og Manse var her søndag aften og fortalte at Grethe (Thinesen) skulde skilles fra sin mand og nu var ankommet til Tinge med sine to drenge. (Per 13 år, Ole 5 år). Else og jeg var så derude igår forat ønske dem velkommen; det så rigtig hyggeligt ud.
+Vi har hørt fra Elle om Bimses Besøg hos Grethe. Såvidt vi kunde for-
+2.)
+stå var det ikke altid så let at komme til at slå slag for de to alene sammen. Hvordan har I det iøvrigt med Jeres gæster? Her har vi nu levet i ensomhed i lang tid x), sådan er det jo så tit ulige fordelt her i denne verden. - Vi havde vor flagstang lagt ned forleden forat forny flaglinen, den var rådnet over, vi flager jo ikke i disse triste år; men nu synes vi at vi hellere måtte se at få det iorden. - Jeg var ude på Kølstrup kirkegård forleden; der så jeg en gravplads, som bestod av en lille høj (ca 1 alen høj) med et jernkors med fodstykke; på fodstykket stod: "De Friisers Gravhøj". Det er jo sikkert ikke Achton Friises forfædre, som hviler der, han var jo Jyde; men måske hænger stilen ved navnet! Da Jeppe, som var med mig, så gravstedet, sagde han: "Er det en soldat, der ligger begravet der?" Nu må Du jo huske på, at vi indtil for nylig har haft danske soldater her i byen, og det er jo flotte fyre. Højen så virkelig helt imponerende ud med sit jernkors! 
+Børnene siger, at jeg skal skrive at vi er blevet vaccineret allesammen; børnene for 3die gang, Else og jeg for første. Det er difterien det gælder. Jeg vil se at få Far med til det, når han kommer hjem.
+Nu må jeg vist slutte for dennegang med mange hilsner fra Puf
+Afs: Brygger Andreas Larsen
+Kerteminde
+[Indsat nederst s. 2:]
+Og det har vi hygget os ved.</t>
   </si>
   <si>
     <t>1943-12-22</t>
   </si>
   <si>
     <t>Andreas Larsen
 Elena Larsen
 Else Larsen
 Johan Larsen
 Peter von Syberg
 Ulla Syberg
 Gitte Wilmann</t>
   </si>
   <si>
     <t>Gitte Wilmann er muligvis kommet i huset hos familien Larsen på Båxhult.
 Ulla Syberg, som var jøde, og hendes søn, Peter, flygtede fra Danmark til Sverige i oktober 1943 og boede i begyndelsen på Båxhult.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve. Kasse 1, kuvert 4, 2002/61, A8 Lb11</t>
   </si>
   <si>
     <t>Marie Larsen skriver til Christine Swane for at fortælle, at Gitte Wilmann er hos Elena/Bimse Larsen og Johan/Lysse Larsen på skovgården Båxhult i Småland.
 Ulla og Peter (Syberg) er rejst videre til Stockholm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/DoLU</t>
   </si>
   <si>
     <t>Kerteminde d. 22-12-1943.-
 Kære Ugle!
 Den første Eftermiddag jeg var her skrev jeg et Brevkort til Dig, jeg vilde have gjort det paa Postkontoret, men der var lukket fra 12-14; ved 18-Tiden skulde Puf følge nogle af de Børn, som var her hjem og han tilbød at tage det med; nu cyclede han og Else til Lundsgaard med Julegaverne og da han tog sin Frakke paa halede han Kortet op af Lommen, han havde glemt at lægge det i Postkassen, men bad mig om alligevel at sende det af Sted og fortælle hvordan det var gaaet til.- 
 Jeg vilde nu alligevel skrive til Dig for jeg glemte i Gaar at fortælle Dig at Gitte Wilmann er ovre hos Bimse og Lysse, det tænker jeg Du bliver glad ved at høre; de har nylig hørt fra Lysse og han skriver at de er saa glade ved Gitte; det er rart at tænke paa at hun er der; Ulla og Peter har ogsaa været der en Tid men de er nu i Stockholm og det er Båxhulterne ikke kede af. – Dette lille Lommetørklæde kan Du vel nok bruge. – Hav det godt. Kærlig hilsen Rie.-</t>
+  </si>
+  <si>
+    <t>1943-12-29</t>
+  </si>
+  <si>
+    <t>Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Thora Cohn
+Harald Bram  Knudsen
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Marie Larsen
+Marie Meyer
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Else Palle
+Lars Swane
+Franz Syberg
+Gudrun Syberg
+Karen Syberg
+Ane Talbot
+Ursula Uttenreitter
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>"Gaver fra Odense": Else Larsens forældre, Emma og Didrik Overgaard Nielsen, boede i Odense.
+På Pilegården boede Franz Syberg med familie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 5, 2002/61, A8, lb11</t>
+  </si>
+  <si>
+    <t>Tak for julegaverne. Børnene fik nogle fine julegaver og legede godt med dem. Familien slappede af og nød livet. Johannes Larsen havde en god fødselsdag</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/b0dL</t>
+  </si>
+  <si>
+    <t>[Påtrykt navn:] Else Larsen [Håndskrevet:]
+Kerteminde d 29.12 1943
+Kære Uglen!
+Mange Tak for dine fine Gaver. Puf og jeg er meget glade for vores Skaal og Børnene ikke mindre for Panderne; Bilen til Jeppe tog næsten fuldstændig Glansen af en Fæstning, han fik fra Odense, tilsidst maatte vi arrangere det saadan, at han lyste paa Fæstningen for at den kunde være med i Legen; og da han fik den skilt ad sad han ganske stille i Timevis for at samle den igen, det var et dejligt Stykke Legetøj. Vi har haft en hyggelig og fredelig Jul, Rie blev hentet af Tinge Juleaftens Eftm., saa hans Mor og Far og vi havde en rar Aften, de boede paa Hotellet og rejste hjem Juledags Form. efter at have været et Smut heroppe, Juledagene tilbragte vi i fuldkommen Fred, spiste læste og sov, kort sagt, nød Livet. Børnene har været glade for deres Gaver og flinke til at lege med dem. Thora fik en fin Vugge Dukke [indsat over ordet: Dukke], som jeg har monteret lækkert med blomstret Voile og mange Flæser, Alhed fik et Dukkespisestel, som de har faaet Lov at lege med ved Maaltiderne. Det havde været hyggeligt at have dig her, men jeg kan godt forstaa dine Betænkeligheder og der var jo ingen, der kunde vide, at Vejret blev saa fint og mildt. Las’ Fødselsdag gik paa sædvanlig Maade med Christiansen, Rie, Halle m. Kone og Else Palle til Frokost, og Marie Meyer til Middag samt talrige Visitter i Dagens Løb. I Dag er Rie taget tilbage til Lindøgaard, Iaftes var vi paa Pilegaarden. Jeppe er i færd med at fremstille en Tegning til dig, men det gaar lidt trøvt, alting bliver borte for ham. Jeg skal hilse dig fra ham, de andre er ved at skrive selv og vi sender dig og Ursula og Lasse mange gode Ønsker for det nye Aar og Tusind Hilsner fra din Else.</t>
+  </si>
+  <si>
+    <t>1944-01-25</t>
+  </si>
+  <si>
+    <t>Maria Balslev
+Alfred Fly
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+Lars Swane
+Karen Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erik/Tinge Warberg Larsen havde en søn, Per, fra første ægteskab. Det vides ikke, om Grethe også havde en søn (jvnf. "Drengene"), eller om Erik havde endnu et barn. 
+Det vides ikke, hvem Stisen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2449</t>
+  </si>
+  <si>
+    <t>Grethes mand vil omsider skilles, så hun og Erik/Tinge kan blive gift. De er flyttet sammen. Ellen Sawyer er forarget. Grethe og Eriks hjem er pænt.
+Johanne går ikke ud uden sine stokke. Blæren er i orden. Fordøjelsen er fin, men hun er ikke meget for at bære spanden ud på møddingen. 
+Johanne forklarer Astrid om saltning og brug af svinekød.
+Der er mange mus på gården. 
+Martin/Manse skal giftes med Ellen Grethe. 
+Laura/Bibbe er glad for at være i gang igen. 
+Johanne har haft stærke smerter og måtte have læge, selvom hun dårligt har råd til det. Nu er hun på diæt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JdVO</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 29’ Jan. 1944
+besv. s. Dag
+Husk:
+Tallerkner
+H[ulæseligt]olie
+Charl.
+Jørgen.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgd. Dræby St. Fyen
+[Håndskrevet i brevet:]
+Kæreste lille Dis!
+Tak for dit lange gode Brev, som jeg selvfølgelig blev meget glad ved – jeg haaber, du fik en Hilsen fra mig gen. Axel, hvem jeg sendte Fødselsdagsbrev til . Er det 15de eller 16de? Jeg nævner det, fordi man jo ikke helt stoler paa Trafikforb.
+Jeg har nu lagt dit Brev foran mig og skal besvare dine Spørgsmaal. Grethe og Tinge havde længe været enige om at de maatte sammen, men hendes Mand, som ellers tit har sjoflet hende slemt og holdt til andet Steds gjorde Kunster; men en skønne Dag skrev Grethe, at nu var det i Orden og nu kom de, det var sidst i Okt. og de kom midt i Nov. Tinge er lyksalig. Han har paataget sig begge Drengenes Forsørgelse (de er 13 og 6 Aar) han lever jo altid mere i Fantasien end i Realiteten. Men det gaar vel. Han arbejder her hver anden Uger [”r” i slutningen af ordet overstreget] paa egen Kost, men passer jo ved Siden af sine Dyr hjemme. – Lejefolkene flyttede, de havde faaet det at vide i god Tid. Nej gift er de ikke, men har da indrettet sig med Ægtesenge ved Siden af hinanden med et stort Sengetæppe over, hvilket forekommer mig at se allermest intimt ud!! Naturligvis skal de giftes saa snart Papirer kan ordnes. Elle skæver lidt ilde ved Arrangementet (ingen andre nævner det) hun sagde ”Jamen Junge, hun kan da ikke gaa lige fra den ene Mand til den anden”. Det synes vi andre nu godt hun kan og skænker det ikke en Tanke, men vi har jo heller ingen Burgøjser-bekendte. Jeg holder ogsaa umaadelig meget af Grethe, hun er et yndigt Menneske. De har faaet det saa smukt dernede, Grethe førte mange Ting med sig af alle mulige Ting Slags [”Slags” indsat over linjen] og Bibbe har givet ham af sit Bohave fra da hun var Musiklærerinde i Kjertem. De har ogsaa mange Malerier og saa alle de smukke Sager [”Sager” indsat over linjen], som Tinge fik af alle jer til sit Bryllup, bl.a. Malerier af Uglen og Lasse. 
+Saa var der Spørgsmaalene om mit Helbred og der har jeg desværre ikke gode Efterretninger denne Gang. Du spørger til Stokkene – jo, her inde i Stuerne bruger jeg dem ikke saa meget nu, men gaar aldrig ud uden dem; jeg har gaaet flere Smaature, naar Vejret var godt, men ikke i den allersidste Tid. Blæren er fuldstændig i Orden, takket være Pyeloli Tabletter, 2 tre Gange om Dagen, faas i Haandkøb. Det generer mig ikke Spor at gaa om i Haven, der er aldrig Træk og jeg bliver aldrig kold af det; sidde paa en Spand kan jeg ikke (Knæ) bære det paa Møddingen vil jeg nødig, lade andre gøre det endnu nødigere. Og saa varer det ikke mere saa længe for mig som før; min Fordøjelse har oppet sig saa udmærket lige siden jeg var syg. 
+2 Du skal ikke tage din Saltbalje saa højtidelig, det gaar nok. Er der ikke en Skinke, som skal i Røg? Hvis det er en mindre Gris er 5 el. 6 Uger i Salt nok, som elv [”som” overstreget ”elv” skrevet over linjen] om der ikke er megen Lage, ligger det vel pakket i Salt? Jeg kender dem, der aldrig forlanger af sin S.balje at den skal gaa i Lage, kun har det hele pakket i Salt; andre gnider Stykkerne med Salt, pakker dem tæt sammen og laver saa en Lage (stærk nok til at kunne bære et Æg oppe) som de saa hælder kold over lige efter Slagtningen. De forskellige Stykkers Anvendelse, kan du jo næsten se dig ud af; er der lidt tykke Spækstykker kan de jo gaa i Røg sammen med Skinken; de knap saa tykke – men helt fede – bruger jeg til stegt Flæsk og steger dem lidt haardt for at faa mest mulig Fedt til at smøre paa Mad og spare paa Smør. Stykkerne med magert i bruger du vel til Ærter, Hvidkaalssuppe og Grønkaalssuppe? Jeg regner med en 3 Dage i Blød, skifte Vandet hver Dag. Mon disse Par Oplysninger kan hjælpe dig, hvis ikke saa spørg bare igen. Tænk, at Musene netop skulde gnave i det eneste, der kunde tage Skade. Vi kæmper og kæmper med Mus; her paa Egnen har der været fuldstændig oversvømmet af dem; desværre er alle vore Katte døde af Kattesyge; hvad skal det blive til, hvis alle Katte dør og Mus lever. Andres Katte dør ogsaa i denne Tid. 
+Det er sandt: hvis der er noget magert imellem Flæsket – altsaa magre Stykker, kan du jo lægge dem i Blød, d.v.s. skaaret i Skiver, mindst 2 Døgn, snarere 3 og hakke det til Frikadeller; hvis du blander kogte Gulerødder og kogte Kartofler imellem skal der ikke meget Kød til for at faa en Ret. Ligeledes er der jo ”Karbonadeflæsk”, hvis der er Stykker med lige meget fedt og magert. Det skæres i tynde Skiver (som om du skærer Spegeskinke) og lægges i Vand – altsaa Skiverne – i c. 2 Timer; render saa af paa et Dørslag, men skal ikke tørres med et Stykke, dyppes i Hvede_mel og steges i meget hedt Fedt, saa hedt at det straks brunes og kan vendes, helst kun et Par Min. Stuvede Kartofler eller Grøntsager – ikke anden Sauce end hvis der er en Smule Fedt paa Panden
+Nej, det var ikke saa slemt at komme af med Bibbe; Glæden over at Forholdene igen tillod hende at komme tilbage og virke, overstraalede alt andet, og endnu bedre blev det, da hendes Breve fortalte om hendes store Glæde over at komme derop igen; nu kommer hun af med sin elskede Veninde Ellen Grethe Secher, en Købmandsdatter fra Aarhus; hun rejser derfra nu til Febr. skal ud nogle Maaneder at lære lidt Husholdning og skal saa – jeg tænker mig til Maj – giftes med Manse. Hun var her sidst i Nov. – kom, saa, vandt – og Manse var forleden i Aarhus; jeg ved ikke rigtig om de taler om det endnu 
+3 saa du skal ikke skrive Lykønskning til ham. Ja, der er møje nyt aa spørre.
+Nu maa jeg nok til Slut aflevere Beretning om min sidste Sygdom – som ingenlunde er morsom; jeg har mange Gange i den senere Tid ligget vaagen i flere Timer af lidt Smerter i Maven, eller ret. Hjærtekulen, men da Afføringen var saa normal og god har jeg slet ikke ændset det, men da jeg i Søndags Aftes kom i Seng, skal jeg love for at jeg ændsede det; jeg laa i _meget stærk Pine fra 10 Aft. – 6 Morgen, fløj af og til ud af Sengen og herop i Stuen, kunde ikke være til. Tabletter hjalp kun saa lidt. Jeg blundede lidt paa Morgenstunden og laa hele Mandag og stod lidt op i Gaar Eft. Men først i Nat sov jeg rigtig lige ud i en Køre fra 11 Aft. – 8 ½ Morgen. Tror du ikke, det er en Galdehistorie? Det er ikke skærende eller stikkende Smerter (som alm. Mavepine) snarere som om noget presser paa øverst oppe i Maven – Mellemgulvet – og naar det er slemt gør det ondt i Ryggen ogsaa. Jeg tør næsten ikke spise, lidt Grød, Te Mælk og lidt tørt Franskbr. 
+Du spørger vel hvad Doktoren siger, men jeg har ikke haft Doktor. Jeg har betalt Medicin 64 Kr., Sygehuset har sendt Regn. paa 245 Kr og Dr. Fly (for et Aar) 166 Kr. Sogneraadet gør Vrøvl og synes ikke at ville betale mere, saa der sidder jeg nydeligt i det. Jeg har i Dag indgivet Andragenet til Sogneraadet om at blive ved med at betale det. Hvis jeg var i Sygekassen skulde det jo dog betales derfra, og jeg synes ikke der kan forlanges at en uformuende Aldersrentenyder skal betale den Slags selv. Du forstaar, jeg sender nødig Bud efter Læge nu, men gaar det ikke over, bliver jeg jo nødt til det. Tag at beskrive mig Karakteren af dine Galdesmerter. Dette er ikke sjovt – slet ikke, jeg er mægtig ked af det, har ellers følt mig saa stærk i den senere Tid, og saa kommer dette og slaar mig ned igen.
+Elle har jeg ikke set siden før Jul, hun har været saa forkølet længe, men var nok kommen i Søndags, hvis det ikke havde været saadan et Hundevejr. Vi har talt et Par Gg. sm. i Telefonen. Nina fra Glorup spørger saa tit til ”Stisen” naar hun ringer om Søndagen. 
+Nu haaber jeg at høre lidt snart fra dig dette Kæmpebrev har da fortjent det.
+Hils Axel og Nus saa meget, dejligt at hendes Aar har været saa fint.
+Tusind Hilsner søde Dis fra din Junge
+Onsdag 25-1-1944
+[Indsat øverst s. 6, på hovedet:]
+Har du hørt om Marie Balslevs store og frygtelige Oplevelse Ugedagen før Juleaften, ellers skal du faa den i næste Brev. 
+[Indsat øverst s. 1, på hovedet:]
+Næste Dag paa Sengen. Jeg maatte have Bud eft. Dr. Fly nu til Form. Det er Galdeblærebetændelse, jeg skal ligge c. 3 Dage og maa forøvrigt ikke røre fede Ting – Smør, Fedt, Fløde – men ellers spise alt andet, f. Eks meget Sukker. Er det det, du fejler? Der er en meget øm [fortsætter ned langs venstre margen] Hævelse i højre Side af Maven, lige under Ribbenene</t>
+  </si>
+  <si>
+    <t>1944-03-27</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Adam Knuth
+Christa Knuth
+Elisabeth Knuth
+Grethe Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ane Talbot
+Karen -, tjenestepige på Møllebakken
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen lavede flere udgivelser med Den Lille Mis, både med træsnit og akvareller.
+Fyens Discontokasse havde adresse på Flakhaven i Odense.
+Det vides ikke hvem fru Hansen og Fru Kristensen var.
+Thora Cohn omtales i dette brev som "Søster".</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 5, 2002/61 A8, lb 11.</t>
+  </si>
+  <si>
+    <t>Tak for de fine fastelavnstønder til børnene. Grevinden fra Knuthenborg og hendes to børn kommer i påsken. Else og Andreas "Puf" Larsen har været i 14 forretninger uden at kunne få rulleskøjter til Ane. De værdifuldste malerier er sendt til opbevaring i Discontokassen. Johannes Larsen arbejder på træsnit til Den Lille Mis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RIgZ</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 27/3 – 44
+Kære Ugle og Rie!
+Vi er nogle rædsomme Smøl til at skrive, ikke engang Børnene er der nogen Redelighed med mere, endda de var meget glade for jeres fine Fastelavnstønder, I plejer at være meget flotte, men denne Gang har I næsten overgaaet jer selv, der var Godter i, som vi ikke troede exsisterede mere, altsaa, mange Tak for det; det er ikke manglende Taknemlighed, der gør, at vi har smølet saa længe med Skriveriet. Vi ved jo lidt om jeres slemme Omgang Influenza fra Ursula, det er I vel helt over nu; det er morsomt at have hende herovre, vi vilde gerne have hende herud et Par Dage, men Manse vil ikke af med hende og det synes at berolige Tante Junge, at hun er paa Lindøgaard til Slagtningen, saa vi tør ikke presse for meget paa. I ved naturligvis, at T.J. igen er paa Sygehuset, hun var ked af at komme derud, men nu er hun glad for at være der og saa hitter de forhaabentlig ud af hendes Sygdom. Tinge har lige været med en Gris til os, den skal vi have fat paa i Morgen, desværre kan vi ikke faa vores flinke Fru Hansen til Hjælp, hun har travlt i Anledning af Karens Konfirmation paa Søndag, i samme Anledning slutter Karen her paa Lørdag, saa er vi sløjt faren med Hjælp, jeg har søgt Stuepige længe baade til April og Maj uden at faa et Tilbud og vi skal have Grevinden fra Knuthenborg med 2 Børn og Guvernante i Paasken, heldigvis skal de sove paa Hotellet, vi kunde jo i hvert fald kun huse 2 og det er en stor Lettelse at være helt fri for at passe Værelse. Grethe har skaffet en Kone til Hjælp til Slagtningen og vi haaber at faa lidt Hjælp af hende i Paasken ogsaa, ellers bliver det ikke gemytligt. Vi har også haft lidt Influenza. Las laa ca. 8 Dage, stod op og gik i Seng igen, saa var han lidt sløj bagefter, men er nu helt rask, han er meget optaget af at lave Træsnit til ”Den lille Mis”, saa har Karen og Grethe været syge, heldigvis skiftevis, og nu den sidste Uge Ane og Søster, men de er raske nu, Ane har været i Skole i Dag og Søster har været med Puf og mig i Odense, vi skulde se at faa fat i et Par Rulleskøjter til Ane, det var Belønning for, at hun havde regnet sin Regnebog færdig inden Eksamen, desværre var det umuligt at skaffe et Par, endda vi har prøvet i alle Legetøjs-Sports- og Isenkramforretninger i Odense og Kerteminde, i alt 14 Steder, det var en stor Skuffelse. Eksamen skal være Onsdag og Torsdag og skal foregaa paa Lundsgaard, de kan ikke være i Skolen for Borgerskolebørnene. Torsdag Aften skal vi til en Festlighed for Fru Kristensen i Anledning af hendes 25 Aars Jubilæum og lige efter Paaske skal Afdansningsballet være, Ane har faaet syet af Crepepapir en lyserød Balletkjole og en sød Amagerdragt, Paaskegæsterne bliver til efter Ballet. Vi har faaet gjort lidt i Stand her i Stuerne, vi sendte nemlig nogle af de værdifuldeste Billeder ud i Disconto Kassen og saa afsløredes Væggen jo i al sit Forfald, og nu har vi faaet den repareret og kalket og Vinduet malet og det er pyntet meget, Loftet maatte ikke røres, skønt Guderne skal vide, det trænger; men til Gengæld er Lofterne i Spisestuen og Havestuen kalket og det har hævet Stuerne meget, de har ikke været rørt i 25 Aar, og nu er vi altsaa over Hovedrengøringen her, det er et rart Skub. Iøvrig savner vi lidt Varme, selvom Solen skinner er det bidende koldt, men vi har dog Violer i Marts i Aar. Jeg skal hilse meget fra alle og sende en speciel Hilsen og Tak fra Børnene, de har Planer om at skrive selv, men de har ogsaa saa meget andet for, saa det varer maaske lidt – og til Slut Tusind Hilsner fra jeres Else 
+NB. Jeg haaber, I har faaet vores Æbler.</t>
+  </si>
+  <si>
+    <t>1944-07-04</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+R.A. Christophersen
+Thora Cohn
+Johanne Giersing
+I.G. Jacobsen
+Andreas Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Vilhelm Larsen
+Christine  Mackie
+Dagmar Madsen
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Ester -, pige i huset hos Johannes Larsen
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Gudrun Syberg
+Hans  Syberg
+Lars Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>26. maj 1944 sprængtes en Schalburgtage-bombe i Odense centrum. Den omtalte Passage gik fra Vestergade til Pogestræde. Den blev etableret i 1926. (Johnny Wøllekær og Jørgen Thomsen: Det blev Strøgpassagen og ikke Strømpeskaftet. Artikel fundet på nettet juli 2023).
+Kæreste var Else Overgaards moster.
+Det vides ikke, hvem Else Larsens kusine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2002/61, A8, lb 11, kasse 1, kuvert 2.</t>
+  </si>
+  <si>
+    <t>Else Larsen takker for de flotte gaver. Ane fik rulleskøjterne, og Jeppe arvede de gamle. Ane går til svømning. Thora og Jeppe bader fra badehuset.
+Puf og en gartner har ordnet haven meget fint. 
+Det er lykkedes Else at hyre en pige, Ester.
+En Schalburgtage-bombe, som var rettet mod Fyns Stiftstidende, har beskadiget Elses forældres kontor og lejlighed samt omliggende ejendomme. Elses mor er meget ude af fatning. Hun og manden ventede i fem dage på nye vinduer, men en ny sprængladning smadrede dem. Elses forældre kom til Kerteminde, men tog hurtigt tilbage til Odense. Elses mor blev derefter syg med høj feber, men heldigvis kom Ester og kunne hjælpe med diverse. 
+Else har sammen med hele Syberg-familien deltaget i Johanne/Besse Giersings begravelse på Drigstrup Kirkegård, og det var meget trist. Franz/Trylle Sybergs 40års fødselsdagsfest blev aflyst. 
+Else har været på besøg hos Johanne/Junge Larsen, og hun havde det overraskende godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3dkp</t>
+  </si>
+  <si>
+    <t>1) Kerteminde d. 4/7 1944
+Kære Ugle og Rie!
+Mange Tak for jeres Breve og jeres mange Forsendelser, jeg er meget glad for Tallerkenerne og Fadet, vi trængte saadan til begge Dele og Las er glad for Glassene, han skriver nok selv; og sikken en Flothed med Rulleskøjter, Ane havde faaet et Par, men hun fik de ny og Jeppe de gamle og begge var meget glade, han er allerede den dygtigste, Ane er ikke saa ihærdig til at lære, naar hun ikke kan straks, taber hun Modet. Heldigvis er hun vedholdende med Svømningen, hun faar Undervisning i Aar igen og bliver meget rost af Lærerinden, hun opholder sig næsten hele Dagen ude paa Badeanstalten, der er heldigvis meget lavere i Aar, hun kan næsten bunde ved Broen. Jeppe og Thora opholder sig ved Badehuset hele Dagen, vi har faaet lavet en Bro, som Jollen ligger ved. I Haven foregaar en Masse, vi har haft en Gartner gaaende nu i 2 Maaneder foruden at Puf har været der hele Tiden og der er ryddet vældig op alle Vegne, fældet udgaaede Træer og Hylde og Elme, som stod allevegne, Køkkenhaven i fin Stand og alle Plænerne klippet med Maskine, bare det giver Arbejde til en Mand den meste Tid. Men jeg glemmer det vigtigste, jeg har faaet en Pige i sidste Øjeblik efter at jeg havde opgivet fuldstændig og indrettet mig paa at være alene med Grete til lidt Hjælp, denne er fra Aarhus og Veninde med Christiansens Pige og er gennem hende bleven anbefalet Pladsen, hun har ikke været i Huset i et Aar, men lader til at være helt flink og omgængelig og ihvertfald en stor Hjælp. Her var en kort forinden, som jeg havde telefoneret til efter en Annonce, hun havde Masser af Tilbud og forlangte 175 Kr, var 20 Aar og kunde daglig, men vilde gerne lære finere Madlavning, jeg gik ind paa alt, men hun ringede næste Dag, at hun havde taget en anden Plads, det er et formeligt Kapløb, naar der er en eller anden Form for Hushjælp i Udsigt. Iøvrigt har vi haft en temmelig bevæget Tid, Far, Mor og Kæreste skulde jo komme til Pinse, men 
+2) umiddelbart forinden blev Fyns Stiftstidende bombet, hvorved en Mur væltede ind i Fars Kontor og i Lejligheden blev naturligvis alle Ruder knust og Glasskaarene fløj rundt og ødelagde forskelligt, alt i Vinduerne røg ned paa Gaden og ikke mindst, de fik alle 3 saadan et Chok, som Mor ihvertfald ikke har forvunden endnu, jeg var der Dagen efter. Bulteriet var ubeskriveligt, der havde ligget en Bombe i Passagen og den havde raseret samtlige Ejendomme i den Grad, at alle Døre og Vinduer var slaaet til Pindebrænde, Butikkerne var fuldstændig raseret, Varerne laa og flød paa Gaden som iøvrig var dækket af et tykt Lag af Glasskaar og Murbrokker, hvorimellem Folk gik og ledte efter deres Ejendele, fra Etagerne øste de ustandselig Spandevis af Skaar og Ragelse ud af Vinduerne ned paa Gaden, de bliver ikke beboelige i flere Maaneder. Mor, som jo var sluppet meget naadigt gik og græd og jamrede og kunde slet ikke faa fat paa noget, Far og Kæreste var graa i Ansigterne af Træthed, de havde ryddet op fra Kl 2 om Natten og gik i susende Gennemtræk fra alle de aabne Dør og Vinduesaabninger. Imidlertid fik de da slaaet Pap og Brædder for og kom ned Pinsedag, men rejste allesammen næste Dag for at komme hjem og faa Ruder i, det maatte Mor saa vente paa i 5 dage og de andre opgav definitivt enhver Tanke om Ferie, nu skulde alt takseres og interimistisk ordnes og Kæreste kom langt bagud med Kontorarbejdet, der var jo ikke Ro eller Fred til nogetsomhelst. Deres Telefon var den eneste som duede, saa den brugte alle og Cigardamen, som havde Fars tidligere Butik maatte installeres hos dem og er der da endnu og dele sin Smule Tobak ud, det giver jo en masse Uro. Saa kom Mor da endelig herned, men gik Glip af nogle dejlige Dage og et Par Dage efter kom den næste Bombning, som ikke gjorde saa megen Ravage hos os, men var til Gengæld mere sindsoprivende, Mor var jo heldigvis her, hun klappede helt sammen da jeg kom ned og fortalte det og vilde trods kraftige Protester derind. Der var ikke sket noget videre, for de havde været 
+3) saa forsynlige at sætte Vinduerne paa Klem, saa de fløj op i Stedet for at sprænges, men en stor Ejendom paa Hjørnet af Vestergade og Klaregade var brændt og J.G. Jakobsens Bagside og Guldsmed Christophersens Baghus var ødelagt, saa det var jo paa nærmeste Hold, Kæreste troede, hendes Trommehinder var sprængt, hun kunde ikke høre længe efter, Kontorruderne, som de omsider havde faaet i efter at have gaaet i Mørke i 8 Dage med det dejligste Solskin udenfor, var naturligvis røget igen; Mor blev saa inde om Natten og da bombede Danskerne et Par Fabrikker i Byens Udkant og saa kunde de ikke afvente Schalburgernes næste Modsvar, alle flygtede fra Byens Midte, Far og Mor fik i Huj og Hast et Klædeskab med Tøj, en Kuffert med Sølvtøj o.lign. anbragt ude omkring og tog herned om Aftenen, og siden har Mor saa boet i Sommerlejligheden og Far og Kæreste er rejst frem og tilbage Morgen og Aften, der var ikke eet Menneske i deres eller de tilstødende Ejendomme i den Tid, men der er ikke sket noget og nu er Folk begyndt at flytte ind igen og de var besluttet paa at rejse hjem til 1 Juli skønt vi godt kunde huse dem med 2 ledige Pigeværelser, men saa i Tirsdags blev Mor syg med Hoved og Halspine og Onsdag laa hun med 40,1 og var meget daarlig med en rygende Angina, Torsdag var hun ved Hjælp af Piller lidt bedre og Fredag flyttede vi hende i Ambulance herop, de skulde jo ud af Lejligheden til Lørdag, hun vilde absolut hjem, men det var jo den rene Elendighed at faa hende derud og ligge, Kæreste blev hernede for at passe hende og heldigvis dukkede saa Ester (Pigen) op Torsdag og gik i Arbejde Fredag, det lysnede svært paa det hele. Lørdag kom saa Far om Eftermiddagen og en Kusine til mig, hvis Forældre var taget til København, hun skulde være taget om til dem Lørdag, men kunde altsaa ikke komme afsted og var muttersalene og vi havde saa en helt rar Søndag, Mor var meget bedre og lidt oppe og Vejret var ogsaa
+4) dejligt, ganske vist var vi til Besses Begravelse paa Drigstrup Kirkegaard om Eftermiddagen, det var meget sørgeligt, hun havde lige været paa Pilegaarden, heldigvis naaede alle hendes Søskende hertil til Begravelsen trods en Masse Genvordigheder, Trylle og Gudrun vidste ikke engang om Meddelelsen om Tid og Sted for Begravelsen var naaet frem til dem. Trylles 40Aars Fødselsdag skulde have været fejret i Morgen med hele Familien og os, det bliver der ikke noget af nu, de fleste er rejst ved første Lejlighed hjem til deres Familie, sikke ogsaa Tilstande, Gudskelov de ikke bor i København. 
+I Dag er Mor rejst, og nu haaber jeg de faar nogenlunde Ro, hun kan ikke tage meget mere, men hun var utaalmodig efter at komme hjem og hygge lidt om dem, der ser jo ud af [ulæseligt ord] efter Rystelserne. Her er fredeligt, men vi følger spændt Begivenhedernes Udvikling, kun Las tager til Klax Fødselsdag Puf vil nødig tage herfra og desuden havde vi paa det Tidspunkt, da vi sagde nej, ingen Pige. Vi var paa Lindøgaard forleden, Tante Junge havde det forbausende godt, men ingen derfra tager til Rørdam, mon du faar Held til at komme over, vi skulde have Mornine i denne Maaned, men nu ved vi jo ikke hvordan alting gaar. 
+Nu tror jeg ikke, der er mere at berette, jeg er ogsaa bange for, det snart er ulæseligt, saa jeg vil slutte med Tusind Hilsner til jer begge fra
+alle her og jeres Else</t>
   </si>
   <si>
     <t>1944-07-21</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Agnete Egebjerg
 Hans Iuel
 Thyra Iuel
 Gudmundur Kamban
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Else Larsen, Else, Andreas Larsens kone
 Christine  Mackie
 Didrik Overgaard Nielsen
 Ellen  Sawyer
 Astrid Warberg-Goldschmidt</t>
@@ -6077,387 +3975,2557 @@
   <si>
     <t>Johannes Larsen har deltaget i Adolph Larsens toårs fødselsdag, været til middag på hotellet og til Elses fars 60årsdag. Han er blevet bedt om at læse sine erindringer igennem, men det var slemt nok at skrive dem. Larsen har lavet syv tegninger til bogen og håber, at de bliver indsat, så teksten kan forkortes.
 Fire af Alheds søstre kommer til middag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Z4fS</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [I brevet:]
 Kjerteminde 21 Juli 1944.
 Kære Grevinde!
 Først en forsinket Tak for Hejrene, de var delikate. Jeg har ført et anstrengende Liv i den senere Tid. I Fredags var jeg til 70 Aars Fødselsdag hos min Broder, Skovrideren og kom hjem Lørdag. Søndag var vi til Middag paa Hotellet hos Kombans, Mandag til Middag paa Lundsgaard og Tirsdag til Elses Faders 60 Aars Fødselsdag. Saa har jeg faaet et renskrevet Udtog af min Erindringer, med Anmodning om at læse det igennem hvad jeg ikke har gjort, det er vel nok at jeg har plaget mig selv med at skrive det. Derimod har jeg lavet 7 Tegninger til det i Haab om at de vil tage dem og derved tvinges til at forkorte Skrivelsen yderligere. Else og Puf har begyndt paa at læse det, men om de holder ud til Enden anser jeg for tvivlsomt. I Aften skal vi have 4 af Alheds Søstre til Middag. Gæslingerne er nu flyvefærdige, men jeg har ikke faaet dem stækket endnu. 
 Hvordan gaar det med Jeres Sygdom? mange Hilsner
 Din hengivne
 Johannes Larsen.
 P.S.
 Der foregaar aabenbart noget i Tyskland for Tiden.
 JL.</t>
   </si>
   <si>
-    <t>1897-3</t>
-[...4 lines deleted...]
-Marie Allerup
+    <t>1944-12-12</t>
+  </si>
+  <si>
+    <t>Eric Bøttern
+Margaretha Bøttern
+Elena Larsen
+Jens Larsen
+Johannes Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsens gode ven, maleren Sven Havsteen-Mikkelsen, havde en idé om, at det var mere "nordisk" at stave ordet "af" som "av". Det er formodentlig påvirket af dette, at Andreas Larsen begyndte at bruge samme stavemåde. 
+Andreas Larsens moster og hendes mand ejede Lindøgaard nær Munkebo.</t>
+  </si>
+  <si>
+    <t>Eric Bøttern er død efter ganske kortvarig sygdom.
+Else og Andreas/Puf Larsen har fået en gris fra Lindøgaard.
+Vilhelm Larsen/Onkel Klaks har givet Andreas Larsen træ, så han kan udvide bryggeriet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CkUx</t>
+  </si>
+  <si>
+    <t>Afs:
+Brygger Andreas Larsen
+Kerteminde Kerteminde 12/12 - 44.
+Kære Lysse.
+Vi er nok kommet for sent med vor julepost iår, og så bliver det endda et trist brev dette. Eric Bøtterne blev syg forleden og efter 3 dages forløb døde han på Odense sygehus, vistnok av årebetændelse, sidste torsdag. Imorgen skal vi til hans begravelse i Odense. Du kan forstå det har gjort et dybt indtryk på os; vi vidste ikke at han var syg og fik det at vide av Grethl, hans kone, den morgen han var død.
+- Ja, nu er det blevet den 19. og Far har jo imellemtiden skrevet til Jer om forskelligt i sit Julebrev. Idag har vi slagtet, d.v.s. vi får en slagtet gris fra Lindøgaard, og parterer den her. Jeg har gennem Omkel Klaks fået noget træ, så vi nu kan begynde at bygge en udvidelse av bryggeriet. De er begyndt at køre materialer til; nu bliver det spændende om det bliver tøvejr, som nu, efter Nytår, så murerne kan begynde at støbe. 
+Jeg synes ikke det bliver til noget med at skrive, så jeg vil hellere slutte nu med at ønske Jer alle en glædelig Jul og et godt Nytår.
+Mange hilsner til Jer alle fra Else ogf Puf.</t>
+  </si>
+  <si>
+    <t>1944-12-22</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Anne Marie -, i huset på Lindøgaard
+Niels Iuel
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Franz Syberg
+Agnes Taaning
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jensen og Kaj var.
+Tornøes Hotel ligger og lå i Kerteminde. 
+Malerens er Johannes Larsen, hans søn, svigerdatter og børnebørn. De boede sammen på Møllebakken i Kerteminde. 
+Ladersen var Lars Christian Balslevs kælenavn. De af hans voksne børn var interneret i Frøslev-lejren p.gr.a. deltagelse i modstandskampen. Han tilsyneladende også.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2448</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for pakken fra Astrid/Dis. Hun har købt en frakke til Per og et træsnit til Laura/Bibbe og har derfor kun råd til små gaver. Hun har nået meget af juleforberedelserne, og Anne Marie, Bibbe og Martin/Manse har hjulpet godt. Bibbe og Johanne har været på en dejlig tur til Kerteminde, hvor de har besøgt Ellen, Johannes Larsen, Fru Taaning m.fl. De hørte Franz/Trylle Syberg spille julekoncert i kirken og var på Tornøes Hotel. Da Johanne kom hjem, fik hun at vide, at tyskere med 25 heste skulle indkvarteres hos dem, men det blev heldigvis aflyst.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AkuE</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+modt. Juledag 1944.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St Fyn
+[Skrevet nederst på kuvertens bagside og på hovedet:]
+Tusind Tak for de nydelige Kort, glemte Maries Brev; intet særligt ud over hvad jeg skrev.
+[I brevet:]
+Lindøgaard Fredag 22-12-1944.
+Har ikke Tid at læse igennem. 
+Kære lille Dis!
+Det er (for mig) en tidlig Morgenstund, jeg fik Kaffe paa Sengen Kl 8 og det er for mig tidligt. Inden jeg nu skal i Gang med det blø’e Brø’ hvilket vil sige Julekage Honningkage Lagkage og den du sendte mig Opskrift paa, som vi har prøvet og finder glimrende – altsaa inden jeg gaar i Gang med det, skal du have et lille Julebrev. Der er kommen en Pakke fra dig, en stor en, men jeg er streng med ikke at [ulæseligt ord] Vrøvl – ikke at pakke Pakken op før Juleaften, saa dette kun en foreløbig ”Kvittering” og Tak! Fik du en lille tarvelig Julegave fra mig? Jeg har maattet fare med Lempe, da jeg har givet Per en Overfrakke til 45 Kr. og Bibbe et Træsnit af Las – Gejerfuglene – som jeg endnu ikke ved, hvad koster, da jeg har bestilt det hos Puf, der ogsaa har besørget Indramning. Vi er helt godt med hvad Arbejde angaar, men jeg kan jo sagtens, naar jeg har den glimrende Hjælp i den dygtige Pige. Hvordan mon du klarer dig, lille Dis med dine stakkels faa Kræfter? Bibbe har det nogenlunde men heller ikke mere; hun tog dog en Slagtedag for mig, hun og Grethe lavede Rullepølser, Spegepølser og kogte en Del hen, Resten havde Anne Marie og jeg lavet Dagen før. Jeg har konstateret – egentlig til min Overraskelse – at min Hjerne fungerer lige saa godt som tidligere nu ved disse Juleforberedelser, hvor saa meget skal huskes og ordnes. Det er flere Aar siden, jeg selv kunde staa for Slagtningen; man skal holde Hjernen klar, naar en 400 Punds Gris skal ordnes – hvad der skal saltes, holdes fersk, hvad til Spegepølser, til Medister og hvad koges hen. Manse, som er meget interesseret og har en Mening selv om de Dele, hjalp mig. Vi kom for sent paa det med at bestille Slagter – skønt jeg stadig mindede Manse, saa Enden paa det blev, at vi skulde slagte i Tirsdags Kl 5 om Morgenen; der skulde saa gøres Ild under Kedelen Kl 3 ½ og da jeg ikke turde stole paa de unge, holdt jeg mig vaagen, de to sidste Timer sad jeg op i Sengen; da jeg Kl 3 ½ kom op i Havestuen (hvor Manse sover nu) havde baade han og Bibbe Lys, saa jeg kunde have sparet mig! Jeg sov saa nogle Timer og arbejdede med Slagtningen det meste af Dagen – er jeg saa ikke ved at udvikle mig til Kæmpe?
+Bibbes og min Tur til Kjerteminde forløb glimrende; vi havde Bil baade ud og hjem; var derude Kl. 12, gik derinde og havde egentlig saa godt Held med os. Vi havde spist Middag her hjemme først, drak Efterm.kaffe hos Jensen og gik saa op til Elle, som havde ventet os til Middag. Vi var bedt til Malerens til Aftensmad, det var saa fornøjeligt og Gudskelov i al Tarvelighed, hvad jeg havde udbedt mig; de har faaet Centralvarmeapparatet flyttet fra Værkstedet ind i Boligen og laa i et hyggeligt Rod. – Jeg nød 3 Snapse! Saa kneb det med at gaa ned til Hotellet, Bibbe havde nær aldrig faaet mig slæbt derned; da jeg skulde op ad Trappen stod der en Flok, som skulde ind og jeg siger saa til en lang Kleppert som stod der – ”aa tag ve’ mig” og en meget kultiveret Stemme svared ja, det skal jeg rigtignok”. Det var, sagde Bibbe mig senere en af Juel-Sønnerne fra Hverringe; da vi gik hen gennem Gangen slyngede jeg et henkastet ”Tak til ham, der hjalp mig” ud over Skulderen. - - Saa en lille Passiar ind hos Kaj, det var underligt at sidde i den dejlige hyggelige Stue en Gang igen. Næste Form. til en festlig The hos Fru Taaning (bedt) saa juleagtigt og pænt rigtig The og en dejlig Cigar, saa Middag hos Elle med Vin, derefter ned til Kirkekoncert; Trylle spillede herligt og et lille udsøgt Kor sang meget smukt; vi drak Kaffe med dem alle paa Tornøe og hilste paa saa mange gamle Kendinge. Hjem ved 6 Tiden til Agr. og Manse, alt var gaaet godt her hjemme. Elle skal være hos Malerens Juleaften, kommer her til Nytaar, vi flytter en Seng ind til Bibbe.
+Det er næsten ikke til at holde ud at tænke paa Ladersen med 2 Børn i Frøslev jeg sender dig Maries Brev, det er lettere end at fortælle om det. Jeg er dybt bedrøvet.
+Nu vinker det blø’e Brø’, jeg må afsted og ønsker til Slut jer alle 4 en rigtig god og glædelig Jul og – Dis – et godt Nytaar ikke alene for Jer men for den hele Menneskeslægt - - lad mig lige fortælle at Manse kom i Forgaars Aftes med den Besked at vi fik 25 Tyskere og en Del Heste til Indkvartering og at de kom i Nat!! Al vor Juleglæde svandt, men allerede i Gaar fik vi at vide at den bedske Drik udsættes til efter Jul. Vi maa tage Anne Marie op til Bibe, tør ikke lade hende sove derude i sit Værelse. Mulig det helt skydes over. Hvor de dog gaar frem nu igen!
+Tusind Hilsner søde Dis fra alle her til Jer alle Din Junge.</t>
+  </si>
+  <si>
+    <t>1945-01-10</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Martin Balslev
+Louise Brønsted
+Adam Goldschmidt
+Brita Goldschmidt
+Ina  Goldschmidt
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Maria von Sperling. g. Balslev
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Martin og Maria Balslev var begge interneret i Frøslevlejren. 
+Laura/Bibbe Warberg Larsen/Petersen uddannede sig til sygeplejerske.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0636</t>
+  </si>
+  <si>
+    <t>Astrid/Dis skal ikke være så bekymret, men hellere tænke på Maria og Lars Christian/Laders Balslevs børn.
+Laura/Bibbe fik mange julegaver. Hun har været afholdt i Odder. Nu arbejder hun i nattevagt på Kerteminde Sygehus og tjener godt. Hun vil ikke i fastansættelse. Laura har altid haft hovedsmerter og kunne f.eks. som barn ikke tåle at øve længe på klaver.
+Johanne/Junge kan ikke varme huset op. 
+Det var flotte gaver, som Adam og Brita gav Astrid.
+Elle(n) har været på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/l7zx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 11’ Jan 1945.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+Tak for Brev, faaet lige nu, ikke læst.
+[I brevet:]
+Lindøgaard Onsdag d. 10_nde_ Jan. 45.
+Kære lille Dis!
+Nu er det vist i høj Grad paa Tide, at du hører fra mig. Tak for dit lange Brev for mere end en Uge siden, det krydsedes vist med mit – og det vil dette maaske ogsaa gøre. Det, du skrev om dit ældste Afkom, berørte mig selvf. i aller højeste Grad, men, Dis, lad mig hellere være klog og ikke fæste noget af det paa Papiret – du er dog Moderen og Efterretningsvæsenet mulig i Orden. Men hvorfor skulde det ikke gaa godt, jeg er da ikke saa forfærdelig ængstelig – tænk paa Marie og Laders de har Grund til Ængstelse, for deres er jo syge, mens din kun skranter. Skriv frit til mig, jeg er nok Moder, men ikke til skrantende Børn. Ja, skriv endelig alt, hvad du ved. Hvor jeg dog haaber paa et godt Nytaar for dig, og alle dine. - Jeg gaar med Fornemmelsen af, at det staar skidt til med dit Helbred, hvis det er Nerverne, der er paa Spil, saa skal de sidste Tider jo ikke gøre det bedre Hvor du dog altid har meget at kæmpe med, lille Dis, og dine Kræfter er ikke store. Jeg tænker meget paa dig og dine, men hvad hjælper det! Jo, maaske dog lidt. - - Fortæl mig lige, hvis du mener det, hvad det er for en Præstegaard, du nævner. 
+Tak for din udførlige Beretning om Jeres Jul, hvad du dog har faaet af Gaver og Breve, det var imponerende, noget tilnærmelsesvis kan jeg rigtignok ikke opvise, selv om jeg synes her var rigeligt med Gaver og Post. Bibbe fik en utrolig stor Post, hvor maa hun være bleven afholdt deroppe i Odder, jeg tror ogsaa hun er en enestaaende god Kammerat. Hun er i Arbejde i denne Uge, tiltraadte i Lørdags Aftes en Uges Nattevagt paa Sygehuset i Kjerteminde. Jeg kan ringe til hende om Aftenen, men ikke hver Aften, for der er saa knagende koldt oppe i Stuen, hvor Telefonen jo er; allerede Nytaarsdag flyttede vi herned, for vi kunde ikke faa varmt deroppe og maa jo ogsaa tage svært Hensyn til vort Brændsel som truer med at slippe op før Tiden. Men det var Bibbe – hun tjener vist c 150 Kr. ved den Uges Nattevagt; 11 Kr pr Dag (Nat) i faste [”e” sidst i ordet overstreget] Løn og Resten er Overarbejdspenge, da Vagten strækker sig over 8 Timer vist 10½. Det er vel nok flot! Hun vil vist i det hele taget ikke gaa i fast Tjeneste, naar hun nu til Efteraaret bliver helt færdig, men være løs – privat – Sygeplejerske. Hun er jo saadan indrettet, at hun maa have Afveksling i sin Tilværelse, og selv om hun [”hun” indsat over linjen] skulde faa strenge Plejer, saa er hun da selv Herre over, hvor meget hun vil hvile ud mellem Slagene. Desværre er hendes stakkels Hoved saa forfærdelig svagt, det tror jeg aldrig hun slipper, for hun har haft det, siden hun var Barn, kunde f. Eks. ikke taale at øve sig nævneværdig, derfor kunde Musikken ikke blive hendes Job. Mulig – tænker jeg ved mig selv [”selv” indsat over linjen] det vil bedres, naar Menstruationen en Gang ophører. 
+Nej, Bibbe kommer først til Kbhvn. til Februar, hun maatte have Ferie i Januar. Jeg er ikke stolt af at sende hende derind, baade Rejse og Ophold er jo truet af Farer. 
+Hvor var det dog en herlig Pakke fra Adam og Brita, noget saa imponerende, og saa dejligt, at de har Lyst og Hjerte til at glæde dig. Og saa dejligt med Jannas fine Seng – hvor skal vi dog faa et bare nogenlunde Udstyr til lille Grethe. 
+Naa, fik du Julekort fra Manse, ja, han skrev en hel Del i Aar, ogsaa til Lugge, som var bleven saa rørt over, at han tænkte paa ”en gammel Tante”.
+For øvrigt staar alt godt til her, her er godt Helbred og Fred og god Forstaaelse over hele Linien. Det var saa hyggeligt at have Elle, hun og Bibbe kan nu saa vældig godt sammen; hun kom Dagen før Nytaarsaften og blev til Onsdag, vi havde det dejligt uden særlige Sving: Vi havde godt med Cigarer og Tobak, jeg fik 25 store Cerutter af Agraren og de 10 fra dig og al den gode Tobak, du sendte. Forhaabentlig fik du mit Takkebrev ved Nytaarstid.
+Gid dette nu maa træffe dig oven Senge og ved godt Mod lille go’e Dis, du skal se, alt skal nok ordne sig paa det bedste. 
+Hils den gode Axel saa meget, ogsaa Janna, naar du ser hende eller ringer
+Tusinde Hilsner fra din Junge.</t>
+  </si>
+  <si>
+    <t>1945-01-19</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Bodild Holstein
+Adolph Larsen
+Marie Larsen
+Pernille Marryat
+Axel  Müller
+- Petersen, Frk.
+Janna Schou
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne har i et andet brev fortalt Astrid, hvordan man fejrede deres fars 100årsdag på kirkegården og på gården Erikshaab. 
+Janna Schou fødte i januar 1945 datteren Pernille. 
+Bodild Holstein døde januar 1945.
+Det vides ikke, hvem Jørgen var. Larsen/Warberg-familien kendte mange af dette navn. Det samme gælder Charlotte. 
+M er formodentlig Axel Müller, og Marie kan være Marie Larsen eller Balslev. 
+Sjums/Ina Goldschmidt var i 1945 gået under jorden (formodentlig fordi hun havde jødisk far).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0637</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Astrid må mødes i tankerne i anledning af deres mors fødselsdag. Faderens blev fejret så godt på Erikshaab. Johanne har gemt en sang, som Astrid 20 år tidligere skrev til moderen. 
+Frk. Petersen har været til middag på Lindøgaard.
+Johanne beder Axel købe og sende tobak. Den hjemmedyrkede vil ikke brænde.
+Astrid skal ikke være bekymret for Jannas fødsel.
+Både Martin/Manse, Adolph/Agraren og Laura/Bibbe har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cmc7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 20’ Januar 1945 
+Mors 100 års Fødselsdag.
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Fred. 19de Jan. 1945
+Kæreste lille Dis!
+I Morgen har vi saa Mors Fødselsdag! Hvor havde det været dejlig om Forholdene havde flasket sig, saa vi kunde have været sammen paa denne Dag, men det vilde Skæbnen altsaa ikke. 
+Gid du havde været med paa Fars Dag og haft de samme gode Minder om den, som jeg har, det var saadan en usædvanlig dejlig Dag, som jeg af og til tager frem og tænker paa. Du ved, vi var jo paa Erikshaab hos de to go’e, og de havde gjort det saa festligt for os. Men selv om vi ikke kan være sammen og mødes ved Mors Gravsted med Blomster og Udsmykning, saa kan vi dog mødes i Tanker og Breve. Du var nu Mors Hjærtebarn, hendes lille Putte, hvor var Mor dog øm over dig, og hvor dit Vel laa hende paa Sinde. Jeg har for ikke saa forfærdelig længe siden haft fat i din lille smukke Sang til Mor, som vi sang for 20 Aar siden – det smukkeste du nogen Sinde har skrevet – men desværre er den gaaet til Bunds blandt mine Papirer igen, jeg husker aldrig nøjagtig, hvor de forskellige Sager ligger, jeg har saa mange store gule Konvolutter med saadanne Sager, men noget af den husker jeg da – om Dagen der ”lyser spæd og klar og spejder imod Vaaren” og saa: ”For hvad du er og hvad du var, vi aldrig nok dig takket har, som vi saa gerne vilde”. Hvor er det smukt og hvor det Sandhed. Vi fik aldrig Mor takket for alt det, hun var for os. Lad os haabe, at hun har følt det. 
+Vi fik alligevel drukket Axels Skaal. Som jeg vist skrev havde vi Frk Petersen (Kjert. Sygehus) til Middag den Dag. Samtidig kom Bibbe paa Cycle fra sin Vaagepost paa Sygehuset. Jeg havde det hele pænt og festligt. De fik Haresteg, ikke henkogt, men en frisk, der havde hængt fra før Jagten gik ud og var glimrende. Rødkaal, Ribsgélé og Tilbehør, derefter Engelsk brændt Crême, en Fromage, som er Bibbes Yndlingsdessert og som vi ogsaa fik Juleaften. 
+Dertil fik vi Æblemost. Jeg havde sat Rødvinsglas paa Bordet, og da Manse gjorde Vrøvl over det, da vi ellers altid drikker den af Vandglas, sagde jeg, at det skulde være saadan, for vi skulde drikke Axels Skaal, og det kunde vi dog ikke med Vandglas. 
+Mens jeg husker det – jeg glemte det i Axels Brev – mon I dog ikke kunde skaffe mig lidt Shagtobak; jeg vil saa gerne have lidt at blande mellem vort eget Bryg, der har den kedelige Egenskab, at man ikke kan holde Ild i den. Jeg kan jo sende en Femmer i et Brev med Frimærker for at faa Summen nøjagtig og du kan, hvis Axel altsaa kan og vil skaffe det, sende mig en Pakke i et Brev af og til. Jeg vilde være meget glad, om det kunde lade sig gøre, for vi har jo ikke Tændstikker i Overflod. 
+Jeg har fortalt Bibbe om Janna, at den lille har indtaget en lidt upraktisk Stilling, hun siger, at naar hun kommer paa Hospital, kan de sagtens klare det, saa hun blev ikke videre rystet over det. De er jo saa dygtige nu om Dage; det var anderledes katastrofalt tidligere, især da paa Landet med en alm. Jordemoder. Gid du vilde lade være med at ængste dig for det, for det behøves vist ikke. Værre er det jo med Sjums, men mon hun dog ikke kan sende Jer bare et Brevkort med en Hilsen, bare hun dog tænker paa det, det kan der jo aldrig ske noget ved og saa ved I da at hun er all right.
+Jo, søde Dis det er rigtigt hvad du skriver om at undlade Takkebreve, men M. har nu i Sinde at skrive til dig, han kan bare saa daarligt skrive til dig, han er saa mærkværdig ringe til det; jeg vil ikke sige noget om det, for saa har det ingen Værdi, men han blev aldeles betaget over Bogen. 
+- - Lige nu kom Bibbe fra Munkebo med Brev fra dig, som jeg nu altsaa har læst og takker saa meget for. saa mange Oplevelser du dog altid al [”al” overstreget] har at berette om, det kan jeg sandelig ikke hamle op med, men vi har jo Bibbe, som er saa rask og glad for Tiden, det er jo Oplevelse nok for os. Manse er ogsaa i saa godt Humør for Tiden, saa vi har det saa dejligt – og Agr. all right.
+Jeg skrev til Marie i Gaar og skal nok skrive til den gode gl. Charlotte. Aa, at Bodild skal til at dø, saa faar man ikke hende at se mere. Hun var elskelig imod mig, da jeg 1917 laa paa Diakonissen; Hvor er det smerteligt, men mange af os har jo naaet ”Støvets Aar”.
+[Skrevet langs venstre kant på s. 4:]
+Tak for Opskriften, den skal jeg sandelig prøve
+[Skrevet langs venstre kan på s. 1:]
+Ischias kommer af Fugtighed ikke af Blæst. Mon Søstrene kender til Astma og hvordan den skal have det. 
+[Skrevet på hovedet nederst på s. 1:]
+Det er ikke Huset, der giver dig Astma, men Husets Beliggenhed, men selvf. er det umuligt at bygge for Tiden
+[Skrevet langs højre kant på s. 1:]
+Til Lykke med Biddet! Gid det blev af! 
+[Skrevet på hovedet øverst på s. 1:]
+Mon der saa er saa stort mere at skrive om, der snakkes om mig – jeg mener omkring mig. – Tør du dog nok tage ud, lille Dis, naar Lægen har forbudt det. Jeg tror aldrig Jørgen fik vor Lykønskn. til hans Bryllup, jeg havde Julekort fra ham, men han nævnede det ikke. Men hvad, det gør det for Resten heller ikke noget. Hils Axel saa meget og tusind Hilsner til dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1945-01-30</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Bodild Holstein
+Anne Marie -, i huset på Lindøgaard
+Johannes Larsen
+Pernille Marryat
+Axel  Müller
+Janna Schou
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2450</t>
+  </si>
+  <si>
+    <t>Det er godt, at Ina/Sjums kom sikkert frem. Og rart at Astrids økonomi er forbedret. 
+Johanne strikker vanter til Martin/Manse. 50 familier i sognet er uden brændsel, og kommunen har næsten ikke mere. Anne Marie fyrer for ødselt. Johanne fryser. Hun og Adolph har flytter rundt på møblerne. De må gå i seng kl. 9. 
+Laura/Bibbe er rejst til København, og Johanne er bekymret. 
+Johanne ønsker Pernille tillykke med datteren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mgB3</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+2’ Februar 1945
+besv. 5’ Febr. ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgd. Tirsd. Onsd. [”Onsd.” overstreget] 30-1-1945
+Kære lille Dis!
+Til Lykke! Til Lykke! med alt det gode, der er sket. Nr. 1 er jo, at du ved Sjums i Sikkerhed, det har ogsaa væltet en stor Sten fra mit Hjerte. Jeg hørte en Gang i den eng. Radio, at et lille Skib var bleven standset og undersøgt og der blev taget tre Fanger, og jeg blev skrækslagen. Men senere sage de at en hel Del danske var ankommen til Sv. og igen steg Modet. Mon hun nu ikke har sendt dig et Brevkort, det kunne jo gøres uden Risiko – blot en Hilsen men det tænker hun vel ikke paa. Og Grunden!! Ja, det er jo en Lykke uden lige, at I nu ikke skal have de umulige økonomiske Forhold, og dette er noget varigt og ikke blot en midlertidig foranstaltning som f. Eks. Et Laan, hvad altid har haft min dybeste Mistillid, mens andre (f. Eks. Las) altid har ment, at saa var Sagen klaret. 
+Dette bliver kun et Par Ord, for jeg har et Parforce-Arbejde med at strikke Vanter til Manse. Bibbe kom med noget Garn – 4 forskellige Farver – og jeg gik straks i Gang, for hans er fuldstændig slidt op, og det er for trangt at arbejde ude uden Vanter.
+Ak hvilken Vinter Dis! Vores Skattemand fortalte forleden at 50 Familier her i Sognet var blottet for Brændsel og Kommunen har næsten ikke mere til dem, det bliver den rene Nød. Ogsaa vi fryser. Desværre har Fyringen været den ellers dygtige An. Maries meget svage Punkt, hun har trods mine kæmpemæssige Anstrængelser fyret aldeles skamløst ødselt. Mens jeg ved Middagstid sidder og skriver dette, er her 9 ½ Gr. Reaumur om Eftermiddagen 12 %. Jeg har læsset Masser af Tøj paa mig, og saa maa man jo vænne sig til det. Nu da Tyskerne endog vil tage af, hvad her er i Landet, er det jo ganske udelukket at købe. Det er strengt at fryse. I Søndags flyttede vi Sovek. Møbl. her i Spisestuen, og har saa lavet Stue i Sovek. Her er bleven mægtig hyggeligt, og vi mener, her bliver lunere. Det lange Bord staar paa tværs ud mod Værkstedet, Slagbænken med med Ryggen mod Køkkenvæggen, saa kan du se det for dig, Tæpper over hele Gulvet Dragkisten har beholdt sin Plads, ligesaa den lille Sofa ved Radiatoren, hvor der er dejlig lunt at sidde. Hvad der ogsaa vil hjælpe paa at faa Brændselet til at slaa til er jo, at vi ikke kan staa op før det lysner og maa gaa i Seng Kl. 9. Vi faar kun 12 Kilowat – og I faar nu kun 8? Det bliver underligt, men hvad er ikke underligt i disse Tider.
+Bibbe skulde være rejst i Dag, men maatte opgive p. Gr. a. Sne og rejser først paa Torsdag – den ½ Febr. Det bliver nok en rædselsfuld Rejse, men hun er da fornuftig nok til at ”stavle” en Mængde Tøj paa sig.
+Onsdag
+Næste Dag. Egentlig meget heldigt, at Posten i Gaar kom om Form. i Stedet for om Eftm. x [indsat i venstre margen:] x mit Brev ikke kom af Sted [indsættelse slut] saa kan jeg faa svaret paa dit Brevkort. Tak for det og tusinde Gange til Jannas Bedrift. Hvilken usigelig Lykke, at det nu er overstaaet vel overstaaet, ja den største af de 3 Lykker. Hils dog Janna saa varmt fra mig og ønsk hende til Lykke med den lille Pige. Du nævner ikke Vægten, husk det næste Gang, det er ikke helt lige meget om det er et bitte lille et eller en ordentlig velvoksen ditto. - - Vores søde Bi er lige rejst, hun maatte af Sted i Dag, da de nye Forbindelser fra i Morgen, den første Februar herfra er ad Hekkenfeld til. Det er rædselsfuldt at vide hende paa den farefulde Rejse og at vide hende 2 Mdr. i Kbhvn. Hvor man ikke ved, hvad der kan ske. Bombning f. Eks. 
+Hvilke enorme Begivenheder! 95 Miles fra Berlin og som de dog gaar fremad med Stormskridt. Det var synd, Bodild skulde dø uden at opleve dette. - - Bibbe har skrevet til dig, fik du det? 
+[Indsat øverst på s. 1, på hovedet:] Nu skal jeg i Seng – dog heldigvis ikke fordi jeg er syg, men fordi Varmen er lukket ned. Ilden slukket. Smeden kommer nu Kl 12 og forlænger Radiatoren her inde for at vi kan faa det lidt varmere med samme Brændsel. Hils Axel saa meget og tusinde Hilsn. Til dig selv fra din Junge</t>
+  </si>
+  <si>
+    <t>1945-02-09</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Anne Marie -, i huset på Lindøgaard
+Adolph Larsen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ole -, Lindøgaard
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvem børnene på fotografierne var. Adam Goldschmidts datter, Lena Brita, blev født 1942. Ina Goldschmidts Harriet i 1927, Ulf i 1933. Janna Schous datter, Pernille, er født 1945, men eftersom Jannas far var Jørgen/Buf Schou, var hun ikke af jødisk slægt. 
+Det vides ikke, hvem Ruth Petersen var. Ej heller kendes navnet på Janna Schous svigermor. 
+Johanne købte en dyr frakke og et træsnit af Johannes Larsen som julegaver.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2451</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har fået brevpapir af Andreas/Puf og Else Larsen i julegave.
+Hun takker for de lånte fotos af børnene. De ser slet ikke jødiske ud.
+Johanne takker også for tobakken, og hun vil gerne købe mere.
+Det er godt, at Janne har hjælp efter fødslen nu, hvor man hverken har varme eller lys nok.
+Det er ved at blive forår.
+Martin/Manse har været aktiv med at skaffe brændsel.
+Grethe og Martin er omsider blevet gift, og familien har haft en hyggelig fest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jdbc</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 12’ Febr. 1945
+verset? besv. 13’ Febr.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Fortrykt på kuvertens bagside:]
+JOHANNE WARBERG LARSEN
+LINDØGAARD
+[Håndskrevet på kuvertens bagside:]
+Dræby St.
+[Fortrykt på s. 1:]
+JOHANNE WARBERG LARSEN
+[Håndskrevet i brevet:]
+Lindøgd. 9-2-1945
+Kære lille Dis!
+Jeg har paa Fornemmelsen at dette kun bliver et lille Brev, til gengæld skal det være paa mit fine nye Brevpapir, som jeg fik af Puf og Else til Jul; jeg er vældig stolt af at have Br.papir med Navn. Desværre er det med Linier, hvad der navnlig slet ikke passer til fint Papir. 
+Tak for dit sidste Brev. Ja, næppe havde jeg sendt dit Brev sidst, før jeg kom i Tanker om Billederne, jeg var lige ved at sende dem næste Dag, men tænkte saa, at det hastede nok ikke saa meget at jeg behøvede at afse 20 Ør. paa dem – 20 Ør. er dog Penge! De er aldeles henrivende hun ligner jo Sjums op ad Dage; hun maa være en yndig lille en. Drengen er ogsaa sød hvor ser han dog uendelig lidt jødisk ud, hun ogsaa. Tak for Laan! Og vil du sige Axel Tak for Tobakken den er ganske dejlig, jeg bruger den til at blande mel. min hjemmedyrkede Tobak, hvis Axel vil sende mig en 1 Pakke til, hvad jo slet ikke haster, kan jeg sende en Femmer, det kan jeg for Resten gøre med det samme, mere har jeg ikke Raad til, jeg er kommen lidt bagefter i denne Mdr. Julen var mig mægtig dyr. 45 Kr. for Frakken, 20 Kr. til et Træsnit til Bibbe og alle andre Gaver til dem her hjemme ogsaa altfor dyre, saa kommer man jo ba’ etter. 
+Hvor var det dog dramatisk og spændende med Jannas Fødselsfærd, og hvor var det en glimrende Præstation men 5 ½ Pund er jo lidt bitte; begge Drengene her vejede 9 Pund og Bibbe 8, og endda synes jeg de var smaa. Nu hører jeg næste Gang maaske om hendes Hjemkomst, det bliver ikke let for hende med al den Lys og Varmerationering, godt at hun har sin Svigermor til at støtte sig i den første svære Tid.
+Apropos Varme! Vi priser Tøvejret og fryser ikke, naar det er saa mildt i Vejret, selv med vores meget nedsatte Fyring. Nej, du kan tro, der er intet at bebrejde Manse, det har ligget ham stærkt paa Sinde hele Tiden, og han har købt for noget af [”af” overstreget] over 1000 Kr Brændsel. At han fik skaffet det sidste Læs Brunkul var lidt af en Bedrift, men Himmelen være priset, at han fik det, ellers havde det set galt ud. Hele Egnen her er ramt af Brændselsnød, der fryses mange Steder. Grunden er nok at Tørvene her – jeg mener dem vi fik her omkring [”omkring” indsat over linjen] var saa utrolig udrøje, saa alle har forregnet sig, da de købte ind. For vores Vedkommende A.M.s skamløse Ødslen jeg er lidt bitter over det, for baade Manse og jeg havde arbejdet for at faa hende til at spare. Manse mente, det var fordi hun ikke vilde, altsaa en Slags Stædighed – Jyderne er jo saa stædige, men jeg mente, det var Dumhed. Men bebrejde Manse noget, kan man sandelig ikke, han er hundeangst for at jeg skal fryse. Nu fælder han en af vore mægtige Popler i Haven, for at have godt med Brænde næste Aar – hvad vi for Resten ogsaa havde i Aar, men intet forslog jo. - - 
+I Gaar havde vi saamænd Bryllupsgilde. Endelig havde Grethe faaet sine Skilsmissepapirer i Orden, saa de kunde blive gift, og lille Grethe var lykkelig; det var ikke saa rart for hende at være ”ugift”, naar hun var saa iøjnefaldende langt henne. De mødte Kl 10 henne hos Sognefogeden i Dræby og havde en hel hyggelig Stund hos de meget flinke Mennesker, fik Vin og mange gode Ønsker. Jeg har altid holdt saa meget af den Sognefoged. De kom her ved 11 Tiden, saa glade og fornøjede og saa saa smukke ud, da de straalende kom kørende ind i Gaarden i Giggen. 
+Saa kom Drengene, rene og fine, de havde selv besørget deres Omklædning og til Tilfredshed. Agraren havde været i Munkebo om Morgenen og købt en rød Alpeviol til Grethe; den stod midt paa Bordet, som var dækket med alt vores pæneste Udstyr. Vi fik jævn Suppe (henkogt) med Ærter og Gulerødder, 2 mægtige Hanekyllinger med Agurker og Gélé samt en fortræffelig Æblekage. Da vi helt er hørt op med at bage, havde vi købt Lagkagebunde og Smaakager til Kaffen som vi nød midt paa Eftermiddagen. Vi havde lige faaet Cigarer fra Brugsen, saa Røg manglede heller ikke. Det var saa baade festligt og hyggeligt. Vin kunde vi jo ikke præstere, men saa drak vi Æblemost af Vinglas, saa vi kunde drikke deres Skaal, de havde faaet en Stol, en Slags Lænestol af Familien i Kjerteminde af Manse et Gavekort i Brugsen paa 25 Kr. og nu har jeg lige hørt, at Naboerne har skillinget sammen og overrakt dem en Konvolut med 65 Kr. Jeg er saa rørt over det. Der var et Telegram fra Ruth Petersen, hvem Bibbe har holdt à jour, saa det var jo ude omkring og lille Ole har heller ikke kunnet holde tæt, men fortalt det til deres Nabokone. 
+Nu kan vi snart faa Foraar, Vintergækkerne er snart store ude i Haven og jeg tror, men er ikke sikker, at jeg hørte Viben i Gaar, da jeg var i Haven; jeg synes aldrig vi har ventet Foraaret med saa stor Længsel som i Aar, og hvis de nu ikke kan præstere Lys til os mere, saa maa vi sandelig være taknemmelige for at vi gaar den lyse Tid i Møde.
+Vi har hørt fra Bibe, hun er glad ved sit nye Arbejde, hun skriver at det hele er saa udmærket organiseret der, meget bedre end i Odder. 
+[Indsat øverst på s. 4; på hovedet:] Saa bliver det ikke til mere denne Gang; tilgiv mig at jeg glemte Billederne sidst, jeg var saa vred paa mig selv for det og forstaar ikke, hvordan jeg kunde være saa sløset
+[Indsat øverst s. 3; på hovedet:] Hermed Femmeren, hvis det næste Gang bliver lidt mere, kan jeg maaske udligne med Frimærker, eller har I dem gratis? Hils Axel! Tusind Hilsner Junge</t>
+  </si>
+  <si>
+    <t>1945-02-15</t>
+  </si>
+  <si>
+    <t>Sct. Joseph</t>
+  </si>
+  <si>
+    <t>Guy  de Maupassant
+Hans  Elers Koch
+Hans Koch
+Marie Larsen
+Viggo Frederik Møller
+Ellen  Sawyer
+Christine Swane
+Lars Swane
+Arne Ungermann
+Ursula Uttenreitter
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Tanterne var Marie Larsen og Christine Swane, som boede sammen i Birkerød. Drengene var formodentlig Laura/Bibbe Warberg Petersens brødre. 
+Hilda og Th. Torp kendes ikke. Det vides ikke, hvem A.M. er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0530</t>
+  </si>
+  <si>
+    <t>Christine Swane/Uglen og Marie/Rie Larsen (Tanterne) er gode mod Laura/Bibbe W.P. De har været på udstilling, hvor Laura vandt en bog i en tombola. Tanternes hus er dejligt med grønne genstande overalt. Laura får morgenmad på sengen og dejlig frokost og aftensmad. Christine Swane har haft besøg af en kunsthandler, og alle var hos Lars/Lasse Swane og Ursula. Elers Koch med familie kom, og de var dejlige mennesker. 
+Laura W.P. savner nyheder, for den sker store ting for tiden. Der er kun lidt skyderi.
+Laura spiller klaver på afdelingen (sct. Joseph).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fo20</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby St
+Fyen.
+24-2-03.
+4-8-00
+BWP
+[Håndskrevet på kuvertens bagside:]
+Har osse fået Hildas Brev. Tak.
+Kære Elle
+Tak fordi du 
+[I brevet:]
+Sct. Joseph 
+d. 1_5 Febr_. 1945.
+Kære lille Mor!
+Tusind Tak for dine Breve, det er simpelthen vidunderligt at faa saa gode Tidende. Jeg har læst både dit og Gretes Brev flere Gange. Vi har Luftalarm men ikke en Flyver eller et Skud høres, jeg sidder noget saa rart i en god blød Stol med Benene oppe paa Divanen, og - - rygende paa en Cigar. Tanterne lader som sædvanlig Alverdens Goder rasle ned over mig. Fortalte jeg at første Gang vi mødtes havde de 1 Pk Cerutter 1 Pk Cigaretter 1 Æske Konfekt med til mig – jeg var ved at daane, desuden forærede T. Ugle mig en Paraply og Grønningens Katalog som – nu blæser de a’ – altid er morsomt at have. Oppe på Udstillingen som vi altså var på 2 Dage sammen forærede de mig begge 2 Træk hver i Tombolaen og minsandten om jeg ikke vant en Bog ”Menneske Magt” af Viggo F. Møller med Ill. af Arne Ungerman. Hvor var det dejligt at se Kunst igen Mit Øje var utrænet mærkede jeg tydeligt, men hvor jeg nød det. Ikke mindst da jeg var i Birkerød i Tirsdag på min Fridag, my luck was us egentlig havde jeg jo Vagt Kl 10 Mand. Aft. Imidlertid havde Th Torp fri den Dag og hende der afløste ville gerne bytte med mig – altså spurgte om jeg vilde – hvorefter kom afsted med et 17.39 Tog, havde heldigvis taget mere Tøj på – der var hundekoldt, kommer vel derud viste det sig at det var blevet Vinter, Masser af Sne – på Træer og alt – stille stjerneklart Frostvejr, en meget smuk Tur derud – til Skovgaardsvej – Tante Ugle stod i Døren da jeg kom og saa efter mig. De havde ventet med Middagsm. Den stod på Skinke, Grønlangkål og br. Kart. oven på Kaffe og hjemmebagte Fastelavsboller – Cigarer. Deres Hus er og bliver en Oplevelse, Gud fri mig hvor er der pragtfuldt, Stykke for Stykke sugede jeg alle Skønhedsindtrykkene til mig – og Pressen Himmel hvor jeg savner den nu må se at have – me – nej det er sandt, jeg kan jo gå hen til Kommandocentralen og høre Nyt fra i Dag. Vi gik ret tidligt i Seng jeg var træt efter Børnestuevagten oppe 6 ½ hver Dag og arbejde til 10. – Fritimerne havde jeg været paa Farten i næsten hver Dag i stedet for at hvile lidt. Næste Dag sov jeg længe – Kaffe paa Sengen m. hjemmebagt Franskbrød
+II.
+Pimpernickel og Hybenmarmelade og Fastel.bolle ½ Cerut blev derefter nydt – osse paa Sengen. Saa i Badeværelset hvor der var varmt Vand til et knebent men dejligt Bad, der var sat grønt Tandkrus grøn Sæbekop m Sæbe samt hængt to grønne Badehåndklæder ud til mig. Jo jo det er fuldendte Værtinder, jeg sov i Ries Værelse fordi jeg var bange for Varmen i Stuen, og saa kunde jeg bedre blive liggende [Er blevet vahc. i Dag]
+Mange Tak for Kortet] Dagen gik med lidt af hvert, T. Ugle havde travlt med at klare Atellieret til en jysk Kunsthdl. Besøg – hjalp lidt – hun lidt sov til Middag 1 ½ T. drak Te og læste til Middag i en Guy Maupassant Bog. Fik Labscaues og Kærnemælksfromage, som en ung Maler der kom for at hente nogle Papirer hjalp os med at fortære. Lasse kom for at stå T-Ugle bi med Handlen, netop som Manden kom Vi andre gik vi skulde til Lasse og Ursula om Aftenen. Sikken et Sjask at vandre i. Senere havde de alle 3 Kunsthdl, ville ogsaa se Lasses Billeder; de bor rart de to Lasser, har en Masse pæne Ting og Billeder. Da de ankom var de blevet til 5 og ikke 3 som meldt men ikke særlig smukt, hvis det da er ham jeg har hørt i Telefonen. Her maa indskydes at Rie og Uglen havde talt saa meget om T-Ugles Tandlæge, hans Far var Gartner paa Glorup – det skulde være saadan et ualmindeligt tiltalende Menneske, utrolig sød over for dem efter hvad de fortalte, Konen er der ikke noget ved, derimod er Børnene søde – voksne. Det var Datteren og Tandlægen der var stødt til – de var kommen for at besøge T netop de var ved at gå yderst fornøjeligt blev det, guddommeligt at træffe morsomme nulevende Mennesker igen Det var en dejlig Aften ikke mindst paa Grund af de store Ting der blev sagt i Pressen. Saa omsider sejlede eller svømmede vi da hjem igen – sent blev det – der skal jo snakkes og hygges lidt. Næste Morgen før 5 buldrede Kakkelovnen, og Kaffen var parat i en varm Stue, Rie er sig selv lig. 1 Fl. Eau de Cologne, 1 Par Silkestrømper rigere drog jeg glad a’ til mig Tog 5.39, hvilket gav god Tid til at nå hertil. At jeg sov i Fritimerne (gik tidligt i Seng behøver jeg vel ikke at sige. I Dag sov jeg også begge Timer. Var oppe at spille fra 7 – 8.15, Klaver 
+[Skrevet på hovedet øverst s. 1:]
+I Dag er den ene Fjerdedel af Tiden gået. Ingen af os venter at komme herfra paa normal Vis – mon det så ikke netop bliver det. Her er fredeligt som altid kun nu og da lidt Skyderi – dog aldrig hvor man selv er. God Nat! hils dem alle og husk at fortæl hvad det er med A.M. 
+[Herefter ikke på hovedet:]
+Hils hende mange Gange. Mon jeg har glemt noget? Vel nok. Men er saa søvnig. B. 
+[Skrevet på hovedet nederst s. 2:]
+Drengene var nok ordentlig vittige, de kære Hoder Gudskelov at Du ikke [ulæseligt] lille Mor.
+[Skrevet på hovedet øverst s. 2:]
+Tak Grete Mange Gange for Brev kan ikke overkomme mere i Aften. Sikke Gaver de har faaet. Dejligt at Dagen den store blev en Sukces
+[Skrevet på hovedet øverst s. 3:]
+er ganske vidunderligt da jeg kom igen efter at have spillet -----1. Gang var det stemt og i Orden der var 3 Toner der intet sa’, nu er det skønt siger jeg dig, og saa ligger der saa mange brugelige Noder 1 af de unge Læger spiller ret ofte dernede, dygtigt
+[Skrevet på hovedet øverst s. 4:]
+Hvad Afd. angaar er jeg flyttet på Gangen, der er ikke stort at lave, jeg pjækker den hver x efter ×Måltiderne har været henne i Krogen hos S. Rosaria i Dag der kan jeg bedst lide at være.
+×Smutter herind på Værelset og tager en Mundfuld Røg.</t>
+  </si>
+  <si>
+    <t>1945-03-18</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Grete Warberg Larsen fødte sit barn 16. april 1945. 
+Janna Schou var aktiv i forsøget på at redde jøder ud af Tyskland. Hun var formodentlig i 1945 gået under jorden. 
+Landsforeningen JAK blev i 1931 stiftet som en protest mod det økonomiske system, der gjorde det muligt at tjene penge på penge. JAK protesterede mod, at samfundets penge blev stillet til rådighed i form af gæld med krav om betaling af renter. JAK’s holdning var, at penge ikke skulle have en pris, og at deres funktion udelukkende var at gøre køb og salg af varer og tjenesteydelser mulig. Samfundet skulle gennem en demokratisk styret Samfundsbank stille de nødvendige betalingsmidler til rådighed uden omkostninger (Kilde: J.A.K’s hjemmeside, april 2024).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0638</t>
+  </si>
+  <si>
+    <t>Johanne/Junge forstår godt, at Astrid/Dis savner datteren Janna. Det er svært at være alene hele dagen. Johanne var selv ved at blive skør af ensomhed, da hun var i USA. Og jo, Astrid må gerne skrive om sine sorger.
+Johanne takker for tobakken. Hun ser ingen mennesker, for rutebilen kører ikke, og folk har ingen cykeldæk. 
+Grete skal snart føde, og nu har hun hekseskud.
+Johanne skriver om krigen og tyskernes brutalitet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TCWH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+X
+Modt. 22’ Marts 1945
+besv. samme Dag.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+Læst jun. 2000.
+af Bibbe
+13/3 – 2001. BWP.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Søndag, d. 18de Marts 45.
+Kære lille Dis!
+Tusind Tak for dit Brev, som jeg fik i Forgaars; samme Dag havde jeg Brev fra Bibbe, hendes maatte jeg besvare først, og hun fortalte mig, hvor glad hun havde været over at træffe dig hos Magisterens. Det var dog ogsaa et morsomt Held, at hun netop kom derud den Dag. Nu har vi hende snart hjemme igen og Gud ske Lov for det, det er dog tryggere at vide hende her paa Landet, for Faren dog er minimal.
+Kæreste lille Dis, hvor jeg forstaar dit Savn af Janna, og det føles dobbelt – ja mere end dobbelt – fordi du er alene hele Dagen. Hvor godt man end forstaar at – hvad skal jeg sige – underholde sig selv, saa er det ingen Spøg at være alene hele den lange Dag igennem, det prøvede jeg i Amerika, og det var drøjt, så drøjt at jeg ogsaa den Gang mente mig selv at være på Sindssygens Rand. Saa jeg forstaar dig og har den varmeste Medfølelse i det. Jeg forstaar ogsaa, naar du skriver, at det hjælper ikke, at hun er saa forholdsvis nær, Tværtimod! Hvis hun var helt borte, f. Eks. boede i Jylland, var det lettere at bygge en ny Tilværelse op; paa denne Maade vil det vare længere før du vænnes til Tabet af hende, og dog vilde man selvf. ikke bytte eller ønske hende længere borte. Det eneste Gode, jeg kan se ved det, er at det nu er bleven Foraarstid, og Foraaret har jo mange Glæder og Goder i sit Følge, langt værre om det havde været de vemodige Maaneder Oktober og November. Men som du selv skriver, der er ikke andet ved det at gøre end at se at holde Halen saa højt som muligt og forlange af sig selv, at man skal kunne bære det. Og saa maa vi haabe paa, at Tiden vil mildne Savnet, saa du kan faa Glæde ud af Møderne med hende – muligvis det gaar hurtigere, end du nu er i Stand til at tænke dig. Hvor jeg dog haaber og ønsker det. Den lille Pige maa vel ogsaa være et stort Plus for dig. Men først og sidst, at Janna er glad og – som du skriver glad, naar du kommer. Tænk, at du kan spasere en hel Time dertil. Ogsaa hjem? det skrev du ikke noget om. Men hør Dis, jeg vil ikke høre noget om, at du skulde betænke dig paa at udgyde dine Sorger og Problemer for mig. Hvad har man dog sine Venner (Søstre) til, naar man ikke skulde kunne klage sin Nød til dem, naar Livets Bølger gaar højt, som vi udtrykte det i vore unge Dage, nej, lad os nu være her! Og lov mig, at du bare skriver løs, selv om det gør en ondt at høre om Sorger, saa vil man da ti Gange hellere høre dem og have en Følelse af, at ens Svar mulig kan trøste og styrke lidt, end man vil være udenfor og – skaanes! Tænk paa, hvad jeg sikkert har aflæsset til dig i sin Tid, da mit Livs Bølger fuldstændig konstant gik højt, det har næppe været Smaating, du har maattet høre om. 
+Nej, det var saamænd kun en Forglemmelse at jeg glemte X [”X” indsat over linjen] at kvittere og takke for Tobakken, det gik hurtigt op for mig, da jeg havde sendt Brevet. Vi vil være Jer saa taknemmelige, hvis I af og til vil sende noget, for nu kniber
+2.
+det snart haardt; den hjemmeavlede Tobak er der ikke saa meget Drøje i, som jeg havde tænkt, og det gaar hurtigt ned ad Bakke med den. Saa hvis I vil have Ulejlighed med det og absolut ikke Udgift, vil vi som sagt være Jer megen Tak skyldige. 
+Tak fordi du holder mig à jour med Jeres økonomiske Forhold; hvor var det dejligt, om I kunne komme rigtig paa Fode, og om Axel kunde faa nye Tænder; det vil gøre ham 10 Aar yngre, og vist ikke alene at se til. 
+Jo, saadan er det jo, der hvor Pengene er, skal der yderligere dynges paa, og Fattigfolk skal de nok vide at flaa. Vi maa habe paa J.A.K., at de Synsmaader en Gang maa vinde Sejr.
+Herfra er som sædvanlig intet nyt. Vi ser aldrig nogen her, nu da Bibbe er en Saga, Rutebilen saa at sige ogsaa, og ingen har Dæk paa deres Cycler. Elle har vi ikke set siden Jul, og naar faar vi hende at se, skønt Vejret jo er lige til at cycle i, saa fint et Foraarsvejr. Godt at vi har Lindøerne, dem ser vi da af og til. Grete har det [”det” indsat over linjen] ikke saa farlig godt, hun længes vist efter, at hendes Time skal slaa, det lille Skind. 
+Næste Dag, Mandag Form. I Morges kom Tinge og spurgte om Anne Marie maatte komme ned og hjælpe Grethe lidt i Eft. Nu har hun faaet Hexeskud og ligger og kan ikke røre sig; det er saa trist, at hun skal døje med alt muligt, den lille go’e Grethe! 
+Det er Middag nu, og jeg er bange, det bliver ikke til meget mere, Posten er tidlig paa det om Mandagen
+Næste Gang skal jeg sende det bio-dynamiske Skrift, du sendte, jeg har knapt læst det endnu og det er jo meget interessant. Det andet beholder jeg altsaa. Tak! – Nu har Anne Marie igen haft en Omgang med Betændelse, denne Gang i Øret og hun har døjet meget og haft Doktor her 2 Gange ligget i Sengen 2 Dage og haft mange Smerter. 
+Der er saadan en flink lille ung Læge i Dræby, jeg havde aldrig set ham før; den første Dag, han var her, bød jeg ham Kaffe og han blev siddende i nær ved 2 Timer og snakkede med mig; vi var meget ivrige begge to, saa han glemte Tiden. Vi var meget enige – det er man jo gerne for Tiden, fordi det mest er een Ting, man diskuterer nu: Krigen og alt hvad dermed hører. Det var en helt Oplevelse for mig, jeg ser næsten aldrig andre Mennesker. 
+Efter Middag. Det er underligt nok, for skønt alt hvad der sker i Verden – et Hav af Rædsler – opfylder en hver Time paa Dagen, saa er der noget ved det, der gør, at man ikke skriver om det. Men du kan tro, at alt det forfærdelige som vi hører om, og som [”og som” indsat over linjen] ligger paa en som en Mare ogsaa bidrager til, at gøre det daglige Savn af Janna endnu tungere end det vilde være, dersom Verden havde sit normale Udseende. Jeg har da i hvert Fald saa tit den Fornemmelse, at det er ikke til at bære. Og Verdens Fremtid må man ogsaa - uundgaaelig – spekulere paa. Faar vi mon den forfærdelige tyske Krigsmentalitet udryddet nogensinde. Ja, en Gang maa jo den tyske Nation blive voksen, men hvor længe vil det vare? den er for mig at se en stor lømmelagtig Dreng med alle den Alders Skavanker – ogsaa Børns Grusomhed har den i rigt Maal. En underlig Mangel paa Fantasi, der gør, at de slet ikke formaar at fatte andre Menneskers Lidelser. Nu er Lidelserne over dem selv, men vil de kunde lære af det? Eller vil det udelukkende resultere i Hævnfølelse? Det er Fremtidens Gaader. Saa vidt jeg husker, sagde Fanny jo, at der vilde gaa en uhyre lang Aarrække uden Krige, men den synske Fisker oppe i Nordnorge, der spaaede 1ste Verdenskrig, paastod, at der vilde komme Krig i 1953, hvor Frankrig og Rusland vilde slutte sig sammen og ødelægge Sverige. Det lyder fantastisk. Man kan ikke tænke sig Frankrig have Interesser i Sverige, vel? Og der er kun 8 Aar til, han maa vist have set forkert med et Aarhundrede eller to. – Naa, nu blev det alligevel til lidt mere Brev, 
+[Skrevet på hovedet øverst på s. 1:]
+Jeg skulde egentlig have hjulpet A.M. med Opvasken, saa hun kunde komme hurtig ned til Grethe, men det Ky’ det Ky’ -
+God Bedring med det lilles Snue, det er da kedeligt, naar hun saa ikke kan komme ud.
+Nu haaber jeg, at det hele maa bedres lidt for dig, søde Dis. ”Tiden læger” som Mornine skrev som 14årig, 2 Dage efter en dødsens Fortvivlelse over en ubesvaret Elskov.
+Tusinde Hilsener fra din Junge. 
+[Indsat nederst s. 2:] X hvilket herligt Sprog, der kan falde en i Pennen.</t>
+  </si>
+  <si>
+    <t>1945-04-03</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Martin Balslev
+Julie Brandt
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Charlotte Knipschildt
+Adolph Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Maria von Sperling. g. Balslev
+Torkild Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "de søde piger" er. Muligvis Astrid Warbergs egne to døtre. Den unge mand, der solgte fisk, kendes heller ikke. 
+Torkild Warbergs villa sprængt i luften: Se hans biografi.
+Der blev aldrig gravet løbegrave i Johannes Larsens have - kun gjort klar til arbejdet. 
+Det vides ikke, hvem Line var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0639</t>
+  </si>
+  <si>
+    <t>Charlotte Knipschildt er død. Hun var allerede gift, da Johanne/Junge var barn.
+Elle(n) har været på besøg et par dage.
+Adolph/Agraren og Johanne Larsen havde det så godt sammen, engang hvor ingen af børnene var hjenmme.
+Torkild Warbergs villa er blevet sprængt i luften.
+Louise/Lugge Brønsted har flyttet flere ting i sikkerhed hos sin søster, Christine/Mornine. Der bliver gravet løbegrave i Louises have og noget lignende bliver klargjort på Johannes Larsens grund.
+Johanne/Junge gør hovedrent. Astrid/Dis kan godt få nogle blomsterløg. 
+Flere medlemmer af Balslev-familien er interneret i Frøslev-lejren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t1xn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 5’ April 1945
+heri også 26/4. –
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Tirsdag d. 3de Apr. 1945
+Kære lille Dis!
+Det er pludselig gaaet op for mig, at du vist allerede længe har kigget efter Brev fra mig, men jeg har været saa Pokkers ugidelig i hele denne Paaske – Tid har der jo været rigelig af. Tak for dit sidste knippel-lange Brev, men da jeg i Dag har knap med Tid, vil jeg ikke give min Tid til at faa det halet frem og se, hvad der skal besvares, det bliver næste Gang. Dette kun et Par Ord for at du ikke skal kigge forgæves. - - Mon du gennem Lugge har hørt, at den gode gamle Charlotte er død, ja det har du vel, ellers kan du jo ringe hende op og høre de nærmere Enkeltheder. Hvor er det egentlig mærkeligt at hun har levet lige til nu, hun der for længst var voksen og gift, X da vi, som den Gang var smaa Børn, nu er mellem 70 – 80 – Mornine fylder da 75. Jeg tænker du er ked af at din Sygdom har forhindret dig i at besøge hende i den senere Tid. Jeg vidste slet ikke, at hun havde brækket Hoften, gjorde du? Men hvor hun dog fik en blid Død.
+Paasken her har været bemærkelsesværdig ved, at Elle har været her. Vi har ikke set hende siden Nytaar, men nu har hun faaet Dæk paa sin Cycle og er [”er” indsat over linjen] kørende igen. Hun kom uventet og til min store Glæde Lørdag lidt før Middag, blev her om Natten og tog af Sted Paaskedag hen under Aften. Vi havde det saa yndigt og jo Masser at snakke om. Naturligvis fik vi en l’Hombre Lørdag Aften og Søndag Eftermiddag ogsaa – Elle er jo en Spillefugl. 
+Nu fik jeg alligevel dit Brev halet frem. Du skriver bl.a., at du og Axel har det saa godt sammen – det minder mig om, hvad jeg saa tit har tænkt paa, at det Aarstid, da Agraren og jeg var alene tilbage i Kærbyhus, Tinge i Sverige, Bibbe i Kbhvn. Manse i Nordskov, da havde Agraren og jeg det saa ualmindelig harmonisk sammen. Det er maaske egentlig det normaleste, at Børnene er borte fra Hjemmet – i hvert Fald er det lettere at faa Harmoni i Ægteskabet paa den Maade, Børn kan jo give Anledning til Disharmoni selv om de er aldrig saa fuldkomne og søde. Ja, jeg kan sandelig da nok se, at Axel er mageløs, ja enestaaende mod dig; det er det, som Pan formulerede saadan: ”Axel forkæler Dis over alle Grænser” med stærkt Tryk paa o. alle Gr. Lidt Forkælelser er saamænd ingen Skade til, hvis man har bred Ryg nok til at bære den.
+Eft.Middag Hvor du dog gør meget for ”de søde Piger”, mon de nu vil vide at værdsætte det; det maa vi haabe. Hvor er det hele dog interessant og spændende med Kreditforeningen og alt det. 
+Lever den unge Mand endnu – jeg husker ikke hans Navn, som kørte Fisk og arbejdede for Jer og havde været Kommis. Hvordan gik det han med hans stakkels Kvartalsdrankeri, mon han gik i Hundene?
+Du hørte vel, at de har sprængt Torkilds Villa i Luften? Men tillige den glædelige Efterr. at han er i Frøslev. Jeg synes, det var ængsteligt at han var i Aalborg, hvis der nu, som de for nogen Tid siden talte om fra London, skal begynde der med de allieredes Angreb paa Danmark. De ulykkelige Fanger, som saa sidder i aflaasede Celler. 
+Ja Dis, det er næsten ikke til at bære mere, gid vi havde Bibbe vel hjemme, hun er saa frygtelig uforsigtig, sætter sig i Vinduet for at se til, naar der er Skyderi i Gaden. Det lille Bæst.
+Mon du har set hende ude hos Jer? Hos Janna var hun jo omkring ved Manses Fødselsdag, hun afsendte en Pakke til ham fra Bagsværd Station. 
+Vi var paa Lindø d. 30_te_, Tinges Fødselsdag, Langfredag. Grethe havde fint Kaffebord med Lagkage, og det var saa nydeligt og saa hyggeligt.
+Elle havde Breve med fra Lugge; de har lejet Mornines ledige Værelse til deres mest værdifulde Sager; de selv bor saa udsat, nu graver de Løbegrave af Sted der lige ved Huset. De er da endnu ikke begyndt at befæste Lases Have, der er kun gravet Pæle ned. 
+- - Vi er i Dag begyndt med Hovedrengøringen nemlig Rullestuen, som jeg regner for det værste; jeg arbejdede deroppe til Kl 11 ½, saa maatte jeg pausere og tog fat paa dit Brev, vi faar knusende travlt i hele denne Maaned, vi faar jo ny Pige til Maj, skal baade gøre rent slagte og vaske; desværre har A.M. bedt sig fri de sidste 3 Dage af April og den nye kommer først d. 3_die_. Det vil sige, at jeg bliver alene i 6 Dage og skulde jeg gerne have Huset skinnende rent til en ny Pige; jeg var temmelig ked af det, og er. 
+Nu faar du ikke mere i Dag, jeg skal om lidt op og tage fat igen paa min Rullestue.
+Tusinde Hilsner søde Dis fra din Junge
+Hils den gode Axel. 
+[Skrevet langs venstre kant s. 2:]
+Jeg havde Brev fra Marie Ladersen til Paaske; de har haft Besøg af Line som er i Arbejde og rask. Henrik og Gøga har det godt. 
+[Skrevet på hovedet øverst s. 1:]
+Tænk at mine Breve er 3 Dage undervejs, dine kun 2. Du skal nok faa Vintergækkeløg. Vil du have Scilla? Jeg har har en Urtepottefuld her inde, de er allerede afblomstrede, dem kan du faa, hvis du ikke har Scilla selv. Husk at svare. 
+[Skrevet langs venstre kant s. 1:]
+X hvor er jeg tit fiks med mine Ordstillinger.</t>
+  </si>
+  <si>
+    <t>1945-04-10</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Bodild Branner
+Ellen Branner
+Thora  Branner
+Marie Larsen
+Pernille Marryat
+Axel  Müller
+Marie Paludan
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Janna Schou
+Hempel Syberg
+Børge Tinesen
+Frederik Warberg
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Marie Paludan var søster til Otto Emil Paludan og fungerede som husholderske for ham, mens han arbejdede som godsforvalter og boede på gården Erikshaab. Denne gård var tidligere beboet af Warberg-familien, og de må have efterladt noget (blandt andet breve), da de flyttede.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0641</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for den flotte pakke med tobak, sukker, breve, som hun troede var gået tabt, og materialer til børnetøj. 
+Ellen Branner gik på Frederiksberg Allé, da den Franske Skole blev bombet. 
+Louise Amstrup er død. 
+Der er mangel på cykler og tændstikker. 
+Astrid/Dis' humør bliver nok bedre, når de tre søde piger kommer til at bo i nærheden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xput</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 12 April 1945.
+(Onkel Sybergs Fødselsdag)
+besv. 21 April.
+heri ligeledes Brev af [”af” overstreget] modt. 26’ April
+besv. 27’ ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindegaard Dræby St. Fyen.
+Lindegaard Tirsd. Middag 10-4-1945. 
+Kære lille Dis! Det er vel nok godt gjort, at naar jeg sender Brev til dig den 3 die, saa faar jeg Brev fra dig den 9 ende, hvori du skriver: skriv snart! Det er mintro en langsommelig Postgang for Tiden. 
+Det var sandelig en righoldig Post i Gaar. Grete og hendes Broder, Børge som jeg kender godt og holder meget af, traf til at være her, vi sad ved Kaffen, da Posten kom. Først din lille meget indholdsrige Pakke, tusind Tak for det alt sammen, saavel Gaverne som det besørgede, Børge var grøn af Misundelse navnlig over den ene Pakke Tobak, som Kenderne betegnede som meget fin. Og de tilsendte Breve!! Jeg har saa tit været ked af, at de gamle Breve fra den søde Onkel Frederik var gaaet tabt; Marie Paludan (den søde i en anden Mening) gjorde mig jo den Tort at brænde en stor Papæske med Breve som stod paa Loftete, [sidste ”e” ordet overstreget] da jeg var i Amerika og jeg har troet, at alle hans var derimellem, dette ene, som jeg husker saa godt i hvert Fald Begyndelsen ,,naa saa du har mødt din første Jomfru Larsen” o.s.v. er altsaa paa en eller anden underlig maade bleven reddet fra Baalet. Tænk 50 Aar gammelt! 
+Saa var der en mægtig Pakke og da jeg saa Afsendernavnet: Bodild W. J. sagde jeg straks til Grete, at det var vist noget, hun havde Interesse i, og ganske rigtig, lutter Sager til Børnetøj af forskellig Art; hun skrev, at hun havde efter Tante Louises Død fået en hel Del efter hende, saa nu var der en Del, hun kunde undvære; det var sødt af hende og saa uhyre kærkomment. Hvilken let Død den gode Louise fik. Jeg havde hørt det fra min Svigerinde Marie; hun skrev om Ellen Branner, der var saa sløj og træt og var bleven saa ældet. Tænk, hun var gaaet i Frederiksb. Allé, da Maskinen styrtede ned over d. franske Skole, det føg om hende med Partikler af alle Slags, men da hun har svagt Hjerte, maatte hun tvinge sig til at gaa ganske langsomt til hun naaede i Sikkerhed. Hvilke rædselsfulde Oplevelser Menneskeheden dog har i disse Aar.
+Men lad mig blive færdig med den righoldige Post: endvidere var der Brev fra Tutte. De havde d. 8de Marts Bodilds Fødselsdag netop siddet og læst et [”et” indsat over linjen] Brev fra Louise og beundret en Gave fra Louise, da Johan ringede fra Kbhvn. at hun var død – laa død i sin Seng om Morgenen. Det maa have været underligt – hun var altsaa allerede død, da de fik Brev og Pakke fra hende. Tuttes Ben er da igen lidt bedre, gid det dog maa vare, det er lidt ængsteligt, at det sådan stadig bryder op.
+Vi slagter i Dag, men da vi er saa godt med og mit Ben ikke paa nogen Maade vil finde sig i Overanstrengelse for Tiden, har jeg nu efter Middag sat mig ned til dette lille Brev. Bibbe er endnu ikke kommen, vi venter hende i Morgen. Mon hun saa naaede ud til dig, hun tænkte at laane en Cycle i Birkerød, men der er vel snart ikke flere Cycler i Orden. Elle skal nok faa sin Æske Tændst. Vi tænder nu vore Piber ved Fidibussen, naar vi har Ild i Køkkenet. Er det lidt skraldt med Humøret lille Dis? Vor Herres Sol skinner dog ellers saa velsignet i denne Tid, men det kan vel ikke gøre det. Mon ikke, det skulde hjælpe lidt, naar den Tid kommer, der de 3 søde Piger bliver bosat derude, hvis du faar Fornemmelsen af en god Omgang lige ved dig. Og saa at Janna er saa lykkelig, og den lille Pige saa yndig. Og din Mønster-Have. Vi maa tage det hele med lille Dis i disse Tider; alle de Rædsler pynter ikke paa ens Velbefindende – mildest talt!
+[Indsat side 1 øverst, skrevet på hovedet:]
+Hvor er det dog nogle dejlige Cigarer, du har sendt mig, jeg har røget den ene og skal nok ryge de andre tre selv ogsaa. Og Tak for Krystal,s. det sparer saa godt paa Sukkeret. – Den Muskatnød du sendte mig i Julen er jeg saa glad ved, den pynter paa Fiskeretter. - - Hvor morsomt med alle de gamle Breve. – Kan du huske, at Fanny spåede om alle de Horder Syd fra, der vilde strømme her op og plyndre?
+[Indsat s. 1 i venstre margen:]
+Jeg sender en 5er i næste Brev, har ingen i Øjeblikket, saa kan vi al [”al” overstreget] udligne, hvis I en Gang sender lidt igen.
+[Indsat s. 1, nederst, på hovedet:]
+Sig Axel tusind Tak for Tobakken.
+[Indsat s. 2 i venstre margen:]
+Og saa kun tusinde Hilsner til dig selv lille Dis. Godt Mod! Din Junge</t>
+  </si>
+  <si>
+    <t>1945-04-12</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph Larsen var indlagt med en kræftknude i maven. Johanne/Junge Larsen boede nogle dage hos Else Larsens forældre (Overgaard) i Odense for i forbindelse med besøg på hospitalet at have mindre transport.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0644</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen er hjemme igen efter at have været hos Overgaards, som var søde. Laura/Bibbe har talt med egen læge, som sagde, at selvom der var tale om en kræftknude, var chancerne for helbredelse gode.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0jIO</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Post-logo]
+Afsender
+[Håndskrevet på adressesiden:]
+Dec 45
+JW. Larsen, Lindøgaard
+Dræby St. Fyen
+Fru 
+A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på brevkortets tekstside:]
+Tirsdag.
+Kære lille Dis!
+Nu er jeg hjemme igen, jeg turde ikke blive der længere, da Else mente, det blev for meget for hendes Mor. Jeg kom hjem sm. m. Bibbe og Manse Søndag Aft. For din Femmer gik vi i Biffen og saa et vældig sjovt amer. Stykke. Overgaards var saa søde at være hos og Fru O. sagde i Telefonen i Gaar, at hun savnede sådden! Vi er bleven saa opmuntrede og forhaabningsfulde efter en Samtale Bibbe havde med vores egen Læge her; han sagde, at selv om det var en Kræftknude kunde det udmærket godt helbredes helt, naar den blev fjærnet ved Operation. Han sagde det ikke for at trøste, sagde han, men vilde sige det 
+[på brevkortets adresseside:]
+samme, hvis det var en Kollega, han talte med. Det blev vi meget glade over at høre og har nu faaet godt Haab igen. Mange Hilsner til Jer begge fra din Junge Bibbe er derude i Dag.</t>
+  </si>
+  <si>
+    <t>1945-11-26</t>
+  </si>
+  <si>
+    <t>Alfred Fly
+Adolph Larsen
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph/Agraren Larsen levede mange år efter den vellykkede operation.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0643</t>
+  </si>
+  <si>
+    <t>Lægen sagde, at det var nødvendigt at operere Adolph/Agraren. Han kom med ambulance på hospitalet. Johanne/Junge spurgte via Else, om hun kunne bo hos Elses forældre en tid, og det var OK.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nlNE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. Tirsd. Aften 27/11- 45.
+(om Agrarens Sygdom)
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Fortrykt på kuvertens bagside:]
+JOHANNE WARBERG LARSEN
+LINDØGAARD
+[Håndskrevet:]
+pr. Dræby St. 
+[I brevet. Fortrykt:] 
+JOHANNE WARBERG LARSEN
+[Håndskrevet:]
+Lindøgaard Mandag 26-11-45 
+Kære lille Dis!
+I Fredags Aftes sagde Doktoren at en Operation var tilraadelig – ja vist nødvendig. Allerede næste Formiddag kom han derud – til Odense – Bibbe med i Ambulancen; hun blev der til i Gaar Aftes og mente, at den stakkels Agrar var meget ked af det. Jeg ringede i Aftes [”i Aftes” indsat over linjen] til Else og spurgte om hun troede, hendes Forældre vilde huse mig en lille Tid, og det vilde de med Fornøjelse - viste det sig. 
+Jeg tager derud nu om et Par Timer derfor bliver dette lidt knapt. Vi ser temmelig mørkt paa det og maa gøre alt hvad vi kan for at mildne det for ham. Han ligger heldigvis paa en 2 Sengsstue. Jeg skriver igen. 
+Tusind Hilsner Din Junge
+Adr. Overgaard Nielsen
+Vestergade 28 III
+Odense</t>
+  </si>
+  <si>
+    <t>1945-12-04</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er Adolph Larsen, som er syg af kræft og indlagt. Hans sygdom er omtalt i flere breve fra perioden.</t>
+  </si>
+  <si>
+    <t>Johanne/Junge er nu kommet hjem igen. Familiens egen læge har sagt, at hvis kræftknuden bliver bortopereret, er prognoserne gode, og det har givet nyt håb.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LwFS</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+BREVKORT.
+Post-logo
+Afsender
+[Håndskrevet:]
+Dec 45
+JW. Larsen, Lindøgaard
+Dræby St. Fyen
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Brevkortets bagside:]
+Tirsdag.
+Kære lille Dis!
+Nu er jeg hjemme igen, jeg turde ikke blive der længere, da Else mente, det blev for meget for hendes Mor. Jeg kom hjem sm. m. Bibbe og Manse Søndag Aft. For din Femmer gik vi i Biffen og saa et vældig sjovt amer. Stykke. 
+Overgaard var saa sød at være hos og Fru O. sagde til mig i Telefonen i Gaar, at hun savnede sådden! Vi er bleven saa opmuntrede og forhaabningsfulde efter en Samtale Bibbe havde med vores egen Læge her; han sagde, at selv om det var en Kræftknude kunde det udmærket godt helbredes helt, naar den blev fjærnet ved Operation. Han sagde det ikke for at trøste, sagde han, men vilde sige det 
+[Brevkortets forside:]
+samme, hvis det var en Kollega, han talte med. Det blev vi meget glade over at høre og har nu faaet godt Haab igen. Mange Hilsner til Jer begge fra din Junge Bibbe er derude i Dag.</t>
+  </si>
+  <si>
+    <t>1945-12-06</t>
+  </si>
+  <si>
+    <t>Axel  Müller
+Edith -, pige i huset på Lindøgaard
+Grete Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph/Agraren Larsen skulle opereres for kræft.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0654</t>
+  </si>
+  <si>
+    <t>Johanne har pakket æbler i Astrid og Axels kuffert til dem, men hun er bange for, at den er for tung.
+Adolph/Agraren er indlagt og undersøgelserne tager på ham. Det trækker ud med operationen.
+Laura/Bibbe har taget vikararbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J1od</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+BREVKORT.
+Post-logo
+Afsender
+[Håndskrevet:]
+Dec 45
+JW. Larsen, Lindøgaard
+pr. Dræby St. Fyen.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Brevkortets bagside:]
+Kære Dis! Fredag
+Jeg har pakket Æbler i Jeres Kuffert, godt med Halm for neden og oven og kun 2 Lag Æbler. Nu har jeg faaet Betænkeligheder, for jeg synes den er saa tung. Spørg Axel, om han tror, det kan gøre Kufferten noget. Jeg vil binde godt med Høstbindergarn uden om den for at styrke den. Jeg vil ikke sende den før jeg hører om A’s Mening desangaaende. Du fik vel mit Kort om at jeg er kommen hjem, Bibbe og jeg skal derud i Morgen, der er ikke noget om Operation endnu; han har det helt godt, har været lidt oppe et Par Dage, men alle de Undersøgelser tager en Del paa ham. Gretes Per var derude i Gaar vist mest for at se til Agraren den kære Dreng købte Krysantemer derude til Agraren. I Dag er Edith i Odense og vilde se op til ham – Hvis Operationen bliver ved at trække ud, faar vi ham vel daarlig hjem til Jul. Vi laver intet til til Julen og giver ikke Gaver i Aar ---
+[Brevkortets forside:]
+Hvordan mon I har det? Din A – a?
+Bibbe har taget Pladsen som Vikar her i Sognet. Mange Hilsner til A. og dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1946-03-09</t>
+  </si>
+  <si>
+    <t>Martin Larsen</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Jens Larsen
+Johan Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Leslie Howard
+Adolph Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Poul -, Martin Larsens kammerat
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Tull: Svensk for told
+Tjäder: Tjur</t>
+  </si>
+  <si>
+    <t>Martin/Manse Larsen og Poul takker for et dejligt ophold på Båxhult. 
+På hjemturen tog de på Café i Halmstad, hvor de vakte opsyn med deres baskerhuser. I tolden blev Martin lidt nervøs. Det hjalp med øl og snaps samt tjurhøne til middag på færgen.
+Martin tog hovedet af tjurhønen med, da han besøgte Johannes Larsen, og denne sagde, at der var tale om en ung høne. De spiste til middag hos Joannes Lasen og gik derefter i biografen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rzdS</t>
+  </si>
+  <si>
+    <t>”Lindøgaard”
+9-3-46
+Kære Lysse og Bimse og Allesammen!
++ 1 Forfatter
+Allerførst Tusind Tak for den dejlige Tid vi havde hos Jer det var virkelig en Oplevelse af de store, først og fremmest selvfølgelig det at lære Jer at kenne. Undskyld jeg siger det, men jeg kan knusende godt li’ Jer, haaber ikke I har noget imod det. Lad dog ikke Forfatteren høre dette, [”dette” indsat over linjen] saa ved jeg, han skal til at tørre Øjne, og jeg er ikke sikker paa han har noget rent Lommetørklæde. Vi er endnu helt opfyldt af Båxhult og har lidt svært ved at vænne os til den graa Hverdag som virkelig er mere graa end tilladeligt. 
+Efter dette som Forf. rimeligvis vil betegne som en Indledning – jeg ved jo hvor stilig han er – (det er ikke ment som nogen Fornærmelse) vil jeg gaa over til at fortælle lidt om Hjemturen. 
+I Halmstad trak vi straks Lysses [ulæseligt ord] frem og Hovedattraktionerne: Epa og Café Centrum fandt vi temmelig hurtigt og efter at have nydt den obligate ”Chocolade med vispgrädde” til gik vi ud paa Indkøb. De gode Svenskere er vist ikke vant til at se Baskerhuer, en Gang imellem puffede de til hinanden og mumlede noget om Englændere. Ganske vist var vi nybarberede og lignede Gentlemen, nej, det var vist forkert udtrykt, Larsener kan jo ikke ligne Gentlem. De er det jo. I Malmø fordrev vi saa Tiden med at fylde Kakao i Kaffeæsker og andet Pusleri til Ære for Tullemand. 
+Det gik ogsaa meget godt indtil Tullemand tog en af mine fine Kaffeæsker op til nærmere Beskuelse; om det nu var Æskens røde Farve der irriterede hans ærlige svenske Nazisjæl, ved jeg ikke, men jeg blev kendeligt blegere og kunde faktisk ha’ brugt et make-up. Efter denne Sindsbevægelse skyndte vi os ombord og fik en svensk Eksport der gjorde godt, og saa smagte den af Øl. For at faa det bekræftet fik vi to til og det var rigtigt nok. 
+Poul fik et extra Blink i Øjet og sagde ”Well feller” og det betyder at nu skal der ske noget. Paa Spisekortet stod der frisk Tjäder. Da vi antydede til Tjeneren at det maatte være frosset Tjäder det drejede sig om, fik han Komplekser og skyndte sig ud til Chefen. Lidt efter kom han ud igen, stolt som en Tjäderfyr og meldte at den var jaktbar paa Tiden. Da det er en god Regel at man ikke skal sige Tjeneren imod gjorde vi det heller ikke. Tjäderen smagte godt. Snapsene var [”var” indsat over linjen] store og der var mange af dem saa mit Indtryk af de danske Toldere er vagt og noget tagget.
+I Gaar var Poul og jeg oppe hos Onkel Las og vi fik en hyggelig Snak om Båxhult. Hovedet af Tjäderhønen havde vi med [”vi med” indsat over linjen] og til vores store Ærgrelse sagde Onkel Las strax at det var en ung Tjäderhøne. Han havde lige faaet Brev fra dig – Lysse – og fortalte at I havde været glade ved at ha’ os deroppe og det var jo lige noget vi kunde lide at høre.
+Pigen havde ikke fri og vi blev inviteret til Aftensmad hvor vi fortsatte med at snakke Båxhult. Bagefter var vi i Biografen og saa Pimpernel Smith med Leslie Howard. Knippelgodt. Det hele var gaaet fint herhjemme medens jeg havde været borte og baade Far og Mor er raske. Bibbe ligger derimod i Sengen med ondt i Halsen og de kære Patienter maa passe sig selv. De beder mig alle hilse men flest Hilsener er der fra Jeres hengivne Manse.
+Og forhaabentligt paa Gensyn inden alt for længe</t>
+  </si>
+  <si>
+    <t>1946-04-01</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Edith -, pige i huset på Lindøgaard
+Christine Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Malerens var Johannes Larsen, hans søn og svigterdatter på Møllebakken i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2452</t>
+  </si>
+  <si>
+    <t>Johanne Larsen kan ikke forstå, at Astrid kunne gå tur efter den hårde omgang med tandudtrækninger. Selv måtte hun hjem og ligge i sengen hos Johannes Lasen og hans familie, da hun havde fået trukket 17 tænder ud.
+Johanne kommer ikke til Astrids fødselsdag, for hun har travlt, og hun er bange for at blive syg, hvis vejret bliver koldt. Hele Johannes familie er inviteret til Christine Swanes/Uglens 70årsdag, men kun de unge tager med. 
+Laura/Bibbe arbejder som hjemmesygeplejerske, og hun synes ikke, at der er nok at lave.
+Lise har brændt hænderne slemt på kakkelovnen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kww0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt 3’ April 1946
+besv. 11’ ” ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard Mandag 1st Apr. 46
+Kæreste lille Dis!
+Sikken dog et Held, at mit Brev netop skulde komme i det selvsamme Øjeblik, som du skulde gaa til det frygtelige hos Tandlægen, og at det kunde give dig saa megen Styrke og Mod fra, af og til kan der være Held i det. Altsaa: Tak for dit Brev! Hvor maa det have været en frygtelig Omgang, naar Bedøvningen ikke vilde virke. Men een Ting fatter jeg ikke: at du lige efter kunde gaa en to Timers Tur?! Og du snakker om, at vi andre er Kæmper i Modsætning til dig! Da jeg havde faaet mine ud, kørte Tandlægens Frue mig op til Malerens, der kom jeg straks i Seng og var da mere død end levende; f. Eks. var det udelukket at spise en eneste Smule. Maaske gjorde det noget, at jeg jo ikke kan taale [ulæseligt ord] samt at der var 17 Tænder men alligevel!
+Nej, lille Dis, det er fuldstændig udelukket at jeg kan komme til din Fødselsdag, for vi skal nemlig skifte Pige til Maj, eller rettere Edith skal rejse; nej de sidste Dage før Maj er alt altid her i Sus og Dus. Hver dag er planlagt længe forud; den sidste Vask samt Rengøring i Køkkenregionerne bliver i den Tid lige efter Paaske, og jeg kan umulig være herfra, jeg vilde ikke have eet fredfyldt Minut, naar jeg vidste, at jeg var løbet fra det hele. Det kan du nok forstaa, ikke? Nej, vi maa vente til det bliver Sommer. Desuden er der jo selve Aarstiden at tage i Betragtning. Det kan være lidt sommerligt i Slutn. af April, men det kan rigtig nok ogsaa være hundekoldt og jeg er vel pænt nødt til at tage Hensyn til Helbredet. Nu har min Bronchitis igen svungen sig op og hvem ved hvordan den er om 26 Dage. Det gør mig ondt at jeg maa skuffe din Fødselsdagsplan, men haaber, du nok kan forstaa, at jeg har gode Grunde for det. – Uglen har 70 Aars Fødselsdag d. 29de Maj og forleden kom der Indbydelse fra hende til os alle: Agr. jeg Manse Bibbe Tinge og Grete. Det bliver vist saadan, at de 4 unge rejser, men Agr. og jeg ikke. Agr. vil bestemt ikke, og jeg kan da ikke tage 2 Rejser – naa ja, saa kunde jeg jo kombinere den med Besøget hos Jer, men jeg synes nu, det var kedeligt om Agr. skulde være her helt alene og alle kan vi jo ikke være [”være” indsat over linjen] borte her fra. Jeg skrev og takkede og anmeldte altsaa de 4, og skrev saa en passant: hvordan med Natteleje? er der nogen Planer om det?
+Tirsdag. Dette bliver vist baade kort og forvirret. Grete kom i Gaar med Lise og de blev her hele Eftermiddagen; det var herligt, men det blev saa ikke til noget med Brevskrivning. Foraarstravlhed er allerede i fuldeste Sving her baade ude og inde. Edith gør hovedrent og jeg passer Huset – 2 Mand paa Kosten, d.v.s. da kun Middagsmaden, men alligevel mærkes det. Bibbe er ude i Embeds Medfør baade Dag og Nat; en Patient skal for Tiden have Tabletter hver anden Time; hun tager derop Kl 11 ½ om Aftenen, ”sover” paa en Sofa og lader Væggeuret kalde hver anden Time. Endnu har vi ikke set hende, skønt Kl. er over 10 (Form.) saa hun er sendt til Patienter. Og dog klager Bibbe over, at der ikke er nok at bestille!! Hun sagde forleden ”jeg ved ikke om jeg i det lange Løb kan holde ud, at der er saa lidt Arbejde”!! Naa det er ogsaa i Timetal, undertiden er der kun et el. 2 Besøg om Dagen. Lise kan nu gaa alene, men det kniber jo vældigt med Balancen og de smaa tykke Ben skræver. Hun har brændt begge sine smaa fine Hænder paa Kakkelovnen, Læge omgaaende til Forbinding og saa senere til at klippe Blærerne op. Hun sad ganske stille mens det foregik og saa alvorligt paa ham. Grete syede Forbindingerne fast paa en lille Trøje saa hun ikke kunde rive dem af. Tinge var helt hysterisk den Dag det skete, og det var jo ogsaa frygteligt, saadan smaa fine Hænder, det var strengt for dem alle. Tak for de tiltænkte Cigarer, godt at jeg ikke fik dem! for det var vel Mulighed for Afgang at du skrev det? nu maa jeg ud til Maden og saa slutte lige efter Middag. – Jeg vilde ønske, jeg kunde forære dig lidt af Uroen i dette Hus. Siden jeg sidst skrev har her været 3 forskellige fremmede og Bibbe hjem til Kaffeanretn; nu sover hun eller hviler da, hun var meget træt, men skal da ikke vaage i Nat! Sikken et vidunderligt Vejr, og saa mærkelig kort efter den Periode med den strenge Frost. Men det er herligt. 
+[Indsat øverst s. 1; på hovedet:] Nu haaber jeg, at mit næste Brev bliver lidt mindre stakaandet – Hovedrengøring gør mig altid stakaandet. Hils den gode Axel saa meget!
+Tusind Hilsner fra din
+Junge.</t>
+  </si>
+  <si>
+    <t>1946-06-22</t>
+  </si>
+  <si>
+    <t>Poul Gregersen
+Elena Larsen
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem konen, præsten, Bibbes kammerat og Jørgen var. Heller ikke hvilket barn Elena/Bimse Larsen medbragte. 
+På Munkebo Bakke er der et udsigtstårn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2458</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for brev og pakke. Hun har haft gæster, lige siden Astrid/Dis og Alex rejste, så hun er træt. De besøgende var Elena/Bimse og en dreng, en af Martin/Manses venner, en præst fra Odder m.fl. Med præsten tog de på tur til Munkebo Bakke med. 
+Lars og Ursula Swane kom noget forsinket med en hund til Erik/Tinge. De var punkteret og mistede en færge. 
+Johanne har sagt nej til at tage et feriebarn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JSMC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+24 Juni 1946
+besv. 30’ Juni
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Kære lille Dis!
+Tak for Kort og Brev og Pakke! Manse er glad ved Uret – mægtig stolt over altid at vide, hvad Klokken er – og jeg over Persillen. Tusind Tak. Dette bliver kun et lille Livstegn, for jeg er ret udgaaet for Kraft – snart. Tænk lige siden I rejste har vi haft Gæster. Dagen efter kom Poul Gregersen og er her endnu (han hjælper Manse og er en sød Dreng) Det var Torsdag; næste Dag fik vi Tel. at Bimse og Dreng X [indsat i venstre margen:] 10 Aar og det sødeste Barn jeg nogensinde har set. Et Udtryk saa henrivende. [Indsættelse slut] vilde komme Lørdag Form. Det betød Huset møvet og fin Middag, 3 Retter Mad. Samme Aften ringede en Ven af Manse at han vilde komme Dagen efter til Middag Sidst paa Ugen kom en Præst fra Odder, som Bibbe er god Ven med (han er gammel og gift) og ham havde vi til et pænt Aftensbord den ene Dag og Middag næste. Han bor paa Kroen i Munkebo og han Bibbe og jeg var i Gaar bilende op paa M. Bakke, hvor vi nød en herlig Kaffe med Likør og Cigar. X [Indsat nederst på arket og op langs højre margen:] X og hvor der var aldeles dejligt oppe; vi var i Taarnet, hvor er Danmark et dejligt Land [indsættelse slut] Bibbe havde arrangeret Turen, men han ga’ den. 
+Han er en usædvanlig klog og intelligent Mand – henrivende, lidt kejtet og genert, som kloge Stuemennesker tit er. Manse var saa indtaget i ham.
+I Gaar ringede Lasse Swane fra Kbhvn. at de vilde komme her – bilende – i Dag til Morgen med en Hund, som Uglen vil have afsat til Tinge. Jeg var tidlig oppe og lavede fint Kaffebord og gjorde rent, men endnu Kl. 11 ¼ er de endnu ikke kommen. I Aftes var her en af Bibbes Kammerater, som nylig er kommen til Kjerteminde Sygehus, men jeg gik i Seng – trods Gæster, ogsaa Tinge, Grete o.a. Som du ser er det ikke just en død Tid, vi lever i!! Men sjovt er det da alligevel, selv om jeg har ondt ved at blive ved. Konen er stadig i Jylland. Pudsigt at alle disse – selvf. kære – Gæster netop skulde komme, mens hun er borte.
+Tak for Jeres Besøg, det var dejligt at have Jer, og alt var jo ogsaa vellykket, men det havde da nu været meget bedre, hvis I havde haft godt Vejr. - - - Her blev jeg afbrudt ved at de kom, havde punkteret og mistede derved en Færge. Grete og Tinge havde insisteret paa at have dem til Middag; jeg havde allerede købt Kød til Bøf; det fik hun saa ned. Derfor var de her kun et Kvarter, da de skulde af Sted lige efter Middagen. Nu faar jeg da en Hvile-Eftermiddag, hvad jeg meget paaskønner. Jeg fryder mig over den lille grønne Skaal, hvor er den dog henrivende. 
+[Indsat øverst på s. 1; på hovedet:] Vil du nøjes med disse Ord for denne Gang. Har du det godt?
+Hils Axel fra mig og de andre.
+Ogsaa Hilsner til dig selv, flest fra din Junge.
+Vi havde Brev fra Jørgen om vi vilde tage et Barn paa Sommerferie, selvfølgelig umuligt for mig at overkomme.</t>
+  </si>
+  <si>
+    <t>1946-08-04</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adam Goldschmidt
+Brita Goldschmidt
+Lena Brita Goldschmidt
+Anne Marie -, i huset på Lindøgaard
+Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Anna Meyer 
+Ellen  Sawyer
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Bornholmsk syge er en virussygdom, som giver influenzalignende symptomer og især rammer musklerne i brystkassen og lungehinderne. Navnet opstod, da man havde en epidemi af sygdommen på Bornholm.
+Topedeaborg var oprindelig et legehus, som Warberg-børnene havde ved hjemmet på Erikshaab. Astrid Warberg-Goldschmidt fik opført et lignende hus i sin have i Hareskov. 
+Myg er muligvis Anna Meyers datter Karen Elisabeth Mygdal Meyer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2461</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har været syg af opkastninger. 
+Christine/Mornine, Ellen og Thora/Tutte har været til middag. 
+Anne Marie stopper som hushjælp, og det har slået Johanne helt ud. Laura/Bibbe og Marie/Rie hjælper dog godt til. 
+Johannes gamle gigtsygdom blussede op en nat. 
+Anna Meyer m.fl. har også været på besøg. 
+Johanne vidste ikke, at Adam med familie skulle komme til Astrid/Dis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i0jC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+6 August 1946
+besv 18 Aug. 
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Søndag 4-8-1946.
+Baade Axels og mit har nok været lidt Bornholmsk Syge, det er der saa meget af for Tiden.
+Kære lille Dis!
+Dette er helt vinterligt – skønt Aftenen for Resten er saa skøn – her sidder Agraren, Rie, Bibbe og jeg med tændt Lampe i den store Stue; B. strikker de to andre læser, og jeg skriver og siger Tak for dit Brev. Det var en stor Lettelse at høre, at Axel er i Sving igen, men jo ingen Lettelse, at du har haft Galder uf, de modbydelige Galder! Mon du ikke har kigget efter Brev fra mig, men Himmel og Jord har staaet i et for mig; midt i Ugen blev jeg en Nat overrasket med Opkastninger; Gud, hvor jeg brækkede mig, blev saa i Sengen med 38 3 ogsaa Dagen efter igen, og saa var jeg saa umulig af Pirrelighed, at det slet ikke var nemt for dem her. C [”C” overstreget] Mornine ringede fra Kjerteminde, at hun Elle og Tutte vilde komme med Formiddagsbilen Lørdag – ja i Gaar altsaa. Bibbe og jeg pillede om Fredagen [”Fredagen” indsat over linjen] 4 Vildænder, som Manse nok saa belejlig havde skudt om Torsdagen, den Dag Andejagten jo gaar ind. Om Morgenen havde jeg lavet 2 store Skaale Rødgrød. Anne Marie skulde komme Lørdag, saa jeg imødesaa Dagen med Ro. Lørdag Morgen, da jeg sad ved min Morgenkaffe kom Anne Marie og meddelte, at Drengen var syg, saa hun kunde ikke komme jeg blev meget ked af [et overstreget bogstav] det, for jeg havde ingen Kræfter p.Gr.a. den forbandede Mavesygdom. Saa fortalte hun – at hun maatte hellere holde op med at komme, for de laa i Byggeroderi, og hendes Mand holdt ikke af at hun gik ud. Det brast helt for mig! Bibbe kom i det samme og blev rædselsslagen paa mine Vegne, over, at den Støtte skulde tages fra mig. Naa, Dagen gik for Resten godt nok, der var jo ikke saa meget at gøre ved Middagen, jeg fik Ænderne ordnet og sat paa, dækkede Bord til 10, Marie skrabede Kartoflerne – en mægtig Grydefuld – og Bibbe hærgede i hele Huset og satte Blomster i Vand; jeg var færdig halv 11, nej 11, da de kom, Marie passede Ænderne, saa jeg sad og snakkede med dem (Søstrene), [”Søstrene” indsat over linjen] gik kun lige ned og lavede Sauce. Som de Ænder smagte dem! Og Rødgrøden med. Vi tog Kaffen ved Bordet, Bibbe ordnede den mens jeg i en Fart skrubbede alle Tallerkner og Fade og Sølvtøj af. Saa tog ellers Bibbe og Marie hele den mægtige Opvask og jeg sad og snakkede med dem hele Eftermiddagen. Vi havde det henrivende, de var mægtig søde. Vi fik The inden de rejste, Kvart over 5. Du kan tro, det blev en dejlig Dag. - - Nej hør, jeg glemte helt at fortælle hvorfor jeg var saa dybt nede den Lørdag Morgen da Anna M. kom og meldte Afbud, at jeg græd! Jo tænkt om Natten vaagnede jeg med Smerter i højre Haand, ude af Stand til at bevæge Fingrene, med andre Ord mit gammelkendte Gigtanfald, der for 9-10 Aar siden var en hel Svøbe for mig; jeg maatte – den Gang – ligge i Sengen uden at røre en Muskel i Haanden, den var hoven og udspændt – Fingrene som udspændte Pølser! Men om Morgenen var det bedre, jeg kunde klæde mig selv paa, og det bedredes for hver Time der gik, saa det lettede jo paa Humøret, men at jeg næsten gik Amok, da A. M. kom med det Budskab netop den Dag, kan du vel nok forstaa. Selvom dette nu fik et saa hurtigt Forløb, og Hævningen kun var ubetydelig, virkede det dog som et Momento – tænk om jeg gaar en Vinter med den Slags Anfald i Møde! Og du kan tro, mit Hoved er ogsaa sløjt for Tiden, det hele staar saa tit stille for mig, jeg tænker det er min snart høje Alder, der gør det vanskeligere for mig at klare Paragrafferne, skønt baade Marie og Bibbe hjælper mig godt. Forleden Eft. da jeg lige var bleven færdig med Opvask og Eleven i Klaver og faaet mig lagt til Hvile med et Lettelsens Suk, hørte jeg Stemmer: Mix, Myg, Marie Meyer og Katrine Jeg fik jo lavet Kaffe, og det var rigtig hyggeligt, men alligevel! Saa, du kan tro, jeg kan forstaa, at du ikke kan holde til alt det, du har; mange Mennesker er nu ikke godt for svage Hoveder. Du nævner Brita – der var da slet ikke Tale om, at de skulde komme; da jeg var ovre hos Jer? eller var det bare at jeg ikke hørte om det? Hvis de kommer er det da en Guds Lykke at I har Topedeaborg ledig. Jeg er meget spændt paa at høre om Forløbet. Naturligvis vil du gerne se Adam og den lille. 
+Jeg maa i Seng, skal lidt tidlig op i Morgen, skal vaske Æg, pakke din Taske, som Æggemanden saa kan faa med, vaske et Læs af Strømper og faa min Ribssaft kogt færdig og fyldt paa Flasker, som da er renset.
+Derfra god Nat og god Bedring med det hele. Tak for Laan af Tasken, haaber den kommer over i god Behold.
+Tusind Hilsner til Jer begge.
+fra din Junge.
+Marie hilser, Bibbe ligesaa med mange Tak for sidst. 
+[Indsat øverst s. 4; på hovedet:] Æggemanden fik din Taske med i Formiddags haaber du naar at faa den inden du skal rejse til Bogø! Mandag</t>
+  </si>
+  <si>
+    <t>1946-12-19</t>
+  </si>
+  <si>
+    <t>Andreas Branner
+Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
 Alhed Larsen
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Albrecht  Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Følgende personer kendes ikke: Else fra Kroen, min lille Elev og Jørgen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0646</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Grete har slagtet en stor gris. Grete er meget dygtig, men Johanne har ingen kræfter. 
+Erik/Tinge har meget held med sin strandjagt, som er en indbringende hobby.
+Det var trist med Thora/Tutte. Andreas reagerede hverken da hun eller Vilhelm døde. Man må håbe, at han bare ikke kan udtrykke følelser. 
+Elle(n) skal med bil til København.
+Ved juletid tænker Johanne altid på barndommens jul på Erikshaab. 
+Grete, Erik og deres børn har været til midda hos Johanne og Adolph.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ws90</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Jul 1946.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+25-1-2002.
+12-7-2000
+26-6-
+BWP.
+[Julemærke med tekst: Jul 1946 DANMARK]
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Det samme julemærke som på forsiden]
+[I brevet:]
+[To julemærker indsat som på kuvertens for- og bagside]
+Torsdag Aft. 19de Dec. 1946.
+Kære lille Dis!
+Nu er du saa den sidste i Rækken af min Julepost, som jeg har arbejdet med i længere Tid. Aldrig har min Julekorrespondance taget mig saa lang Tid, men der er da ogsaa temmelig lange Breve imellem. 
+Nu er vi saa lige ved Julen og jeg konstaterer med Tilfredshed, at jeg er nogenlunde ”me’” – lidt Travlhed kommer der jo altid lige til sidst, hvordan man end bærer sig ad. Vi har slagtet en vældig stor Gris med meget Fedt og Flomme; Grete var her næsten hele Dagen i Gaar, og vi fik [”fik” indsat over linjen] en Masse til Side; hun er et meget dygtigt Menneske; skønt hun dog ikke har slagtet Gris ret mange Gange, saa var hun helt perfekt, det var skam hende, vi støttede os til og spurgte: hvordan nu? I Form. kom hun igen og kogte hen, 8 store Glas. Og saa er hun saa fornøjelig og glad altid, hun hører til dem, der vinder, når man lærer dem at kende. Det er dejligt. J har altid holdt meget af hende og sat hende højt.
+Nu paa den Slagtedag kunde jeg rigtig mærke at baade mine Kræfter og mine Evner er meget i aftagende, men det vilde vel ogsaa være meget sært andet med al den sygdom, jeg har haft lige siden 1938. 
+Her er ikke den Ro i Aften, som jeg havde tænkt mig. ”Else fra Kroen”, en Veninde af Huset har været her, og lille Ling, som Alhed altid kaldte Tinge, er her i Øjeblikket. Naar man snakker det ene Øjeblik og skriver det næste, saa er der ikke den fulde Andagt. Her er nok at drøfte; Manse har nu været paa Stranden hver Dag i længere Tid – de sidste 6 Dage i hvert Fald; han har haft helt godt Udbytte hver Dag, men i Aften kulminerede det, han kom med 11 Knortegaas 9 Graaænder og 4 Smaaænder, det giver ham en god Dagleje paa 55 Kr! Saa ved Siden af at det jo er hans store Passion og en udsøgt Fornøjelse er det altsaa ogsaa indbringende og det er ikke alle Fornøjelser, man kan sige det om. 
+2
+Jeg har i Eftermiddag – blandt andre – ogsaa skrevet til Bodild og Fritz, å hvor jeg syntes, det var svært. Og saa tomt ikke at have den søde Tutte at skrive Julebrev til. Det gør ondt at tænke paa deres Jul derovre. Jeg havde Brev fra Elle i Dag, hun skriver, at Andreas slet ikke reagerer paa nogen Maader paa Tuttes Død. Vi hørte det samme, da Vilhelm døde, men nu er han jo da ældre, og han havde jo da haft saa meget med Tutte at gøre. Hvordan mon dog det skal forklares. Han maa da være omkring ved 13 Aar, det har vi regnet ud, for Bibbe var jo en lille Tid hos Bodild i Hillerød, da hun gik med ham. Lad os haabe paa, at Bristen kun ligger i, at han ikke kan vise sine Følelser, men at de godt nok er der. 
+Elle rejser til Kbhvn paa Søndag og kommer bilende lige derind; en Chauffør i Kjerteminde skulde hente nogen i Kbhvn. og averterede saa i Kjertem. Avis efter Passagerer til Kbhvn. og da Elle meldte sig fik hun Plads – sammen med flere andre – altsaa - . Hun glædede sig til at bile den Tur, havde pudsigt nok aldrig bilet den før, og da hun vel næppe nogen Sinde har cyclet den, saa er den altsaa helt ny for hende, det er kunstigt, jeg synes, jeg har færdedes der saa tit.
+Har du det ikke ligesom jeg, at man hver Jul ligesom oplever hele Julen hjemme paa Erikshaab? Alle de stemningsfulde Bagedage Herrernes Terminsrejser, Juletræsklipningen lille Juleaften, naar Far kom fra Arreskov med Juletræet, selve Juleaften – og man havde om Formiddagen været med Far spaserende op til Degnen med Julegaver til Børnene; det faldt nok væk med Tiden, jeg husker det navnlig fra den Tid, da jeg var saa lille, at jeg gik med Far ”ved Haanden”. Og Julemorgen, naar Mor var gaaet i Kirke, og der var halvkoldt alle Vegne i hvert Fald der, hvor Juletræet stod; Bænken oppe fra Kontoret var undertiden flyttet hen for Døren, saa vi ikke kunde komme ind til Juletræet og negle af det, for den Gang hang der jo virkelig Godter hængt paa Juletræerne nu er det [”det” overstreget] Juletræet jo mere for ”et Syns Skyld” som Jørgen vilde have udtrykt det.
+III
+Nu er vi kommen saa vidt, at der fældes Grantræer i Haven til Juletræer baade til Tinges og til os. Næste Aar kan Lise måske være stor nok til at forstaa det og være med til at ”vise ud”. Hun var her, den Dag vi slagtede, vi havde engageret min lille Elev til at lege med hende, og det klappede udmærket; hele Familien var her til Middagsmad, den stod paa friskbagte ["e" sidst i ordet overstreget] Blodbudding, en mægtig Skude Æblegrød var kogt Dagen før; Roesirup med Fedt i – og saa ikke mere. Til Aften lavede Grete med Lynets Hast Frikadeller af den sidste Rest Medisterfars, som vi ikke havde Tarme til. Det hele var saa festligt.
+Naa, lille Dis, jeg tror, jeg maa slutte og saa i Seng. Gid I nu maa faa en herlig Juleaften med lille Nille og have det rart i Juledagene, Har Axel kun Juledagene fri? 
+Altsaa: Glædelig Jul! baade til Axel og dig og tusind Hilsner fra din Junge
+[Det samme julemærke indsat som tidligere].</t>
+  </si>
+  <si>
+    <t>1947-01-27</t>
+  </si>
+  <si>
+    <t>Vilhelm Balslev
+Louise Brønsted
+Niels Finsen
+Ina  Goldschmidt
+Adolph Hitler
+Grethe Jungstedt
+Charlotte Knipschildt
+Adolph Larsen
+Benito Mussolini
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Maria von Sperling. g. Balslev
+Karen Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Den omtalte gård hed Lindøhus, og Warberg Larsen-familien købte den. 
+Abessinien, også kendt som Kejserriget Etiopien, var et østafrikansk imperium, som varede fra omtrent 1270 til 1974, da kejserriget blev styrtet af den marxistisk-leninistiske junta Derg. Ved sin største udstrækning før statskuppet omfattede riget nutidens Etiopien og Eritrea (Wikipedia, febr. 2024). 
+Gard Roger Martin du: Familien Thibault. Gyldendal, 1963. Bind 1. Den grå stilebog. Straffeanstalten. Den smukke årstid. Bind 2. Konsultationen. Sorellina. Faderens død. Bind 3. Sommeren 1914 første og anden del. Bind 4. Sommeren 1914 tredje del. Bind 5. Epilog. Gennem skildringen af en borgerlig fransk families vidt forskellige menneskeskæbner gives et indblik i fransk samfundshistorie 1905-18.
+Roger Martin du Gard, f. 23/3 1881, d. 22/8 1958, fransk forfatter. Han blev tildelt Nobelprisen i litteratur i 1937. (Wikipedia, febr. 2024). 
+Det vides ikke, hvad sagen om Ina/Sjums' sygdom og "den stakkels Polak" gik ud på.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0626</t>
+  </si>
+  <si>
+    <t>Dejligt at Axels fødselsdag gik godt.
+Frosten er slem, men nu skinner solen ind i stuen.
+Johanne/Junge og Adolph/Agraren er ved at købe en gård til Erik/Tinge. Johanne beskriver den. Udbetalingen er 6000 kr. De må sælge to heste. De to gårde skal fremover drives sammen. Sælgerne kommer til kaffe.
+Charlotte Knipschildt har sendt brev.
+Martin/Manse kan lide at dele sine fremtidsplaner med Johanne. Han er en slider.
+Laura/Bibbe er syg.
+Johanne skriver betragtninger over krigen.
+Elle(n) har ikke været på besøg længe. Ina er syg. Maria/Marie Balslev har ringet. 
+Johannes Larsen har fået fjernet en polyp på stemmebåndet og får nu behandlinger hos Finsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JNI0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Heri: 
+Tinges Gård?
+modt. 29 Jan. 1941 
+besv. 30 Jan.
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St
+28-2-03.
+Langfredag 
+21-4-2000
+B.W.P.
+Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St. 
+[I brevet:]
+Lindøgaard Tirsdag ["Tirsdag" overstreget] Mandag 27-1-41.
+Kære lille Dis!
+Tak for dit lange og interessante brev – der var jo baade godt og ondt i lange Baner – det er altid lidt længe undervejs, jeg faar det først to Dage efter at det er stemplet i Kjøbenhavn du nævnede ikke, at du havde faaet Brev fra mig (?) saa vidt jeg husker en 5-6 Dage før Axels Fødselsdag, men det var vel kun fordi der var saa meget andet at skrive om. Det var et ekstra langt.
+Hvor det dog glædede mig at høre om Axels festlige Fødselsdag; jeg synes næsten at det morsomste var al den Virak, det blev ham til Del paa Kontoret – at ens Familie fester for en er lige som lidt mere selvfølgeligt. Hvor var det dejligt Dis, at han fik saa stor en Glæde ud af Dagen, den gode Axel! Og hvilke Gaver baade fra Jer og fra Søstrene! Alt har glædet mig; det var godt, du skrev saa udførligt om det. - - Er det dog ikke grusomt som Frosten klemmer? Og med en Snes Grader om Natten vore Henkogningsglask fryser men Nina paa Glorup mener ikke det gør noget – hvis bare Glassene vil holde. Mange af Æblerne frøs i sidste Omgang, skønt de stod i Kassen lige op ad Skorstenen paa Loftet; saa flyttede vi dem ned i Foderloen, hvor der er aabent til begge Stalde, Hestest. paa den ene Side og Kost. paa den anden. Om dem vi reddede vil holde der, skal vise sig. Det er slemt ikke at have en Kælder. 
+Her foregaar store Ting for Tiden, Ting der endnu ikke tales om, men til Jer gør det jo ingen Ting. Vi er ved at købe en lille Gård paa op mod en Snes. Tdr. Land til Tinge; den ligger lige herved nede ved Fjorden. Vest for Gaarden. Manden og Konen kommer paa Onsdag Aften til Kaffe, saa skulde det sidste Slag slaas, men før der er handlet er jo intet sikkert. Vi lever og aander i det og taler ikke om andet, kan du nok tænke; det vilde for os alle være en meget stor Begivenhed, kan du nok tænke. Det er en straatækt Ejendom, alt saa uhyre velholdt, et stort Stuehus; Jorden er udmærket. Det er jo en dristig Handling, naar man er blottet for Penge, men de vil lade en hel Del Penge staa i Ejendommen og nøjes med en mindre Udbetaling; vi regner med 6000. Priserne paa Dyr er saa høje nu, at vi ved at sælge 2 af vore 4 Heste kan skaffe 3.500 Kr!! Der er 2 Heste paa Ejendommen og med 4 kan begge Bedrifter drives; i Begyndelsen vilde det blive drevet i Fællesskab, baade hvad Heste og Arbejdskraft angaar. Vi regner med at kunde faa Pengene i Banken i Kjertem. og at indbetale dem i Løbet af et Aar eller to. Priserne paa Landbrugsvarer er jo store i disse unormale Tider. Men vi tager hele Tiden Tag i os selv og siger, at vi ved jo endnu ikke om det bliver af; selv om det hele ser godt ud, saa er der jo det, at man kan ogsaa købe Guld for dyrt. 
+Vore Helbreder er som sædvanlig. Agraren skulde egentlig 3 Gg. om Ugen til Sygehuset i Kjertem. for at faa elektrisk Behandling; venstre Side af Ansigtet er stadig lammet, men vi synes jo, at det er en grov Kulde for ham at færdes i. 
+Efter Middag. Det var en slem Lussing, Posten, som plejer at komme ved 3 Tiden var her allerde før Middag i Dag, saa maa det være til i Morgen med at faa Brevet med. Vi sidder i fuld Solskin herinde; d. 15de titter Solen over Ladetaget for første Gang siden Solhverv, og nu har vi den allerede adskillige Timer om Dagen; allerede naar Vor Herres Ur er 11, skinner den herind jeg fryder mig og lader den uhindret skinne paa mig. Solen er jo den store Læge, som den gode Professor sagde. 
+Jeg havde et henrivende lille Brev fra Charlotte Knipschildt forleden Dag; Hun skriver udmærket og saa sødt og kært; hun var saa fornøjet over et Besøg hun i Julen havde af Elle, Grethe og Lugge. Hvor er det godt, at I passer hende, I, som kan; hun skrev saa meget om dig, om hvor glad hun er ved dine Besøg, som opmuntrer hende saa meget. Hun bliver 90 i 1942. – 
+Det er altid saa vanskeligt at skrive Breve her i Huset paa denne Aarsens. Tid; Mandfolkene har saa lidt at gøre i saa stræng en Frost; saa 
+3 de sidder herinde og snakker; der er som du kan tænke dig meget at diskutere og jeg skal helst være med i det hele. Efter Middag - - - - -
+Næste Dag. Mere blev det ikke til i Gaar og i Dag begynder det ikke allerbedst. Jeg bliver først kaldt paa, naar Stuen her er ren og navnlig varm og i Dag opvarmedes det først Kl. 10! I Gaar kom Posten inden Middag (ellers mel. 2-3) så du ser, det hele er lidt ubestemt. Sagen er, at om Aftenen – sent – er her jo Ro nok, men da er jeg meget for træt til at skrive Brev. 
+Senere Manse elsker at sidde herinde og snakke med mig om alle sine Fremtidsplaner – Køb af mere Jord til Gaarden o.s.v. Hvor er det henrivende for ”en Moder” at mærke, at der intet sker uden at hun er med i Forhandlingerne. Jeg er jo ogsaa en Del inde i alt, hvad angaar Landbrug, saa jeg endog af og til kan være af en anden Mening end ham og ikke altid bare naa og ja. Nu mærkede han at i Dag vilde jeg helst være fri; der kom et lille: nå, du vil ikke snakke – og gled saa ud til sit Virke. Tinge kunde det ikke saa let falde ind at snakke, naar der overhovedet er nogetsomhelst, der kan udsættes. Han er den store solide Arbejdskraft. I Aftes sad han her og slob e ["o" overstreget og ”e” i ordet indsat over linjen, så ordet biver "sleb"] det store Træ-Sav, og i Dag er han gaaet i Gang med at fælde Mirabel-Hækken; den er bleven for gammel og skal falde; saa gror den op fra neden og giver os igen Mirabeller. Bøgelysthuset skal også ned; Manse så lidt ængstelig til mig, da min Glæde ved de Bøge er velkendt, men ogsaa de gror jo op igen; jeg gør af Princip aldrig Indvendinger mod den Slags Bestemmelser, for at de ikke skal føle os gamle som Klods om Benet. Nu er det dem, der råder og de skal staa frit. Vi har haft Aar nok til at raade i. – Bibbe er desværre ikke særlig rask for Tiden, det arme Barn, naar mon hun dog kan rette sig helt igen. Hun bager derude paa fuld Kraft til Manden og Konen, som kommer til Aftenkaffe i Morgen Aften. Vi lever i en hel Feber af Spænding! Og saa er alt det jo kun Smaating, naar man tænker paa Verdens-Situationen. Den begynder sande-
+4 lig at blive spændende. Hvor Englænderne dog kan og hvor Hr. M. faar Klø. Nu ser han vist klart, at han skulde have holdt sig paa Afstand af Hitler. Det kunde jo se ud som om han i Fredstid har haft megen Sans for Italiens indre Udvikling – materielt selvfølgelig kun; paa Sicilien f. Eks. er der nok gjort utrolig meget for at vinde nyt Land; mægtige Arealer var i Færd med at opdyrkes der og give Brød til mange Munde; men hans Krigs-Tilbøjeligheder ødelægger jo alt. – Manse hører næsten al Presse fra England, kender Tiderne og stiller ved Radioen. Det gør I vel ogsaa, i hvert Fald kan man jo høre norsk, svensk og dansk Presse fra London fra 7½ - 8. Hvor maa den abes. Kajser [”e” indsat over linjen, så der står ”Kejser”] være glad, nu er han langt inde i sit Land igen. Det ser galt ud i Morgen; de arme! de faar rigtig nok Knytnæverne at føle; men Turen kommer jo ogsaa til os en Gang, hvis de nuværende Tilstande skal vare; - - Kender du ”Familien Thibault”? Der er jo Masser af Bind; jeg er kommen til det Bind, som har til Undertitel: ”Somren 1914”. Det er meget interessant; han fremfører i en Samtale sin Mening, om de dybere Aarsager til Verdenskrigen; det er en fransk Socialist som taler og han er blottet for Patriotisme (saadan da) og skifter Sol og Vind lige mellem Landene og han lægger egentlig ingen Ekstra-Skyld paa Tyskland, men giver Rusland og Frankrig deres rigelige Del af Ansvaret. Erobringen af Marokko vejer tungt på deres Skyldner-Side. Og naar man skal være retfærdig var det jo heller ikke Spor mere pynteligt end Italiens Erobr. af Abessinien. England har jo ogsaa i høj Grad været virksom med at faa Kolonier, men der er den meget store Forskel, at de gør det saa det bliver til virkelig Gode for de indfødte (sandsynligvis af Klogskabshensyn) det ved jeg mange Eksembler paa. Anderledes stiller det sig maaske, naar det drejer sig om f. Eks. Indien, der selv har en kultiveret Klasse som kunde raade for Sagerne. Naa – ikke mere om alt det – det flyder jo over en Gang imellem, naar man er saa fyldt af det hele; men det er jo kun, hvad vi alle ved og uafladelig kredser om – hele Udenrigs-Situationen.
+[Skrevet på hovedet øverst s. 8:]
+Jeg har ikke set Elle siden en Uges Tid før Jul, jeg bryder mig ikke særlig om, at hun skal tage de kolde Ture herud, jeg vil hellere vente til Vejret bedres. Saa vidt jeg ved har hun det godt. 
+[Skrevet på hovedet øverst s. 6:]
+Selvom jeg ikke har skrevet om Sjumses Sygdom og den ulykkelige Polak, har jeg dog været meget opfyldt og rystet over begge. Sikken en Jul for stakkels lille Sjumse.
+[Skrevet på hovedet øverst s. 5:]
+Marie Balslev ringede forleden; jeg havde sendt hende en lille Æske med Lommetørklæder. – De havde haft en vidunderlig dejlig Dag, alle Børnene undtagen Vilhelm som for Resten er meget bedre, men dog ikke slipper m. mindre end et Aar – havde været der. Marie var meget glad v Daasen
+[Skrevet på hovedet øverst s. 4:]
+Jeg vilde saa gærne have skrevet et langt og godt Brev denne Gang, men nu maa du nøjes med dette meget forvirrede. Hils Aksel og Nus mange Gange og selv, lille go’e Dis utallige Hilsner fra din Junge
+[Skrevet øverst s. 3:]
+Og saa skal der jo sælges nogle Kreaturer, en Ko og nogle Kvier. 
+[Skrevet på hovedet øverst s. 2:]
+Har jeg skrevet om Las? Han fik fjernet en Polyp fra det ene Stemmebaand paa en Klinik i Odense og er nu i Kbhvn. for at faa Røntgenbehandling – hos Finsen, Strandboulevarden.</t>
+  </si>
+  <si>
+    <t>1947-02-06</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Alhed Larsen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Marie - Marie, hushjælp hos Astrid Goldschmidt-Warberg
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Lise Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvem "den lille", der er hos præst, var. 
+De to søstre, som Johanne og Astrid havde mistet, var Alhed Larsen og Thora Branner.
+Else og Andreas/Puf Larsen boede sammen med Johannes Larsen på Møllebakken 14 i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0649</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har været syg. Godt, at Axel er kommet hjem fra hospitalet.
+Lille Lise er fyldt to år.
+Elle(n) har været på besøg og fortalt om julen samt om Fritz og Bodild Branners visit. Fritz mangler helt initiativ og har ingen kræfter til at arbejde. 
+Johanne mener, at Else og Andreas/Puf Larsen ville have et lykkeligere liv, hvis de havde deres eget hjem og ikke skulle føre traditionerne videre. Else er dygtig til at holde pænt og rent, men hjemmet mangler ånd og gæstfrihed. 
+Martin/Manse tjener godt på dyr, som han nedlægger ved strandjagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rLbi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+8’ Febr. – 47.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+27-1-03
+1-1-03,
+15 April Påskesøndag, 2001.
+27 marts 2001
+25-6-2000
+BWP
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard
+Torsdag d. 6-2-1947.
+Kære lille Dis!
+Hvor Du vist længes efter Brev fra mig; du tænker nok: Junge er vist syg, og det passer jeg har lagt i 3-4 Dage, nej det er da kun 3, for jeg stod op Kl. 10 i Dag og lavede Mad, den lille var til Præst; men det har kun været alm. Forkølelse, naar undtages, at det var en ualmindelig stærk Forkølelse, og det er for koldt at sidde op i Sengen og skrive. Er det dog ikke forfærdeligt, at vi skal have den haarde Frost igen; vi sidder lunt nok, men man ved jo om Masser af Mennesker, der ikke har el. kan skaffe Brændsel og som simpelt hen knag fryser.
+Vi har lige spist og Posten kan komme snart, nu lader jeg Pennen ile det, den kan, for et Livstegn skal du have i Dag. 
+Til Lykke til Axels Hjemkomst! hvor dejligt for ham, at han kan være hjemme hos dig nu i stedet for paa Sygehuset og sikken en Hjemkomst, du gav ham, den var vel nok dul.a. Du maa rigtig nok skønne paa lille Marie (og gør det naturligvis også) for hvor er hun dig dog til megen Støtte, som nu f.Eks. at du havde hende til at være hos dig, mens Axel var borte, og saa at hun kunde have alt i Orden til hans Hjemkomst. Jeg har aldrig faaet at vide, om Axel prøvede min Medicin mod Bronchitis, og om den hjalp ham; jeg kunde jo kun sige, at mig hjælper den omgaaende. 
+Og til Lykke til lille Nilles 2 årige Fødselsdag, hvor maa hun være yndig; du kan tro, at vores er det ogsaa; jeg har ikke set hende i over 4 Uger, og Bibbe siger, at hun udvikler sig for hver Dag; nu kan de føre Samtaler med hende; det var Pers Fødselsd. i Gaar, og Bibbe skulde komme om Aftenen; ”du maa ikke lægge mig i Seng” sagde Lise; hun vilde nok have Bibbes Ankomst med. For første Gang græd hun, da hun omsider maatte i Seng, det maa jo ogsaa være svært, naar allle de andre skal feste videre med Lagkage o.s.v. 
+Vi havde et dejligt Besøg af Elle i Søndags; vores Hofchaufør hentede hende ved 2-3 Tiden og kørte hende hjem ved 9 Tiden det er saa sødt af Elle, at hun ofrer 16 Kr. paa et Søndagsbesøg paa Lindøgd. vi havde det dejligt og fik alt fortalt om Julen, som havde været dejlig for hende Bodild og Fritz havde været der en Dag, B. er betænkelig ved Fr. hvordan han skal faa begyndt at klare sig; alle Mennesker siger: hvorfor flytter de dog ikke sammen i det store Hus? Jo Tak, hvis Bodild gik ind paa det, vilde det være en ny Dæksmand for Fritz til ikke at bestille noget, og de vilde komme til at forsørge ham i al Evighed; han maa lære at forsørge sig selv en gang, den stakkels Fritz. Som Elle siger X er den fuldstændige Mangel pa Initiativ og Arbejdskraft unormal. Det eneste bundne Arbejde, han har haft (Landbohøjskolen) gjorde ham jo for Resten syg, saa hvordan skal det gaa ham. De to Søstre, vi har mistet har i Sandhed efterladt sig Savn, som ikke har kunnet erstattes. Jeg tror, Livet havde formet sig mere harmonisk for Puf og Else, om de havde faaet deres eget lille Hjem i stedet for at Else har skullet føre det gamle Hjem videre i samme tradition, hvad hun dog ikke har magtet, undtagen hvad alt det ydre, jeg mener det materielle angaar, Aanden i det har hun ikke haft Evne til at holde ved lige, og hvad nytter den mest fuldkomne Orden og Renlighed, hvis Aanden (f. Eks. Gæstfriheden) ikke er i Orden 
+Vi har det godt her, Manse er paa Stranden meget ofte; i Forgaars skød han for 71 Kr, d.v.s. godt 50 Kr. i ren Indtægt. (Patroner er saa dyre) 
+X Bodild kalder ham jo simpelt hen doven.
+[Skrevet på hovedet på s. 2:]
+jeg vil ikke begynde paa et nyt Ark og skal ogsaa gøres i Stand nu; jeg skal have en Elev. Hvor Solen dog varmer godt nu; den hjælper paa Brændselet. Hils Axel saa mange Gange ogsaa lille
+[Skrevet langs venstre margen på s. 2:]
+Marie og skriv snart. Kærlige Hilsner din Junge.</t>
+  </si>
+  <si>
+    <t>1947-07-12</t>
+  </si>
+  <si>
+    <t>Laszlo -
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Astrid Møller
+Emma Overgaard Nielsen
+- Petersen, dyrlægefrue
+- Petersen, sygehuset
+Ellen  Sawyer
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er svært at læse, om den engelske pige var 14 eller 19 år. I 1947 var der ca. 500 ungarske børn på ferieophold på Fyn (Arkiv.dk, juli 2023). 
+Det vides ikke, hvem Jørgen og Dorthe var. 
+Martin/Manses angst for, at Adolph/Agraren skulle "gaa". Adolph Larsen var kvartalsdranker, og ind imellem fik han et "anfald" og forsvandt i dagevis. 
+Mette, Eivind og Asger: Se Astrid Møller.
+Else og Andreas/Puf Larsen var i England og Skotland, hvor Andreas Larsen skulle lære noget om ølbrygning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2464</t>
+  </si>
+  <si>
+    <t>En engelsk pige har boet hos Johanne og Adolph Larsen nogle dage.
+Johanne Larsen har været nogle dage hos Ellen i Kerteminde. De havde gæster til kaffe flere gange. Det var dejligt at gense Astrid/Trisse Møller.
+Else og Andreas/Puf Larsen bliver meget forsinkede på deres hjemtur fra England og Skotland.
+Det er svært at tage stilling til Slesvigsspørgsmålet.
+Johanne skriver betragtninger om stormagter som fx Tyskland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S9Qh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+18 Juli 1947
+besv. 22-7-47
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard 12te Juli 1947
+Kære lille Dis!
+Tak for dit Brev! hvor du dog altid oplever meget, men jeg har saamænd ogsaa oplevet en Del i den senere Tid. Hvor er det dog mærkeligt, at saa at sige altid naar jeg skal have Brev af Sted til dig, kommer Posten en Timestid før han plejer; i mit sidste Brev naaede jeg ikke at faa alt fortalt. Den engelske Pige: en Dag da jeg kom op i Stuen sad Bibbe og telefonerede og Manse stod afventende ved Siden af. Jeg kunde ikke begribe, hvad det drejede sig om. Saa var det, at de lige havde læst i Avisen om at en Skare unge engelske Piger kom hertil, og man havde endnu ikke faaet Værtsfolk nok til Dem. Manse og Bibbe var straks med paa den. Jeg gruede, for hvor skulde vi lægge hende. Saa traadte vor Pige Edel (som er en Perle – Guld værd alt, hvad du vil) til og tilbød at vi maatte faa hendes lille Datters Seng over til den ungarske Dreng, saa kunde Pigen ligge paa Sofaen derovre. Saa blev den flyttet ned til Peter, hvor Laszlo saa har sovet og Manses Seng flyttet ind i Badeværelset – stillet paa Højkant om Dagen, redt hver Aften. Hun er en ganske sød lille Pige paa 14 Aar, som vi virkelig har Glæde af. Navnlig har Manse og hun det rart sammen. Hun skal rejse paa Mandag, saa er den Ferie forbi.
+Forleden en Gang ringede Jørgen fra Kjerteminde; han og Dorthe kom om Aftenen, og vi havde det hyggeligt. De skulde saa komme igen i Søndags; midt paa Form. ankom en Bil med ikke alene Jørgen og Dorthe, men ogsaa Elle! Jeg havde ikke set hende siden vi var derude sammen. Jeg blev forfærdelig glad. Vi havde slagtet 6 Kyllinger 
+2 saa vi havde Mad baade til Middag og Aften. De havde bestilt en Bil, som skulde køre Jørg. og Dorthe til Rutebilen i Munkebo – de skulde rejse til Jylland efter Overnattelse i Odense – og derefter skulde Bilen køre Elle til Kjerteminde. Jeg sagde straks, hvor kunde jeg have Lyst til at tage med dig og være et Par Dage. Hvor er det skønt at se Elles Glæde over saadant. Manse blev ked af det, fordi han troede Agr. vilde ”gaa”, men jeg kender ham jo og mente ikke der var Fare, da han slet ikke havde ”passet til” at gaa, hvilket han heller ikke gjorde. Jeg var saa hos Elle fra Søndag Aften til Torsdag Middag og havde det henrivende. Torsdag Aften skulde Grete komme fra Stokholm, hvad Elle jo glædede sig meget over. Desværre var det [”det” indsat over linjen] jo en modbydelig Kulde, og Kulde bider altid mere, naar man er ude end naar man gaar hjemme. Elle bød Kaffefremmede en Dag Frk. Petersen fra Sygehuset, Fru Dyrlæge Petersen og Fru Overgaard, Elses Mor; det var saa rart og muntert. Elle er jo en pragtfuld Værtinde, det er saamænd ikke saa sært, at hun har saa mange Venner, og trofast er hun jo, saa hun beholder dem. Jeg beundrer ogsaa hendes Evne til at lade Smaating være Smaating, det misunder jeg hende, jeg er tilbøjelig til at tage mig Smaatingene for nær. Men naar du priser hendes kolossale Orden, kan jeg ikke rigtig følge dig, for Renligheden hører da ogsaa til Ordenen, og jeg kunde nu ikke have mit Hus saa lidt rent uden at generes af det. Hvor er hun pudsig; hun skulde have en Kone den Dag, jeg rejste, og i den Anled. sagde hun: det eneste, der er rigtig møgbeskidt, er nu Sovekamret! Naa, saa var der jo den Morgen, da Elle raabte op til mig, at der 
+3 havde været Telefonbesked, at X [indsat øverst på side 3:] x de var ankommen til Lindøgaard Kl halv 9, havde snakket med og hilst paa dem her og havde set Huset, saa ved Trisse, hvordan vi bor. De ringede saa til Malerens, der sendte Besked til os. [indsættelse slut] Trisse med to Børn ankom om en Time, og at de vilde bringe Brø’ til Kaffen. De var et Par Timer, Elle dækkede Bord i Stuen, og de var godt lige til Franskbr., Keks, Ost og Marmelade foruden deres medbragte Bagværk – hvad der jo ikke er stort ved i vore Dage. Det var saa henrivende at mødes med Astrid og hendes to Børn, Mette og Eivind, de var meget tiltalende begge to. Da Astrid og jeg var et Øjeblik alene, fortalte hun mig, at en af hendes Sønner, Asger (mon det staves saadan) havde taget Livet af sig i April. Hans Kone vilde gaa fra ham, tungsindig var han, og han syntes ikke, han kunde udholde at leve længere. Naturligvis var det en forfærdelig Sorg for Astrid, men hun har jo en forunderlig Evne til at tage, hvad Livet byder, og hun var egentlig straalende; det var dejligt at se hende, og Elle var ogsaa saa fornøjet over Besøget. 
+Elle havde Brev fra Else; de var i Skotland, skulde være kommen hjem d. 28/6 tror jeg, men mente at de [”de” indsat over linjen] vilde blive et Par Dage eller lidt mere endnu og fik deres Returbilletter refunderet; jeg tror, de vilde flyve hjem; men kan du tænke dig, nu viser det sig, at de ikke kan komme hjem, hverken pr. Luft eller Vand; Else længes meget efter at komme hjem, og de prøver af al Magt; d. 29_nde_ August (!) kan de komme! Det er noget nær en Katastrofe, og man maa dog haabe, at det vil lykkes for dem at finde en Udvej. - - Ja, det var dog en pudsig Lighed fra det Derbyløb, det var jo som det kunde have været mig. 
+Hvad Sydslesvig angaar, saa er du saamænd ikke den eneste, som ikke formaar at tage en fast Stilling til det, for hvor er det dog et vanskeligt Spørgsmaal at bedømme. Jeg kunde fristes til at sige, at begge Parter har Ret i, 
+4 hvad de siger, for jeg hører ikke til dem, der vil underkende de Argumenter, man kommer med, naar man taler imod at faa Sydslesvig hjem igen, alle de forbandede Flygtninge dernede har jo forværret Sagen for os i høj Grad, og dette med de mange Tyskere, vi faar ind i Landet, er ingen Spøg. Derimod synes jeg ikke det Argument betyder saa meget, at Tyskland saa vil tage baade Syd og Nordslesvig, naar de bliver stærkere. For det første synes jeg, den Mand har Ret, som i et af de Blade, du sidst sendte, skriver at ”skal vor Fremtid afhænge af Tysklands Naade, da har vi ingen Fremtid” Men til enhver Tid vil der jo være andre Stormagter, som næppe vil tillade Tyskl. at blive større end det er, og disse to Krige, maa dog have belært disse Stormagter om, at de maa holde Øje med Tysklands Expantionstrang og -lyst. Politik! Ja, Politik er jo i sig selv ikke noget forkert eller noget man kan væmmes ved, men du mener vel, at den Måde hvorpaa Politik drives er dig imod. Det forekommer mig egentlig næsten som en Kamp mellem gode og onde Magter, og hvor er den Kamp dog spændende! Det er et Spørgsmaal om Verdenskulturen – i sidste Instans. For hvis det saakaldte totalitære Synspunkt tilsidst sejrer, saa er vel vor Kultur – især hvis man derved forstaar aandelige Værdier – tabt. Vor egen indre Politik interesserer mig nu ikke meget, skønt jeg tit ærgrer mig over mangt og meget der. De fast utrolige Dumheder, de gør sig skyldige i paa de Omraader, som jeg efter fattig Evne kan bedømme og deres – Avisernes – Sprog, naar de polemiserer o.s.v. Men det er Verdenspolitiken, der har 
+5 min meste Interesse: eventuelle Krige, Behandling af alle farvede Folkeslag, Regeringsformer, Behandling af alle de evropæiske Landes Underklasser og meget meget mere. Hvis man ikke skulde interessere sig for og følge med i det, hvad Pokker skulde man saa interessere sig for. Jo, naturligvis Kunst Literatur og saa videre, men alt det vil jo ogsaa gaa til Grunde, hvis Verden ender med at blive fuldstændig misregeret. 
+Igen Posten 
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1947-08-15</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Henning Larsen
+Jens Larsen
+Johanne Christine Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Kirsten Larsen, Elena Larsens veninde
+Alhed  Møhl, Lysses datter
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Adolph/Agraren Larsen boede på Lindøgaard.
+Båxhult var Johan/Lysse og Elena/Bimse Larsens hjem i Småland.</t>
+  </si>
+  <si>
+    <t>Marie takker for tilbuddet om at køre med til Båxhult. Hun kørte med Lars, Ursula og Christine Swane til Odense og tog et tog til Dræby. Henning Larsen og hans kone samlede hende op ved busstoppestedet.
+På Lindøgaard er man næsten færdig med at høste. Christine Swane ligger syg i sin ferie. 
+Johanne/Junge Larsen har ikke mange kræfter.
+Marie håber at komme til Båxhult en anden gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wjod</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 15-8-47.
+Kære Lysse og Bimse!
+Tusind Tak for Brev og Tilbud om at komme kørende med til Båxhult, det havde været dejligt, men nu sad jeg jo herovre, ellers kan I tro at jeg heller end gerne havde slaaet til og hvor kan Du tvivle paa at jeg kunne holde ud at være der i 3 Uger, jeg som elsker at være i Småland og ikke har været der i 8te Aar. -
+Uglen, Lasse og Ursula er i Christiansfeld, de kørte dertil i Bil og jeg var med til Odense og tog der et Tog til Dræby, da jeg vidste at de havde travlt med Høsten her og der skulde komme en Rutebil forbi en halv Time senere, satte jeg mig hen paa en Sten ved Vejkanten for at vente paa den, der kom mange Biler forbi og pludselig ser jeg en af dem bakke tilbage og saa var det Henning og Ditte, sidstnævnte havde kastet et Blik paa mig i Forbifarten og sagde til Henning ”Bak til bage jeg tror det var Tante Marie der sad henne paa Stenen” og glad blev jeg, de kørte mig helt hertil, saa jeg blev fri for at bære noget af mit Tøj fra Munkebo. Her har de det godt og bliver færdig med at køre ind i Dag, desværre er det jo smaat med Foldene i Aar, paa Grund af Tørken, særlig her paa Lindøgaard Tinges er bedre siger de. – 
+Det er morsomt at se lidt til Peter, han ser saa rask ud og er vældig solbrændt og det lader til at han befinder sig godt her, her er nu ogsaa dejligt at være. –
+I Gaar havde jeg Brev fra Ursula og hun fortalte at Uglen var bleven syg, Doktoren mente at det var Galdeblærebetændelse og desuden havde hun lidt Slim paa den ene Bronchie, det er jeg meget ked af; Uglen var meget syg af Halsbetændelse tidlig i Foraaret, nu var hun kommen nogenlunde til Kræfter og saa skal hun tilbringe en Del af sin Ferie i Sengen, det er trist.
+Forhaabentlig kommer jeg til Båxhult en Gang alligevel, selv om det ikke lod sig gøre denne Gang og saa kan Uglen maaske komme med ogsaa. –
+Hils Børnene mange Gange, jeg er ogsaa ked af at jeg ikke fik Jens at se de 2 smaa har jeg jo set i Vinter, Jens ikke siden vi var oppe hos Jer i 39. – Junge har ikke mange Kræfter men det gaar da nogenlunde; Bibbe har travlt hun har altid saa meget for saa det er sjældent vi har hende her ret længe af Gangen. –
+Endnu en Gang Tak fordi I vilde have mig, det er jeg meget glad for.
+Mange hjærtelige Hilsner til Jer begge fra Tante Ia. –
+Hilsen fra Alle her. -</t>
+  </si>
+  <si>
+    <t>1947-10-04</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Marie Larsen
+Ib Marryat Johansen
+Lauritz Pedersen
+Ole Petersen
+Peter Rohde
+Janna Schou
+Christine Swane
+Anna Tinesen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer</t>
+  </si>
+  <si>
+    <t>Der er lidt tvivl om, hvornår Laura/Bibbe og Lauritz Petersens bryllup kan holdes, da Skifteretten arbejder langsomt. Lauritz må låne 55.000 kr. til sin søn. 
+Det er trist, at Ib Marryat er syg. Johanne har hørt om en, der blev helbredt af en naturlæge. 
+Lise er kommet hjem til sine forældre igen. Grete/Grethe fik mange barselsgaver. 
+Johannes Larsen har været på besøg med Christa Knuth. Hun inviterede Erik/Tinge og Martin/Manse hjem til sig.
+Johanne har holdt fødselsdag. Stemningen blev ødelagt af, at Christine/Uglen Swane og Marie Larsen skændtes. 
+Astrid må ikke skamme sig over at læse i stedet for at arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3x1u</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Skrevet af ukendt:]
+modt. 6’ Okt. 1947.
+besv. 10 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Lørdag 4-10-47.
+Heri 2 Smørmrk
+Kæreste lille Dis!
+Min varmeste Tak for dit gode Fødselsdagsbrev og for de lækre Opmærksomheder! Jeg vil allerførst besvare nogle Spørgsmaal. Bryllupet! Ja der er desværre lidt Tvivl om, hvornaar det kan blive; Lauritz har lige fra først af – det vil sige lige fra den Dag, da de bestemte sig for Giftermaal – arbejdet som en Hest for at faa Sagen i Orden, men det er alt det med Skifteretten, der sinker; disse forbistrede Kontoriusser er ikke til at faa noget fra; Papirerne skal foreligge til den 8_de_ ds. for at blive tinglæste den Dag i Kjerteminde; de tinglæser kun hver 14_de_ Dag; hvis det ikke naas, bliver det - Bryll. – forsinket i 14 Dage! Lige saa saare jeg faar det at vide, skal jeg skrive til dig; de vil ogsaa gærne have det om Aft. [”om Aft.” indsat over linjen] – skønt helst midt paa Dagen, hvis det kan lade sig gøre, men uanset hvad det bliver kan du da godt lave Middagsmad midt paa Dagen, ikke? Det er jo lige meget hvad man kalder Maaltidet; her paa Landet er vi jo vant til at spise Middag midt paa Dagen. Lauritz var her i Tirsdags Aftes, og vi snakkede saa om det; jeg var rystet over at høre om alt det, der foretages for at det kan blive til Bryllup; og 55.000 Kr. skal skaffes. Paa Grund af hans gode Omdømme kan han faa den Sum i Sparekassen i Nyborg – paa et Aar; saa skal Laanet betales med Kontanter. De haaber at kunde nøjes med at forpagte Dalsgaard ud i Stedet til ["til" overstreget] for at sælge Drengen skal have sine Penge udbetalt straks, men jeg kom til at tænke paa bag efter, at saa kunde Ole jo laane sin Far nogle af Pengene senere, hvis han staar og ikke kan skaffe Pengene om et Aar; dertil skal jo hans Formunder give sit 
+2 Samtykke, men Form. er en Svoger til Lauritz, gift med hans 1ste Kones Søster, og de staar vist fint til hinanden. Jeg ved ikke hvorfor jeg sætter dig ind i alle de Forretningssager, men nu faldt det mig i Pennen. – Jeg spurgte Bibbe, om hun vilde have Sjums og Rohde med, men hun sagde straks, at hun vilde helst nøjes med Janna og Ib. Stakkels Ib, hvor det gør mig ondt. Han skulde prøve at gaa til en Naturlæge. Marie og Uglen fortalte om Moderen til en af deres Venner, der var langt ude af Kræft; der var ædt Dele væk, aabne Saar, og Lægerne havde fuldstændig opgivet Haabet; saa gik hun til en Naturlæge (som jeg ikke ved, hvad er) og han gav hende en meget stræng og slem Diæt, men hun begyndte at komme sig og Lægerne til hvem hun stadig gik til Undersøgelse uden at tale om Naturlægen, blev mer og mer forbavsede og stod ganske uforstaaende og tilsidst var hun rask. Hvis hun havde fortalt dem om Naturlægen havde de jo bare sagt, at det var, hvad de havde ordineret, der tilsidst virkede. 
+Den Gang, da de kom fra Sverige, hentede Lauritz Bibbe i Nyborg; han har ikke meget Benzin, men saa vidt jeg ved nok til deres Bryllupstur, men maaske bliver det forpasset af den nye Lov, hvis den træder i Kraft, maa han kun køre paa Fyen.
+For et Par Dage siden kom Lise hjem; Anna, Gretes Søster, havde haft hende i 4 Uger; først var Lise gravalvorlig næsten forstenet, saa begyndte hun at kæle lidt for Tinge og Grete og gik fra den ene til den anden; en halv Time efter var hun hjemme og jublede højt for hver Del af sit Legetøj som hun mødtes med igen. Da Ole kom, løb hun ham i Møde og raabte henrykt: ”Ole, jeg er kommen hjem til dig igen. Det var 
+3 dejligt at være med til den Hjemkomst og at se Grete være oppe igen. Hendes Barselsgaver blev til: 6 Flasker Vin, 4 Lagkager, et Sølvbæger, en Barneske, et Par Skindstøvler til Lillebror, samt 2 Par strikkede, et Par henrivende Tøfler til hende selv, 50 Cerutter, en smadderfin Natkjole til 50 Kr. fra Bibbe, Masser af Tøj til Drengen og self. andet, som jeg har glemt, og Blomster self ["self" overstreget] i lange Baner. Grete var overvældet og jeg har da heller aldrig set noget lignende. I Gaar var Rie og Uglen her for sidste Gang, og mens vi sad ved Kaffebordet eller lige var færdige kom Las og Grevinde Knuth fra Knuthenborg for at hente dem. Hun var noget af det mest tiltalende jeg længe har set, ja saa henrivende, at du ikke kan tænke dig det. Hun er Veninde af Las, og jeg har hørt meget om hende men vented mig da ikke saa stort af en Grevinde. Hun syntes her var saa smukt og hyggeligt, det sagde hun flere Gange; hun inviterede Manse og Peter saa varmt – gør nu Alvor af det og kom snart, I behøver ikke at pynte Jer, kom som I er - - Hun saa Manses Stue med alle Træsnittene – alle Vægge er behængt med dem – og Bibbes store Maleri af Uglen, Udsigten fra Havedøren og var begejstret over det hele. Hun har været med Las på Båxhult (hun vaskede op for Bimse) og kan øjensynlig godt med hele Familien d.v.s. det kniber lidt med Puf og Else – de er hende lidt for fine, akkurate og formfuldendt! Det var en hel Oplevelse at mødes med hende, Lise var her og hun blev straks indtaget i hende og Tøsen – vores store Hund - satte begge Forpoterne op paa Brystet af hende, hvad vi aldrig før har set ham gøre ved fremmede og paa dette Tidspunkt havde hun ["hun" indsat over linjen] slet ikke snakket med ham, men Dyr lugter straks hvem der er Dyrevenner. 
+4 Til min Fødselsdag var Rie og Uglen herude til Eft. chokolade de medbragte: ”Kina i Støbeskeen” af Edm. Grut, som Marie havde hørt, jeg havde ønsket mig, et Par henrivende Kopper af bornholsk Keramik, en stor Æske m. Godter og Flødekaram. en Pk. Cerutter og 4 dejlige Nelliker!! De er altid helt ovenud med Gaver, de tog hjem med halv 6 Bilen, men saa havde vi en vildfremmed Sygeplejerske til Aftensmad, som Bibbe havde inviteret uden at tænke paa, at det var min Fødselsdag; det gjorde ikke noget, men det hele var lidt speget, da Manse og Peter skulde til Odense og maatte spise før vi andre, saadan egentlig Feststemning var der ikke over Dagen, især da Marie og Uglen skændtes saa ualmindelig meget den Dag, og det smager ikke godt. 
+Peter har jo faaet Motorcycle og de tager lange Ture paa den om Søndagene; de staar lige og skal af Sted (det er Lørdag Kl 1½) saa denne Gang faar de 1½ Dag; de skal rundt paa Sjælland og se, hvad der er at se.
+Du skulde ikke have ”Stik i Hjærtet” fordi du læser i Stedet for at arbejde; naar du, som jo ellers ikke er doven, men tværtimod arbejdsivrig af Naturen, ikke kan arbejde for Tiden, saa maa det være fordi, enten de fysiske eller de mentale Kræfter svigter, og saa er det bedst at ligge brak, bare ingen Ting bestille og helst uden at have Samvittighedsnag, saa gror Kræfterne inden i dig uden at du ved af det, og en skønne Dag er de der. Sådan synes jeg er min Erfaring, for vi kender vel alle til, at Arbejdsiveren svigter. Agraren beder mig hilse dig saa meget og takke baade dig og Axel for både Breve og Bøger. Vi har moret os meget over dine Vittigheder. Den med Hitler (el. var det Gøbbels) der skulde ”begynde for sig selv” var uforlignelig. Tusind Hilsner til Jer begge fra din Junge</t>
+  </si>
+  <si>
+    <t>1947-11-29</t>
+  </si>
+  <si>
+    <t>Hareskov St.
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Søren -, Bibbes kammerat
+Adolph Larsen
+Johannes Larsen
+Axel  Müller
+Lauritz Pedersen
+Janna Schou
+Børge Tinesen
+Alexander Vincent
+Else Warberg
+Karen Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid kan lægge penge til side til skatten? Det er godt, at Axel har det bedre. Johanne håber, at der bliver råd til turen til Nyborg. Hun vil godt betale for begges cerutter. Måske kan Lauritz køre for dem. 
+Johanne har holdt stor middag med fasaner mm. Og hun har haft besøg af Børge Tinesen, som til sin chefs firma ville lave en reproduktion af Johannes Larsens Et Andetræk. Johanne og Adolfs forstudie til billedet var det nemmeste at gengive. Erik/Tinge og Martin/Manse fik penge for at udlåne deres skitser. Johannes Larsen har krævet at få halvdelen af nettofortjenesten, Børge Tinesen var et dejligt kulturmenneske. Måske skulle Astrid lave en børnebog til udgivelse på hans firma sammen med Janna?
+Johanne og familien har lukket nogle værelser af for at spare på varmen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hx17</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Skrevet af ukendt:]
+x Smørmærke!
+1ste December 1947
+besv. 10. Dec. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Lørd. 29-11-47.
+Kære lille Dis!
+Det var dog en hel Velsignelse at faa saadan et godt Brev fra dig, det var saa sandelig en god Tur, han der havde til Kontoret. Naar I faar fuld Gage baade for Nov. og Decemb. kan I saa ikke lægge lidt af det til Side til Skatten, for den bliver jo hamber til næste Aar, naar I faar mindre at leve af, men alligevel skal af med den sædv høje Skat. De Blade du skrev om, har jeg regnet sammen til 184 Kr. årlig det kan der købes en hel Del Mad for. Ja, det var som jeg vist skrev, at en Ændring paa Sagerne vilde hjælpe paa Axels Helbred – det er jo endelig ikke saa svært at regne ud, for Nerver er jo paa Spil alle Vegne. Hvor er det dog dejligt, lille Dis! Tror du nok, du kan faa Raad til det Nyborg-Ophold, som jeg ser hen til med saa stor Forventning. Skulde vi faa daarligt Vejr, har vi da nok at snakke om indendørs. Ser du ikke ogsaa hen til det som en god Oplevelse? Vi maa se at faa det til at blive af. Naar vi kommer ind i det nye Aaar, vil jeg spare sammen til det og jeg tror [”tror” indsat over linjen] ogsaa godt, jeg kan bestride vort fælles Cerutbehov, din Rejse til Nyborg er jo dyrere end min. Saa vil Lauritz hente os ud til dem, saa du faar Bibbe at se i hendes Hjem, og maaske han ogsaa vil køre os en Tur f. Eks. til Glorup, til de gode Titter – det har jeg nu ikke talt med ham om, men han er vældig flink med Bilen hvis hans Dæk bare vil holde, de er frygtelig skrøbelige og han kan ikke faa nye. – Vi havde saadan en morsom Aften
+2 Jo ["Jo" overstreget] i Torsdags. Vi havde faaet dem til at kommer herud og havde lavet fin Aftensmad til dem: Dug paa Bordet, Bajere – den sidste Rest fra Gildet – 2 Fasaner, henkogte og pænt koldt Bord; de var begejstrede og overraskede. De kom om Eftermiddag, men vi havde saadan et morsomt Besøg; Gretes Bror, Børge, arbejder hos en Mand, der hedder Vincent – fransk Afstamn. – han har en en Gros Forretn. Med Luksusting Julekort, Servietter, Gengivelse af Malerier, Børnebøger o.s.v. o.s.v. [”o.s.v. o.s.v.” indsat over linjen] De kom for at se det Maleri af Las med Agraren, der sidder paa Andetræk; Tinge og Manse har jo hver sit Maleri, Studier af ["af" overstreget] til det store som hænger paa Statens Museum for Kunst. Han valgte vores fordi det var lettere at gengive. Dagen efter skulde de ud til Las for at blive enige med ham; de har før lavet noget af hans, og da fik han 8000 Kr. men denne Gang menes han at ville forlange Halvdelen af Nettofortjenesten, og det er jo et skrapt Forlangende. Du kan ikke tænke dig, hvor den Mand var henrivende. Dis, der er nu noget ved Kulturmennesker! man ved det øjeblikkelig naar han træder ind i ens Stue, og soler sig ved at være sammen med et Kulturmenneske, og saa var han saa elskelig; vi snakkede og snakkede og faldt saa glimrende sammen. Som vi ærgrede os, da det for sent gik op for os, at vi godt kunde have faaet dem, ham og Børge altsaa, til at blive, for de skulde hen til Odense og sove der. Selv Agraren sagde, at det var helt vemodigt at sige Farvel til ham. Ham maa vi henvende os til, hvis 
+3 du laver en Børnebog, han ”gør” i den Slags, du kunde maaske sammen med Janna tjene store Penge ved det.
+Det havde først været Meningen, de skulde laane det Billede, som Tinge har, og da det saa blev vores, sagde Børge til ham, at saa blev Tinge vist lidt skuffet, saa sagde Vincent straks: godt, saa siger vi 500 Kr, saa kan de faa 250 Kr hver – Tinge og Manse altsaa. Bare for at laane det Billede!!
+Til Aftenkaffen kørte Lauritz ned eft. Grete og Tinge, Søren ankom i Bil, og vi havde en umaadelig morsom Aften Næ, hvor Snakken gik. Vi havde anstrengt os, havde til Kaffen hjemmebagt Franskbrød m. Ost og Marmelade, en Lagkage med Chokoladeglassur samt en Æblekage, godt m. Flødesk. De jublede højt, da det kom paa Bordet. Det var sidste Aften i vores gode Stue; næste Morgen flyttede vi ned i Spisestuen; vi tør ikke mere fyre deroppe, for Brændselet svinder foruroligende. Det værste er jo med Julen, men saa fyrer vi op i Manses Stue, Havestuen lige til Juleaften, saa vi kan have Julestue der. Her er saamænd ellers hyggeligt nok; Gulvtæppet er her nede, mine pæne Blomster er flyttet herned, jeg har 3 blomstrende Alpevioler, hvoraf den ene er selvopdreven og jeg har to andre som endnu ikke er kommen i Blomst. Her er yndigt, men alligevel savner jeg jo min Stue. 
+Søren er en Kammerat af Bibbe fra Middelf. Sinds.s.h. hun har været et Aar i Paris som Nurse er nu sygeplejerske i Kjerteminde en meget sød Pige. - - Vi har det alle godt her. Hermed 1 Smørmrk.
+Masser af Hilsner til Jer begge</t>
+  </si>
+  <si>
+    <t>1947-12-20</t>
+  </si>
+  <si>
+    <t>Edel -
+Ena -
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johannes Larsen
+Marie Larsen
+Peter Andreas Larsen
+Gudmund Larsen 
+Else Larsen, Else, Andreas Larsens kone
+Pernille Marryat
+Ib Marryat Johansen
+Axel  Müller
+Lauritz Pedersen
+Georg Poulsen
+Janna Schou
+Lars Swane
+Rigmor Thorsen
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Hvad familien skulle i Nyborg vides ikke.
+Den lille syerske fra Strandgyden kendes ikke. Heller ikke Charles. 
+Det vides ikke, hvad Lauritz Pedersens svigerinde og hendes mand hed. Svigerinden var formodentlig Lauritz Petersens første kones søster. Det er også uklart, hvor deres fælles gård, Dalsgaard, lå.</t>
+  </si>
+  <si>
+    <t>Peters Ena snakker alt for meget.
+Edel er en god hjælp i huset. Man har bagt lagkagebunde til Erik Warberg Larsens barnedåb. Laura/Bibbe skal bære, og Lauritz P. stå fadder.
+Det er dejligt, at Astrid Warberg-Goldschmidts arbejdsevne er kommet tilbage, og at Axel Müller har det bedre. Godt også med kakkelovnen. 
+Maler Georg Poulsen har været på besøg for at låne billeder til Johannes Larsens 80års-fødselsdagsudstilling i Odense. Johannes Larsen er i godt humør. Han tager med til Johannes Nicolaus Brønsted/Magisterens begravelse. 
+Adolph/Agraren, Johanne/Junge og Martin/Manse Larsen skal med til Johannes Larsens 80års fødselsdagsfest. Nogle familiemedlemmer er ikke inviteret, da der ikke er plads til alle i Værkstedet. Andreas/Puf Larsen har lovet, at Johanne ikke kommer til at sidde i træk. 
+Det er svært at varme huset op. Marie Larsen kommer til jul. 
+Johanne har lavet en seng til en dukke, som Lise Warberg Larsen skal have.
+Erik skreg under hele dåbshandlingen og også bagefter ved kagebordet. 
+Laura/Bibbe og Lauritz skal holde jul for hele personalet på Dalsgaard. 
+Johanne tænker på julen på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vpPh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:}
+22 Dec. 1947.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov
+13-3-2007.
+21-6-2000.
+BWP.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St Fyen
+[I brevet:]
+[Indsat julemærke med teksten: ”Jul 1947 Danmark”.
+Lindøgaard 20-11-1947.
+Kære lille Dis!
+Her har du mig saa igen til det rigtige Julebrev; nu er det Aften jeg har ikke travlt med noget og her er Fred og Stilhed. Peter er taget til Odense, Edel og det lille Snakkehoved til Ena gaar til Munkebo om et Øjeblik; naar Ena er her i Stuen er hun meget stilfærdig, siger ikke ret meget, men naar hun er her i Køkkenet hos Edel gaar den lille Knevver uafbrudt – bogstavelig talt; jeg har sagt til Edel, at det var næsten uudholdeligt at høre paa, her er jo saa lydt, men hun bremser hende aldrig. Hvor findes der er Paradis uden Slangen? 
+Jeg er saa mærkværdig fremmelig med al Ting i Aar, det skyldes naturligvis den gode Hjælp fra Edel jeg kan godt sidde og smaadrive lidt uden at det gør noget og til de sidste Dage, Mandag og Tirsdag er der ikke meget at gøre. Vi har ellers i Aar bagt Smaakager for Grete, hun har Besvær nok med alt sit, naar hun har de to Børn at passe med al den Vask; de Børn skinner ogsaa altid af Renhed. Vi har bagt Vanillekranse, Jødekager, Kakaokager og brune Kager og 12 Lagkagebunde til hende; vi selv skulde have 6 Bunde, saa Edel bagte i Formiddags 18 Bunde, og da der kun kan staa een Kageform ad Gangen i Ovnen [”i Ovnen” indsat over linjen], kan du forstaa, at det var et helt anseligt Job. De skal have Barnedaab dernede i Morgen; Bibbe skal bære den lille henrivende Dreng og Lauritz skal staa Fadder; jeg tager ikke med i Kirke, maa være lidt forsigtig til Julen, men haaber, at Lauritz vil køre herom ad og tage mig med derned eft. Gudstjenesten jeg er ikke begyndt at gaa ud endnu. Det skal kun være Kaffebord, det er saa fornuftigt af dem at de ikke laver stor Spisning. 
+Hvor det dog er vidunderligt, lille Dis, at du har faaet din Arbejdslyst og –evne tilbage igen, for det er jo Tegn paa, at Fysikken er kommen i Orden igen; hvem kender ikke den rædsomme Ugidelighed naar man har været fysisk nedbrudt; mon ikke Åndens Grundlag er Fysikken – ja naturligvis kun til en vis Grad. Det er dog sjovt, at du paa dine gamle - jeg mener ældre – Dage er bleven bildende Kunstner, det er forbløffende med dine to Børnebøger. Og Tillykke med Kakkelovnen; det var sikkert haardt tiltrængt og skal nok hjælpe Axel godt. Og Stolen – ja man kan jo ikke faa både i Pose og i Sæk, og den Stol, han fik af Charles, der der staar ved Siden af Skrivebordet, er da egentlig behagelig at sidde i, jeg nød den da den Sommer, jeg var hos Jer; dette med at der ikke bruges nævne-
+2.
+værdig mere Brændsel paa denne Maade, skal nok passe; det foreholdt jeg til Fru Thorsen, naar hun, da de boede i Kærbyhus, kun fyrede i den ene Kakkelovn, som saa skulde opvarme Nabostuen; jeg sagde altid, der bruges ikke mere Brændsel, og Varmen bliver meget behageligere. Du ved ikke, lille Dis, hvor det glæder mig, og hvor jeg tager Del i din Glæde over, at Axel bedres, det er rigtignok vidunderligt, og hvor mærkeligt, at Axel har den Bankvirksomhed i Udsigt; jeg har ogsaa hele Tiden sagt – eller skrevet – at der ganske sikkert kunde blive Arbejde ved et eller andet, naar han holdt op med Frihavnen.
+Du skriver som Efterskrift i dit Brev: ”Hvor pragtfuldt, at Lauritz vil hente os i Nyborg, og at vi skal hjem til dem først,” jeg ved ikke rigtig, hvad du mener med det; naar du og jeg kommer til Nyborg er vi jo, hvor vi skal være; jeg skrev vist blot at Lauritz (en af de Dage, vi er i Nyborg) vil komme ud efter os saa vi kan besøge dem i Bovense. Stedet er, efter Lauritz’ Raad funden, det ligger ved Stranden lige ved Skoven. Men lad os nu først se, om det bliver til noget, der er jo længe til. 
+Forleden dag fik vi Besøg af en ung, meget tiltalende Maler fra Odense, Georg Poulsen, han bad om at laane nogle af vore Las-Billeder X; X til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12. [X ”til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12.” indsat over linjen]; han fik 4; bl.a. de smaa Fuglebilleder som Las malede til Agraren, da han kun var 14-16 Aar; jeg havde ladet dem indramme, det ene oven paa det andet [Tegning] – saadan; 2 Fuglekonger og en Rødirisk; det er det allerførste i Kataloget, som er ordnet efter Aarstal; dette fra 1881 – dog med Spørgsmaalstegn, for jeg mener at vide, at han var 16 Aar, da han lavede dem. Manse fik Indbydelse til Udstillingens Aabning i Dag; han og Peter var derude og de havde moret sig godt, Las Puf og Else var der Las havde været saa levende og gaaet og virket – regeret, tror jeg, Manse sagde! Tænk, at han tager ind til Magisterens Begravelse, gid vi dog maa faa lidt mildt Vejr, jeg synes, det er lidt letsindigt – paa denne Aarstid, de vilde se at komme hjem samme Dag. Jeg haaber, at Manse vil tage derover ogsaa, men ved det ikke bestemt.
+Agraren, Manse og jeg er bedt til Middagen paa Lases Fødselsdag i Dag om 8 Dage; Manse er bleven udvalgt, fordi han og Las er saa særlig gode venner, der er altid en umaadelig Mængde Snak imellem dem, naar de er sammen, ellers hverken Tinge, Bibbe, Henning, Bror og Lasse Sw. det vilde jo være at gribe for vidt om sig, da jo
+3.
+deres respektive Mænd og Koner saa ogsaa skulde med. Jeg baade glæder mig og ikke glæder mig. Man er ikke rigtig i Humør til en stor Fest, naar man er saa opfyldt af Sorg over lille Lugge – havde det bare været et Par Maaneder senere. Vi skal spise i Værkstedet, hvad vi ogsaa gjorde, da de lavede Fest for Rie, da hun fyldte 70; skønt det var d. 5te Juni, frøs jeg saa det stod efter, fordi jeg sad lige ved Døren, der gik ustandselig, naar de opvartende skulde ud og ind; det havde jeg - lidt bekymret - fortalt Manse, og tænk i Dag sagde han til Puf, hvem han jo traf i Odense, om de ikke vilde sætte mig, saa jeg ikke fik Træk fra Døren. Ved du, hvad jeg skal iføres ved Selskabet: den brune uldne Kjole, som du sendte mig i Fjor. Mon jeg dog har fortalt dig, at den er bleven saa smuk? der er en Begejstring over hele Linien de Par Gange, jeg har haft den paa den har den lille Syerske oppe fra Strandgyden rigtignok haft Held med. Jeg har nok en sort Silkekjole, men dels er den gammeldags og dels tør jeg ikke tage saa tynd en Kjole paa; du synes vist, jeg er blev svært omsorgsfuld med mit Helbred, men Gang paa Gang har jeg i dette Efteraar haft Lungebetændelsefornemmelser, ondt i Bryst og Ryg med Stik og hvad der hører til, som da jeg virkelig fik Lungeb. for et Par Aar siden, saa jeg synes, det er kun min forbandede Pligt at passe lidt paa. Fejlen er sikkert min egen, idet jeg har forsømt at hærde mig lidt ved at gaa Ture hver Dag, men det er nu ikke altid saa nemt. 
+Mon jeg har fortalt dig, at vi er flyttet ned i Spisestuen for i Vinter; Stuen var ikke til at varme op med Tørv; det bliver et stort Savn i Julen, men det maa ta’s: Havestuen er lettere at fyre op for et Par enkelte Dage, der skulde alligevel Ild for Maries Skyld – altsaa lidt Varme ind i Gæstekamret, der hvor du laa. Vi tager saa Juletræet i Havestuen og nøjes med det, som det kan blive. Nu kan jeg ikke mere i Aften, maaske kan jeg skrive lidt mere i morgen el. paa Mandag, saa kan jeg fortælle lidt om Barnedaaben.
+Søndag Aften Saa kommer vi til Afslutningen! Klokken blev lidt mange, Aftenen er gaaet med et pudsigt Job: Edel havde købt en Dukke (14 Kr!) fra Agr. og mig til Lise, og Edel havde som sin Andel i Gaven strikket Drengetøj til den, Bukser med Seler over Strikkeblusen, vældig smart, men da vi manglede en Æske til at lægge ham i, fik jeg den Ide at lave en Slags Vugge, formet som et gammeldags Dejgtru [Tegning] af Pap; Endestykkerne ogsaa af Pap
+4.
+syede Edel paa, men jeg holdt paa den; saa klistrede vi den over med et blomstrende Juleindpakningspapir, og den blev noget saa elegant, han ligger helt som i en Moses-Kurv. Men Tid tog det min Sandten. Vi tænker, at Lise bliver salig. 
+Barnedaaben gik saa godt; de var lidt møre af Kirkegangen, for vores lille, der blev døbt Erik Warberg Larsen, og saa et andet lille Barn, havde begge brølet af deres små Lungers fulde Kraft – hele Tiden! Præsten havde været kendelig enerveret. Lauritz og Bibbe kørte saa ned med Drengen og Else, som havde ”taget Huen af” og kom saa op efter os. Da vi kom derned laa Lillebror stadig og brølede; jeg fik ham op og vissede ham, det hjalp lidt, men stadig kom der smaa Hulk – nej den Kirkefærd havde været for meget for Lillebrors spæde Nerver. Saa kom Tinge og Grete, og der faldt Ro over os ved et festligt Kaffebord med 2 Lagkager Wienerbrød, Sandkage og alle mine Smaakager. De havde en Flaske Vin, som vi nød og drak Skaaler i; Agraren og jeg havde 50 Cerutter med til dem i Daabsgave, vi giver jo ikke hinanden Julegaver i Aar, derfor kaldte vi det Daabsgave, af mig fik han desuden en Sparekassebog med 10 Kr. Det er saa morsomt at se, saa glad Bibbe er ved Lauritz, men jeg tror nok, hun er lidt overvældet af Arbejdet, fordi der er saa meget Selskabelighed; hun kan saa daarlig døje al den Selskabelighed. De bliver en Mængde Juleaften, hele Personalet fra Dalsgaard, du ved, hans første Kones Fødegaard, som Lauritz stadig ejer sammen med Svigerinden og hendes Mand; den skal for Resten sælges nu. – Jeg tror nok, Bibbe glæder sig som et Barn til at naa over Nytaar. 
+Mon ikke det gaar dig som mig, at naar vi gaar og passer til Jul, har man stadig Erikshaab Julene i Tankerne, hvor var de Juleforberedelser festlige, ja næsten hellige staar de nu i ens Erindring.
+Og saa vil da til sidst ønske dig og Axel en glædelig Jul sammen med Jeres lille Nillebarn vil du hilse Janna og Ib saa mange Gange fra mig og ønske dem alt godt for Jul og Nytaar.
+De kærligste Hilsner, lille Dis, fra din Junge.
+Brevet er for anseligt til jeg har Mod paa Gennemlæsn. Find selv ud af Fejltagelserne.</t>
+  </si>
+  <si>
+    <t>1947-12-26</t>
+  </si>
+  <si>
+    <t>Edel -
+Ena -
+Bodild Branner
+Frits Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Thora Cohn
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Erik Larsen
+Grethe Larsen
 Jeppe Andreas Larsen
-Johanne Christine Larsen
-[...180 lines deleted...]
-Th. Krarup
 Johan Larsen
 Johannes Larsen
+Lise Larsen
 Marie Larsen
-Eiler Lehn Schiøler
-[...1 lines deleted...]
-Carl Nielsen
+Martin Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Leo Swane
+Ane Talbot
+Gunnar Tinesen</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaj Brønsted (Magisteren), som var gift med Louise, Alhed Larsen, Astrid Warberg-Goldschmidt og Johanne Larsens søster, døde 17. dec. 1947. 
+De mortuis nil nisi bene er latin for 'om de døde (skal man) kun (tale) godt'. Den oprindelige græske formulering er mere direkte: Tal ikke ondt om de døde (Diogenes' Laërtius 1.70). (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0655</t>
+  </si>
+  <si>
+    <t>Marie Larsen er taget til Kerteminde for at være med i festlighederne, når Johannes Larsen på sin fødselsdag bliver udnævnt til æresborger i byen. 
+Johanne/Junge Larsen takker for den skønne julepakke. 
+Johannes/Las Larsen har fortalt Johanne lidt om Brønsteds/Magisterens begravelse, og Andreas/Puf fandt præstens tale god. Marie har vist meget lidt deltagelse og endog fremhævet nogle af Brønsteds mindre heldige sider. 
+Efter planen skal Christine og Leo Swane køre med Johan/Lysse Larsen og Elena/Bimse for at deltage i æresborgerfesten. 
+Man holdt jul i havestuen på Lindøgaard. Dagen efter kom Lise med familien og takkede for dukken fra Johanne og Adolph. 
+Johanne ved ikke rigtigt, om det var forkert af Astrid ikke at deltage i Brønsteds begravelse. 
+Lørdag: Johan og Elena kom midt om natten, og Leo Swane og Christine var ikke med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qXs1</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov
+[Skrevet af ukendt: måske Laura Warberg P]
+14-3-2007.
+21-6-2000
+BWP. 
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Fredag 2den Juledag 1947.
+Kære lille Dis!
+Det er bleven til en meget stille 2_den_ Juledag: Manse og Peter er paa Fiskeri (Bøsse med) med en Fisker-Ven i Kjerteminde, Marie er lige taget til Kjerteminde i en Lejebil, Rutebilen gaar først langt ud paa Natten, omtrent, og hun vil derud for at kunde følge Slagets Gang lige fra Morgenstunden paa Fødselsdagen. Las med Familie skal ned paa Raadhuset Kl. 10 for at blive udnævnt til Æresborger. Agraren er nede at malke, Edel har et og andet for, saa jeg er mutters alene og her er en salig Ro og Fred, hvor længe den vil varer maa Tiden vise. 
+Lad mig allerførst sige dig saa mange mange Tak for din indholdsrige Pakke. Først og fremmest dette pragtfulde Brevpapir, som hermed indvies, mit pæne Papir er netop paa Hældningen, der er vist kun et enkelt Ark tilbage, saa jeg er mægtig glad ved det og siger dig saa mange Tak. Bøgerne til Mandfolkene skal jeg sige saa mange Tak for. Jeg læste den til Manse en af de sidste Aftner inden Jul, jeg skal love for, den er spændende. Og saa allle Lækkerierne! Tænk at have faaet Risengryn til Huse! Og Rosiner og Bolsjer og saa de dejlige Cerutter og den store fine Mavebæltecigar – det var vel nok Herligheder.
+I mit lange Julebrev til dig, tvang jeg mig selv til ikke at skrive alt for meget om Lugge, men jeg var glad ved, at du skrev saa meget om det til mig, det var jo dog det, som opfyldte os begge. Og synes du ikke, at det var – er – svært at være saa langt borte og ikke kunne følge med i Enkelthederne. Christine hørte jeg dog fra et Par Gange, men kun ganske korte Breve. Jeg ringede Dagen efter til Kjertem. (jeg mener Dagen efter Begravelsen) Jeg talte kun med Las, de andre var i Byen, men han fortalte mig dog lidt om det; var det dog ikke kækt af Las paa 80 Aar at tage derover? Og da Puf kørte Rie herud Juleaftens Efterm. fortalte han mig en Del, ogsaa lidt om Præstens Tale, som Puf fandt god. Men nu faar jeg forhaabentlig den Glæde at være sammen med Christine i Morgen, det er i hvert Fald Planen, at hun skal komme til Fødselsdagen Lysse tager hende og SkriveSwane med i sin Bil, naar han og Bimse kører over. Hun ved, om Lugge har nogen Planer for sin Fremtid. – Der er nu mange, Dis, som har holdt af Magisterens ["s" i slutningen af ordet overstreget]; Peter siger, at Lysse holdt saa umaadelig meget af ham Bodild Branner skrev det samme; Fritz har taget sig det saa nær – Las, Puf, Christine. Jeg har 
+2
+været lidt forbløffet over saa komplet udeltagende Marie har været, ja næsten lidt forbavset over at se og mærke min Sorg. Det eneste hun egentlig fæstede sig ved, var det uforsvarlige i, at Las tog derover til Begravelsen; det blev næsten til en personlig Fornærmelse paa Lases Vegne over, at Magisteren var død!! Overdrivelse selvfølgelig; men jeg blev nu lidt underlig over at høre hende fordybe sig i Magisterens utiltalende Egenskaber og jeg tænkte: de mortuis nihil bene. Hedder det Ord ikke saadan? det mener jeg dog; jeg saa det forleden et Sted i en Historie helt anderledes, det endte paa bonus, og Ordet for De døde saa ogsaa helt anderledes ud. Spørg Axel! Der var heller ingen rigtig Glans – for mig altsaa – over Juleaften, som fejredes i Havestuen, jeg havde pyntet Juletræet, Peter havde dog lavet Julestjernen, den gamle maatte absolut siges at have udtjent, den havde ogsaa mange Aar paa Bagen. Jeg syntes jeg havde faaet det lille Træ rigtig fint og festligt i Aar; vi kan jo kun have smaa Træer, selv om det [”om det” indsat over linjen] naar helt op til Loftet; Lys havde vi nok af, Stjærnekastere ogsaa, saa det [”det” indsat over linjen] straalede smukt nok, og Net og Hjærter var frisklavet i Aar. Aldrig har her været saa mange Gavepakker som i denne Jul; Peter og Ena var her jo også ud over det sædvanlige Mandtal, og hvad Peter fik var ganske fantastisk, han sagde ogsaa den ene Gang efter den anden: Jeg har aldrig faaet saa mange Julegaver før. Ogsaa den lille Ena var tilfreds med sine. Juledags Eft. fik vi Visit af Tinge og hans Svoger Gunnar samt lille Lise, der skulde sige Tak for Gaverne, navnlig for Dukken fra os her. De sagde, hun var blevet helt forstenet af Betagelse, da den blev pakket ud. Om Aftenen, da de var kommen i Seng sagde Tinge til hende, om hun ikke snart kunde tie stille, nej, for Dukken skulde have ved den anden Side ogsaa, og saa sagde hun ned til Dukken ”hvordan er det du ligger og fedter med det” – man hører stadig Gretes forskellige Ytringer gaa igen i Lises Mund. Hun er en forfærdelig pudsig Unge. 
+Julegaverne – jo, jeg synes det er en utrolig praktisk Maade med Indpakningen; der er intet med at det og det ikke maa ses, for det er altsammen skjult under det fine Papir; vi faar heller ingen Uorden af den Grund, Papirer lægges straks fint sammen og samles i en Stabel og Baandene i en lille Bunke, som kommer i deres snart mangeaarige Æske, som har sin Plads i Julekassen. I Aar havde jeg saa meget Indpakningspapir, at jeg ikke nær brugte det op, skønt vil ["l" i slutningen af ordet overstreget] alle pakker Gaver ind med det; jeg har aldrig behøvet at købe Julepapir. - Tak for de smaa Skitser til din Børnebog, den er nok bleven nydelig og lille Nille salig; det er helt overraskende at du pludselig er bleven bildende Kunstner. 
+Du spurgte mig, om jeg syntes det var rigtigt, at du ikke tog til Begravelsen. Ja, for det første havde du vel daarligt kunnet taale det for din Bronchitis, men ellers – jeg ved det ikke, Dis, jeg har tumlet med det og spekuleret paa, hvordan Lugge ville føle det, men er ikke kommen til noget Resultat. Lad os haabe, at det du valgte var det rigtigste. 
+[Skrevet langs højre kant paa s4:]
+Lørdag 
+I Dag er det altsaa den store Dag i Kjerteminde! Jeg havde i Aftes en af mine ikke usædvanlige Søvnløshedsanfald, hørte saa Klokken slaa 2, men da ikke halv 3. – Kl. 5 vaagnede vi ved at en Bil kørte ind i Gaarden – Lysse og Bimse: 
+[Skrevet på hovedet øverst på s. 4:]
+min første Tanke var: så kommer Christine ikke, men ingen af dem havde tænkt paa at spørge Lysse om, hvordan det hang sammen, men jeg er da forberedt paa, at jeg saa ikke faar hende at se og det havde 
+[Skrevet på venstre kant på s. 4:]
+jeg dog saadan glædet mig til. – Jeg laa og fulgte Slagets Gang, hørte Manse gøre Ild, kalde paa Peter og sætte Madvarer frem for dem; naa, jeg fik da sovet fra 8-10, saa nu gaar den vel. Lys. og B. har vel skiftedes til at køre og sove!
+[Skrevet langs venstre kant på s. 2:]
+Jeg saa dem altsaa slet ikke, hvad der ikke gjorde noget, ieg har jo aldrig været ovenud indtaget i Bimse. Hvis Chr. ikke kommer bliver jeg altsaa den eneste Repræsentant for Alheds Familie
+[Skrevet på hovedet øverst på s. 2:]
+Naa, saa slutter jeg af, lille Dis. Du kan tro, det er mig en stor Glæde at faa saa gode Breve fra dig Endnu en Gang Tak for Pakken, Hilsen til Jer begge, din Junge.</t>
+  </si>
+  <si>
+    <t>1948-02-06</t>
+  </si>
+  <si>
+    <t>Edel -
+- Agner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Thora Cohn
+- Føge
+Poul Gregersen
+Ernst Hartmann
+Joseph Haydn
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Axel  Müller
+Lauritz Pedersen
+Holger Rasmussen
+Mads Rasmussen
+Ane Talbot
+Erik Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted døde 17. dec. 1947. Tornehave i Birkerød var han og hans families hjem.</t>
+  </si>
+  <si>
+    <t>Johanne anbefaler Astrid at købe en større pibe.
+Louise/Lugge er ramt hårdt af sorg efter mandens død. Johannes Larsen skal bo hos hende nogle dage i forbindelse med en udstillingsophængning. Måske skal Louise flytte ind i en af Tornehaves sidefløje. 
+Johanne og familien har haft selskab. Martin/Manse havde skudt en tjurhane, og man inviterede gæster og møblerede om. Johannes Larsen ville tidligt hjem, men resten af selskabet festede til ud på natten. 
+Peter og Martin/Manse har tapetseret og hængt billeder op. 
+Laura/Bibbe har været hjemme. Hun synger i kor - blandt andet Haydn - og har fået en flot selskabskjole til dette brug. 
+Familien har lært tyske Ernst Hartmann at kende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dAa2</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov 
+[Skrevet af ukendt:]
+9’ Febr. 1948.
+besv. 22 Febr.
+(næste Brev først – 6’ Marts!)
+1946-48 
+[Skrevet på kuvertens bagside:]
+Lindøgd. Dræby Fyen
+[I brevet:]
+Lindøgaard
+Fredag 
+[Tilføjet af ukendt:] 6/2-48
+Kære lille Dis!
+Tusind Tak for dit sidste Brev, der jo ikke, som du selv bemærkede, var slet saa glansfuldt som alle dine senere Breve ellers har været. Tobaksmissèren er jo ret alvorlig, hvis du ikke kan vænne dig til Piben; mon ikke det vilde hjælpe, hvis du fik en lidt større Pibe, de bittesmaa er vist ikke saa gode at ryge af, og saa skulde du jo gerne finde noget meget mild Tobak, den – synes jeg – bider ikke saa meget paa Tungen som den fine Tobak, der næsten altid tillige er stærk. Jeg forstaar saa godt, at Savnet af Tobakshyggen maaske bliver det værste at undvære. - - Du tog lidt for tungt paa, at du ikke havde takket for Julebrevene – skidt med det, men du forstaar, jeg vilde bare vide, om du havde faaet dem. - - At I har ondt ved at faa Pengene til at slaa til, er sandelig ikke underligt, gid I maa kunne klare det!
+Lugge havde jeg Brev fra for ikke ret længe siden, et ganske lille et – Svarbrev -. Saa vidt jeg kunde se, er hun ikke kommen ret vidt endnu; hun kan slet ikke taale at se Mennesker endnu; kun en Fru - nej jeg har glemt Navnet – havde været hos hende en Eftermiddg, en hun staar meget nær. Las skulde ind til Kbhvn i Anledn. af hans Udstilling; de havde ringet og talt m. Bes, som jo stadig bor der, om Las maatte bo der, og det maatte han, jeg kan ikke vide, om det ikke skulde gøre hende lidt godt, Las med sit rolige Væsen – og Lugge ved jo godt, at der bag hans dagligdags Facon findes megen Varme og Medfølelse. Mornine har jeg haft en Del Breve fra siden Mag. døde, og hun skriver stadig om, hvor forfærdelig Lugge lider, jeg har været bange for, at det helt skulde knuse hende, men for Børnenes Skyld gør hun jo, hvad hun kan for at komme over det, Hun ved endnu ikke, hvor længe hun kan blive boende, det skal nu undersøges, om Sidelængen i Tornehave er god nok (solid nok, menes der vel) til at der kunde indrettes en Lejlighed til hende der, det vilde hun helst, skrev hun, bo alene i et lille Hus kunde da aldrig gaa i disse usikre forbandede Tider med alle de Forbrydere, som Krigen har affødt, der hitter paa alt muligt ondt. Ja, Dis, det er som et stadigt Tryk dette at tænke paa Lugges forfærdelige Sorg, bare hun dog kunde blive Menneske igen, baade for hendes egen, Børnenes og vi andres Skyld. Jeg har gaaet lidt alene med min Sorg over hende, godt at Mornine har skrevet lidt til mig. Elle har jeg ikke set siden Magisterens Død, kun 
+2.
+talt een Gang med hende i Telefonen efter Juleferien; da sagde hun, at Lugge havde saa forfærdelige faa fysiske Kræfter. 
+Vi har egentlig haft en rørig Tid her; I Dag for en Uge siden havde vi Selskab. Manse havde nemlig skudt en Thurhane, da han i Julen var paa Båxhult, og Lysse havde givet ham den med hjem: saa vilde Manse have Dr. Agners og Lases herud at spise den, og du kan tro, det blev en Succés; de fik Silde- og Ostesnitter X først, dertil havde jeg givet ½ Flaske Snaps; saa Tjur og henkogt Fasan, Æbletrifli m. vores dejlige fede Flødeskum paa - de jublede over al den Fl.sk. Jeg havde været lidt ængstelig for om Lases og Agners, der aldrig før havde sets, kunde spænds sammen, men det gik fortræffeligt. Jeg havde lavet Stue i Havestuen, hvor Manse har Soveværelse, flyttet hans Dyne væk, saa Sengen blev en Ottoman, det store Gulvtæppe og Lænestolene flyttet derind, et lille lavt Bord med Tobaksanretn. foran Ottomanen, Tæppe foran, mit brogede Slumretæppe hængt for Havedøren, Julelys i en Række paa Dragkisten – ja, da vi kom derind efter Bordet, og Edel havde tændt alle Lys, og Stuen var varm og helt gennemlun, saa var det aldeles henrivende
+[Skrevet langs sidens venstre kant:]
+X da vi gik til Bords og Las saa Snitterne paa sin Tallerken sagde han: H ["H" overstreget] sikke noget dejlig Mad!
+saa jeg selv var helt imponeret af det. Ud paa Aftenen The her i Spisestuen, men saa vilde Las ogsaa hjem. Han var om Onsdagen kommen i Seng Kl. 4 ½ efter en Fødselsd. i Faaborg – Mads Rasmussens Søn fyldte 50. Godt gjort af en Mand paa 80. Bagefter festede vi videre med Doktorens, som begge er knusende søde; Fru A. havde en Sammenplantn. med til mig, som har staaet lige til i Dag: to røde Tulipaner, blaa Krokus m. 3 Blomster og gule Erantis, den har været henrivende. Søndagen før havde Manse, Tinge og Peter tapetseret her i Spisestuen, jeg er meget imponeret over Arbejdet, det er som en Fagmand har lavet det. Tapetet meget smukt fint grønstribet, meget lyst. Hele Mandagen hængte vi Billeder op – ja, det var da Manse, som gjorde det; jeg havde Køkkenarbejde, da Edel havde fri fra Søndag Middag til Tirsd. Morgen. Jeg synes, hun maa være bleven imponeret, da hun kom ind den Morgen, for alt var gjort rent og i Orden, Blomsterne bruset, alt paa Plads, Gulvet vasker og bonet og Væggene fulde af Kunst. Jeg havde ikke rørt en Finger ved det, Manse og Peter lavede det hele, men ikke eet Billede blev hængt op, uden at jeg blev klar ["klar" overstreget] kaldt ind for at afgive min Kendelse. 
+3.
+Manse sætter i det hele taget og i alle Forhold megen Pris paa min Dom og Mening, det kvæger mig meget; han er i det hele taget saa umaadelig sød imod mig, og altsaa ogsaa anerkendende; naar man gaar i sit 75de Aar, maa man vist ikke undlade at sætte Pris paa det og det gør jeg ogsaa.
+Vi har haft Bibbe hjemme et Par Dage; hun kom Onsd. Aften ved 9 Tiden og vi havde saadan en hyggelig Aften med hende; trods al hendes Lykke m. Lauritz længes hun efter os og Lindøgd. og hun var saa glad over at være her hos os. Hun kan desværre saa daarlig holde til saa tit at komme sent i Seng; hvad de har haft af Koncerter, Prøver, Sammenkomster, Jubilæumshistorien! ja, jeg kunde slet ikke følge med i det. Hun har faaet en pragtfuld Selskabskjole, lang, sort, vid, nedringet, sort Silke; de skulde forleden til Odense, hvor Aarstiderne af Haydn gik, Bibbe sang i Koret. Der saa vi Kjolen, da de kom efter Manse, som de havde inviteret; jeg skulde ogsaa have været med og sørgede over ikke at kunne; jeg gik med Tøffel p.Gr.a en betændt Ligtorn, Fanden staa i den! Bibbe saa henrivende ud i den Robe, og saa har hun faaet en Frakke med Sølvræv, hun er ikke billig!
+Hen paa Eftermiddagen næste Dag gik hun og Lise, som Agraren havde hentet om Morgenen ned til Lindø, hvor hun skulde dyrke dem Resten af Dagen det var neml. Pers Fødselsdag, og Per er jo Bibbes Yndling. Næste Dag over Middag ["over Middag" indsat over linjen] kørte Peter hende hjem paa sin Motorcycle; du kan tro, det var dejligt at have hende. 
+Vi har dyrket en lille Tysker Ernst Hartmann, som Manse og Poul Gregersen havde truffet nede ved Havnen; Manse inviterede ham til Middag i Søndags og saa kom han igen Tirsd. Aften (Peter hentede ham) du kan tro, det var en straalende glad lille Tysker, som Peter kom ned, vi havde været gode imod ham, og han fortalte mig, at han syntes, han havde lært saa meget af os ved Samtalerne med os; de Tyskere skal jo have Sandheden at vide fra andre, i deres Hjemland faar de den saavist ikke at vide; ingen af hans Kammerater vil indrømme at Tyskland selv var Skyld i Krigen, sagde han, men han selv begyndte at forstaa det. Han var Lægesøn fra Bremen, af Officersfamilie. 
+Lørdag Nu maa jeg se at faa dette færdigt. Jeg skal nok sørge for Plads til os i Nyborg; mon den Tur virkelig skulde blive til noget, det mener altsaa Fru Føge, jeg har ellers haft mine Tvivl. Jeg tror nu ikke, det bliver svært at skaffe Plads først i Maj, Sommerferien er jo noget ganske andet, men der er næppe mange paa den Tid, hvor vi vil være der. 
+Gid det nu maa gaa bedre med alle dine Genvordigheder lille Dis! Hils Axel og vær selv hilset fra din Junge. 
+[Skrevet langs venstre kant på s6:]
+Tirsd. Aften sad vi og snakkede med Tyskeren til halv 1; du skulde have hørt mit Sprog, halv tysk og halv engelsk – som han taler; vi lod ham tale Tysk og svarede paa Engelsk, det gik stolt.</t>
+  </si>
+  <si>
+    <t>1948-06-01</t>
+  </si>
+  <si>
+    <t>Gustav Helms
+Adolph Larsen
+Marie Larsen
+Axel  Müller
+Lauritz Pedersen
 Ellen  Sawyer
-Christine Swane
-[...21 lines deleted...]
-Torsdag</t>
+Karen Warberg
+Marie Warberg
+Lise Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Jomfru Marie er i denne sammenhæng formodentlig Marie Larsen. 
+Titterne var søstrene Karen og Marie Warberg. De voksede op på Glorup, hvor deres far var godsforvalter.
+Det vides ikke, hvem Dr. Bech var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0574</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen tror, at Astrid Warberg-Gs mavesmerter skyldes, at hun ikke kan tåle det hårde arbejde. 
+De to søstres fælles ferie var dejlig og kan måske gentages et billigere sted. 
+Titterne (Karen/Nina og Marie Warberg) var søde, men Johanne er ikke enig med dem om fredsbevægelserne. Det er dog fint, at de er religiøse.
+På Glorup har man dårlig smag. Johanne har altid glædet sig over, at Adolf/Agraren Larsen har god smag. 
+Lauritz Petersen er et dejligt menneske. 
+Ellen Sawyer spurgte engang pastor Helms, om han kunne omvende hende. 
+Lille Lise Warberg er sød og siger nogle sjove, modne ting. 
+Adolf og Johanne Larsen har kørt en tur ved marken og set på klydereder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QZ8G</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Xxx
+Modt. 3’ Juni 1948.
+(min 44 års bryllupsdag – m. Alfred!)
+Mors + Dis’s ophold (8 dage?) nej 10 dge [”nej 10 dge” indsat over linien] på Nyborg Strand
+er omtalt.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov.
+26-2-2000.
+Bibbe-Kerteminde.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St, Fyen.
+[Trykt på label:]
+F.E. BORDIN A/S KBHVN
+MÆRKAT NR. 3976
+Dansk Sømandsmission i fremmede havne
+[I brevet:]
+Lindøgaard 1_ste_ Juni 1948.
+Kæreste lille Dis
+Tusind Tak for dit lange gode Brev i Gaar. Ja, godt skriver jeg, men det var da nu langt fra godt, at du igen fik de Mavesmerter. Jeg synes, at naar det holdt op allerede paa 2den Dag, da vi kom til Nyborg, var borte alle de 11-12 Dage, du havde Ferie og du ["du" indsat over linjen] fik det igen, saa snart du begyndte at arbejde, saa tyder det rigtignok stærkt på, at det er det legemlige Arbejde, du ikke kan taale – og det er saa sandelig ingen Trøst. Du husker nok, at jeg formodede det var nervøst, men hvis den Formodning var rigtig, så skulde man tro, at den Restitution, som Ferien gav dig, skulde have været længere, saa du ikke øjeblikkelig skulde faa de Smerter igen; med mindre naturligvis, at det virkede som et Chok for dig at finde Huset i Uryd ved din Hjemkomst?? Hvis det var Tilfældet, kunde det maaske alligevel være en rigtig Diagnose med Nerverne. Men godt, at han vil indlægge dig og faa det rigtig undersøgt. Det er rigtignok skidt, lille Dis, for det tager jo altfor meget paa dine i Forvejen svage Kræfter. Gud være lovet, at Jomfru Marie vil tage med Jer til Småland, så du ikke behøver at skuffe dem. Gid I dog nu kunde faa lidt godt Vejr, saa maaske de gode Traveture i det underskønne Vejr vil hjælpe dig. Hvor sødt af Axel at han fik lavet alt det i de to Stuer, mens du var borte – ja Lauritz skal nu være godt vaagen, om han skal naa at stikke Axel som Ægtemand.
+Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
+2) 
+Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
+Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
+3)
+noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
+Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
+[Skrevet på bagsiden af første side; fortsat fra ark 2:] 
+han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
+[Skrevet langs venstre margen på bagsiden af første ark:]
+ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
+[Skrevet øverst på hovedet på ark 2:]
+Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
+[Skrevet langs venstre margen ark 2:]
+mest 1150 Kr til Termin idet han solgte ...
+[Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
+Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
+[Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
+i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
+[Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
+han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
+[Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
+og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
   </si>
   <si>
     <t>1948-12-08</t>
   </si>
   <si>
     <t>Refshalevej 16 Maribo</t>
   </si>
   <si>
     <t>Helge Constantin Jensen
 Andreas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone</t>
   </si>
   <si>
     <t>Christa Knuth flyttede efter sin skilsmisse fra Knuthenborg til en villa i Maribo.</t>
   </si>
   <si>
     <t>Johannes Larsen har været syg med feber. Han skulle have været på jagt med Obert Helge Jensen på Rømø og Slien, men han måtte aflyse. De kom afsted en anden dag. En fisker har lovet Larsen en sejltur til Hatterrevet nord for Samsø, og Larsen har fået bestilling på et billede derfra. 
 Johannes Larsen kommer den 13. for at deltage i Christa Knuths fødselsdag.
 Peter fra Båxhult har været på besøg.
 Larsen spørger, om Christa Knuth fik byttet den villa, som hun havde købt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/CaeP</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Refshalevej 16.
 Maribo. 
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde 
 [Julemærke 1948]
 [I brevet:]
 Kjerteminde 8 Decbr. 1948.
 Kære Grevinde!
 Tak for Brevet I Dag. Jeg forstaar at det maa have været svært for Dig at sige Farvel t Knuthenborg. Jeg er lige staaet op efter at have ligget af Forkølelse en 14 Dages Tid og er lidt sløj endnu. Den Forkølelse kom mig meget ubelejligt, den 15tende skulde Puf have kørt mig til Kolding hvor Oberst Helge Jensen der er Kommandant i Tønder skulde hente mig. Jeg var inviteret til en Jagt den 26 og senere skulde vi paa en anden Jagt nede ved Slien, saa jeg skulde have Pas med, og saa skulde vi have været til Rømø og i det hele se os om i Omegnen. Det var en Tur jeg havde glædet mig vældigt til og saa fik jeg en voldsom Snue Dagen før og laa med Feber i nogle Dage. Men saa sagde Obersten i Telefonen at jeg kunde komme der ned, naar jeg blev rask, saa skulde jeg baade komme til Slien og til Rømø. Jeg har ogsaa aftalt en Tur med en herværende Fisker til Hatterevet, en tør Grund mellem det nordlige Samsø og Sejerø. Det skal være henunder Jul, en Dag med godt Vejr og helst Solskin. Det er en Heldagstur, herfra ved 8 Tiden, der oppe ved Middagstid og saa hjem igen. Sagen er at jeg har faaet Bestilling paa et Billede med Motiv derfra til 5000 Kr. som skal leveres omkring første Marts. Saa Du ser jeg har nok at gøre. Alligevel vil jeg gerne komme til Din Fødselsdag, dersom det kan lade sig gøre. Jeg skal vel i saa Fald komme den 13 og og saa rejse hjem igen d. 15. Vi havde Besøg af Peter fra Båxhult i Forgaars, han havde været et Par Dage paa Lundsgaard. Han er en sød Dreng og saa synes jeg han havde forskønnet sig meget siden jeg sidst saa ham. Her har vi det ellers godt og nu skal jeg til at gaa lidt ud og se at komme i Orden igen. Det er en væmmelig Fornemmelse at have spildt et Par Uger, naar man i Forvejen synes at man har altfor lidt Tid til sin Raadighed, men det er der jo desværre ikke noget at gøre ved. Du undskylder nok at der gik et Hjørne af Papiret da jeg rev det af, men jeg gad ikke begynde forfra. Jeg skal hilse fra Else og Puf. Fik Du saa byttet den Villa Du havde købt? eller er det den Du bor i? Mange Hilsener fra
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>december 1925</t>
-[...33 lines deleted...]
-Sprut -
+    <t>1949-03-12</t>
+  </si>
+  <si>
+    <t>Ena -
+Harriet Afzelius
+Axel Beck
+Henrik Bichel
+Peter Bichel
+Otto  Fischer
+Johannes Hohlenberg
+Alhed Larsen
+Marie Larsen
+Axel  Müller
+Peter Rohde
+Thorkild Roose
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Agnes, Peter, Edel, Ena og Lehmanns var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0796</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius har fået en søn med en psykiater.
+Astrid/Dis Warberg lider af kløe.
+Christine Swane/Uglen og Marie/Rie Larsen skændes altid.
+Agnes har inviteret Astrid hjem. Hun og Peter bor smukt, og de lever sundt. De er kommunister, og Astrid er uenig med dem om meget.
+Henrik Bichel har været på besøg. Det samme har Dr. Beck, og de talte om skuespil med ham. 
+Rohde har anmeldt Hohlenburg i Information.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AOwC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med kuglepen på kuvertens forside:]
+4-6-03.
+[Håndskrevet med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Håndskrevet på kuvertens bagside:]
+A. Warberg Müller
+Hareskov.
+[Håndskrevet i brevet:]
+1.)
+Bjørnsholm, Ll. Værløse, 12/3-49.
+Kæreste lille Junge!
+Tak for dit sidste, goe Brev – bare du ikke har gået og ventet på Brev, da jeg skrev til Elles Fødselsdag, bad jeg hende ringe og fortælle dig, at jeg [et overstreget bogstav] rejste her op og at jeg skrev, når jeg kunde men som så kom jeg i Tanker om jeres uhørlige Telefon – og at Klokken el. Flytningen [”el. Flytningen” indsat over liljen] måske ikke endnu er installeret og så kan du jo ikke vide, hvorfor du intet hører - for hjemme har jeg da i Nødsfald Skrivemaskinen – men her er jeg altså, og som du ser kan jeg nu helt godt styre Pennen igen, selv om jeg er langtfra min tidligere Hastighed. - Jeg har nu lige læst dit Brev (som jeg fik 2’ Marts). Harriets lille Pige er en Dreng, det har ikke været mig muligt at få at vide, hvor hun er, men hun har da Drengen hos sig, og så må hun vel søge Stilling igen, hun var vist en Slags Sekretær på Kommunehospitalet, det var vel dér, hun traf Bæstet – nå ja – det er jo en Sygdom at være Psykopat – og de siger forresten, at han er en meget lystig – Psykiater +) (”+)” indsat over linien) (som det jo nu hedder) – og meget elsket af sine Patienter!
+Så skriver du om Kløen – den er om Natten sommetider ved at gøre mig desperat – Dr. siger, at der er intet at gøre, men man experimenterer - ! De prøver med Hormontabletter – måske – siger de – skyldes Kløen, at man når man ældes ikke mere kan producere Stoffer, hvis Mangel så frembringer Kløe, men er ikke nået videre end til Experimentet; Lidelsen skal være meget udbredt. Det kommer ikke af Frugten – Edels og Enas Tilfælde er sikkert Nældefeber – Be tålte heller ikke Æbler – eller Svedsker, så fik hun også Nældefeber - - Ja, hvor der er meget endnu for Lægerne at opdage, mange mærkelige indre Sammenhænge. 
+Hvor er det altid morsomt at høre om Jeres Fastelavnsryttere – tænk, at den Skik bliver ved at holde sig! og hvilken Svir for Lise – jeg forstår så godt, at du var ked af, at hun blev misforstået; jeg var så glad ved at du fortalte mig så meget om alting hos Jer, man vil jo så gerne kunne følge med i Tankerne. Hvor sødt af Rie at sende dig de goe Ting; men tror du dog, at hun lider så meget under, at Uglen hakker (det gør Uglen vist altid) - de har jo altid levet i en Atmosfære af Småskænderi, så mon det ikke er deres naturlige Element? os andre vilde det jo ihjelslå! 
+2/
+Hvor bliver der dog en Masse, man ikke får fortalt, når man laver sådan et Ophold mellem Brevene, som jeg har gjort her – jeg må hellere begynde med det seneste.
+Jeg kom hertil i Mandags d. 7 Marts (Far!) i dag er det Lørdag, og jeg rejser i Morgen, Søndag, da jeg ikke nænner at svigte lille Marie, vi er for længst bedt til hendes Fødselsdagsgilde i morgen, og der bliver viftet med at ”Sognefogdens” kommer - til de andre Gæster; men jeg må i Aar svigte med Sange og Prologer, som jeg ellers plejer at lave, dertil manglede i Aar den fornødne Kraft og selv om det går langt bedre nu, så har jeg ikke kunnet lave det heroppe. Det var Agnes, der fandt på det, da hun ringede engang i sidste Uge og hørte, at jeg stadig var så sløj, så spurgte hun om jeg ikke vilde op til dem og være en Tid for at komme mig; intet bedre kunde ske – allerede den 3die Dag forsvandt den dødelige Træthed - og du ser, at jeg nu næsten kan skrive normalt. Her er ganske vidunderligt på alle Måder, søde, hjertensgode Mennesker, et meget smukt Hjem, hvert eneste Rum er en Skønhedsåbenbaring, man føler, at hver eneste lille Ting er nøje gennemtænkt, her er mange gamle Ting, men også meget nyt, der er ligeså smukt; det er en hel Nydelse at gå rundt og se på alting og stadig opdage noget, man ikke før havde set. De er jo begge Komm[unister] men af den fredelige Slags, som man kan tale med – og vi er ofte inde på det kildne Emne. Ofte siger Agnes: ”Ja, hvis dét er sandt, hvad du dér siger, så er jeg ikke Kommunist. Og til Peter kan jeg ustraffet sige: ”hvorfor er det så frygteligt, at vi kalder meget af Jeres for Løgn, når I bestandig hævder, at alt vores er Løgn?” 
+En Dag havde vi besøg af Henrik Bichel, læge i Farum; det blev jo til snak om mine Søstre, dem han kendte, og tænk, så sagde han:” Ja, Elle er jo meget borgerlig!” Jeg fortalte om Elles lystige Liv og Levned om Vagabondtrangen fra Ungdommen osv – nej, han kendte hende godt, hun var borgerlig; og han er ikke Kommunist – kom tværtimod med de værste Udfald imod de ”forbandede Komm.”, Agnes tav smilende. 
+Noget efter sagde Henrik til mig: ”Ja, hvordan var det – var du ikke lidt halvforlovet med min Far?” ”Ok nej, jeg var mere end hélforlovet”. Men hvad synes du dog om det Stempel på Elle, som er kommen så meget i Rynkeby. Men måske tillægger han Ordet en anden Betydning, for mig betyder det ”spids_borgerlig”, og det er Elle da ikke. 
+3) Da jeg kom derop i Mandags, fulgte Axel med og var her til en af de snart mange hyggelige og muntre Frokoster vi har haft heroppe. 
+En Aften inviterede de Dr. Becks herop – vi fik fint Smørrebrød, _Snaps, Øl, Kaffe. Stemningen blev ophøjet – det var morsomt at se Dr.s i et helt andet Milieu – her var han mere løssluppen, fortalte en Masse om sine Skuespil – og vi drøftede Skuespilkunst – og Maleri – og sociale Forhold – alle morede vi os aldeles storslået – og det trak ud til de små Timer. Jeg har da fortalt, at Naborsak forrige Mandag inviterede Axel og mig ind at se ”Freden” (af ham) og Selskabsrejsen af Leck Fischer. Axel havde ikke Lyst, da han gik med lidt Maveforkølelse, vilde ikke risikere at måtte rende på WC derinde – og så tog vi Janna med i Stedet – kørte om efter hende og afleverede hende dér igen. ”Freden” var et meget betagende Stykke – det fik dårlig Kritik, men blev en stor Publikumssuccés, der stadig trækker fulde Huse – vist 5 Gange om Ugen – Dr. får Procenter – c. 200 – 300 hvergang! I ”Selskabsrejsen” blev jeg så betaget af Rooses Spil som ”Døden”, at jeg næste Dag skrev til ham og - fik det sødeste og meget taknemmelige Svar! Jeg viste Naborsak det, da de var her den Aften, han kunde godt forstå, jeg var meget stolt. 
+Nå, så er der i Information en alenlang Anmeldelse af Rohde, af Hohlenburgs Essay-Samling: ”Den trange Port”, Peter forærede mig Bogen, da jeg ikke vilde have Honorar, og jeg sagde til ham, at den Bog havde han absolut ingen Forudsætning for at kunne anmelde – jeg tror virkelig, at den Bemærkning har fået ham til at gøre sig mere Umage – ganske vist var der Uforskammetheder og til Slut var han direkte giftig, men der var dog saglige Perioder med hist og her virkelig Anerkendelse. Jeg har lige haft en lille Brevvexling med Hohlenberg, der var meget interessant, men det bliver for vidtløftig at komme ind på, desuden kan min Arm ikke mere. 
+Ikke mindst storartet har det været, at jeg heroppe har levet helt vegetarisk, og med megen Råkost. The er Lindethe med Citron i, og hver Formiddag får vi et Krus udpresset rå Saft af Rødbede, Kartoffel, Æble, eller af Appelsin og Citron. Agnes og jeg holder os helt til denne Kost – som føles livsalig – men den tykke, muntre Peter får hver Dag et Tilskud af ”rigtig" Pålægsmad, undertiden Kød. Agnes er på alle Områder knippel dygtig og meget flittig. Jeg har gjort mit Værelse i Stand – ellers intet, en dejlig Drivertid. 
+Jeg tør ikke ta et Ark til, man må være mådeholden med de nye Kræfter.
+Tusinde Hilsner fra din Dis 
+[Skrevet langs venstre margen på forsiden på ark 1:]
++) måske kan man blive Psykopat af at være Psykiater – hvem ved!
+[Skrevet langs venstre kant på sidste ark:]
+Ps. Det har været en gansk_e _dejlig Tid heroppe, men nu glæder jeg mig til at komme hjem til Axel. Han har telefoneret hver Dag – igår var han til Middag hos Lehmanns. 
+[Skrevet langs venstre margen på bagsiden af ark 2, s. 4:]
+ps. Peter og Agnes boede for et Par Aar siden i Kerteminde i Ferien. De spadserede til Munkebo – hilste på Maleren ved Kroen – gik over Drigstrup hjem, så Sybergs Grav. 
+[Skrevet langs venstre kant på bagsiden af ark 1, s. 2:]
+ps. fortsat. Et andet Aar var de i Sallinge, så Hillerlev Kirke etc. Ifjor var Peter på Færøerne – fortæller morsomt om alt deroppe. De har rejst meget – Paris – Sydfrankrig – Schweiz – Tyskland – sjove Mennesker.</t>
+  </si>
+  <si>
+    <t>1949-05-24</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Thora Cohn
+Adolph Larsen
+Andreas Larsen
+Grethe Larsen
+Henning Larsen
+Jeppe Larsen
+Johannes Larsen
+Martin Larsen
+Kirsten Larsen, Elena Larsens veninde
+Else Larsen, Else, Andreas Larsens kone
+Ellen  Sawyer
+Lars Swane
+Ane Talbot
+Ursula Uttenreitter
+Andreas Warberg
+Minna Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. Hansen, Keld, Per, Ole og Thyra var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0659</t>
+  </si>
+  <si>
+    <t>Andreas/Dedde Warberg har været på besøg hos Ellen Sawyer. Andreas og Else Larsen kom og snakkede. I øvrigt er der ikke megen kontakt mellem "Malerens" og de øvrige i familien. Kun Martin/Manse ses med Johannes Larsen til fuglesnak. Andreas/Puf Larsen er blevet lidt sær. Han er netop fyldt 50.
+Dedde tog videre til Lindøgaard, og man gik tur og så på afgrøderne. Det er trist, at Dedde fik en kone, som ikke passer til ham. 
+Louise/Lugge Brønsteds hus er ikke færdigt, og det bliver dyrt. 
+Martin/Manse Larsen køber mere jord. Erik/Tinge Larsen er hårdt spændt for.
+Johanne Larsen underviser Ole i engelsk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cB31</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Skrevet af ukendt:]
+modt. 25/Maj 1949
+(husk om Lugge!)
+besv. 31/5.
+[Skrevet af Laura Warberg Petersen:]
+19-1-2007.
+10-7-05
+8-8-2000
+BWP. 
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+Danmark.
+[Skrevet af ukendt:]
+16-7-05
+10-7-05
+[I brevet:]
+Lindøgaard 24-5-1949. 
+Kære lille Dis
+Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
+Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
+Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
+2
+Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
+Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
+Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1950-06-06</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Alfred Fly
+Johannes Hohlenberg
+Johannes Larsen
+Helga Nielsen
+Lauritz Pedersen
+Jørgen Schou
+Mette Schou
+Leo Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jørgen og Gretes søster var. Lille Marie kendes heller ikke. 
+Laura/Bibbe Warberg P. og hendes familie boede på Andkærgaard.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0662</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen har syet 50 servietter siden februar og også strikket til Laura/Bibbe Warberg Petersen. Nu syr hun nogle nye modeller.
+Det er dejligt, at Astrid/Dis skal til Småland.
+En fluesnapper har bygget rede over Astrids dør.
+Laura/Bibbe og drengen har været til middag, men han blev forvirret og græd meget. Lauritz er på rejse med bestyrelsen i en andelsfoderstofsforening.
+Laura/Bibbe er meget egnet til at få børn, og Johanne håber, at hun får flere. 
+Lise Warberg Larsen er på besøg på Sjælland, og Erik Warberg L. savner hende.
+Erik/Tinge og Martin/Manse har været hos Laura/Bibbe til middag. Pigen havde fri, så Bibbe havde travlt. Bibbe har fået voldsomt mange gaver i forbindelse med fødslen af Troels
+Johanne fortæller om Leo Swanes indkøb hos en tobakshandler i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/55oU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+10’ Juni 1950
+[Håndskrevet med sort pen:]
+besv. 15 Juni
+(m. Kassen med to hvide Jakker
+1 Sæt blåt Sengetøj – Ramme m. Billeder
+Skriveblok. Undertrøje)
+[Håndskrevet med blå kuglepen:]
+24-4-06.
+[Håndskrevet med sort kuglepen:]
+13-7-05.
+1-7-05.
+[Håndskrevet med blå kuglepen:]
+7-8-2000.
+BWP.
+[Håndskrevet med blæk:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Håndskrevet med sort kuglepen:]
+13-7-05
+[Håndskrevet i brevet:]
+Lindøgaard 6-6-50
+Kære lille Dis!
+Tak for dit lange og gode Brev! Nej, jeg var ikke bleven nervøs; tidligere betød det altid Sygdom, når der var længe imellem Brevene, men nu ved jeg, at det bare er, at det trækker lidt ud, og det gør da ingenting; du må ikke føle Brevskr. til mig som en Byrde eller Pligt. 
+I dette Øjeblik blev de 4 Servietter færdige, jeg skulde først have Kontrolassistentens 12 færdige. Nu har jeg siden midt i Februar syet 50, men hvor er jeg ogsaa flittig, at den megen Strik til Bibbe og andre tager jo også Tid! Og Strømpestopning! Naar jeg skriver smaat, er det for at nøjes med 1 Ark, saa Brevet ikke skal blive for tungt. Mens jeg husker det: Jo Tak, vi vil meget gerne have Trøjen. Tak paa Forhaand. I næste Brev kommer Udklippene og Fotografierne, hvor er de glimrende – især af Jørgen, det er en meget smuk Lighed. 
+Tænk, at I skal til Småland! Tillykke til det! Maaske gaar det meget bedre i Aar med Dres, nu er I ligesom forberedte paa hendes Uomgængelighed. Gid I nu maa få godt Vejr, det betyder meget deroppe. Og ikke alt for hedt.
+Er det ikke knagende billigt med de 100 Kr. for hele Somr'en for Tobedeab. men det er jo ogsaa Penge naturligvis.
+Jo, det var dejligt for dig – det med Hohlenberg, og saa at han kunde saa godt med Holger, det er altid morsomt når ens Venner kan sammen. Og tænk Dis, at I har Nattegale. Aa, hvor vilde jeg dog gerne endnu en Gang i mit Liv høre dens vidunderlige Sang, det giver hele vor Ungdom! Naa, vi har jo ogsaa mange Fugle. En lille Fluesnapper bygger Rede – og har lagt Æg – paa Gesimsen over vor Indgangsdør, du ved der er [Tegning] saadan over Døren. Er det ikke sjovt. Bibbe og den lille har det godt begge to. De var her med Drengen 2_den_ Pinsedag til Aftensmad, de har en lille Kasse til ham, som kan gaa ind i Bilen; desværre blev han saa opreven af Færden, saa han græd meget herhenne, saa de kommer vist ikke saa snart igen. Lauritz er ude at rejse. Han er i Bestyrelsen for ”Fyens Andelsforretn. for Korn og Foderstoffer" og hele Bestyrelsen er i Tyskl. Holland og Belgien for at se paa et eller andet. De kørte d. 2_den_ Juni i 4 Biler, første Dag til Hamborg. Bibbe kørte han til Odense om Morgenen. Desværre er der smadder-hedt, men det er da alligevel en dejlig Tur, skriver han; ventes hjem Lørd. eller Søndag. Jeg synes, det er saa dejligt for ham, at han nu ogsaa har været udenlands, han hører saa tit om vore Udenlandsrejser, og det er en stor Oplevelse for ham. - - Jeg tror, som du ogsaa antydede i et af dine Breve, at den lille Fyr vil have en god Indflydelse paa deres Samvær, Lauritz er saa glad ved ham. Naar Bibbe er saa velegnet til at faa Børn, som Dr. Fly sagde, hun var, burde hun jo have en til, hvad hun sikkert ogsaa hellere end gerne vilde, men nu skal vi saa se, om Lauritz gaar med til det. 
+Jeg glemte, da jeg skrev om Servietterne, at jeg har med min bedste Vilje ikke kunnet regne ud, hvad [Tegning] er for en; tegn den dog – for Sjovs Skyld lidt nøjagtig ud, saa jeg kan faa fat paa, hvad det er for en; men nu har jeg faaet lavet flere nye Modeller; blandt dem er denne med Karlen og Pigen, der danser om Majstangen, den synes jeg nu er vældig pæn den synes jeg du skulde beholde. Jo, den gode [ulæseligt ord] skal rigtignok have 4; og jeg vil godt sy dem for 1,50 hvis en eller anden skulde have Lyst til nogle.
+I dette Øjeblik læser taler [”taler” indsat over linjen] Speakeren op om et Skib paa 3000 Tons, der brænder, den hedder Mette Schou – mon det er Bufs Kone, der er kaldt op?
+Da jeg var midt paa 1_ste_ Side, kom lille Grete med Erik, og vi fik os en god lang Passiar, jeg har ikke set hende i flere Dage, da de har haft travlt med at gaa i Roerne, hun hjælper jo Tinge tappert. Lise er paa Sjælland hos Gretes Søster, det er lidt strengt for Drengen at undvære hende, for hun er for ham som en Mor; skønt hun rejste – vist – 22/5 - siger han endnu stadig hver Dag: Lise skal komme hjem. Ellers plejer de hurtigt at glemme i den Alder, men jeg tror, man kan sige, at Lise staar fuldt paa Højde med Grete for Lillebror. 
+Det er dejligt med den Varme, jeg sidder meget i Haven, og jeg tror, mit Knæ har godt af Solen, det forekommer mig, at der er Bedring i det nu. 
+I Søndags var Tinge og Manse paa Andkærgd. til Middag; Grete og Erik havde været der paa Dagen før. Desværre var det Pigens Fridag, det maa have taget lidt af Glansen, for naar Bibbe skulde passe baade Huset, den lille, Karlene, de fremmede og Kyllinger og Høns, saa kunde der jo knapt blive den Ro over det, selv om Grete self. hjalp hende. Men hvor havde Bibbe alligevel været lykkelig over at have dem. Hvor B. dog hænger ved sin Slægt. Grete var aldeles betaget over alt det Bibbe havde faaet, ja meget mere Tøj end Drengen vil kunne naa at bruge, men ogsaa Sølvting – Bæger Ske Gaffel o. s. v. Og af Blomster stadig et Væld. Ja, det var virkelig som Helga sagde – og du antydede – det er jo som en kongelig Fødsel! Visitter vrimler stadig ind, Lauritz er jo ogsaa meget afholdt og har mange Forbindelser, foruden saa alle Bibbes Venner. Paa den Tid, da vi barslede var det endnu ikke bleven Skik med saadanne Gaver, vel? Jeg kan da ikke huske noget om det. - - Det kunde da ellers være dejligt for dig og Axel at være der et Par Dage alene, kedeligt, at det ikke kan naa sig. – Apropos om en lille By’s Intimitet. Kender du Historien om ”Pibedrejeren”, ogsaa Tobakshandler. Det var da Leo Swane første Gang var i Kjerteminde. Dagen efter sin Ankomst kom han ind til Pibedrejeren for at købe Tobak; Lases havde bedt ham købe noget til dem. Saa siger Leo: Og saa skulde jeg have an Kasse Cigarer 
+[Skrevet på hovedet på side 2:]
+men hvad var det nu de hed”. Uden et Ord gik P. hen efter en Kasse og stillede for ham. ”Ja, det er dem, men hvor i al Verden kunde De vide det?” hvortil P. paa sin tørre Facon 
+[Skrevet langs venstre margen på side 2:]
+sagde” Jo, jeg saa Dem gaa forbi med Kunstmalerens i Gaar”. Du forstaar, Leo havde ikke med et Ord nævnt Kunstmalerens. 
+[Skrevet på hovedet øverst på første side:]
+Saa faar du til Slut saa mange Hilsner til Axel, og hils ogsaa lille Marie fra mig. Tusind Hilsner din Junge.</t>
+  </si>
+  <si>
+    <t>1950-06-21</t>
+  </si>
+  <si>
+    <t>Småland
+Majenfors</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Eline  Brandstrup
+Wisie Brandt
+Frits Branner
+- Faksø
+Adam Goldschmidt
+Brita Goldschmidt
+Hans Iuel
+Thyra Iuel
+Grethe Jungstedt
+Kurt Jungstedt
+- Kruuse
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie
+Pernille Marryat
+Ib Marryat Johansen
+Lauritz Pedersen
+Ruth -, pige i huset hos Johanne Larsen
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+- Thomsen, Kerteminde
+Andreas Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Astrid Warbergs svigermor hed. Heller ikke vides det, hvem "Englænderne" og Jørgen var. 
+Familien kendte flere ved navn Kruuse, men den her omtalte var formodentlig i familie med Eline Brandstrup. 
+Christian Brandstrups erindringer kan findes på internettet (maj 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0131</t>
+  </si>
+  <si>
+    <t>Johanne takker for det dejlige tøj og for "Mord-Romanerne", som hun straks har læst. Adolf vil læse dem til vinter. Hun spørger, hvordan det går med Adams ægteskab, og hun håber, at hans kone har skjulte talenter. Johanne spørger også, om det kan passe, at Ib Marryat tjener 1500 kr. om måneden?
+Johannes knæ har det bedre, men hun går ikke ud i haven, som er et vildnis.
+Man tager kartofler op på gården, og det er spændende, hvad de vil indbringe. Ruth tabte sit ur i marken, men en dygtig schæferhund fandt det.
+Frederik Andreas/Dede har været på hospitalet.
+Kornet hos Laurits og Laura har lagt sig ned. De har været på besøg med deres lille dreng.
+Thyra Iuel har også været på besøg med en bog og et servilt brev. Hun inviterede Larsen-familien på besøg. 
+Kurt og Grete Jungstedt kommer 14 dage til Danmark.
+Else og Andreas/Puf venter barn, og Johanne synes, det er en dårlig idé. 
+Johanne har solgt 12 servietter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y5jP</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside: Dis’ adresse er skrevet af afsender, andre bemærkninger af ukendt/BWP]
+Modt. ”Midsommardagen”
+24’ Juni 1950.
+besv. 1’ Juli 1950. 
+Fru A. Warberg Müller
+Puttabygget
+Majenfors
+Småland
+21-6-2000 BWP.
+Sverige
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard 21 Juni 1950
+Kære lille Dis!
+Nu har vi da aldrig Magen kendt! Sikken en Sending I skikker os fuld af alskens Gaver i saa rigt og overdaadigt Maal! Tusind Tak for hele Herligheden! Det blaa Tøj passer Agraren udmærket og er meget værdifuldt for os; den Slags Tøj har han jo kun paa en enkelt sjælden Gang, og han vil kunne have det i en Aarrække. Den hvide Trøje passer ham fuldendt, den anden ogsaa helt godt – men kan Axel da ikke passe det mere, siden han skiller sig ved det? Og Sagerne til mig! Tusind Tak for baade Trøje og Blok og Fotografier! Hvorfor er din Svigerm. dog saa god ved mig? hvor finder hun paa at sende mig saadanne dejlige Trøjer? er hun handlende? Men Tak hende saa meget fra mig. Og saa de dejlige Mord-Romaner! Hvor er det dog mærkeligt, som det forekommer èn at være en Hvile med saadanne i Virkeligheden ganske værdiløse Bøger. Det er saa længe siden, jeg har haft den Slags i Hænde, saa jeg læste dem øjeblikkeligt alle 4 – og er nu mættet og styrket til anden Slags Arbejde. Fra Agraren skal jeg takke saa meget. For Tiden naar han kun Fyens Venstreblad, mere Læsetid levner Landbruget ham ikke, men til Vinter bliver det Læsetid og saa er de uvurderlige for ham. 
+Og hvilket langt og indholdsrigt Brev, der dog fulgte med Herlighederne. Glade og gode Oplevelser. Aa, Dis hvor har det været skønt for dig at havde din kære Adam! Paa to halve Dage kan der jo naa’s meget. Havde Du nogen Fornemmelse af, hvordan det gaar ham med hans Ægteskab? Kan han nok stadig holde Brita ud, mon? Selvfølgelig kender han hende nu ud og ind efter saa mange Aars Ægteskab Lad os haabe, at hun har – for os – usynlige gode Egenskaber, vendt mod ham, ellers var det da ikke til at holde ud. En lille simpel Mær er hun jo, men forhaabentlig har hun lidt i Behold, som Du ikke faar Lejlighed til at se.
+Og Ib! Ja, det var sandelig ogsaa store og mere indgribende Nyheder. Gid det maa gaa for ham, det vilde være skønt baade for ham og Janna og derigennem for lille Nille. Men Dis, er Du ikke kommen til at skrive forkerte Tal ang. hans nuværende Indtægter 1200 Kr. + 300 Kr om Maaneden! Det lyder for mig ganske svimlende. Det er som hele Lindøgaards Omsætning hvoraf det allermeste gaar til Driftsomkostninger. Kan det passe? Svar paa dette! Og det skulde ikke kunne slaa til. I saa Fald maa de ikke rangere højt som Økonomer. 2 Jo, nu gaar det godt fremad med Knæet; jeg var forleden gaaende op til Hjørnet af Haven, hvor der endnu staar en Bænk, som jeg saa hvilede paa. Jeg kan ellers ikke ret godt taale at gaa i Haven, fordi den snart er et fuldkomment Vildnis; her er ikke Arbejdskraft nok paa Gaarden. Markerne og Dyrene passes Tip Top, men der bliver ikke Tid og Kraft til mere. Nu fik vi i Gaar Aftes en hel god Regn, hvad vi trængte saa umaadeligt ["t" i slutningen af ordet overstreget] til; der er dog ikke tale om Bundbløde, der er langt igen, men det vi fik frisker alligevel paa det Hele. Vi tager vore tidlige Kartofler op i disse Dage 4 Mand foruden Manse. Agraren kører Kasser ud og ind og vejer af. I Aftes var sanket 100 Kasser med 20 Kg. i hver. Saa kommer Fragtmanden om Morgenen og kører dem til Auktionen i Odense. Det er mægtig spændende, hvad vi faar for dem. det er lidt af et Lotterispil, hvad Prisen bliver. I Forgaars tabte Ruth sit Ur derude – hun hjælper ogsaa til al den Tid, hun kan afse fra Husgerningen, ivrig og sød er hun sandelig, den gode Ruth. Der var jo stor Sorg, og hun cyklede straks op til en Mand i Munkebo, som har en ualmindelig dygtig Schäferhund. Han kunde ikke komme sm. Dag, men først i Gaar. Efter 10 Minutters Søgen fandt den Uret! Ruth var lykkelig. Saa smed Manden sin Pung et Sted i Marken og snart efter kom Hunden med den. Saa sagde Manden til den: Kan Du saa gaa hen til Manden med den (Manse stod der) og straks travede den hen til Manse med den. Jeg har lige ringet Historien ud til Fyens Tidende, det var da det mindste, vi kunde gøre for ham, der er en Snedkermester Faksø; han blev selvfølgelig tilbudt Penge, men vilde ingen have. 
+Elle ringede forleden; hun havde haft Brev fra Mornine, som blandt andet skriver ”Dede var nok kun faa Dage paa Hospitalet, de vilde ikke operere ham” og ud over dette intet, hun maa jo mene, at Elle vidste om det. Det maa vel være hans Mavesaar, som det nu er bleven galt med igen. Bare han dog vilde være lidt forsigtig, men det vil han jo desværre ikke. 
+Dit Brev var dateret d. 15_de_, og det saa ud til at Kassen var sendt samme Dag; vi fik den d. 20_nde_! De er saa smølevorne paa Stationen, lader Pakkerne ligge til det passer dem at komme med dem; men du 3 kan da ikke forstaa, at du først nu hører fra mig. Gid I nu maa faa en god Tid deroppe i det vidunderlige Majenfors. Godt Vejr og en nogenlunde harmonisk -- naa ja, altsaa! 
+Hos Bibbes staar alt vel til, Drengen trives da godt, det er jo det vigtigste. Bibbe ringede i Aftes, de havde, ligesom vi, haft Torden og Regn, men hos os havde Regnen været mild og fin, hos dem havde en lang Byge været saa haard, at Kornet var slaaet ned; Laurits saa meget mistrøstig paa det, men der er da en svag Mulighed for, at det vil kunde rejse sig igen; hvis ikke er det jo en Katastrofe, naar det falder paa det Udviklingstrin det har nu, grønt og blødt. De var her for en Uges Tid siden, en Aften til Kaffe, Tinge og Grete kom ogsaa, og vi havde saadan en dejlig Aften; den lille Fyr sov i sin lille Kasse hele Tiden, vi saa ham slet ikke uden et lille sovende Overansigt; han bliver sat ind i Sovekamret, og der virker han alt, hvad han kan med sin lille Søvn. Laurits fortalte hele Aftenen om sin Rejse; han havde Kort med, saa vi fulgte Ruten og hørte om alle Oplevelser og Byerne og det hele. Han var saa glad den gode Laurits; jeg gad vide, om han ikke var lidt stolt over, at nu var det ham, der kunde fortælle om Udenlandsrejse, aa, hvor jeg undte ham det. i Hamborg havde de været i Sct. Pauli – eller hvad hed det, der hvor vi var m. gl. Thomsen. I det Forlystelsessted, hvor de havnede var det Skik, at en af Gæsterne blev valgt til at dirigere Orkestret (Sjov altsaa) Direktøren for Laurits’ Selskab havde peget paa Laur., og saa blev det ham, der maatte op og dirigere 2 Numre; de gjorde store Øjne over denne Kapacitet, det var Ting, som L. kendte og kunde ud og ind og han blev hyldet og fotograferet. 
+Jeg havde forleden et lille Formiddagsbesøg af Thyra Juel hun kom med den Bog, som Jørgen B. havde sendt hendes Mand – ikke som Gave, blot for at se den. Det var en hjemmelavet Bog fra T. Elines Bryllup, skrevet og illustreret af Joh. Kruuse el. 1 u? [”el.1 u?" indsat over linjen] og Holger Rützebæk, nydelige smaa Tegninger fra Lundsgd. et langt Digt om Sagnet om Jomfruhøjen m.m.m. Med den fulgte et langt brev fra Jørgen, servilt og meget svulmende. Jeg maatte grine! Og var ikke ret stolt af min Familie. Sagen var at T. Elise havde skrevet til ”Hr. Godsejeren” og bedt ham fortælle hende, om den endnu stod 4. stod et Navnetræk, som hendes Bror en Gang havde skaaret i et bestemt Træ; det gjorde der, og han svarede hende; paa hendes Svarbrev, som fulgte m. Bogen, kunde jeg se, at Juel maatte have inviteret hende; hun takkede ham for hans ”ridderlige” Brev, men hun rejste ikke mere, da hun er 86 Aar. Thyra var jo meget for dannet til – ligesom jeg – at grine over Jørgens Brev, men jeg kunde se, at hun gjorde det indvendig. Det var sødt af hende at komme og vise mig Bogen og [skrevet oven over linien:” Bogen og”] Brevet. Hun vil komme en Dag og hente mig derud, Agr. og Manse blev ogsaa inviteret derud, men de afslog. Pudsigt nok havde jeg laant hende Onkel Christians Erindringer, som jeg altid har syntes var fortræffelige, ogsaa fordi man af dem kan læse om en Haandværkssvends ”Gaaen paa Valsen” for 65 Aar Siden. X Hendes Mand havde ogsaa læst den med Interesse. 
+Mon du ved, at Grete og Kurt Jungstedt har lejet Værelser hos Fritz Branner, vist en 14 Dages Tid, Kurt vilde gerne lære Nordsjælland lidt at kende. Grete kommer til Elle paa Mandag for at være et Par Dage inden Kurt kommer. Dejligt for Elle. Marie og Uglen kommer til Malerens den første Halvdel af Juli, derefter kommer Putte og Mornine. Else venter et Barn omkring ved d. 20_nde_ August. Gud ved, om de dog er ret begejstrede, jeg synes ikke rigtig, jeg kan være det. Else er saa tynd og mager, og Puf med intet Levebrød. Gid det maa gaa dem vel, de gode Mennesker. 
+Marie kommer saa her sidste Halvdel af Juli, til August Englænderne. Har jeg skrevet om dem? – Tænk at man er lige ved Juli og skal sidde og fryse saadan, som jeg gør i Dag, det er lige haardt nok. Nu har jeg afhændet mine 12 Servietter til Kontrolassistenten, han var selv kommen i Tanker om, at det var for lidt, jeg havde forlangt, saa han betalte 12 Kr. for dem; saa har jeg altsaa tjent 17 Kr., ja ja, ”det spæ’er dog” som lille Visse Brandt sagde. 
+Nu faar du saa til Slut igen saa mange Tak til Jer begge to for alle de dejlige Gaver og tusinde Hilsner fra Junge.
+Ruth er stadig vældig sød, flink og renlig, altid saa behagelig af Væsen, men jeg er bange for, at hendes Mor vil have hende hjem til Vinter. 
+[S. 2 øv., skrevet på hovedet:]
+En myrdet Flue. Undskyld 
+[S. 4 i sidens venstre kant:] X Jeg lånte hende den, fordi jeg synes, den ligefrem dufter af Tranekær, hvor Thyra jo stammer fra.</t>
+  </si>
+  <si>
+    <t>1950-07-05</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
 Ellen Agnete Amstrup
-Louise Amstrup
-[...9 lines deleted...]
-Johanne  Larsen
+Adolph Hitler
+Thyra Iuel
+Adolph Larsen
+Marie Larsen
+Rasmus Larsen
 Christine  Mackie
-Astrid Møller
-[...24 lines deleted...]
-[Resten af brevet mangler]</t>
+Axel  Müller
+Lauritz Pedersen
+Christine Swane
+Lars Swane
+Sigurd  Swane
+Harry Truman
+Ursula Uttenreitter
+Fritz Warberg
+Karen Warberg
+Minna Warberg
+Torkild Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Puttabygget var for et sted i Småland. 
+Onkel Toms hytte er en roman af Harriet Beecher Stowe, udgivet som bog i USA 20. marts 1852. Bogen medførte en voldsom offentlig debat, og bidrog derved til den senere ophævelse af slaveriet i Nordamerika. Bogen var en medvirkende faktor til, at Sydstaterne startede den amerikanske borgerkrig ved at åbne ild mod Fort Sumter den 12. april 1861 (Kilde: Wikipedia dec. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0551</t>
+  </si>
+  <si>
+    <t>Det er koldt.
+Godt med bøger og tiltag, der kan vække samfølelse og forandre verden. Der er trods alt fremgang, og Johanne/Junge tror ikke, at Rusland ønsker krig.
+Fritz Warberg har været på besøg. Han fortalte om sine forældres ægteskab, som ikke har været nemt for faderen. Moderens nerver er "meget sløje". Fritz bestilte 12 broderede servietter hos Johanne.
+Christine Mackie har været på besøg hos familien i Nordjylland. Hun skulle have sunget i radioen, men blev syg.
+Lars og Ursula Swane har været på besøg. De solgte billeder i Odense. 
+Naboens lille Jørgen kan ikke forstå, at Johanne kan klare at sidde så meget alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JQ1X</t>
+  </si>
+  <si>
+    <t>X
+modt. Fredag Morgen, 7/Juli 1950
+besv. Fredag 21’ Juli. ”
+Fru A. Warberg Müller
+Putta bygget
+Majenfors
+Småland
+Sverige
+[Skrevet af ukendt/Laura Warberg Petersen?]
+23-7-2000
+BWP.
+[Skrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard Onsd. 5-7-1950
+Kære lille Dis!
+Tusind Tak for dit lange og gode Brev! Jeg synes da det ser ud som om I har det helt godt derovre. Bare det, at Dres og du har fælles Interesse i de lange Ture, at hun er med på lidt æventyrligt, hvad alle vi jo altid har gouteret – det er sandelig meget værd, og det maa bære over meget. Gid nu Vejret maatte tænke paa at det jo er Sommer og ikke stadig gerere sig som om det var Vinter; jeg er i fuld Vinter-Kluns endda med min varme house-coat og har endda ondt ved at holde Varmen. Og sikken I dog svælger i alskens Godter: Dadler, Figen og Bananer – Sager man mindes som noget helt oldnordisk. Den Bog, du skriver om, vilde jeg da grumme gerne læse en Gang, og det kunde jo være, at Holger vil give dig Lov til at sende mig den; det er jo vidunderligt at læse virkelig god Lekture. Jo, Dis, Gudskelov for de ”enkelte Röster”, saadanne er jo alle store Fremskridts Begyndelse; hvad har ikke den ene Bog: Onkel Toms Hytte betydet i Verdensopinionen overfor Ikke-hvide Mennesker – for at tage et eneste lille Eksempel. Og trods alt det uhumske i Tiden, synes jeg alligevel, der vises saa megen Godhed og Samfølelse for at læge Tidens Saar, man kunde nævne meget: Red Barnet, Røde Kors, dette at f. Eks. danske unge tager til Tyskland for at give dem Begreb om lidt menneskelig Kultur, at danske unge deltager i flere Landes Opbygningsarbejde – alt det viser en i sit Væsen kristelig Tankegang, hvis Betydning for Menneskehedens Trivsel jo er uomtvistelig. Jeg synes ofte, jeg ser Spirer til Fremgang, selv om de endnu kun er spæde i Forhold til alt det uhumske, der sker. Krigen! Ja, der er jo det underlige at man jo maa synes, det er rigtigt, at Truman greb ind, for de Satans Kommunister skal vide, at de ikke kan faa helt let Spil med os andre; det var en Prøve-Ballon fra deres Side, og jeg synes, det er uvurderligt, hvis den mislykkes for dem. Og tro mig, Rusland vil absolut ikke Krig (Verdenskr.) dumme som Hitler er de jo ikke, men ved, hvad Følgen bliver, hvem der end sejrer, jeg mener, selv om de selv skulde vise sig at være de stærkeste. Jeg er i hvert Fald ikke bange for en Verdenskrig, men 100 pc.t.s Vished har man jo ikke. 
+I Mandags Formiddags ankom i Bil lille Fritz fra Brædstrup, han havde været hjemme til Dedes Fødselsdag og var kommen i Tanker
+2.
+om, at han slet ikke kendte os, Agraren og Manse og Tinge har han aldrig set; det var sødt af ham at bestemme sig til at køre her om ad for at hilse paa os. Han faldt saa storartet til, Manse syntes saa over ordentlig godt om ham og gav sig Tid til at snakke med ham – han var netop herinde, da han ankom. Han blev til en Times Tid efter Middag og der blev Tid til megen Snak. Jeg blev lidt betuttet over at høre ham tale om sin Mor, for jeg vil just ikke sige, at han strømmede over af Beundring, og han kan godt se, at Dedde ikke har haft det godt i sit Ægteskab. ”Far er jo saa godt [”t” sidst i ordet overstreget] som Dagen er lang” sagde han. For Resten mente han, at Dedde havde det saa godt, Humøret saa udmærket, og han synes nu at ville underordne sig Ubehagelighederne ved en streng Diæt. Minna har ingen Pige, og hendes stakkels Nerver er vist meget sløje, det maa nu heller ikke være nemt. Putte var hos Torkilds i Aalborg; hun skulde have sunget i Radioen deroppe fra, men fik en Tandhistorie, og vi sad her og ventede paa hendes Sange, men der kom andre Ting i Stedet. Jeg troede Mornine var bleven alvorlig syg, (hun ligger jo paa Blegdamshosp. p. Gr.a. et meget slemt Hjerteanfald, men er nu bedre), og at det var Grunden, men via Nina paa Glorup og Nete fik jeg Opklaringen. Putte var altsaa med Torkilds til Deddes Fødselsdag, de havde alle syntes, at hun havde udviklet sig saa godt paa alle Maader, mere afdæmpet, sagde Fritz. - - I Gaar gjorde Ruth Hoved-rent her i Spisestuen; hun har været flink til at tage det som en Selvfølge, at det tilkom hende, ellers skal man jo helst have det til Side, naar en ny Pige kommer til Maj. Lasse og Ursula havde kørt Rie og Uglen t. Kjertem., været der en Nat, var kørt til Odense for at sælge Malerier, de havde hele Bilen fuld af de skønneste Malerier, Sigurd Sw., Uglen, Lasse selv og mange andre; de slæbte dem alle ind, da de an [”an” overstreget] ved 8 Tiden kom X. Lasse kørte straks ned eft. Tinge og Bror [”Bror” overstreget] Grete, saa de kunde se med. Det var dejligt at se paa saa megen god, ja fremragende Kunst. Lille Bror var med og opførte sig mønsterværdigt; den første Time var han helt stiv af Betagelse. De blev her om Natten, Ruth var til Haandbold, men havde passet alt til til Aftenkaffen, inden hun gik, Grete redte saa 
+X [Skrevet langs sidens venstre kant:] Her var rodet af Hovedrengøringen, men Stuen var da klar
+3.
+op til dem, i Manses Seng og Gæstekammersengen, Manse flød saa paa Hjørnesofaen i Stuen, han tager det ikke saa nøje for en Nat. De kørte igen i Morges, før jeg kom op.
+Paa Lørdag Morgen tager vores flinke Ruth paa Sommerferie og bliver borte til den 17de. Saa tager jeg hen til Bibbes, hvad jeg glæder mig til. Saa kan Thyra hente mig der, det er ikke saa langt; fortalte jeg, at hun absolut vil have mig til Lundsgaard en Dag, men når det ikke er bleven af endnu er det p.Gra. daarligt Vejr, det skulde helst være fint, naar jeg skal derhen.
+Du maa da have troet, jeg nærmest var Idiot, at jeg ikke kunde finde ud af, hvad ”Kransen” var for en, men jeg havde ikke fjerneste Erindring om, at jeg havde syet den til dig, jeg gik dem alle igennem i Tankerne og mente, at den 10ende var en helt anden. Tænk Fritz bestilte 12 hos mig, da jeg viste ham Servietterne: jeg har nemlig syet 12, som jeg vil beholde som Mønstre, det er meget nemmere at sy efter end dem i Mønsterbøgerne, dem saa han og blev saa begejstret over, at han bestilte 12, og du maa undskylde mig, at jeg kun tog 1½ Kr. pr. Styk det bliver dog 18 Kr. og saa har jeg oven i Købet den Glæde som det er mig at sy dem.
+Den lille Jørgen fra Rasmus Larsens kommer af og til ind og besøger mig, han er en kostelig Dreng. Forleden sagde han til mig: Sitter du alti’ her ine (ene)? Ja, det gør jeg da, og saa sagde han: Det va’ der ikke Manne aa ku’ gør’. Han maa jo have hørt dem sige noget om det hjemme. Men, Dis, der er virkelig ingen Grund til at beklage mig, for jeg befinder mig vel godt [”godt” indsat over linien] nok ved det, og hvis jeg ikke sad her, hvad tror du saa ikke, der vilde falde paa mig af Arbejde i disse Tider, hvor det er saa vanskeligt at faa Hjælp, Arbejde som maaske vilde overstige mine Kræfter og derfor gøre Livet surt for mig. Gud give Ruth vilde blive til Vinter, men det er tvivlsomt, Moderen længes saa forfærdeligt efter at have hende der i Omegnen. Tænk, Ruth har lige i dette Øjeblik foræret mig en henrivende Gloksinia her var en Blomsterbil, men jeg sagde, jeg kunde ikke købe, og saa købte hun den til mig, hun er en god Pige. - - Saa faar du vist ikke mere denne Gang, men hils nu den gode Axel saa mange Gang og hils ogsaa Dres, jeg tænker paa hende med Taknemmelighed her fordi hun 
+[Skrevet på hovedet øverst på sidste side:]
+underviste Bibbe uden Betaling. Og saa tusind Hilsner til dig selv fra din Junge.
+God Bedring m. Astmaen!</t>
+  </si>
+  <si>
+    <t>1950-07-26</t>
+  </si>
+  <si>
+    <t>Lindøgaard
+Dræby Station</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Christine Swane
+Lasse Taaning
+Aage Taaning
+Fritz Warberg
+Astrid Warberg-Goldschmidt
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver et langt brev til søsteren Astrid Warberg Müller (Goldschmidt) med diverse store og små nyheder fra hjemmet på Lindøgaard i Dræby ved Munkebo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iPJz</t>
+  </si>
+  <si>
+    <t>På konvoluttens forside:
+27 Juli 1950
+besv. 30 Juli
+Fru Astrid Warberg Müller
+Bakkevej 10
+Hareskov St.
+På konvoluttens bagside:
+Lindøgaard Dræby St. Fyen.
+læst 7-5-02.
+Lindøgaard 26-7-1950
+Kæreste lille Dis!
+Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
+det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
+Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
+det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
+Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
+Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
+En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
+Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
+Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
+Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
+Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
+  </si>
+  <si>
+    <t>1950-08-14</t>
+  </si>
+  <si>
+    <t>Holger -
+- Agner
+Johanne Christine Brandstrup
+Grete Gylden Thomsen
+Britta Ipsen
+Ole Kraft
+Adolph Larsen
+Johannes Larsen
+Marie Larsen
+Axel  Müller
+Helga Nielsen
+Johanne Oppermann
+Lauritz Pedersen
+Ruth -, pige i huset hos Johanne Larsen
+Christine Swane
+Albrecht  Warberg
+Dan Warberg
+Laura Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0552</t>
+  </si>
+  <si>
+    <t>Johanne/Junge broderer servietter.
+Hun har betændelse i næsen og maveproblemer.
+Troels er blevet døbt. Johanne og Adolph/Agraren var ikke med i kirken, men på Andkærgaard bagefter. Der blev pakket gaver ud i haven i dejligt vejr. Både Laura/Bibbe og Lauritz er lykkelige. 
+Marie Larsen er på besøg, og hun broderer hele dagen.
+Dan Warberg har også været omkring Lindøgård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8032</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+XXX
+modt. 15’ Aug. 1950.
+et festligt Brev.
+besv. 23’ Aug. August 1950.
+(om min Bog og Frits’ Besøg.)
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-7-2000.
+BWP.
+50
+[Skrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard Mand. 14-8-1950
+Kære lille Dis!
+Tak fordi du skrev saa omgaaende og som altid saa interessant og indholdsrigt. Det er li’egodt rart med Breve, saa vi kan følge med i alt om hinanden.
+Nu har jeg allerede været oppe i flere Dage, men føler mig stadig som en Klud, ja ikke stort bedre end efter mine store Sygdomme. Jeg har er [”er” indsat over linjen:”] er endnu ikke begyndt at bestille noget og har dog saa meget at lave. Tak for Bestillingen af de 6 Servietter til Holger, kunde du ikke spørge ham om Tidspunktet (Julegave?) for hvis det ikke haster, kunde jeg tænke mig at sy de 18 som Manse skal have og som altsaa bor her, saa jeg altid har Modeller at sy efter. Dem kunde jeg saa sende dig til Eftersyn, saa kunde jeg [”jeg” overstreget] han selv pille de 6 ud, som han vil have; de er jo nemme at returnere i en stor Konvolut. 
+Jeg fik sendt Bud efter Dr. Agner, da jeg efterhaanden blev lidt nysgerrig efter at vide, hvoraf den standhaftige Feber kom. Det viste sig at være Betændelse i Næsen, deraf de hæftige Smerter hen over Næsen i Begyndelsen af Forkølelsen Nu drypper Marie mig 4 Gg. om Dagen og Feberen er ovre. Jeg tror nu at min Afmagtstilstand kommer fra Maven, der har tet sig kedeligt hele Tiden og har den lille private Mening, at det er en Streg af Para-Dysenteri, som jeg havde for en halv Snes Aar siden og derfor nok ved, hvordan en saadan tager paa Befindenet. Jeg holder Diæt og spiser meget lidt. 
+Nej, der var saamænd ikke noget letsindigt i Barnedaaben; Agr. og jeg kørte først derhen Kl 12, de andre som skulde fungere i Kirken blev hentet af Lauritz tidlig paa Morgenstunden, da Gudstjenesten var Kl 8 ½ (!) Det var gaaet saa godt, Bibbe bar, Grete stod hos, Lauritz og Manse stod Faddere. Jeg morede mig over din lille spøgefulde Bemærkning over, at jeg event. skulde ”bære”, især da jeg saa maatte tænke mig, at jeg i saa Fald maatte have Drengen i en Rygsæk, da jeg jo maa have mine Arme til at bruge Stokkene. Menigheden vilde nok have kigget! Det blev en saa henrivende Dag, kun os 6 [”6” indsat over linjen] som Gæster, altsaa 9 til Bords baade Frokost og Middag 
+II 3. Slags Vin, som jeg nød. Jeg huskede, da jeg havde Para-Dysenteri var jeg vild
+efter Vin, og det har jeg ogsaa været i denne Sygdom.
+ganske dejlig Mad, alt saa nydeligt. Jo saa ovenud festligt, og Bibbe saa straalende glad, hvor er hun lykkelig over sin Dreng, jeg synes aldrig jeg har set saa stor en Lykke over et Barn. Du kan tro, at den Dreng vil forandre l [”I” overstreget] meget i alle Forhold paa Andkærgaard; for ogsaa Lau. er lykkelig over ham. Der var et Væld af Gaver; da vi kom Kl 12 var de alle – også Troels - i Haven i det herlige Solskin, der laa Gaverne uoppakkede paa Havebordet. Dejlige Blomsterbuketter, forskelligt til Drengen og saa alle Bibbes Gaver. Troels fik smaa Las-Træsnit baade af Manse og Tinges. Jeg gav ham de to Par Kopper X [”X” indsat over linjen], som Far og Mor fik til deres Sølvbr. af Johanne Oppermann. med L.W. og A.W. og Datoer med forgyldte Bogstaver paa Underkopperne. Kan du huske dem? De kan jo ligesaa godt gaa til den Gren af Familien. Bibbe fik af mig [”af mig” indsat over linjen] 10 Servietter (nu har hun 18) og 20 Kr. til Hjælp til en Visittaske; ogsaa Penge fra Marie og Uglen dertil, hun havde nu faaet en af Lauritz (henrivende) men det vidste vi jo ikke, saa maa hun bruge Pengene til andet.
+[Skrevet langs sidens venstre kant:] 
+X Mon et Barn nogensinde før har faaet Kopper til sin Daab. 
+Om Eftermid. kom Helga og Brita og fotograferede os; Bibbe m. Troels og Grete hos, og dernæst os alle. Ja, du kan ikke tænke dig, hvor det var en skøn Dag, og tænk i denne Sommer at faa et saa pragtfuldt Vejr. Det var lykkeligt at opleve den Dag. Vi var alle sammen saa glade. Troels var bedaarende, han trives og blomstrer, saa det er en Lyst.
+Jeg maa fortælle dig lidt om mit Doktorbesøg. Da han var færdig med mig, skulde have Te og blev budt ind i Stuen. Næ, sagde han, vi maa da sidde hos Dem, ellers skal vi sidde og raabe til Dem, der staar jo et Bord og saa begyndt han at rydde af mit lille Vaskebord, anbragte alle Smaatingene i Vinduerne, de store ting paa Gulvet, flyttede Bordet (der heldigvis var belagt med et rent og fint Pyntehaandklæde) hen til min Seng og saa havde han, Rie og jeg et Par fornøjelige Timer med Passiar og Røg. Han er forfærdelig sød den lille Doktor.
+Jeg skal hilse dig fra Rie. Hun sidder og syr hele Dagen, et mægtigt Korsstingsbroderi en Bordløber, som Manse er saa begejstret for og som han vist ogsaa skal have til Jul
+III
+det bliver vidunderlig smukt, Marie har jo en udmærket og en sikker Smag til at sætte Farverne sammen, hun er jo ikke for ingenting af Las-familien. Kun indvender jeg, at hun er for flittig tænk, hun kan sy ustandselig fra Morg. til Aft. nej langt ud paa Aftenen og faar eft. min Mening alt for lidt ud af sin Ferie, er for lidt i Luften, gaar ikke en ordentlig Tur hver Dag.
+Samme Dag, som jeg fik dit Brev, fik jeg 2 andre fra Hais, den gode trofaste Hais, som sendte mig er Udklip, der berømmede Grete Gyldens Klaverkoncert i Tivoli. Hais havde været der med Birgit.
+Og saa fra lille Dan Warberg, som takkede for sit lille Besøg her: han cyclede efter Ferien – 30te Juli tror jeg – fra Brædstrup til Kbhvn. og havde saa ringet og bedt om han måtte overnatte her, hvad han jo heller end gerne maatte. Marie var her jo, men saa foreslog Ruth, at hun laa oppe hos sin Søster i Munkebo, og saa laa Dan i hendes Værelse – nok saa snildt. Han er ubeskrivelig sød og vi havde saadan et godt lille Samvær med ham.
+Ja, du har Ret i dine Betragtninger over Navnene. Troels Lauritz Petersen har en udmærket Klang, hvorimod Warb. Navnet ikke rigtig passer, men Bibbe er nu saa glad ved det Navn, hun har altid kaldt sig det, især paa Sygehusene kan de ikke have alle de 
+-sen Navne. - - En Ting til fra dit Brev: Nej, jeg vil sandelig holde paa Ordet: Aand og ikke Kraft, for med Ordet Kraft tænker man absolut paa noget fysisk. (Ole Bjørn Kraft) f. Eks. hvor mange Heste-Kraft o.s.v. jeg synes, det er en rigtig daarlig Erstatning de der har lavet for det smukke Ord: Aand.
+Dejligt at høre at Axel har det godt.
+Bankede du? Hils ham saa meget.
+Nu fik jeg min Salighed da griflet et rigtigt Brev sammen, godt gjort! Men jeg tror nu ogsaa, jeg begynder at mærke lidt tilbagevendende ”Kraft”, - som altsaa for Fremtiden har to Betydninger. 
+Saa Farvel lille Dis, kærlig Hilsen fra din Junge.</t>
+  </si>
+  <si>
+    <t>1950-08-28</t>
+  </si>
+  <si>
+    <t>Nelly -
+Joy Deason
+Ina  Goldschmidt
+Matilde Jungstedt
+Andreas Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Holger  Møller Hjorth
+Ellen  Sawyer
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Per, Ole og Dessau var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0664</t>
+  </si>
+  <si>
+    <t>Else og Andreas/Puf har fået en lille dreng. Efter to dage blev han syg og indlagt og døde. 
+Johanne Larsen har fået konstateret, at hun har næsebetændelse. Hun syr lyseduge og servietter.
+Det er morsomt med Astrids forfatterskab. 
+Kornhøsten er overstået. Martin/Manse har forsøgt sig med nye afgrøder. Dagen før ankom to englændere, som Martin kender fra sin tid i England. Johanne og Adolf har dårligt råd til at have dem på besøg, men de er nødt til at gengælde deres gæstfrihed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rqX8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Warberg Müller
+Bakkevej 12
+Haveskov St
+[Skrevet af ukendt:]
+Aug 1950
+modt. 11 Jan. 1941 [linjen overstreget]
+25-1-2002.
+29-7-2009
+[På kuvertens bagside:]
+Lindøgaard Dræby St.
+[I brevet:]
+Lindøgaard Mand. 28-8-1950
+Kære lille Dis!
+Tak for dit gode Brev! Jeg fik det i Fredags, og det kom saa uhyre tilpas som en Opmuntring i den store Sorg, vi lige var bleven ramt af. Jeg har paa Fornemmelsen, at jeg aldrig har faaet dig fortalt, at Else (Puf) ventede sig en lille; de havde hele Tiden sagt d. 20/8, og en dejlig lille Dreng kom d. 23_de_ ved 3 Tiden om Natten; det var gaaet saa uhyre let for Else, og det hele kun varet et Par Timer. Else havde glædet sig saadan til det lille Barn, og som du kan tænke dig var Lykken stor. Marie, Bibbe og Elle, som naaede at faa ham at se, har sagt, at det var saadan en ualmindelig dejlig Dreng, og han laa og sov saa trygt og saa saa sund ud, men Natten til Fredag blev han syg, Doktoren fik ham paa Sygehuset i Odense, hvor han døde om Morgenen. Det var et forfærdeligt Slag, det gjorde os saa bitterlig ondt for Else, men alligevel var det jo godt, at Drengen ikke var bleven større end de to Døgn. Bibbe var saa ude af sig selv af Sorg – hun havde været der om Torsdagen med Marie, som skulde rejse Dagen efter og derfor fik Lov at komme ind til hende og set det hele saa lykkeligt Else laa og straalede, et Blomsterflor var der det hele saa smukt og godt – og saa det hele vendt til Sorg og Smerte. 
+Jeg ved ikke rigtig om jeg i mit sidste Brev fortalte om mit Doktorbesøg, hvor det blev konstateret, at det var Næse-Betændelse – er det dog ikke kunstigt, som jeg altid hitter paa mærkelige Sygdomme. Marie dryppede saa min Næse, og saa maa det vel være gået over, jeg kunde ellers ikke mærke noget, det var kun den stadige Feber, der fik mig til at faa fat i Doktoren. Der gik 3 Uger ialt ["ialt indsat over linjen], hvor jeg var til ingen Ting, hvilket vil sige, at jeg ikke bestilte Haands Gavn. Men nu er det jo et overvundet Stadium, og mit Knæ bedres ogsaa helt godt, men Doktoren mener nu ikke, jeg skal gaa paa det ud over, hvad der er nødvendigt. - - Nu har jeg syet 17 Servietter til M. alle forskellige, men hvis det ikke haster med Holgers, vil jeg først sy den Lysedug til min gamle Veninde Nelly i Amerika, Putte skal have den med, naar hun rejser hjem.
+Jeg synes, det er saa forfærdeligt morsomt med dit nye Forfatterskab, du kan vist sagtens skrive noget, der er bedre end, hvad der foreligger, dog maa jeg siger ["r" sidst i ordet overstreget], at jeg ikke kender stort til dem – Drengebøger med spændende Æventyr morer mig at læse (jeg har fortæret Masser af Pers og Oles Bøger) men Ungpigebøger er jeg altid gaaet udenom i en stor Bue. Dine bliver nok med lidt Humør i. Det var morsomt at høre om dit Sjumse-Besøg pg den lille Solstraalefortælling om Dessau. 
+Du spørger om Høsten – ja Kornhøsten var til Ende, før vi fik Regn, vi havde ikke saa meget med Korn i Aar; Korn er det som paa disse magre Jorde daarligst taaler Tørke (hvad vi jo altid plages af netop paa den Tid, hvor det gerne skulde regne) derfor er Manse slaaet ind paa saa meget andet. Han har i Aar haft: Tidlige Kartofler, grøn Lucerne til Fabrikker, modne Ærter, Lupiner, Sennep, Kaalfrø, Rajgræsfrø, Sukkerroer. Ærter og Lupiner er høstet, men ude endnu, Sennep skal de høste i Eftermiddag, saa selv om det vi tidligere forstod ved ”Høsten” er ovre, har de meget Arbejde endnu. Det hele har været under Middel, Kornet naaede kun 10-12 Fold, og det er jo meget sløjt. Alle Landbrugets Udgifter er saa høje saa f. Eks. de store Kornpriser ikke forslaar. Desværre har vi en dyr Tid for os: i Gaar ankom de to Englændere, som jeg vist maa have skrevet om. Joy Deason og hendes ”friend”. Manse hentede dem i Odense og maatte tage Bil hjem, da der ingen Forbindelse var, og saa maa man jo leve anderledes, end vi plejer, tænk bare paa alt det Franskbrød; vi bruger jo Gas og har aldrig Ild paa Komfuret, bager ikke selv. Hun er 21 Aar, Manse siger at hun er i Udvikling som en 14 Aars. Vi har alle været meget nedbøjede over at skulde have det Besøg, men Manse kunde ikke sige nej; han har tidligere inviteret hendes Forældre, som var saa mageløse mod M. da han for 13-14 Aar siden boede hos dem; men de er saamænd meget søde; nu skal vi se, om jeg kan formaa dem til at tale saa højt og tydeligt, at jeg kan forstaa dem. Marie lærte det ikke i de 4 Uger, hun var her, hun mumlede den sidste Dag som den første – og altid fik hun et Hva’be’har? - - Vil du nøjes med dette sløje Brev – jeg tror ikke, jeg endnu har faaet Humøret efter Sorgen over Puf og Else. - - Elle ser jeg aldrig, hendes Hud er dog bedre nu, gid hun igen kunde blive til at cycle. Lille er stadig hos hende, venter sig i Oktober. 
+[Skrevet på hovedet på s4:]
+Nede paa Lindø har de det godt. Grete er altid elskelig imod mig, kommer ofte op med dejlige Blomster, som de har i lange Baner, og Ungernes Besøgen os, kan jeg ikke klage paa; de savner Rie,
+[Skrevet langs venstre kant på s4:]
+som var meget for dem, hun er jo Børneven, saa det kan forslaa.
+Tusinde Hilsner til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1950-09-12</t>
+  </si>
+  <si>
+    <t>Joy Deason
+Jesper Hansen
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Pernille Marryat
+Ib Marryat Johansen
+Ruth -, pige i huset hos Johanne Larsen
+Ellen  Sawyer
+Janna Schou
+Fritz Warberg
+Karen Warberg
+Marie Warberg
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem H &amp;amp; S var.
+"Englænderne" var Joy Deason og hendes ven, Peter. Martin/Manse Warberg Larsen lærte dem at kende, da han opholdt sig i England for at lære om landbrugsvæsen. 
+Fjællebro er en gammel hovedgård, der ligger i Herringe Sogn, Ringe Kommune. Fjællebro Gods ejes siden 2016 af Fjellebro Gods A/S (Wikipedia jan. 2024).
+Ørbæklunde er grundlagt ca. år 1500 under navnet Lundsgaard. Det var derefter en befæstet borg, betegnet Ørbæklundsgaard fra 1502 og kendt under sit nuværende navn Ørbæklunde fra omkring 1528. Gården ligger i Ørbæk Sogn, Nyborg Kommune. (Wikipedia jan. 2024). 
+Lykkesholm er en gammel hovedgård, som nævnes første gang i 1329 og kaldt Magelund, men benævnt Lykkesholm fra 1380. Gården ligger cirka 3 km sydvest for den fynske by Ørbæk og ca. 21 km sydøst for Odense. (Wikipedia jan. 2024).
+Glorup er en herregård i Svindinge Sogn på Sydøstfyn. (Wikipedia jan. 2024)
+Rygård er en herregård i Langå Sogn på Sydøstfyn. Den er i sameje med Glorup (Wikipedia jan. 2024). 
+Det vides ikke, hvad Fritz Warbergs svigermor hed. Ruths søster kendes heller ikke. 
+"Øjeblikket" var formodentlig et tidsskrift.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0581</t>
+  </si>
+  <si>
+    <t>Det er slemt med børnelammelsen.
+Frygteligt, at Andreas/Puf og Else Larsen mistede deres nyfødte. Else sagde, at det var godt, at det ikke var Laura/Bibbe Warberg Petersens dreng, der døde.
+Andreas/Puf har kørt tur med de englændere, der er på besøg på Lindøgaard. De to er uinteresserede i det meste, og Joy er desuden uopdragen.
+Laura/Bibbe har også kørt tur med en flok.
+Peter Larsen og Jesper Hansen har været på besøg og kørt ture med folk. Peter kørte Joy og Peter på banegården, og det var rart at slippe af med dem.
+Regnen ødelægger høsten.
+Fritz Warberg har været på Fyn. Han fik besked om ikke at opholde sig for længe hos Elle(n) Sawyer.
+Johanne/Junge syr servietter og bordløbere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iY0z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 22 Sept 1950
+besv. 28’ Sept.
+(Junge 77 d. 29’ Sept.!)
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov.
+Tors. 26-9-02
+Søn. 19/3-2000 
+Bibbe – Kerteminde
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+Jeg har glemt H.s og S.s Efternavn, kan ikke sende S. før du fortæller mig det.
+læst 7-5-02
+[I brevet:]
+Lindøgaard 12-9-1950
+Kære lille Dis!
+Tak for dit lange og som sædvanlig meget interessante Brev! Hvor maa det have været rædselsfuldt for Jer det med Børnelammelsen. Gud ske Lov, det fik en – for Nille – lykkelig Ende. Mon den anden lille klarer sin Mininggitis? 
+Ja, det var en stor Sorg for Else og Puf, men Elles Lille som var deroppe, da de fik Lov til at komme, mente da, at Else var nogenlunde. Jeg havde et lille Kort fra hende med Tak for Blomster og Breve, og ved du, hvad hun bl.a. skrev: Jeg har mange Gange i disse Dage glædet mig over, at det ikke var Bibbes Dreng, der døde! Var det ikke smukt? Rent objektivt har hun jo Ret, for jeg ved da ikke, hvad der var bleven af Bibbe, hvis hun skulde have mistet sin dejlige Dreng. Nu er han snart 4 Mdr. og allerede en lille Personlighed, saa self. meget værre, end naar de kun er 2 Dage gl. men alligevel var det stort af Else at føle og sige, som hun gjorde. Puf glædede os saa meget ved en Dag at ringe, at han vilde køre en Tur for Englænderne – hvis Manse vilde tage med. Da vi havde haft Regn, var det ikke slemt for ham at tage fri, for de kunde intet lave alligevel – ikke noget preserende. Han kørte dem saa til Egeskov, det dejlige Slot, som de besaa grundigt, ogsaa til Fjællebro og et Par Kirker. De havde Madpakker med, Puf Øl til hele Selskabet, og det havde været en skøn Tur. Manse paastod altid, at hvad man end viste dem, havde de ingen Interesse i det. De var et Par primitive unge Mennesker, ja paa Barnestadiet med kun Interesse for Butikker Kafeer og deslige. Jeg blev tit saa lynende gal paa dem, navnlig hende, naar hun bare skubbede Maden fra sig uden en Gang at ville smage paa den. Ruth hadede dem af et godt Hjærte. Men de tog den sidste Eft. til Kjerteminde og købte en ganske dejlig Pibe til mig og Cigarer – fede – til Agraren. - - Bibbe kom en Eft. (med Brø’ til Kaffen) og kørte os en dejlig Tur, Hindsholm, Maale Bakke, Hverringe St. Viby Mesinge Bregnør. Solen skinnede hele Tiden, og du kan tro, jeg nød det. Jeg sad foran hos Bibbe, og bag i de to Eng., Grete, Lise og Erik (Lillebror) Det var en skøn Oplevelse. Lille Troels laa i sin Kasse – paa Kisten i Gangen under Ruths Opsigt, men det var en utaalmodig lille Fyr, da vi kom hjem, vaad og sulten. Vi havde kørte Grete og Ungerne hjem, saa jeg 
+II
+fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
+Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
+3.
+For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
+Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
+[Skrevet på hovedet øverst siden mærket ”3”:]
+ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
+[Skrevet langs venstre margen på siden mærket ”3”:]
+igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
+[Skrevet på hovedet øverst s. 4:]
+Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
+[Skrevet langs venstre kant s4:]
+de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
+[Skrevet på hovedet øverst s. 2:]
+Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
+[Skrevet langs venstre kant s. 2:]
+Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
+[Skrevet på hovedet øverst s. 1:]
+Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
+N.B. Su. u.
+[Skrevet på tværs s. 6:]
+modt. 15’ Sept. 1950 
+Besvaret 16’ Sept.
+Skrevet til J.C. Pedersen, Aarhus
+19’ Sept. 1950</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -6534,59 +6602,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M118"/>
+  <dimension ref="A1:M119"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -6621,5191 +6689,5234 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="J3" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="F4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="I6" s="5"/>
-      <c r="J6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="H8" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="I9" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>68</v>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>80</v>
+        <v>72</v>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K10" s="5" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="L12" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>93</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>92</v>
+        <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F13" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>96</v>
       </c>
       <c r="H13" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="L13" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F14" s="5" t="s">
+        <v>103</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>123</v>
+        <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>114</v>
+        <v>15</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="J17" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="K17" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M17" s="5" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="F18" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F18" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>142</v>
+        <v>21</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>146</v>
+        <v>136</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F19" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K19" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...15 lines deleted...]
-      </c>
       <c r="L19" s="6" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>16</v>
+      </c>
+      <c r="D20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="s">
-[...6 lines deleted...]
-        <v>156</v>
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I20" s="5"/>
+      <c r="J20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K20" s="5" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>26</v>
+        <v>146</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G21" s="5" t="s">
+        <v>147</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>161</v>
+        <v>148</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>164</v>
+        <v>150</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>154</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>169</v>
+        <v>155</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>170</v>
+        <v>156</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>171</v>
+        <v>21</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>174</v>
+        <v>159</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>175</v>
+        <v>160</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>168</v>
+        <v>16</v>
+      </c>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="s">
-[...6 lines deleted...]
-        <v>178</v>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K23" s="5" t="s">
-        <v>179</v>
+        <v>143</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>163</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>186</v>
+        <v>21</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>187</v>
+        <v>166</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>189</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>190</v>
+        <v>169</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>17</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>192</v>
+        <v>172</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>193</v>
+        <v>173</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>195</v>
+        <v>175</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>197</v>
+        <v>177</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>179</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>199</v>
+        <v>181</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>203</v>
+        <v>185</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>18</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>205</v>
+        <v>187</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>206</v>
+        <v>188</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>207</v>
+        <v>21</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>209</v>
+        <v>190</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>16</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>214</v>
+        <v>21</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>215</v>
+        <v>195</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>216</v>
+        <v>196</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>217</v>
+        <v>197</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>199</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F29" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>200</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>201</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>219</v>
+        <v>202</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>220</v>
+        <v>203</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>221</v>
+        <v>204</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>26</v>
+        <v>209</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>226</v>
+        <v>211</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>228</v>
+        <v>213</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>229</v>
+        <v>214</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>230</v>
+        <v>215</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>231</v>
+        <v>216</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>232</v>
+        <v>217</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>139</v>
+        <v>16</v>
+      </c>
+      <c r="D31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>233</v>
-[...5 lines deleted...]
-        <v>235</v>
+        <v>218</v>
+      </c>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K31" s="5" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>239</v>
+        <v>221</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>16</v>
+      </c>
+      <c r="D32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H32" s="5" t="s">
-[...9 lines deleted...]
-        <v>243</v>
+      <c r="H32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L32" s="6" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>246</v>
+        <v>223</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>16</v>
+      </c>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H33" s="5" t="s">
-[...6 lines deleted...]
-        <v>249</v>
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K33" s="5" t="s">
-        <v>250</v>
+        <v>224</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>253</v>
+        <v>226</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>16</v>
+      </c>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H34" s="5" t="s">
-[...6 lines deleted...]
-        <v>256</v>
+      <c r="H34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K34" s="5" t="s">
-        <v>257</v>
+        <v>224</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>260</v>
+        <v>228</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>230</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H35" s="5" t="s">
-        <v>261</v>
+      <c r="H35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I35" s="5" t="s">
-        <v>262</v>
+        <v>231</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>263</v>
+        <v>232</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>264</v>
+        <v>233</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>265</v>
+        <v>234</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>266</v>
+        <v>235</v>
       </c>
     </row>
     <row r="36">
-      <c r="A36" s="5" t="s">
-        <v>267</v>
+      <c r="A36" s="5" t="n">
+        <v>1926</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>18</v>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>268</v>
+        <v>236</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>269</v>
+        <v>237</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>270</v>
+        <v>21</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>271</v>
+        <v>238</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>272</v>
+        <v>239</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>273</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>274</v>
+        <v>241</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>243</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>276</v>
+        <v>245</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>277</v>
+        <v>246</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>278</v>
+        <v>247</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>279</v>
+        <v>248</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>280</v>
+        <v>249</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>35</v>
+        <v>251</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>282</v>
+        <v>252</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>283</v>
+        <v>253</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>284</v>
+        <v>255</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>285</v>
+        <v>256</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>286</v>
+        <v>257</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>287</v>
+        <v>258</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>26</v>
+        <v>259</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>35</v>
+        <v>260</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>288</v>
+        <v>261</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>289</v>
+        <v>262</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>290</v>
+        <v>263</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>291</v>
+        <v>264</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>292</v>
+        <v>265</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>293</v>
+        <v>266</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>294</v>
+        <v>267</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>26</v>
+        <v>268</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>35</v>
+        <v>251</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>295</v>
+        <v>269</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>296</v>
+        <v>270</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>297</v>
+        <v>271</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>298</v>
+        <v>272</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>299</v>
+        <v>273</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>300</v>
+        <v>274</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>301</v>
+        <v>275</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>26</v>
+        <v>276</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>35</v>
+        <v>268</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>302</v>
+        <v>180</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>303</v>
+        <v>277</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>304</v>
+        <v>278</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>305</v>
+        <v>279</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>306</v>
+        <v>280</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>307</v>
+        <v>281</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>308</v>
+        <v>282</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>25</v>
+        <v>283</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>309</v>
+        <v>284</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>310</v>
+        <v>285</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>311</v>
+        <v>286</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>312</v>
+        <v>287</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>313</v>
+        <v>288</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>314</v>
+        <v>289</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>315</v>
+        <v>290</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>15</v>
+        <v>291</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>292</v>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>316</v>
+        <v>293</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>317</v>
+        <v>294</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>318</v>
+        <v>246</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>319</v>
+        <v>295</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>320</v>
+        <v>296</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>321</v>
+        <v>297</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>322</v>
+        <v>298</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>25</v>
+        <v>283</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="I44" s="5"/>
+        <v>299</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>300</v>
+      </c>
       <c r="J44" s="5" t="s">
-        <v>149</v>
+        <v>286</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>324</v>
+        <v>301</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>325</v>
+        <v>302</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>326</v>
+        <v>303</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>327</v>
+        <v>304</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>15</v>
+        <v>305</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>25</v>
+        <v>283</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>328</v>
+        <v>179</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>329</v>
+        <v>306</v>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
-        <v>149</v>
+        <v>307</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>330</v>
+        <v>308</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>331</v>
+        <v>309</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>332</v>
+        <v>310</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>333</v>
+        <v>311</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>25</v>
+        <v>283</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>334</v>
+        <v>312</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>335</v>
+        <v>313</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>80</v>
+        <v>286</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>336</v>
+        <v>314</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>337</v>
+        <v>315</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>338</v>
+        <v>316</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>339</v>
+        <v>317</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>268</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>340</v>
+        <v>318</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>341</v>
+        <v>319</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>342</v>
+        <v>320</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>343</v>
+        <v>321</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>344</v>
+        <v>322</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>345</v>
+        <v>323</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>346</v>
+        <v>324</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>26</v>
+        <v>268</v>
       </c>
       <c r="F48" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="J48" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="G48" s="5" t="inlineStr">
-[...12 lines deleted...]
-      </c>
       <c r="K48" s="5" t="s">
-        <v>350</v>
+        <v>329</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>351</v>
+        <v>330</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>352</v>
+        <v>331</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>353</v>
+        <v>332</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>26</v>
+        <v>268</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>354</v>
+        <v>333</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>355</v>
+        <v>334</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>356</v>
+        <v>335</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>357</v>
+        <v>336</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>358</v>
+        <v>337</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>359</v>
+        <v>338</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>360</v>
+        <v>339</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>15</v>
+        <v>305</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>25</v>
+        <v>340</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>341</v>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>362</v>
+        <v>342</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>363</v>
+        <v>343</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>364</v>
+        <v>344</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>365</v>
+        <v>345</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>366</v>
+        <v>346</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>367</v>
+        <v>347</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>368</v>
+        <v>348</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>369</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>349</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>371</v>
+        <v>351</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>372</v>
+        <v>352</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>374</v>
+        <v>354</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>376</v>
+        <v>356</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>26</v>
+        <v>357</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>35</v>
+        <v>268</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="I52" s="5"/>
+        <v>358</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>359</v>
+      </c>
       <c r="J52" s="5" t="s">
-        <v>378</v>
+        <v>360</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>379</v>
+        <v>361</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>380</v>
+        <v>362</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>381</v>
+        <v>363</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>382</v>
+        <v>364</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>365</v>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>383</v>
+        <v>366</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>384</v>
+        <v>367</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>385</v>
+        <v>368</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>386</v>
+        <v>369</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>387</v>
+        <v>370</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>388</v>
+        <v>371</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>15</v>
+        <v>373</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>390</v>
+        <v>259</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>392</v>
+        <v>376</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>393</v>
+        <v>377</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>394</v>
+        <v>378</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>395</v>
+        <v>379</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>396</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>397</v>
+        <v>381</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>398</v>
+        <v>268</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>26</v>
+        <v>325</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>399</v>
+        <v>382</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>402</v>
+        <v>385</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>403</v>
+        <v>386</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>404</v>
+        <v>387</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>405</v>
+        <v>388</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>406</v>
+        <v>268</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>26</v>
+        <v>325</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>407</v>
+        <v>389</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>408</v>
+        <v>390</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>409</v>
+        <v>391</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>410</v>
+        <v>392</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>411</v>
+        <v>393</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>412</v>
+        <v>394</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>413</v>
+        <v>395</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>414</v>
+        <v>268</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>26</v>
+        <v>396</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>415</v>
+        <v>397</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>416</v>
+        <v>398</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>417</v>
+        <v>399</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>418</v>
+        <v>400</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>419</v>
+        <v>401</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>420</v>
+        <v>402</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>421</v>
+        <v>403</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>15</v>
+        <v>283</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>17</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>422</v>
+        <v>404</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>423</v>
+        <v>405</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>424</v>
+        <v>286</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>425</v>
+        <v>406</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>427</v>
+        <v>408</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>428</v>
+        <v>409</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>15</v>
+        <v>243</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>17</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>429</v>
+        <v>410</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>430</v>
+        <v>411</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>431</v>
+        <v>286</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>432</v>
+        <v>412</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>433</v>
+        <v>413</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>434</v>
+        <v>414</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>435</v>
+        <v>415</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>15</v>
+        <v>283</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>17</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>437</v>
+        <v>416</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>438</v>
+        <v>417</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>439</v>
+        <v>286</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>440</v>
+        <v>418</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>441</v>
+        <v>419</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>444</v>
+        <v>178</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>414</v>
+        <v>268</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>445</v>
+        <v>396</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>446</v>
+        <v>422</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>447</v>
+        <v>423</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>448</v>
+        <v>424</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>449</v>
+        <v>425</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>450</v>
+        <v>426</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>452</v>
+        <v>428</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>453</v>
+        <v>68</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>454</v>
+        <v>178</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>429</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>430</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>456</v>
+        <v>431</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>457</v>
+        <v>432</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>127</v>
+        <v>433</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>458</v>
+        <v>434</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>459</v>
+        <v>435</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>460</v>
+        <v>436</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>461</v>
+        <v>437</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>463</v>
+        <v>68</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>464</v>
+        <v>438</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>465</v>
+        <v>439</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>466</v>
+        <v>440</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>467</v>
+        <v>441</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>468</v>
+        <v>442</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>469</v>
+        <v>443</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>470</v>
+        <v>444</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>453</v>
+        <v>178</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>132</v>
-[...9 lines deleted...]
-        </is>
+        <v>68</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>471</v>
+        <v>445</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>472</v>
+        <v>446</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>127</v>
+        <v>447</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>473</v>
+        <v>448</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>474</v>
+        <v>449</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>475</v>
+        <v>450</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>476</v>
+        <v>451</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>114</v>
+        <v>178</v>
       </c>
       <c r="D65" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="J65" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="E65" s="5" t="s">
+      <c r="K65" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="F65" s="5" t="inlineStr">
-[...20 lines deleted...]
-      </c>
       <c r="L65" s="6" t="s">
-        <v>480</v>
+        <v>456</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>481</v>
+        <v>457</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>482</v>
+        <v>458</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>114</v>
+        <v>68</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-        </is>
+        <v>259</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>484</v>
+        <v>459</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>485</v>
+        <v>460</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>486</v>
+        <v>461</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>487</v>
+        <v>462</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>488</v>
+        <v>463</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>489</v>
+        <v>464</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>490</v>
+        <v>465</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>454</v>
+        <v>340</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>455</v>
+        <v>365</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>491</v>
+        <v>466</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>492</v>
+        <v>467</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>493</v>
+        <v>469</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>494</v>
+        <v>470</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>495</v>
+        <v>471</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>496</v>
+        <v>472</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>454</v>
+        <v>68</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>497</v>
+        <v>473</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>498</v>
+        <v>474</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>499</v>
+        <v>476</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>500</v>
+        <v>477</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>501</v>
+        <v>478</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>502</v>
+        <v>479</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>462</v>
+        <v>305</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>454</v>
+        <v>283</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>455</v>
+        <v>17</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>503</v>
+        <v>480</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>504</v>
+        <v>481</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>466</v>
+        <v>246</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>505</v>
+        <v>482</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>506</v>
+        <v>483</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>507</v>
+        <v>484</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>508</v>
+        <v>485</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>454</v>
+        <v>68</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="I70" s="5"/>
+        <v>486</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>487</v>
+      </c>
       <c r="J70" s="5" t="s">
-        <v>466</v>
+        <v>488</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>510</v>
+        <v>489</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>511</v>
+        <v>490</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>512</v>
+        <v>491</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>513</v>
+        <v>492</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>115</v>
+        <v>178</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>514</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>399</v>
+        <v>493</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>515</v>
+        <v>494</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>516</v>
+        <v>495</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>517</v>
+        <v>496</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>518</v>
+        <v>497</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>519</v>
+        <v>498</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>520</v>
+        <v>499</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>462</v>
+        <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>521</v>
+        <v>283</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>455</v>
+        <v>17</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="I72" s="5"/>
       <c r="J72" s="5" t="s">
-        <v>524</v>
+        <v>286</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>525</v>
+        <v>501</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>526</v>
+        <v>502</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>527</v>
+        <v>503</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>528</v>
+        <v>504</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>462</v>
+        <v>305</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>454</v>
+        <v>53</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>455</v>
+        <v>365</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>529</v>
+        <v>505</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>466</v>
+        <v>507</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>531</v>
+        <v>508</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>532</v>
+        <v>509</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>533</v>
+        <v>510</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>534</v>
+        <v>511</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>114</v>
+        <v>291</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>454</v>
+        <v>283</v>
       </c>
       <c r="E74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="K74" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="F74" s="5" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="L74" s="6" t="s">
-        <v>538</v>
+        <v>515</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>539</v>
+        <v>516</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>540</v>
+        <v>517</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>462</v>
+        <v>305</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>454</v>
+        <v>53</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>455</v>
+        <v>17</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>541</v>
+        <v>518</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>542</v>
+        <v>519</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>466</v>
+        <v>520</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>545</v>
+        <v>523</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>546</v>
+        <v>524</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>453</v>
+        <v>525</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>454</v>
+        <v>53</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>455</v>
+        <v>17</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>547</v>
+        <v>526</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>548</v>
+        <v>527</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>127</v>
+        <v>528</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>550</v>
+        <v>530</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>551</v>
+        <v>531</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>552</v>
+        <v>532</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>553</v>
+        <v>178</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>554</v>
+        <v>533</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>555</v>
+        <v>534</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>556</v>
+        <v>535</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>557</v>
+        <v>536</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>558</v>
+        <v>537</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>559</v>
+        <v>538</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>560</v>
+        <v>539</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>553</v>
+        <v>525</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>561</v>
+        <v>540</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>455</v>
+        <v>17</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>562</v>
+        <v>541</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>563</v>
+        <v>542</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>564</v>
+        <v>543</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>565</v>
+        <v>544</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>566</v>
+        <v>545</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>567</v>
+        <v>546</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>568</v>
+        <v>547</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="K79" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="M79" s="5" t="s">
         <v>553</v>
-      </c>
-[...32 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>575</v>
+        <v>554</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>15</v>
+        <v>555</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>414</v>
+        <v>17</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>576</v>
+        <v>556</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>577</v>
+        <v>557</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>578</v>
+        <v>558</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>579</v>
+        <v>246</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>580</v>
+        <v>559</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>581</v>
+        <v>560</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>582</v>
+        <v>561</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>583</v>
+        <v>562</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>15</v>
+        <v>291</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>25</v>
+        <v>283</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>17</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>584</v>
+        <v>563</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>586</v>
+        <v>246</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>587</v>
+        <v>565</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>588</v>
+        <v>566</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>589</v>
+        <v>567</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>590</v>
+        <v>568</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>591</v>
+        <v>178</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>462</v>
+        <v>68</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>455</v>
+        <v>268</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>592</v>
+        <v>396</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>593</v>
+        <v>569</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>594</v>
+        <v>570</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>524</v>
+        <v>571</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>595</v>
+        <v>572</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>596</v>
+        <v>573</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>597</v>
+        <v>574</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>598</v>
+        <v>575</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>599</v>
+        <v>68</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>600</v>
+        <v>268</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>601</v>
+        <v>396</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>602</v>
+        <v>576</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>603</v>
+        <v>577</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>604</v>
+        <v>578</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>605</v>
+        <v>579</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>606</v>
+        <v>580</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>607</v>
+        <v>581</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>608</v>
+        <v>582</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>521</v>
+        <v>68</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>609</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>610</v>
+        <v>583</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>611</v>
+        <v>584</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>524</v>
+        <v>585</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>614</v>
+        <v>588</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>615</v>
+        <v>589</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>521</v>
+        <v>178</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>462</v>
+        <v>68</v>
       </c>
       <c r="E85" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="K85" s="5" t="s">
         <v>592</v>
       </c>
-      <c r="F85" s="5" t="inlineStr">
-[...20 lines deleted...]
-      </c>
       <c r="L85" s="6" t="s">
-        <v>619</v>
+        <v>593</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>620</v>
+        <v>594</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="5" t="n">
-        <v>1926</v>
+      <c r="A86" s="5" t="s">
+        <v>595</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>521</v>
+        <v>178</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>462</v>
+        <v>68</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>592</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>621</v>
+        <v>596</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>622</v>
+        <v>597</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>524</v>
+        <v>598</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>623</v>
+        <v>599</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>624</v>
+        <v>600</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>625</v>
+        <v>601</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>626</v>
+        <v>602</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>521</v>
+        <v>178</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>592</v>
-[...4 lines deleted...]
-        </is>
+        <v>603</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>430</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>627</v>
+        <v>604</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>628</v>
+        <v>605</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>524</v>
+        <v>606</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>629</v>
+        <v>607</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>631</v>
+        <v>609</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>632</v>
+        <v>610</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>521</v>
+        <v>68</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>633</v>
-[...7 lines deleted...]
-        <v>634</v>
+        <v>268</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>635</v>
+        <v>611</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>636</v>
+        <v>612</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>524</v>
+        <v>613</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>637</v>
+        <v>614</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>638</v>
+        <v>615</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>639</v>
+        <v>616</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>640</v>
+        <v>617</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>521</v>
+        <v>178</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>462</v>
-[...9 lines deleted...]
-        </is>
+        <v>68</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>641</v>
+        <v>618</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>642</v>
+        <v>619</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>524</v>
+        <v>620</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>643</v>
+        <v>621</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>644</v>
+        <v>622</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>645</v>
+        <v>623</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>646</v>
+        <v>624</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>647</v>
+        <v>178</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>648</v>
+        <v>68</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>649</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>650</v>
+        <v>625</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>651</v>
+        <v>626</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>652</v>
+        <v>627</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>653</v>
+        <v>628</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>654</v>
+        <v>629</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>655</v>
+        <v>630</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>656</v>
+        <v>631</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>14</v>
+        <v>632</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>599</v>
+        <v>178</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>455</v>
+        <v>268</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>657</v>
+        <v>396</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>659</v>
+        <v>634</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>660</v>
+        <v>635</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>661</v>
+        <v>636</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>662</v>
+        <v>637</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>663</v>
+        <v>638</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>664</v>
+        <v>639</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>591</v>
+        <v>178</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>665</v>
+        <v>640</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>666</v>
+        <v>641</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>667</v>
+        <v>642</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>668</v>
+        <v>643</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>669</v>
+        <v>644</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>670</v>
+        <v>645</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>671</v>
+        <v>646</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>672</v>
+        <v>632</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>462</v>
-[...14 lines deleted...]
-        </is>
+        <v>178</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H93" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H93" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>635</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>673</v>
+        <v>649</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>674</v>
-[...1 lines deleted...]
-      <c r="M93" s="5"/>
+        <v>650</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>651</v>
+      </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>675</v>
+        <v>652</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>672</v>
+        <v>632</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>462</v>
-[...14 lines deleted...]
-        </is>
+        <v>178</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H94" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H94" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>676</v>
+        <v>656</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="M94" s="5"/>
+        <v>657</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>658</v>
+      </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>678</v>
+        <v>659</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>672</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>462</v>
-[...9 lines deleted...]
-        </is>
+        <v>660</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>365</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H95" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H95" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>246</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>673</v>
+        <v>664</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M95" s="5"/>
+        <v>665</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>666</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>680</v>
+        <v>667</v>
       </c>
       <c r="B96" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="K96" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="L96" s="6" t="s">
         <v>672</v>
       </c>
-      <c r="C96" s="5" t="s">
-[...39 lines deleted...]
-      <c r="M96" s="5"/>
+      <c r="M96" s="5" t="s">
+        <v>673</v>
+      </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>672</v>
+        <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>462</v>
-[...14 lines deleted...]
-        </is>
+        <v>178</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="M97" s="5"/>
+        <v>679</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>680</v>
+      </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H98" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="K98" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="L98" s="6" t="s">
         <v>686</v>
       </c>
-      <c r="B98" s="5" t="s">
-[...41 lines deleted...]
-      <c r="L98" s="6" t="s">
+      <c r="M98" s="5" t="s">
         <v>687</v>
       </c>
-      <c r="M98" s="5"/>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>688</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>672</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>25</v>
-[...14 lines deleted...]
-        </is>
+        <v>178</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
         <v>689</v>
       </c>
-      <c r="I99" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I99" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>692</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>690</v>
-[...1 lines deleted...]
-      <c r="M99" s="5"/>
+        <v>693</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>694</v>
+      </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>672</v>
+        <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>25</v>
-[...14 lines deleted...]
-        </is>
+        <v>178</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>692</v>
-[...5 lines deleted...]
-        </is>
+        <v>696</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>698</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="M100" s="5"/>
+        <v>700</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>701</v>
+      </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>591</v>
+        <v>178</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>455</v>
+        <v>268</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>396</v>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>521</v>
+        <v>68</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>455</v>
-[...7 lines deleted...]
-        <v>705</v>
+        <v>268</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>524</v>
+        <v>712</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>591</v>
+        <v>305</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>462</v>
+        <v>292</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>365</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>524</v>
+        <v>246</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>591</v>
+        <v>178</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>462</v>
+        <v>68</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>719</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="I104" s="5"/>
       <c r="J104" s="5" t="s">
-        <v>524</v>
+        <v>724</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>521</v>
+        <v>68</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>729</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>725</v>
-[...3 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
-        <v>524</v>
+        <v>724</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>591</v>
+        <v>178</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>462</v>
+        <v>68</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>712</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>524</v>
+        <v>655</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>599</v>
+        <v>178</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>737</v>
+        <v>68</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>365</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>745</v>
+        <v>178</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>463</v>
-[...9 lines deleted...]
-        </is>
+        <v>68</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>127</v>
+        <v>724</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>114</v>
+        <v>178</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>455</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>462</v>
+        <v>16</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>759</v>
+        <v>555</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>455</v>
+        <v>17</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>127</v>
+        <v>246</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>591</v>
+        <v>68</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>455</v>
+        <v>259</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>592</v>
+        <v>268</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>524</v>
+        <v>770</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>591</v>
+        <v>178</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>455</v>
+        <v>268</v>
       </c>
       <c r="F112" s="5" t="s">
-        <v>592</v>
+        <v>729</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>773</v>
-[...1 lines deleted...]
-      <c r="I112" s="5"/>
+        <v>775</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>776</v>
+      </c>
       <c r="J112" s="5" t="s">
-        <v>700</v>
+        <v>777</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>455</v>
+        <v>268</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>778</v>
+        <v>729</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>521</v>
+        <v>178</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>786</v>
-[...9 lines deleted...]
-        </is>
+        <v>68</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>789</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>524</v>
+        <v>792</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>521</v>
+        <v>178</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>793</v>
-[...4 lines deleted...]
-        </is>
+        <v>68</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>795</v>
+        <v>789</v>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>462</v>
+        <v>178</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>759</v>
+        <v>68</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>803</v>
+        <v>804</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>127</v>
+        <v>807</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>810</v>
+        <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>650</v>
+        <v>178</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>811</v>
-[...9 lines deleted...]
-        </is>
+        <v>68</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H117" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I117" s="5" t="s">
+      <c r="H117" s="5" t="s">
         <v>812</v>
       </c>
+      <c r="I117" s="5"/>
       <c r="J117" s="5" t="s">
         <v>813</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>814</v>
       </c>
       <c r="L117" s="6" t="s">
         <v>815</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
         <v>817</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>521</v>
+        <v>178</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>599</v>
-[...9 lines deleted...]
-        </is>
+        <v>68</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
         <v>818</v>
       </c>
       <c r="I118" s="5" t="s">
         <v>819</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>820</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>821</v>
       </c>
       <c r="L118" s="6" t="s">
         <v>822</v>
       </c>
       <c r="M118" s="5" t="s">
         <v>823</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="K119" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>829</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>830</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -11884,44 +11995,45 @@
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
+    <hyperlink ref="M119" r:id="rId124"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>