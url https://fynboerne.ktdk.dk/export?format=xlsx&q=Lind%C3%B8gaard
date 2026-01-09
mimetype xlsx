--- v1 (2025-11-22)
+++ v2 (2026-01-09)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1318" uniqueCount="831" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1376" uniqueCount="867" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1539,51 +1539,51 @@
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -2753,50 +2753,108 @@
 Lasse Taaning
 Poul Valentin Jensen
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvad Lysses forslag til Tinge og Manse gik ud på. 
 Tipperne og Værnengene er en halvø i Vestjylland, beliggende ved sydenden af Ringkøbing Fjord og er en vigtig rasteplads for trækfugle. Det har været i statens eje siden sidste halvdel af 1700-tallet , og i 1898 blev der indført bestemmelser om fredning af det rige fugleliv i området. I 1928 blev der oprettet et fuglereservat, og der blev ansat en opsynsmand Valentin Jensen (Kilde: Wikipedia marts 2022).</t>
   </si>
   <si>
     <t>Nationalmuseet i Stocholm har købt for 500 kr. træsnit, og Larsen beder Elena/Bimse sætte de 450 ind på hendes konto, men tage fra til fødselsdagsgave og brændevin.
 Det er tørke. Man venter tidlig høst på Lindøgaard.
 Andreas/Puf sejler i Odense Fjord med Lasse Taaning.
 Valentin Jensen har været på besøg for at filme odderne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/F6m1</t>
   </si>
   <si>
     <t>Kjerteminde 2 Juli 1939.
 Kære Bimse!
 Det er forsmædeligt at jeg aldrig kan huske Din Fødselsdag. Foranlediget ved Lysses Brev fik vi jo fyret et Telegram af som jeg haaber Du har faaet i rette Tid. Jeg fik i Forgaars Brev fra Nationalmuseet i Stockholm at de havde købt for 500 Kr Træsnit, Jeg har bedt dem sende Pengene til Båxhult og naar de ankommer vil jeg bede Jer sætte dem ind i Jeres Bank i Landeryd, efter at have fradraget 50 Kr. til at købe Dig en Fødselsdagsgave for, saa at Resten kan være disponibel til jeg kommer en Gang i August. I kan jo ogsaa tage fra til et Par Liter saa der kan Brännevin i Huset naar jeg kommer. Jeg har ladet Lysses Forslag til Tinge eller Manse gaa videre gennem Bibbe, der dog ikke mente det kunde lade sig gøre, da de skulde tække om og ventede en tidlig Høst paa grund af Varme og Tørke. Her fik vi en 30 mm for en 14 Dages Tid siden og 20 i Gaar og i Nat. Puf sejlede i Morges med Lasse Taaning om i Odensefjorden, saa Else og jeg er alene med Børnene. Vi havde i Gaar Besøg af mag. Valentin Jensen, ham der passer Tipperne, han havde bedt om at maatte komme at filme Odderne, nu skal vi se hvad der kommer ud af det. Vi har det godt og haaber det er ligesaa hos Jer. Mange Hilsner fra Else til Jer allesammen og fra mig
 Din JL.</t>
   </si>
   <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
+  </si>
+  <si>
     <t>1940-09-04</t>
   </si>
   <si>
     <t>Hans Beck Thomsen
 Louise Brønsted
 Marius Christiansen
 Anton Hinke
 - Kabell
 Andreas Larsen
 Marie Larsen
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>I det nordlige Europa lægges ansjoser i saltlage. I de sydeuropæiske lande lægges de saltede ansjoser derefter i olie og kaldes sardeller (Wikipedia marts 2022).
 Det kan ikke afgøres, hvem "Chr." er. 
 Swinhoesfasan (latin: Lophura swinhoii) er en hønsefugl, der lever på Taiwan. (Wikipedia).
 Alhed Larsens søster, Johanne, og Johannes Larsens bror, Adolph, (de var gift) boede på Lindøgaard.
 Fiskekonservesfabrikken ”555” blev grundlagt i 1916 af Chr. Hansen. Det første produkt var fiskeboller på dåse – senere bl.a. også gaffelbidder, benfri sild og torskerogn. Ca 100 år senere flyttedes virksomheden til Frederikshavn under navnet Amanda Seafoods (Internettet marts 2022). 
 Taarbystranden kaldes i vore dage Tårup Strand. Den findes i den sydøstlige del af Odense Fjord.</t>
   </si>
   <si>
     <t>Johannes Larsen har fået ansjoser forærende og har lagt dem i olivenolie.
 Han har fået æg fra swinhoefasaner og tre blev udruget. En mand har bragt Larsen en agerhønekylling, og den er blevet meget tam. En ræv har taget en rugehøne og en edderfugl, og Puf har skudt ræven. 
 Johannes Larsen tror ikke, at han kommer hjem til Johan og Elena nu. 
 Fra Fiilsø har Larsen fået et knippe vildt. Han er blevet æresmedlem af Jagtselskabet Fiilsø og også folkepensionist. 
@@ -3423,50 +3481,109 @@
   </si>
   <si>
     <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
   </si>
   <si>
     <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
 Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
 Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
 Marie m.fl. har været på tur til Enebærodde.
 Andreas/Lysses børn er yndige. 
 Marie vil meget gerne på besøg på Båxhult.
 Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
 Johannes Larsen arbejder med bestillinger hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
   </si>
   <si>
     <t>Kerteminde d. 28-8-42.
 Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
 Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
 Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
 Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
 Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
 Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1942-11-26</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Andreas Warberg
 Else Warberg
 Karen Warberg
 Laura Warberg
 Marie Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
   </si>
@@ -6482,50 +6599,193 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
+  </si>
+  <si>
+    <t>1951-05-02</t>
+  </si>
+  <si>
+    <t>Johanne og Adolph Larsen ejede Lindøgaard nær Munkebo.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Johan/Lysse og Elena/Bimse Larsen til København og bliver der en uges tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3tu3</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Maj 1951.
+Kære Grevinde.
+Jeg kørte med Lysse og Bimse til Kjøbenhavn i Forgaars, og Lysse der skal hente en Pige i Lindøgaard, kørte mig hertil i Gaar. Han er henne efter Pigen og naar han kommer om lidt, kører jeg med ham til Kjøbenhavn hvor jeg bliver en Uges Tid. Tak for Dit Brev som kom lige nu. Mange Hilsner 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -6602,59 +6862,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tu3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M119"/>
+  <dimension ref="A1:M124"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -9283,2640 +9543,2859 @@
       </c>
       <c r="I59" s="5" t="s">
         <v>411</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>286</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>412</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>413</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>415</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>16</v>
+        <v>170</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>283</v>
+        <v>178</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>416</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>417</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>286</v>
+        <v>420</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>178</v>
+        <v>16</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>68</v>
+        <v>283</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>17</v>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>424</v>
+        <v>286</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D62" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="D62" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="5" t="s">
-        <v>429</v>
+        <v>268</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>430</v>
+        <v>396</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
         <v>431</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>432</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>433</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>434</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>435</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>437</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D63" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D63" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="5" t="s">
-        <v>268</v>
+        <v>438</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>396</v>
+        <v>439</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D66" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="D66" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="5" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>365</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D67" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D67" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>259</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>68</v>
+        <v>340</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>365</v>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>283</v>
+        <v>68</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>246</v>
+        <v>484</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>68</v>
+        <v>283</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>17</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>488</v>
+        <v>246</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D71" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="5" t="s">
-        <v>268</v>
+        <v>495</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-        <v>496</v>
+        <v>499</v>
+      </c>
+      <c r="K71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L71" s="6" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>283</v>
+        <v>68</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="I72" s="5"/>
+        <v>503</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>504</v>
+      </c>
       <c r="J72" s="5" t="s">
-        <v>286</v>
+        <v>505</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>438</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>291</v>
+        <v>16</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>283</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>512</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="I74" s="5"/>
       <c r="J74" s="5" t="s">
-        <v>246</v>
+        <v>286</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>17</v>
+        <v>365</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>525</v>
+        <v>291</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>53</v>
+        <v>283</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>528</v>
+        <v>246</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>17</v>
+      </c>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>525</v>
+        <v>542</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>540</v>
+        <v>53</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>525</v>
+        <v>178</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>540</v>
+        <v>68</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>16</v>
+        <v>542</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F80" s="5" t="s">
-        <v>556</v>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>246</v>
+        <v>560</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>291</v>
+        <v>542</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>283</v>
+        <v>557</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>246</v>
+        <v>567</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>178</v>
+        <v>16</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>68</v>
+        <v>572</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>268</v>
+        <v>17</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>396</v>
+        <v>573</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>571</v>
+        <v>246</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>178</v>
+        <v>291</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>68</v>
+        <v>283</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>17</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>578</v>
+        <v>246</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="I85" s="5"/>
+        <v>593</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>594</v>
+      </c>
       <c r="J85" s="5" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>340</v>
+        <v>178</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>178</v>
+        <v>68</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>603</v>
+        <v>268</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>430</v>
+        <v>396</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="I87" s="5"/>
       <c r="J87" s="5" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="D89" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D89" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="5" t="s">
-        <v>268</v>
+        <v>620</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>396</v>
+        <v>439</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>632</v>
+        <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F92" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>632</v>
+        <v>649</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>635</v>
+        <v>652</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>632</v>
+        <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>14</v>
+        <v>649</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>660</v>
+        <v>178</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>661</v>
+        <v>68</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>246</v>
+        <v>652</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>14</v>
+        <v>649</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>178</v>
+        <v>677</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>68</v>
+        <v>678</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>365</v>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>677</v>
+        <v>246</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>178</v>
+        <v>76</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>292</v>
+        <v>68</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>246</v>
+        <v>722</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>723</v>
-[...1 lines deleted...]
-      <c r="I104" s="5"/>
+        <v>727</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>728</v>
+      </c>
       <c r="J104" s="5" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>68</v>
+        <v>292</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>365</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="I105" s="5"/>
+        <v>734</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>735</v>
+      </c>
       <c r="J105" s="5" t="s">
-        <v>724</v>
+        <v>246</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
-        <v>655</v>
+        <v>741</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>365</v>
+        <v>268</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>429</v>
+        <v>746</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="I107" s="5"/>
+      <c r="J107" s="5" t="s">
         <v>741</v>
       </c>
-      <c r="I107" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K107" s="5" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>365</v>
+        <v>268</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>429</v>
+        <v>396</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>724</v>
+        <v>672</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>268</v>
+        <v>365</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>555</v>
+        <v>68</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>17</v>
+        <v>365</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>761</v>
+        <v>438</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>246</v>
+        <v>741</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D111" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="D111" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111" s="5" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>268</v>
+        <v>438</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>178</v>
+        <v>16</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>68</v>
+        <v>572</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>268</v>
+        <v>17</v>
       </c>
       <c r="F112" s="5" t="s">
-        <v>729</v>
+        <v>778</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>777</v>
+        <v>246</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D113" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D113" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="F113" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="F113" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>430</v>
+        <v>268</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>789</v>
+        <v>746</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>789</v>
+        <v>746</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>804</v>
-[...4 lines deleted...]
-        </is>
+        <v>439</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>806</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>396</v>
+        <v>806</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>812</v>
-[...1 lines deleted...]
-      <c r="I117" s="5"/>
+        <v>814</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>815</v>
+      </c>
       <c r="J117" s="5" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>821</v>
+      </c>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F119" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>825</v>
-[...3 lines deleted...]
-      </c>
+        <v>829</v>
+      </c>
+      <c r="I119" s="5"/>
       <c r="J119" s="5" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>830</v>
+        <v>833</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="L120" s="6" t="s">
+        <v>839</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>846</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="K122" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="L122" s="6" t="s">
+        <v>853</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="J123" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="K123" s="5" t="s">
+        <v>857</v>
+      </c>
+      <c r="L123" s="6" t="s">
+        <v>858</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="J124" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="L124" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>866</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -11996,44 +12475,49 @@
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
+    <hyperlink ref="M120" r:id="rId125"/>
+    <hyperlink ref="M121" r:id="rId126"/>
+    <hyperlink ref="M122" r:id="rId127"/>
+    <hyperlink ref="M123" r:id="rId128"/>
+    <hyperlink ref="M124" r:id="rId129"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>