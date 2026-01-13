--- v2 (2026-01-09)
+++ v3 (2026-01-13)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1376" uniqueCount="867" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1387" uniqueCount="875" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3420,50 +3420,108 @@
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St. Fyen.
 [I brevet:]
 Lindøgaard 25 Aprl. 1942.
 Kæreste lille Dis!
 Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
 Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
 Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
 Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
 En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
 Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
 2. 
 Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
 Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
 Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
 Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
 Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
 Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
 Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
 [Skrevet langs venstre kant s. 4:]
 Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
 [Skrevet langs venstre kant s. 2:]
 Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
 [Skrevet på hovedet øverst s. 1:]
 Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
   </si>
   <si>
     <t>1942-08-28</t>
   </si>
   <si>
     <t>Thora  Branner
 Elise Hansen
 Andreas Larsen
 Elena Larsen
 Erik Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Jens Larsen
 Jeppe Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Gudmund Larsen 
 Kirsten Larsen, Elena Larsens veninde
 Thomas Madsen-Mygdal
 Erhard Meyer
 Marie Meyer
@@ -6862,59 +6920,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tu3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tu3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M124"/>
+  <dimension ref="A1:M125"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -9979,2423 +10037,2468 @@
       </c>
       <c r="I69" s="5" t="s">
         <v>483</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>484</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>485</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>486</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>488</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>305</v>
+        <v>170</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>283</v>
-[...7 lines deleted...]
-        </is>
+        <v>178</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>489</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>246</v>
+        <v>492</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>170</v>
+        <v>305</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>178</v>
+        <v>283</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-        <v>496</v>
+        <v>17</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
         <v>497</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>498</v>
       </c>
       <c r="J71" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="K71" s="5" t="s">
         <v>499</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L71" s="6" t="s">
         <v>500</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>502</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="D72" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D72" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="5" t="s">
-        <v>268</v>
+        <v>503</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>396</v>
+        <v>504</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>507</v>
+      </c>
+      <c r="K72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L72" s="6" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>438</v>
+        <v>396</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>283</v>
+        <v>68</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>438</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>517</v>
-[...1 lines deleted...]
-      <c r="I74" s="5"/>
+        <v>518</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>519</v>
+      </c>
       <c r="J74" s="5" t="s">
-        <v>286</v>
+        <v>520</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>305</v>
+        <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>53</v>
+        <v>283</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>365</v>
+        <v>17</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="I75" s="5"/>
       <c r="J75" s="5" t="s">
-        <v>524</v>
+        <v>286</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>17</v>
+        <v>365</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>246</v>
+        <v>532</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>53</v>
+        <v>283</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>537</v>
+        <v>246</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>542</v>
+        <v>305</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>543</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>544</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>545</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>546</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>547</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>549</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>178</v>
+        <v>550</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>17</v>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>542</v>
+        <v>178</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>557</v>
+        <v>68</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>558</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>559</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>560</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>561</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>562</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>564</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>16</v>
+        <v>550</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F82" s="5" t="s">
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
         <v>573</v>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H82" s="5" t="s">
+      <c r="I82" s="5" t="s">
         <v>574</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="J82" s="5" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>576</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>577</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>579</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>291</v>
+        <v>16</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>283</v>
+        <v>580</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F83" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F83" s="5" t="s">
+        <v>581</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>246</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>178</v>
+        <v>291</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>68</v>
+        <v>283</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>17</v>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>588</v>
+        <v>246</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>607</v>
-[...1 lines deleted...]
-      <c r="I87" s="5"/>
+        <v>608</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>609</v>
+      </c>
       <c r="J87" s="5" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>615</v>
+      </c>
+      <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>340</v>
+        <v>178</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>178</v>
+        <v>68</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>620</v>
+        <v>268</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>439</v>
+        <v>396</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>621</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>622</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>623</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>624</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>625</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>627</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="D90" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D90" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="5" t="s">
-        <v>268</v>
+        <v>628</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>396</v>
+        <v>439</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F92" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>649</v>
+        <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
         <v>650</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>651</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>652</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>653</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>654</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>656</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>14</v>
+        <v>657</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>649</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F95" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>14</v>
+        <v>657</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>677</v>
+        <v>178</v>
       </c>
       <c r="D97" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="s">
         <v>678</v>
       </c>
-      <c r="E97" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H97" s="5" t="s">
+      <c r="I97" s="5" t="s">
         <v>679</v>
       </c>
-      <c r="I97" s="5" t="s">
+      <c r="J97" s="5" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>681</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>682</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>684</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>178</v>
+        <v>685</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>68</v>
+        <v>686</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>365</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>687</v>
+        <v>246</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>178</v>
+        <v>76</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>292</v>
+        <v>68</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>246</v>
+        <v>737</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>68</v>
+        <v>292</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>365</v>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="I106" s="5"/>
+        <v>742</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>743</v>
+      </c>
       <c r="J106" s="5" t="s">
-        <v>741</v>
+        <v>246</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>746</v>
+        <v>396</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="I107" s="5"/>
       <c r="J107" s="5" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>396</v>
+        <v>754</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>752</v>
-[...3 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
-        <v>672</v>
+        <v>749</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>365</v>
+        <v>268</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>438</v>
+        <v>396</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>760</v>
+        <v>680</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>365</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>438</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>741</v>
+        <v>768</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>268</v>
+        <v>365</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>438</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>773</v>
+        <v>749</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>572</v>
+        <v>68</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>17</v>
+        <v>268</v>
       </c>
       <c r="F112" s="5" t="s">
-        <v>778</v>
+        <v>438</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
         <v>779</v>
       </c>
       <c r="I112" s="5" t="s">
         <v>780</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>246</v>
+        <v>781</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>178</v>
+        <v>580</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>259</v>
+        <v>17</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>268</v>
+        <v>786</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>787</v>
+        <v>246</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D114" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D114" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="F114" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="F114" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>439</v>
+        <v>268</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>806</v>
+        <v>754</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
         <v>807</v>
       </c>
       <c r="I116" s="5" t="s">
         <v>808</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>809</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>810</v>
       </c>
       <c r="L116" s="6" t="s">
         <v>811</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
         <v>813</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>268</v>
+        <v>439</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>821</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>814</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
         <v>822</v>
       </c>
       <c r="I118" s="5" t="s">
         <v>823</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>824</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>825</v>
       </c>
       <c r="L118" s="6" t="s">
         <v>826</v>
       </c>
       <c r="M118" s="5" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
         <v>828</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>829</v>
+      </c>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>829</v>
-[...1 lines deleted...]
-      <c r="I119" s="5"/>
+        <v>830</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>831</v>
+      </c>
       <c r="J119" s="5" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>365</v>
+        <v>268</v>
       </c>
       <c r="F120" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>835</v>
-[...3 lines deleted...]
-      </c>
+        <v>837</v>
+      </c>
+      <c r="I120" s="5"/>
       <c r="J120" s="5" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>268</v>
+        <v>365</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>396</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>572</v>
+        <v>68</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>778</v>
+        <v>365</v>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>292</v>
+        <v>857</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>246</v>
+        <v>859</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>861</v>
+        <v>17</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>862</v>
+        <v>292</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="J124" s="5" t="s">
         <v>246</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>866</v>
+        <v>867</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="5" t="s">
+        <v>868</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="J125" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="K125" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>874</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -12480,44 +12583,45 @@
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
     <hyperlink ref="M122" r:id="rId127"/>
     <hyperlink ref="M123" r:id="rId128"/>
     <hyperlink ref="M124" r:id="rId129"/>
+    <hyperlink ref="M125" r:id="rId130"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>