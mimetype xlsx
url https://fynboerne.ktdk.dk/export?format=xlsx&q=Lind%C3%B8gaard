--- v3 (2026-01-13)
+++ v4 (2026-03-03)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1387" uniqueCount="875" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1423" uniqueCount="900" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1867,50 +1867,115 @@
 Jeppe Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Thomas Madsen-Mygdal
 Marie Meyer
 Sophus  Meyer
 Anna Meyer 
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Brevet er privateje.</t>
   </si>
   <si>
     <t>Fødselsdagshilsen til Johan Larsen(Lysse) fra hans faster Marie Larsen (Ia). Julen blev holdt hos familierne i Kerteminde og på Lindøgård. Der var voldsomt snevejr flere steder i Danmark. Sophus Meier (IA Larsens svoger) døde knap 96 år gammel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4gyc</t>
   </si>
   <si>
     <t>Birkerød d.27-2-36
 Kære Lysse! Til Lykke med Fødselsdagen, et rigtig godt Aar ønsker jeg Dig i alle Henseender; nu kommer dette Brev alligevel forsent, skønt jeg havde foresat mig at få det af Sted i god Tid! Hvordan mon I dog har det deroppe i denne skrækkelige Vinter? Herhjemme har vi da ikke haft så meget Sne i mange Aar, selv om Kulden ikke har været saa haard; lige her omkring Birkerød har det ikke været værst, men rundt omkring i Landet har der været Togstandsninger; i Nærheden af Roskilde hvor Lasse er havde de ikke fået Post [indsat over linjen:”Post”] omtrent en hel Uge og på Fyen og i Jylland har det jo også været rent galt; men nu er det vist i Orden de aller fleste Steder. – Forhaabentlig har Drengene det godt, den Lille vokser vel normalt og opfører sig pænt; jeg havde Brev fra Else forleden Dag, lille I.A. havde det godt; hvor er det kedeligt at man så sjældent kan få dem at se, det vilde være vældig morsomt at se de 2 små Fyre sammen, jeg håber at det sker en Gang ad Aare.
 Vi var på Fyn Alle 3 i Julen, vi rejste derover d. 22ende, jeg var i Kerteminde til Juleaftensdag, så kørte Puf mig til Lindøgaard, jeg er jo altid hos Agraren Juleaften; Las’s Fødselsdag var jeg derude og så var jeg der 3-4 Dage inden jeg rejste her tilbage. – Vi har hængt et Stykke Flæsk ud i et Træ og har megen Glæde af at se på Smaafuglene og Solsorterne som kommer og hakker i det. – Jeg havde Brev fra Marie Meyer i Dag, hendes Far er jo død, næsten 96 Aar gammel; hun tænker på at flytte fra Feden og få en mindre Lejlighed nu hun er alene, - Mix og Myg havde nær ikke kommet over til Begravelsen på Grund af Togstandsninger. – Hils lille Peter mange Gange, måske kan han more sig lidt med disse Billeder; det var kedeligt at jeg ikke fik skreven til Jer til Jul, jeg vilde have sendt et pund The over til Jer, men Din Svigermor sagde at hun havde et pund som hun tog med; så kan I få et af mig [fortsættes øverst på side 1] en anden Gang. Jeg håber vi en Gang får Lov til at have Peter her et Par Dage når han kommer til Danmark den søde Unge jeg længes tit efter ham; Hav det nu godt Alle 4, mange kærlige Hilsner til Bimse, Peter, den Lille og Dig selv kære Lysse, fra Ia -</t>
   </si>
   <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Søren Madsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Gertrude Søndergaard
+Martin Warberg Larsen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Martin/Manse Warberg Larsen rejste i 1936 til England for at lære landbrugsarbejde på flere gårde. 
+Grethe Jensen, født Hansen, døde 12. nov. 1935. Hun var datter af Elise og Peter Hansen. 
+Dr. Zechendorf var en tysk-jødisk øjenlæge, som Janna Schou en tid var i huset hos. De to forelskede sig i hinanden. I 1937 blev han myrdet i koncentrationslejren Sachsenhausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>Det må være tomt, efter at Martin/Manse er rejst, men Johanne kan glæde sig til breve. 
+Astrid Warberg-Goldschmidt har følt tomhed, efter at Grethe Jensen forsvandt (døde). Og det har været svært at vænne sig til at have Dr. Zechendorf i huset. Han hjælper dog meget til i grøntsagshaven, går ærinder, henter mælk og elsker Astrids mad. Han er i paradis, siger han, og Astrid er glad for at kunne hjælpe en jødisk person. 
+Jørgen/Buf Schou knokler i glasværkstedet sammen med Janna/Nus Schou og Getrude/Trut Søndergaard. De sælger en masse dejlige ting til private. Søren Madsen har givet dem en kredit på 100 kr. 
+Hunden Munter er i løbetid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen 
+[Skrevet på kuvertens forside med anden skrift:]
+L64
+1936 (1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvertens bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[I brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Doktor er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er Meningen, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – du forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven under streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham Extraforplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Doktoren er vildt begejstret for min Madlavning og spiser kolossalt – han spiser for 3 så han er ikke lukrativ. Men så gør han jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som han siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s.1 og indrammet af en streg:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
+  </si>
+  <si>
     <t>1936-07-30</t>
   </si>
   <si>
     <t>Ebbe Branner
 Else Birgitte Brønsted
 Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Christine  Mackie
 Elisabeth Mackie</t>
   </si>
   <si>
     <t>Johannes Larsen kendte mange, der hed Jens, så det kan ikke aføres, hvem den omtalte Jens var. 
 Bøgebjerg og Langø er lokaliteter på halvøen Hindsholm nord for Kerteminde.
 Det er uklart, hvem Reservebaronen var. Fritz Syber blev kaldt Baronen. 
 Svensk irisk er en ældre betegnelse for grønirisk. Johannes Larsen kaldte ofte bare fuglen for en svensker.
 Olshult er beliggende ved Långaryd og Båxhult i Småland, hvor Johan Larsen med familie boede.</t>
   </si>
   <si>
     <t>Andreas/Puf er ude at sejle og sove i telt. 
 Johannes Larsen spørger, om Johan/Lysse vil hente ham.
 Rosenbedet omkring flagstangen er lavet om til en dam.
 Der er mange fugle i haven. En sortrygget, engelsk vipstjert er set med unger, og det er første gang, den har ynglet i Danmark. Undulater har der også været i haven. 
 Det er ærgerligt, hvis Olshulterne får jagtretten.</t>
   </si>
   <si>
@@ -2559,50 +2624,143 @@
 Lindøgaard, Dræby St.
 [I brevet:]
 Lindøgaard 
 pr. Dræby
 Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
 Kære lille Dis!
 Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
 Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
 Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
 2.
 Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
 3
 Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
 Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
 Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
 4.
 Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
 Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
 Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
 Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
 Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
 Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
 Tusinde Hilsner, din Junge.</t>
   </si>
   <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
+  </si>
+  <si>
     <t>1938-11-21</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Ina  Goldschmidt
 Ulf Haxen
 Adolph Larsen
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uklart, hvad Laura/Bibbe Warberg Petersen aktuelt fejlede, men hun led i sine unge år meget af bihulebetændelse, hovedpine, og hun havde psykiske problemer. 
 Mund- og klovsyge er en meget smitsom virussygdom, som først og fremmest rammer parrettåede hovdyr deriblandt tamkvæg og svin. Hjorte, geder og får rammes dog bl.a. også. I Europa har kun de skandinaviske lande Norge (1952), Finland (1959) og Sverige(1966) gennem de seneste årtier været forskånet for udbrud. I Danmark var det sidste udbrud i 1983, mens Storbritannien atter blev ramt i 2007. (Wikipedia febr. 2024).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Bb0606</t>
   </si>
   <si>
     <t>Laura/Bibbe har fået medicin, der hjælper hende. Hendes tre uger lange rejse med hvile hjalp ikke, men Laura var glad for at være hos Ina/Sjums og børnene. 
 Johanne/Junge havde omsider fået en pige i huset, men hun udeblev allerede anden dag. Johanne nåede lige at bede lægen om at indstille hende til operation. Hun føler sig fortravlet og træt. Elle(n) Sawyer har været på besøg og hjulpet med at vaske æg. Drengene har en 10årig dreng til at hjælpe med tærskningen.</t>
   </si>
@@ -2912,54 +3070,50 @@
 Onsd. 14-12-05
 Fru Astrid Warberg Müller
 Bakkevej No 12
 Hareskov St.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgd. 25 Okt 1940
 Kæreste Dis!
 Hvor var det dog forfærdelig kedeligt, at Axel nu ogsaa skulde faa saadan en Omgang, man skulde tro, han havde faaet nok i sin Bronchitis. Da du sluttede mit Brev, vidste du altsaa endnu ikke hvad det er, han fejler? Kun at det ikke er Blindtarm. Jeg er, som du vel kan forstaa, meget spændt paa, hvad det er, der er i Vejen, men det hører jeg vel, naar du faar det at vide.
 Tak fordi du skrev det til mig – det var ikke noget morsomt, men man vil jo gerne være ”mæ’”, naar der skal er [”skal” overstreget; ”er” indsat over linjen] noget. Ved du, at Mornine har ligget paa Hospital med en let Lungebetændelse? er kommen hjem igen, har vi hørt gennem Nete; Bibbe og Nete er saa gode Venner; de er jo trods den store Aldersforskel paa Generation sammen, og de ringer af og til til hinanden og faa udvekslet nyt om Familien. Bibbe elsker Nete. Har du nogen Sinde besøgt dem, siden de kom til Faldengaard? 
 Mens jeg husker det – du kan bare vove paa at købe fantastisk dyr Chokolade til mig; jeg vil intet have; du kan selv se hvor meningsløst det er og jo da navnlig, naar I maa spare haardt, oven i Købet paa Kosten. Og heller ikke Julegaver!! Vi er klemt saa haardt paa alle Kanter, saa det maa indvirke ogsaa paa den Slags. Jer selv imellem kan der jo vælges nyttige Ting, som alligevel skal anskaffes, saa bliver det jo paa en Maade i ikke [”i” overstreget; ”ikke” indsat over linjen] Udgifter, nej, søde Dis, skal alt det indvindes, som Axel der ikke har haft Held til at ordne, saa maa du spare paa alle Punkter, det kan jeg da se. Saa er det en Aftale og tænk, hvor du altid har overøst mig med Gaver, da du kunde. Selv Haandarbejdsmateriale er jo ikke til at købe mere. 
 Den gode Marie kom saa i Onsdags Kl 3 ½. Bibbe skulde have gaaet hende i Møde
 2
 da de havde travlt med Roerne, og Marie havde sagt, at hun kunde udmærket gaa fra Dræby, men det regnede lidt og Bibbe var saa forkølet, saa min Lettelse var stor, da Agraren sagde, han vilde køre hen efter hende. Hun var saa henrivende at have og Bibbe var pragtfuld til at lave fint an. Hun fik The, da hun kom med Franskbrød med Ost og Marmelade og finsk [”s” i ordet indsat over linjen] Brød, som jeg havde bagt. Om Aftenen fik vi Rosenkaalssuppe (lavet af henkogt Syltesuppe, pyntet op med Champignon-Væde og Tomatafkog) som var glimrende. 2 Fasaner udm. stegte med alskens til: Æbler og Valnødder. Til Aftenskaffen havde vi en knippel god Lagkage og det finske Brød. Næste Middag henkogt Medisterpølse; dertil Rosenkaal Kartofler og henkogte smaa fine Karotter samt stuvede Ærter. Æblesuppe. Vi beværtede hende fint, synes jeg. Hun var selvfølgelig henrivende at have; vi har jo altid saa meget at snakke om, hvor er hun ung og frisk. Hun bad mig hilse dig saa mange Gange. Det gaar saa godt med Vilhelm, de har været et Par Dage i Kbhv. for at besøge ham. Lægerne har sagt at han gør gode Fremskridt og han kan selv mærke Fremgang. Desuden har Lægerne sagt, at Folk kommer sig altid af den Sygdom – naar de faar den Behandling da. Hvor er Lægevidenskaben efterhaanden stor og hvor maa vi være den taknemmelig for alt det, den kan fri os ud af. Hvis ”Lyset” ikke var bleven opfunden som Lægemiddel, vilde Vilhelm have været Dødens sikre Bytte. Og godt, lille Dis, at du har Stramoneum til at dæmme op for den grufulde Astma. Og at vi har noget som kan stille de værste Smerter, naar de kommer paa. – Børnene skal til Odense i Aften til Luttes Forestilling – noget om Børn saa ved du. Bibbe vil opsøge ham efter Forestillingen og høre lidt om Jørgen. 
 Ja, saa kun tusind Hilsner fra din Junge - ogsaa til Axel og Janna.
 [Skrevet på hovedet øverst på s. 4:]
 Bare du nu kan døje al den Sindsbevægelse om Axels Sygdom. Den Slags er vist ikke godt for Astma. - Jeg har nok glemt at skrive om Knæet, men er der er intet at skrive, bedre er det desværre ikke blevet.</t>
   </si>
   <si>
     <t>1941-02-18</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
-  </si>
-[...2 lines deleted...]
-Lindøgaard</t>
   </si>
   <si>
     <t>Sus -
 Torkil Barfod
 Nicolai  Blædel
 Adolph Hitler
 Charles Morgan
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Kirstine Schou
 Robert Stephenson
 Lars Syberg
 Gertrude Søndergaard
 Ole Søndergaard
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Bøgelund Jensen, Edith og Søren Madsen var. Ida var formodentlig pige i huset hos Johanne og Adolf Larsen. 
 Dr. Larsen og Blütten Petersen kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0787</t>
   </si>
@@ -6102,50 +6256,110 @@
 [Skrevet af ukendt:]
 modt. 25/Maj 1949
 (husk om Lugge!)
 besv. 31/5.
 [Skrevet af Laura Warberg Petersen:]
 19-1-2007.
 10-7-05
 8-8-2000
 BWP. 
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 Danmark.
 [Skrevet af ukendt:]
 16-7-05
 10-7-05
 [I brevet:]
 Lindøgaard 24-5-1949. 
 Kære lille Dis
 Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
 Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
 Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
 2
 Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
 Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
 Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
   </si>
   <si>
     <t>1950-06-06</t>
   </si>
   <si>
     <t>Dres -
 Holger -
 Alfred Fly
 Johannes Hohlenberg
 Johannes Larsen
 Helga Nielsen
 Lauritz Pedersen
 Jørgen Schou
 Mette Schou
 Leo Swane
 Erik Warberg Larsen
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
 Laura Warberg Petersen
 Troels Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Jørgen og Gretes søster var. Lille Marie kendes heller ikke. 
@@ -6920,59 +7134,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tu3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tu3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M125"/>
+  <dimension ref="A1:M128"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -8987,3518 +9201,3647 @@
       <c r="H45" s="5" t="s">
         <v>306</v>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
         <v>307</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>308</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>309</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>311</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>283</v>
+        <v>178</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>312</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>313</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>286</v>
+        <v>316</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>178</v>
+        <v>16</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>68</v>
+        <v>283</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>268</v>
+        <v>17</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>320</v>
+        <v>286</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="F48" s="5" t="s">
-        <v>325</v>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>340</v>
+        <v>68</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>341</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>334</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>342</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>343</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>344</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>345</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>346</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>348</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>68</v>
+        <v>349</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>350</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="5" t="s">
-        <v>357</v>
+        <v>268</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>268</v>
+        <v>358</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>68</v>
+        <v>178</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>366</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>373</v>
+        <v>76</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>178</v>
+        <v>68</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="F54" s="5" t="s">
         <v>374</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
         <v>375</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>376</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>377</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>378</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>379</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
         <v>381</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="D55" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="5" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>325</v>
+        <v>383</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D57" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="5" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>283</v>
+        <v>68</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>334</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>286</v>
+        <v>408</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>243</v>
+        <v>68</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>286</v>
+        <v>416</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>170</v>
+        <v>16</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>178</v>
+        <v>283</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>417</v>
+        <v>17</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>420</v>
+        <v>286</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>283</v>
+        <v>243</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>286</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="D62" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D62" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="5" t="s">
-        <v>268</v>
+        <v>433</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>396</v>
+        <v>434</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>178</v>
+        <v>283</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>17</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>442</v>
+        <v>286</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D65" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D65" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="5" t="s">
-        <v>268</v>
+        <v>455</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D67" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="D67" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="5" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>268</v>
+        <v>413</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>340</v>
+        <v>68</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D69" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D69" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="F69" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="F69" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>178</v>
-[...7 lines deleted...]
-        <v>489</v>
+        <v>349</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>283</v>
+        <v>68</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>246</v>
+        <v>500</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>170</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="E72" s="5" t="s">
-        <v>503</v>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F72" s="5" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>507</v>
-[...4 lines deleted...]
-        </is>
+        <v>508</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>68</v>
+        <v>283</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>17</v>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>513</v>
+        <v>246</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="D74" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="5" t="s">
-        <v>268</v>
+        <v>519</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>438</v>
+        <v>520</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>523</v>
+      </c>
+      <c r="K74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L74" s="6" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>283</v>
+        <v>68</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>525</v>
-[...1 lines deleted...]
-      <c r="I75" s="5"/>
+        <v>527</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>528</v>
+      </c>
       <c r="J75" s="5" t="s">
-        <v>286</v>
+        <v>529</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>455</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>291</v>
+        <v>16</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>283</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="I77" s="5"/>
       <c r="J77" s="5" t="s">
-        <v>246</v>
+        <v>286</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>550</v>
+        <v>291</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>53</v>
+        <v>283</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>553</v>
+        <v>246</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>17</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>550</v>
+        <v>566</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>565</v>
+        <v>53</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>550</v>
+        <v>178</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>565</v>
+        <v>68</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>16</v>
+        <v>566</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F83" s="5" t="s">
-        <v>581</v>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>582</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>583</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>246</v>
+        <v>584</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>291</v>
+        <v>566</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>283</v>
+        <v>581</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>246</v>
+        <v>591</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>178</v>
+        <v>16</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>68</v>
+        <v>596</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>268</v>
+        <v>17</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>396</v>
+        <v>597</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>596</v>
+        <v>246</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>178</v>
+        <v>291</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>68</v>
+        <v>283</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>17</v>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>603</v>
+        <v>246</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="I88" s="5"/>
+        <v>617</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>618</v>
+      </c>
       <c r="J88" s="5" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>340</v>
+        <v>178</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>178</v>
+        <v>68</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>628</v>
+        <v>268</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>439</v>
+        <v>413</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="I90" s="5"/>
       <c r="J90" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="D92" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D92" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="5" t="s">
-        <v>268</v>
+        <v>644</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>657</v>
+        <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>657</v>
+        <v>673</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>660</v>
+        <v>676</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>657</v>
+        <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>14</v>
+        <v>673</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>685</v>
+        <v>178</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>686</v>
+        <v>68</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>246</v>
+        <v>676</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>673</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>178</v>
+        <v>701</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>68</v>
+        <v>702</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>374</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>702</v>
+        <v>246</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>178</v>
+        <v>76</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F105" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>292</v>
+        <v>68</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>246</v>
+        <v>746</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>748</v>
-[...1 lines deleted...]
-      <c r="I107" s="5"/>
+        <v>751</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>752</v>
+      </c>
       <c r="J107" s="5" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>68</v>
+        <v>292</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>754</v>
+        <v>374</v>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>755</v>
-[...1 lines deleted...]
-      <c r="I108" s="5"/>
+        <v>758</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>759</v>
+      </c>
       <c r="J108" s="5" t="s">
-        <v>749</v>
+        <v>246</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>268</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>764</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>680</v>
+        <v>765</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>365</v>
+        <v>268</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>438</v>
+        <v>770</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>766</v>
-[...3 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>365</v>
+        <v>268</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>438</v>
+        <v>413</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>749</v>
+        <v>696</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>268</v>
+        <v>374</v>
       </c>
       <c r="F112" s="5" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>580</v>
+        <v>68</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>786</v>
+        <v>455</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>246</v>
+        <v>765</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D114" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="D114" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="5" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>268</v>
+        <v>455</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>178</v>
+        <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>68</v>
+        <v>596</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>268</v>
+        <v>17</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>754</v>
+        <v>802</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>802</v>
+        <v>246</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D116" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D116" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="F116" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="F116" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>439</v>
+        <v>268</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>814</v>
+        <v>770</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>68</v>
+        <v>349</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>268</v>
+        <v>823</v>
       </c>
       <c r="F118" s="5" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>829</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>770</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>268</v>
+        <v>398</v>
       </c>
       <c r="F120" s="5" t="s">
-        <v>396</v>
+        <v>839</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>837</v>
-[...1 lines deleted...]
-      <c r="I120" s="5"/>
+        <v>840</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>841</v>
+      </c>
       <c r="J120" s="5" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>365</v>
+        <v>268</v>
       </c>
       <c r="F121" s="5" t="s">
-        <v>396</v>
+        <v>839</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>854</v>
+      </c>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>365</v>
-[...4 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>857</v>
-[...3 lines deleted...]
-      </c>
+        <v>862</v>
+      </c>
+      <c r="I123" s="5"/>
       <c r="J123" s="5" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>580</v>
+        <v>68</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>786</v>
+        <v>413</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>292</v>
+        <v>868</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>246</v>
+        <v>870</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="J125" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="K125" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="J126" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="K126" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="L126" s="6" t="s">
+        <v>886</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C127" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D125" s="5" t="s">
-[...19 lines deleted...]
-      <c r="J125" s="5" t="s">
+      <c r="D127" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>889</v>
+      </c>
+      <c r="J127" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="K125" s="5" t="s">
-[...6 lines deleted...]
-        <v>874</v>
+      <c r="K127" s="5" t="s">
+        <v>890</v>
+      </c>
+      <c r="L127" s="6" t="s">
+        <v>891</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>894</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="K128" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="L128" s="6" t="s">
+        <v>898</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>899</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -12584,44 +12927,47 @@
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
     <hyperlink ref="M122" r:id="rId127"/>
     <hyperlink ref="M123" r:id="rId128"/>
     <hyperlink ref="M124" r:id="rId129"/>
     <hyperlink ref="M125" r:id="rId130"/>
+    <hyperlink ref="M126" r:id="rId131"/>
+    <hyperlink ref="M127" r:id="rId132"/>
+    <hyperlink ref="M128" r:id="rId133"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>