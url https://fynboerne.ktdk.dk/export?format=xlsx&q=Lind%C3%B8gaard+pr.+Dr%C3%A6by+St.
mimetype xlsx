--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="560" uniqueCount="344" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="351" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -128,600 +128,101 @@
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 19 april 1933.
 Fru Astrid Warberg Müller
 Hareskov St.
 Sjælland.
 9-8-03. 
 9/1-2001 5 okt. 02.
 BWP.
 [Håndskrevet på kuvertens bagside:]
 JWarberg Larsen Lindøgaard pr. Dræby
 [I brevet:]
 Lindøgd. pr. Dræby Tirsdag Aft. d. 18-4-1933.
 Kære lille Dis!
 Du skal være den første jeg skriver til her fra Lindøgaard og du var også den første jeg fik Brev fra. Tusind Tak for dine to gode Breve! Hvor er du dog deltagende og optaget af vore store Begivenheder. Men lad mig nu allerførst ønske dig til Lykke med din genfundne Sjums! Hvilken stor og glædelig Begivenhed! Jeg undrede mig over, at du ikke raabte højere Hurra, da Sjums var saa fornuftig at slippe ”den gamle Adam”, det jublede jeg jo saadan over og syntes at det gav godt Haab om Fremtiden for hende og dig. 
 Ja, nu er vi altsaa i Gang som Ejere af den herligste gamle Bondegaard du kan tænke dig; vores Opholdsrum er en veritabel gammel Folkestue – det kaldte Jantzens den, men i gamle Dage, har de jo nok kaldt den Davlestouen; der er en lang Bænk langs de tre smaa Fag Vinduer, et langt smalt Træbord foran og ved Enden af den en kort Slagbænk af malet Fyrretræ (den fik vi straks hentet ned fra Loftet) den venter paa at Tinge skal faa Tid til at tømre Sædet i Orden, saa skal der lidt Hynder paa og det skal være Agrarens Plads; over den hænger Lases henrivende Træsnit af gamle I.A. 
 Vi er ikke paa langt nær i Orden; først i Lørdags flyttede Jantzens deres sidste Sager herfra og for øvrigt har vi ikke haft megen Tid; det daglige Arbejde ogsaa tager en stor Del af Dagen og for Mændenes Vedkommende hele Dagen, saa der levnes ikke megen Tid til at komme i Orden; men her er da beboeligt. En lille Stue ved Siden af Folkestuen er næsten færdig, den store Forstue med den gamle Kiste, Buffetten [det andet ”f” i ordet overstreget] og en lille Sofa er ogsaa pæn og ryddelig ligeledes det store luftige 3 Fags Sovekammer; men Havestuen, som bliver vor fine Stue og de andre Kamre er helt rodede endnu. Manse og Tinge vil bo i det store Karlekammer; det er det eneste Sted hvor vores store Hjørnesofa kan staa; det er jo lidt trist at f [”f” overstreget] vi ikke kan nyde dens Hygge mere og der er den Hage ved det, at der ikke er Kakkelovn i Karlekamret – du forstaar, ingen Skorsten; og Petroleumsovn giver ingen Hygge.
 Dedde var her d.1st April for at skrive Papirer; han var uhyre begejstret over det hele. Han fandt den imponerende velholdt, billige [”e” sidst i ordet overstreget]! Var det ikke morsomt han er ellers altid saa skeptisk. Det var en uhyre festlig Dag og Dedde syntes, det var den fredeligste Handel, han havde været med til, ingen Skænderi af nogen Art. Da vi nærmede os Gaarden sagde Dedde ”Ih du forbarmende” og da vi stod i den og han beskuede de 4 Længer sagde han: Død og Pine! Saa imponeret var han! Jeg maa tilstaa at det forbavsede mig lidt og jeg snakkede lidt om Rotternehullerne [”rne” i ordet overstreget; ”hullerne” indsat over linjen] i Tagene ”Tagene!” sagde Dedde, ”nej de er da saa velholdte”. Han havde aabenbart tænkt sig at til den Pris 45,500 Kr for 45 Td Land maatte der være store Brist. Besætningen er fuldtallig og alt i Maskiner. Indlagt Vand (ikke i Køkkenet, men i Bryggerset ved Siden af) som kommer fra en Kilde og meget billig. Elektricitet, hvilket betyder meget da al Kraft jo gaar ved Elektricitet
 20/3. Jeg naar intet Skriveri; maatte i Seng i Aftes Kl 7½. Lugge og Elle kom Paaskelørdag til Eft.Te. Bes, Puf, Else Overgaard. Jantzen, som vi købte Gaarden af samt Fru Christoffersen (de er alierede!) tidligere Ejer af Gaarden, hun lader Penge staa i den – var her for at flytte deres Sager; vi var 9 til Middag, saa Kjerteminderne, saa Grethe Bichel, Henrik og to Holsteiner; Ruth og Kirsten kom Langfredag, men de maatte tage til Kjert. om Aftenen; næste Dag fik vi indrettet Sengelejlighed til dem. Han er meget tiltalende Hils ham. Du vil forstaa at her var Menneske_vrimmel_. Jeg kunde have ønsket lidt mere Ro, naar Lugge var her; hun var ligeså interesseret som hvis det havde været dig; hun er meget begejstret, så alt; desværre surt Vejr. Ingen Hygge her den Dag. Elle er nu rejst til Stockholm ved du at Grethe blev opereret for c. 14 Dage siden. Svulst paa Æggestokken, det gik helt godt.
 Jeg har ingen Tid. Naar du skriver, stil mig saa Spørgsmaal om det hele her, jeg ved ikke, hvad du ved og hvad ikke. 
 Du hører fra mig d. 26.
 Tusind Hilsner til Jer alle tre
 Din Junge</t>
   </si>
   <si>
-    <t>1942-04-25</t>
-[...17 lines deleted...]
-Laura Warberg
+    <t>1934-03-23</t>
+  </si>
+  <si>
+    <t>Hareskov
+Lindevej 45</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
 Erik Warberg Larsen
-Martin Warberg Larsen</t>
-[...125 lines deleted...]
-Janna Schou
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2450</t>
-[...8 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/mgB3</t>
+    <t>Dolph/Agraren Larsen var kvartalsdranker.
+Det vides ikke, hvem Palle var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0520</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt prøver at trøste Johanne/Junge Larsen med, at selv når alt ser sort ud, kan tingene ændre sig. Adolph/Agrarens skæbne er tung, men Johanne/Junge må også tænke på sig selv. Og hun og børnene må stå sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F1PD</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-2’ Februar 1945
-[...384 lines deleted...]
-[Indsat øverst s. 4; på hovedet:] Æggemanden fik din Taske med i Formiddags haaber du naar at faa den inden du skal rejse til Bogø! Mandag</t>
+l.-. 64
+1934
+23’ marts
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr Dræby 
+Fyen.
+(om ”Agraren”).
+[skrevet på kuvertens bagside:]
+Læst – Alle – 
+(12-1-2000.)
+afs A Warberg Müller
+Lindevej 45
+Hareskov
+Sjælland
+[I brevet:] 
+Hareskov, Fredag 23 Marts 1934
+Kæreste lille søde Junge!
+Du skal have et lille Trøstensbrev lige pr omgående, så du kan have det Lørdag – i Morgen; for hvor blev jeg dog nedbøjet over dit Brev i Dag; men Junge – fortvivl ikke! Alt i vore Dage vender sig bogstavelig fra den ene Dag til den anden – det der synes sort og ufremkommeligt i Dag kan lysne allerede i Morgen – og ofte på ganske uforudset Måde. Endnu er Spillet ikke tabt; hvis jeg havde Penge, fløj jeg strax over til dig, så vi kunde tale ordentlig sammen – Breve siger selv i bedste Fald dog kun Halvdelen – og ofte kan man tale sig ud af meget – Ideer toner frem – Udveje viser sig, det man mente var umuligt at gøre i går –viser sig pludselig at kunne og måtte gøres i Dag. Hvordan står du i dette rent personlig overfor Agraren – og Drengene? dèr synes jo de to Lejre at være opstået; en af Parterne synes at måtte bringe Ofret – eller blive ofret. Bare dette ikke har være Agrarens sidste Chance? Nu er det Sønnernes Tid – nu må de have Chancen. Ja, jeg ser ikke tydeligt for mig, hvordan det praktisk må gribes an, men hvis Gården – altså Jeres Hjem og Levebrød – kan reddes ved at Agraren definitivt sættes ud af Spillet – og hvis dette kan gøres – ja, hvad mener du nu?
+Stakkels Agrar – han har en tung Skæbne, at han bestandig skal volde Ulykke, og hvor meget eller hvor lidt han ”kan gøre ved det” – er altid for mig et Spørgsmål, der må lades åbent – derom kan andre ikke dømme.
+Og du, lille Junge? Jeg synes, du til det yderste har gjort din Pligt og mere til; hvad du end gør nu, så kan intet bebrejdes dig af nogen, heller ikke af din egen Samvittighed. Ja, jeg mener jo ikke, du skal myrde ham – i vor mordfyldte Tid kunde det måske se ud, som om jeg mente det!!
+Men jeg mener, at du og dine Drenge må stå sammen og – ja, I må jo selv finde den praktiske Løsning; tag ind til Bibbe en Aften alle tre og prøv, om I ikke kan drøfte det igennem og komme til et Resultat; jeg vil nødig være ubarmhjertig mod nogen – men synes du, at et langt Livs Opofrelse og uendelig Barmhjertighed har hjulpen ham et Hanefjed opad? Tænk nu for en Gangs Skyld på dig selv og på de unge. Aa gid jeg dog sad i din Stue – at tale sammen er det eneste, der duer. Jeg må have dette op til Toget nu – du skal blot lige høre, at de i går tog fat på vores Hus – i Dag går der fire hvidklædte Murere deroppe og graver ud til Støbning af Grunden – for lidt siden kom der 2 store Lastbiler med Materialer – de begynder at støbe i Dag; der er vældig Liv og Lystighed deroppe – jeg smutter ofte op og ser på det hele – det er fire søde, yngre Mænd, der laver det; Palle kommer ind til mig og nyder sin Mellemmad i Køkkenet. Jeg skal se at få skreven et Brev til inden Påske. Du har vel ikke en Opskrift på Aplsinmarmelade?
+Nu Farvel lille Junge, prøv at være ved godt Mod – det skal jo gå! Din alletider
+Dis.</t>
   </si>
   <si>
     <t>1936-10-14</t>
   </si>
   <si>
     <t>Bent Bjergskov
 Thora  Branner
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Kirsten Larsen, Gudmund Larsens kone
 Axel  Müller
 - Müller, Frk. 
 Margrethe -, pige i huset hos Johanne C. Larsen 1936
 Ellen  Sawyer
 Janna Schou
 Hempel Syberg
 Rigmor Thorsen
@@ -997,50 +498,119 @@
     <t>https://fynboerne.ktdk.dk/d/QBkJ</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Febr. 1938
 Fru A. Warberg Müller
 p.t. Sallinge Kro
 pr. Højrup St
 læst ons. 14-9-2005.
 [Skrevet på kuvertens bagside:]
 Lindøgaard pr. Dræby St.
 [I brevet:] 
 Lindøgaard
 9 - 2 – 1938
 Kære lille Dis!
 Tak for dit lange Brev, jeg blev glad, da jeg saa, at du vilde tage til Sallinge, gid du nu maa faa rigtig godt af dit Ophold der, jeg forstaar godt, at du har bedre af ikke at bo i et privat Hjem - Fornemmelsen er helt anderledes man er paa mange Maader saa ansvarsløs, naar man bor paa Kro el. et andet lgn. Sted. Min første Indskydelse var at skrive straks, men da jeg skulde til Kjertem. i Gaar – paa Barselsvisit hos Else og Puf mente jeg, du skulde høre lidt om den Tur med. Maries - den gode – skrev om jeg ikke kom derned, mens du var i Sallinge; husk nu at aflevere denne Besked: hils hende saa mange Gange, tak hende for hendes Brev og for Indbydelsen; det er fristende, men jeg synes ikke, jeg vil spænde Buen for højt; nu skal jeg jo til Kbhvn. i Marts og vil gærne være borte en ret anselig Tid – mindst 14 Dage; måske ser jeg Marie og Laders der, de skal jo derind i Marts. Jeg har altid saa mange Breve at skrive; det gaar nok med din mundtlige Hilsen til Marie. Du skrev ikke hvor længe du bliver der. – En lille Forretningssag vil jeg nævne med et samme: nej, du kan tro nej, søde Dis, jeg vil ikke beholde Marcipan-Pengene; jeg har let ved nu at skaffe alt til Rejsen henhørende – nu regner vi jo sikkert med Saneringslaanet – Tiderne bedres og vor Bedrift her bedres, saa jeg vil betale, hvad jeg skylder Jer og runder af lidt op ad, fordi det er nemt at sende en X Fem’er i et Brev. Tak for dit tilsendte Brev fra Minna, hvor har hun dog været glad ved den Fest. Jeg har ikke set nogen af Sangene, håber [”håber” overstreget] dine kan jeg jo da faa at se, naar jeg kommer derind. Jeg skal tage nogle Vintergæk-Løg med til dig. 
 Jeg havde dobbelt Ærinde til Kj. i Gaar, idet Mary ligger syg inde hos hendes sine? [”sine?” indsat over linjen] Forældre. Det er en ordentlig Omgang Tarmhistorie, hun har raget sig til; hun vilde absolut selv tage ind til Kjert. for at gaa til Læge i Stedet for at faa hend [”hend” overstreget]ham herud; hun var temmelig elendig, da hun kom derind og hendes Mor puttede hende straks i Seng – i Faderens, saa sover han ovenpaa i Gæstekammer. Dr. Fly har tilset hende tre Gange, nu er hun begyndt at komme lidt op og det mentes, at der ikke vil gaa saa lang Tid inden vi ser hende igen. Hendes Mor gav mig en liflig Kop Kaffe, det kvæger altid, naar man har rejst. Saa drog jeg op til Elle, som ikke vidste, at jeg kom og blev lykkelig, især da jeg lovede at komme til hende ved 2 Tiden og drikke Kaffe hos hende. 
 Else ventede mig til Middag og jeg fik saa Ungerne at se inden de tørnede ind til deres Middagssøvn; de er saa glade ved os, naar vi kommer, og det skønt vi aldrig har Slikkeri med til dem; det ses nødig, hvilket er vældig fornuftigt. Jeg synes de to kære Unger er saa tynde og splejsede og lidt blege, men der bliver gjort, hvad der kan gøres, og de er meget ude, siger Else. Den sidste lille ny blev født paa Maries Fødselsdag d. 19de kort efter Midnat, saa den egentlige Fødselshurlumhej var jo den 18 – Sølvbryllupsdagen hvorfor de ikke fik telegraferet, hvilket jo havde vakt lidt Eftertanke hos dem deroppe; Christine ringede fra Kbhvn. da hun kom hjem for at høre Grunden. De havde fin Middag til mig Bøf m. Løg og Figengrød med Flødeskum, god Kaffe og en Upman ovenpaa. Jeg hygger mig efterhaanden saa godt derovre – du ved det har aldrig været min stærke Side at hygge mig hos Lases – men det gør jeg altsaa nu, ogsaa naar Las er der; han er i Kbhvn. for Tiden (Udstilling hos Winkel &amp;amp; Magnussen, solgt for 10,000 Kr) men da jeg var derinde at købe Sølvbryllupsgave, var han der og var saa sød og hyggelig og snaksom. Den lille nye var en vidunderlig dejlig lille Pige, mægtig mørkebrun Haar, smukke blaa Øjne og ret stor hun vejer allerede 7 Pund [tegn for pund] – 7 staar der – Else ser derimod sløj ud bleg og hærget; det er jo maaske ogsaa lidt vel rask, de to smaa Unger er kommen; Ane fyldte først 3 Aar 1st Okt. 
 Dette er skrevet lidt i Jag, jeg venter Posten og desuden venter Ægmaskinen paa mig, naar Mary ikke er her, hjælper jeg jo Skipper. Her er intet nyt, alt er vel; Drengene laver sam. med Naboerne Vejforbedring herfra og op til Hjørnet. 
 Hils Laders og Marie og d. gl. Krokone fra mig.
 Tusinde Hilsner! Din Junge.
 [Skrevet langs venstre kant s2:]
 X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
   </si>
   <si>
+    <t>1938-02-13</t>
+  </si>
+  <si>
+    <t>Sallinge Kro</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Drude Jørgensen
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Karen Pilegaard
+Lars Pilegaard
+Valdemar Rørdam
+Jørgen Schou
+Karl Schou
+Marie Schou
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem baronessen og professoren var. Gudrun på Sallinge Kro kendes heller ikke. 
+Drude Jørgensen købte en samling af Johannes Larsens oliemalerier med motiv fra H.C. Andersens Den grimme Ælling til ophængning på Fyns Forsamlingshus.
+Else og Andreas Larsen fik i 1938 datteren Thora.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0771</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt har det dejligt på Sallinge Kro. Hun nyder at høre fynsk tale igen og at møde søde mennesker. Måske skal hun en tur til Munkebo Kro og vil i så fald besøge Johanne/Junge Larsen.
+Astrid har besøgt Fyns Forsamlingshus og set Johannes Larsens billeder. Hun har også set Alhed Larsens stokroser og Karl Schous interiør med mor og barn på Stiftsmuseet. 
+På Ølstedgaard besøgte Astrid professoren, som læste højt af sine digte. Hun har været i Ryslinge og høre Rørdam samt på besøg på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsmJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside med kuglepen:]
+1938
+13’ febr. Sallinge
+[Håndskrevet på kuvert forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+[Skrevet på kuvertens forside med kuglepen:]
+20-5-03
+[På kuvertens bagside:]
+A Warberg
+Sallinge Kro
+[I brevet:]
+Sallinge Kro, Søndag d 13’ Februar 1938
+Kæreste søde Junge!
+Tusind Tak for dit lange goe Brev, der helt igennem var så veltilfreds i Tonen hvor er det dejligt at mærke, Junge. Også Tak for Femmeren, som jeg var dybt rørt over. – ja, den kan netop forlænge dette herlige Ophold med en Dag – ja, næsten to! Jeg bliver for hver Gang mere glad ved at være her – falder mere og mere til alle Steder og befinder mig usigelig vel – bedres Dag for Dag i Hode Nerver - Mave – alting. Jeg Dåre, der til at begynde med – ifjor – havde tænkt mig en absolut ensom Tid, tilbragt på Værelset med fromme Studier – jo, Godmorgen. Det faldt ganske anderledes ud. Og nu bagefter ved jeg dog så godt, at hvor jeg end har været i Verden, hvor meget kønt jeg end har set af Lande – Natur – Landskaber - - så var det dog altid Mennesker, der gav Indhold og Dybde til det altsammen. Det fornyende og forfriskende herovre er: de nye Mennesker, det nye Milieu, det nye Sprog – nyt og dog gammelt – anderledes, helt helt anderledes end det tilvante – deri består den store rekreation for mig. Jeg bliver ikke træt af at lytte til det elskelige fyenske Bondemål, de pudsige Vendinger, de overraskende Udtryk, der i Klang og betoning er så malende; og så er det jo også bedårende overalt at blive mødt med åbne Arme – alle er så søde imod mig, så jeg synes, jeg danser på Roser. Hver ny Dag er fuld af nye små Oplevelser, hver Dag fortæller noget nyt. – 
+De snakker forresten om hernede på Kroen, at de længe har planlagt en Biltur til Munkebo Kro - ! så du skal ikke blive alt for forbavset, hvis vi en Dag ruller ind på Gårdspladsen hos Jer! For hvis Planen realiseres, mens jeg er her, så tænker jeg jo nok, at de springer Kroen over - - vilde du blive forfærdet? Nå, nu får vi se, hvad det bliver til.
+Unge Krokone – Gudrun, er ved at få nye Tænder, jeg tog en Dag med ind til Odense, gik op på Forsamlingshuset og bad en Pige vise mig Selskabslokalerne, da det var lidt tidligt på Formd. vilde jeg ikke spørge Drude – men pludselig stod hun ved Siden af mig! opfordrede mig indtrængende til at besøge Professoren, sagde at hun snart kom til Ølstedgård og vilde så ringe til mig; så gik hun igen, skulde hvile sig efter et Nattebal. Jeg henfaldt i Henrykkelse over Lases underdejlige Værker - var fuldkommen betaget og havde den Lykke at være muttersalene hele Tiden – næsten en Time gik og sad jeg og indsugede de skønne Billeder. Så gik jeg over på Stiftsmusæet, så de gamle oldsager fra Espe og Nybølle o.m.m. Landede i Malerisamlingen og stod pludselig overfor et henrivende Billede af Be – røde Stokroser i Haven, det var overvældende. Der var også et af Karl Schou – Interieur med Mor og Barn – Buf som spæd! En interessant Tur i det hele taget. Om Aftenen Kl ½ 8 ringede Professoren til Kroen, om han 
+2)
+måtte sende en Bil over efter mig, Drude havde ringet til ham, at jeg var der. Det lod jeg mig jo ikke sige to Gange, det passede mig ovenud godt efter den stærkt intellektuelle Dag med Billedkunsten og en Henrykkelse, der ikke rigtig lod sig afsætte i Kroen. 
+Og så oplevede jeg derovre på det gamle Ølstedgård noget – ja, noget af det mærkeligste, jeg endnu har været ude for. 
+Ja, du véd det vel, men jeg vidste det ikke – at Professoren er fuldkommen helbredet – han sagde selv, det er intet mindre end et Mirakel. Et forvandlet Menneske, en Rénaissance; en Mand, fyldt med Spiritualitet og sprudlende Livslyst, lykkelig – strålende, åh, Junge, noget så vidunderligt at opleve. Er noget så dejligt som at møde et lykkeligt Menneske, en helt afklaret Aand, der stråler et Lys ud fra et sådant Menneske, som det er en stor Lyksalighed at opleve.
+Og ved du, hvad hele Aftenen gik med? Han læste sine Digte for mig! Junge, han bliver berømt! De var pragtfulde – og han læste dem pragtfuldt – selv lykkelig over at have skabt dem; det var Vers i alle Tonearter, dybsindige, vise, dystre, dødsens - - om Døden – om Alderdommen – om Tungsindet – og om Livsglæde – Ungdom – Elskov – ”Synd”, Dyd – og så var der et ganske henrivende om den gamle Hankat, Rasmus, ja, du kan ikke tænke dig, hvor det alt sammen var sublimt – jeg var i den syvende Himmel. Naturligvis frydede det mig også, at jeg var den første, han læste dem for; og naturligvis frydede det ham at have så god en Tilhører!
+Ja, du kan tro, at det var en Aften. 
+Da Pigen skulde køre mig hjem (Regnvejr) – måtte vi jo bryde op i menneskelig Tid, han fulgte med i Bilen til Kroen. 
+I Aften er der Karneval på Kroen; jeg har hos Pilegårds lånt en pragtfuld, kongeblå Vadmelskjole fra forrige Aarhundrede, og et strålende Hovedklæde af tyk, rød, blomstret Silke. På Søndag skal jeg med dem i Ryslinge Kirke at høre Rørdam. I Søndags var jeg til Middag på Erikshåb, vi havde en yndig Dag – Vejret mild Solskin, Haven myldrede med Eranthis og Gækkeliljer. Tak for lovede Løg! husk dem endelig. I Fredags var jeg hos Baronessen til megen Filosofi – vi to alene, hun er nu sød. I Morgen er jeg bedt til at overvære Pølsestopning hos Fru Pilegård – senere til stort Pølsegilde. Ja, der er hver Dag noget, og jeg nyder det altsammen. Bliver så længe jeg kan – måske til 1’ Marts Axel synes så afgjort, jeg skal. 
+Hvor er det trist med Marejes Sygdom, det er da ikke noget alvorligt? hun ser ikke robust ud. Dejligt med Elses lille nye. Hils nu alle mange Gange – hvor herligt for dig at have den elskelige Bibbe! hils hende specielt. 
+Og at Vejen bliver lavet – og Lånet trækker op – 
+Tusinde Hilsner fra din Dis</t>
+  </si>
+  <si>
     <t>1938-08-30</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Kurt Jungstedt
 Adolph Larsen
 Andreas Larsen
 Jeppe Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Gudmund Larsen 
 Else Larsen, Else, Andreas Larsens kone
 Kirsten Larsen, Gudmund Larsens kone
 Ellen  Sawyer
 Janna Schou
 Jørgen Schou
 Marie Schou
 Christine Swane
 Lars Swane
 Ane Talbot
 Andreas Warberg
@@ -1139,50 +709,53 @@
 Telefon Dræby 103. 
 Fru A. Warberg Müller
 Bakkevej 8
 Hareskov St.
 ” 18-2-06
 læst 24 sept-05.
 ” 17 febr.-06. 
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard pr. Dræby St.
 [I brevet:]
 Lindøgaard
 Tel. Dræby 103
 d. 21nde Nov. 38.
 Kære lille Dis!
 Tak for dit Brev og for din Deltagelse for Bibbe! Ja, nu er det da lysnet lidt for os; vi var jo hos Doktoren i Kjertem. og han gav hende Medicin, som til vor store Lettelse har foraarsaget Bedring; hendes 3 Ugers Rejse med Hvile og god Forplejning hjalp ikke synderligt ud over det, at hun indsaa, det var klogest at søge Læge, og det var jo da for Resten ikke lidt. Jeg syntes, han tog saa alvorligt paa det, men jeg kender ganske vist ikke Manden saa meget. Du kan tro, jeg har været Lægevidenskaben taknemmelig for, at de kan præstere Stoffer, som kan helbrede den Slags. Og synes du dog ikke, at naar der kan spores Bedring, saa maa det vel ogsaa ved fortsat Kur kunne kureres helt? Det har været en forfærdelig Tid for mig; jeg var selvf. den, der var mest Angst, men selv Mandfolkene var kede af det, og de plejer jo ellers at ville se lyst paa den Slags. Mon du ved, at B. var hos Sjums en Ugestid og blev saa gode Venner med hende. Sjums var enestaaende sød imod hende, gav hende 2 Æg daglig og sørgede i det hele taget for hende. Børnene var Bibbi ogsaa saa glad ved, syntes de var saa søde.
 Tænk dig, vi har faaet en Pige. Efter 5 Ugers haardt Arbejde, føles det helt underligt pludselig at kunne slappe af – ja, der er saamænd nok for mig at lave, Madlavning o.s.v. men alle grovere Arbejder gør nu Pigen, Rengøring, Opvask o.s.v. Da B. og jeg var hos Lægen for 14 Dage siden, sagde han indstændigt til mig, at jeg skulde opereres, men det var jo en Umulighed, Bibbe uarbejdsdygtig og ingen Pige; jeg kunde ikke være herfra. Da Pigen nu indløb i Morges, ringede jeg derud derud [”derud” overstreget] og sagde, at nu var jeg til Tjeneste; jeg talte kun med Fruen og han skulde saa selv ringe mig op; jeg tænker, det bliver sidst i Ugen eller først i næste, saa kan jeg blive færdig til Juletravlheden kommer. D. 19de Der skal vi slagte, saa da maa jeg være paa Pletten. Der er jo god Tid. Tror du Axel vil være saa sød at skaffe os Marcipan igen i Aar? Hvis det er til Besvær for ham, maa han endelig sige vil [”vil” overstreget] sig det fra. - Jeg kan mærke paa mig selv, at dette Brev igen bærer Præg af Forjagethed og det endda skønt jeg aldeles ikke er forjaget, men det 
 sidder mig i Blodet og der vil nok gaa nogen Tid, før det fortager sig. Dit sidste Brev er desværre bortkommen for mig, det befinder sig i en eller anden Bunke Breve, men der var vist heller ikke noget særligt at svare paa. Alt syntes jo at være ret vel hos Jer, naar undtages Jannas Fod; forhaabentlig er hun over det.
 Elle var herude paa et langt Besøg i Gaar; hun ankom smilende og sød som altid noget før Middag og jeg havde dejlig Kødsuppe, kogt Kød og Æbler. Det var en god Middag; vi var 7 og nød al Suppen til den haarde Bund. 
 Drengene tærskede i Gaar, skønt det var Søndag og de havde en lille Fyr til Hjælp (10 Aar, 1 kr dgl.) vi saa alle undrende [”r” i ordet indsat over linjen] paa de Portioner, han kan sætte til Livs. Elle hjalp mig hele Eftermiddagen med at vaske Æg, jeg var kommen bag efter med det og Søndag er den sidste Termin, vi solgte i Dag til Morgen 48 Pund [tegn for pund], samlet paa en Uge, det er dog en Post; desværre er det falden 40 Øre Kiloet ["Kiloet” indsat over linjen] paa 2 Uger, saa det blev ”kun” til godt 33 kr. Godt for det, nu da Mælkeydelsen p.Gr.a. M&amp;amp;Klovsyge svigter os. 
 Næste Dag Det var en kort Glæde med den Pige; det var i Gaar første Dag med hende og jeg nød det jo, men i Dag er hun udebleven; hun vilde saa gærne ligge hjemme, men det skulde jeg vist aldrig være gaaet ind paa. Bare det kun er Pjækkeri og 
 ikke Sygdom el. andet. 
 Min Hjerne er tom som en Tønde, jeg kan kun tænke paa mine egne Smaatterier i Husvæsen – ja Bibbe er jo ikke Smaatteri – Hele denne Tid har ligesom udmattet mig; som jeg sagde til Elle i Søndags da hun bemærkede, at jeg saa noget træt ud: ja, jeg er træt lige ind i Sjælen”. Du maa derfor bære over med dette tarvelige Brev, forhaabentlig bliver det næste bedre! Hils Axel og Janna mange Gange, bare I nu har det godt. De fleste og de varmeste Hilsner er til dig selv, søde Dis. Husk altid at skrive om din egen Helbredstilstand. Jeg synes, det er saa skrækkeligt med de pinefulde Astmaanfald. Din Junge.</t>
   </si>
   <si>
     <t>1939-03-18</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Lars Christian Balslev
 Louise Brønsted
 Thora Cohn
 Aksel Dydensborg
 Adolph Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel  Müller
 Otto Emil  Paludan
 Ellen  Sawyer
 Adelheyde Syberg
 Ane Talbot
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>I sommeren 1938 aftalte England, Frankrig, Italien og Tyskland, at området i Tjekkoslovakiet kaldet Sudetertyskland indlemmedes i det tyske rige som en lydstat (der boede mange tyskere i denne del grænsende ind mod det tyske rige). Den engelske premierminister Chamberlain udtalte ved hjemkomsten til London de berømte ord ”Peace in our time”). - 5. marts 1939 angreb Tyskland resten af Tjekkoslovakiet. Snart drev forfølgelsen af de sudetertyske jøder og arbejderbevægelsen dog en del på flugt, flest til Tjekkoslovakiet (Kilde: Lex. dk). 
 Albrecht Warberg blev født 7. marts 1839 på gården Ensomhed i Heden på Midtfyn. Han blev begravet på Hillerslev Kirkegård. 
 Egelund eller Lundgaard, Lumbyvej 56, Lumby. Oprindelig en tvillingegård (matr. nr. 6a og 7a) (Kilde: Arkiv.dk). 
 Lars Christian/Laders og Marie Balslev boede 1929 til 1958 på Erikshaab (Alhed Larsens og hendes søskendes barndomshjem).
@@ -1416,50 +989,274 @@
 Kæreste lille Dis.
 Hvor der dog er bleven lang Tavshed imellem os, igen har nok vore Breve krydsedes! Tak for dit sidste. Jeg ser baade af det og af dit sidste lange Fødselsdagsbrev til Elle (hun var her nogle Timer i Søndags, cyclede igen Kl 3, men var da kommen før Middag, det er anden Gang siden Jul, hun var her; hun skulde ud til Middag, hun fører et udsvævende Liv, som de sagde om Comtesse Fanny, da hun blev gift) at du har været flere Gange i Kbhv. og haft det festligt og dejligt. Hvor det dog glædede mig at høre, søde Dis, baade fordi det viser, at du er rask og fordi du har tjænt til det efter den lange Vinter, efter saadan en stille Tid, hvor man kun ser de samme Mennesker – selv om det er de bedste – trænger man til at se andre, og ogsaa til at befinde sig andre Steder. Jeg læste din Basken med Vingerne med stor Glæde og Interesse. Tænk, at du laver alt uden ringeste Hjælp, kan du dog overkomme det, ja, det er jo meget mindre enkelt end det var før, at føre Hus; meget er blevet anderledes, vi har i Dag kogt blød Sæbe af Sæbespaaner, Soda, Borax og Vand; dog, det er jo kun en Smaating. - - Mon vor store epokegørende Nyhed her er rygtedes til dig? At Bibbe til 1_ste_ Maj skal til Odder Sygehus som Elev! Næsten siden Jul har hun virket med det og skrevet utallige Ansøgninger, faaet Afslag paa Afslag, næsten alle med den Motivering, at de kun tog Elever under 30 Aar. Saa endelig fik vi Svar fra Overs.pl. paa Odder Sygehus, bl.a. skrev hun [”hun” indsat over linjen] ”ingen Regel uden Undtagelse og De synes jo at være Undtagelsen”. Bibbe blev ovenud lykkelig og gik straks i Gang med sin Udstyrelse: 4 Kjoler 8 store Forklæder o.s.v., hun faar 25 kr. om Mdn. Det var jo i høj Grad paa Tide, at Bibbe fik sig et Livserhverv og jeg har baade tænkt paa og talt om, at Sygepleje maatte ligge for hende, men først hendes Røde Kors Tjeneste i Vinter, hvor hun har arbejdet en Del paa Sygehuset – ogsaa en Nattevagt - har givet hende Blod paa Tanden, ja glødende Lyst til det. Nu staar Himmel og Jord i et for at faa alt færdigt til Bibbe og Frk. Andresen skal rejse 1_st_ Maj; i Dag ordnes Spisekammer 
 2 Køkken, Kælder og Vaskehus; vi havde været i med Peter Træskomand om at kalke, men han henviste til sin Kone, du ved vor Ungdoms Jomfru Dovsen [”Dovsen” overstreget] Dovlsen i Højrup. Hun er et Jærn til alt Arbejde; desuden har vi en unge Kone (som har tjænt her en Gang) til Rengøringen, vor egen Frøken Andreassen er jo ikke videre gæv til nogen Verdens Ting og Bibbe er i Kjerteminde i Dag til Begravelse; kan du huske, vi havde nogle gode Venner i Kj.: Skolebestyrer Christensens; han døde for adskillige Aar siden, og hun kom aldrig over sin Sorg; den knuste hende, hendes Hjerne tog Skade, og nu er hun død, hvilket kun er godt. Det var et Par herlige Mennesker; hvor har Elle og jeg tilbragt mange hyggelige Timer i deres Hjem, saa gæstfrit og harmonisk som det var; de vidste aldrig hvor godt, de vilde gøre det for deres Gæster. 
 Du kan forstaa, at det med Bibbe er helt revolutionært for os. Agraren og jeg vil savne hende ubeskriveligt, for mig gaar Solen ned, naar hun rejser, men Tanken om, hvor godt det er for hende selv maa jo bære over det; Dr. Lankjær mener at det vil tage det sidste af hendes Nervesygdom, og han gav hende uden at blinke Attest for at hun var rask – fordi han var saa sikker paa, at anden Luft, andet Arbejde og nye Mennesker vilde kurere hende. Hvad der skulde til af Attester og Anbefalinger, kan du ikke tænke dig. Det hele skulde ordnes og sendes saa ekspres, at det ikke kunde naa sig at faa en Anbef. fra dig, men hvad hun fik samlet viste sig altså at være nok; der var to at vælge imellem – der i Odder – og det blev altsaa Bibbe.
 Sikken en dejlig Ro, der er falden over Huset nu; vi har haft Kvas-Hugger i Dag lige fra i Morges til nu ved 4 Tiden, det er en meget larmende Maskine, som fordrer en Del Mandskab; vi var 12 til Middag, Mandfolkene og jeg spiste herinde, de 4 kvindelige i Køkkenet Friggedeller og Sø’suppe. ------
 Onsdag. Det er jo i Dag d. 9_nde_ April, og jeg synes, det er saadan en Sorgens Dag, ikke just fordi det er vor Aarsdag, hvad betyder en Dato, men fordi Efterretningerne fra Balkan er saa nedslaaende. Belgrad har de jo næsten ødelagt og saa vidt man kan faa ud af den engelske Presse, ser det sort ud paa Balkan, for Jugoslavien og Grækenland, de ulykkelige Lande, hvor er de dog tapre og modige, men 
 3 hvem ved, Dis, hvis de to Lande bliver sablet ned, vil det maaske blive Draaben, som får Amerikas Bæger til at flyde over, saa de gaar med; vi, jeg mener Verden, maa jo have de Sataner kæmpet ned, de maa da een Gang lære at forstaa, at Verden ikke vil regeres af dem. Bedst var det jo om den tyske Mentalitet kunde forandres, saa de mistede deres ulyksalige Hang tik at vilde [”vilde” overstreget] ville underlægge sig hele Verden, men kan man tænke sig, at nogle Slægtled kunde forandre paa deres Storhedsvanvid. Maaske! For er det ikke netop det, de er: sindssyge paa det Omraade. Og hvordan faar vi dem helbredte? Jeg tvivler ikke et Øjeblik paa, at de til sidst vil tabe, simpelt hen fordi hverken Staterne eller Sydamerika vil tillade dem at vinde, men hvad saa? Staar vi saa ikke paa samme Trin som da Verdenskrigen sluttede? Hvor de Mennesker dog gør sig forhadte rundt omkring i hele Verden; jeg ved da med mig selv, at jeg hader dem af hele min Sjæl, Sind og Tanke, men de er meget for lidt intelligente til at forstaa det; Fru Andresens Svigersøn (Otto A.s Kone) sagde til hende for nogle Aar siden ”hvor kan det dog være, at Danskerne slet ikke kan lide os.” Hun henviste til 1864. Ja, hvad var det: det vidste han da ikke en Smule om, nej de er et Løgnens Folk, der skriver deres Verdenshistorie som det passer dem. Bibbe var sammen med Marie og Katrine Meyer forleden (Mix’es Søster) Kath. havde været sammen med Madsen Mygdals hos Mix’es og det viste sig at baade M.M. og Kone var Nazister! Katrine som er glødende Anti-Tysk har frabedt sig at blive bedt sammen med dem mere. Men mon det alligevel ikke er ret faa, der har det Sindelag, at de hælder til Forbryder-Metoderne. Vi træffer da aldrig nogen. - - Agraren er i Kjertem. til Behandling paa Sygehuset, nu er Ansigtet snart i Orden. Med mig gaar det nogenlunde som sædvanlig, jeg haaber paa den kommende Sol. 
 Vi er i Færd med at faa en Husbestyrerinde til Maj, en Jyllandspige fra Aalestrup, som jeg ikke ved, hvor ligger; vi korresponderer om det og det synes at gaa i Orden. 60 Kr (!) Jeg kan jo ikke lave noget uden at det straks bliver daarligere med Knæet. Jeg spurgte forleden Doktoren, om han troede, jeg kom til at gaa om et Aar; han sagde ja, men jeg synes, at han havde det Ansigt
 4
 paa, som de har, naar de narrer Patienterne. Jeg synes, at [”at” overstreget] jeg begynder at mærke, at jeg har Nerver; det maa ellers siges at have været upaaklagelige i min snart 3årige Sygetid. Jeg skal give dig et lille Eksembel paa min Ikke-Nervøsitet. Da Doktoren var her for noget siden, havde jeg bedt ham om at tage en Tang med til at hale en Rod ud, som sad efterladt og som af og til blev betændt; da vi snakkede om Knæ kom jeg i Tanker om Roden og spurgte, om han havde husket Tangen – Jo! Han halede den op af Tasken, jeg gabede, han tog ved, og ud fløj Roden. Jeg sagde Tak! Satte Tænderne i igen og vi snakkede videre om Knæet uden at berøre ”Operationen” med et Ord, og uden at jeg i mindste Maade følte Sindsbevægelse ved det. Nervøse Folk reagerer lidt anderledes. Men Bibbes Afrejse er værre end en Tandrod og det reagerer jeg overfor. 
 Hvis jeg nu skal snakke lidt Økonomi, vil jeg først spørge dig, hvordan du klarer dig og om du nåede til Vejs Ende med den resterende Skat og saa fortælle dig lidt om os – jeg ved det vil glæde dig – Vi havde 4 Heste og mente, vi kunde klare os med 3, solgte saa den ene og fik 1800 Krus !!! for den. Samtidig solgte vi 2 [”2” indsat over linjen] Køer, som skulde kælve men var lidt bedagede, saa Handleren maatte op med 2750 Kr. Saa drog Manse hen til Sognefogeden i Dræby, som har en Prioritet i Gaarden her paa 9500 Kr (det var oprindelig 10.000 men vi har betalt de 500 af) og spurgte ham, om han vilde have noget imod at modtage 2000 som Afdrag. Nej, det havde han ikke, skønt Manse syntes han saa lidt alvorlig ud; de, der har Penge er jo ikke bedst stillede for Tiden. Han sagde: Ja, saa fornuftige skulde alle være! Jeg synes, det er helt flink af den unge Dreng til Manse – som da for Resten efterhaanden er bleven 26 Aar – at han hører til de fornuftige, og lader alt gaa her paa den gamle spartanske Maade i Stedet for at faa Højheds-Vanvid. Var det ikke en helt sjov lille Historie? Men saa har jeg for Resten heller ikke stort mere at berette – jo Marie Balslev har jeg [”jeg” overstreget] lige ringet [”n” i ordet indsat over linjen]; Vilhelm har faaet Lov til at komme hjem og ligge et halvt Aar! De er lykkelige, for saa kan han da snakke med sin Forkarl og være hos Kone og Barn. De har ikke sets i 9 Maaneder.
 Jeg længes meget efter at høre fra dig du hører jo igen fra mig d. 26_nde_.
 Tusinde Hilsner søde Dis til dig og dine fra din Junge 
 [Skrevet langs venstre margen s. 6:]
 Gudruns Broder Kaj er i Tyskland, ingen ved hans Adresse og de kan ikke komme i Forbindelse med ham. Bibbe tager sig dette meget nær, ja ogsaa vi her 
 [Skrevet langs venstre margen s. 5:]
 Stakkels lille Gudrun Nielsen, Tornøes Hotel ligger vist paa sit sidste; hun fik Lungebetændelse brat og voldsomt. Maaske hun x
 [Skrevet på hovedet øverst s. 5:]
 x er død i Nat, i Aftes sagde Sørensen (Overtjeneren og Gudruns Ven og Støtte) til Bibbe i Telefonen at hun ikke levede Natten over, han var dybt fortvivlet.
 [Skrevet langs venstre margen s. 4:]
 haft en Del med hende at gøre i de senere Aar, Bibbe meget.
 [Skrevet på hovedet øverst s. 1:]
 Torsdag. Vi fik i Aftes et dejligt lille Hoppeføl; det er vores gamle Røde, som nu for 4_de_ Gang kommer med i Fol til os, altid normalt og godt. For Tiden er det jo ogsaa en stor økonomisk Gevinst. - - Det er dejligt at tænke paa, at Axel nu har 4 Helligdage. Gid Solskinnet vil vedvare til ham. Hav det godt i Paasken alle tre!</t>
   </si>
   <si>
+    <t>1941-11-20</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Sus -
+Johan Sebastian Bach
+Thora  Branner
+Louise Brønsted
+Bertel Christian Budtz Müller
+Peter Hansen
+Johannes Larsen
+Thomas  Løkken
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Marianne Schou
+Marie Schou
+Mette Schou
+Franz Syberg
+Else Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Fædrelandet var navnet på en nazistisk avis, der udkom fra 9. januar 1939 til 4. maj 1945. Dens trykkeri og lokaler i Store Kongensgade i København blev ved befrielsen overtaget af Dagbladet Information.
+Kvieslag: Udskæring fra en kvie (Internettet, juni 2025). 
+Hansen-familien kendes ikke.
+Klaret kød er kød, hvorfra man har fjernet fedt og urenheder.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0541</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt takker mange gange for kassen med frugt. 
+Hun har haft besøg af Mette og Marianne Schou. Den lille Marianne er henrivende og ligner Jørgen/Buf Schou. Mette bliver boende i huset med en malerveninde. De sælger grøntsager. Om vinteren væver og maler Mette hos sin far i Himmerland. Mettes bror har haft et verbalt sammenstød med en tysker.
+Astrid Axel Müller bytter opfejet korn fra Frihavnen med kaniner, høns og gæs. 
+Astrid har lavet rullepølser og ragout. Hun bager franskbrød og honningkage samt småkager og laver kvædebrød. 
+Janna/Nus Schou har solgt en masse af sine glasprodukter. Hun har brug for en assistent, men Fru Hansen og Nortoft er gode hjælpere.
+Janna har været på kirkegården med blomster til Jørgen/Buf Schous grav. Hun har arvet billeder af Syberg, Peter Hansen og Johannes Larsen fra ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hVic</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+Læst – 64
+1941
+20’Nov
+[Skrevet med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+Fyen
+[Håndskrevet på kuvertens bagside:]
+A Warberg Müller
+Hareskov
+[I brevet:]
+Hareskov, 20’ Nov. 1941. 
+Kæreste Junge! Det er for galt, at jeg først nu får skreven til dig, skønt den sidste Kasse Frugt, Æblerne, kom i Lørdags, 8 Dage efter Kvæderne, vi er overvældede, Tak til Jer alle sammen det var en Kæmpegave! Kvæder står i så høj Pris i Aar, at jeg ganske havde opgivet dem; og da vi ikke har Spiseæbler, er sådanne også yderst velkomne, Axel tager hver Dag et med på Kontoret, det har han så godt af og er så glad ved; hvad hedder de store, skøre, smukke, gul og røde? De er himmelske Tak og atter Tak! Grunden til Brevets Forsinkelse er simpelthen en Række af så krævende Arbejdsdage, at jeg ikke har overkommet mere – der er meget at lave nu for kommet mere – der er meget mer at lave nu for en Husmor, men så er det godt, at man kan, jeg er sommetider helt stolt af mig selv, fordi jeg har fået mig lært så meget, som før syntes mig uoverkommeligt – og at det morer mig, men det tar også på Kræfterne. Skrev jeg om Mette Schous Besøg i forrige Uge? Hun kom cyklende til Frokost den ene Dag med lille Marianne på Styret – de var nede hos Nus og rejste næste Morgen; den lille var over alle Grænser bedårende, hun fylder 3 Aar til Marts – ligner Buf meget, hun har hans dejlige Øjne og store sorte Øjenvipper – og den mest poliske lille Mund – det lyser ud af hende, at hun også har hans strålende Sans for Humor, jeg var forfærdelig glad ved hende, det er sjældent at se så pragtfuld en Unge. Mette er også meget sød, vi var alle så glade ved Besøget, også Axel; og hvor er hun tapper og dygtig; hun beholder Huset ved Fjorden, en Malerveninde bor hos hende 
+de passer i Fællesskab Jorden, har avlet og solgt 60 Tdr. Kartofler, som de selv har taget opsorteret etc. Desuden har hun mange andre Grønsager. Om Vinteren tager hun op til Faren, som har en Gård i Himmerland, Moren er nylig død (for et Par Aar siden), han har lejet en Væv til hende, der væver hun så om Vinteren og maler, hun er meget talentfuld; du ved hun er Søster til Carl Nielsen, ham med Samtalerne med Tyskeren; hun havde lige besøgt ham; han er frygtelig opreven over de Samtaler; ved den sidste var Tyskeren lige kommen fra et Besøg på ”Fædrelandets” Redaktion, hvor de havde skældt voldsomt ud over Carl Nielsen, som havde angrebet Bladet, og det kneb meget at få ”Samtalen” lavet; hvert Ord må jo afvejes til alle Sider, men skal alligevel helst udtrykke det, han har på Hjerte. 
+Det var så heldigt at vi lige havde fået en Kanin, da Mette kom – da jeg skulde stege den – jeg skar den ud, dyppede i Mel, stegte i Gryde med Tomatpuré – så jeg, at der var en Masse Fedt omkring Nyrerne, det tog jeg fra og lavede af det, samt Hjerte, Lever og Nyrer, den lækreste Leverposteg – uden Mel men med 1 [pund symbol] Kartofler, alt maskinelt. Vi har en fordelagtig Transalation med Hansens, der hvor Sus bor; Axel skaffer dem ”Opfejning” d v s Korn som spildes fra Sækkene i Frihavnen, det kan han købe billigt, det får så Hansens til deres Dyr, Høns etc – de kan jo næsten intet få at købe og kun til Kæmpepriser; vi Axel [”Axel” indsat over linien] har leveret to Gange og derfor får vi . 3 Kaniner – 1 Hane og en Gås, sidste til Jul, Hanen til Nytår, de to Kaniner har vi fået, det har de selv tilbudt, - de får Korn og vi får billigt Kød. Vi kan ikke få ”Opfejningen” ubegrænset, der er mange om det, men vi er godt tilfreds. 
+2) En anden Dag fik jeg Axel til at købe et Kvieslag, det kostede til min Skræk 4,50, men jeg fik heraf 1 pund afsmeltet Klaret og to store Rullepølser, så det blev dog lukreativt. I Forgårs kom Nus hjem fra en Bytur og havde i Istedgade købt en Nyre for 40 Øre – den blev til en herlig Ragout igår, jeg skar den i små Stykker, som meledes og stegtes med Tomat – tilsidst blandedes små bitte kogte Kartofler i, som jeg havde pillet fra de store – de var som Nødder men lækre trods sene. Af Nyrens Fedt blev der lidt Klaret – vi kan næsten ikke få Fedt mere og Smørmærkerne er kun lige til. Nu har Nus og jeg bestemt at vi fra nu af og til Jul kun vil spise Marmelade på Knækbrødet om Morgenen for at spare Smør til lidt Julebagning; jeg bager nu 2 Gange om Ugen 2 Franskbrød og en Gang ugentlig en stor Bradepande Honningkage, jeg har en billig Opskrift, kun 85 Gram Klaret – c 2 pund Sigte/og Hvedemel ½ af hver og 1/2 l Kernemælk, div. Erstat. Krydderier, den sparer også på Smørret; til Søndag bager jeg Småkager, som jeg delvis har opfundet: 1 Æg – liså meget brunt Sukker, liså meget Mel, lidt Natron og div. mørke Krydderier – der bliver c 50, sat på med Teske, i går fandt jeg på at lægge en lille Klat fast Marmelade på hver Kage – men den Opfindelse skal nu gemmes til Jul, den var dubra. Bliv ikke forarget over at Kvæderne gik næsten til Lyst! i Aar kan man jo ikke lave Konfekt, som Axel elsker, så lavede jeg Knækbrød, d v s 2 pund syltede jeg først som hele; så kogte jeg alle Skræller og Kernehuse af, mosede gennem Dørslag, der blev 3 pund Marmelade; Resten gik gennem Maskinen, der blev 5 pund Frugtmasse, kogt en 5 pund Sukker; en Del farvede jeg rødt, en Del grønt, den største Part ufarvet; det ligger nu spredt ud på den store Egetræsbakke og et stort Fad, dækket med Papir, og tørrer oppe på Køkkenskabet – altså lige under Loftet, så skal det senere skæres ud og vendes i groft Sukker - Julekonfekten er sikret. Til Variation har jeg meget stærke Ingefær-Græskar, som også skal vendes i groft Sukker. Nå – du ser, jeg er meget hus-optaget.
+I Tirsdags var Axel til sin 2den Bachkoncert , og Lugge husede ham igen - den Dag lavede jeg de tre Kvædesyltninger, det tog hele Dagen, Nus var i København – med Nyheder – så jeg var almasensalene, derfor nåede jeg så meget, var først lige færdig og havde Middagen parat, da Nus kom Kl ½ 7; en strålende glad Skatter, skønt hun havde travet hele Dagen med sin tunge Kuffert og i Snuskregn: men så havde hun også flottet sig, spist Frokost i Brasilko, en fin Hummer – Reje – Svamperet til 2,85 – uhørt for den sparsommelige Nus – deroppe havde hun siddet og talt alle sine Ordrer sammen - og købte siden en lille Æske fineste Konfekt (8 Kr Pund!) der var for 3,85, som hun havde med hjem til vores ensomme Aften; og da vi havde spist Middagen, pakkede hun Kufferten ud og viste mig alle de dejlige Ting og fortalte mig om hvert enkelt Sted, hun havde været, og hvad de havde sagt og hvad de havde købt - - de er helt vilde efter hendes Ting nu - og netop nu er det så svært at skaffe Materialer --- ialt havde hun solgt for 1.294 – Kr.!! – så nu får de rasende travlt, jeg begriber ikke, at de kan nå det; men Sus havde netop om Formd. opdaget, at Fru Hansen, som var ovre at vaske en Kasse Glas for dem – at hun kan dubbe – (altså sætte Farverne på de ensfarvede Ting, det er meget svært) – hun vilde så gerne prøve, og det viste sig, at hun havde Håndelaget, de blev strax fejlfri, og de havde jo ikke Råd 
+3) til at ødsle Farver nu på Oplæring. Dupningen keder dem skrækkeligt – de vil hellere lære nye Motiver, og alene Budtz Müller i Bredgade havde bestilt 200 grøn-duppede Glas á 1,65 [”á 1,65!” indsat over linjen], så der er noget for Fru Hansen, de mener det kan betale sig at tage Hjælp, så de kan hellige sig de større Opgaver; de har også engageret Nortoft til Pakningen, som tager lang Tid. (Gid jeg var 10 Aar yngre – men jeg har nok heroppe at lave og for få Kræfter til mere.) – 
+Nus havde på sin Tur også været på Vestre Kirkegård – det var Bufs Fødselsdag Dagen efter – havde Blomster med derind; for dine Penge havde hun i fjor købt og plantet en hvid Krysantemum, den stod så smukt og havde mange Knopper. 
+Og i går fik hun fra Kunstmusæet de Billeder, hun har arvet efter Buf; et meget stort Maleri af Baronen forestillende Fru Syberg, der sidder sammen med Trylle og ser i en Bog, et dejligt Billede. Og en smuk Skitse af Peter Hansen, en pløjende Mand, samt flere Fugletegninger af Las. Jeg har lovet hende at hjælpe med Ophængningen, hvor vil de smykke hendes Hus dernede, det er virkelig et henrivende lille Hjem, hun har der; hun skulde have hende en Mand deri. -
+Ja og så kom Axel hjem i Aftes og var i strålende Humør efter sin Koncert, og det var dejligt at have han hjemme igen; men hvor har han dog godt af de små Udflugter! 
+Han havde også Læseforeningsbøger med til os, vi læser Thomas Olesen Løkken på Kraft for at være udrustet til hans Besøg, som nu snart må kunne ventes.
+Jeg fik et sødt Brev fra Tutte i går; hun kommer dog ikke herned, men vil gerne have mig derop i næste Uge; det må jeg gøre, skønt jeg er i en kedelig Astmaperiode, må brænde Pulver hver Nat for at kunne sove. Men jeg rejser nu derop alligevel. 
+Nu er det Frokost, lille Junge, så jeg må slutte for denne Gang.
+Husk at skrive om Bibbe, og hils hende meget, når du skriver. Hvordan har du det med Tobak? Axel kan vist godt skaffe dig noget, hvis du ikke kan få det. 
+Tænk dig, jeg fik et langt Brev fra Tante Else, så nu skal jeg skrive igen. 
+Tusind Hilsner og endnu en varm Tak for Frugten!
+Din Dis.
+Kære Junge! Jeg ved ikke om Dis har skrevet noget om Tobak! Hermed en lille Pakke Cigaretter, som jeg haaber, at du kan bruge. Mange Hilsner fra din heng. Axel.</t>
+  </si>
+  <si>
+    <t>1942-04-25</t>
+  </si>
+  <si>
+    <t>Fritz -
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Rasmus Larsen
+Louise Løgstrup
+Axel  Müller
+Irene -, pige i huset på Lindøgaard
+Ellen  Sawyer
+Janna Schou
+Lasse Taaning
+Albrecht  Warberg
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>De mange Warberg-søskende fik tilsyneladende først i en meget moden alder at vide, at Astrids dødfødte søskend var en dreng og ikke en pige. Laura og navnlig Albrecht Warberg ønskede sig i mange år brændende en søn. Albrecht Warberg gik til præsten med det døde barn i en cigarkasse og sagde "Her kommer den sørgende Fader" (1958-11-03, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB2507). 
+Det vides ikke, hvem Lærerinden var. Thomas, Peter og Sofie må være slægtninge til Løgstrup-parret, men de kendes i øvrigt ikke. 
+Krastine/Kristine, som blev undervist sammen med Astrid Warberg, er nævnt i Astrid Warbergs og Johanne C. Larsens biografier.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0631</t>
+  </si>
+  <si>
+    <t>Der er gået 60 år, siden Astrid og hendes tvilling blev født. De større søskende fik dengang fortalt, at Astrids tvillingesøster var dødfødt.
+Johanne takker Astrid for mange års venskab. Egentlig har de ikke set hinanden så meget i årenes løb. 
+Vandrørene på Lindøgaard har været frosne, så Johanne måtte hente vand hos naboen. 
+Løgstrup har købt gård i Gestelevlunde. Fru Løgstrup kommer til at bo tæt på sin søster. 
+Erik/Tinge er blevet skilt, og han blev ikke tvunget til at betale en masse til ekskonen. 
+Det har blæst meget, og møllen har hjulpet til at afvande ved inddæmningerne. 
+Elle(n) har været på besøg. Hun syr på en smuk pude til Astrid.
+Johanne glæder sig til Astrid og Axel kommer og spørger, om de kan medbringe fx en primus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UduZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ April 1942.
+brev.
+Fru A.Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-2-03.
+21-4-2000.
+(Langfredag)
+B.W.P.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard 25 Aprl. 1942.
+Kæreste lille Dis!
+Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
+Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
+Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
+Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
+En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
+Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
+2. 
+Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
+Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
+Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
+Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
+Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
+Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
+Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
+[Skrevet langs venstre kant s. 4:]
+Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
+[Skrevet langs venstre kant s. 2:]
+Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
+[Skrevet på hovedet øverst s. 1:]
+Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej No 12.
+Hareskov St.
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
+  </si>
+  <si>
     <t>1942-12-29</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Daisy  Berg
 Ellen Brønsted
 Marie Larsen
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 William  Scharff
 Janna Schou
 William Schwark
 Adelheyde Syberg
 Alheede Warberg
 Christine Warberg
 Jørgen Warberg
 Andreas Warberg, Albrechts far
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
@@ -1555,50 +1352,106 @@
 Hareskov St.
 [Håndskrevet på kuvertens bagside:]
 Lindøgd. Dræby St. Fyen
 [Håndskrevet i brevet:]
 Kæreste lille Dis!
 Tak for dit lange gode Brev, som jeg selvfølgelig blev meget glad ved – jeg haaber, du fik en Hilsen fra mig gen. Axel, hvem jeg sendte Fødselsdagsbrev til . Er det 15de eller 16de? Jeg nævner det, fordi man jo ikke helt stoler paa Trafikforb.
 Jeg har nu lagt dit Brev foran mig og skal besvare dine Spørgsmaal. Grethe og Tinge havde længe været enige om at de maatte sammen, men hendes Mand, som ellers tit har sjoflet hende slemt og holdt til andet Steds gjorde Kunster; men en skønne Dag skrev Grethe, at nu var det i Orden og nu kom de, det var sidst i Okt. og de kom midt i Nov. Tinge er lyksalig. Han har paataget sig begge Drengenes Forsørgelse (de er 13 og 6 Aar) han lever jo altid mere i Fantasien end i Realiteten. Men det gaar vel. Han arbejder her hver anden Uger [”r” i slutningen af ordet overstreget] paa egen Kost, men passer jo ved Siden af sine Dyr hjemme. – Lejefolkene flyttede, de havde faaet det at vide i god Tid. Nej gift er de ikke, men har da indrettet sig med Ægtesenge ved Siden af hinanden med et stort Sengetæppe over, hvilket forekommer mig at se allermest intimt ud!! Naturligvis skal de giftes saa snart Papirer kan ordnes. Elle skæver lidt ilde ved Arrangementet (ingen andre nævner det) hun sagde ”Jamen Junge, hun kan da ikke gaa lige fra den ene Mand til den anden”. Det synes vi andre nu godt hun kan og skænker det ikke en Tanke, men vi har jo heller ingen Burgøjser-bekendte. Jeg holder ogsaa umaadelig meget af Grethe, hun er et yndigt Menneske. De har faaet det saa smukt dernede, Grethe førte mange Ting med sig af alle mulige Ting Slags [”Slags” indsat over linjen] og Bibbe har givet ham af sit Bohave fra da hun var Musiklærerinde i Kjertem. De har ogsaa mange Malerier og saa alle de smukke Sager [”Sager” indsat over linjen], som Tinge fik af alle jer til sit Bryllup, bl.a. Malerier af Uglen og Lasse. 
 Saa var der Spørgsmaalene om mit Helbred og der har jeg desværre ikke gode Efterretninger denne Gang. Du spørger til Stokkene – jo, her inde i Stuerne bruger jeg dem ikke saa meget nu, men gaar aldrig ud uden dem; jeg har gaaet flere Smaature, naar Vejret var godt, men ikke i den allersidste Tid. Blæren er fuldstændig i Orden, takket være Pyeloli Tabletter, 2 tre Gange om Dagen, faas i Haandkøb. Det generer mig ikke Spor at gaa om i Haven, der er aldrig Træk og jeg bliver aldrig kold af det; sidde paa en Spand kan jeg ikke (Knæ) bære det paa Møddingen vil jeg nødig, lade andre gøre det endnu nødigere. Og saa varer det ikke mere saa længe for mig som før; min Fordøjelse har oppet sig saa udmærket lige siden jeg var syg. 
 2 Du skal ikke tage din Saltbalje saa højtidelig, det gaar nok. Er der ikke en Skinke, som skal i Røg? Hvis det er en mindre Gris er 5 el. 6 Uger i Salt nok, som elv [”som” overstreget ”elv” skrevet over linjen] om der ikke er megen Lage, ligger det vel pakket i Salt? Jeg kender dem, der aldrig forlanger af sin S.balje at den skal gaa i Lage, kun har det hele pakket i Salt; andre gnider Stykkerne med Salt, pakker dem tæt sammen og laver saa en Lage (stærk nok til at kunne bære et Æg oppe) som de saa hælder kold over lige efter Slagtningen. De forskellige Stykkers Anvendelse, kan du jo næsten se dig ud af; er der lidt tykke Spækstykker kan de jo gaa i Røg sammen med Skinken; de knap saa tykke – men helt fede – bruger jeg til stegt Flæsk og steger dem lidt haardt for at faa mest mulig Fedt til at smøre paa Mad og spare paa Smør. Stykkerne med magert i bruger du vel til Ærter, Hvidkaalssuppe og Grønkaalssuppe? Jeg regner med en 3 Dage i Blød, skifte Vandet hver Dag. Mon disse Par Oplysninger kan hjælpe dig, hvis ikke saa spørg bare igen. Tænk, at Musene netop skulde gnave i det eneste, der kunde tage Skade. Vi kæmper og kæmper med Mus; her paa Egnen har der været fuldstændig oversvømmet af dem; desværre er alle vore Katte døde af Kattesyge; hvad skal det blive til, hvis alle Katte dør og Mus lever. Andres Katte dør ogsaa i denne Tid. 
 Det er sandt: hvis der er noget magert imellem Flæsket – altsaa magre Stykker, kan du jo lægge dem i Blød, d.v.s. skaaret i Skiver, mindst 2 Døgn, snarere 3 og hakke det til Frikadeller; hvis du blander kogte Gulerødder og kogte Kartofler imellem skal der ikke meget Kød til for at faa en Ret. Ligeledes er der jo ”Karbonadeflæsk”, hvis der er Stykker med lige meget fedt og magert. Det skæres i tynde Skiver (som om du skærer Spegeskinke) og lægges i Vand – altsaa Skiverne – i c. 2 Timer; render saa af paa et Dørslag, men skal ikke tørres med et Stykke, dyppes i Hvede_mel og steges i meget hedt Fedt, saa hedt at det straks brunes og kan vendes, helst kun et Par Min. Stuvede Kartofler eller Grøntsager – ikke anden Sauce end hvis der er en Smule Fedt paa Panden
 Nej, det var ikke saa slemt at komme af med Bibbe; Glæden over at Forholdene igen tillod hende at komme tilbage og virke, overstraalede alt andet, og endnu bedre blev det, da hendes Breve fortalte om hendes store Glæde over at komme derop igen; nu kommer hun af med sin elskede Veninde Ellen Grethe Secher, en Købmandsdatter fra Aarhus; hun rejser derfra nu til Febr. skal ud nogle Maaneder at lære lidt Husholdning og skal saa – jeg tænker mig til Maj – giftes med Manse. Hun var her sidst i Nov. – kom, saa, vandt – og Manse var forleden i Aarhus; jeg ved ikke rigtig om de taler om det endnu 
 3 saa du skal ikke skrive Lykønskning til ham. Ja, der er møje nyt aa spørre.
 Nu maa jeg nok til Slut aflevere Beretning om min sidste Sygdom – som ingenlunde er morsom; jeg har mange Gange i den senere Tid ligget vaagen i flere Timer af lidt Smerter i Maven, eller ret. Hjærtekulen, men da Afføringen var saa normal og god har jeg slet ikke ændset det, men da jeg i Søndags Aftes kom i Seng, skal jeg love for at jeg ændsede det; jeg laa i _meget stærk Pine fra 10 Aft. – 6 Morgen, fløj af og til ud af Sengen og herop i Stuen, kunde ikke være til. Tabletter hjalp kun saa lidt. Jeg blundede lidt paa Morgenstunden og laa hele Mandag og stod lidt op i Gaar Eft. Men først i Nat sov jeg rigtig lige ud i en Køre fra 11 Aft. – 8 ½ Morgen. Tror du ikke, det er en Galdehistorie? Det er ikke skærende eller stikkende Smerter (som alm. Mavepine) snarere som om noget presser paa øverst oppe i Maven – Mellemgulvet – og naar det er slemt gør det ondt i Ryggen ogsaa. Jeg tør næsten ikke spise, lidt Grød, Te Mælk og lidt tørt Franskbr. 
 Du spørger vel hvad Doktoren siger, men jeg har ikke haft Doktor. Jeg har betalt Medicin 64 Kr., Sygehuset har sendt Regn. paa 245 Kr og Dr. Fly (for et Aar) 166 Kr. Sogneraadet gør Vrøvl og synes ikke at ville betale mere, saa der sidder jeg nydeligt i det. Jeg har i Dag indgivet Andragenet til Sogneraadet om at blive ved med at betale det. Hvis jeg var i Sygekassen skulde det jo dog betales derfra, og jeg synes ikke der kan forlanges at en uformuende Aldersrentenyder skal betale den Slags selv. Du forstaar, jeg sender nødig Bud efter Læge nu, men gaar det ikke over, bliver jeg jo nødt til det. Tag at beskrive mig Karakteren af dine Galdesmerter. Dette er ikke sjovt – slet ikke, jeg er mægtig ked af det, har ellers følt mig saa stærk i den senere Tid, og saa kommer dette og slaar mig ned igen.
 Elle har jeg ikke set siden før Jul, hun har været saa forkølet længe, men var nok kommen i Søndags, hvis det ikke havde været saadan et Hundevejr. Vi har talt et Par Gg. sm. i Telefonen. Nina fra Glorup spørger saa tit til ”Stisen” naar hun ringer om Søndagen. 
 Nu haaber jeg at høre lidt snart fra dig dette Kæmpebrev har da fortjent det.
 Hils Axel og Nus saa meget, dejligt at hendes Aar har været saa fint.
 Tusind Hilsner søde Dis fra din Junge
 Onsdag 25-1-1944
 [Indsat øverst s. 6, på hovedet:]
 Har du hørt om Marie Balslevs store og frygtelige Oplevelse Ugedagen før Juleaften, ellers skal du faa den i næste Brev. 
 [Indsat øverst s. 1, på hovedet:]
 Næste Dag paa Sengen. Jeg maatte have Bud eft. Dr. Fly nu til Form. Det er Galdeblærebetændelse, jeg skal ligge c. 3 Dage og maa forøvrigt ikke røre fede Ting – Smør, Fedt, Fløde – men ellers spise alt andet, f. Eks meget Sukker. Er det det, du fejler? Der er en meget øm [fortsætter ned langs venstre margen] Hævelse i højre Side af Maven, lige under Ribbenene</t>
   </si>
   <si>
+    <t>1944-12-22</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Anne Marie -, i huset på Lindøgaard
+Niels Iuel
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Franz Syberg
+Agnes Taaning
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jensen og Kaj var.
+Tornøes Hotel ligger og lå i Kerteminde. 
+Malerens er Johannes Larsen, hans søn, svigerdatter og børnebørn. De boede sammen på Møllebakken i Kerteminde. 
+Ladersen var Lars Christian Balslevs kælenavn. De af hans voksne børn var interneret i Frøslev-lejren p.gr.a. deltagelse i modstandskampen. Han tilsyneladende også.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2448</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for pakken fra Astrid/Dis. Hun har købt en frakke til Per og et træsnit til Laura/Bibbe og har derfor kun råd til små gaver. Hun har nået meget af juleforberedelserne, og Anne Marie, Bibbe og Martin/Manse har hjulpet godt. Bibbe og Johanne har været på en dejlig tur til Kerteminde, hvor de har besøgt Ellen, Johannes Larsen, Fru Taaning m.fl. De hørte Franz/Trylle Syberg spille julekoncert i kirken og var på Tornøes Hotel. Da Johanne kom hjem, fik hun at vide, at tyskere med 25 heste skulle indkvarteres hos dem, men det blev heldigvis aflyst.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AkuE</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+modt. Juledag 1944.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St Fyn
+[Skrevet nederst på kuvertens bagside og på hovedet:]
+Tusind Tak for de nydelige Kort, glemte Maries Brev; intet særligt ud over hvad jeg skrev.
+[I brevet:]
+Lindøgaard Fredag 22-12-1944.
+Har ikke Tid at læse igennem. 
+Kære lille Dis!
+Det er (for mig) en tidlig Morgenstund, jeg fik Kaffe paa Sengen Kl 8 og det er for mig tidligt. Inden jeg nu skal i Gang med det blø’e Brø’ hvilket vil sige Julekage Honningkage Lagkage og den du sendte mig Opskrift paa, som vi har prøvet og finder glimrende – altsaa inden jeg gaar i Gang med det, skal du have et lille Julebrev. Der er kommen en Pakke fra dig, en stor en, men jeg er streng med ikke at [ulæseligt ord] Vrøvl – ikke at pakke Pakken op før Juleaften, saa dette kun en foreløbig ”Kvittering” og Tak! Fik du en lille tarvelig Julegave fra mig? Jeg har maattet fare med Lempe, da jeg har givet Per en Overfrakke til 45 Kr. og Bibbe et Træsnit af Las – Gejerfuglene – som jeg endnu ikke ved, hvad koster, da jeg har bestilt det hos Puf, der ogsaa har besørget Indramning. Vi er helt godt med hvad Arbejde angaar, men jeg kan jo sagtens, naar jeg har den glimrende Hjælp i den dygtige Pige. Hvordan mon du klarer dig, lille Dis med dine stakkels faa Kræfter? Bibbe har det nogenlunde men heller ikke mere; hun tog dog en Slagtedag for mig, hun og Grethe lavede Rullepølser, Spegepølser og kogte en Del hen, Resten havde Anne Marie og jeg lavet Dagen før. Jeg har konstateret – egentlig til min Overraskelse – at min Hjerne fungerer lige saa godt som tidligere nu ved disse Juleforberedelser, hvor saa meget skal huskes og ordnes. Det er flere Aar siden, jeg selv kunde staa for Slagtningen; man skal holde Hjernen klar, naar en 400 Punds Gris skal ordnes – hvad der skal saltes, holdes fersk, hvad til Spegepølser, til Medister og hvad koges hen. Manse, som er meget interesseret og har en Mening selv om de Dele, hjalp mig. Vi kom for sent paa det med at bestille Slagter – skønt jeg stadig mindede Manse, saa Enden paa det blev, at vi skulde slagte i Tirsdags Kl 5 om Morgenen; der skulde saa gøres Ild under Kedelen Kl 3 ½ og da jeg ikke turde stole paa de unge, holdt jeg mig vaagen, de to sidste Timer sad jeg op i Sengen; da jeg Kl 3 ½ kom op i Havestuen (hvor Manse sover nu) havde baade han og Bibbe Lys, saa jeg kunde have sparet mig! Jeg sov saa nogle Timer og arbejdede med Slagtningen det meste af Dagen – er jeg saa ikke ved at udvikle mig til Kæmpe?
+Bibbes og min Tur til Kjerteminde forløb glimrende; vi havde Bil baade ud og hjem; var derude Kl. 12, gik derinde og havde egentlig saa godt Held med os. Vi havde spist Middag her hjemme først, drak Efterm.kaffe hos Jensen og gik saa op til Elle, som havde ventet os til Middag. Vi var bedt til Malerens til Aftensmad, det var saa fornøjeligt og Gudskelov i al Tarvelighed, hvad jeg havde udbedt mig; de har faaet Centralvarmeapparatet flyttet fra Værkstedet ind i Boligen og laa i et hyggeligt Rod. – Jeg nød 3 Snapse! Saa kneb det med at gaa ned til Hotellet, Bibbe havde nær aldrig faaet mig slæbt derned; da jeg skulde op ad Trappen stod der en Flok, som skulde ind og jeg siger saa til en lang Kleppert som stod der – ”aa tag ve’ mig” og en meget kultiveret Stemme svared ja, det skal jeg rigtignok”. Det var, sagde Bibbe mig senere en af Juel-Sønnerne fra Hverringe; da vi gik hen gennem Gangen slyngede jeg et henkastet ”Tak til ham, der hjalp mig” ud over Skulderen. - - Saa en lille Passiar ind hos Kaj, det var underligt at sidde i den dejlige hyggelige Stue en Gang igen. Næste Form. til en festlig The hos Fru Taaning (bedt) saa juleagtigt og pænt rigtig The og en dejlig Cigar, saa Middag hos Elle med Vin, derefter ned til Kirkekoncert; Trylle spillede herligt og et lille udsøgt Kor sang meget smukt; vi drak Kaffe med dem alle paa Tornøe og hilste paa saa mange gamle Kendinge. Hjem ved 6 Tiden til Agr. og Manse, alt var gaaet godt her hjemme. Elle skal være hos Malerens Juleaften, kommer her til Nytaar, vi flytter en Seng ind til Bibbe.
+Det er næsten ikke til at holde ud at tænke paa Ladersen med 2 Børn i Frøslev jeg sender dig Maries Brev, det er lettere end at fortælle om det. Jeg er dybt bedrøvet.
+Nu vinker det blø’e Brø’, jeg må afsted og ønsker til Slut jer alle 4 en rigtig god og glædelig Jul og – Dis – et godt Nytaar ikke alene for Jer men for den hele Menneskeslægt - - lad mig lige fortælle at Manse kom i Forgaars Aftes med den Besked at vi fik 25 Tyskere og en Del Heste til Indkvartering og at de kom i Nat!! Al vor Juleglæde svandt, men allerede i Gaar fik vi at vide at den bedske Drik udsættes til efter Jul. Vi maa tage Anne Marie op til Bibe, tør ikke lade hende sove derude i sit Værelse. Mulig det helt skydes over. Hvor de dog gaar frem nu igen!
+Tusind Hilsner søde Dis fra alle her til Jer alle Din Junge.</t>
+  </si>
+  <si>
     <t>1945-01-10</t>
   </si>
   <si>
     <t>Lars Christian Balslev
 Maria Balslev
 Martin Balslev
 Louise Brønsted
 Adam Goldschmidt
 Brita Goldschmidt
 Ina  Goldschmidt
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Maria von Sperling. g. Balslev
 Grete Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Martin og Maria Balslev var begge interneret i Frøslevlejren. 
 Laura/Bibbe Warberg Larsen/Petersen uddannede sig til sygeplejerske.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0636</t>
   </si>
@@ -1684,50 +1537,309 @@
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgaard Fred. 19de Jan. 1945
 Kæreste lille Dis!
 I Morgen har vi saa Mors Fødselsdag! Hvor havde det været dejlig om Forholdene havde flasket sig, saa vi kunde have været sammen paa denne Dag, men det vilde Skæbnen altsaa ikke. 
 Gid du havde været med paa Fars Dag og haft de samme gode Minder om den, som jeg har, det var saadan en usædvanlig dejlig Dag, som jeg af og til tager frem og tænker paa. Du ved, vi var jo paa Erikshaab hos de to go’e, og de havde gjort det saa festligt for os. Men selv om vi ikke kan være sammen og mødes ved Mors Gravsted med Blomster og Udsmykning, saa kan vi dog mødes i Tanker og Breve. Du var nu Mors Hjærtebarn, hendes lille Putte, hvor var Mor dog øm over dig, og hvor dit Vel laa hende paa Sinde. Jeg har for ikke saa forfærdelig længe siden haft fat i din lille smukke Sang til Mor, som vi sang for 20 Aar siden – det smukkeste du nogen Sinde har skrevet – men desværre er den gaaet til Bunds blandt mine Papirer igen, jeg husker aldrig nøjagtig, hvor de forskellige Sager ligger, jeg har saa mange store gule Konvolutter med saadanne Sager, men noget af den husker jeg da – om Dagen der ”lyser spæd og klar og spejder imod Vaaren” og saa: ”For hvad du er og hvad du var, vi aldrig nok dig takket har, som vi saa gerne vilde”. Hvor er det smukt og hvor det Sandhed. Vi fik aldrig Mor takket for alt det, hun var for os. Lad os haabe, at hun har følt det. 
 Vi fik alligevel drukket Axels Skaal. Som jeg vist skrev havde vi Frk Petersen (Kjert. Sygehus) til Middag den Dag. Samtidig kom Bibbe paa Cycle fra sin Vaagepost paa Sygehuset. Jeg havde det hele pænt og festligt. De fik Haresteg, ikke henkogt, men en frisk, der havde hængt fra før Jagten gik ud og var glimrende. Rødkaal, Ribsgélé og Tilbehør, derefter Engelsk brændt Crême, en Fromage, som er Bibbes Yndlingsdessert og som vi ogsaa fik Juleaften. 
 Dertil fik vi Æblemost. Jeg havde sat Rødvinsglas paa Bordet, og da Manse gjorde Vrøvl over det, da vi ellers altid drikker den af Vandglas, sagde jeg, at det skulde være saadan, for vi skulde drikke Axels Skaal, og det kunde vi dog ikke med Vandglas. 
 Mens jeg husker det – jeg glemte det i Axels Brev – mon I dog ikke kunde skaffe mig lidt Shagtobak; jeg vil saa gerne have lidt at blande mellem vort eget Bryg, der har den kedelige Egenskab, at man ikke kan holde Ild i den. Jeg kan jo sende en Femmer i et Brev med Frimærker for at faa Summen nøjagtig og du kan, hvis Axel altsaa kan og vil skaffe det, sende mig en Pakke i et Brev af og til. Jeg vilde være meget glad, om det kunde lade sig gøre, for vi har jo ikke Tændstikker i Overflod. 
 Jeg har fortalt Bibbe om Janna, at den lille har indtaget en lidt upraktisk Stilling, hun siger, at naar hun kommer paa Hospital, kan de sagtens klare det, saa hun blev ikke videre rystet over det. De er jo saa dygtige nu om Dage; det var anderledes katastrofalt tidligere, især da paa Landet med en alm. Jordemoder. Gid du vilde lade være med at ængste dig for det, for det behøves vist ikke. Værre er det jo med Sjums, men mon hun dog ikke kan sende Jer bare et Brevkort med en Hilsen, bare hun dog tænker paa det, det kan der jo aldrig ske noget ved og saa ved I da at hun er all right.
 Jo, søde Dis det er rigtigt hvad du skriver om at undlade Takkebreve, men M. har nu i Sinde at skrive til dig, han kan bare saa daarligt skrive til dig, han er saa mærkværdig ringe til det; jeg vil ikke sige noget om det, for saa har det ingen Værdi, men han blev aldeles betaget over Bogen. 
 - - Lige nu kom Bibbe fra Munkebo med Brev fra dig, som jeg nu altsaa har læst og takker saa meget for. saa mange Oplevelser du dog altid al [”al” overstreget] har at berette om, det kan jeg sandelig ikke hamle op med, men vi har jo Bibbe, som er saa rask og glad for Tiden, det er jo Oplevelse nok for os. Manse er ogsaa i saa godt Humør for Tiden, saa vi har det saa dejligt – og Agr. all right.
 Jeg skrev til Marie i Gaar og skal nok skrive til den gode gl. Charlotte. Aa, at Bodild skal til at dø, saa faar man ikke hende at se mere. Hun var elskelig imod mig, da jeg 1917 laa paa Diakonissen; Hvor er det smerteligt, men mange af os har jo naaet ”Støvets Aar”.
 [Skrevet langs venstre kant på s. 4:]
 Tak for Opskriften, den skal jeg sandelig prøve
 [Skrevet langs venstre kan på s. 1:]
 Ischias kommer af Fugtighed ikke af Blæst. Mon Søstrene kender til Astma og hvordan den skal have det. 
 [Skrevet på hovedet nederst på s. 1:]
 Det er ikke Huset, der giver dig Astma, men Husets Beliggenhed, men selvf. er det umuligt at bygge for Tiden
 [Skrevet langs højre kant på s. 1:]
 Til Lykke med Biddet! Gid det blev af! 
 [Skrevet på hovedet øverst på s. 1:]
 Mon der saa er saa stort mere at skrive om, der snakkes om mig – jeg mener omkring mig. – Tør du dog nok tage ud, lille Dis, naar Lægen har forbudt det. Jeg tror aldrig Jørgen fik vor Lykønskn. til hans Bryllup, jeg havde Julekort fra ham, men han nævnede det ikke. Men hvad, det gør det for Resten heller ikke noget. Hils Axel saa meget og tusind Hilsner til dig selv fra din Junge.</t>
   </si>
   <si>
+    <t>1945-01-30</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Bodild Holstein
+Anne Marie -, i huset på Lindøgaard
+Johannes Larsen
+Pernille Marryat
+Axel  Müller
+Janna Schou
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2450</t>
+  </si>
+  <si>
+    <t>Det er godt, at Ina/Sjums kom sikkert frem. Og rart at Astrids økonomi er forbedret. 
+Johanne strikker vanter til Martin/Manse. 50 familier i sognet er uden brændsel, og kommunen har næsten ikke mere. Anne Marie fyrer for ødselt. Johanne fryser. Hun og Adolph har flytter rundt på møblerne. De må gå i seng kl. 9. 
+Laura/Bibbe er rejst til København, og Johanne er bekymret. 
+Johanne ønsker Pernille tillykke med datteren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mgB3</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+2’ Februar 1945
+besv. 5’ Febr. ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgd. Tirsd. Onsd. [”Onsd.” overstreget] 30-1-1945
+Kære lille Dis!
+Til Lykke! Til Lykke! med alt det gode, der er sket. Nr. 1 er jo, at du ved Sjums i Sikkerhed, det har ogsaa væltet en stor Sten fra mit Hjerte. Jeg hørte en Gang i den eng. Radio, at et lille Skib var bleven standset og undersøgt og der blev taget tre Fanger, og jeg blev skrækslagen. Men senere sage de at en hel Del danske var ankommen til Sv. og igen steg Modet. Mon hun nu ikke har sendt dig et Brevkort, det kunne jo gøres uden Risiko – blot en Hilsen men det tænker hun vel ikke paa. Og Grunden!! Ja, det er jo en Lykke uden lige, at I nu ikke skal have de umulige økonomiske Forhold, og dette er noget varigt og ikke blot en midlertidig foranstaltning som f. Eks. Et Laan, hvad altid har haft min dybeste Mistillid, mens andre (f. Eks. Las) altid har ment, at saa var Sagen klaret. 
+Dette bliver kun et Par Ord, for jeg har et Parforce-Arbejde med at strikke Vanter til Manse. Bibbe kom med noget Garn – 4 forskellige Farver – og jeg gik straks i Gang, for hans er fuldstændig slidt op, og det er for trangt at arbejde ude uden Vanter.
+Ak hvilken Vinter Dis! Vores Skattemand fortalte forleden at 50 Familier her i Sognet var blottet for Brændsel og Kommunen har næsten ikke mere til dem, det bliver den rene Nød. Ogsaa vi fryser. Desværre har Fyringen været den ellers dygtige An. Maries meget svage Punkt, hun har trods mine kæmpemæssige Anstrængelser fyret aldeles skamløst ødselt. Mens jeg ved Middagstid sidder og skriver dette, er her 9 ½ Gr. Reaumur om Eftermiddagen 12 %. Jeg har læsset Masser af Tøj paa mig, og saa maa man jo vænne sig til det. Nu da Tyskerne endog vil tage af, hvad her er i Landet, er det jo ganske udelukket at købe. Det er strengt at fryse. I Søndags flyttede vi Sovek. Møbl. her i Spisestuen, og har saa lavet Stue i Sovek. Her er bleven mægtig hyggeligt, og vi mener, her bliver lunere. Det lange Bord staar paa tværs ud mod Værkstedet, Slagbænken med med Ryggen mod Køkkenvæggen, saa kan du se det for dig, Tæpper over hele Gulvet Dragkisten har beholdt sin Plads, ligesaa den lille Sofa ved Radiatoren, hvor der er dejlig lunt at sidde. Hvad der ogsaa vil hjælpe paa at faa Brændselet til at slaa til er jo, at vi ikke kan staa op før det lysner og maa gaa i Seng Kl. 9. Vi faar kun 12 Kilowat – og I faar nu kun 8? Det bliver underligt, men hvad er ikke underligt i disse Tider.
+Bibbe skulde være rejst i Dag, men maatte opgive p. Gr. a. Sne og rejser først paa Torsdag – den ½ Febr. Det bliver nok en rædselsfuld Rejse, men hun er da fornuftig nok til at ”stavle” en Mængde Tøj paa sig.
+Onsdag
+Næste Dag. Egentlig meget heldigt, at Posten i Gaar kom om Form. i Stedet for om Eftm. x [indsat i venstre margen:] x mit Brev ikke kom af Sted [indsættelse slut] saa kan jeg faa svaret paa dit Brevkort. Tak for det og tusinde Gange til Jannas Bedrift. Hvilken usigelig Lykke, at det nu er overstaaet vel overstaaet, ja den største af de 3 Lykker. Hils dog Janna saa varmt fra mig og ønsk hende til Lykke med den lille Pige. Du nævner ikke Vægten, husk det næste Gang, det er ikke helt lige meget om det er et bitte lille et eller en ordentlig velvoksen ditto. - - Vores søde Bi er lige rejst, hun maatte af Sted i Dag, da de nye Forbindelser fra i Morgen, den første Februar herfra er ad Hekkenfeld til. Det er rædselsfuldt at vide hende paa den farefulde Rejse og at vide hende 2 Mdr. i Kbhvn. Hvor man ikke ved, hvad der kan ske. Bombning f. Eks. 
+Hvilke enorme Begivenheder! 95 Miles fra Berlin og som de dog gaar fremad med Stormskridt. Det var synd, Bodild skulde dø uden at opleve dette. - - Bibbe har skrevet til dig, fik du det? 
+[Indsat øverst på s. 1, på hovedet:] Nu skal jeg i Seng – dog heldigvis ikke fordi jeg er syg, men fordi Varmen er lukket ned. Ilden slukket. Smeden kommer nu Kl 12 og forlænger Radiatoren her inde for at vi kan faa det lidt varmere med samme Brændsel. Hils Axel saa meget og tusinde Hilsn. Til dig selv fra din Junge</t>
+  </si>
+  <si>
+    <t>1945-02-09</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Anne Marie -, i huset på Lindøgaard
+Adolph Larsen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ole -, Lindøgaard
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvem børnene på fotografierne var. Adam Goldschmidts datter, Lena Brita, blev født 1942. Ina Goldschmidts Harriet i 1927, Ulf i 1933. Janna Schous datter, Pernille, er født 1945, men eftersom Jannas far var Jørgen/Buf Schou, var hun ikke af jødisk slægt. 
+Det vides ikke, hvem Ruth Petersen var. Ej heller kendes navnet på Janna Schous svigermor. 
+Johanne købte en dyr frakke og et træsnit af Johannes Larsen som julegaver.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2451</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har fået brevpapir af Andreas/Puf og Else Larsen i julegave.
+Hun takker for de lånte fotos af børnene. De ser slet ikke jødiske ud.
+Johanne takker også for tobakken, og hun vil gerne købe mere.
+Det er godt, at Janne har hjælp efter fødslen nu, hvor man hverken har varme eller lys nok.
+Det er ved at blive forår.
+Martin/Manse har været aktiv med at skaffe brændsel.
+Grethe og Martin er omsider blevet gift, og familien har haft en hyggelig fest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jdbc</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 12’ Febr. 1945
+verset? besv. 13’ Febr.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Fortrykt på kuvertens bagside:]
+JOHANNE WARBERG LARSEN
+LINDØGAARD
+[Håndskrevet på kuvertens bagside:]
+Dræby St.
+[Fortrykt på s. 1:]
+JOHANNE WARBERG LARSEN
+[Håndskrevet i brevet:]
+Lindøgd. 9-2-1945
+Kære lille Dis!
+Jeg har paa Fornemmelsen at dette kun bliver et lille Brev, til gengæld skal det være paa mit fine nye Brevpapir, som jeg fik af Puf og Else til Jul; jeg er vældig stolt af at have Br.papir med Navn. Desværre er det med Linier, hvad der navnlig slet ikke passer til fint Papir. 
+Tak for dit sidste Brev. Ja, næppe havde jeg sendt dit Brev sidst, før jeg kom i Tanker om Billederne, jeg var lige ved at sende dem næste Dag, men tænkte saa, at det hastede nok ikke saa meget at jeg behøvede at afse 20 Ør. paa dem – 20 Ør. er dog Penge! De er aldeles henrivende hun ligner jo Sjums op ad Dage; hun maa være en yndig lille en. Drengen er ogsaa sød hvor ser han dog uendelig lidt jødisk ud, hun ogsaa. Tak for Laan! Og vil du sige Axel Tak for Tobakken den er ganske dejlig, jeg bruger den til at blande mel. min hjemmedyrkede Tobak, hvis Axel vil sende mig en 1 Pakke til, hvad jo slet ikke haster, kan jeg sende en Femmer, det kan jeg for Resten gøre med det samme, mere har jeg ikke Raad til, jeg er kommen lidt bagefter i denne Mdr. Julen var mig mægtig dyr. 45 Kr. for Frakken, 20 Kr. til et Træsnit til Bibbe og alle andre Gaver til dem her hjemme ogsaa altfor dyre, saa kommer man jo ba’ etter. 
+Hvor var det dog dramatisk og spændende med Jannas Fødselsfærd, og hvor var det en glimrende Præstation men 5 ½ Pund er jo lidt bitte; begge Drengene her vejede 9 Pund og Bibbe 8, og endda synes jeg de var smaa. Nu hører jeg næste Gang maaske om hendes Hjemkomst, det bliver ikke let for hende med al den Lys og Varmerationering, godt at hun har sin Svigermor til at støtte sig i den første svære Tid.
+Apropos Varme! Vi priser Tøvejret og fryser ikke, naar det er saa mildt i Vejret, selv med vores meget nedsatte Fyring. Nej, du kan tro, der er intet at bebrejde Manse, det har ligget ham stærkt paa Sinde hele Tiden, og han har købt for noget af [”af” overstreget] over 1000 Kr Brændsel. At han fik skaffet det sidste Læs Brunkul var lidt af en Bedrift, men Himmelen være priset, at han fik det, ellers havde det set galt ud. Hele Egnen her er ramt af Brændselsnød, der fryses mange Steder. Grunden er nok at Tørvene her – jeg mener dem vi fik her omkring [”omkring” indsat over linjen] var saa utrolig udrøje, saa alle har forregnet sig, da de købte ind. For vores Vedkommende A.M.s skamløse Ødslen jeg er lidt bitter over det, for baade Manse og jeg havde arbejdet for at faa hende til at spare. Manse mente, det var fordi hun ikke vilde, altsaa en Slags Stædighed – Jyderne er jo saa stædige, men jeg mente, det var Dumhed. Men bebrejde Manse noget, kan man sandelig ikke, han er hundeangst for at jeg skal fryse. Nu fælder han en af vore mægtige Popler i Haven, for at have godt med Brænde næste Aar – hvad vi for Resten ogsaa havde i Aar, men intet forslog jo. - - 
+I Gaar havde vi saamænd Bryllupsgilde. Endelig havde Grethe faaet sine Skilsmissepapirer i Orden, saa de kunde blive gift, og lille Grethe var lykkelig; det var ikke saa rart for hende at være ”ugift”, naar hun var saa iøjnefaldende langt henne. De mødte Kl 10 henne hos Sognefogeden i Dræby og havde en hel hyggelig Stund hos de meget flinke Mennesker, fik Vin og mange gode Ønsker. Jeg har altid holdt saa meget af den Sognefoged. De kom her ved 11 Tiden, saa glade og fornøjede og saa saa smukke ud, da de straalende kom kørende ind i Gaarden i Giggen. 
+Saa kom Drengene, rene og fine, de havde selv besørget deres Omklædning og til Tilfredshed. Agraren havde været i Munkebo om Morgenen og købt en rød Alpeviol til Grethe; den stod midt paa Bordet, som var dækket med alt vores pæneste Udstyr. Vi fik jævn Suppe (henkogt) med Ærter og Gulerødder, 2 mægtige Hanekyllinger med Agurker og Gélé samt en fortræffelig Æblekage. Da vi helt er hørt op med at bage, havde vi købt Lagkagebunde og Smaakager til Kaffen som vi nød midt paa Eftermiddagen. Vi havde lige faaet Cigarer fra Brugsen, saa Røg manglede heller ikke. Det var saa baade festligt og hyggeligt. Vin kunde vi jo ikke præstere, men saa drak vi Æblemost af Vinglas, saa vi kunde drikke deres Skaal, de havde faaet en Stol, en Slags Lænestol af Familien i Kjerteminde af Manse et Gavekort i Brugsen paa 25 Kr. og nu har jeg lige hørt, at Naboerne har skillinget sammen og overrakt dem en Konvolut med 65 Kr. Jeg er saa rørt over det. Der var et Telegram fra Ruth Petersen, hvem Bibbe har holdt à jour, saa det var jo ude omkring og lille Ole har heller ikke kunnet holde tæt, men fortalt det til deres Nabokone. 
+Nu kan vi snart faa Foraar, Vintergækkerne er snart store ude i Haven og jeg tror, men er ikke sikker, at jeg hørte Viben i Gaar, da jeg var i Haven; jeg synes aldrig vi har ventet Foraaret med saa stor Længsel som i Aar, og hvis de nu ikke kan præstere Lys til os mere, saa maa vi sandelig være taknemmelige for at vi gaar den lyse Tid i Møde.
+Vi har hørt fra Bibe, hun er glad ved sit nye Arbejde, hun skriver at det hele er saa udmærket organiseret der, meget bedre end i Odder. 
+[Indsat øverst på s. 4; på hovedet:] Saa bliver det ikke til mere denne Gang; tilgiv mig at jeg glemte Billederne sidst, jeg var saa vred paa mig selv for det og forstaar ikke, hvordan jeg kunde være saa sløset
+[Indsat øverst s. 3; på hovedet:] Hermed Femmeren, hvis det næste Gang bliver lidt mere, kan jeg maaske udligne med Frimærker, eller har I dem gratis? Hils Axel! Tusind Hilsner Junge</t>
+  </si>
+  <si>
+    <t>1945-03-18</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Grete Warberg Larsen fødte sit barn 16. april 1945. 
+Janna Schou var aktiv i forsøget på at redde jøder ud af Tyskland. Hun var formodentlig i 1945 gået under jorden. 
+Landsforeningen JAK blev i 1931 stiftet som en protest mod det økonomiske system, der gjorde det muligt at tjene penge på penge. JAK protesterede mod, at samfundets penge blev stillet til rådighed i form af gæld med krav om betaling af renter. JAK’s holdning var, at penge ikke skulle have en pris, og at deres funktion udelukkende var at gøre køb og salg af varer og tjenesteydelser mulig. Samfundet skulle gennem en demokratisk styret Samfundsbank stille de nødvendige betalingsmidler til rådighed uden omkostninger (Kilde: J.A.K’s hjemmeside, april 2024).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0638</t>
+  </si>
+  <si>
+    <t>Johanne/Junge forstår godt, at Astrid/Dis savner datteren Janna. Det er svært at være alene hele dagen. Johanne var selv ved at blive skør af ensomhed, da hun var i USA. Og jo, Astrid må gerne skrive om sine sorger.
+Johanne takker for tobakken. Hun ser ingen mennesker, for rutebilen kører ikke, og folk har ingen cykeldæk. 
+Grete skal snart føde, og nu har hun hekseskud.
+Johanne skriver om krigen og tyskernes brutalitet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TCWH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+X
+Modt. 22’ Marts 1945
+besv. samme Dag.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+Læst jun. 2000.
+af Bibbe
+13/3 – 2001. BWP.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Søndag, d. 18de Marts 45.
+Kære lille Dis!
+Tusind Tak for dit Brev, som jeg fik i Forgaars; samme Dag havde jeg Brev fra Bibbe, hendes maatte jeg besvare først, og hun fortalte mig, hvor glad hun havde været over at træffe dig hos Magisterens. Det var dog ogsaa et morsomt Held, at hun netop kom derud den Dag. Nu har vi hende snart hjemme igen og Gud ske Lov for det, det er dog tryggere at vide hende her paa Landet, for Faren dog er minimal.
+Kæreste lille Dis, hvor jeg forstaar dit Savn af Janna, og det føles dobbelt – ja mere end dobbelt – fordi du er alene hele Dagen. Hvor godt man end forstaar at – hvad skal jeg sige – underholde sig selv, saa er det ingen Spøg at være alene hele den lange Dag igennem, det prøvede jeg i Amerika, og det var drøjt, så drøjt at jeg ogsaa den Gang mente mig selv at være på Sindssygens Rand. Saa jeg forstaar dig og har den varmeste Medfølelse i det. Jeg forstaar ogsaa, naar du skriver, at det hjælper ikke, at hun er saa forholdsvis nær, Tværtimod! Hvis hun var helt borte, f. Eks. boede i Jylland, var det lettere at bygge en ny Tilværelse op; paa denne Maade vil det vare længere før du vænnes til Tabet af hende, og dog vilde man selvf. ikke bytte eller ønske hende længere borte. Det eneste Gode, jeg kan se ved det, er at det nu er bleven Foraarstid, og Foraaret har jo mange Glæder og Goder i sit Følge, langt værre om det havde været de vemodige Maaneder Oktober og November. Men som du selv skriver, der er ikke andet ved det at gøre end at se at holde Halen saa højt som muligt og forlange af sig selv, at man skal kunne bære det. Og saa maa vi haabe paa, at Tiden vil mildne Savnet, saa du kan faa Glæde ud af Møderne med hende – muligvis det gaar hurtigere, end du nu er i Stand til at tænke dig. Hvor jeg dog haaber og ønsker det. Den lille Pige maa vel ogsaa være et stort Plus for dig. Men først og sidst, at Janna er glad og – som du skriver glad, naar du kommer. Tænk, at du kan spasere en hel Time dertil. Ogsaa hjem? det skrev du ikke noget om. Men hør Dis, jeg vil ikke høre noget om, at du skulde betænke dig paa at udgyde dine Sorger og Problemer for mig. Hvad har man dog sine Venner (Søstre) til, naar man ikke skulde kunne klage sin Nød til dem, naar Livets Bølger gaar højt, som vi udtrykte det i vore unge Dage, nej, lad os nu være her! Og lov mig, at du bare skriver løs, selv om det gør en ondt at høre om Sorger, saa vil man da ti Gange hellere høre dem og have en Følelse af, at ens Svar mulig kan trøste og styrke lidt, end man vil være udenfor og – skaanes! Tænk paa, hvad jeg sikkert har aflæsset til dig i sin Tid, da mit Livs Bølger fuldstændig konstant gik højt, det har næppe været Smaating, du har maattet høre om. 
+Nej, det var saamænd kun en Forglemmelse at jeg glemte X [”X” indsat over linjen] at kvittere og takke for Tobakken, det gik hurtigt op for mig, da jeg havde sendt Brevet. Vi vil være Jer saa taknemmelige, hvis I af og til vil sende noget, for nu kniber
+2.
+det snart haardt; den hjemmeavlede Tobak er der ikke saa meget Drøje i, som jeg havde tænkt, og det gaar hurtigt ned ad Bakke med den. Saa hvis I vil have Ulejlighed med det og absolut ikke Udgift, vil vi som sagt være Jer megen Tak skyldige. 
+Tak fordi du holder mig à jour med Jeres økonomiske Forhold; hvor var det dejligt, om I kunne komme rigtig paa Fode, og om Axel kunde faa nye Tænder; det vil gøre ham 10 Aar yngre, og vist ikke alene at se til. 
+Jo, saadan er det jo, der hvor Pengene er, skal der yderligere dynges paa, og Fattigfolk skal de nok vide at flaa. Vi maa habe paa J.A.K., at de Synsmaader en Gang maa vinde Sejr.
+Herfra er som sædvanlig intet nyt. Vi ser aldrig nogen her, nu da Bibbe er en Saga, Rutebilen saa at sige ogsaa, og ingen har Dæk paa deres Cycler. Elle har vi ikke set siden Jul, og naar faar vi hende at se, skønt Vejret jo er lige til at cycle i, saa fint et Foraarsvejr. Godt at vi har Lindøerne, dem ser vi da af og til. Grete har det [”det” indsat over linjen] ikke saa farlig godt, hun længes vist efter, at hendes Time skal slaa, det lille Skind. 
+Næste Dag, Mandag Form. I Morges kom Tinge og spurgte om Anne Marie maatte komme ned og hjælpe Grethe lidt i Eft. Nu har hun faaet Hexeskud og ligger og kan ikke røre sig; det er saa trist, at hun skal døje med alt muligt, den lille go’e Grethe! 
+Det er Middag nu, og jeg er bange, det bliver ikke til meget mere, Posten er tidlig paa det om Mandagen
+Næste Gang skal jeg sende det bio-dynamiske Skrift, du sendte, jeg har knapt læst det endnu og det er jo meget interessant. Det andet beholder jeg altsaa. Tak! – Nu har Anne Marie igen haft en Omgang med Betændelse, denne Gang i Øret og hun har døjet meget og haft Doktor her 2 Gange ligget i Sengen 2 Dage og haft mange Smerter. 
+Der er saadan en flink lille ung Læge i Dræby, jeg havde aldrig set ham før; den første Dag, han var her, bød jeg ham Kaffe og han blev siddende i nær ved 2 Timer og snakkede med mig; vi var meget ivrige begge to, saa han glemte Tiden. Vi var meget enige – det er man jo gerne for Tiden, fordi det mest er een Ting, man diskuterer nu: Krigen og alt hvad dermed hører. Det var en helt Oplevelse for mig, jeg ser næsten aldrig andre Mennesker. 
+Efter Middag. Det er underligt nok, for skønt alt hvad der sker i Verden – et Hav af Rædsler – opfylder en hver Time paa Dagen, saa er der noget ved det, der gør, at man ikke skriver om det. Men du kan tro, at alt det forfærdelige som vi hører om, og som [”og som” indsat over linjen] ligger paa en som en Mare ogsaa bidrager til, at gøre det daglige Savn af Janna endnu tungere end det vilde være, dersom Verden havde sit normale Udseende. Jeg har da i hvert Fald saa tit den Fornemmelse, at det er ikke til at bære. Og Verdens Fremtid må man ogsaa - uundgaaelig – spekulere paa. Faar vi mon den forfærdelige tyske Krigsmentalitet udryddet nogensinde. Ja, en Gang maa jo den tyske Nation blive voksen, men hvor længe vil det vare? den er for mig at se en stor lømmelagtig Dreng med alle den Alders Skavanker – ogsaa Børns Grusomhed har den i rigt Maal. En underlig Mangel paa Fantasi, der gør, at de slet ikke formaar at fatte andre Menneskers Lidelser. Nu er Lidelserne over dem selv, men vil de kunde lære af det? Eller vil det udelukkende resultere i Hævnfølelse? Det er Fremtidens Gaader. Saa vidt jeg husker, sagde Fanny jo, at der vilde gaa en uhyre lang Aarrække uden Krige, men den synske Fisker oppe i Nordnorge, der spaaede 1ste Verdenskrig, paastod, at der vilde komme Krig i 1953, hvor Frankrig og Rusland vilde slutte sig sammen og ødelægge Sverige. Det lyder fantastisk. Man kan ikke tænke sig Frankrig have Interesser i Sverige, vel? Og der er kun 8 Aar til, han maa vist have set forkert med et Aarhundrede eller to. – Naa, nu blev det alligevel til lidt mere Brev, 
+[Skrevet på hovedet øverst på s. 1:]
+Jeg skulde egentlig have hjulpet A.M. med Opvasken, saa hun kunde komme hurtig ned til Grethe, men det Ky’ det Ky’ -
+God Bedring med det lilles Snue, det er da kedeligt, naar hun saa ikke kan komme ud.
+Nu haaber jeg, at det hele maa bedres lidt for dig, søde Dis. ”Tiden læger” som Mornine skrev som 14årig, 2 Dage efter en dødsens Fortvivlelse over en ubesvaret Elskov.
+Tusinde Hilsener fra din Junge. 
+[Indsat nederst s. 2:] X hvilket herligt Sprog, der kan falde en i Pennen.</t>
+  </si>
+  <si>
+    <t>1945-04-03</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Martin Balslev
+Julie Brandt
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Charlotte Knipschildt
+Adolph Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Maria von Sperling. g. Balslev
+Torkild Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "de søde piger" er. Muligvis Astrid Warbergs egne to døtre. Den unge mand, der solgte fisk, kendes heller ikke. 
+Torkild Warbergs villa sprængt i luften: Se hans biografi.
+Der blev aldrig gravet løbegrave i Johannes Larsens have - kun gjort klar til arbejdet. 
+Det vides ikke, hvem Line var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0639</t>
+  </si>
+  <si>
+    <t>Charlotte Knipschildt er død. Hun var allerede gift, da Johanne/Junge var barn.
+Elle(n) har været på besøg et par dage.
+Adolph/Agraren og Johanne Larsen havde det så godt sammen, engang hvor ingen af børnene var hjenmme.
+Torkild Warbergs villa er blevet sprængt i luften.
+Louise/Lugge Brønsted har flyttet flere ting i sikkerhed hos sin søster, Christine/Mornine. Der bliver gravet løbegrave i Louises have og noget lignende bliver klargjort på Johannes Larsens grund.
+Johanne/Junge gør hovedrent. Astrid/Dis kan godt få nogle blomsterløg. 
+Flere medlemmer af Balslev-familien er interneret i Frøslev-lejren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t1xn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 5’ April 1945
+heri også 26/4. –
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Tirsdag d. 3de Apr. 1945
+Kære lille Dis!
+Det er pludselig gaaet op for mig, at du vist allerede længe har kigget efter Brev fra mig, men jeg har været saa Pokkers ugidelig i hele denne Paaske – Tid har der jo været rigelig af. Tak for dit sidste knippel-lange Brev, men da jeg i Dag har knap med Tid, vil jeg ikke give min Tid til at faa det halet frem og se, hvad der skal besvares, det bliver næste Gang. Dette kun et Par Ord for at du ikke skal kigge forgæves. - - Mon du gennem Lugge har hørt, at den gode gamle Charlotte er død, ja det har du vel, ellers kan du jo ringe hende op og høre de nærmere Enkeltheder. Hvor er det egentlig mærkeligt at hun har levet lige til nu, hun der for længst var voksen og gift, X da vi, som den Gang var smaa Børn, nu er mellem 70 – 80 – Mornine fylder da 75. Jeg tænker du er ked af at din Sygdom har forhindret dig i at besøge hende i den senere Tid. Jeg vidste slet ikke, at hun havde brækket Hoften, gjorde du? Men hvor hun dog fik en blid Død.
+Paasken her har været bemærkelsesværdig ved, at Elle har været her. Vi har ikke set hende siden Nytaar, men nu har hun faaet Dæk paa sin Cycle og er [”er” indsat over linjen] kørende igen. Hun kom uventet og til min store Glæde Lørdag lidt før Middag, blev her om Natten og tog af Sted Paaskedag hen under Aften. Vi havde det saa yndigt og jo Masser at snakke om. Naturligvis fik vi en l’Hombre Lørdag Aften og Søndag Eftermiddag ogsaa – Elle er jo en Spillefugl. 
+Nu fik jeg alligevel dit Brev halet frem. Du skriver bl.a., at du og Axel har det saa godt sammen – det minder mig om, hvad jeg saa tit har tænkt paa, at det Aarstid, da Agraren og jeg var alene tilbage i Kærbyhus, Tinge i Sverige, Bibbe i Kbhvn. Manse i Nordskov, da havde Agraren og jeg det saa ualmindelig harmonisk sammen. Det er maaske egentlig det normaleste, at Børnene er borte fra Hjemmet – i hvert Fald er det lettere at faa Harmoni i Ægteskabet paa den Maade, Børn kan jo give Anledning til Disharmoni selv om de er aldrig saa fuldkomne og søde. Ja, jeg kan sandelig da nok se, at Axel er mageløs, ja enestaaende mod dig; det er det, som Pan formulerede saadan: ”Axel forkæler Dis over alle Grænser” med stærkt Tryk paa o. alle Gr. Lidt Forkælelser er saamænd ingen Skade til, hvis man har bred Ryg nok til at bære den.
+Eft.Middag Hvor du dog gør meget for ”de søde Piger”, mon de nu vil vide at værdsætte det; det maa vi haabe. Hvor er det hele dog interessant og spændende med Kreditforeningen og alt det. 
+Lever den unge Mand endnu – jeg husker ikke hans Navn, som kørte Fisk og arbejdede for Jer og havde været Kommis. Hvordan gik det han med hans stakkels Kvartalsdrankeri, mon han gik i Hundene?
+Du hørte vel, at de har sprængt Torkilds Villa i Luften? Men tillige den glædelige Efterr. at han er i Frøslev. Jeg synes, det var ængsteligt at han var i Aalborg, hvis der nu, som de for nogen Tid siden talte om fra London, skal begynde der med de allieredes Angreb paa Danmark. De ulykkelige Fanger, som saa sidder i aflaasede Celler. 
+Ja Dis, det er næsten ikke til at bære mere, gid vi havde Bibbe vel hjemme, hun er saa frygtelig uforsigtig, sætter sig i Vinduet for at se til, naar der er Skyderi i Gaden. Det lille Bæst.
+Mon du har set hende ude hos Jer? Hos Janna var hun jo omkring ved Manses Fødselsdag, hun afsendte en Pakke til ham fra Bagsværd Station. 
+Vi var paa Lindø d. 30_te_, Tinges Fødselsdag, Langfredag. Grethe havde fint Kaffebord med Lagkage, og det var saa nydeligt og saa hyggeligt.
+Elle havde Breve med fra Lugge; de har lejet Mornines ledige Værelse til deres mest værdifulde Sager; de selv bor saa udsat, nu graver de Løbegrave af Sted der lige ved Huset. De er da endnu ikke begyndt at befæste Lases Have, der er kun gravet Pæle ned. 
+- - Vi er i Dag begyndt med Hovedrengøringen nemlig Rullestuen, som jeg regner for det værste; jeg arbejdede deroppe til Kl 11 ½, saa maatte jeg pausere og tog fat paa dit Brev, vi faar knusende travlt i hele denne Maaned, vi faar jo ny Pige til Maj, skal baade gøre rent slagte og vaske; desværre har A.M. bedt sig fri de sidste 3 Dage af April og den nye kommer først d. 3_die_. Det vil sige, at jeg bliver alene i 6 Dage og skulde jeg gerne have Huset skinnende rent til en ny Pige; jeg var temmelig ked af det, og er. 
+Nu faar du ikke mere i Dag, jeg skal om lidt op og tage fat igen paa min Rullestue.
+Tusinde Hilsner søde Dis fra din Junge
+Hils den gode Axel. 
+[Skrevet langs venstre kant s. 2:]
+Jeg havde Brev fra Marie Ladersen til Paaske; de har haft Besøg af Line som er i Arbejde og rask. Henrik og Gøga har det godt. 
+[Skrevet på hovedet øverst s. 1:]
+Tænk at mine Breve er 3 Dage undervejs, dine kun 2. Du skal nok faa Vintergækkeløg. Vil du have Scilla? Jeg har har en Urtepottefuld her inde, de er allerede afblomstrede, dem kan du faa, hvis du ikke har Scilla selv. Husk at svare. 
+[Skrevet langs venstre kant s. 1:]
+X hvor er jeg tit fiks med mine Ordstillinger.</t>
+  </si>
+  <si>
     <t>1945-04-10</t>
   </si>
   <si>
     <t>Louise Amstrup
 Bodild Branner
 Ellen Branner
 Thora  Branner
 Marie Larsen
 Pernille Marryat
 Axel  Müller
 Marie Paludan
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Janna Schou
 Hempel Syberg
 Børge Tinesen
 Frederik Warberg
 Grete Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Marie Paludan var søster til Otto Emil Paludan og fungerede som husholderske for ham, mens han arbejdede som godsforvalter og boede på gården Erikshaab. Denne gård var tidligere beboet af Warberg-familien, og de må have efterladt noget (blandt andet breve), da de flyttede.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0641</t>
@@ -1751,50 +1863,53 @@
 besv. 27’ ”
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [På kuvertens bagside:]
 Lindegaard Dræby St. Fyen.
 Lindegaard Tirsd. Middag 10-4-1945. 
 Kære lille Dis! Det er vel nok godt gjort, at naar jeg sender Brev til dig den 3 die, saa faar jeg Brev fra dig den 9 ende, hvori du skriver: skriv snart! Det er mintro en langsommelig Postgang for Tiden. 
 Det var sandelig en righoldig Post i Gaar. Grete og hendes Broder, Børge som jeg kender godt og holder meget af, traf til at være her, vi sad ved Kaffen, da Posten kom. Først din lille meget indholdsrige Pakke, tusind Tak for det alt sammen, saavel Gaverne som det besørgede, Børge var grøn af Misundelse navnlig over den ene Pakke Tobak, som Kenderne betegnede som meget fin. Og de tilsendte Breve!! Jeg har saa tit været ked af, at de gamle Breve fra den søde Onkel Frederik var gaaet tabt; Marie Paludan (den søde i en anden Mening) gjorde mig jo den Tort at brænde en stor Papæske med Breve som stod paa Loftete, [sidste ”e” ordet overstreget] da jeg var i Amerika og jeg har troet, at alle hans var derimellem, dette ene, som jeg husker saa godt i hvert Fald Begyndelsen ,,naa saa du har mødt din første Jomfru Larsen” o.s.v. er altsaa paa en eller anden underlig maade bleven reddet fra Baalet. Tænk 50 Aar gammelt! 
 Saa var der en mægtig Pakke og da jeg saa Afsendernavnet: Bodild W. J. sagde jeg straks til Grete, at det var vist noget, hun havde Interesse i, og ganske rigtig, lutter Sager til Børnetøj af forskellig Art; hun skrev, at hun havde efter Tante Louises Død fået en hel Del efter hende, saa nu var der en Del, hun kunde undvære; det var sødt af hende og saa uhyre kærkomment. Hvilken let Død den gode Louise fik. Jeg havde hørt det fra min Svigerinde Marie; hun skrev om Ellen Branner, der var saa sløj og træt og var bleven saa ældet. Tænk, hun var gaaet i Frederiksb. Allé, da Maskinen styrtede ned over d. franske Skole, det føg om hende med Partikler af alle Slags, men da hun har svagt Hjerte, maatte hun tvinge sig til at gaa ganske langsomt til hun naaede i Sikkerhed. Hvilke rædselsfulde Oplevelser Menneskeheden dog har i disse Aar.
 Men lad mig blive færdig med den righoldige Post: endvidere var der Brev fra Tutte. De havde d. 8de Marts Bodilds Fødselsdag netop siddet og læst et [”et” indsat over linjen] Brev fra Louise og beundret en Gave fra Louise, da Johan ringede fra Kbhvn. at hun var død – laa død i sin Seng om Morgenen. Det maa have været underligt – hun var altsaa allerede død, da de fik Brev og Pakke fra hende. Tuttes Ben er da igen lidt bedre, gid det dog maa vare, det er lidt ængsteligt, at det sådan stadig bryder op.
 Vi slagter i Dag, men da vi er saa godt med og mit Ben ikke paa nogen Maade vil finde sig i Overanstrengelse for Tiden, har jeg nu efter Middag sat mig ned til dette lille Brev. Bibbe er endnu ikke kommen, vi venter hende i Morgen. Mon hun saa naaede ud til dig, hun tænkte at laane en Cycle i Birkerød, men der er vel snart ikke flere Cycler i Orden. Elle skal nok faa sin Æske Tændst. Vi tænder nu vore Piber ved Fidibussen, naar vi har Ild i Køkkenet. Er det lidt skraldt med Humøret lille Dis? Vor Herres Sol skinner dog ellers saa velsignet i denne Tid, men det kan vel ikke gøre det. Mon ikke, det skulde hjælpe lidt, naar den Tid kommer, der de 3 søde Piger bliver bosat derude, hvis du faar Fornemmelsen af en god Omgang lige ved dig. Og saa at Janna er saa lykkelig, og den lille Pige saa yndig. Og din Mønster-Have. Vi maa tage det hele med lille Dis i disse Tider; alle de Rædsler pynter ikke paa ens Velbefindende – mildest talt!
 [Indsat side 1 øverst, skrevet på hovedet:]
 Hvor er det dog nogle dejlige Cigarer, du har sendt mig, jeg har røget den ene og skal nok ryge de andre tre selv ogsaa. Og Tak for Krystal,s. det sparer saa godt paa Sukkeret. – Den Muskatnød du sendte mig i Julen er jeg saa glad ved, den pynter paa Fiskeretter. - - Hvor morsomt med alle de gamle Breve. – Kan du huske, at Fanny spåede om alle de Horder Syd fra, der vilde strømme her op og plyndre?
 [Indsat s. 1 i venstre margen:]
 Jeg sender en 5er i næste Brev, har ingen i Øjeblikket, saa kan vi al [”al” overstreget] udligne, hvis I en Gang sender lidt igen.
 [Indsat s. 1, nederst, på hovedet:]
 Sig Axel tusind Tak for Tobakken.
 [Indsat s. 2 i venstre margen:]
 Og saa kun tusinde Hilsner til dig selv lille Dis. Godt Mod! Din Junge</t>
   </si>
   <si>
     <t>1945-04-12</t>
   </si>
   <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
     <t>Else Larsen, Else, Andreas Larsens kone
 Didrik Overgaard Nielsen
 Emma Overgaard Nielsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolph Larsen var indlagt med en kræftknude i maven. Johanne/Junge Larsen boede nogle dage hos Else Larsens forældre (Overgaard) i Odense for i forbindelse med besøg på hospitalet at have mindre transport.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0644</t>
   </si>
   <si>
     <t>Johanne/Junge Larsen er hjemme igen efter at have været hos Overgaards, som var søde. Laura/Bibbe har talt med egen læge, som sagde, at selvom der var tale om en kræftknude, var chancerne for helbredelse gode.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0jIO</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREVKORT.
 [Post-logo]
 Afsender
 [Håndskrevet på adressesiden:]
 Dec 45
@@ -1877,97 +1992,250 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LwFS</t>
   </si>
   <si>
     <t>[Fortrykt:]
 BREVKORT.
 Post-logo
 Afsender
 [Håndskrevet:]
 Dec 45
 JW. Larsen, Lindøgaard
 Dræby St. Fyen
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [Brevkortets bagside:]
 Tirsdag.
 Kære lille Dis!
 Nu er jeg hjemme igen, jeg turde ikke blive der længere, da Else mente, det blev for meget for hendes Mor. Jeg kom hjem sm. m. Bibbe og Manse Søndag Aft. For din Femmer gik vi i Biffen og saa et vældig sjovt amer. Stykke. 
 Overgaard var saa sød at være hos og Fru O. sagde til mig i Telefonen i Gaar, at hun savnede sådden! Vi er bleven saa opmuntrede og forhaabningsfulde efter en Samtale Bibbe havde med vores egen Læge her; han sagde, at selv om det var en Kræftknude kunde det udmærket godt helbredes helt, naar den blev fjærnet ved Operation. Han sagde det ikke for at trøste, sagde han, men vilde sige det 
 [Brevkortets forside:]
 samme, hvis det var en Kollega, han talte med. Det blev vi meget glade over at høre og har nu faaet godt Haab igen. Mange Hilsner til Jer begge fra din Junge Bibbe er derude i Dag.</t>
   </si>
   <si>
+    <t>1945-12-06</t>
+  </si>
+  <si>
+    <t>Axel  Müller
+Edith -, pige i huset på Lindøgaard
+Grete Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph/Agraren Larsen skulle opereres for kræft.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0654</t>
+  </si>
+  <si>
+    <t>Johanne har pakket æbler i Astrid og Axels kuffert til dem, men hun er bange for, at den er for tung.
+Adolph/Agraren er indlagt og undersøgelserne tager på ham. Det trækker ud med operationen.
+Laura/Bibbe har taget vikararbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J1od</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+BREVKORT.
+Post-logo
+Afsender
+[Håndskrevet:]
+Dec 45
+JW. Larsen, Lindøgaard
+pr. Dræby St. Fyen.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Brevkortets bagside:]
+Kære Dis! Fredag
+Jeg har pakket Æbler i Jeres Kuffert, godt med Halm for neden og oven og kun 2 Lag Æbler. Nu har jeg faaet Betænkeligheder, for jeg synes den er saa tung. Spørg Axel, om han tror, det kan gøre Kufferten noget. Jeg vil binde godt med Høstbindergarn uden om den for at styrke den. Jeg vil ikke sende den før jeg hører om A’s Mening desangaaende. Du fik vel mit Kort om at jeg er kommen hjem, Bibbe og jeg skal derud i Morgen, der er ikke noget om Operation endnu; han har det helt godt, har været lidt oppe et Par Dage, men alle de Undersøgelser tager en Del paa ham. Gretes Per var derude i Gaar vist mest for at se til Agraren den kære Dreng købte Krysantemer derude til Agraren. I Dag er Edith i Odense og vilde se op til ham – Hvis Operationen bliver ved at trække ud, faar vi ham vel daarlig hjem til Jul. Vi laver intet til til Julen og giver ikke Gaver i Aar ---
+[Brevkortets forside:]
+Hvordan mon I har det? Din A – a?
+Bibbe har taget Pladsen som Vikar her i Sognet. Mange Hilsner til A. og dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1946-04-01</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Edith -, pige i huset på Lindøgaard
+Christine Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Malerens var Johannes Larsen, hans søn og svigterdatter på Møllebakken i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2452</t>
+  </si>
+  <si>
+    <t>Johanne Larsen kan ikke forstå, at Astrid kunne gå tur efter den hårde omgang med tandudtrækninger. Selv måtte hun hjem og ligge i sengen hos Johannes Lasen og hans familie, da hun havde fået trukket 17 tænder ud.
+Johanne kommer ikke til Astrids fødselsdag, for hun har travlt, og hun er bange for at blive syg, hvis vejret bliver koldt. Hele Johannes familie er inviteret til Christine Swanes/Uglens 70årsdag, men kun de unge tager med. 
+Laura/Bibbe arbejder som hjemmesygeplejerske, og hun synes ikke, at der er nok at lave.
+Lise har brændt hænderne slemt på kakkelovnen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kww0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt 3’ April 1946
+besv. 11’ ” ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard Mandag 1st Apr. 46
+Kæreste lille Dis!
+Sikken dog et Held, at mit Brev netop skulde komme i det selvsamme Øjeblik, som du skulde gaa til det frygtelige hos Tandlægen, og at det kunde give dig saa megen Styrke og Mod fra, af og til kan der være Held i det. Altsaa: Tak for dit Brev! Hvor maa det have været en frygtelig Omgang, naar Bedøvningen ikke vilde virke. Men een Ting fatter jeg ikke: at du lige efter kunde gaa en to Timers Tur?! Og du snakker om, at vi andre er Kæmper i Modsætning til dig! Da jeg havde faaet mine ud, kørte Tandlægens Frue mig op til Malerens, der kom jeg straks i Seng og var da mere død end levende; f. Eks. var det udelukket at spise en eneste Smule. Maaske gjorde det noget, at jeg jo ikke kan taale [ulæseligt ord] samt at der var 17 Tænder men alligevel!
+Nej, lille Dis, det er fuldstændig udelukket at jeg kan komme til din Fødselsdag, for vi skal nemlig skifte Pige til Maj, eller rettere Edith skal rejse; nej de sidste Dage før Maj er alt altid her i Sus og Dus. Hver dag er planlagt længe forud; den sidste Vask samt Rengøring i Køkkenregionerne bliver i den Tid lige efter Paaske, og jeg kan umulig være herfra, jeg vilde ikke have eet fredfyldt Minut, naar jeg vidste, at jeg var løbet fra det hele. Det kan du nok forstaa, ikke? Nej, vi maa vente til det bliver Sommer. Desuden er der jo selve Aarstiden at tage i Betragtning. Det kan være lidt sommerligt i Slutn. af April, men det kan rigtig nok ogsaa være hundekoldt og jeg er vel pænt nødt til at tage Hensyn til Helbredet. Nu har min Bronchitis igen svungen sig op og hvem ved hvordan den er om 26 Dage. Det gør mig ondt at jeg maa skuffe din Fødselsdagsplan, men haaber, du nok kan forstaa, at jeg har gode Grunde for det. – Uglen har 70 Aars Fødselsdag d. 29de Maj og forleden kom der Indbydelse fra hende til os alle: Agr. jeg Manse Bibbe Tinge og Grete. Det bliver vist saadan, at de 4 unge rejser, men Agr. og jeg ikke. Agr. vil bestemt ikke, og jeg kan da ikke tage 2 Rejser – naa ja, saa kunde jeg jo kombinere den med Besøget hos Jer, men jeg synes nu, det var kedeligt om Agr. skulde være her helt alene og alle kan vi jo ikke være [”være” indsat over linjen] borte her fra. Jeg skrev og takkede og anmeldte altsaa de 4, og skrev saa en passant: hvordan med Natteleje? er der nogen Planer om det?
+Tirsdag. Dette bliver vist baade kort og forvirret. Grete kom i Gaar med Lise og de blev her hele Eftermiddagen; det var herligt, men det blev saa ikke til noget med Brevskrivning. Foraarstravlhed er allerede i fuldeste Sving her baade ude og inde. Edith gør hovedrent og jeg passer Huset – 2 Mand paa Kosten, d.v.s. da kun Middagsmaden, men alligevel mærkes det. Bibbe er ude i Embeds Medfør baade Dag og Nat; en Patient skal for Tiden have Tabletter hver anden Time; hun tager derop Kl 11 ½ om Aftenen, ”sover” paa en Sofa og lader Væggeuret kalde hver anden Time. Endnu har vi ikke set hende, skønt Kl. er over 10 (Form.) saa hun er sendt til Patienter. Og dog klager Bibbe over, at der ikke er nok at bestille!! Hun sagde forleden ”jeg ved ikke om jeg i det lange Løb kan holde ud, at der er saa lidt Arbejde”!! Naa det er ogsaa i Timetal, undertiden er der kun et el. 2 Besøg om Dagen. Lise kan nu gaa alene, men det kniber jo vældigt med Balancen og de smaa tykke Ben skræver. Hun har brændt begge sine smaa fine Hænder paa Kakkelovnen, Læge omgaaende til Forbinding og saa senere til at klippe Blærerne op. Hun sad ganske stille mens det foregik og saa alvorligt paa ham. Grete syede Forbindingerne fast paa en lille Trøje saa hun ikke kunde rive dem af. Tinge var helt hysterisk den Dag det skete, og det var jo ogsaa frygteligt, saadan smaa fine Hænder, det var strengt for dem alle. Tak for de tiltænkte Cigarer, godt at jeg ikke fik dem! for det var vel Mulighed for Afgang at du skrev det? nu maa jeg ud til Maden og saa slutte lige efter Middag. – Jeg vilde ønske, jeg kunde forære dig lidt af Uroen i dette Hus. Siden jeg sidst skrev har her været 3 forskellige fremmede og Bibbe hjem til Kaffeanretn; nu sover hun eller hviler da, hun var meget træt, men skal da ikke vaage i Nat! Sikken et vidunderligt Vejr, og saa mærkelig kort efter den Periode med den strenge Frost. Men det er herligt. 
+[Indsat øverst s. 1; på hovedet:] Nu haaber jeg, at mit næste Brev bliver lidt mindre stakaandet – Hovedrengøring gør mig altid stakaandet. Hils den gode Axel saa meget!
+Tusind Hilsner fra din
+Junge.</t>
+  </si>
+  <si>
     <t>1946-06-22</t>
   </si>
   <si>
     <t>Poul Gregersen
 Elena Larsen
 Christine Swane
 Lars Swane
 Ursula Uttenreitter
 Erik Warberg Larsen
 Grete Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem konen, præsten, Bibbes kammerat og Jørgen var. Heller ikke hvilket barn Elena/Bimse Larsen medbragte. 
 På Munkebo Bakke er der et udsigtstårn.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2458</t>
   </si>
   <si>
     <t>Johanne/Junge takker for brev og pakke. Hun har haft gæster, lige siden Astrid/Dis og Alex rejste, så hun er træt. De besøgende var Elena/Bimse og en dreng, en af Martin/Manses venner, en præst fra Odder m.fl. Med præsten tog de på tur til Munkebo Bakke med. 
 Lars og Ursula Swane kom noget forsinket med en hund til Erik/Tinge. De var punkteret og mistede en færge. 
 Johanne har sagt nej til at tage et feriebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JSMC</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 24 Juni 1946
 besv. 30’ Juni
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen
 [I brevet:]
 Kære lille Dis!
 Tak for Kort og Brev og Pakke! Manse er glad ved Uret – mægtig stolt over altid at vide, hvad Klokken er – og jeg over Persillen. Tusind Tak. Dette bliver kun et lille Livstegn, for jeg er ret udgaaet for Kraft – snart. Tænk lige siden I rejste har vi haft Gæster. Dagen efter kom Poul Gregersen og er her endnu (han hjælper Manse og er en sød Dreng) Det var Torsdag; næste Dag fik vi Tel. at Bimse og Dreng X [indsat i venstre margen:] 10 Aar og det sødeste Barn jeg nogensinde har set. Et Udtryk saa henrivende. [Indsættelse slut] vilde komme Lørdag Form. Det betød Huset møvet og fin Middag, 3 Retter Mad. Samme Aften ringede en Ven af Manse at han vilde komme Dagen efter til Middag Sidst paa Ugen kom en Præst fra Odder, som Bibbe er god Ven med (han er gammel og gift) og ham havde vi til et pænt Aftensbord den ene Dag og Middag næste. Han bor paa Kroen i Munkebo og han Bibbe og jeg var i Gaar bilende op paa M. Bakke, hvor vi nød en herlig Kaffe med Likør og Cigar. X [Indsat nederst på arket og op langs højre margen:] X og hvor der var aldeles dejligt oppe; vi var i Taarnet, hvor er Danmark et dejligt Land [indsættelse slut] Bibbe havde arrangeret Turen, men han ga’ den. 
 Han er en usædvanlig klog og intelligent Mand – henrivende, lidt kejtet og genert, som kloge Stuemennesker tit er. Manse var saa indtaget i ham.
 I Gaar ringede Lasse Swane fra Kbhvn. at de vilde komme her – bilende – i Dag til Morgen med en Hund, som Uglen vil have afsat til Tinge. Jeg var tidlig oppe og lavede fint Kaffebord og gjorde rent, men endnu Kl. 11 ¼ er de endnu ikke kommen. I Aftes var her en af Bibbes Kammerater, som nylig er kommen til Kjerteminde Sygehus, men jeg gik i Seng – trods Gæster, ogsaa Tinge, Grete o.a. Som du ser er det ikke just en død Tid, vi lever i!! Men sjovt er det da alligevel, selv om jeg har ondt ved at blive ved. Konen er stadig i Jylland. Pudsigt at alle disse – selvf. kære – Gæster netop skulde komme, mens hun er borte.
 Tak for Jeres Besøg, det var dejligt at have Jer, og alt var jo ogsaa vellykket, men det havde da nu været meget bedre, hvis I havde haft godt Vejr. - - - Her blev jeg afbrudt ved at de kom, havde punkteret og mistede derved en Færge. Grete og Tinge havde insisteret paa at have dem til Middag; jeg havde allerede købt Kød til Bøf; det fik hun saa ned. Derfor var de her kun et Kvarter, da de skulde af Sted lige efter Middagen. Nu faar jeg da en Hvile-Eftermiddag, hvad jeg meget paaskønner. Jeg fryder mig over den lille grønne Skaal, hvor er den dog henrivende. 
 [Indsat øverst på s. 1; på hovedet:] Vil du nøjes med disse Ord for denne Gang. Har du det godt?
 Hils Axel fra mig og de andre.
 Ogsaa Hilsner til dig selv, flest fra din Junge.
 Vi havde Brev fra Jørgen om vi vilde tage et Barn paa Sommerferie, selvfølgelig umuligt for mig at overkomme.</t>
+  </si>
+  <si>
+    <t>1946-08-04</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adam Goldschmidt
+Brita Goldschmidt
+Lena Brita Goldschmidt
+Anne Marie -, i huset på Lindøgaard
+Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Anna Meyer 
+Ellen  Sawyer
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Bornholmsk syge er en virussygdom, som giver influenzalignende symptomer og især rammer musklerne i brystkassen og lungehinderne. Navnet opstod, da man havde en epidemi af sygdommen på Bornholm.
+Topedeaborg var oprindelig et legehus, som Warberg-børnene havde ved hjemmet på Erikshaab. Astrid Warberg-Goldschmidt fik opført et lignende hus i sin have i Hareskov. 
+Myg er muligvis Anna Meyers datter Karen Elisabeth Mygdal Meyer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2461</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har været syg af opkastninger. 
+Christine/Mornine, Ellen og Thora/Tutte har været til middag. 
+Anne Marie stopper som hushjælp, og det har slået Johanne helt ud. Laura/Bibbe og Marie/Rie hjælper dog godt til. 
+Johannes gamle gigtsygdom blussede op en nat. 
+Anna Meyer m.fl. har også været på besøg. 
+Johanne vidste ikke, at Adam med familie skulle komme til Astrid/Dis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i0jC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+6 August 1946
+besv 18 Aug. 
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Søndag 4-8-1946.
+Baade Axels og mit har nok været lidt Bornholmsk Syge, det er der saa meget af for Tiden.
+Kære lille Dis!
+Dette er helt vinterligt – skønt Aftenen for Resten er saa skøn – her sidder Agraren, Rie, Bibbe og jeg med tændt Lampe i den store Stue; B. strikker de to andre læser, og jeg skriver og siger Tak for dit Brev. Det var en stor Lettelse at høre, at Axel er i Sving igen, men jo ingen Lettelse, at du har haft Galder uf, de modbydelige Galder! Mon du ikke har kigget efter Brev fra mig, men Himmel og Jord har staaet i et for mig; midt i Ugen blev jeg en Nat overrasket med Opkastninger; Gud, hvor jeg brækkede mig, blev saa i Sengen med 38 3 ogsaa Dagen efter igen, og saa var jeg saa umulig af Pirrelighed, at det slet ikke var nemt for dem her. C [”C” overstreget] Mornine ringede fra Kjerteminde, at hun Elle og Tutte vilde komme med Formiddagsbilen Lørdag – ja i Gaar altsaa. Bibbe og jeg pillede om Fredagen [”Fredagen” indsat over linjen] 4 Vildænder, som Manse nok saa belejlig havde skudt om Torsdagen, den Dag Andejagten jo gaar ind. Om Morgenen havde jeg lavet 2 store Skaale Rødgrød. Anne Marie skulde komme Lørdag, saa jeg imødesaa Dagen med Ro. Lørdag Morgen, da jeg sad ved min Morgenkaffe kom Anne Marie og meddelte, at Drengen var syg, saa hun kunde ikke komme jeg blev meget ked af [et overstreget bogstav] det, for jeg havde ingen Kræfter p.Gr.a. den forbandede Mavesygdom. Saa fortalte hun – at hun maatte hellere holde op med at komme, for de laa i Byggeroderi, og hendes Mand holdt ikke af at hun gik ud. Det brast helt for mig! Bibbe kom i det samme og blev rædselsslagen paa mine Vegne, over, at den Støtte skulde tages fra mig. Naa, Dagen gik for Resten godt nok, der var jo ikke saa meget at gøre ved Middagen, jeg fik Ænderne ordnet og sat paa, dækkede Bord til 10, Marie skrabede Kartoflerne – en mægtig Grydefuld – og Bibbe hærgede i hele Huset og satte Blomster i Vand; jeg var færdig halv 11, nej 11, da de kom, Marie passede Ænderne, saa jeg sad og snakkede med dem (Søstrene), [”Søstrene” indsat over linjen] gik kun lige ned og lavede Sauce. Som de Ænder smagte dem! Og Rødgrøden med. Vi tog Kaffen ved Bordet, Bibbe ordnede den mens jeg i en Fart skrubbede alle Tallerkner og Fade og Sølvtøj af. Saa tog ellers Bibbe og Marie hele den mægtige Opvask og jeg sad og snakkede med dem hele Eftermiddagen. Vi havde det henrivende, de var mægtig søde. Vi fik The inden de rejste, Kvart over 5. Du kan tro, det blev en dejlig Dag. - - Nej hør, jeg glemte helt at fortælle hvorfor jeg var saa dybt nede den Lørdag Morgen da Anna M. kom og meldte Afbud, at jeg græd! Jo tænkt om Natten vaagnede jeg med Smerter i højre Haand, ude af Stand til at bevæge Fingrene, med andre Ord mit gammelkendte Gigtanfald, der for 9-10 Aar siden var en hel Svøbe for mig; jeg maatte – den Gang – ligge i Sengen uden at røre en Muskel i Haanden, den var hoven og udspændt – Fingrene som udspændte Pølser! Men om Morgenen var det bedre, jeg kunde klæde mig selv paa, og det bedredes for hver Time der gik, saa det lettede jo paa Humøret, men at jeg næsten gik Amok, da A. M. kom med det Budskab netop den Dag, kan du vel nok forstaa. Selvom dette nu fik et saa hurtigt Forløb, og Hævningen kun var ubetydelig, virkede det dog som et Momento – tænk om jeg gaar en Vinter med den Slags Anfald i Møde! Og du kan tro, mit Hoved er ogsaa sløjt for Tiden, det hele staar saa tit stille for mig, jeg tænker det er min snart høje Alder, der gør det vanskeligere for mig at klare Paragrafferne, skønt baade Marie og Bibbe hjælper mig godt. Forleden Eft. da jeg lige var bleven færdig med Opvask og Eleven i Klaver og faaet mig lagt til Hvile med et Lettelsens Suk, hørte jeg Stemmer: Mix, Myg, Marie Meyer og Katrine Jeg fik jo lavet Kaffe, og det var rigtig hyggeligt, men alligevel! Saa, du kan tro, jeg kan forstaa, at du ikke kan holde til alt det, du har; mange Mennesker er nu ikke godt for svage Hoveder. Du nævner Brita – der var da slet ikke Tale om, at de skulde komme; da jeg var ovre hos Jer? eller var det bare at jeg ikke hørte om det? Hvis de kommer er det da en Guds Lykke at I har Topedeaborg ledig. Jeg er meget spændt paa at høre om Forløbet. Naturligvis vil du gerne se Adam og den lille. 
+Jeg maa i Seng, skal lidt tidlig op i Morgen, skal vaske Æg, pakke din Taske, som Æggemanden saa kan faa med, vaske et Læs af Strømper og faa min Ribssaft kogt færdig og fyldt paa Flasker, som da er renset.
+Derfra god Nat og god Bedring med det hele. Tak for Laan af Tasken, haaber den kommer over i god Behold.
+Tusind Hilsner til Jer begge.
+fra din Junge.
+Marie hilser, Bibbe ligesaa med mange Tak for sidst. 
+[Indsat øverst s. 4; på hovedet:] Æggemanden fik din Taske med i Formiddags haaber du naar at faa den inden du skal rejse til Bogø! Mandag</t>
   </si>
   <si>
     <t>1946-12-19</t>
   </si>
   <si>
     <t>Andreas Branner
 Bodild Branner
 Frits Branner
 Thora  Branner
 Wilhelm Branner
 Alhed Larsen
 Pernille Marryat
 Axel  Müller
 Ellen  Sawyer
 Albrecht  Warberg
 Erik Warberg Larsen
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Følgende personer kendes ikke: Else fra Kroen, min lille Elev og Jørgen.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0646</t>
@@ -2485,50 +2753,126 @@
 Kæreste lille Dis
 Tusind Tak for dit lange gode Brev i Gaar. Ja, godt skriver jeg, men det var da nu langt fra godt, at du igen fik de Mavesmerter. Jeg synes, at naar det holdt op allerede paa 2den Dag, da vi kom til Nyborg, var borte alle de 11-12 Dage, du havde Ferie og du ["du" indsat over linjen] fik det igen, saa snart du begyndte at arbejde, saa tyder det rigtignok stærkt på, at det er det legemlige Arbejde, du ikke kan taale – og det er saa sandelig ingen Trøst. Du husker nok, at jeg formodede det var nervøst, men hvis den Formodning var rigtig, så skulde man tro, at den Restitution, som Ferien gav dig, skulde have været længere, saa du ikke øjeblikkelig skulde faa de Smerter igen; med mindre naturligvis, at det virkede som et Chok for dig at finde Huset i Uryd ved din Hjemkomst?? Hvis det var Tilfældet, kunde det maaske alligevel være en rigtig Diagnose med Nerverne. Men godt, at han vil indlægge dig og faa det rigtig undersøgt. Det er rigtignok skidt, lille Dis, for det tager jo altfor meget paa dine i Forvejen svage Kræfter. Gud være lovet, at Jomfru Marie vil tage med Jer til Småland, så du ikke behøver at skuffe dem. Gid I dog nu kunde faa lidt godt Vejr, saa maaske de gode Traveture i det underskønne Vejr vil hjælpe dig. Hvor sødt af Axel at han fik lavet alt det i de to Stuer, mens du var borte – ja Lauritz skal nu være godt vaagen, om han skal naa at stikke Axel som Ægtemand.
 Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
 2) 
 Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
 Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
 3)
 noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
 Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
 [Skrevet på bagsiden af første side; fortsat fra ark 2:] 
 han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
 [Skrevet langs venstre margen på bagsiden af første ark:]
 ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
 [Skrevet øverst på hovedet på ark 2:]
 Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
 [Skrevet langs venstre margen ark 2:]
 mest 1150 Kr til Termin idet han solgte ...
 [Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
 Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
 [Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
 i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
 [Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
 han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
 [Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
 og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
+  </si>
+  <si>
+    <t>1949-03-12</t>
+  </si>
+  <si>
+    <t>Ena -
+Harriet Afzelius
+Axel Beck
+Henrik Bichel
+Peter Bichel
+Otto  Fischer
+Johannes Hohlenberg
+Alhed Larsen
+Marie Larsen
+Axel  Müller
+Peter Rohde
+Thorkild Roose
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Agnes, Peter, Edel, Ena og Lehmanns var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0796</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius har fået en søn med en psykiater.
+Astrid/Dis Warberg lider af kløe.
+Christine Swane/Uglen og Marie/Rie Larsen skændes altid.
+Agnes har inviteret Astrid hjem. Hun og Peter bor smukt, og de lever sundt. De er kommunister, og Astrid er uenig med dem om meget.
+Henrik Bichel har været på besøg. Det samme har Dr. Beck, og de talte om skuespil med ham. 
+Rohde har anmeldt Hohlenburg i Information.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AOwC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med kuglepen på kuvertens forside:]
+4-6-03.
+[Håndskrevet med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Håndskrevet på kuvertens bagside:]
+A. Warberg Müller
+Hareskov.
+[Håndskrevet i brevet:]
+1.)
+Bjørnsholm, Ll. Værløse, 12/3-49.
+Kæreste lille Junge!
+Tak for dit sidste, goe Brev – bare du ikke har gået og ventet på Brev, da jeg skrev til Elles Fødselsdag, bad jeg hende ringe og fortælle dig, at jeg [et overstreget bogstav] rejste her op og at jeg skrev, når jeg kunde men som så kom jeg i Tanker om jeres uhørlige Telefon – og at Klokken el. Flytningen [”el. Flytningen” indsat over liljen] måske ikke endnu er installeret og så kan du jo ikke vide, hvorfor du intet hører - for hjemme har jeg da i Nødsfald Skrivemaskinen – men her er jeg altså, og som du ser kan jeg nu helt godt styre Pennen igen, selv om jeg er langtfra min tidligere Hastighed. - Jeg har nu lige læst dit Brev (som jeg fik 2’ Marts). Harriets lille Pige er en Dreng, det har ikke været mig muligt at få at vide, hvor hun er, men hun har da Drengen hos sig, og så må hun vel søge Stilling igen, hun var vist en Slags Sekretær på Kommunehospitalet, det var vel dér, hun traf Bæstet – nå ja – det er jo en Sygdom at være Psykopat – og de siger forresten, at han er en meget lystig – Psykiater +) (”+)” indsat over linien) (som det jo nu hedder) – og meget elsket af sine Patienter!
+Så skriver du om Kløen – den er om Natten sommetider ved at gøre mig desperat – Dr. siger, at der er intet at gøre, men man experimenterer - ! De prøver med Hormontabletter – måske – siger de – skyldes Kløen, at man når man ældes ikke mere kan producere Stoffer, hvis Mangel så frembringer Kløe, men er ikke nået videre end til Experimentet; Lidelsen skal være meget udbredt. Det kommer ikke af Frugten – Edels og Enas Tilfælde er sikkert Nældefeber – Be tålte heller ikke Æbler – eller Svedsker, så fik hun også Nældefeber - - Ja, hvor der er meget endnu for Lægerne at opdage, mange mærkelige indre Sammenhænge. 
+Hvor er det altid morsomt at høre om Jeres Fastelavnsryttere – tænk, at den Skik bliver ved at holde sig! og hvilken Svir for Lise – jeg forstår så godt, at du var ked af, at hun blev misforstået; jeg var så glad ved at du fortalte mig så meget om alting hos Jer, man vil jo så gerne kunne følge med i Tankerne. Hvor sødt af Rie at sende dig de goe Ting; men tror du dog, at hun lider så meget under, at Uglen hakker (det gør Uglen vist altid) - de har jo altid levet i en Atmosfære af Småskænderi, så mon det ikke er deres naturlige Element? os andre vilde det jo ihjelslå! 
+2/
+Hvor bliver der dog en Masse, man ikke får fortalt, når man laver sådan et Ophold mellem Brevene, som jeg har gjort her – jeg må hellere begynde med det seneste.
+Jeg kom hertil i Mandags d. 7 Marts (Far!) i dag er det Lørdag, og jeg rejser i Morgen, Søndag, da jeg ikke nænner at svigte lille Marie, vi er for længst bedt til hendes Fødselsdagsgilde i morgen, og der bliver viftet med at ”Sognefogdens” kommer - til de andre Gæster; men jeg må i Aar svigte med Sange og Prologer, som jeg ellers plejer at lave, dertil manglede i Aar den fornødne Kraft og selv om det går langt bedre nu, så har jeg ikke kunnet lave det heroppe. Det var Agnes, der fandt på det, da hun ringede engang i sidste Uge og hørte, at jeg stadig var så sløj, så spurgte hun om jeg ikke vilde op til dem og være en Tid for at komme mig; intet bedre kunde ske – allerede den 3die Dag forsvandt den dødelige Træthed - og du ser, at jeg nu næsten kan skrive normalt. Her er ganske vidunderligt på alle Måder, søde, hjertensgode Mennesker, et meget smukt Hjem, hvert eneste Rum er en Skønhedsåbenbaring, man føler, at hver eneste lille Ting er nøje gennemtænkt, her er mange gamle Ting, men også meget nyt, der er ligeså smukt; det er en hel Nydelse at gå rundt og se på alting og stadig opdage noget, man ikke før havde set. De er jo begge Komm[unister] men af den fredelige Slags, som man kan tale med – og vi er ofte inde på det kildne Emne. Ofte siger Agnes: ”Ja, hvis dét er sandt, hvad du dér siger, så er jeg ikke Kommunist. Og til Peter kan jeg ustraffet sige: ”hvorfor er det så frygteligt, at vi kalder meget af Jeres for Løgn, når I bestandig hævder, at alt vores er Løgn?” 
+En Dag havde vi besøg af Henrik Bichel, læge i Farum; det blev jo til snak om mine Søstre, dem han kendte, og tænk, så sagde han:” Ja, Elle er jo meget borgerlig!” Jeg fortalte om Elles lystige Liv og Levned om Vagabondtrangen fra Ungdommen osv – nej, han kendte hende godt, hun var borgerlig; og han er ikke Kommunist – kom tværtimod med de værste Udfald imod de ”forbandede Komm.”, Agnes tav smilende. 
+Noget efter sagde Henrik til mig: ”Ja, hvordan var det – var du ikke lidt halvforlovet med min Far?” ”Ok nej, jeg var mere end hélforlovet”. Men hvad synes du dog om det Stempel på Elle, som er kommen så meget i Rynkeby. Men måske tillægger han Ordet en anden Betydning, for mig betyder det ”spids_borgerlig”, og det er Elle da ikke. 
+3) Da jeg kom derop i Mandags, fulgte Axel med og var her til en af de snart mange hyggelige og muntre Frokoster vi har haft heroppe. 
+En Aften inviterede de Dr. Becks herop – vi fik fint Smørrebrød, _Snaps, Øl, Kaffe. Stemningen blev ophøjet – det var morsomt at se Dr.s i et helt andet Milieu – her var han mere løssluppen, fortalte en Masse om sine Skuespil – og vi drøftede Skuespilkunst – og Maleri – og sociale Forhold – alle morede vi os aldeles storslået – og det trak ud til de små Timer. Jeg har da fortalt, at Naborsak forrige Mandag inviterede Axel og mig ind at se ”Freden” (af ham) og Selskabsrejsen af Leck Fischer. Axel havde ikke Lyst, da han gik med lidt Maveforkølelse, vilde ikke risikere at måtte rende på WC derinde – og så tog vi Janna med i Stedet – kørte om efter hende og afleverede hende dér igen. ”Freden” var et meget betagende Stykke – det fik dårlig Kritik, men blev en stor Publikumssuccés, der stadig trækker fulde Huse – vist 5 Gange om Ugen – Dr. får Procenter – c. 200 – 300 hvergang! I ”Selskabsrejsen” blev jeg så betaget af Rooses Spil som ”Døden”, at jeg næste Dag skrev til ham og - fik det sødeste og meget taknemmelige Svar! Jeg viste Naborsak det, da de var her den Aften, han kunde godt forstå, jeg var meget stolt. 
+Nå, så er der i Information en alenlang Anmeldelse af Rohde, af Hohlenburgs Essay-Samling: ”Den trange Port”, Peter forærede mig Bogen, da jeg ikke vilde have Honorar, og jeg sagde til ham, at den Bog havde han absolut ingen Forudsætning for at kunne anmelde – jeg tror virkelig, at den Bemærkning har fået ham til at gøre sig mere Umage – ganske vist var der Uforskammetheder og til Slut var han direkte giftig, men der var dog saglige Perioder med hist og her virkelig Anerkendelse. Jeg har lige haft en lille Brevvexling med Hohlenberg, der var meget interessant, men det bliver for vidtløftig at komme ind på, desuden kan min Arm ikke mere. 
+Ikke mindst storartet har det været, at jeg heroppe har levet helt vegetarisk, og med megen Råkost. The er Lindethe med Citron i, og hver Formiddag får vi et Krus udpresset rå Saft af Rødbede, Kartoffel, Æble, eller af Appelsin og Citron. Agnes og jeg holder os helt til denne Kost – som føles livsalig – men den tykke, muntre Peter får hver Dag et Tilskud af ”rigtig" Pålægsmad, undertiden Kød. Agnes er på alle Områder knippel dygtig og meget flittig. Jeg har gjort mit Værelse i Stand – ellers intet, en dejlig Drivertid. 
+Jeg tør ikke ta et Ark til, man må være mådeholden med de nye Kræfter.
+Tusinde Hilsner fra din Dis 
+[Skrevet langs venstre margen på forsiden på ark 1:]
++) måske kan man blive Psykopat af at være Psykiater – hvem ved!
+[Skrevet langs venstre kant på sidste ark:]
+Ps. Det har været en gansk_e _dejlig Tid heroppe, men nu glæder jeg mig til at komme hjem til Axel. Han har telefoneret hver Dag – igår var han til Middag hos Lehmanns. 
+[Skrevet langs venstre margen på bagsiden af ark 2, s. 4:]
+ps. Peter og Agnes boede for et Par Aar siden i Kerteminde i Ferien. De spadserede til Munkebo – hilste på Maleren ved Kroen – gik over Drigstrup hjem, så Sybergs Grav. 
+[Skrevet langs venstre kant på bagsiden af ark 1, s. 2:]
+ps. fortsat. Et andet Aar var de i Sallinge, så Hillerlev Kirke etc. Ifjor var Peter på Færøerne – fortæller morsomt om alt deroppe. De har rejst meget – Paris – Sydfrankrig – Schweiz – Tyskland – sjove Mennesker.</t>
   </si>
   <si>
     <t>1949-05-24</t>
   </si>
   <si>
     <t>Louise Brønsted
 Thora Cohn
 Adolph Larsen
 Andreas Larsen
 Grethe Larsen
 Henning Larsen
 Jeppe Larsen
 Johannes Larsen
 Martin Larsen
 Kirsten Larsen, Elena Larsens veninde
 Else Larsen, Else, Andreas Larsens kone
 Ellen  Sawyer
 Lars Swane
 Ane Talbot
 Ursula Uttenreitter
 Andreas Warberg
 Minna Warberg
 Laura Warberg Petersen</t>
   </si>
   <si>
@@ -2906,326 +3250,50 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
-  </si>
-[...274 lines deleted...]
-ps. fortsat. Et andet Aar var de i Sallinge, så Hillerlev Kirke etc. Ifjor var Peter på Færøerne – fortæller morsomt om alt deroppe. De har rejst meget – Paris – Sydfrankrig – Schweiz – Tyskland – sjove Mennesker.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3302,59 +3370,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M47"/>
+  <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3424,1969 +3492,2012 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="5" t="s">
-        <v>26</v>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="I5" s="5"/>
+        <v>42</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>43</v>
+      </c>
       <c r="J5" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F12" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D15" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="F15" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>26</v>
+        <v>137</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>163</v>
+        <v>86</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="I23" s="5"/>
       <c r="J23" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>249</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="I35" s="5"/>
+        <v>257</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>258</v>
+      </c>
       <c r="J35" s="5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>260</v>
+        <v>86</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="I36" s="5"/>
+        <v>264</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>265</v>
+      </c>
       <c r="J36" s="5" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>71</v>
+        <v>273</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>163</v>
+        <v>86</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>260</v>
+        <v>86</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="I39" s="5"/>
       <c r="J39" s="5" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>260</v>
+        <v>291</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="I40" s="5"/>
+      <c r="J40" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="I40" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K40" s="5" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>293</v>
+        <v>86</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>296</v>
+        <v>230</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>26</v>
+        <v>137</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="I42" s="5"/>
+        <v>303</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>304</v>
+      </c>
       <c r="J42" s="5" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D43" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="F43" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="5" t="s">
-        <v>314</v>
+        <v>17</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>17</v>
+        <v>291</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D45" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="5" t="s">
-        <v>322</v>
+        <v>17</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>17</v>
+        <v>291</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="5" t="s">
-        <v>330</v>
+        <v>17</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>17</v>
+        <v>331</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="5" t="s">
-        <v>330</v>
+        <v>17</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="I47" s="5" t="s">
         <v>339</v>
       </c>
+      <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
         <v>340</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>341</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>342</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>343</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="K48" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -5394,44 +5505,45 @@
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
+    <hyperlink ref="M48" r:id="rId53"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>