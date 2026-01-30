--- v1 (2025-11-23)
+++ v2 (2026-01-30)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="351" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="606" uniqueCount="377" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -781,50 +781,111 @@
 Bakkevej 12
 Hareskov St.
 ” tirsd. ” 23-1-07.
 læst lørd. d. 17-9-05.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard pr. Dræby
 [I brevet:]
 Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
 hvor er det snart forfærdeligt
 og det arme Land. 
 Kæreste Dis!
 Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
 Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
 Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
 2
 Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
 3
 med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
 Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
 Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
 Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
 Nu er Tiden omme, søde Dis, vil du nøjes med dette.
 God Bedring!! Kærlig Hilsener! Din Junge</t>
   </si>
   <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
+  </si>
+  <si>
     <t>1940-10-25</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Maria Balslev
 Jørgen Brandstrup
 Ludvig Brandstrup, visedigter
 Adolph Larsen
 Vilhelm Larsen
 Christine  Mackie
 Axel  Müller
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Faldengaard ligger nær godset Krengerup ved Søllested på Sydfyn. 
 Vilhelm er muligvis Vilhelm/Klaks Larsen, Johannes Larsens bror. Jørgen er muligvis Jørgen Brandstrup. Lutte, som havde en forestilling i Odense, kan være revystjernen Ludvig Brandstrup.
 Stramonium: Pigæble er en lægeplante. Bestøves af natsværmere. 1,2 meter høj. 1-årig. Selvsående. Pigæble er meget giftig, er dødelig i større doser og virker i mindre doser bedøvende og lindrende. Denne lægeplante anvendes muligvis stadig som middel mod astma, idet røgen fra de tørrede blade lindrer astmaanfald ved sin bedøvende virkning.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0624</t>
   </si>
   <si>
@@ -1143,50 +1204,167 @@
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St. Fyen.
 [I brevet:]
 Lindøgaard 25 Aprl. 1942.
 Kæreste lille Dis!
 Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
 Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
 Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
 Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
 En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
 Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
 2. 
 Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
 Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
 Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
 Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
 Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
 Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
 Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
 [Skrevet langs venstre kant s. 4:]
 Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
 [Skrevet langs venstre kant s. 2:]
 Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
 [Skrevet på hovedet øverst s. 1:]
 Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1942-11-26</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Andreas Warberg
 Else Warberg
 Karen Warberg
 Laura Warberg
 Marie Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
   </si>
@@ -3370,59 +3548,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M48"/>
+  <dimension ref="A1:M51"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3881,1623 +4059,1756 @@
       </c>
       <c r="I11" s="5" t="s">
         <v>88</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>89</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>90</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>91</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="5" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D15" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="5" t="s">
-        <v>115</v>
+        <v>17</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="F16" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="5" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>152</v>
+      </c>
+      <c r="K19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L19" s="6" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>86</v>
+        <v>163</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="I23" s="5"/>
+        <v>178</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>179</v>
+      </c>
       <c r="J23" s="5" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="I26" s="5"/>
       <c r="J26" s="5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>207</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>207</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>210</v>
+        <v>228</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>207</v>
+        <v>233</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>233</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>233</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>249</v>
+        <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>15</v>
+        <v>275</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="I39" s="5"/>
+        <v>290</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>291</v>
+      </c>
       <c r="J39" s="5" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>291</v>
+        <v>86</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="I40" s="5"/>
+        <v>297</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>298</v>
+      </c>
       <c r="J40" s="5" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>230</v>
+        <v>306</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>137</v>
+        <v>86</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D43" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="5" t="s">
-        <v>115</v>
+        <v>17</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>17</v>
+        <v>317</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="I43" s="5"/>
       <c r="J43" s="5" t="s">
         <v>312</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>291</v>
+        <v>86</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>319</v>
+        <v>256</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>291</v>
+        <v>163</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D46" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="F46" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>86</v>
+        <v>317</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="I47" s="5"/>
+        <v>343</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>344</v>
+      </c>
       <c r="J47" s="5" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>86</v>
+        <v>317</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>350</v>
+        <v>355</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="K49" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="I50" s="5"/>
+      <c r="J50" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="K50" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="K51" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -5506,44 +5817,47 @@
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
+    <hyperlink ref="M49" r:id="rId54"/>
+    <hyperlink ref="M50" r:id="rId55"/>
+    <hyperlink ref="M51" r:id="rId56"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>