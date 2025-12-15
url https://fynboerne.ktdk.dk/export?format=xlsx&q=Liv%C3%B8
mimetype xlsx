--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5568" uniqueCount="3172" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5693" uniqueCount="3260" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -10047,50 +10047,92 @@
 Johanne/Junge Larsen og Laura Warberg har været til teaterforestilling.
 Ellen håber at få en engelskklasse på skolen. 
 Laura flytter ind i huset, selvom køkken, toilet og have ikke er i orden. Hun håber, at Astrid kommer på besøg. Mange andre familiemedlemmer kommer. Ellens og Grethes værelser er blevet hyggelige.
 Caspersen og Brandstrup er glade for deres nye lejligheder.
 Johan/Lysse og Andreas/Puf har været til eksamen, og det gik godt for især Johan. Grethes eksamen var også god. Nu skal Alhed og drengene besøge Johannes Larsen/Las ved Fiil Sø. 
 Ludvig Brandstrup skal til Det Kongelige Teater. Christian Brandstrup med familie tager til Båxhult.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eMZY</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 Søndag d: 3_de_ Maj.
 Kære Astrid!
 Det var ubesindigt af mig at love Dig Brev hen i Ugen; mere end et overkommer jeg nok ikke. Om Lørdagen skal det absolut med 3 Toget, for at Du kan faae det Søndag Morgen; det er bedre at have Søndag til Skrivedag. Jeg kommer lige fra Agrarens, en Kaffevisit med ham, Elle og mig. jeg havde Bagværk med der var hyggeligt og roligt, Børnene er til Fødselsdag hos Sybergs; Erik elsker og tilbeder de tre store Drenge der. Nu skulde Elle til sin lille Gerning i [ulæseligt]. – 5 Timer med kun èn fri ind imellem. Johanne og jeg var der i Aftes til et rigtig pænt og morsomt ”Guldhornene” sat i Scene af Palle B. Bagefter gik J. og jeg paa Hotel og drak Kaffe til Kl. 11, vi ser Johanne saa lidt, hun har jo altid travlt, har faaet 4 Elever lige den sidste Tid. Man skulde troe, hun kunde ikke overkomme det, men nogle gaaer jævnt herfra. Elle haaber paa at faa en Kl. i Skolen, Hr Kragh har spurgt om hun vilde prøve, han kan knap overkomme alt det Engelske; han er Inspektør. Paa Torsdag begynder jeg at flytte ind, venter at faa mine 3 Værelser i Orden inden St. Bededag d: 8:de. Men Køkkenregionerne bliver tidligst færdige til Indflytning paa Lørdag, takket være gl. Hinkes Langsomhed I Morgen venter vi Gartneren begynder at grave og planere Haven, vi faar kun Sommerplanter i Aar, og lidt Havesager bare den kan naae at blive lidt pæn til Pinse, saa vi kan holde Indvielse. Du maa da endelig see at komme et lille Svip, lille Putte, boe i vort Gæstekammer, jeg siger ganske sikkert Dede og Minna og Branners kommer, maaske Brønsteds, hvis de er paa Hjemvejen fra Tydskland saa tidligt; Lugge har da slaaet paa det. Du maa dog en Gang imellem see alle Dine egne; tænk hvor Alfred har sin Familie nær. Skal vi ikke foreløbig haabe det bliver af og lade Broderiet ligge saa længe? Nu kan jeg igen taale at sye en Smule, og læse lidt; to smaa Bøger nede paa Glorup Jeg tør knap skrive det, at jeg længe har haft det saa godt. – Mit sidste Brev var Hastværk, fordi jeg skulde til Alhed sammen med Thomsens. De var saa pæne og rare og Claus ligner sin Mor og hendes 17aarige Datter hende igen. Hun er saa nydelig af en godt omtalt lovende Skuespillerinde. Manden er koparret og med Fodring af ”Affäring”.
 W.C – er endnu ikke i Orden hos os selv, hvor Elle har nu har boet ca. 14 Dage, men om 3 Dage skulde Badeværelset være færdigt. Elles Stue er saa henrivende nu med Gardiner og Malerier; Grethes ogsaa, kun en vældig stor [ulæselig], rædsom Liggestol ødelægger det efter min Mening; de har den med fra Amerika. – Caspersens er nu flyttet ind og faaer en dejlig Lejlighed Aaaboulevard Hjørnet af Johannevej Christian og Eline er ogsaa meget glade ved deres paa Christianshavn. Jørgen er jo hjemme, men hans søger en Plads. Thomsen grim, men uhyre tiltalende, og ret intelligent og livlig. De var alle i Teatret om Aftenen og paa Hotel bagefter. Jeg turde ikke, men blev hos Drengene og læste Historie med Lysse, det var jo midt i Examen, han fik ug; i det hele en voldsom pæn Examen, saa han kommer sikkert meget op. Grethe glimrede med en Masse ug-er og bliver No 2 fra No [”No” indsat over linjen] 7. Puf knap saa god. I Onsdags Kl. 11 lige fra sidste Time rejste saa Alhed og Drengene op til Las’ ved Fiil Sø og ventes i Morgen. Chr. og Putte boer imens der mens, Elle og Grethe holder til der baade fortalte, at Ludvig skal til det Kgl. Teater, men i et Brev fra Broder Christian i Gaar stod der intet om det, jeg kan næsten ikke troe det. De vil alle boe paa Båxhult en 3 Uger sidst i Juli [”Juli” overstreget] Juni; har bedt Onkel Lut og Las om de maa. Jeg har ikke hørt om Dine Ferieplaner; I kan maaske ikke nænne at tage fra den festlige By. Skal hele Dit Hold med til den store Opvisning, eller er det kun Eder? smaa udvalgte?? Nu Farvel lille Putte! Kærlige Hilsner til Dig og de smaa fra 
 Bedstemor.</t>
   </si>
   <si>
+    <t>1914-05-13</t>
+  </si>
+  <si>
+    <t>Herman Bang
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esther Dahlerup
+- Dahlerup, Fru
+Bodild Holstein
+Christian  Houmark
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Anna Rosenørn</t>
+  </si>
+  <si>
+    <t>Louise Brønsted og Andreas/Puf Larsen havde begge fødselsdag 12. maj. 
+Rosenørn er muligvis ikke Anna Rosenørn, men en anden person med samme efternavn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3801</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder det forsinkede fødselsdagsbrev. Hun glemte ikke fødselsdagen. Først var hun hos tandlægen med Christine/Mornine Mackie, og derefter måtte de to have portvin og et hvil. Så spiste Ellen frokost hos Alhed Larsen. Derefter tog Ellen til hotellet med Fru Dahlerup, som gav the. Her mødte de Christian Houmark, og han bød på en flaske vin. Bagefter inviterede Houmark på middag, og han og Ellen indtog denne med mange våde varer til. De ringede og bad Christine Mackie og Alhed om at komme, og da de to ankom, sad Houmark og Ellen og holdt hinanden i hånden og græd over "livets Vemod". Selskabet drak endnu mere, og Ellen blev meget fuld. Hun gik hjem indhyllet i et af hotellets sengetæpper.
+Dagen efter havde Ellen tømmermænd. Hun og Alhed magtede dog at fejre Andreas/Puf Larsen.
+Ellen spørger, om Louise Brønsted kender nogen, som vil leje hendes lejlighed sommeren over.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wEPp</t>
+  </si>
+  <si>
+    <t>13/5 14
+Kære lille Lugge!
+Hvordan kunde det dog ske! For jeg glemte det ikke. Jeg ved, at da jeg stod op om Morgenen tænkte jeg, - nu er der kun èn Ting som jeg skal idag, og det er at skrive til lille Lugge. - Dagen gik - noget som helst andet tog jeg mig ikke for, - men jeg overkom ikke at skrive til dig. - Om Morgenen gik jeg op til Besen og drak Kaffe og dangderede i Haven - kom hjem og hjalp med lidt - gik derefter med Mornine til Tandlægen for at se på at hun blev bedøvet og fik en Tand halet ud Det var meget interessant men ækelt - det så ud ["ud" indsat over linjen] og lød så uhyggeligt, - hun vendte nemlig det hvide ud af Øjnene og "[ulæseligt ord]," men forresten varede det kun 1/2 Minut. Så måtte vi jo ned og drikke et Glas Portvin oven på det og ligge lidt og med alt det gik Tiden til Middag. Jeg spiste hos Besen og måtte jo nyde en Cigar til Kaffen og så blev Klk 2 1/2, - jeg havde da en Time med Fru Dahlerup. Hun kom, men gad ikke læse - vi sludrede en Times Tid, - flyttede så ned på Hotellet hvor hun gav The. Mens vi sad der, kom Houmark og slog sig ned hos os. Det er sandt, - ham kender I ikke. Han er Forfatter og skriver sådan lidt ligesom Herman Bang. Han kommer så meget sammen med os - d.v.s. med Mornine, B og mig - og vi holder så meget af ham, han er så god og rar - og man har så ondt af det for ham for så meget. Nå, han kom altså og bad os drikke en Flaske Chablis med os, - hvad vi gjorde. Den gav ham jo Blod på Tanden, så han bad os dinere med sig. Fru D. kunde ikke, men jeg kunde jo nok, - Mandag er min eneste Friaften, hvor jeg altid er oplagt til noget. Så indtog vi altså en delikat Middag, - Suppe - Kylling og Pandekager - hver en Flaske Porter - en Fl. Rødvin en Fl. Madeira. På det Tidspunkt ringede vi efter Mornine og Be. - På ["På" overstreget] Da Mornine kom, sad vi og holdt hinanden i Hånden og græd over Livets Vemod. I lover mig ikke at sige det til nogen. Det var Synd. Han er af dem, som når man ikke kender ham, indbyder til at grine af. Han er så svagelig og alt er forkert med ham. Så livede vi jo også op, da de kom og vi sjælede fredeligt lige til Klk. 12. Vi kalder det at vi "sjæler" med ham, men det må I heller ikke sige til nogen. Det lover I. Men ved Gud hvor vi "sjælede" Lysholmer, mer Porter, - Sherry - åh, hvor jeg var oppe og fuld, - men nu har jeg jo vist, at jeg kan bære en ordentlig Kæfert fint. Der var intet at indvende på min Opførsel. Jeg gik strunk hjem indhyllet i et hv. uldent Sengetæppe, som Hotellet havde lånt mig, da der var så koldt. Men næste Morgen - du gode Gud - Sengen kørte rundt og mit Hovede var bly. Men vi havde da Aandsnærværelse til at drikke både din og Pufs Skål efter 12. 
+Kommer I til Pinse. I må og skal. Jeg længes sådan efter jer. Det gør vi allesammen. - Hvis I ser Bodild, så mind hende om at hun vilde spørge Rosenørns, om de ikke vil have min Lejlighed i Sommerferien. Ved I ikke nogen hvis de ikke vil. Smaa 70 Kr. Hvis jeg ikke får den lejet ud, kan jeg ikke komme med på den store Cycletur, og mit Hjærte brister. -
+1000 Tillykker, lille Lugge og undskyld Forsinkelsen. Bunker og atter Bunker af Hilsner til jer alle 6. Hvor henrivende mon lille Else er nu. Tilbringer hun endnu sit Liv på den lille Potte i Gangen? Og igen Tak for Strømperne
+Elle</t>
+  </si>
+  <si>
     <t>1914-08-19</t>
   </si>
   <si>
     <t>Overkjærby</t>
   </si>
   <si>
     <t>Leon  Ehlers
 Peter Hansen
 Fridolin Johansen
 Johannes Larsen
 Sigurd  Swane
 Anna Syberg
 Hans  Syberg
 Peter Tom-Petersen
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Brevet er skrevet omkring en måned efter Anna Sybergs død.</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
   </si>
   <si>
     <t>Fritz Syberg nåede ikke at se ud til Mads Rasmussen inden han rejste fra Faaborg. Han ville have tale med dem om, hvornår indkøbskomiteen skule mødes for at se på Johannes Larsens og Peter Hansens billeder. Han undskylder sig blandt andet med at han ikke har kunnet tænke på andet end den forandring, der er indtruffet i familiens liv. Så nævner han forskellige andre billeder, som han mener kunne overvejes til museet.</t>
   </si>
@@ -10382,50 +10424,107 @@
   <si>
     <t>Jens Birkholm
 Grete Jensen, f. Hansen
 Elena Larsen
 -  Skadhauge
 Marie Tom-Petersen</t>
   </si>
   <si>
     <t>Faaborg Museum, Peter Hansens arkiv.</t>
   </si>
   <si>
     <t>Elise har så travlt. Hun ville gerne have være til Faaborg til Jens Birkholms begravelse, men hun vil også gerne til Faaborg i Pinsen og syntes ikke, hun kunne begge dele. Fortæller forskelligt andet om familiens aktiviteter.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/HEO0</t>
   </si>
   <si>
     <t>Tirsdag Morgen
 Kære Per
 Jeg har saa travlt, saa travlt, og endnu flyder her af roba di generi diversi i alle Rum. Jeg kan jo ikke faa fat i en Snedker, og Ungernes Legetøj flyder over det hele.
 Jeg vilde også gerne have været i Faaborg i Søndags til Birkholms Begravelse, men jeg vil ogsaa gerne være der i Pinsen, og saa syntes jeg ikke, jeg kunde begge Dele, men jeg fortryder det i Grunden lidt.
 Det var godt, Baaden ikke var sat i Vandet, thi Vejret har da været saa koldt, at det var bedre at bo paa Landjorden, saa jeg var glad for, at du var nødt til at bo paa Hotel. Jeg tog ind fra Holte Torsdag Aften, betalte paa Hotellet 110 Kr og Malermesteren 34,00. Bimses Cykle er ikke i Orden, Dækkene var for smaa, kunde ikke sættes paa og to Huller havde de prikket i Slangerne; i Dag skal hun ud og hente Dækkene og faa dem byttede, saa maa hun atter ud og faa dem sat paa, her i Byen gør de det ikke. Hun har endnu Kørekort, saa Rejsen koster hende ikke noget. 
 Jeg rejser herfra Søndag Morgen; lad mig vide, om du skal have Kjole Smoking eller hvad ellers du vil have mig til at tage med. Jeg tænker ikke der er Stemning for større Festligheder, ellers havde du vel ogsaa skrevet. Jeg glæder mig meget til at se Musæet.
 Gete er i Dag spadseret af sted til Skole i Halvstrømper og højrød Trøje, hun er stolt. Bimse i lang, hvid Frakke; hun ser flot ud det lange Pigebarn, men hvor der dog gaar mange Penge med til at faa dem lidt manerlig klædt paa. Nu kommer min Fur. Jeg er heller ikke billig. Som sagt jeg længes meget efter at komme over til jer; saa skal vi ud og se et Sted hvor vi kan bo i Sommerferien. Vi var hos Fru Tom Søndag Aften, i gaar hos Skadhauge, han plager Livet af os med sin Nolobridge. Mange Hilsner fra os alle. 
 Din Elis.</t>
+  </si>
+  <si>
+    <t>1915-05-11</t>
+  </si>
+  <si>
+    <t>Tornehave Birkerød St.</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Fibiger
+Camilla Kattrup
+Eline Kattrup
+Rasmus Kattrup
+Adolph Larsen
+Johanne Christine Larsen
+Julie Sophie Anette Augusta  Teisen
+Augusta Teisen, Viggos mor
+Andreas Warberg
+Minna Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Andreas/Dede Warberg og hans familie boede i Brædstrup. 
+Minna Kattrups far døde i 1914. Sølvbrylluppet hos Kattrup må således være på herregården Risinge ved Kerteminde. Denne ejedes af Minnas farbror, Rasmus Kattrup, og hans kone, Eline Katteup. 
+Lusitania-affæren refererer til sænkningen af det britiske passagerskib RMS Lusitania den 7. maj 1915 af den tyske ubåd U-20 ud for Irland. 1.198 mistede livet; herunder 128 amerikanere. Hændelsen skabte stor international forargelse, især i USA, og bidrog til at skifte den amerikanske opinion mod Tyskland, hvilket var en vigtig faktor i USAs senere indtræden i 1. Verdenskrig (diverse søgninger på nettet). 
+Busenfreund: Nær ven (ofte ment ironisk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3770</t>
+  </si>
+  <si>
+    <t>Louise/Muk Brønsted må tage penge af renterne til f.eks. et par handsker. 
+Laura Warberg er i Brædstrup. Fru Kattrup har været på besøg til en fiskemiddag. Laura Warberg går ture med Minna og den lille Torkild. Torkild er nem og sover meget. 
+Adolf/Agraren Larsen er genindkaldt, og Laura tænker på, om Johanne/Junge Larsen vil leje et par stuer ud imens. Fru Teisen driver nu pensionat i sit hus, for mange ønsker at holde ferie i Kerteminde.
+Andreas/Dede Warberg har vrøvl med en svindler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GT5r</t>
+  </si>
+  <si>
+    <t>[Med blyant på kuvertens forside:] 1915
+[Med blæk på kuvertens forside:]
+Fru Professorinde Brønsted
+cand. polyt
+"Tornehave"
+Birkerød St.
+[Med blæk i brevet:]
+Brædstrup d: 11/5 - 15
+Kære lille Muk!
+Minna, Dede og jeg selv sender Dig mange gode Ønsker og kærlig Lykønskning til Dagen! Vil Du ikke nok undskylde, at jeg gør mig det saa nemt med min beskedne Gave som at bede Dig holde 3 Kr. tilbage af de eventuelle Renter og købe Dig et Par Handsker eller lignende; samt desuden 1 Kr. til Deling mellem Lomme og Bes f Ex. til Planter i deres Have. Jeg kom herop i fredags og bliver til 2_den_ Paaskedag d.v.s. Lørdag rejser vi til Horsens og er der Pinsedag over. Fru Kattrup var hos os i Gaar til Middag i.F.a. en Gedde og en Ørred, som Dede havde med hjem fra en Fisketur langs Gudenaa i Søndags. - Her er saa yndigt og jeg nyder at gaae og drive den af; er hver Formiddag en lang Tur i den dejlige Skov, og om Efterm. en mindre med Minna og Torkild i sin Vogn, den han tilbringer sin næste Dag i med kun en 1 1/2 Times Afbrydelse, naar vi har spist saa faaer han Vælling X. Vognen staaer i deres Have og kan ses fra Køkkenet. Han er en forbausende god Dreng, jeg hører ham aldrig græde, han sover meget om Natten sine 12 Timer, faaer Kl. 6 en Taar og sover saa videre. Kommer i Bad i Køkkenet om Aftenen ["om Aftenen" indsat over linjen] og er henrykt i Balien. Han er saa tyk og solbrændt. Forældrene har det godt, de skal nu beynde paa Tennis med Fuldmægtig Eide og hans forlovede. Jeg bliver bedt en Del ud til Kaffe med Minna. Efter Kattrups Sølvbryllup i Søndags d: 17_de_ Juni kommer Dede Familien til mig vist en 14 Dages Tid, det bliver hans Sommerferie. Agraren blev indkaldt for nylig, maaske fortalte jeg Børnene det. Gud veed om Johanne saa ikke vil leje to Stuer ud i den Tid - Juni og Juli; der siges at blive vældig Rift om Sommerlejligheder i Kerteminde i Aar og Fru Teisens Villa skal være Pensionat. Allerup og Ville boer saa henrivende i det hvide Hus, Gud veed, om I viser Eder i Kerteminde i Aar? Du har vist et Par Lagner med stort slynget Navn og maaske ogsaa nok ["nok" indsat over linjen] et Underlagen med lille rødt Navn, ikke? - Vi er vældig betagne af Lusitania Affæren! - Dede har en Del Vrøvl med en væmmelig Kollega og en Mand, som har lavet noget Falskneri, hvem samme Kollega er Bussenfreund med. Her er Røre i hele Byen over det. - Nu Farvel lille Muk! Hils alle fra mig, ogsaa dem af Dine Gratulanter, jeg kender! Mor.
+[Indsat langs venstre margen s. 2; lodret:]
+og sidder i sin Stol eller ligger og sparker paa Gulvet.</t>
   </si>
   <si>
     <t>1915-05-25</t>
   </si>
   <si>
     <t>Niels Larsen Stevns
 Kai Nielsen
 Fritz Syberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Johannes Larsen bedes om et forskud på lærkebilledet. Han er kommet i tvivl om erhvervelsen af et billede af Niels Larsen Stevns, men har derimod et billede af Fritz Syberg, som han foreslår indkøbt. Og mon ikke Kais granitpige kan live lidt op blandt gipserne eller i haven.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qAqU</t>
   </si>
   <si>
     <t>Kjerteminde 25 Maj 1915.
 Kære Hr. Etatsraad!
 Det var da ikke muligt at jeg kunde faa et Forskud udbetalt paa Lærkebilledet? Der er endnu ingen Penge indbetalt for de Billeder jeg har solgt paa Udstillingen og jeg har ikke flere. Hvis jeg f.Ex. kunde faa 1000 Kr. nu, tænker jeg at jeg kan klare mig til Terminen. Jeg har været i mange Sind med Hensyn til Erhvervelsen af Stevns'' store Billede til Museet. Jeg har ikke set Billedet før nu i Faaborg hvortil det kom den sidste Dag jeg var der, saa det er muligt, jeg er uretfærdig mod det, jeg synes der er meget smukt i det, særligt i Kompositionen, men der er ogsaa noget jeg ikke kan lide. Jeg er mest tilbøjelig til at fraraade Købet nu. Derimod saa jeg forleden hos Winkel og Magnussen et smukt ældre Billede af Syberg, som jeg vil foreslaa Museet at anskaffe. det er et Landskab med Svanninge Kirke i Baggrunden og en moden Rugmark i Forgrunden. W.&amp;amp; M. havde det i Komission for en Mand, som mente at han skulde have 10-1200 Kr for det, men Winkel troede det kunde købes for 800 Kr. Og kunde vi saa ikke faa Kais Granitpige til at live op mellem Gibsfigurerne? eller maaske til at stille op i Haven, den kan jo taale at staa ude. 
 Med venlig Hilsen, ogsaa fra min Kone til Etatsraadinden og Dem selv.
 Deres hengivne
 Johannes Larsen</t>
   </si>
   <si>
@@ -14459,99 +14558,173 @@
 Villum Jensen
 Marie Schou
 Clara Syberg</t>
   </si>
   <si>
     <t>Den omtalte digtsamling er formodentlig Johannes V. Jensen: "Verdens Lys", Gyldendal 1926. Samlingen indeholder bla. Danmarkssangen ("Hvor smiler fager ...") 
 Clara Syberg (Nolle) og hendes mand måtte rejse hjem fra Argentina, som de var emigreret til, da hun blev alvorligt syg.</t>
   </si>
   <si>
     <t>Syberg takker for digtene, som får ham til at føle sig ung igen.
 Marie er i København, og Syberg rejser snart derover bla. for at besøge Clara (Nolle) på hospitalet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KXu2</t>
   </si>
   <si>
     <t>Pilegaarden 1-10-26
 Kære Ven.
 Jeg sender Dig min dybtfølte Tak for Dine Digte. De vækkede Uro i mit Sind og jeg føler mig igen som tyveaarig. Livet er kun kort, alt for kort – men endnu hører vi dog til de Levende.
 Vi har kigget efter Din Bil i den sidste Maanedstid, men nu begynder vi at opgive Jer – Marie er forresten rejst en Tur til Kbhvn. – og om en halv Snes Dage kommer jeg derover. Bl.a. for at se til Nolle i hendes uendelige Hospitalsophold. Jeg bliver kun en kort Tid, men saa ses vi.
 Hils Else mange Gange og Dine Børn.
 Din hengivne
 Fritz Syberg.</t>
   </si>
   <si>
+    <t>1926-10-21</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johanne  Brandstrup
+Ludvig Brandstrup, billedhugger
+Gudmund Hatt
+Grethe Jungstedt
+Matilda Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+William Mackie
+Harris Sawyer
+Kjeld Tutein
+Andreas Warberg
+Minna Warberg
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Thompsons og skolebestyreren kendes ikke. Det vides ikke, hvem Gamle var. Swane kan både være Sigurd og Leo Swane. 
+Thøger Larsens "Søndengalm. Digte fra Italiensrejsen 1925-1926" udkom 1926. 
+Laura Warberg døde 10. april 1926. Hendes familiemedlemmer fik derefter diverse af hendes ejendele med sig hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3793</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer er glad for, at Louise kan lide amerikanerne. Selv lærte hun i sine 13 år i USA at respektere de stærke puritanere, som var hendes mands forfædre. Hun anbefaler Louise at låne bøger om New England på biblioteket samt også at læse Mark Twain.
+I Danmark er det efterår, og Ellen har hængt de tykke gardiner op.
+Thøger Larsens nye digtsamling er udkommet. Grete og Mathilda/Lille Jungstedt har været på besøg, og Thøger Larsen kom også. 
+Ellen og Johanne/Junge Larsen deltager i tyskundervisning sammen med en tungnem skolebestyrer.
+Alhed og Johannes Larsen er kommet hjem fra Båxhult. Alhed blev straks efter syg igen, og da de efterfølgende deltog i en jagt på Orelund, blev det værre. Hun skulle have sagt nej til at tage med,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MsPI</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+3
+Mrs. J. L. Brønsted
+Bishop St. 106
+New Haven
+Conn.
+U.S.A.
+[På kuvertens bagside:]
+Return to: Sawyer - Kjerteminde, Denmark
+[I brevet:]
+21/10 - 26 Kjerteminde
+Kære lille Lugge!
+Tak for dit Kort fra Niagara. Det fryder mig stadig ubeskriveligt, at du synes saa godt om Amerikanerne. Det er som om Nulle - jeg mener Eastman - faar Oprejsning der i gennem. Naar jeg følte noget fra or ["ra" overstreget; "or" indsat over linjen] Amerika, var det jo paa en Maade via ham, - jeg oplevede paa en mærkelig Maade - intuitivt - hans Fornemmelse og synes jeg har oplevet hans Barndom og Ungdom, - ja endog hans Forfædres, - de strænge, stærke [ulæseligt ord] England Puritanere. Naar alt det, som var hans Rod og Oprindelse blev haanet og uforstaaet, saa syntes jeg det var Eastman selv! Og saa kan du nok forstaa, at det er en uhyre Tilfredsstillelse naar du kan lide noget af det. - Det tog mig flere Aar og lære at forstaa, men jeg er jo ogsaa saa dum, - eller var, - for jeg siger med Dr. Bichel at det er dejligt at mærke, at man bliver klogere Aar for Aar. Men Lugge, jeg tror virkelig at jeg paa de 13 Aar jeg boede derovre, naaede langt i Forstaaelse, den dybe Gennemtrængende Forstaaelse af New England. Gud skal vide, der var nok at irritere sig over, men "tout comprendre, cè serat tout pardonner" - (undskyld Stavefæjl) Mit Billede af Forfædrenes Skikkelser og Liv og Gærning ["og Gærning" indsat over linjen] var saa levende, at det hjalp til at opfatte Efterkommerne mere retfærdigt, end de fleste Indvandrere ellers gør det. [ellers gør det" indsat over linjen] Dernæst kunde jeg skjælne el. ane hvor der var Overfaldsskade paa Samfundslivet. Mulig en Del af mine "Opfattelser" var indbildte, - men ogsaa mulig at en Del var Intuition. - Jeg læste jo med stor Iver Landets Historie - John Fiske var den bedste. Kan du ikke faa dem fra et "library" - der maa vel være et Carnegie i Nærheden, - det synes jeg altid, der var. Det Fiske ["Fiske" indsat over linjen] er efter min Mening glimrende Bøger. Og Lugge faa dem paa "library" til at anbefale dig Bøger, som karakteriserer Befolkningen i New England. Jeg ved nok at Conn. ikke er New England, - men du kan godt ["godt" indsat over linjen] for min Skyld sætte dig lidt særlig ind i alt det New E. ["New E. indsat over linjen] Jeg kan ikke huske Forfatternes Navne Mange af dem er maaske lidt barnlige og for en Europæer lidt sødladne, - men det er det samme, - de hjælper til at levendegøre Billedet af Folket. Jeg er dog en Torsk til at huske. - Der var en som bl.a. skrev "Timothys Quest" - en Dame, - hun har mange smaa fine Fortællinger om Landboerne. Og det er jo paa Landet og i de smaa Landsbysamfund, at man finder de rene Typer. Mornine prællede alt jo af paa, - Hatt ligesaa, - han saa i Amerikanerne mest kun Indianerforfølgere. Junge var der for kort og kom ligesom forkert ind paa det hele, - Billy jo noget ufordøjelig - aandelig talt. - Lugge, læs ogsaa Mark Twains "Huckleberry Finn ["II" indsat over linjen] og Tom Sawyer. ["I"] indsat over linjen] (T.S. først.) Huckleberry er den bedste. Jeg kan ikke se andet end at den er glimrende Literatur. Denne Færd ned af Missisipi paa Tømmerflaaden sammen med Negeren Sam er virkelig en af mine store Oplevelser paa Literaturens Omraade. Men hvor er jeg blevet haanet for min Smag her til Lands.
+Naa, du synes maaske at jeg maa hellere fortælle lidt om Danmark, end fordybe mig i Amerika. Men du forstaar nok, at jeg er meget optaget af at du er der. Gid du kunde se East Andover og lade Thompsons vise dig vores Hus. Men det er jo noget afsides naturligvis. -
+Ja, hvad er der her. - Nu er det Efteraar og Bladene er faldne ude i min lille Have, men der kan endnu plukkes en Del Lathyrus og Petunia og Reseda og Georginer. Jeg har faaet mine brune Chenille-Vintergardiner op, - som Mor ordnede for mig i fjor, - de luner og hygger umaadeligt. Her er yndigt og jeg er mere end nogensinde forelsket i mit lille "komplette" Hus. Af Begivenheder: Thøgers nye Digtsamling, som hedder "Søndengalm" er udkommet. Det er altsammen Digte fra og om Italien. Jeg spejder efter Anmeldelser. De betegner afgjort et Vendepunkt i hans Produktion, og jeg er spændt paa, hvad Side, man mener han er vendt til. Det er en Fornyelse, det er der ikke Tvivl om. - Lille Muse og Lille rejste d. 21 Sept. det var et slemt Savn, - men det er saa morsomt at tænke paa, at de har været her og at de hyggede sig her. Gr. tog 5 Pund paa af min gode Mad!! Thøger var her og hilse paa dem paa Hjemrejse fra Aakjærfest og gamle Gr. og jeg kørte ham i Bil til Jelling hvor han saa tog Toget. Mon jeg dog ikke har skrevet det. - Vi var ved Faarup Sø, som vi ogsaa var ved. - Lugge, vi har en "tysk Aften." Her er nemlig en delvis indfødt ung Lærer ved Skolen, som giver private Timer ogsaa. En livlig, energisk ung Mand. Klassen bestaar af Skolebestyreren, Junge og mig. Desværre synes jeg at Skolebestyreren er meget tykhovedet, - han træder og stamper i hvert sølle Akkusativ og Dativ. Han kalder det Grundighed, men jeg kalder det Tykhovedethed. Saadan kan man jo se lidt forskelligt paa det. Havde vi Enetimer, skulde jeg blive som en Indfødt i Vinter, - det siger den unge Mand selv. - Men Skoleb. haler jo tlbage. Han laver jo ogsaa en Pærevælling af hver Sætning ved at blande Engelsk i det, - og er selvf. stolt af det (det er de altid). Jeg synes det er saa morsomt at Junge er med. Hun er min Gæst i Timen d.v.s. jeg forærer hende hendes Andel. Ellers vilde hun ikke være med, - hun ofrer jo intet paa sig selv. Hveranden Gang er det her og hveranden Gang hos Skoleb. og saa drikker vi Kaffe bagefter. Det er saa fornøjeligt. -
+Nu er Lases kommet hjem fra Båxhult. Alhed var saa rask da hun kom og har haft det glimrende deroppe, - men saa snart hun kommer hjem, er det jo knap saa godt. Og saa kan du tænke dig, - da de havde været hjemme en Uge rejste de til Jagt paa Orelund og Torbenfeldt og kom hjem i Aftes og idag ligger Alhed. Der var isnende koldt og hun frøs saa grænseløst og det kan hun jo ikke taale. - Hun vidste det i Forvejen, men syntes, hun var nødt til at tage med for Las's Skyld. Og nu er hun jo saa bitter paa ham. Der er jo Ting, vi grovere Naturer ikke forstaar. Hun kunde da sige "Fanneme, nej jeg vil ikke med" Det er da en daarlig Tjeneste at gøre ham, at føje ham og rejse med, - og saa være færdig at æde ham af Arrigskab bagefter. Las er jo nu en Gang en Klodsmajor med hendes Sygdom. - Swane er der i denne Tid. Kjeld Tutein er nu fast ansat som Gamles Hushjælp. De er meget glade ved ham og det er en stor Ting for Gamle. - Dede var her i Søndags et lille Svip. Han valgte sa en af de gamle slebne Karafler [tegning indsat] hjemme fra samt Tinbægeret du ved, som Mor altid havde paa Bordet. Og Minna fik det grønne Shawl. Vi fulgte ham til Middelfart - Gamle i sin Bil, - og i Hotel Middelfarts gamle Vinstue - en sjov Kælder nød vi en [indsat i venstre margen s. 6; på højkant:] Flaske Portvin til 12 Kr, som Dede gav. I ser vel at Lut er bleven gift med Hais! - Min nye Fortælling er nu færdig Se S. I (se S. X) ["(se S. X)" overstreget] 2
+[Indsat i venstre margen s. 2; på højkant:] Thøger fik M.S. og skriver, at han har læst den med "Interesse og Fornøjelse", - men det kan ikke nytte noget. Jeg vil gærne vide, hvad [Indsat i venstre margen s. 3; på højkant:] der er skidt og hvad der er godt (om der er noget). Den hedder "Aaen" og vores Aa er en af Hovedpersonerne, saa du kan forstaa, at [Indsat i venstre margen s. 4; på højkant:] jeg har forsøgt at udtrykke noget af min Følelse for det dyrebareste, vi har. Hvis jeg var gammeldags og senti- (fort. Side 6) [Indsat i venstre margen s. 6; på højkant:] mental saa skulde der være Dedikation, saadan: "Til lille Muk som jeg har oplevet Aaen sammen med." Men saadan noget nøjes man med at tænke nu omstunder, - og det kan jo for saa vidt være lige saa godt. [Indsat i venstre margen s. 1; på højkant:] Jeg skal sende dig den saa snart den er maskinskrevet, - og saa vil jeg gærne have en lidt indgaaende Kritik fra dig.</t>
+  </si>
+  <si>
     <t>1927-01-12</t>
   </si>
   <si>
     <t>Njál -
 Gunnar Gunnarsson
 Else Jensen
 Adam Oehlenschläger
 Egil Skalagrimsson</t>
   </si>
   <si>
     <t>Johannes V. Jensen var med i en gruppe, der tog initiativ til udgivelsen af De Islandske Sagaer. Bogudgaven blev redigeret af Gunnar Gunnarsson og Hans Kyrre og udkom i tre bind med Johannes V. Jensens indledning. Det var Jensens idé, at Johannes Larsen skulle illustrere sagaerne, og 8. juni 1927 rejste Larsen for første gang i denne anledning til Island. 
 Njáls saga (norrønt Brennu-Njáls saga, eller Njála) er en islændingesaga, som er skrevet ca. 1280. Historien foregår i Rangárvellir på det sydlige Island ca. år 950-1015 og handler om venskabet mellem Njál på Bergþórshvoll og Gunnar fra Lidarende, som stadig sættes på prøve af slægtninge, som vil have oprejsning for forskellige krænkelser. 
 Egil Skallagrimssons Saga er en saga, der omhandler denne persons livhistorie (ca. 910 – 994). Den er formentlig nedskrevet omkring 1230. Forfatteren kendes ikke. Sagaen er oversat til dansk af både N.M. Petersen, Martin Larsen, Johannes V. Jensen og Rolf Stavnem.
 (Wikipedia nov. 2019)</t>
   </si>
   <si>
     <t>Syberg har ventet på at høre Johannes V. Jensens mening om "Sagastriden". Han har svært ved at forsone sig med Gunnar Gunnarsson, men husker med glæde sin læsning af Njals Saga og Egil Skallagrimssons Saga.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Tcgo</t>
   </si>
   <si>
     <t>Pilegaarden 12-1-27
 Kære Ven.
 Tak for Din Kronik. Du har som al Tid min udelte Sympati. Jeg har længe ventet paa at høre noget fra Dig i denne Sagastrid. Det var en Jul for ca. 40 Aar siden at jeg første Gang læste N.M. Petersens Oversættelse af Sagaerne – Nials S. kendte jeg Brudstykkevis fra Skolen – og jeg glemmer aldrig den Oplevelse det var for mig at læse Egill’s Saga. Du forstaar derfor, nok [”nok” overstreget] at jeg har været spændt paa hvor jeg havde Dig i denne Strid. Unter uns gesagt denne Gunnar Gunnarsen vil jeg faa svært ved at forsone mig med. x)
 Glædeligt Nytaar og Lykke til Arbejdet. Hils Else.
 Din hengivne Fritz Syberg.
 x) Forresten har jeg oplevet sligt før. Jeg erindrer en Tid midt i 80’erne, hvor det rent ud var uanstændigt at nævne Øhlenschlægers Navn</t>
   </si>
   <si>
     <t>25. jun. 1927</t>
   </si>
   <si>
     <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
 Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5. september 1927.
 Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
 Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/tOw5hYmx</t>
   </si>
   <si>
     <t> 5. jul. 1927</t>
   </si>
   <si>
     <t>Ragnar Ásgeirsson</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/1xkcfKvk</t>
+  </si>
+  <si>
+    <t>27. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals dagbog fra 11. til 30. august 1927.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/WlX3xaKz</t>
   </si>
   <si>
     <t>1927-10-21</t>
   </si>
   <si>
     <t>Howitzvej 29 4. København</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Alfred Goldschmidt
 Ina  Goldschmidt
 Hanne -  -, kokkepige Erikshaab
 Adolph Larsen
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Janna Schou
 Jørgen Schou
 Hempel Syberg
 - Winther, Fru</t>
   </si>
   <si>
@@ -14638,50 +14811,105 @@
     <t>Elise Hansen
 Peter Hansen
 Else Jensen
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
 Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
 Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/jIOtZjfa</t>
   </si>
   <si>
     <t>21. feb. 1928</t>
   </si>
   <si>
     <t>Elise Hansen
 Peter Hansen
 Else Jensen
 Johannes V. Jensen
 Andreas Larsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/85iIficq</t>
+  </si>
+  <si>
+    <t>1928-3</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Agrigento Italien</t>
+  </si>
+  <si>
+    <t>Enghavevej 40 København</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Johannes V. Jensen
+Andreas Larsen
+Johannes Larsen
+Benito Mussolini</t>
+  </si>
+  <si>
+    <t>Andreas og Johannes Larsen rejste sammen med Else og Johannes V. Jensen i 1928 med et krydstogtskib til blandet andet Madeira og Rom. De mødtes i Rom med Elise og Peter Hansen. 
+Agrigento er en italiensk by nær Siciliens sydkyst. Fra perioden, hvor lokaliteten var under græsk herredømme, findes nogle af antikkens bedst bevarede doriske templer, bygget i lokale kalksten, heriblandt Concordiatemplet. Fra 210 f.v.t. blev byen romersk og fik navnet Agrigentum. Senere blev navnet Grigent eller Girgenti, men i 1927 ændrede italienerne navnet officielt til Agrigento. (Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kortet ejes af en efterkommer af Elise og Peter Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen er i Argigento, hvor han/de skal være i 40 dage. I Rom havde han dejlige dage sammen med Else og Johs. V. Jensen, Johannes og Andreas Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Tjga</t>
+  </si>
+  <si>
+    <t>[Fortrykt i frimærkefeltet:]
+Fotosam
+[Fortrykt under tekstfeltet:]
+ROMA - Foro Romano - Casa della Vestali
+4514/36
+[Fortrykt til venstre for tekstfeltet:]
+PROP. RISERVATA
+[Fortrykt til højre for tekstfeltet:]
+Made in Italy
+[Håndskrevet i brevkortets adressefelt:]
+Signorina
+Grethe Hansen
+Enghavevej 40 B.I Villaen
+Copenhagen
+Danimarca.
+[Håndskrevet i tekstfeltet:]
+Agrigente[ulæseligt] 3 28.
+Kære Grethe
+Her har Du Forum med det lille Tempel, hvor Du blev saa fint fotograferet. Vi er nu i Girgenti eller Agrigente som Musolini har døbt den om til. Her er ikke saa rart som i Rom, og her skal vi tilbringe 40 Dage af sit kostbare Liv. I Rom havde vi nogle dejlige Dage sammen med Johs. V. Jensen og Else og Las og Puf. Hils dem, naar Du ser dem. Jeg haaber, at Du og Jens har det godt, og at I maa holde en bedre Fødselsdag, hvortil jeg sender mine bedste Lykønskninger.
+Din Pap[ulæseligt].</t>
   </si>
   <si>
     <t>1928-03-04</t>
   </si>
   <si>
     <t>Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Grethe Bichel
 Carl Brisson
 Johannes  Ewald
 Gudmund Hatt
 - Holstein, Frk.
 Adolph Larsen
 Marie Larsen
 Dagmar Lindberg
 Thomas  Løkken
 Elisabeth Mackie
 Lars Swane
 Sigurd  Swane
 Harry Søiberg
 van Hauen
@@ -14735,127 +14963,500 @@
   </si>
   <si>
     <t>1928-03-17</t>
   </si>
   <si>
     <t>Else Jensen
 Emmerik Jensen
 Jens Jensen
 Villum Jensen
 Hans Jensen Dyrlæge
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Johannes V. Jensen var på en rejse til Ægypten fra kort før jul 1925 og tre måneder frem. 
 Den omtalte bog er Johannes V. Jensen: "Ved Livets Bred og andre Myter", feb. 1928. Titelessayet mindes faderen og i endnu højere grad farfaderen. Bindet indeholder også adskillige artikler inspireret af Ægypten-turen, bl.a. "Bønder og Dyr i Ægypten, I-III".</t>
   </si>
   <si>
     <t>Fritz Syberg takker for bogen. Det er sjovt at læse om Jensens far samt om de ægyptiske bønder.
 Syberg maler på to landskaber og kører bilture med Lars/Sakker. Farverne i martslandskabet er smukke.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xT6W</t>
   </si>
   <si>
+    <t>1928-04-16</t>
+  </si>
+  <si>
+    <t>Bodild Holstein</t>
+  </si>
+  <si>
+    <t>Gl. Kongevej 154</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Grethe Bichel
+Johannes Nicolaus Brønsted
+Esben Hansen
+Drude Jørgensen
+Johannes Jørgensen
+Palle Jørgensen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Otto  Meyer
+Anna Meyer 
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvorfor Louise Brønsted var indlagt.
+Louise og hendes familie boede i 1928 i Willemoesgade i København. Johan/Lysse Larsen var under en del af sin studietid på Landbohøjskolen indlogeret hos Brønsted. 
+I Rynkeby boede Grethe og Peter Bichel, som var venner af både Warberg- og Larsen-familien.
+Instituttet var Det Fysisk-Kemiske Institut, som Johannes Nicolaus Brønsted tog initiativ til at oprette.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3840</t>
+  </si>
+  <si>
+    <t>Louise/Lugge Brønsted bør blive på Montebello og være ærlig overfor lægen, så hun kan blive rask. 
+Johan/Lysse Larsen har det bedre, men han misser fire eksamener, som han må tage efter soldatertiden.
+Der er gode omtaler af Instituttet i avisen. 
+Bodild Holstein har været i Rynkeby og Kerteminde. Johannes Larsen så helt godt ud, men det var vemodigt at være i huset uden Alhed Larsen. 
+Christine/Mornine Mackie virkede anspændt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JBhd</t>
+  </si>
+  <si>
+    <t>16/4 28 Gl. Kongevej 154 S
+Kære Lugge! Tak for Brevet, som jeg fik lige inden Paaske! Jeg forstaar nok baade paa Dit Brev og af hvad jeg senere har hørt om Dig, at det ikke gaar fremad med Stormskridt. Men skal vi ikke være enige om, at Du skal give Dig god Tid. Naar nu vi har gjort saa stort et Skridt for at faa Dig rask, er det saa ikke bedst at fortsætte til Resultatet er tilfredsstillende? Tal lige ud med Overlægen og stik intet under Stolen og ret Dig saa efter hans Raad og rejs ikke fra Montebello før han tilraader det. Det staar godt til i Willemoesgade, Lysse er i Bedring, Tp. nedadgaaende, men Examen gaar sikkert i Løbet; i denne Uge kan han ikke gaa op, og det er 4 Fag han forsømmer, det mener han er for mange til Sygexamen, han taler om at gaa op til den Tid igen om et Aar efter sin Soldatertid. Mon Brønsted befinder sig vel i Belgien? Nu kommer der da fine Meddelelser i Politiken; hvem mon der arrangerer dem? Forhaabentlig er det ogsaa rigtigt at Finansudvalget har vedtaget Institutet? Nu maa du vel saa snart tage fat derpaa; det bliver spændende. Min Rynkebytur var kort men vellykket, Vejret herligt, Sol og Sommer - Jeg var paa Opfordring i Kerteminde om Fredagen til Kaffe midt paa Dagen. Der var fint og stort Kaffebord og der var rigtig Besøgsdag, foruden Grethe og mig var der Drude og hendes 2 Sønner, sidenhen en Hr Andrésen, som de kaldte Patronen, senere kom Fru Tandlæge Meyer og Mand - og om Formiddagen havde der været ligesaa livligt Rykind. Las saa godt ud og syntes veltilpas, Mornine ligesaa, men spørger man ["man" indsat over linjen] hende om der er noget afgjort siger hun, det ved hun ikke og i det hele taget taler nu hun om [over "hun" et 1-tal; over "om" et 3-tal; over "sin" et 2-tal] Situation, Sygdommen o.s.v. paa denne lidt anstrængte Maade, som Mornine kan have, næsten mest som om det ikke videre angaar hende. Grethe sagde imidlertid at hun paa Elle havde forstaaet at Esben Hansen havde forlangt eller i al Fald uden Indsigelser foreslaaet Mornines [ulæseligt ord] og en Gage til hende, men det nævnede Mornine ikke selv. Der var nydeligt allevegne baade ude og inde, Udsigten over Store Bælt var vidunderlig, men underlig vemodigt er det at gaa rundt der, naar Alhed ikke er der. Puf var ikke hjemme, han var ude i Bil, men jeg saa ham Dagen før, da Grethe og jeg mødte dem alle 4 [ulæseligt ord] var da i Bil. Grethe og jeg var gaaende, [ulæseligt] til Rynkeby; griber Grethe Stokken og skridter af. Grethes Søster Bolette [teksten fortsætter s. 1; i venstre margen; lodret samt øverst på arket:] 21de April, saasnart Grethe har passeret København, det er absolut den nemmeste Vej til Holland. Hav det nu godt og bliv hvor Du er - Mange Hilsner fra Bodild</t>
+  </si>
+  <si>
     <t>1928-08-18</t>
   </si>
   <si>
     <t>Jens Jensen
 Grete Jensen, f. Hansen</t>
   </si>
   <si>
     <t>Af det følgende brev fra Fritz Syberg til Johannes V. Jensen , 14. okt. 1928, fremgår det, at det afskrift, som Syberg har lovet at sende, er talen, som Syberg holdt, da Peter Hansen 25. juni 1928 blev udnævnt til æresborger i Faaborg.</t>
   </si>
   <si>
     <t>Syberg undskylder, at han ikke har fået gjort afskrivningen færdig.
 Han skal have en udstilling på Charlottenborg. 
 Sommeren er kold, men høsten bliver god. Fritz Syberg har haft mange unge på besøg hele sommeren. Han spekulerer på, hvornår det hele er slut.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/u3Gy</t>
   </si>
   <si>
     <t>Pilegaarden 18-8-28
 Kære Joh. V og Else.
 Jeg gaar med daarlig Samvittighed over for Jer, fordi jeg har snydt, og ikke sendt Jer hvad jeg lovede.
 Men skønt jeg begyndte Afskrivningen med ærlig Vilje er det dog ikke lykkedes mig af [”af” overstreget] at faa den fuldført, den ligger endnu halv afskrevet.
 Fraregnet dette mørke Punkt, har jeg det ellers ug. - - ja nu jeg tænker mig om, staar der en mørk Sky i Horisonten, jeg skal have en stor Udstilling i Kunstforeningen d.v.s. paa Charlottenborg, det er et Fandens Arbejde der venter mig der, maaske dog værre at tænke paa, end det er naar man er midt i det. Hvordan har I det i denne kølige Sommer ude i Tibirke? Her ser trods Blæst og Byger, eventyrlig skønt ud, aldrig saalænge jeg kan erindre har jeg set en saadan Frodighed paa Markerne, om det saa er Bønderne er de overvældede, jeg talte med en af mine Naboer igaar og han erklærede at Høsten i Danmark vilde blive for mindst 50 Millioner K. bedre i Aar end i Fjor.
 Ferien har været livlig, foruden den vanlige Invasion af Børnene, har vi havt en Del kortere Besøg af flere, bl.a. Jens og Grete, det er fornøjelig at se Ungdommen om sig og ikke mindre at høre den, men nu er det hele snart forbi, det er rigtig nok at Somrene bliver kortere jo ældre man bliver, trods meterolg. Institut og Statistik.
 Der er ogsaa noget foruroligende i at tænke paa hvornaar man naar Bunden, 66 Somre svunden, det er dog et Antal, heldigvis faar man dem tildelt i Minutter - .
 Kære Venner jeg glæder mig til at hilse paa Jer en Gang igen om ca 1 ½ Maaned er jeg i Kbhvn. Hilsen fra os alle her.
 Eders hengivne Fritz Syberg.</t>
   </si>
   <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
+    <t>1929-02-27</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Harald Høffding
+Matilda Jungstedt
+Drude Jørgensen
+- Krarup, læge
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+Maurice Maeterlinck
+Arnold Olsen
+Hans Olsen
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Hempel Syberg
+- Vester
+- Vesterdal
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Mag. er Magisteren, Johannes Nicolaus Brønsted. 
+"Det lille nye Hjem i Vanløse": Det er sandsynligvis et af Louise Brønsteds børn, som har bosat sig i Vanløse. 
+Bessa er formodentlig Bedstemor; altså Ellen Sawyer. Lille er Matilda Jungstedt, Ellen Sawyers barnebarn, som boede i Stockholm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3777</t>
+  </si>
+  <si>
+    <t>Kulden og sneen gør alt besværligt. Ellen Sawyers klaverelever er nu samlet i ét hjem i hver region. 
+Det er et år siden, at Louise Brønsted blev syg.
+Man forvinder ikke lige tabet af kære mennesker som Paludan/Pallam, Laura Warberg og Alhed Larsen. Det var godt, at Paludan bevarede Warberg-familiens hjem.
+Christine og Elisabeth/Putte Mackie har det vist ikke nemt sammen. Dejligt, at både Louise og Ellen har et nært forhold til børnene. Ellen bliver glad, når hun tænker på Lille/Matilda Jungstedt.
+Johan/Lysse Larsen er blevet gift. Er det mon godt?
+Johannes Larsen har haft et godt salg, og det er fint, hvis han så kommer på fode igen.
+Det var godt, at Hempel Syberg døde, for han havde ikke længere noget ud af livet. Kirstine var helt knust. Thora Branner kom med besvær (vejret) til Fyn, og hun og Ellen tog til begravelse i Odense samt derfra til Heden, hvor jordfæstelsen fandt sted. Efter denne var der middag i forsamlingshuset. 
+Thora og Ellen har også været til middag hos Drude Vesterdal. Professor Vesterdal havde skrevet et digt til Hempel Syberg.
+Ellen har købt et vægur. Der er dejligt lunt i stuen, hvor hun og katten opholder sig. Ellen er glad for at læse Termitternes Liv og hun genlæser andre gode bøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tlfS</t>
+  </si>
+  <si>
+    <t>27/2-29
+Kæreste Lugge!
+Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
+Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
+Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
+2)
+Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
+Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
+Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
+3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
+I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
+Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
+Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
+4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
+Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
+Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
+Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
+Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
+  </si>
+  <si>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+- Berner
+Julie Brandt
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Andreas Warberg
+Laura Warberg
+Torkild Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
+Tornøes Hotel ligger i Kerteminde.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
+Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
+  </si>
+  <si>
+    <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
+Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
+Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
+Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
+Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
+Mon Louise Brønsted kommer til Fyn i påsken?
+Ellen har været til koncert.
+Det er spændende med byggeriet af Instituttet.
+Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7j5m</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 skrevet med blyant:]
+Tante Elle
+[Skrevet med blæk; Ellen Sawyers skrift:]
+d. 14de og 18de Marts - 1929
+Kæreste Lugge!
+Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
+2)
+købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
+3)
+nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
+Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
+Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
+Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
+[Indsat s. 3 i venstre margen; lodret:]
+Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
+[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
+  </si>
+  <si>
     <t>1929-10-06</t>
   </si>
   <si>
     <t>Johannes V. Jensens dobbeltartikel, "Den unødige støj i byerne", blev trykt i Politiken 22. og 23. sept. 1929 og optrykt i Retninger i Tiden, 1930.</t>
   </si>
   <si>
     <t>Fritz Syberg kan se på Johannes V. Jensens tekst i Politiken, at han stadig kan vække debat. Syberg synes dog, at Jensen bør inddrage landet i sin hundekampagne, for han er selv bange for hundene, når han kommer cyklende med sit malergrej, og han er blevet væltet af en schæfer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SeJz</t>
   </si>
   <si>
     <t>Pilegaarden 6-10-29
 Kære Venner.
 Bjærget har barslet og født en Mus, som jeg herved sender Jer. Af Din Virksomhed i Politiken ser jeg at der er Liv i Dig og at Du vedblivende forstaar at sætte Liv i Dine Medmennesker. Ogsaa her er Du blevet stærkt debatteret. Jeg personlig, synes Du godt kunde drage Landet med ind i Din Hundekampagne. Jeg nærer en dødelig Skræk for Køtere naar jeg cykler ud belæsset med Malersager, især siden [”siden” overstreget, ”efter at” indsat over linjen] efter at jeg for et Par Aar siden blev fastholdt af en stor Schæferhund saa jeg væltede med hele Oppakningen i Pløren. Hvert Hus og Gaard har sin mer eller mindre umulige ”Rasehund”, enten vanskabt af Fedt eller store Sluskerter af et hyæneagtigt Udseende. I øvrigt har jeg det ug, er i den bedste Overensstemmelse med Vejret og dets Luner. Mange Hilsener til Jer fra Eders hengivne Marie og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1929-11-02</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Matilda Jungstedt
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Leo Swane
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Bes = Ellen Brønsted. 
+Lille = Matilda Jungstedt. Hun og hendes forældre boede i Stockholm.
+Putte = Elisabeth Mackie. 
+Det vides ikke, hvilken bog Leo Swane arbejdede på under opholdet i Kerteminde.
+Alhed Brønsted og hendes mand fik 14. nov. 1929 sønnen Eskild.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3813</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Louise Brønsted kommer til Kerteminde. Hun må vel hjem hurtigt. Den sidste tid af en graviditet er både hård og spændende.
+Vil Louise købe en bog til Ellen/Bes fra Ellen Sawyer?
+Ellen/Bes Brønsted hjælper Leo Swane med hans nye bog.
+Ellen Sawyer har travlt. Hun skal tjene penge om vinteren, så hun kan have fri i sommerperioden, hvor datteren og barnebarnet er hos hende. 
+Johannes Larsen har solgt billeder for 6000 kr.
+Johanne/Junge Larsen arbejder for meget.
+Elisabeth/Putte Mackie rejser vist nu. Christine/Mornine Mackie bliver nok ensom.
+Matilda/Lille Jungstedt klarer sig godt iskolen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BoUn</t>
+  </si>
+  <si>
+    <t>[Skrevet med rød farveblyant øverst s. 1; på skrå:]
+Swane kom nu til Form.
+[Med blæk:]
+2 - Nov. - 29
+Kære lille Lugge!
+Tak for dit Brev, som jeg jo ogsaa havde kigget efter længe, men jeg kan godt forstaa, at du anvender al din Skriveenergi- og -Tid til Bes, og vi hører jo ogsaa fra hende, at alt staar vel til, saa gør det jo heller ikke saa meget
+Bes var lidt hernede i gaar Eft. hun fortalte mig, at du kommer herover til hendes Fødselsdag og er her et Par Dage. Det glæder vi os til!! Saa længe tør du vel ikke være hjemme fra, da nu Begivenheden i Vanløse trækker op. Det kan selvf. trække lidt ud - det synes jeg nu i Reglen det gør, - men du maa jo da være tilrede Det er ikke nogen morsom Tid - den sidste Maaneds Tid - og dog tænker man med en vis Ømhed tilbage paa den Tid, saa fuld af Spænding og Forhaabning. Eskild har jo besøgt Grethe i Stockholm. Hun havde været saa glad ved at snakke med ham og syntes han var saa sød.
+Hør Lugge, jeg skriver egentlig for at bede dig købe en Bog som jeg vil forære Bes d. 12te Den hedder "Paying guests" og er en Tandwitz, - men tænk jeg kan pludselig ikke huske, hvem den er af. Mon du ikke kan udfinde det selv. Den er efter min Mening meget
+2)
+morsom. Kan du ikke faa den, saa find en anden god.
+Bes var saa fornøjet hernede igaar og saa snaksom og meddelsom. Hun hjælper jo Swane med hans Bog og jeg tror det morer hende. Jeg ser jo ellers ikke meget til hende eller til dem deroppe, fordi jeg har saa umaadelig meget at gøre - alle Eft. Aft. ["Eft." overstreget, "Aft" indsat over linjen] er optagne og alle Eft. undtagen Onsdag fra 1/2 4 til 7 og saa Søndag. Men jeg har nogle af Formiddagene ledige og jeg haaber at kunne se dig lidt paa dem. Jeg kan invitere dig paa Morgenkaffe. Jeg er glad ved at have meget at bestille, for det er jo om Vinteren jeg skal tjene lidt, saa jeg kan have det lettere om Somren, nar Gr. og Lille er her. Og man faar saamænd c. ligesaa meget lavet af sit eget, selv om man har mange Timer, for saa økonomiserer man med den Fritid, man har og sviner den ikke bort. - Jeg faar mig øvet næsten hver Dag - hvad jeg aldrig gjorde i Sommer og faar en Del læst - paa Sengen; - og faar ogsaa lidt Tid til at studere det Tyske og Franske, som Bes hjælper mig lidt med.
+Swane har jeg slet ikke set. Jeg havde tænkt, han havde kigget herned igaar, men det 
+3)
+gjorde han ikke. Han rejser vist idag. 
+Bes sagde, at Las solgte for 6000 i gaar. Hvor er det dog dejligt. Mon det dog ikke snart hjælper lidt paa deres Finanser.
+Junge og jeg ses da lidt i Vinter. Vi har jo vore Tysk-Aftner, som hun er saa glad ved og saa optaget af. Vores lille Lærer er en lille intelligent Fyr, og vi har saadan nogle livlige, hyggelige Aftner med det Tyske. Hun har jo ellers altfor meget at gøre. Om Torsdagen 7 Timer - næsten ud i en Køre. Og hun vil have 60 Min.s Timer. Det er nu meget forkert. Hun skulde tage 5 Min. af hver Time og puste lidt. Jeg synes det er for samvittighedsfuldt af hende.
+Jeg tænker saa meget paa Mornine. Nu maa det jo lakke at Putte rejser. Det bliver nu svært for hende. Hvor er hun dog et ensomt Menneske. Men det kommer vel af, at hun er ensomt anlagt. -
+I Stockholm har de det godt. Det ser ud som om Lille alligevel ikke er saa dum i Skolen - hun er meget ivrig til at stave og henrykt ved sin Skole. Igaar var hun 7 Aar. Naa nu skal jeg ud og spise til Middag - 12 10 kommer min Lektiedreng, og saa er mit Program lagt til [teksten fortsætter i venstre margen på sidste ide; lodret:] Resten af Dagen. 1000 Hilsner lille Lugge, til jer alle og paa Gensyn. Din Elle - Husk Bogen!!</t>
   </si>
   <si>
     <t>1930-02-17</t>
   </si>
   <si>
     <t>Anna Ancher
 Michael Ancher
 Else Jensen
 Peder Severin Krøyer
 Philip Levison
 Ernst Syberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvilken kronik af Johannes V. Jensen Syberg omtaler.</t>
   </si>
   <si>
     <t>Michael Anchers billede er et af Fritz Sybergs yndlingsværker. Syberg har ondt af Ancher, som var bannerfører indenfor ung kunst i 80erne, men som de sidste 30 år af sit liv blev ringeagtet og glemt.
 Else har fortalt, at Johs. V. igen har problemer med ørene. 
 Ernst/Rille er lammet i den ene side af ansigtet og går til elektriske behandlinger hos Levison.
 Syberg har stået udendørs og malet i seks timer og ryster indvendigt af kulde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/EorP</t>
   </si>
   <si>
     <t>Pilegaarden 17-2-30
 Kære Ven
 Tak for Din Kronik som laa her til mig da jeg kom [nogle overstregede bogstaver] hjem. Det er morsomt at ogsaa Du er faldet over dette Billede af Ancher som har været et af mine Yndlingsbilleder siden jeg saa det første Gang paa Foraarsudstillingen en Gang først i Halvfemserne. Stakkels Ancher, jeg kan ikke lade være at finde hans Skæbne trist. Først blive hævet saa højt, saa han stod over selve Føreren P.S Krøyer (for Kunstbevægelsen i 80rne.) M.A. viste aldrig sin Person men hans Navn var som selve Standarten for 80ernes unge Kunst, ja mere endnu for sammen med Anna A. var de to selve Idealet for alle unge Malere. Og allerede i halvfemserne dalede hans Stjerne og i de sidste 30 Aar af sit Liv har han vist været pint af en indvendig Bitterhed over at se sig glemt, selv hans nærmeste Venner udleverede ham og spottede ham bag hans Ryg. Ja Livet er ikke saa lige til for hvem der har Fornemmelser. 
 Else talte om at Din Ørehistorie begynder igen, tænker Du paa Ægypten - ? eller Berlin – der befandt Du Dig jo bedre. Jeg traf Rille helt skæv i Ansigtet, han havde pludselig mistet al Følelse i den højre Halvdel af sit Ansigt og kunde kun tale, se og le med venstre Side, han gaar nu til Levison og bliver elektrisk behandlet jeg vil haabe det fortager sig.
 Paa Gensyn naar jeg næste Gang kommer til Kbhvn, formodentlig inden længe. Hvis Du er Grafolog vil Du kunne se paa min Skrift at jeg sidder og ryster af indvendig Kulde fordi jeg har siddet ude og malt i ca 6 Timer.
 Mange Hilsener til Dig og Else
 Din hengivne
 Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1930-10-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Erna Andersen
+Peter Eilschov
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Hannah -, pige i huset hos Louise Brønsted
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erna Andersens søster kendes ikke. Det samme gælder Fru Nielsen/Klaras mor, friskolelæreren i Kissendrup, Ove Rode/Rhode og Fru Thomsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3802</t>
+  </si>
+  <si>
+    <t>Trist, at Louise Brønsted er uden pige i huset. Ellen Sawyer forsøger at finde en pige til hende. Louise kan måske kontakte Husholdningsskolen.
+Det er synd for Christine/Mornine Mackie. Hun vil være rengøringsdame! Måske skulle hun hellere forsøge med hjemmebageri og undersøge, om hun kan bo på en stiftelse fx i Odense. 
+Jungstedt-familien er på en dejlig rejse. De kører rundt i Frankring. 
+Ellen har lavet en alkove og købt forsatsvinduer. Hun har råd til dette, fordi hun spiser beskedent.
+Ellen spiller ofte kort.
+Johanne C. Larsen sidder hårdt i det, fordi den ene lejlighed ikke er lejet ud, og patroner til manden og sønnen er dyre.
+Ellen håber, at verset bliver brugt på Thøger Larsens mindesmærke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
+  </si>
+  <si>
+    <t>8/10 - 30
+Kæreste Lugge.
+Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
+Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
+2)
+lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
+Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
+I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
+3)
+at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
+Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
+4)
+jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
+Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
+Las har jeg kun lige set. -
+Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
+Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
+[Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
+[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
   </si>
   <si>
     <t>1931-01-31</t>
   </si>
   <si>
     <t>Marie Hjelmer
 Christine  Mackie
 Elna Munch
 Ellen  Sawyer
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Eftersom både Marie Hjelmer og Elna Munch arbejdede for først kvindernes valgret og siden kvindesagen i almindelighed, er det formodentlig en kvindesagsrelateret sag, som Johanne er involveret i og gerne vil høre resultatet af. En opstilling? (Fru Hjelmer kæmper for at få sin favorit frem). 
 Det vides ikke, hvem Henningsen var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2652</t>
   </si>
   <si>
     <t>Johanne/Junge fik først skrevet før samme dag, hvor mødet blev afholdt. Hun fik brev, hvori Fru Hjelmer beklagede, at hun ikke kunne yde sit bidrag. Munch og Henningsen har ikke svaret. Johanne vil gerne høre resultatet.
 Godt, at Charlotte Louise/Lugge er rask. Elle(n) fører et dejligt liv med mange venner.
 Bibbe er stadig syg.
 Johanne og Adolph vil sælge Kærbyhus.</t>
   </si>
   <si>
@@ -16825,50 +17426,118 @@
   <si>
     <t>Offensiven i Ægypten: Andet slag om el-Alamein var et afgørende vendepunkt i Ørkenkrigen under 2. verdenskrig. Slaget foregik ved El-Alamein i Egypten 23. okt. – 3. nov. 1942. Sejren fik strømmen til at vende i Felttoget i Nordafrika. Det var slutningen på aksemagternes planer om at besætte Egypten, kontrollere Suez-kanalen og få adgang til Mellemøstens oliefelter. Nederlaget ved el-Alamein markerede afslutningen på aksemagternes ekspansion i Afrika (Wikipedia marts 2024). 
 Johannes Larsen havde i februar 1943 både en udstilling på Den Frie og en i Odense.</t>
   </si>
   <si>
     <t>Offensiven i Ægypten kurerede Johannes Larsens forkølelse. Han maler akvareller til sin udstilling i februar.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vHQt</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [Håndskrevet på kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 9 Nov. 1942.
 Kære Grevinde!
 Tak for Pengene og Tak fordi Du godt kan lide Billederne. Jeg har haft en modbydelig Forkølelse, men nu gaar det helt godt igen. Du kunde vel nok mærke at jeg ikke var videre oplagt da vi talte sammen i Telefonen. Dagen før troede jeg at jeg var kommen mig og saa fik jeg den om igen. Det der hjalp bedst tror jeg var Offensiven i Ægypten, det livede vældigt op. Jeg er nu godt i Gang med at lave Aquareller til min Udstilling i Februar og kun be paa at faa stablet en nogenlunde hæderlig Samling paa Benene. Nu skal vi se. Mange Hilsner! Hils ogsaa de andre paa Knuthenborg
 fra Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej No 12.
+Hareskov St.
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
   </si>
   <si>
     <t>1942-12-29</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Daisy  Berg
 Ellen Brønsted
 Marie Larsen
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 William  Scharff
 Janna Schou
 William Schwark
 Adelheyde Syberg
 Alheede Warberg
 Christine Warberg
 Jørgen Warberg
 Andreas Warberg, Albrechts far
 Erik Warberg Larsen
 Martin Warberg Larsen
@@ -18499,59 +19168,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wyt9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cREO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N08n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3NUZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aBcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mfVs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xmSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AV3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YllW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F3av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbuJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HOgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j54X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/seG5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a0Xh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zOua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcjY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/su7M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i43j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vFDj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/an9l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qAqU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ynWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7UE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDCV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YZGC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uzkL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cSgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BNLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npmE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jwls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OuTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iIIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KECah2XD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CObRjaTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZgLvdN5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZUJDzbQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Iqaz4rvn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jYsAKhJs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Xrv8yA47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bLBj0Lph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KtVnEfBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vEpAcheS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DINuSg1W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XD49Q5aV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KxMqShS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cOfRv9x0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/njG9WyQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0S0FH99C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DQtRfGF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCJ0nTMe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2nt4REfj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Zje1ukKS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m2JfPnGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WdZ6k4F0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GdhoMkTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jepUnZbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LZISnUZL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DHZbUg0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cEWFUJvd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lQ0cDrye" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ntgE41ev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j2hUVkDF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rvxBHXzf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6ZAPyB7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxxqv9bt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DFfJEtvD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VjIJGfS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vtw1Vx4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TL6vqHy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgZp2wAn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9HFw5Sle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4InSLMZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DupnmXWl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MvOPnW0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LTBlIrPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyOTRJj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BMfgeTxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8vYifyQd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vtnt6cnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwajupW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/y2CSb9po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sMNlRVOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FIFnRK94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Jg0lZHLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZXP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlPg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1Y1aylfk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPuW1m3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ir3YOguB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zVxwP1xI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9kvOQSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3BYrU4Y6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QOjj8m8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XBAiJvOP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GaciEtMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oYW9s64c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AXofygyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5xkkBUCy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gxa7mftZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsOHMgGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ae2iSB6Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pYTbln5T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C2tRREdI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4hizQl0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vVgZTnrI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JifKPg7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ztV9WPFH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dOnmn2zS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dp324dsz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fOeIbSMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VS4hyocj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fPK2uvH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pfx61W4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yl1FYf9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0Z69NEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzetql1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lfjWowWm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dMRZTNIt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXyEXNrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d4vQOfej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aSTOe5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UP7ys7G8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Octu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xbji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NVkk0dbJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uqgguMdL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lKWA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MTQoZEHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0vTiqaNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ad0KoyW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/D4T49e9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XhJJmMps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mjLR77qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/g2viVDEG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FOGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OUPz5qzc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TkzZOGcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dQibtU3z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ns0ERAiB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wQIb4VFm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ztm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ya19DO2Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G63PKXCa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oPV4dgqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/06gDAuaB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YWYEZzRQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pX9kWJgB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KTBGF6hy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GSdQb9Fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nl7aMJ1j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/86PcIpgg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qPIAJ4GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yMRlvwuC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lrl4BbeR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/u6YIzd8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bwr75Saq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ffp8K5lz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/llsnTklY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MavKRPKj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId566" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId567" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId568" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId569" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId570" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KXu2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId571" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tcgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId572" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId573" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId574" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId575" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId576" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId577" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId578" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId579" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xT6W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId580" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u3Gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId581" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SeJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId582" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EorP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId583" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId584" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId585" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId586" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId587" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I2Dk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId588" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3GM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId589" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId590" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId591" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId592" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId593" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId594" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IS2I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId595" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId596" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId597" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId598" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId599" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId600" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qhpz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId601" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId602" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId603" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId604" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId605" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId606" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/936h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId607" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId608" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId609" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b4rC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId610" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId611" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId612" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId613" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId614" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId615" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId616" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId617" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId618" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId619" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId620" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId621" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId622" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId623" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId624" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId625" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId626" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId627" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId628" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId629" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId630" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId631" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId632" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId633" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId634" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId635" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId636" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId637" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId638" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId639" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId640" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId641" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId642" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId643" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId644" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId645" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId646" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId647" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId648" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1eM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId649" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId650" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId651" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId652" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId653" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId654" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId655" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId656" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId657" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId658" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wyt9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cREO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N08n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3NUZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aBcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mfVs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xmSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AV3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YllW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F3av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbuJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HOgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j54X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/seG5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a0Xh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zOua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcjY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/su7M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i43j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vFDj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/an9l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qAqU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ynWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7UE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDCV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YZGC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uzkL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cSgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BNLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npmE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jwls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OuTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iIIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KECah2XD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CObRjaTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZgLvdN5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZUJDzbQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Iqaz4rvn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jYsAKhJs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Xrv8yA47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bLBj0Lph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KtVnEfBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vEpAcheS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DINuSg1W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XD49Q5aV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KxMqShS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cOfRv9x0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/njG9WyQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0S0FH99C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DQtRfGF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCJ0nTMe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2nt4REfj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Zje1ukKS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m2JfPnGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WdZ6k4F0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GdhoMkTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jepUnZbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LZISnUZL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DHZbUg0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cEWFUJvd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lQ0cDrye" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ntgE41ev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j2hUVkDF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rvxBHXzf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6ZAPyB7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxxqv9bt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DFfJEtvD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VjIJGfS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vtw1Vx4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TL6vqHy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgZp2wAn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9HFw5Sle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4InSLMZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DupnmXWl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MvOPnW0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LTBlIrPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyOTRJj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BMfgeTxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8vYifyQd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vtnt6cnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwajupW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/y2CSb9po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sMNlRVOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FIFnRK94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Jg0lZHLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZXP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlPg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1Y1aylfk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPuW1m3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ir3YOguB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zVxwP1xI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9kvOQSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3BYrU4Y6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QOjj8m8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XBAiJvOP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GaciEtMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oYW9s64c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AXofygyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5xkkBUCy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gxa7mftZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsOHMgGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ae2iSB6Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pYTbln5T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C2tRREdI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4hizQl0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vVgZTnrI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JifKPg7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ztV9WPFH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dOnmn2zS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dp324dsz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fOeIbSMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VS4hyocj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fPK2uvH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pfx61W4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yl1FYf9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0Z69NEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzetql1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lfjWowWm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dMRZTNIt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXyEXNrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d4vQOfej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aSTOe5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UP7ys7G8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Octu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xbji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NVkk0dbJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uqgguMdL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lKWA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MTQoZEHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0vTiqaNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ad0KoyW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/D4T49e9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XhJJmMps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mjLR77qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/g2viVDEG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FOGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OUPz5qzc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TkzZOGcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dQibtU3z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ns0ERAiB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wQIb4VFm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ztm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ya19DO2Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G63PKXCa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oPV4dgqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/06gDAuaB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YWYEZzRQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pX9kWJgB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KTBGF6hy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GSdQb9Fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nl7aMJ1j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/86PcIpgg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qPIAJ4GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yMRlvwuC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lrl4BbeR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/u6YIzd8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bwr75Saq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ffp8K5lz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/llsnTklY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MavKRPKj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId566" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId567" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId568" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId569" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId570" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId571" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId572" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KXu2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId573" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId574" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tcgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId575" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId576" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId577" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WlX3xaKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId578" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId579" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId580" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId581" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId582" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId583" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId584" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xT6W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId585" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId586" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u3Gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId587" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId588" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId589" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId590" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SeJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId591" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId592" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EorP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId593" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId594" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId595" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId596" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId597" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId598" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I2Dk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId599" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3GM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId600" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId601" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId602" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId603" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId604" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId605" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IS2I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId606" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId607" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId608" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId609" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId610" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId611" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qhpz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId612" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId613" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId614" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId615" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId616" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId617" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/936h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId618" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId619" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId620" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b4rC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId621" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId622" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId623" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId624" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId625" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId626" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId627" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId628" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId629" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId630" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId631" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId632" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId633" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId634" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId635" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId636" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId637" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId638" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId639" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId640" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId641" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId642" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId643" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId644" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId645" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDwA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId646" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId647" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId648" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId649" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId650" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId651" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId652" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId653" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId654" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId655" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId656" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId657" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId658" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId659" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId660" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1eM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId661" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId662" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId663" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId664" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId665" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId666" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId667" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId668" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId669" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId670" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M653"/>
+  <dimension ref="A1:M665"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -28295,20345 +28964,20891 @@
       </c>
       <c r="I220" s="5" t="s">
         <v>1536</v>
       </c>
       <c r="J220" s="5" t="s">
         <v>1537</v>
       </c>
       <c r="K220" s="5" t="s">
         <v>1538</v>
       </c>
       <c r="L220" s="6" t="s">
         <v>1539</v>
       </c>
       <c r="M220" s="5" t="s">
         <v>1540</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
         <v>1541</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>928</v>
+        <v>410</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>1246</v>
-[...1 lines deleted...]
-      <c r="E221" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H221" s="5" t="s">
         <v>1542</v>
       </c>
-      <c r="F221" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H221" s="5" t="s">
+      <c r="I221" s="5" t="s">
         <v>1543</v>
       </c>
-      <c r="I221" s="5" t="s">
+      <c r="J221" s="5" t="s">
         <v>1544</v>
       </c>
-      <c r="J221" s="5" t="s">
+      <c r="K221" s="5" t="s">
         <v>1545</v>
       </c>
-      <c r="K221" s="5" t="s">
+      <c r="L221" s="6" t="s">
         <v>1546</v>
       </c>
-      <c r="L221" s="6" t="s">
+      <c r="M221" s="5" t="s">
         <v>1547</v>
-      </c>
-[...1 lines deleted...]
-        <v>1548</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1549</v>
+        <v>1548</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>1271</v>
+        <v>1246</v>
       </c>
       <c r="E222" s="5" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H222" s="5" t="s">
         <v>1550</v>
       </c>
-      <c r="F222" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H222" s="5" t="s">
+      <c r="I222" s="5" t="s">
         <v>1551</v>
       </c>
-      <c r="I222" s="5" t="s">
+      <c r="J222" s="5" t="s">
         <v>1552</v>
-      </c>
-[...1 lines deleted...]
-        <v>1283</v>
       </c>
       <c r="K222" s="5" t="s">
         <v>1553</v>
       </c>
       <c r="L222" s="6" t="s">
         <v>1554</v>
       </c>
       <c r="M222" s="5" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
         <v>1556</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>111</v>
+        <v>1271</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>28</v>
+        <v>1557</v>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1557</v>
-[...1 lines deleted...]
-      <c r="I223" s="5"/>
+        <v>1558</v>
+      </c>
+      <c r="I223" s="5" t="s">
+        <v>1559</v>
+      </c>
       <c r="J223" s="5" t="s">
-        <v>31</v>
+        <v>1283</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>928</v>
+        <v>27</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>1192</v>
+        <v>111</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>1550</v>
+        <v>28</v>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1562</v>
-[...3 lines deleted...]
-      </c>
+        <v>1564</v>
+      </c>
+      <c r="I224" s="5"/>
       <c r="J224" s="5" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>1271</v>
+        <v>1192</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>1550</v>
+        <v>1557</v>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>1283</v>
+        <v>262</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>1192</v>
+        <v>1271</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>1550</v>
+        <v>1557</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G226" s="5" t="s">
-        <v>1574</v>
+      <c r="G226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H226" s="5" t="s">
         <v>1575</v>
       </c>
       <c r="I226" s="5" t="s">
         <v>1576</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>262</v>
+        <v>1283</v>
       </c>
       <c r="K226" s="5" t="s">
         <v>1577</v>
       </c>
       <c r="L226" s="6" t="s">
         <v>1578</v>
       </c>
       <c r="M226" s="5" t="s">
         <v>1579</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
         <v>1580</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D227" s="5" t="s">
         <v>1192</v>
       </c>
       <c r="E227" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G227" s="5" t="s">
         <v>1581</v>
       </c>
-      <c r="F227" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G227" s="5" t="s">
+      <c r="H227" s="5" t="s">
         <v>1582</v>
       </c>
-      <c r="H227" s="5" t="s">
+      <c r="I227" s="5" t="s">
         <v>1583</v>
-      </c>
-[...1 lines deleted...]
-        <v>1584</v>
       </c>
       <c r="J227" s="5" t="s">
         <v>262</v>
       </c>
       <c r="K227" s="5" t="s">
+        <v>1584</v>
+      </c>
+      <c r="L227" s="6" t="s">
         <v>1585</v>
       </c>
-      <c r="L227" s="6" t="s">
+      <c r="M227" s="5" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1587</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>1246</v>
-[...4 lines deleted...]
-        </is>
+        <v>1192</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>1588</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G228" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G228" s="5" t="s">
+        <v>1589</v>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1589</v>
-[...1 lines deleted...]
-      <c r="I228" s="5"/>
+        <v>1590</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>1591</v>
+      </c>
       <c r="J228" s="5" t="s">
-        <v>1590</v>
+        <v>262</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>1192</v>
-[...2 lines deleted...]
-        <v>1550</v>
+        <v>1246</v>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G229" s="5" t="s">
-        <v>1595</v>
+      <c r="G229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H229" s="5" t="s">
         <v>1596</v>
       </c>
-      <c r="I229" s="5" t="s">
+      <c r="I229" s="5"/>
+      <c r="J229" s="5" t="s">
         <v>1597</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="K229" s="5" t="s">
         <v>1598</v>
       </c>
       <c r="L229" s="6" t="s">
         <v>1599</v>
       </c>
       <c r="M229" s="5" t="s">
         <v>1600</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
         <v>1601</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G230" s="5" t="s">
         <v>1602</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="H230" s="5" t="s">
         <v>1603</v>
       </c>
-      <c r="I230" s="5"/>
+      <c r="I230" s="5" t="s">
+        <v>1604</v>
+      </c>
       <c r="J230" s="5" t="s">
-        <v>1604</v>
+        <v>262</v>
       </c>
       <c r="K230" s="5" t="s">
         <v>1605</v>
       </c>
       <c r="L230" s="6" t="s">
         <v>1606</v>
       </c>
       <c r="M230" s="5" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
         <v>1608</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>27</v>
+        <v>1609</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1246</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1256</v>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="I231" s="5"/>
       <c r="J231" s="5" t="s">
-        <v>1590</v>
+        <v>1611</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1256</v>
+        <v>15</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>1246</v>
+        <v>1301</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>1439</v>
-[...4 lines deleted...]
-        </is>
+        <v>1494</v>
+      </c>
+      <c r="F232" s="5" t="s">
+        <v>1616</v>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1614</v>
-[...1 lines deleted...]
-      <c r="I232" s="5"/>
+        <v>1617</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>1618</v>
+      </c>
       <c r="J232" s="5" t="s">
-        <v>1590</v>
+        <v>1619</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>1619</v>
+        <v>27</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>1256</v>
-[...4 lines deleted...]
-        </is>
+        <v>1246</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="I233" s="5"/>
       <c r="J233" s="5" t="s">
-        <v>1621</v>
+        <v>1597</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>1619</v>
+        <v>1256</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>1256</v>
-[...4 lines deleted...]
-        </is>
+        <v>1246</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>1439</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H234" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H234" s="5" t="s">
+        <v>1629</v>
       </c>
       <c r="I234" s="5"/>
       <c r="J234" s="5" t="s">
-        <v>1621</v>
+        <v>1597</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>1602</v>
+        <v>1634</v>
       </c>
       <c r="D235" s="5" t="s">
         <v>1256</v>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="I235" s="5"/>
       <c r="J235" s="5" t="s">
-        <v>1621</v>
+        <v>1636</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>1634</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>1635</v>
-[...1 lines deleted...]
-      <c r="E236" s="5" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I236" s="5"/>
+      <c r="J236" s="5" t="s">
         <v>1636</v>
       </c>
-      <c r="F236" s="5" t="inlineStr">
-[...15 lines deleted...]
-      <c r="J236" s="5" t="s">
+      <c r="K236" s="5" t="s">
+        <v>1641</v>
+      </c>
+      <c r="L236" s="6" t="s">
+        <v>1642</v>
+      </c>
+      <c r="M236" s="5" t="s">
         <v>1639</v>
-      </c>
-[...7 lines deleted...]
-        <v>1642</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
         <v>1643</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>1602</v>
+        <v>1609</v>
       </c>
       <c r="D237" s="5" t="s">
         <v>1256</v>
       </c>
-      <c r="E237" s="5" t="s">
-        <v>29</v>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
         <v>1644</v>
       </c>
       <c r="I237" s="5"/>
       <c r="J237" s="5" t="s">
-        <v>1621</v>
+        <v>1636</v>
       </c>
       <c r="K237" s="5" t="s">
         <v>1645</v>
       </c>
       <c r="L237" s="6" t="s">
         <v>1646</v>
       </c>
       <c r="M237" s="5" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
         <v>1648</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>1602</v>
+        <v>1649</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>1256</v>
-[...4 lines deleted...]
-        </is>
+        <v>1650</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>1651</v>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1649</v>
-[...1 lines deleted...]
-      <c r="I238" s="5"/>
+        <v>1652</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>1653</v>
+      </c>
       <c r="J238" s="5" t="s">
-        <v>1621</v>
+        <v>1654</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1650</v>
+        <v>1655</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>928</v>
+        <v>1609</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>1279</v>
+        <v>1256</v>
       </c>
       <c r="E239" s="5" t="s">
-        <v>1654</v>
+        <v>29</v>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H239" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H239" s="5" t="s">
+        <v>1659</v>
+      </c>
+      <c r="I239" s="5"/>
       <c r="J239" s="5" t="s">
-        <v>1283</v>
+        <v>1636</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>1660</v>
+        <v>1609</v>
       </c>
       <c r="D240" s="5" t="s">
         <v>1256</v>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H240" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H240" s="5" t="s">
+        <v>1664</v>
       </c>
       <c r="I240" s="5"/>
       <c r="J240" s="5" t="s">
-        <v>1621</v>
+        <v>1636</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>1602</v>
+        <v>928</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>1256</v>
-[...4 lines deleted...]
-        </is>
+        <v>1279</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H241" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I241" s="5"/>
+      <c r="H241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I241" s="5" t="s">
+        <v>1670</v>
+      </c>
       <c r="J241" s="5" t="s">
-        <v>1621</v>
+        <v>1283</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>1602</v>
+        <v>1675</v>
       </c>
       <c r="D242" s="5" t="s">
         <v>1256</v>
       </c>
-      <c r="E242" s="5" t="s">
-[...3 lines deleted...]
-        <v>1439</v>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H242" s="5" t="s">
-        <v>1670</v>
+      <c r="H242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I242" s="5"/>
       <c r="J242" s="5" t="s">
-        <v>1621</v>
+        <v>1636</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>655</v>
+        <v>1609</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1675</v>
+        <v>1256</v>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1676</v>
-[...3 lines deleted...]
-      </c>
+        <v>1680</v>
+      </c>
+      <c r="I243" s="5"/>
       <c r="J243" s="5" t="s">
-        <v>1678</v>
+        <v>1636</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>15</v>
+        <v>1609</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>655</v>
+        <v>1256</v>
       </c>
       <c r="E244" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F244" s="5" t="s">
-        <v>1683</v>
+        <v>1439</v>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1684</v>
-[...1 lines deleted...]
-      <c r="I244" s="5" t="s">
         <v>1685</v>
       </c>
+      <c r="I244" s="5"/>
       <c r="J244" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="K244" s="5" t="s">
         <v>1686</v>
       </c>
-      <c r="K244" s="5" t="s">
+      <c r="L244" s="6" t="s">
         <v>1687</v>
       </c>
-      <c r="L244" s="6" t="s">
+      <c r="M244" s="5" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>928</v>
+        <v>655</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>1271</v>
+        <v>15</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>1654</v>
+        <v>1690</v>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
         <v>1691</v>
       </c>
       <c r="I245" s="5" t="s">
         <v>1692</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1283</v>
+        <v>1693</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>928</v>
+        <v>15</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>1271</v>
+        <v>655</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>1654</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>1698</v>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1697</v>
-[...1 lines deleted...]
-      <c r="I246" s="5"/>
+        <v>1699</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>1700</v>
+      </c>
       <c r="J246" s="5" t="s">
-        <v>1283</v>
+        <v>1701</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D247" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1691</v>
+        <v>1706</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
       <c r="J247" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>1707</v>
+        <v>1271</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>28</v>
+        <v>1669</v>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1707</v>
+        <v>1712</v>
       </c>
       <c r="I248" s="5"/>
       <c r="J248" s="5" t="s">
-        <v>1708</v>
+        <v>1283</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D249" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1713</v>
+        <v>1706</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="J249" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1717</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>928</v>
+        <v>27</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>1279</v>
+        <v>1722</v>
       </c>
       <c r="E250" s="5" t="s">
-        <v>1654</v>
+        <v>28</v>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1719</v>
-[...3 lines deleted...]
-      </c>
+        <v>1722</v>
+      </c>
+      <c r="I250" s="5"/>
       <c r="J250" s="5" t="s">
-        <v>1283</v>
+        <v>1723</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>1725</v>
+        <v>1271</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>28</v>
+        <v>1669</v>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="I251" s="5" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>262</v>
+        <v>1283</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>111</v>
+        <v>1279</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>1732</v>
+        <v>1669</v>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>31</v>
+        <v>1283</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="253">
-      <c r="A253" s="5" t="n">
-        <v>1919</v>
+      <c r="A253" s="5" t="s">
+        <v>1739</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>1738</v>
-[...4 lines deleted...]
-        </is>
+        <v>1740</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="J253" s="5" t="s">
         <v>262</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>928</v>
+        <v>27</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>1271</v>
+        <v>111</v>
       </c>
       <c r="E254" s="5" t="s">
-        <v>1654</v>
+        <v>1747</v>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>1283</v>
+        <v>31</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="255">
-      <c r="A255" s="5" t="s">
-        <v>1750</v>
+      <c r="A255" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>928</v>
+        <v>111</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>1271</v>
-[...2 lines deleted...]
-        <v>1654</v>
+        <v>1753</v>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1390</v>
+        <v>1754</v>
       </c>
       <c r="I255" s="5" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>1283</v>
+        <v>262</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D256" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="E256" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="I256" s="5" t="s">
-        <v>1757</v>
+        <v>1761</v>
       </c>
       <c r="J256" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>111</v>
+        <v>928</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>1271</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1762</v>
+        <v>1390</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>31</v>
+        <v>1283</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>1192</v>
+        <v>1271</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>1550</v>
+        <v>1669</v>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G258" s="5" t="s">
-        <v>1768</v>
+      <c r="G258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1416</v>
+        <v>1771</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>262</v>
+        <v>1283</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>15</v>
+        <v>111</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>1776</v>
+        <v>31</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1279</v>
+        <v>1192</v>
       </c>
       <c r="E260" s="5" t="s">
-        <v>1654</v>
+        <v>1557</v>
       </c>
       <c r="F260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G260" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G260" s="5" t="s">
+        <v>1783</v>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1781</v>
+        <v>1416</v>
       </c>
       <c r="I260" s="5" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="J260" s="5" t="s">
-        <v>1283</v>
+        <v>262</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H261" s="5" t="s">
+        <v>1789</v>
+      </c>
+      <c r="I261" s="5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="J261" s="5" t="s">
+        <v>1791</v>
+      </c>
+      <c r="K261" s="5" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L261" s="6" t="s">
+        <v>1793</v>
+      </c>
+      <c r="M261" s="5" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C262" s="5" t="s">
         <v>928</v>
       </c>
-      <c r="D261" s="5" t="s">
-[...21 lines deleted...]
-      <c r="J261" s="5" t="s">
+      <c r="D262" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H262" s="5" t="s">
+        <v>1796</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>1797</v>
+      </c>
+      <c r="J262" s="5" t="s">
         <v>1283</v>
       </c>
-      <c r="K261" s="5" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="K262" s="5" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1795</v>
-[...1 lines deleted...]
-      <c r="M262" s="5"/>
+        <v>1799</v>
+      </c>
+      <c r="M262" s="5" t="s">
+        <v>1800</v>
+      </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D263" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>1654</v>
+        <v>1802</v>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
       <c r="I263" s="5" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="J263" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="264">
-      <c r="A264" s="5" t="s">
-        <v>1802</v>
+      <c r="A264" s="5" t="n">
+        <v>1921</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>928</v>
-[...5 lines deleted...]
-        <v>1654</v>
+        <v>27</v>
+      </c>
+      <c r="D264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="I264" s="5"/>
-      <c r="J264" s="5" t="s">
-        <v>1283</v>
+      <c r="J264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1805</v>
-[...3 lines deleted...]
-      </c>
+        <v>1810</v>
+      </c>
+      <c r="M264" s="5"/>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1808</v>
-[...5 lines deleted...]
-        </is>
+        <v>1812</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>1813</v>
+      </c>
+      <c r="J265" s="5" t="s">
+        <v>1283</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1810</v>
-[...1 lines deleted...]
-      <c r="M265" s="5"/>
+        <v>1815</v>
+      </c>
+      <c r="M265" s="5" t="s">
+        <v>1816</v>
+      </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1811</v>
+        <v>1817</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
       <c r="I266" s="5"/>
-      <c r="J266" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J266" s="5" t="s">
+        <v>1283</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1809</v>
+        <v>1819</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1813</v>
-[...1 lines deleted...]
-      <c r="M266" s="5"/>
+        <v>1820</v>
+      </c>
+      <c r="M266" s="5" t="s">
+        <v>1821</v>
+      </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1814</v>
+        <v>1822</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H267" s="5" t="s">
+        <v>1823</v>
       </c>
       <c r="I267" s="5"/>
       <c r="J267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1815</v>
+        <v>1825</v>
       </c>
       <c r="M267" s="5"/>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1816</v>
+        <v>1826</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C268" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H268" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H268" s="5" t="s">
+        <v>1827</v>
       </c>
       <c r="I268" s="5"/>
       <c r="J268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1817</v>
+        <v>1828</v>
       </c>
       <c r="M268" s="5"/>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1818</v>
+        <v>1829</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H269" s="5" t="s">
-        <v>1793</v>
+      <c r="H269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I269" s="5"/>
       <c r="J269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1819</v>
+        <v>1830</v>
       </c>
       <c r="M269" s="5"/>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1820</v>
+        <v>1831</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I270" s="5"/>
       <c r="J270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1821</v>
+        <v>1832</v>
       </c>
       <c r="M270" s="5"/>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1822</v>
+        <v>1833</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1793</v>
+        <v>1808</v>
       </c>
       <c r="I271" s="5"/>
       <c r="J271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1823</v>
+        <v>1834</v>
       </c>
       <c r="M271" s="5"/>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1824</v>
+        <v>1835</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H272" s="5" t="s">
-        <v>1725</v>
+      <c r="H272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I272" s="5"/>
       <c r="J272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1825</v>
+        <v>1836</v>
       </c>
       <c r="M272" s="5"/>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1826</v>
+        <v>1837</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H273" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H273" s="5" t="s">
+        <v>1808</v>
       </c>
       <c r="I273" s="5"/>
       <c r="J273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
       <c r="M273" s="5"/>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1828</v>
+        <v>1839</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H274" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H274" s="5" t="s">
+        <v>1740</v>
       </c>
       <c r="I274" s="5"/>
       <c r="J274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1829</v>
+        <v>1840</v>
       </c>
       <c r="M274" s="5"/>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1830</v>
+        <v>1841</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H275" s="5" t="s">
-        <v>1831</v>
+      <c r="H275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I275" s="5"/>
       <c r="J275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1832</v>
+        <v>1842</v>
       </c>
       <c r="M275" s="5"/>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1833</v>
+        <v>1843</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H276" s="5" t="s">
-        <v>1834</v>
+      <c r="H276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I276" s="5"/>
       <c r="J276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1835</v>
+        <v>1844</v>
       </c>
       <c r="M276" s="5"/>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1836</v>
+        <v>1845</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H277" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H277" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1837</v>
+        <v>1847</v>
       </c>
       <c r="M277" s="5"/>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1838</v>
+        <v>1848</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1834</v>
+        <v>1849</v>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1839</v>
+        <v>1850</v>
       </c>
       <c r="M278" s="5"/>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1840</v>
+        <v>1851</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H279" s="5" t="s">
-        <v>1725</v>
+      <c r="H279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1841</v>
+        <v>1852</v>
       </c>
       <c r="M279" s="5"/>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1842</v>
+        <v>1853</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1843</v>
+        <v>1849</v>
       </c>
       <c r="I280" s="5"/>
       <c r="J280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1844</v>
+        <v>1854</v>
       </c>
       <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1845</v>
+        <v>1855</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1846</v>
+        <v>1740</v>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1847</v>
+        <v>1856</v>
       </c>
       <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1848</v>
+        <v>1857</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H282" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H282" s="5" t="s">
+        <v>1858</v>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1849</v>
+        <v>1859</v>
       </c>
       <c r="M282" s="5"/>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1850</v>
+        <v>1860</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H283" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H283" s="5" t="s">
+        <v>1861</v>
       </c>
       <c r="I283" s="5"/>
       <c r="J283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1851</v>
+        <v>1862</v>
       </c>
       <c r="M283" s="5"/>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1852</v>
+        <v>1863</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1853</v>
+        <v>1864</v>
       </c>
       <c r="M284" s="5"/>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1854</v>
+        <v>1865</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I285" s="5"/>
       <c r="J285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1855</v>
+        <v>1866</v>
       </c>
       <c r="M285" s="5"/>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1856</v>
+        <v>1867</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C286" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I286" s="5"/>
       <c r="J286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1857</v>
+        <v>1868</v>
       </c>
       <c r="M286" s="5"/>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1858</v>
+        <v>1869</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H287" s="5" t="s">
-        <v>1725</v>
+      <c r="H287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I287" s="5"/>
       <c r="J287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1859</v>
+        <v>1870</v>
       </c>
       <c r="M287" s="5"/>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1860</v>
+        <v>1871</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C288" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H288" s="5" t="s">
-        <v>1834</v>
+      <c r="H288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I288" s="5"/>
       <c r="J288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1861</v>
+        <v>1872</v>
       </c>
       <c r="M288" s="5"/>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1862</v>
+        <v>1873</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C289" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H289" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H289" s="5" t="s">
+        <v>1740</v>
       </c>
       <c r="I289" s="5"/>
       <c r="J289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1863</v>
+        <v>1874</v>
       </c>
       <c r="M289" s="5"/>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1864</v>
+        <v>1875</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H290" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H290" s="5" t="s">
+        <v>1849</v>
       </c>
       <c r="I290" s="5"/>
       <c r="J290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1865</v>
+        <v>1876</v>
       </c>
       <c r="M290" s="5"/>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1866</v>
+        <v>1877</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H291" s="5" t="s">
-        <v>1834</v>
+      <c r="H291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I291" s="5"/>
       <c r="J291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1867</v>
+        <v>1878</v>
       </c>
       <c r="M291" s="5"/>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1868</v>
+        <v>1879</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H292" s="5" t="s">
-        <v>1831</v>
+      <c r="H292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I292" s="5"/>
       <c r="J292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1869</v>
+        <v>1880</v>
       </c>
       <c r="M292" s="5"/>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1870</v>
+        <v>1881</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C293" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H293" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H293" s="5" t="s">
+        <v>1849</v>
       </c>
       <c r="I293" s="5"/>
       <c r="J293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1871</v>
+        <v>1882</v>
       </c>
       <c r="M293" s="5"/>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1872</v>
+        <v>1883</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1831</v>
+        <v>1846</v>
       </c>
       <c r="I294" s="5"/>
       <c r="J294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1873</v>
+        <v>1884</v>
       </c>
       <c r="M294" s="5"/>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I295" s="5"/>
       <c r="J295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1875</v>
+        <v>1886</v>
       </c>
       <c r="M295" s="5"/>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1876</v>
+        <v>1887</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H296" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H296" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I296" s="5"/>
       <c r="J296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1877</v>
+        <v>1888</v>
       </c>
       <c r="M296" s="5"/>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1878</v>
+        <v>1889</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I297" s="5"/>
       <c r="J297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1879</v>
+        <v>1890</v>
       </c>
       <c r="M297" s="5"/>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1880</v>
+        <v>1891</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H298" s="5" t="s">
-        <v>1725</v>
+      <c r="H298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I298" s="5"/>
       <c r="J298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
       <c r="M298" s="5"/>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H299" s="5" t="s">
-        <v>1883</v>
+      <c r="H299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I299" s="5"/>
       <c r="J299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1884</v>
+        <v>1894</v>
       </c>
       <c r="M299" s="5"/>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1885</v>
+        <v>1895</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>1886</v>
+        <v>1740</v>
       </c>
       <c r="I300" s="5"/>
       <c r="J300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1887</v>
+        <v>1896</v>
       </c>
       <c r="M300" s="5"/>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1888</v>
+        <v>1897</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>1834</v>
+        <v>1898</v>
       </c>
       <c r="I301" s="5"/>
       <c r="J301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1889</v>
+        <v>1899</v>
       </c>
       <c r="M301" s="5"/>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1890</v>
+        <v>1900</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>1891</v>
+        <v>1901</v>
       </c>
       <c r="I302" s="5"/>
       <c r="J302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1892</v>
+        <v>1902</v>
       </c>
       <c r="M302" s="5"/>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1893</v>
+        <v>1903</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
-        <v>1894</v>
+        <v>1849</v>
       </c>
       <c r="I303" s="5"/>
       <c r="J303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1895</v>
+        <v>1904</v>
       </c>
       <c r="M303" s="5"/>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1896</v>
+        <v>1905</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>1831</v>
+        <v>1906</v>
       </c>
       <c r="I304" s="5"/>
       <c r="J304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1897</v>
+        <v>1907</v>
       </c>
       <c r="M304" s="5"/>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1898</v>
+        <v>1908</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H305" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H305" s="5" t="s">
+        <v>1909</v>
       </c>
       <c r="I305" s="5"/>
       <c r="J305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K305" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>1899</v>
+        <v>1910</v>
       </c>
       <c r="M305" s="5"/>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1900</v>
+        <v>1911</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C306" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>1901</v>
+        <v>1846</v>
       </c>
       <c r="I306" s="5"/>
       <c r="J306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K306" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>1902</v>
+        <v>1912</v>
       </c>
       <c r="M306" s="5"/>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>1903</v>
+        <v>1913</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C307" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H307" s="5" t="s">
-        <v>1904</v>
+      <c r="H307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I307" s="5"/>
       <c r="J307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K307" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="M307" s="5"/>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>1906</v>
+        <v>1915</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C308" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H308" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H308" s="5" t="s">
+        <v>1916</v>
       </c>
       <c r="I308" s="5"/>
       <c r="J308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K308" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>1907</v>
+        <v>1917</v>
       </c>
       <c r="M308" s="5"/>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>1906</v>
+        <v>1918</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C309" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
       <c r="I309" s="5"/>
       <c r="J309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K309" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="M309" s="5"/>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>1910</v>
+        <v>1921</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H310" s="5" t="s">
-        <v>1725</v>
+      <c r="H310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I310" s="5"/>
       <c r="J310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K310" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
       <c r="M310" s="5"/>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>1912</v>
+        <v>1921</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>1725</v>
+        <v>1923</v>
       </c>
       <c r="I311" s="5"/>
       <c r="J311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K311" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>1913</v>
+        <v>1924</v>
       </c>
       <c r="M311" s="5"/>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>1914</v>
+        <v>1925</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C312" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H312" s="5" t="s">
-        <v>1831</v>
+        <v>1740</v>
       </c>
       <c r="I312" s="5"/>
       <c r="J312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K312" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>1915</v>
+        <v>1926</v>
       </c>
       <c r="M312" s="5"/>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>1916</v>
+        <v>1927</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C313" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>1917</v>
+        <v>1740</v>
       </c>
       <c r="I313" s="5"/>
       <c r="J313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K313" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>1918</v>
+        <v>1928</v>
       </c>
       <c r="M313" s="5"/>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>1919</v>
+        <v>1929</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C314" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H314" s="5" t="s">
-        <v>1883</v>
+        <v>1846</v>
       </c>
       <c r="I314" s="5"/>
       <c r="J314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K314" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>1920</v>
+        <v>1930</v>
       </c>
       <c r="M314" s="5"/>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>1921</v>
+        <v>1931</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C315" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H315" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H315" s="5" t="s">
+        <v>1932</v>
       </c>
       <c r="I315" s="5"/>
       <c r="J315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K315" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>1922</v>
+        <v>1933</v>
       </c>
       <c r="M315" s="5"/>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>1923</v>
+        <v>1934</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>1924</v>
+        <v>1898</v>
       </c>
       <c r="I316" s="5"/>
       <c r="J316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K316" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>1925</v>
+        <v>1935</v>
       </c>
       <c r="M316" s="5"/>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>1926</v>
+        <v>1936</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C317" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H317" s="5" t="s">
-        <v>1834</v>
+      <c r="H317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I317" s="5"/>
       <c r="J317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K317" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>1927</v>
+        <v>1937</v>
       </c>
       <c r="M317" s="5"/>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1928</v>
+        <v>1938</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C318" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>1834</v>
+        <v>1939</v>
       </c>
       <c r="I318" s="5"/>
       <c r="J318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K318" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1929</v>
+        <v>1940</v>
       </c>
       <c r="M318" s="5"/>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1930</v>
+        <v>1941</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>1834</v>
+        <v>1849</v>
       </c>
       <c r="I319" s="5"/>
       <c r="J319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K319" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>1931</v>
+        <v>1942</v>
       </c>
       <c r="M319" s="5"/>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>1932</v>
+        <v>1943</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C320" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="s">
-        <v>1834</v>
+        <v>1849</v>
       </c>
       <c r="I320" s="5"/>
       <c r="J320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K320" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>1933</v>
+        <v>1944</v>
       </c>
       <c r="M320" s="5"/>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>1934</v>
+        <v>1945</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C321" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
-        <v>1725</v>
+        <v>1849</v>
       </c>
       <c r="I321" s="5"/>
       <c r="J321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K321" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>1935</v>
+        <v>1946</v>
       </c>
       <c r="M321" s="5"/>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>1936</v>
+        <v>1947</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C322" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H322" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H322" s="5" t="s">
+        <v>1849</v>
       </c>
       <c r="I322" s="5"/>
       <c r="J322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K322" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
       <c r="M322" s="5"/>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>1938</v>
+        <v>1949</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C323" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H323" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H323" s="5" t="s">
+        <v>1740</v>
       </c>
       <c r="I323" s="5"/>
       <c r="J323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K323" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>1939</v>
+        <v>1950</v>
       </c>
       <c r="M323" s="5"/>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>1940</v>
+        <v>1951</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C324" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H324" s="5" t="s">
-        <v>1941</v>
+      <c r="H324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I324" s="5"/>
       <c r="J324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K324" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>1942</v>
+        <v>1952</v>
       </c>
       <c r="M324" s="5"/>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>1943</v>
+        <v>1953</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C325" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H325" s="5" t="s">
-        <v>1944</v>
+      <c r="H325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I325" s="5"/>
       <c r="J325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K325" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M325" s="5"/>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C326" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>1834</v>
+        <v>1956</v>
       </c>
       <c r="I326" s="5"/>
       <c r="J326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K326" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>1947</v>
+        <v>1957</v>
       </c>
       <c r="M326" s="5"/>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>1948</v>
+        <v>1958</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C327" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>1725</v>
+        <v>1959</v>
       </c>
       <c r="I327" s="5"/>
       <c r="J327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K327" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>1949</v>
+        <v>1960</v>
       </c>
       <c r="M327" s="5"/>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>1950</v>
+        <v>1961</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H328" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H328" s="5" t="s">
+        <v>1849</v>
       </c>
       <c r="I328" s="5"/>
       <c r="J328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K328" s="5" t="s">
-        <v>1794</v>
+        <v>1824</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>1951</v>
+        <v>1962</v>
       </c>
       <c r="M328" s="5"/>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>1952</v>
+        <v>1963</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>1707</v>
+        <v>27</v>
       </c>
       <c r="D329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H329" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H329" s="5" t="s">
+        <v>1740</v>
       </c>
       <c r="I329" s="5"/>
       <c r="J329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K329" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>1953</v>
+        <v>1964</v>
       </c>
       <c r="M329" s="5"/>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>1954</v>
+        <v>1965</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C330" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H330" s="5" t="s">
-        <v>1725</v>
+      <c r="H330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I330" s="5"/>
       <c r="J330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K330" s="5" t="s">
         <v>1809</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>1955</v>
+        <v>1966</v>
       </c>
       <c r="M330" s="5"/>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>1956</v>
+        <v>1967</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C331" s="5" t="s">
-        <v>27</v>
+        <v>1722</v>
       </c>
       <c r="D331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H331" s="5" t="s">
-        <v>1725</v>
+      <c r="H331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I331" s="5"/>
       <c r="J331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K331" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>1957</v>
+        <v>1968</v>
       </c>
       <c r="M331" s="5"/>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>1958</v>
+        <v>1969</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C332" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>1831</v>
+        <v>1740</v>
       </c>
       <c r="I332" s="5"/>
       <c r="J332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K332" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>1959</v>
+        <v>1970</v>
       </c>
       <c r="M332" s="5"/>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>1960</v>
+        <v>1971</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C333" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H333" s="5" t="s">
-        <v>1831</v>
+        <v>1740</v>
       </c>
       <c r="I333" s="5"/>
       <c r="J333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K333" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>1961</v>
+        <v>1972</v>
       </c>
       <c r="M333" s="5"/>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>1962</v>
+        <v>1973</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C334" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H334" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H334" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I334" s="5"/>
       <c r="J334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K334" s="5" t="s">
-        <v>1794</v>
+        <v>1824</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>1963</v>
+        <v>1974</v>
       </c>
       <c r="M334" s="5"/>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>1964</v>
+        <v>1975</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C335" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H335" s="5" t="s">
-        <v>1834</v>
+        <v>1846</v>
       </c>
       <c r="I335" s="5"/>
       <c r="J335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K335" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>1965</v>
+        <v>1976</v>
       </c>
       <c r="M335" s="5"/>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>1966</v>
+        <v>1977</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C336" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H336" s="5" t="s">
-        <v>1917</v>
+      <c r="H336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I336" s="5"/>
       <c r="J336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K336" s="5" t="s">
         <v>1809</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>1967</v>
+        <v>1978</v>
       </c>
       <c r="M336" s="5"/>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>1968</v>
+        <v>1979</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C337" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H337" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H337" s="5" t="s">
+        <v>1849</v>
       </c>
       <c r="I337" s="5"/>
       <c r="J337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K337" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>1969</v>
+        <v>1980</v>
       </c>
       <c r="M337" s="5"/>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>1970</v>
+        <v>1981</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C338" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H338" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H338" s="5" t="s">
+        <v>1932</v>
       </c>
       <c r="I338" s="5"/>
       <c r="J338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K338" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>1971</v>
+        <v>1982</v>
       </c>
       <c r="M338" s="5"/>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>1972</v>
+        <v>1983</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C339" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I339" s="5"/>
       <c r="J339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K339" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>1973</v>
+        <v>1984</v>
       </c>
       <c r="M339" s="5"/>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>1974</v>
+        <v>1985</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C340" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I340" s="5"/>
       <c r="J340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K340" s="5" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>1975</v>
+        <v>1986</v>
       </c>
       <c r="M340" s="5"/>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>1976</v>
+        <v>1987</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C341" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I341" s="5"/>
       <c r="J341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K341" s="5" t="s">
-        <v>1794</v>
+        <v>1824</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>1977</v>
+        <v>1988</v>
       </c>
       <c r="M341" s="5"/>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>1978</v>
+        <v>1989</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C342" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H342" s="5" t="s">
-        <v>1707</v>
+      <c r="H342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I342" s="5"/>
       <c r="J342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K342" s="5" t="s">
-        <v>1794</v>
+        <v>1824</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>1979</v>
+        <v>1990</v>
       </c>
       <c r="M342" s="5"/>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>1980</v>
+        <v>1991</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C343" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I343" s="5"/>
       <c r="J343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K343" s="5" t="s">
-        <v>1794</v>
+        <v>1809</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>1981</v>
+        <v>1992</v>
       </c>
       <c r="M343" s="5"/>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H344" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H344" s="5" t="s">
+        <v>1722</v>
       </c>
       <c r="I344" s="5"/>
       <c r="J344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K344" s="5" t="s">
-        <v>1983</v>
+        <v>1809</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>1984</v>
+        <v>1994</v>
       </c>
       <c r="M344" s="5"/>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C345" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H345" s="5" t="s">
-        <v>1985</v>
+      <c r="H345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I345" s="5"/>
       <c r="J345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K345" s="5" t="s">
-        <v>1794</v>
+        <v>1809</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>1986</v>
+        <v>1996</v>
       </c>
       <c r="M345" s="5"/>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>1987</v>
+        <v>1997</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C346" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I346" s="5"/>
       <c r="J346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K346" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>1988</v>
+        <v>1999</v>
       </c>
       <c r="M346" s="5"/>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>1989</v>
+        <v>1997</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>1834</v>
+        <v>2000</v>
       </c>
       <c r="I347" s="5"/>
       <c r="J347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K347" s="5" t="s">
-        <v>1983</v>
+        <v>1809</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="M347" s="5"/>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C348" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I348" s="5"/>
       <c r="J348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K348" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="M348" s="5"/>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="B349" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C349" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D349" s="5" t="s">
-[...3 lines deleted...]
-        <v>1439</v>
+      <c r="D349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G349" s="5" t="s">
-        <v>1994</v>
+      <c r="G349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H349" s="5" t="s">
-        <v>1995</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>1849</v>
+      </c>
+      <c r="I349" s="5"/>
+      <c r="J349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K349" s="5" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="M349" s="5"/>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C350" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I350" s="5"/>
       <c r="J350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K350" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="M350" s="5"/>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="B351" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D351" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D351" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E351" s="5" t="s">
+        <v>1439</v>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G351" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G351" s="5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="H351" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="I351" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="J351" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>1983</v>
+        <v>2012</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="M351" s="5"/>
+        <v>2013</v>
+      </c>
+      <c r="M351" s="5" t="s">
+        <v>2014</v>
+      </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C352" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H352" s="5" t="s">
-        <v>1707</v>
+      <c r="H352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I352" s="5"/>
       <c r="J352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K352" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="M352" s="5"/>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C353" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I353" s="5"/>
       <c r="J353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K353" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="M353" s="5"/>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C354" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H354" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H354" s="5" t="s">
+        <v>1722</v>
       </c>
       <c r="I354" s="5"/>
       <c r="J354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K354" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="M354" s="5"/>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C355" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I355" s="5"/>
       <c r="J355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K355" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="M355" s="5"/>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H356" s="5" t="s">
-        <v>1831</v>
+      <c r="H356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I356" s="5"/>
       <c r="J356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K356" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="M356" s="5"/>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H357" s="5" t="s">
-        <v>1831</v>
+      <c r="H357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I357" s="5"/>
       <c r="J357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K357" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2015</v>
+        <v>2026</v>
       </c>
       <c r="M357" s="5"/>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>2016</v>
+        <v>2027</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C358" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H358" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H358" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I358" s="5"/>
       <c r="J358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K358" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="M358" s="5"/>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2018</v>
+        <v>2029</v>
       </c>
       <c r="B359" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C359" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H359" s="5" t="s">
-        <v>1831</v>
+        <v>1846</v>
       </c>
       <c r="I359" s="5"/>
       <c r="J359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K359" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2019</v>
+        <v>2030</v>
       </c>
       <c r="M359" s="5"/>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2020</v>
+        <v>2031</v>
       </c>
       <c r="B360" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C360" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I360" s="5"/>
       <c r="J360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K360" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>2021</v>
+        <v>2032</v>
       </c>
       <c r="M360" s="5"/>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2022</v>
+        <v>2033</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H361" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H361" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I361" s="5"/>
       <c r="J361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K361" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>2023</v>
+        <v>2034</v>
       </c>
       <c r="M361" s="5"/>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>2024</v>
+        <v>2035</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C362" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I362" s="5"/>
       <c r="J362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K362" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>2025</v>
+        <v>2036</v>
       </c>
       <c r="M362" s="5"/>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2026</v>
+        <v>2037</v>
       </c>
       <c r="B363" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C363" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I363" s="5"/>
       <c r="J363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K363" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>2027</v>
+        <v>2038</v>
       </c>
       <c r="M363" s="5"/>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>2026</v>
+        <v>2039</v>
       </c>
       <c r="B364" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C364" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I364" s="5"/>
       <c r="J364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2028</v>
+        <v>1998</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2029</v>
+        <v>2040</v>
       </c>
       <c r="M364" s="5"/>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2030</v>
+        <v>2041</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C365" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H365" s="5" t="s">
-        <v>1831</v>
+      <c r="H365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I365" s="5"/>
       <c r="J365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K365" s="5" t="s">
-        <v>2028</v>
+        <v>1998</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2031</v>
+        <v>2042</v>
       </c>
       <c r="M365" s="5"/>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2032</v>
+        <v>2041</v>
       </c>
       <c r="B366" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C366" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I366" s="5"/>
       <c r="J366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K366" s="5" t="s">
-        <v>1983</v>
+        <v>2043</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2033</v>
+        <v>2044</v>
       </c>
       <c r="M366" s="5"/>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2034</v>
+        <v>2045</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C367" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H367" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H367" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I367" s="5"/>
       <c r="J367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K367" s="5" t="s">
-        <v>1983</v>
+        <v>2043</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>2035</v>
+        <v>2046</v>
       </c>
       <c r="M367" s="5"/>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>2036</v>
+        <v>2047</v>
       </c>
       <c r="B368" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C368" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H368" s="5" t="s">
-        <v>2037</v>
+      <c r="H368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I368" s="5"/>
       <c r="J368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K368" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>2038</v>
+        <v>2048</v>
       </c>
       <c r="M368" s="5"/>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>2039</v>
+        <v>2049</v>
       </c>
       <c r="B369" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C369" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I369" s="5"/>
       <c r="J369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K369" s="5" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="L369" s="6" t="s">
-        <v>2040</v>
+        <v>2050</v>
       </c>
       <c r="M369" s="5"/>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>2041</v>
+        <v>2051</v>
       </c>
       <c r="B370" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C370" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H370" s="5" t="s">
-        <v>2042</v>
+        <v>2052</v>
       </c>
       <c r="I370" s="5"/>
       <c r="J370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K370" s="5" t="s">
-        <v>2028</v>
+        <v>1998</v>
       </c>
       <c r="L370" s="6" t="s">
-        <v>2043</v>
+        <v>2053</v>
       </c>
       <c r="M370" s="5"/>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>2044</v>
+        <v>2054</v>
       </c>
       <c r="B371" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C371" s="5" t="s">
-        <v>1382</v>
-[...8 lines deleted...]
-        <v>29</v>
+        <v>27</v>
+      </c>
+      <c r="D371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H371" s="5" t="s">
-[...6 lines deleted...]
-        <v>262</v>
+      <c r="H371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I371" s="5"/>
+      <c r="J371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K371" s="5" t="s">
-        <v>2048</v>
+        <v>1998</v>
       </c>
       <c r="L371" s="6" t="s">
-        <v>2049</v>
-[...3 lines deleted...]
-      </c>
+        <v>2055</v>
+      </c>
+      <c r="M371" s="5"/>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="B372" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C372" s="5" t="s">
-        <v>928</v>
-[...5 lines deleted...]
-        <v>1654</v>
+        <v>27</v>
+      </c>
+      <c r="D372" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E372" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H372" s="5" t="s">
-        <v>1803</v>
+        <v>2057</v>
       </c>
       <c r="I372" s="5"/>
-      <c r="J372" s="5" t="s">
-        <v>1283</v>
+      <c r="J372" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K372" s="5" t="s">
-        <v>2052</v>
+        <v>2043</v>
       </c>
       <c r="L372" s="6" t="s">
-        <v>2053</v>
-[...3 lines deleted...]
-      </c>
+        <v>2058</v>
+      </c>
+      <c r="M372" s="5"/>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>2055</v>
+        <v>2059</v>
       </c>
       <c r="B373" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C373" s="5" t="s">
-        <v>111</v>
+        <v>1382</v>
       </c>
       <c r="D373" s="5" t="s">
-        <v>1738</v>
-[...4 lines deleted...]
-        </is>
+        <v>698</v>
+      </c>
+      <c r="E373" s="5" t="s">
+        <v>2060</v>
       </c>
       <c r="F373" s="5" t="s">
-        <v>2056</v>
+        <v>29</v>
       </c>
       <c r="G373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H373" s="5" t="s">
-        <v>2057</v>
+        <v>2061</v>
       </c>
       <c r="I373" s="5" t="s">
-        <v>2058</v>
+        <v>2062</v>
       </c>
       <c r="J373" s="5" t="s">
         <v>262</v>
       </c>
       <c r="K373" s="5" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="L373" s="6" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="M373" s="5" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B374" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C374" s="5" t="s">
-        <v>111</v>
+        <v>928</v>
       </c>
       <c r="D374" s="5" t="s">
-        <v>1738</v>
-[...10 lines deleted...]
-        <v>2063</v>
+        <v>1271</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F374" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G374" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H374" s="5" t="s">
-        <v>2064</v>
-[...3 lines deleted...]
-      </c>
+        <v>1818</v>
+      </c>
+      <c r="I374" s="5"/>
       <c r="J374" s="5" t="s">
-        <v>2066</v>
+        <v>1283</v>
       </c>
       <c r="K374" s="5" t="s">
         <v>2067</v>
       </c>
       <c r="L374" s="6" t="s">
         <v>2068</v>
       </c>
       <c r="M374" s="5" t="s">
         <v>2069</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
         <v>2070</v>
       </c>
       <c r="B375" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C375" s="5" t="s">
-        <v>655</v>
+        <v>111</v>
       </c>
       <c r="D375" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E375" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F375" s="5" t="s">
         <v>2071</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
       <c r="G375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H375" s="5" t="s">
         <v>2072</v>
       </c>
       <c r="I375" s="5" t="s">
         <v>2073</v>
       </c>
       <c r="J375" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="K375" s="5" t="s">
         <v>2074</v>
       </c>
-      <c r="K375" s="5" t="s">
+      <c r="L375" s="6" t="s">
         <v>2075</v>
       </c>
-      <c r="L375" s="6" t="s">
+      <c r="M375" s="5" t="s">
         <v>2076</v>
-      </c>
-[...1 lines deleted...]
-        <v>2077</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C376" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D376" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E376" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F376" s="5" t="s">
+        <v>2071</v>
+      </c>
+      <c r="G376" s="5" t="s">
         <v>2078</v>
-      </c>
-[...24 lines deleted...]
-        </is>
       </c>
       <c r="H376" s="5" t="s">
         <v>2079</v>
       </c>
-      <c r="I376" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I376" s="5" t="s">
+        <v>2080</v>
+      </c>
+      <c r="J376" s="5" t="s">
+        <v>2081</v>
       </c>
       <c r="K376" s="5" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2081</v>
-[...1 lines deleted...]
-      <c r="M376" s="5"/>
+        <v>2083</v>
+      </c>
+      <c r="M376" s="5" t="s">
+        <v>2084</v>
+      </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="B377" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C377" s="5" t="s">
-        <v>27</v>
-[...14 lines deleted...]
-        </is>
+        <v>655</v>
+      </c>
+      <c r="D377" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="5" t="s">
+        <v>2086</v>
+      </c>
+      <c r="F377" s="5" t="s">
+        <v>892</v>
       </c>
       <c r="G377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H377" s="5" t="s">
-        <v>2083</v>
-[...5 lines deleted...]
-        </is>
+        <v>2087</v>
+      </c>
+      <c r="I377" s="5" t="s">
+        <v>2088</v>
+      </c>
+      <c r="J377" s="5" t="s">
+        <v>2089</v>
       </c>
       <c r="K377" s="5" t="s">
-        <v>2084</v>
+        <v>2090</v>
       </c>
       <c r="L377" s="6" t="s">
-        <v>2085</v>
-[...1 lines deleted...]
-      <c r="M377" s="5"/>
+        <v>2091</v>
+      </c>
+      <c r="M377" s="5" t="s">
+        <v>2092</v>
+      </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>2086</v>
+        <v>2093</v>
       </c>
       <c r="B378" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C378" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H378" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H378" s="5" t="s">
+        <v>2094</v>
       </c>
       <c r="I378" s="5"/>
       <c r="J378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K378" s="5" t="s">
-        <v>2084</v>
+        <v>2095</v>
       </c>
       <c r="L378" s="6" t="s">
-        <v>2087</v>
+        <v>2096</v>
       </c>
       <c r="M378" s="5"/>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>2088</v>
+        <v>2097</v>
       </c>
       <c r="B379" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C379" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H379" s="5" t="s">
-        <v>1831</v>
+        <v>2098</v>
       </c>
       <c r="I379" s="5"/>
       <c r="J379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K379" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L379" s="6" t="s">
-        <v>2089</v>
+        <v>2100</v>
       </c>
       <c r="M379" s="5"/>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
-        <v>2090</v>
+        <v>2101</v>
       </c>
       <c r="B380" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C380" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H380" s="5" t="s">
-        <v>1831</v>
+      <c r="H380" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I380" s="5"/>
       <c r="J380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K380" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L380" s="6" t="s">
-        <v>2091</v>
+        <v>2102</v>
       </c>
       <c r="M380" s="5"/>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>2092</v>
+        <v>2103</v>
       </c>
       <c r="B381" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C381" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H381" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H381" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I381" s="5"/>
       <c r="J381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K381" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L381" s="6" t="s">
-        <v>2093</v>
+        <v>2104</v>
       </c>
       <c r="M381" s="5"/>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2094</v>
+        <v>2105</v>
       </c>
       <c r="B382" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C382" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H382" s="5" t="s">
-        <v>1831</v>
+        <v>1846</v>
       </c>
       <c r="I382" s="5"/>
       <c r="J382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K382" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L382" s="6" t="s">
-        <v>2095</v>
+        <v>2106</v>
       </c>
       <c r="M382" s="5"/>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2096</v>
+        <v>2107</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C383" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I383" s="5"/>
       <c r="J383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K383" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>2097</v>
+        <v>2108</v>
       </c>
       <c r="M383" s="5"/>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2098</v>
+        <v>2109</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C384" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H384" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H384" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I384" s="5"/>
       <c r="J384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K384" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L384" s="6" t="s">
-        <v>2099</v>
+        <v>2110</v>
       </c>
       <c r="M384" s="5"/>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>2100</v>
+        <v>2111</v>
       </c>
       <c r="B385" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C385" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I385" s="5"/>
       <c r="J385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K385" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L385" s="6" t="s">
-        <v>2101</v>
+        <v>2112</v>
       </c>
       <c r="M385" s="5"/>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>2102</v>
+        <v>2113</v>
       </c>
       <c r="B386" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C386" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I386" s="5"/>
       <c r="J386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K386" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L386" s="6" t="s">
-        <v>2103</v>
+        <v>2114</v>
       </c>
       <c r="M386" s="5"/>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2104</v>
+        <v>2115</v>
       </c>
       <c r="B387" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C387" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H387" s="5" t="s">
-        <v>1831</v>
+      <c r="H387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I387" s="5"/>
       <c r="J387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K387" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L387" s="6" t="s">
-        <v>2105</v>
+        <v>2116</v>
       </c>
       <c r="M387" s="5"/>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2106</v>
+        <v>2117</v>
       </c>
       <c r="B388" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C388" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H388" s="5" t="s">
-        <v>1831</v>
+      <c r="H388" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I388" s="5"/>
       <c r="J388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K388" s="5" t="s">
-        <v>2028</v>
+        <v>2099</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>2107</v>
+        <v>2118</v>
       </c>
       <c r="M388" s="5"/>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2108</v>
+        <v>2119</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C389" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H389" s="5" t="s">
-        <v>1831</v>
+        <v>1846</v>
       </c>
       <c r="I389" s="5"/>
       <c r="J389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K389" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>2109</v>
+        <v>2120</v>
       </c>
       <c r="M389" s="5"/>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2110</v>
+        <v>2121</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C390" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H390" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H390" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I390" s="5"/>
       <c r="J390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K390" s="5" t="s">
-        <v>2111</v>
+        <v>2043</v>
       </c>
       <c r="L390" s="6" t="s">
-        <v>2112</v>
+        <v>2122</v>
       </c>
       <c r="M390" s="5"/>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C391" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H391" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H391" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I391" s="5"/>
       <c r="J391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K391" s="5" t="s">
-        <v>2111</v>
+        <v>2099</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="M391" s="5"/>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>2115</v>
+        <v>2125</v>
       </c>
       <c r="B392" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C392" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H392" s="5" t="s">
-        <v>1831</v>
+      <c r="H392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I392" s="5"/>
       <c r="J392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K392" s="5" t="s">
-        <v>2080</v>
+        <v>2126</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>2116</v>
+        <v>2127</v>
       </c>
       <c r="M392" s="5"/>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2117</v>
+        <v>2128</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C393" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I393" s="5"/>
       <c r="J393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K393" s="5" t="s">
-        <v>2111</v>
+        <v>2126</v>
       </c>
       <c r="L393" s="6" t="s">
-        <v>2118</v>
+        <v>2129</v>
       </c>
       <c r="M393" s="5"/>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2119</v>
+        <v>2130</v>
       </c>
       <c r="B394" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C394" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H394" s="5" t="s">
-        <v>2120</v>
+        <v>1846</v>
       </c>
       <c r="I394" s="5"/>
       <c r="J394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K394" s="5" t="s">
-        <v>2084</v>
+        <v>2095</v>
       </c>
       <c r="L394" s="6" t="s">
-        <v>2121</v>
+        <v>2131</v>
       </c>
       <c r="M394" s="5"/>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>2122</v>
+        <v>2132</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C395" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I395" s="5"/>
       <c r="J395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K395" s="5" t="s">
-        <v>2084</v>
+        <v>2126</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2123</v>
+        <v>2133</v>
       </c>
       <c r="M395" s="5"/>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2124</v>
+        <v>2134</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C396" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H396" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H396" s="5" t="s">
+        <v>2135</v>
       </c>
       <c r="I396" s="5"/>
       <c r="J396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K396" s="5" t="s">
-        <v>2080</v>
+        <v>2099</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2125</v>
+        <v>2136</v>
       </c>
       <c r="M396" s="5"/>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2126</v>
+        <v>2137</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C397" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H397" s="5" t="s">
-        <v>1831</v>
+      <c r="H397" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I397" s="5"/>
       <c r="J397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K397" s="5" t="s">
-        <v>2080</v>
+        <v>2099</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2127</v>
+        <v>2138</v>
       </c>
       <c r="M397" s="5"/>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2128</v>
+        <v>2139</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C398" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I398" s="5"/>
       <c r="J398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K398" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2129</v>
+        <v>2140</v>
       </c>
       <c r="M398" s="5"/>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2130</v>
+        <v>2141</v>
       </c>
       <c r="B399" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C399" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H399" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H399" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I399" s="5"/>
       <c r="J399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2131</v>
+        <v>2142</v>
       </c>
       <c r="M399" s="5"/>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2132</v>
+        <v>2143</v>
       </c>
       <c r="B400" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C400" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I400" s="5"/>
       <c r="J400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2133</v>
+        <v>2144</v>
       </c>
       <c r="M400" s="5"/>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2134</v>
+        <v>2145</v>
       </c>
       <c r="B401" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C401" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H401" s="5" t="s">
-        <v>1831</v>
+      <c r="H401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I401" s="5"/>
       <c r="J401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K401" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2135</v>
+        <v>2146</v>
       </c>
       <c r="M401" s="5"/>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2136</v>
+        <v>2147</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C402" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I402" s="5"/>
       <c r="J402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2137</v>
+        <v>2148</v>
       </c>
       <c r="M402" s="5"/>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2138</v>
+        <v>2149</v>
       </c>
       <c r="B403" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C403" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H403" s="5" t="s">
-        <v>1831</v>
+        <v>1846</v>
       </c>
       <c r="I403" s="5"/>
       <c r="J403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K403" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2139</v>
+        <v>2150</v>
       </c>
       <c r="M403" s="5"/>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>2140</v>
+        <v>2151</v>
       </c>
       <c r="B404" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C404" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I404" s="5"/>
       <c r="J404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K404" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2141</v>
+        <v>2152</v>
       </c>
       <c r="M404" s="5"/>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2142</v>
+        <v>2153</v>
       </c>
       <c r="B405" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C405" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H405" s="5" t="s">
-        <v>2143</v>
+        <v>1846</v>
       </c>
       <c r="I405" s="5"/>
       <c r="J405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K405" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2144</v>
+        <v>2154</v>
       </c>
       <c r="M405" s="5"/>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>2145</v>
+        <v>2155</v>
       </c>
       <c r="B406" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C406" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H406" s="5" t="s">
-        <v>1831</v>
+      <c r="H406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I406" s="5"/>
       <c r="J406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K406" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
       <c r="M406" s="5"/>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>2147</v>
+        <v>2157</v>
       </c>
       <c r="B407" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C407" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H407" s="5" t="s">
-        <v>2143</v>
+        <v>2158</v>
       </c>
       <c r="I407" s="5"/>
       <c r="J407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K407" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2148</v>
+        <v>2159</v>
       </c>
       <c r="M407" s="5"/>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2149</v>
+        <v>2160</v>
       </c>
       <c r="B408" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C408" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H408" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H408" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I408" s="5"/>
       <c r="J408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K408" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2150</v>
+        <v>2161</v>
       </c>
       <c r="M408" s="5"/>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2151</v>
+        <v>2162</v>
       </c>
       <c r="B409" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C409" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H409" s="5" t="s">
-        <v>1831</v>
+        <v>2158</v>
       </c>
       <c r="I409" s="5"/>
       <c r="J409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K409" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2152</v>
+        <v>2163</v>
       </c>
       <c r="M409" s="5"/>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2151</v>
+        <v>2164</v>
       </c>
       <c r="B410" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C410" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I410" s="5"/>
       <c r="J410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K410" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2153</v>
+        <v>2165</v>
       </c>
       <c r="M410" s="5"/>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2154</v>
+        <v>2166</v>
       </c>
       <c r="B411" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C411" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H411" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H411" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I411" s="5"/>
       <c r="J411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K411" s="5" t="s">
-        <v>2155</v>
+        <v>2095</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2156</v>
+        <v>2167</v>
       </c>
       <c r="M411" s="5"/>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2157</v>
+        <v>2166</v>
       </c>
       <c r="B412" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C412" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H412" s="5" t="s">
-        <v>2143</v>
+      <c r="H412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I412" s="5"/>
       <c r="J412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K412" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2158</v>
+        <v>2168</v>
       </c>
       <c r="M412" s="5"/>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2159</v>
+        <v>2169</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C413" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I413" s="5"/>
       <c r="J413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K413" s="5" t="s">
-        <v>2080</v>
+        <v>2170</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2160</v>
+        <v>2171</v>
       </c>
       <c r="M413" s="5"/>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2161</v>
+        <v>2172</v>
       </c>
       <c r="B414" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C414" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H414" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H414" s="5" t="s">
+        <v>2158</v>
       </c>
       <c r="I414" s="5"/>
       <c r="J414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K414" s="5" t="s">
-        <v>2084</v>
+        <v>2095</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2162</v>
+        <v>2173</v>
       </c>
       <c r="M414" s="5"/>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2163</v>
+        <v>2174</v>
       </c>
       <c r="B415" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C415" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H415" s="5" t="s">
-        <v>2164</v>
+      <c r="H415" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I415" s="5"/>
       <c r="J415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K415" s="5" t="s">
-        <v>2084</v>
+        <v>2095</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2165</v>
+        <v>2175</v>
       </c>
       <c r="M415" s="5"/>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2166</v>
+        <v>2176</v>
       </c>
       <c r="B416" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C416" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H416" s="5" t="s">
-        <v>2079</v>
+      <c r="H416" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I416" s="5"/>
       <c r="J416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K416" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2167</v>
+        <v>2177</v>
       </c>
       <c r="M416" s="5"/>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2168</v>
+        <v>2178</v>
       </c>
       <c r="B417" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C417" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H417" s="5" t="s">
-        <v>2079</v>
+        <v>2179</v>
       </c>
       <c r="I417" s="5"/>
       <c r="J417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2169</v>
+        <v>2180</v>
       </c>
       <c r="M417" s="5"/>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>2170</v>
+        <v>2181</v>
       </c>
       <c r="B418" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C418" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H418" s="5" t="s">
-        <v>1831</v>
+        <v>2094</v>
       </c>
       <c r="I418" s="5"/>
       <c r="J418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2171</v>
+        <v>2182</v>
       </c>
       <c r="M418" s="5"/>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2172</v>
+        <v>2183</v>
       </c>
       <c r="B419" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C419" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H419" s="5" t="s">
-        <v>2079</v>
+        <v>2094</v>
       </c>
       <c r="I419" s="5"/>
       <c r="J419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2173</v>
+        <v>2184</v>
       </c>
       <c r="M419" s="5"/>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2174</v>
+        <v>2185</v>
       </c>
       <c r="B420" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C420" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H420" s="5" t="s">
-        <v>2175</v>
+        <v>1846</v>
       </c>
       <c r="I420" s="5"/>
       <c r="J420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2176</v>
+        <v>2186</v>
       </c>
       <c r="M420" s="5"/>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2177</v>
+        <v>2187</v>
       </c>
       <c r="B421" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C421" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H421" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H421" s="5" t="s">
+        <v>2094</v>
       </c>
       <c r="I421" s="5"/>
       <c r="J421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2178</v>
+        <v>2188</v>
       </c>
       <c r="M421" s="5"/>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2179</v>
+        <v>2189</v>
       </c>
       <c r="B422" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C422" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H422" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H422" s="5" t="s">
+        <v>2190</v>
       </c>
       <c r="I422" s="5"/>
       <c r="J422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2180</v>
+        <v>2191</v>
       </c>
       <c r="M422" s="5"/>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2181</v>
+        <v>2192</v>
       </c>
       <c r="B423" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C423" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I423" s="5"/>
       <c r="J423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K423" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2182</v>
+        <v>2193</v>
       </c>
       <c r="M423" s="5"/>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>2183</v>
+        <v>2194</v>
       </c>
       <c r="B424" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C424" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I424" s="5"/>
       <c r="J424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K424" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2184</v>
+        <v>2195</v>
       </c>
       <c r="M424" s="5"/>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2185</v>
+        <v>2196</v>
       </c>
       <c r="B425" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C425" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I425" s="5"/>
       <c r="J425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2186</v>
+        <v>2197</v>
       </c>
       <c r="M425" s="5"/>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2187</v>
+        <v>2198</v>
       </c>
       <c r="B426" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C426" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I426" s="5"/>
       <c r="J426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2188</v>
+        <v>2199</v>
       </c>
       <c r="M426" s="5"/>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2189</v>
+        <v>2200</v>
       </c>
       <c r="B427" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C427" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H427" s="5" t="s">
-        <v>2120</v>
+      <c r="H427" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I427" s="5"/>
       <c r="J427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2080</v>
+        <v>2099</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2190</v>
+        <v>2201</v>
       </c>
       <c r="M427" s="5"/>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2191</v>
+        <v>2202</v>
       </c>
       <c r="B428" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C428" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I428" s="5"/>
       <c r="J428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2192</v>
+        <v>2203</v>
       </c>
       <c r="M428" s="5"/>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2193</v>
+        <v>2204</v>
       </c>
       <c r="B429" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C429" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H429" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H429" s="5" t="s">
+        <v>2135</v>
       </c>
       <c r="I429" s="5"/>
       <c r="J429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K429" s="5" t="s">
-        <v>2084</v>
+        <v>2095</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2194</v>
+        <v>2205</v>
       </c>
       <c r="M429" s="5"/>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2195</v>
+        <v>2206</v>
       </c>
       <c r="B430" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C430" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H430" s="5" t="s">
-        <v>2079</v>
+      <c r="H430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I430" s="5"/>
       <c r="J430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2196</v>
+        <v>2207</v>
       </c>
       <c r="M430" s="5"/>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2197</v>
+        <v>2208</v>
       </c>
       <c r="B431" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C431" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H431" s="5" t="s">
-        <v>2120</v>
+      <c r="H431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I431" s="5"/>
       <c r="J431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2198</v>
+        <v>2209</v>
       </c>
       <c r="M431" s="5"/>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2199</v>
+        <v>2210</v>
       </c>
       <c r="B432" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C432" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H432" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H432" s="5" t="s">
+        <v>2094</v>
       </c>
       <c r="I432" s="5"/>
       <c r="J432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2200</v>
+        <v>2211</v>
       </c>
       <c r="M432" s="5"/>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2201</v>
+        <v>2212</v>
       </c>
       <c r="B433" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C433" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H433" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H433" s="5" t="s">
+        <v>2135</v>
       </c>
       <c r="I433" s="5"/>
       <c r="J433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2202</v>
+        <v>2213</v>
       </c>
       <c r="M433" s="5"/>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2203</v>
+        <v>2214</v>
       </c>
       <c r="B434" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C434" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I434" s="5"/>
       <c r="J434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2204</v>
+        <v>2215</v>
       </c>
       <c r="M434" s="5"/>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2205</v>
+        <v>2216</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C435" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H435" s="5" t="s">
-        <v>1831</v>
+      <c r="H435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I435" s="5"/>
       <c r="J435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2206</v>
+        <v>2217</v>
       </c>
       <c r="M435" s="5"/>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
-        <v>2207</v>
+        <v>2218</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C436" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I436" s="5"/>
       <c r="J436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K436" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2208</v>
+        <v>2219</v>
       </c>
       <c r="M436" s="5"/>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
-        <v>2209</v>
+        <v>2220</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C437" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H437" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H437" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I437" s="5"/>
       <c r="J437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2210</v>
+        <v>2221</v>
       </c>
       <c r="M437" s="5"/>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2211</v>
+        <v>2222</v>
       </c>
       <c r="B438" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C438" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I438" s="5"/>
       <c r="J438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2212</v>
+        <v>2223</v>
       </c>
       <c r="M438" s="5"/>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2213</v>
+        <v>2224</v>
       </c>
       <c r="B439" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C439" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I439" s="5"/>
       <c r="J439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2214</v>
+        <v>2225</v>
       </c>
       <c r="M439" s="5"/>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2215</v>
+        <v>2226</v>
       </c>
       <c r="B440" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C440" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I440" s="5"/>
       <c r="J440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2216</v>
+        <v>2227</v>
       </c>
       <c r="M440" s="5"/>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2217</v>
+        <v>2228</v>
       </c>
       <c r="B441" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C441" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H441" s="5" t="s">
-        <v>1831</v>
+      <c r="H441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I441" s="5"/>
       <c r="J441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2218</v>
+        <v>2229</v>
       </c>
       <c r="M441" s="5"/>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2219</v>
+        <v>2230</v>
       </c>
       <c r="B442" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C442" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I442" s="5"/>
       <c r="J442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2220</v>
+        <v>2231</v>
       </c>
       <c r="M442" s="5"/>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2221</v>
+        <v>2232</v>
       </c>
       <c r="B443" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C443" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H443" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H443" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="I443" s="5"/>
       <c r="J443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2222</v>
+        <v>2233</v>
       </c>
       <c r="M443" s="5"/>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2223</v>
+        <v>2234</v>
       </c>
       <c r="B444" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C444" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I444" s="5"/>
       <c r="J444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2224</v>
+        <v>2235</v>
       </c>
       <c r="M444" s="5"/>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2225</v>
+        <v>2236</v>
       </c>
       <c r="B445" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C445" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H445" s="5" t="s">
-        <v>2079</v>
+      <c r="H445" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I445" s="5"/>
       <c r="J445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2226</v>
+        <v>2237</v>
       </c>
       <c r="M445" s="5"/>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2227</v>
+        <v>2238</v>
       </c>
       <c r="B446" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C446" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I446" s="5"/>
       <c r="J446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2228</v>
+        <v>2239</v>
       </c>
       <c r="M446" s="5"/>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2229</v>
+        <v>2240</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C447" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H447" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H447" s="5" t="s">
+        <v>2094</v>
       </c>
       <c r="I447" s="5"/>
       <c r="J447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2230</v>
+        <v>2241</v>
       </c>
       <c r="M447" s="5"/>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>2231</v>
+        <v>2242</v>
       </c>
       <c r="B448" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C448" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H448" s="5" t="s">
-        <v>2079</v>
+      <c r="H448" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I448" s="5"/>
       <c r="J448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2232</v>
+        <v>2243</v>
       </c>
       <c r="M448" s="5"/>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2233</v>
+        <v>2244</v>
       </c>
       <c r="B449" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C449" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I449" s="5"/>
       <c r="J449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2234</v>
+        <v>2245</v>
       </c>
       <c r="M449" s="5"/>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2235</v>
+        <v>2246</v>
       </c>
       <c r="B450" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C450" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2120</v>
+        <v>2094</v>
       </c>
       <c r="I450" s="5"/>
       <c r="J450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2236</v>
+        <v>2247</v>
       </c>
       <c r="M450" s="5"/>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2237</v>
+        <v>2248</v>
       </c>
       <c r="B451" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C451" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I451" s="5"/>
       <c r="J451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2238</v>
+        <v>2249</v>
       </c>
       <c r="M451" s="5"/>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2239</v>
+        <v>2250</v>
       </c>
       <c r="B452" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C452" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H452" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H452" s="5" t="s">
+        <v>2135</v>
       </c>
       <c r="I452" s="5"/>
       <c r="J452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2240</v>
+        <v>2251</v>
       </c>
       <c r="M452" s="5"/>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2241</v>
+        <v>2252</v>
       </c>
       <c r="B453" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C453" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I453" s="5"/>
       <c r="J453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K453" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>2242</v>
+        <v>2253</v>
       </c>
       <c r="M453" s="5"/>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>2243</v>
+        <v>2254</v>
       </c>
       <c r="B454" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C454" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I454" s="5"/>
       <c r="J454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K454" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>2244</v>
+        <v>2255</v>
       </c>
       <c r="M454" s="5"/>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
-        <v>2245</v>
+        <v>2256</v>
       </c>
       <c r="B455" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C455" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I455" s="5"/>
       <c r="J455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K455" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>2246</v>
+        <v>2257</v>
       </c>
       <c r="M455" s="5"/>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
-        <v>2247</v>
+        <v>2258</v>
       </c>
       <c r="B456" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C456" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I456" s="5"/>
       <c r="J456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K456" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>2248</v>
+        <v>2259</v>
       </c>
       <c r="M456" s="5"/>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>2249</v>
+        <v>2260</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C457" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I457" s="5"/>
       <c r="J457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K457" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>2250</v>
+        <v>2261</v>
       </c>
       <c r="M457" s="5"/>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>2251</v>
+        <v>2262</v>
       </c>
       <c r="B458" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C458" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H458" s="5" t="s">
-        <v>2079</v>
+      <c r="H458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I458" s="5"/>
       <c r="J458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K458" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>2252</v>
+        <v>2263</v>
       </c>
       <c r="M458" s="5"/>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>2251</v>
+        <v>2264</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C459" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I459" s="5"/>
       <c r="J459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K459" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>2253</v>
+        <v>2265</v>
       </c>
       <c r="M459" s="5"/>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>2254</v>
+        <v>2266</v>
       </c>
       <c r="B460" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C460" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H460" s="5" t="s">
-        <v>2079</v>
+        <v>2094</v>
       </c>
       <c r="I460" s="5"/>
       <c r="J460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K460" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>2255</v>
+        <v>2267</v>
       </c>
       <c r="M460" s="5"/>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>2256</v>
+        <v>2266</v>
       </c>
       <c r="B461" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C461" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I461" s="5"/>
       <c r="J461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K461" s="5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>2257</v>
+        <v>2268</v>
       </c>
       <c r="M461" s="5"/>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>2258</v>
+        <v>2269</v>
       </c>
       <c r="B462" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C462" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H462" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H462" s="5" t="s">
+        <v>2094</v>
       </c>
       <c r="I462" s="5"/>
       <c r="J462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K462" s="5" t="s">
-        <v>2080</v>
+        <v>2099</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>2259</v>
+        <v>2270</v>
       </c>
       <c r="M462" s="5"/>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>2260</v>
+        <v>2271</v>
       </c>
       <c r="B463" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C463" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I463" s="5"/>
       <c r="J463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K463" s="5" t="s">
-        <v>2080</v>
+        <v>2099</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>2261</v>
+        <v>2272</v>
       </c>
       <c r="M463" s="5"/>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>2262</v>
+        <v>2273</v>
       </c>
       <c r="B464" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C464" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H464" s="5" t="s">
-        <v>1831</v>
+      <c r="H464" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I464" s="5"/>
       <c r="J464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K464" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>2263</v>
+        <v>2274</v>
       </c>
       <c r="M464" s="5"/>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>2264</v>
+        <v>2275</v>
       </c>
       <c r="B465" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C465" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I465" s="5"/>
       <c r="J465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K465" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L465" s="6" t="s">
-        <v>2265</v>
+        <v>2276</v>
       </c>
       <c r="M465" s="5"/>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>2266</v>
+        <v>2277</v>
       </c>
       <c r="B466" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C466" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H466" s="5" t="s">
-        <v>2079</v>
+        <v>1846</v>
       </c>
       <c r="I466" s="5"/>
       <c r="J466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K466" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>2267</v>
+        <v>2278</v>
       </c>
       <c r="M466" s="5"/>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>2268</v>
+        <v>2279</v>
       </c>
       <c r="B467" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C467" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I467" s="5"/>
       <c r="J467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K467" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>2269</v>
+        <v>2280</v>
       </c>
       <c r="M467" s="5"/>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>2270</v>
+        <v>2281</v>
       </c>
       <c r="B468" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C468" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H468" s="5" t="s">
-        <v>2271</v>
+        <v>2094</v>
       </c>
       <c r="I468" s="5"/>
       <c r="J468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K468" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
       <c r="M468" s="5"/>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
       <c r="B469" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C469" s="5" t="s">
-        <v>1382</v>
-[...8 lines deleted...]
-        <v>29</v>
+        <v>27</v>
+      </c>
+      <c r="D469" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E469" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F469" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H469" s="5" t="s">
-[...6 lines deleted...]
-        <v>262</v>
+      <c r="H469" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I469" s="5"/>
+      <c r="J469" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K469" s="5" t="s">
-        <v>2276</v>
+        <v>2095</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>2277</v>
-[...3 lines deleted...]
-      </c>
+        <v>2284</v>
+      </c>
+      <c r="M469" s="5"/>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>2279</v>
+        <v>2285</v>
       </c>
       <c r="B470" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C470" s="5" t="s">
-        <v>928</v>
-[...5 lines deleted...]
-        <v>1654</v>
+        <v>27</v>
+      </c>
+      <c r="D470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H470" s="5" t="s">
-        <v>2280</v>
-[...5 lines deleted...]
-        <v>1283</v>
+        <v>2286</v>
+      </c>
+      <c r="I470" s="5"/>
+      <c r="J470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K470" s="5" t="s">
-        <v>2282</v>
+        <v>2095</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>2283</v>
-[...3 lines deleted...]
-      </c>
+        <v>2287</v>
+      </c>
+      <c r="M470" s="5"/>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>2285</v>
+        <v>2288</v>
       </c>
       <c r="B471" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C471" s="5" t="s">
         <v>1382</v>
       </c>
       <c r="D471" s="5" t="s">
         <v>698</v>
       </c>
       <c r="E471" s="5" t="s">
-        <v>2045</v>
+        <v>2060</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>29</v>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="s">
-        <v>2286</v>
+        <v>2289</v>
       </c>
       <c r="I471" s="5" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="J471" s="5" t="s">
         <v>262</v>
       </c>
       <c r="K471" s="5" t="s">
-        <v>2288</v>
+        <v>2291</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>2289</v>
+        <v>2292</v>
       </c>
       <c r="M471" s="5" t="s">
-        <v>2290</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>2291</v>
+        <v>2294</v>
       </c>
       <c r="B472" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C472" s="5" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="D472" s="5" t="s">
-        <v>698</v>
+        <v>1271</v>
       </c>
       <c r="E472" s="5" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>2292</v>
+        <v>1669</v>
+      </c>
+      <c r="F472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H472" s="5" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="I472" s="5" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
       <c r="J472" s="5" t="s">
-        <v>262</v>
+        <v>1283</v>
       </c>
       <c r="K472" s="5" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="M472" s="5" t="s">
-        <v>2297</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="B473" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C473" s="5" t="s">
-        <v>27</v>
-[...14 lines deleted...]
-        </is>
+        <v>1382</v>
+      </c>
+      <c r="D473" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="E473" s="5" t="s">
+        <v>2060</v>
+      </c>
+      <c r="F473" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H473" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H473" s="5" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I473" s="5" t="s">
+        <v>2302</v>
+      </c>
+      <c r="J473" s="5" t="s">
+        <v>262</v>
       </c>
       <c r="K473" s="5" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="M473" s="5"/>
+        <v>2304</v>
+      </c>
+      <c r="M473" s="5" t="s">
+        <v>2305</v>
+      </c>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>2301</v>
+        <v>2306</v>
       </c>
       <c r="B474" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C474" s="5" t="s">
-        <v>1382</v>
+        <v>27</v>
       </c>
       <c r="D474" s="5" t="s">
         <v>698</v>
       </c>
       <c r="E474" s="5" t="s">
-        <v>2302</v>
+        <v>29</v>
       </c>
       <c r="F474" s="5" t="s">
-        <v>2303</v>
+        <v>29</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>2304</v>
+        <v>2307</v>
       </c>
       <c r="H474" s="5" t="s">
-        <v>2305</v>
+        <v>2308</v>
       </c>
       <c r="I474" s="5" t="s">
-        <v>2306</v>
+        <v>2309</v>
       </c>
       <c r="J474" s="5" t="s">
         <v>262</v>
       </c>
       <c r="K474" s="5" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="M474" s="5" t="s">
-        <v>2309</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>2310</v>
+        <v>2313</v>
       </c>
       <c r="B475" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C475" s="5" t="s">
-        <v>2311</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>27</v>
+      </c>
+      <c r="D475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G475" s="5" t="s">
-[...3 lines deleted...]
-        <v>2313</v>
+      <c r="G475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I475" s="5"/>
-      <c r="J475" s="5" t="s">
+      <c r="J475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K475" s="5" t="s">
         <v>2314</v>
       </c>
-      <c r="K475" s="5" t="s">
+      <c r="L475" s="6" t="s">
         <v>2315</v>
       </c>
-      <c r="L475" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M475" s="5"/>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>2318</v>
+        <v>2316</v>
       </c>
       <c r="B476" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C476" s="5" t="s">
-        <v>928</v>
+        <v>1382</v>
       </c>
       <c r="D476" s="5" t="s">
-        <v>1271</v>
+        <v>698</v>
       </c>
       <c r="E476" s="5" t="s">
-        <v>1654</v>
-[...9 lines deleted...]
-        </is>
+        <v>2317</v>
+      </c>
+      <c r="F476" s="5" t="s">
+        <v>2318</v>
+      </c>
+      <c r="G476" s="5" t="s">
+        <v>2319</v>
       </c>
       <c r="H476" s="5" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="I476" s="5" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="J476" s="5" t="s">
-        <v>1283</v>
+        <v>262</v>
       </c>
       <c r="K476" s="5" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="M476" s="5" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="B477" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C477" s="5" t="s">
-        <v>27</v>
+        <v>2326</v>
       </c>
       <c r="D477" s="5" t="s">
-        <v>111</v>
+        <v>1301</v>
       </c>
       <c r="E477" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G477" s="5" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="H477" s="5" t="s">
-        <v>2326</v>
-[...3 lines deleted...]
-      </c>
+        <v>2328</v>
+      </c>
+      <c r="I477" s="5"/>
       <c r="J477" s="5" t="s">
-        <v>31</v>
+        <v>2329</v>
       </c>
       <c r="K477" s="5" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="M477" s="5" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="B478" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C478" s="5" t="s">
-        <v>111</v>
+        <v>928</v>
       </c>
       <c r="D478" s="5" t="s">
-        <v>1725</v>
-[...4 lines deleted...]
-        </is>
+        <v>1271</v>
+      </c>
+      <c r="E478" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H478" s="5" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="I478" s="5" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="J478" s="5" t="s">
-        <v>262</v>
+        <v>1283</v>
       </c>
       <c r="K478" s="5" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="M478" s="5" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="B479" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C479" s="5" t="s">
-        <v>928</v>
+        <v>27</v>
       </c>
       <c r="D479" s="5" t="s">
-        <v>1271</v>
+        <v>111</v>
       </c>
       <c r="E479" s="5" t="s">
-        <v>1654</v>
+        <v>29</v>
       </c>
       <c r="F479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G479" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G479" s="5" t="s">
+        <v>2340</v>
       </c>
       <c r="H479" s="5" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="I479" s="5" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="J479" s="5" t="s">
-        <v>1283</v>
+        <v>31</v>
       </c>
       <c r="K479" s="5" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
       <c r="M479" s="5" t="s">
-        <v>2342</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
       <c r="B480" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C480" s="5" t="s">
-        <v>27</v>
+        <v>111</v>
       </c>
       <c r="D480" s="5" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>1740</v>
+      </c>
+      <c r="E480" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H480" s="5" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="I480" s="5" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="J480" s="5" t="s">
-        <v>31</v>
+        <v>262</v>
       </c>
       <c r="K480" s="5" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>2347</v>
+        <v>2350</v>
       </c>
       <c r="M480" s="5" t="s">
-        <v>2348</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
       <c r="B481" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C481" s="5" t="s">
-        <v>2311</v>
+        <v>928</v>
       </c>
       <c r="D481" s="5" t="s">
-        <v>1301</v>
+        <v>1271</v>
       </c>
       <c r="E481" s="5" t="s">
-        <v>28</v>
+        <v>1669</v>
       </c>
       <c r="F481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G481" s="5" t="s">
-        <v>2350</v>
+      <c r="G481" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H481" s="5" t="s">
-        <v>2351</v>
-[...1 lines deleted...]
-      <c r="I481" s="5"/>
+        <v>2353</v>
+      </c>
+      <c r="I481" s="5" t="s">
+        <v>2354</v>
+      </c>
       <c r="J481" s="5" t="s">
-        <v>2314</v>
+        <v>1283</v>
       </c>
       <c r="K481" s="5" t="s">
-        <v>2352</v>
+        <v>2355</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2353</v>
+        <v>2356</v>
       </c>
       <c r="M481" s="5" t="s">
-        <v>2354</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2355</v>
+        <v>2358</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C482" s="5" t="s">
-        <v>928</v>
+        <v>27</v>
       </c>
       <c r="D482" s="5" t="s">
-        <v>2356</v>
+        <v>111</v>
       </c>
       <c r="E482" s="5" t="s">
-        <v>1581</v>
+        <v>29</v>
       </c>
       <c r="F482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G482" s="5" t="s">
-        <v>2357</v>
+      <c r="G482" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H482" s="5" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="I482" s="5" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="J482" s="5" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="K482" s="5" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="M482" s="5" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="B483" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C483" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>2326</v>
+      </c>
+      <c r="D483" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E483" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G483" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G483" s="5" t="s">
+        <v>2365</v>
       </c>
       <c r="H483" s="5" t="s">
-        <v>1831</v>
+        <v>2366</v>
       </c>
       <c r="I483" s="5"/>
-      <c r="J483" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J483" s="5" t="s">
+        <v>2329</v>
       </c>
       <c r="K483" s="5" t="s">
-        <v>2364</v>
+        <v>2367</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>2365</v>
-[...1 lines deleted...]
-      <c r="M483" s="5"/>
+        <v>2368</v>
+      </c>
+      <c r="M483" s="5" t="s">
+        <v>2369</v>
+      </c>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="B484" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C484" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="D484" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="E484" s="5" t="s">
+        <v>1588</v>
       </c>
       <c r="F484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G484" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G484" s="5" t="s">
+        <v>2372</v>
+      </c>
+      <c r="H484" s="5" t="s">
+        <v>2373</v>
+      </c>
+      <c r="I484" s="5" t="s">
+        <v>2374</v>
+      </c>
+      <c r="J484" s="5" t="s">
+        <v>262</v>
       </c>
       <c r="K484" s="5" t="s">
-        <v>2367</v>
+        <v>2375</v>
       </c>
       <c r="L484" s="6" t="s">
-        <v>2368</v>
-[...1 lines deleted...]
-      <c r="M484" s="5"/>
+        <v>2376</v>
+      </c>
+      <c r="M484" s="5" t="s">
+        <v>2377</v>
+      </c>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>2369</v>
+        <v>2378</v>
       </c>
       <c r="B485" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C485" s="5" t="s">
-        <v>2311</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>27</v>
+      </c>
+      <c r="D485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G485" s="5" t="s">
-        <v>2370</v>
+      <c r="G485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H485" s="5" t="s">
-        <v>2371</v>
-[...5 lines deleted...]
-        <v>2314</v>
+        <v>1846</v>
+      </c>
+      <c r="I485" s="5"/>
+      <c r="J485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K485" s="5" t="s">
-        <v>2373</v>
+        <v>2379</v>
       </c>
       <c r="L485" s="6" t="s">
-        <v>2374</v>
-[...3 lines deleted...]
-      </c>
+        <v>2380</v>
+      </c>
+      <c r="M485" s="5"/>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>2376</v>
+        <v>2381</v>
       </c>
       <c r="B486" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C486" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I486" s="5"/>
       <c r="J486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K486" s="5" t="s">
-        <v>2377</v>
+        <v>2382</v>
       </c>
       <c r="L486" s="6" t="s">
-        <v>2378</v>
+        <v>2383</v>
       </c>
       <c r="M486" s="5"/>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>2379</v>
+        <v>2384</v>
       </c>
       <c r="B487" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C487" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>2326</v>
+      </c>
+      <c r="D487" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E487" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G487" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G487" s="5" t="s">
+        <v>2385</v>
+      </c>
+      <c r="H487" s="5" t="s">
+        <v>2386</v>
+      </c>
+      <c r="I487" s="5" t="s">
+        <v>2387</v>
+      </c>
+      <c r="J487" s="5" t="s">
+        <v>2329</v>
       </c>
       <c r="K487" s="5" t="s">
-        <v>2377</v>
+        <v>2388</v>
       </c>
       <c r="L487" s="6" t="s">
-        <v>2380</v>
-[...1 lines deleted...]
-      <c r="M487" s="5"/>
+        <v>2389</v>
+      </c>
+      <c r="M487" s="5" t="s">
+        <v>2390</v>
+      </c>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
-        <v>2381</v>
+        <v>2391</v>
       </c>
       <c r="B488" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C488" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D488" s="5" t="s">
-[...3 lines deleted...]
-        <v>2382</v>
+      <c r="D488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G488" s="5" t="s">
-[...9 lines deleted...]
-        <v>31</v>
+      <c r="G488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I488" s="5"/>
+      <c r="J488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K488" s="5" t="s">
-        <v>2386</v>
+        <v>2392</v>
       </c>
       <c r="L488" s="6" t="s">
-        <v>2387</v>
-[...3 lines deleted...]
-      </c>
+        <v>2393</v>
+      </c>
+      <c r="M488" s="5"/>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
-        <v>2389</v>
+        <v>2394</v>
       </c>
       <c r="B489" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C489" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I489" s="5"/>
       <c r="J489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K489" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>2390</v>
+        <v>2395</v>
       </c>
       <c r="M489" s="5"/>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>2391</v>
+        <v>2396</v>
       </c>
       <c r="B490" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C490" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D490" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D490" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E490" s="5" t="s">
+        <v>2397</v>
       </c>
       <c r="F490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G490" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G490" s="5" t="s">
+        <v>2398</v>
+      </c>
+      <c r="H490" s="5" t="s">
+        <v>2399</v>
+      </c>
+      <c r="I490" s="5" t="s">
+        <v>2400</v>
+      </c>
+      <c r="J490" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K490" s="5" t="s">
-        <v>2377</v>
+        <v>2401</v>
       </c>
       <c r="L490" s="6" t="s">
-        <v>2392</v>
-[...1 lines deleted...]
-      <c r="M490" s="5"/>
+        <v>2402</v>
+      </c>
+      <c r="M490" s="5" t="s">
+        <v>2403</v>
+      </c>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>2393</v>
+        <v>2404</v>
       </c>
       <c r="B491" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C491" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I491" s="5"/>
       <c r="J491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K491" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L491" s="6" t="s">
-        <v>2394</v>
+        <v>2405</v>
       </c>
       <c r="M491" s="5"/>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>2395</v>
+        <v>2406</v>
       </c>
       <c r="B492" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C492" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I492" s="5"/>
       <c r="J492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K492" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L492" s="6" t="s">
-        <v>2396</v>
+        <v>2407</v>
       </c>
       <c r="M492" s="5"/>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>2397</v>
+        <v>2408</v>
       </c>
       <c r="B493" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C493" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I493" s="5"/>
       <c r="J493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K493" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L493" s="6" t="s">
-        <v>2398</v>
+        <v>2409</v>
       </c>
       <c r="M493" s="5"/>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
-        <v>2399</v>
+        <v>2410</v>
       </c>
       <c r="B494" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C494" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I494" s="5"/>
       <c r="J494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K494" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L494" s="6" t="s">
-        <v>2400</v>
+        <v>2411</v>
       </c>
       <c r="M494" s="5"/>
     </row>
     <row r="495">
       <c r="A495" s="5" t="s">
-        <v>2401</v>
+        <v>2412</v>
       </c>
       <c r="B495" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C495" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I495" s="5"/>
       <c r="J495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K495" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L495" s="6" t="s">
-        <v>2402</v>
+        <v>2413</v>
       </c>
       <c r="M495" s="5"/>
     </row>
     <row r="496">
       <c r="A496" s="5" t="s">
-        <v>2403</v>
+        <v>2414</v>
       </c>
       <c r="B496" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C496" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I496" s="5"/>
       <c r="J496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K496" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L496" s="6" t="s">
-        <v>2404</v>
+        <v>2415</v>
       </c>
       <c r="M496" s="5"/>
     </row>
     <row r="497">
       <c r="A497" s="5" t="s">
-        <v>2405</v>
+        <v>2416</v>
       </c>
       <c r="B497" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C497" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I497" s="5"/>
       <c r="J497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K497" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L497" s="6" t="s">
-        <v>2406</v>
+        <v>2417</v>
       </c>
       <c r="M497" s="5"/>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
-        <v>2407</v>
+        <v>2418</v>
       </c>
       <c r="B498" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C498" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I498" s="5"/>
       <c r="J498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K498" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L498" s="6" t="s">
-        <v>2408</v>
+        <v>2419</v>
       </c>
       <c r="M498" s="5"/>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>2409</v>
+        <v>2420</v>
       </c>
       <c r="B499" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C499" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I499" s="5"/>
       <c r="J499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K499" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L499" s="6" t="s">
-        <v>2410</v>
+        <v>2421</v>
       </c>
       <c r="M499" s="5"/>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
-        <v>2411</v>
+        <v>2422</v>
       </c>
       <c r="B500" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C500" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I500" s="5"/>
       <c r="J500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K500" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L500" s="6" t="s">
-        <v>2412</v>
+        <v>2423</v>
       </c>
       <c r="M500" s="5"/>
     </row>
     <row r="501">
       <c r="A501" s="5" t="s">
-        <v>2413</v>
+        <v>2424</v>
       </c>
       <c r="B501" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C501" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I501" s="5"/>
       <c r="J501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K501" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L501" s="6" t="s">
-        <v>2414</v>
+        <v>2425</v>
       </c>
       <c r="M501" s="5"/>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
-        <v>2415</v>
+        <v>2426</v>
       </c>
       <c r="B502" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C502" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I502" s="5"/>
       <c r="J502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K502" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L502" s="6" t="s">
-        <v>2416</v>
+        <v>2427</v>
       </c>
       <c r="M502" s="5"/>
     </row>
     <row r="503">
       <c r="A503" s="5" t="s">
-        <v>2417</v>
+        <v>2428</v>
       </c>
       <c r="B503" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C503" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I503" s="5"/>
       <c r="J503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K503" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L503" s="6" t="s">
-        <v>2418</v>
+        <v>2429</v>
       </c>
       <c r="M503" s="5"/>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
-        <v>2419</v>
+        <v>2430</v>
       </c>
       <c r="B504" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C504" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I504" s="5"/>
       <c r="J504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K504" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L504" s="6" t="s">
-        <v>2420</v>
+        <v>2431</v>
       </c>
       <c r="M504" s="5"/>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>2421</v>
+        <v>2432</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C505" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I505" s="5"/>
       <c r="J505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K505" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L505" s="6" t="s">
-        <v>2422</v>
+        <v>2433</v>
       </c>
       <c r="M505" s="5"/>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>2423</v>
+        <v>2434</v>
       </c>
       <c r="B506" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C506" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D506" s="5" t="s">
-[...3 lines deleted...]
-        <v>2424</v>
+      <c r="D506" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E506" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G506" s="5" t="s">
-[...9 lines deleted...]
-        <v>31</v>
+      <c r="G506" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H506" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I506" s="5"/>
+      <c r="J506" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K506" s="5" t="s">
-        <v>2427</v>
+        <v>2392</v>
       </c>
       <c r="L506" s="6" t="s">
-        <v>2428</v>
-[...3 lines deleted...]
-      </c>
+        <v>2435</v>
+      </c>
+      <c r="M506" s="5"/>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
-        <v>2430</v>
+        <v>2436</v>
       </c>
       <c r="B507" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C507" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I507" s="5"/>
       <c r="J507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K507" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L507" s="6" t="s">
-        <v>2431</v>
+        <v>2437</v>
       </c>
       <c r="M507" s="5"/>
     </row>
     <row r="508">
       <c r="A508" s="5" t="s">
-        <v>2432</v>
+        <v>2438</v>
       </c>
       <c r="B508" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C508" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D508" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D508" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E508" s="5" t="s">
+        <v>2439</v>
       </c>
       <c r="F508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G508" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G508" s="5" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H508" s="5" t="s">
+        <v>1846</v>
+      </c>
+      <c r="I508" s="5" t="s">
+        <v>2441</v>
+      </c>
+      <c r="J508" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K508" s="5" t="s">
-        <v>2377</v>
+        <v>2442</v>
       </c>
       <c r="L508" s="6" t="s">
-        <v>2433</v>
-[...1 lines deleted...]
-      <c r="M508" s="5"/>
+        <v>2443</v>
+      </c>
+      <c r="M508" s="5" t="s">
+        <v>2444</v>
+      </c>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
-        <v>2434</v>
+        <v>2445</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C509" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I509" s="5"/>
       <c r="J509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K509" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L509" s="6" t="s">
-        <v>2435</v>
+        <v>2446</v>
       </c>
       <c r="M509" s="5"/>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>2436</v>
+        <v>2447</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C510" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I510" s="5"/>
       <c r="J510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K510" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L510" s="6" t="s">
-        <v>2437</v>
+        <v>2448</v>
       </c>
       <c r="M510" s="5"/>
     </row>
     <row r="511">
       <c r="A511" s="5" t="s">
-        <v>2438</v>
+        <v>2449</v>
       </c>
       <c r="B511" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C511" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I511" s="5"/>
       <c r="J511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K511" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L511" s="6" t="s">
-        <v>2439</v>
+        <v>2450</v>
       </c>
       <c r="M511" s="5"/>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
-        <v>2440</v>
+        <v>2451</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C512" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I512" s="5"/>
       <c r="J512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K512" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L512" s="6" t="s">
-        <v>2441</v>
+        <v>2452</v>
       </c>
       <c r="M512" s="5"/>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
-        <v>2442</v>
+        <v>2453</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C513" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I513" s="5"/>
       <c r="J513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K513" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>2443</v>
+        <v>2454</v>
       </c>
       <c r="M513" s="5"/>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>2444</v>
+        <v>2455</v>
       </c>
       <c r="B514" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C514" s="5" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D514" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="D514" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H514" s="5" t="s">
-[...6 lines deleted...]
-        <v>31</v>
+      <c r="H514" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I514" s="5"/>
+      <c r="J514" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K514" s="5" t="s">
-        <v>2447</v>
+        <v>2392</v>
       </c>
       <c r="L514" s="6" t="s">
-        <v>2448</v>
-[...3 lines deleted...]
-      </c>
+        <v>2456</v>
+      </c>
+      <c r="M514" s="5"/>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
-        <v>2450</v>
+        <v>2457</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C515" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I515" s="5"/>
       <c r="J515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K515" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L515" s="6" t="s">
-        <v>2451</v>
+        <v>2458</v>
       </c>
       <c r="M515" s="5"/>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>2452</v>
+        <v>2459</v>
       </c>
       <c r="B516" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C516" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D516" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D516" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H516" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H516" s="5" t="s">
+        <v>2460</v>
+      </c>
+      <c r="I516" s="5" t="s">
+        <v>2461</v>
+      </c>
+      <c r="J516" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K516" s="5" t="s">
-        <v>2377</v>
+        <v>2462</v>
       </c>
       <c r="L516" s="6" t="s">
-        <v>2453</v>
-[...1 lines deleted...]
-      <c r="M516" s="5"/>
+        <v>2463</v>
+      </c>
+      <c r="M516" s="5" t="s">
+        <v>2464</v>
+      </c>
     </row>
     <row r="517">
       <c r="A517" s="5" t="s">
-        <v>2454</v>
+        <v>2465</v>
       </c>
       <c r="B517" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C517" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I517" s="5"/>
       <c r="J517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K517" s="5" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="L517" s="6" t="s">
-        <v>2455</v>
+        <v>2466</v>
       </c>
       <c r="M517" s="5"/>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
-        <v>2456</v>
+        <v>2467</v>
       </c>
       <c r="B518" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C518" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I518" s="5"/>
       <c r="J518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K518" s="5" t="s">
-        <v>2367</v>
+        <v>2392</v>
       </c>
       <c r="L518" s="6" t="s">
-        <v>2457</v>
+        <v>2468</v>
       </c>
       <c r="M518" s="5"/>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
-        <v>2458</v>
+        <v>2469</v>
       </c>
       <c r="B519" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C519" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I519" s="5"/>
       <c r="J519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K519" s="5" t="s">
-        <v>2367</v>
+        <v>2392</v>
       </c>
       <c r="L519" s="6" t="s">
-        <v>2459</v>
+        <v>2470</v>
       </c>
       <c r="M519" s="5"/>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
-        <v>2460</v>
+        <v>2471</v>
       </c>
       <c r="B520" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C520" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I520" s="5"/>
       <c r="J520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K520" s="5" t="s">
-        <v>2367</v>
+        <v>2382</v>
       </c>
       <c r="L520" s="6" t="s">
-        <v>2461</v>
+        <v>2472</v>
       </c>
       <c r="M520" s="5"/>
     </row>
     <row r="521">
       <c r="A521" s="5" t="s">
-        <v>2462</v>
+        <v>2473</v>
       </c>
       <c r="B521" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C521" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I521" s="5"/>
       <c r="J521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K521" s="5" t="s">
-        <v>2367</v>
+        <v>2382</v>
       </c>
       <c r="L521" s="6" t="s">
-        <v>2463</v>
+        <v>2474</v>
       </c>
       <c r="M521" s="5"/>
     </row>
     <row r="522">
       <c r="A522" s="5" t="s">
-        <v>2464</v>
+        <v>2475</v>
       </c>
       <c r="B522" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C522" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I522" s="5"/>
       <c r="J522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K522" s="5" t="s">
-        <v>2465</v>
+        <v>2382</v>
       </c>
       <c r="L522" s="6" t="s">
-        <v>2466</v>
+        <v>2476</v>
       </c>
       <c r="M522" s="5"/>
     </row>
     <row r="523">
       <c r="A523" s="5" t="s">
-        <v>2467</v>
+        <v>2477</v>
       </c>
       <c r="B523" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C523" s="5" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D523" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="D523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G523" s="5" t="s">
-[...9 lines deleted...]
-        <v>31</v>
+      <c r="G523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I523" s="5"/>
+      <c r="J523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K523" s="5" t="s">
-        <v>2471</v>
+        <v>2382</v>
       </c>
       <c r="L523" s="6" t="s">
-        <v>2472</v>
-[...3 lines deleted...]
-      </c>
+        <v>2478</v>
+      </c>
+      <c r="M523" s="5"/>
     </row>
     <row r="524">
       <c r="A524" s="5" t="s">
-        <v>2474</v>
+        <v>2479</v>
       </c>
       <c r="B524" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C524" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I524" s="5"/>
       <c r="J524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K524" s="5" t="s">
-        <v>2475</v>
+        <v>2480</v>
       </c>
       <c r="L524" s="6" t="s">
-        <v>2476</v>
+        <v>2481</v>
       </c>
       <c r="M524" s="5"/>
     </row>
     <row r="525">
       <c r="A525" s="5" t="s">
-        <v>2477</v>
+        <v>2482</v>
       </c>
       <c r="B525" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C525" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D525" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D525" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G525" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G525" s="5" t="s">
+        <v>2483</v>
+      </c>
+      <c r="H525" s="5" t="s">
+        <v>2484</v>
+      </c>
+      <c r="I525" s="5" t="s">
+        <v>2485</v>
+      </c>
+      <c r="J525" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K525" s="5" t="s">
-        <v>2478</v>
+        <v>2486</v>
       </c>
       <c r="L525" s="6" t="s">
-        <v>2479</v>
-[...1 lines deleted...]
-      <c r="M525" s="5"/>
+        <v>2487</v>
+      </c>
+      <c r="M525" s="5" t="s">
+        <v>2488</v>
+      </c>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
-        <v>2480</v>
+        <v>2489</v>
       </c>
       <c r="B526" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C526" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I526" s="5"/>
       <c r="J526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K526" s="5" t="s">
-        <v>2481</v>
+        <v>2490</v>
       </c>
       <c r="L526" s="6" t="s">
-        <v>2482</v>
+        <v>2491</v>
       </c>
       <c r="M526" s="5"/>
     </row>
     <row r="527">
       <c r="A527" s="5" t="s">
-        <v>2483</v>
+        <v>2492</v>
       </c>
       <c r="B527" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C527" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I527" s="5"/>
       <c r="J527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K527" s="5" t="s">
-        <v>2481</v>
+        <v>2493</v>
       </c>
       <c r="L527" s="6" t="s">
-        <v>2484</v>
+        <v>2494</v>
       </c>
       <c r="M527" s="5"/>
     </row>
     <row r="528">
       <c r="A528" s="5" t="s">
-        <v>2485</v>
+        <v>2495</v>
       </c>
       <c r="B528" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C528" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I528" s="5"/>
       <c r="J528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K528" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L528" s="6" t="s">
-        <v>2486</v>
+        <v>2497</v>
       </c>
       <c r="M528" s="5"/>
     </row>
     <row r="529">
       <c r="A529" s="5" t="s">
-        <v>2487</v>
+        <v>2498</v>
       </c>
       <c r="B529" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C529" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I529" s="5"/>
       <c r="J529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K529" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L529" s="6" t="s">
-        <v>2488</v>
+        <v>2499</v>
       </c>
       <c r="M529" s="5"/>
     </row>
     <row r="530">
       <c r="A530" s="5" t="s">
-        <v>2489</v>
+        <v>2500</v>
       </c>
       <c r="B530" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C530" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I530" s="5"/>
       <c r="J530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K530" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L530" s="6" t="s">
-        <v>2490</v>
+        <v>2501</v>
       </c>
       <c r="M530" s="5"/>
     </row>
     <row r="531">
       <c r="A531" s="5" t="s">
-        <v>2491</v>
+        <v>2502</v>
       </c>
       <c r="B531" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C531" s="5" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D531" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="D531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H531" s="5" t="s">
-[...6 lines deleted...]
-        <v>31</v>
+      <c r="H531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I531" s="5"/>
+      <c r="J531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K531" s="5" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
       <c r="L531" s="6" t="s">
-        <v>2495</v>
-[...3 lines deleted...]
-      </c>
+        <v>2503</v>
+      </c>
+      <c r="M531" s="5"/>
     </row>
     <row r="532">
       <c r="A532" s="5" t="s">
-        <v>2497</v>
+        <v>2504</v>
       </c>
       <c r="B532" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C532" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I532" s="5"/>
       <c r="J532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K532" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L532" s="6" t="s">
-        <v>2498</v>
+        <v>2505</v>
       </c>
       <c r="M532" s="5"/>
     </row>
     <row r="533">
       <c r="A533" s="5" t="s">
-        <v>2499</v>
+        <v>2506</v>
       </c>
       <c r="B533" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C533" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D533" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D533" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H533" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H533" s="5" t="s">
+        <v>2507</v>
+      </c>
+      <c r="I533" s="5" t="s">
+        <v>2508</v>
+      </c>
+      <c r="J533" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K533" s="5" t="s">
-        <v>2481</v>
+        <v>2509</v>
       </c>
       <c r="L533" s="6" t="s">
-        <v>2500</v>
-[...1 lines deleted...]
-      <c r="M533" s="5"/>
+        <v>2510</v>
+      </c>
+      <c r="M533" s="5" t="s">
+        <v>2511</v>
+      </c>
     </row>
     <row r="534">
       <c r="A534" s="5" t="s">
-        <v>2501</v>
+        <v>2512</v>
       </c>
       <c r="B534" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C534" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I534" s="5"/>
       <c r="J534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K534" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L534" s="6" t="s">
-        <v>2502</v>
+        <v>2513</v>
       </c>
       <c r="M534" s="5"/>
     </row>
     <row r="535">
       <c r="A535" s="5" t="s">
-        <v>2503</v>
+        <v>2514</v>
       </c>
       <c r="B535" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C535" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I535" s="5"/>
       <c r="J535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K535" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L535" s="6" t="s">
-        <v>2504</v>
+        <v>2515</v>
       </c>
       <c r="M535" s="5"/>
     </row>
     <row r="536">
       <c r="A536" s="5" t="s">
-        <v>2505</v>
+        <v>2516</v>
       </c>
       <c r="B536" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C536" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I536" s="5"/>
       <c r="J536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K536" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L536" s="6" t="s">
-        <v>2506</v>
+        <v>2517</v>
       </c>
       <c r="M536" s="5"/>
     </row>
     <row r="537">
       <c r="A537" s="5" t="s">
-        <v>2507</v>
+        <v>2518</v>
       </c>
       <c r="B537" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C537" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I537" s="5"/>
       <c r="J537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K537" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L537" s="6" t="s">
-        <v>2508</v>
+        <v>2519</v>
       </c>
       <c r="M537" s="5"/>
     </row>
     <row r="538">
       <c r="A538" s="5" t="s">
-        <v>2509</v>
+        <v>2520</v>
       </c>
       <c r="B538" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C538" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I538" s="5"/>
       <c r="J538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K538" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L538" s="6" t="s">
-        <v>2510</v>
+        <v>2521</v>
       </c>
       <c r="M538" s="5"/>
     </row>
     <row r="539">
       <c r="A539" s="5" t="s">
-        <v>2511</v>
+        <v>2522</v>
       </c>
       <c r="B539" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C539" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I539" s="5"/>
       <c r="J539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K539" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L539" s="6" t="s">
-        <v>2512</v>
+        <v>2523</v>
       </c>
       <c r="M539" s="5"/>
     </row>
     <row r="540">
       <c r="A540" s="5" t="s">
-        <v>2513</v>
+        <v>2524</v>
       </c>
       <c r="B540" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C540" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I540" s="5"/>
       <c r="J540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K540" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L540" s="6" t="s">
-        <v>2514</v>
+        <v>2525</v>
       </c>
       <c r="M540" s="5"/>
     </row>
     <row r="541">
       <c r="A541" s="5" t="s">
-        <v>2515</v>
+        <v>2526</v>
       </c>
       <c r="B541" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C541" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I541" s="5"/>
       <c r="J541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K541" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L541" s="6" t="s">
-        <v>2516</v>
+        <v>2527</v>
       </c>
       <c r="M541" s="5"/>
     </row>
     <row r="542">
       <c r="A542" s="5" t="s">
-        <v>2517</v>
+        <v>2528</v>
       </c>
       <c r="B542" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C542" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I542" s="5"/>
       <c r="J542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K542" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L542" s="6" t="s">
-        <v>2518</v>
+        <v>2529</v>
       </c>
       <c r="M542" s="5"/>
     </row>
     <row r="543">
       <c r="A543" s="5" t="s">
-        <v>2519</v>
+        <v>2530</v>
       </c>
       <c r="B543" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C543" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I543" s="5"/>
       <c r="J543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K543" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L543" s="6" t="s">
-        <v>2520</v>
+        <v>2531</v>
       </c>
       <c r="M543" s="5"/>
     </row>
     <row r="544">
       <c r="A544" s="5" t="s">
-        <v>2521</v>
+        <v>2532</v>
       </c>
       <c r="B544" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C544" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I544" s="5"/>
       <c r="J544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K544" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L544" s="6" t="s">
-        <v>2522</v>
+        <v>2533</v>
       </c>
       <c r="M544" s="5"/>
     </row>
     <row r="545">
       <c r="A545" s="5" t="s">
-        <v>2523</v>
+        <v>2534</v>
       </c>
       <c r="B545" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C545" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I545" s="5"/>
       <c r="J545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K545" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L545" s="6" t="s">
-        <v>2524</v>
+        <v>2535</v>
       </c>
       <c r="M545" s="5"/>
     </row>
     <row r="546">
       <c r="A546" s="5" t="s">
-        <v>2525</v>
+        <v>2536</v>
       </c>
       <c r="B546" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C546" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I546" s="5"/>
       <c r="J546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K546" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L546" s="6" t="s">
-        <v>2526</v>
+        <v>2537</v>
       </c>
       <c r="M546" s="5"/>
     </row>
     <row r="547">
       <c r="A547" s="5" t="s">
-        <v>2527</v>
+        <v>2538</v>
       </c>
       <c r="B547" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C547" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I547" s="5"/>
       <c r="J547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K547" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L547" s="6" t="s">
-        <v>2528</v>
+        <v>2539</v>
       </c>
       <c r="M547" s="5"/>
     </row>
     <row r="548">
       <c r="A548" s="5" t="s">
-        <v>2529</v>
+        <v>2540</v>
       </c>
       <c r="B548" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C548" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I548" s="5"/>
       <c r="J548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K548" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L548" s="6" t="s">
-        <v>2530</v>
+        <v>2541</v>
       </c>
       <c r="M548" s="5"/>
     </row>
     <row r="549">
       <c r="A549" s="5" t="s">
-        <v>2531</v>
+        <v>2542</v>
       </c>
       <c r="B549" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C549" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I549" s="5"/>
       <c r="J549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K549" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L549" s="6" t="s">
-        <v>2532</v>
+        <v>2543</v>
       </c>
       <c r="M549" s="5"/>
     </row>
     <row r="550">
       <c r="A550" s="5" t="s">
-        <v>2533</v>
+        <v>2544</v>
       </c>
       <c r="B550" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C550" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I550" s="5"/>
       <c r="J550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K550" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L550" s="6" t="s">
-        <v>2534</v>
+        <v>2545</v>
       </c>
       <c r="M550" s="5"/>
     </row>
     <row r="551">
       <c r="A551" s="5" t="s">
-        <v>2535</v>
+        <v>2546</v>
       </c>
       <c r="B551" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C551" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I551" s="5"/>
       <c r="J551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K551" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L551" s="6" t="s">
-        <v>2536</v>
+        <v>2547</v>
       </c>
       <c r="M551" s="5"/>
     </row>
     <row r="552">
       <c r="A552" s="5" t="s">
-        <v>2537</v>
+        <v>2548</v>
       </c>
       <c r="B552" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C552" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D552" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E552" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F552" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G552" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H552" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I552" s="5"/>
       <c r="J552" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K552" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L552" s="6" t="s">
-        <v>2538</v>
+        <v>2549</v>
       </c>
       <c r="M552" s="5"/>
     </row>
     <row r="553">
       <c r="A553" s="5" t="s">
-        <v>2539</v>
+        <v>2550</v>
       </c>
       <c r="B553" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C553" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I553" s="5"/>
       <c r="J553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K553" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L553" s="6" t="s">
-        <v>2540</v>
+        <v>2551</v>
       </c>
       <c r="M553" s="5"/>
     </row>
     <row r="554">
       <c r="A554" s="5" t="s">
-        <v>2541</v>
+        <v>2552</v>
       </c>
       <c r="B554" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C554" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I554" s="5"/>
       <c r="J554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K554" s="5" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="L554" s="6" t="s">
-        <v>2542</v>
+        <v>2553</v>
       </c>
       <c r="M554" s="5"/>
     </row>
     <row r="555">
       <c r="A555" s="5" t="s">
-        <v>2543</v>
+        <v>2554</v>
       </c>
       <c r="B555" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C555" s="5" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>1725</v>
+        <v>27</v>
+      </c>
+      <c r="D555" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E555" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F555" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G555" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H555" s="5" t="s">
-[...6 lines deleted...]
-        <v>262</v>
+      <c r="H555" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I555" s="5"/>
+      <c r="J555" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K555" s="5" t="s">
-        <v>2546</v>
+        <v>2496</v>
       </c>
       <c r="L555" s="6" t="s">
-        <v>2547</v>
-[...3 lines deleted...]
-      </c>
+        <v>2555</v>
+      </c>
+      <c r="M555" s="5"/>
     </row>
     <row r="556">
       <c r="A556" s="5" t="s">
-        <v>2549</v>
+        <v>2556</v>
       </c>
       <c r="B556" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C556" s="5" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>1725</v>
+        <v>27</v>
+      </c>
+      <c r="D556" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E556" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F556" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G556" s="5" t="s">
-[...9 lines deleted...]
-        <v>262</v>
+      <c r="G556" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H556" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I556" s="5"/>
+      <c r="J556" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K556" s="5" t="s">
-        <v>2553</v>
+        <v>2496</v>
       </c>
       <c r="L556" s="6" t="s">
-        <v>2554</v>
-[...3 lines deleted...]
-      </c>
+        <v>2557</v>
+      </c>
+      <c r="M556" s="5"/>
     </row>
     <row r="557">
       <c r="A557" s="5" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="B557" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C557" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>111</v>
+      </c>
+      <c r="D557" s="5" t="s">
+        <v>1740</v>
       </c>
       <c r="E557" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F557" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G557" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H557" s="5" t="s">
-        <v>2557</v>
-[...10 lines deleted...]
-        </is>
+        <v>2559</v>
+      </c>
+      <c r="I557" s="5" t="s">
+        <v>2560</v>
+      </c>
+      <c r="J557" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="K557" s="5" t="s">
+        <v>2561</v>
       </c>
       <c r="L557" s="6" t="s">
-        <v>2558</v>
-[...1 lines deleted...]
-      <c r="M557" s="5"/>
+        <v>2562</v>
+      </c>
+      <c r="M557" s="5" t="s">
+        <v>2563</v>
+      </c>
     </row>
     <row r="558">
       <c r="A558" s="5" t="s">
-        <v>2559</v>
+        <v>2564</v>
       </c>
       <c r="B558" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C558" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>111</v>
+      </c>
+      <c r="D558" s="5" t="s">
+        <v>1740</v>
       </c>
       <c r="E558" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F558" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G558" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G558" s="5" t="s">
+        <v>2565</v>
       </c>
       <c r="H558" s="5" t="s">
-        <v>2560</v>
-[...10 lines deleted...]
-        </is>
+        <v>2566</v>
+      </c>
+      <c r="I558" s="5" t="s">
+        <v>2567</v>
+      </c>
+      <c r="J558" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="K558" s="5" t="s">
+        <v>2568</v>
       </c>
       <c r="L558" s="6" t="s">
-        <v>2561</v>
-[...1 lines deleted...]
-      <c r="M558" s="5"/>
+        <v>2569</v>
+      </c>
+      <c r="M558" s="5" t="s">
+        <v>2570</v>
+      </c>
     </row>
     <row r="559">
       <c r="A559" s="5" t="s">
-        <v>2562</v>
+        <v>2571</v>
       </c>
       <c r="B559" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C559" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D559" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E559" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F559" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G559" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H559" s="5" t="s">
-        <v>2563</v>
+        <v>2572</v>
       </c>
       <c r="I559" s="5"/>
       <c r="J559" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K559" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L559" s="6" t="s">
-        <v>2564</v>
+        <v>2573</v>
       </c>
       <c r="M559" s="5"/>
     </row>
     <row r="560">
       <c r="A560" s="5" t="s">
-        <v>2565</v>
+        <v>2574</v>
       </c>
       <c r="B560" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C560" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D560" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E560" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F560" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G560" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H560" s="5" t="s">
-        <v>2566</v>
+        <v>2575</v>
       </c>
       <c r="I560" s="5"/>
       <c r="J560" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K560" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L560" s="6" t="s">
-        <v>2567</v>
+        <v>2576</v>
       </c>
       <c r="M560" s="5"/>
     </row>
     <row r="561">
       <c r="A561" s="5" t="s">
-        <v>2568</v>
+        <v>2577</v>
       </c>
       <c r="B561" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C561" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D561" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E561" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F561" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G561" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H561" s="5" t="s">
-        <v>2569</v>
+        <v>2578</v>
       </c>
       <c r="I561" s="5"/>
       <c r="J561" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K561" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L561" s="6" t="s">
-        <v>2570</v>
+        <v>2579</v>
       </c>
       <c r="M561" s="5"/>
     </row>
     <row r="562">
       <c r="A562" s="5" t="s">
-        <v>2571</v>
+        <v>2580</v>
       </c>
       <c r="B562" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C562" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D562" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E562" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F562" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G562" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H562" s="5" t="s">
-        <v>2572</v>
+        <v>2581</v>
       </c>
       <c r="I562" s="5"/>
       <c r="J562" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K562" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L562" s="6" t="s">
-        <v>2573</v>
+        <v>2582</v>
       </c>
       <c r="M562" s="5"/>
     </row>
     <row r="563">
       <c r="A563" s="5" t="s">
-        <v>2574</v>
+        <v>2583</v>
       </c>
       <c r="B563" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C563" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D563" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E563" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F563" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G563" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H563" s="5" t="s">
-        <v>2575</v>
+        <v>2584</v>
       </c>
       <c r="I563" s="5"/>
       <c r="J563" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K563" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L563" s="6" t="s">
-        <v>2576</v>
+        <v>2585</v>
       </c>
       <c r="M563" s="5"/>
     </row>
     <row r="564">
       <c r="A564" s="5" t="s">
-        <v>2577</v>
+        <v>2586</v>
       </c>
       <c r="B564" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C564" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D564" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E564" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F564" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G564" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H564" s="5" t="s">
-        <v>2578</v>
+        <v>2587</v>
       </c>
       <c r="I564" s="5"/>
       <c r="J564" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K564" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L564" s="6" t="s">
-        <v>2579</v>
+        <v>2588</v>
       </c>
       <c r="M564" s="5"/>
     </row>
     <row r="565">
       <c r="A565" s="5" t="s">
-        <v>2580</v>
+        <v>2589</v>
       </c>
       <c r="B565" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C565" s="5" t="s">
-        <v>655</v>
-[...11 lines deleted...]
-        <v>2582</v>
+        <v>27</v>
+      </c>
+      <c r="D565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H565" s="5" t="s">
-        <v>2583</v>
-[...8 lines deleted...]
-        <v>2586</v>
+        <v>2590</v>
+      </c>
+      <c r="I565" s="5"/>
+      <c r="J565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L565" s="6" t="s">
-        <v>2587</v>
-[...3 lines deleted...]
-      </c>
+        <v>2591</v>
+      </c>
+      <c r="M565" s="5"/>
     </row>
     <row r="566">
       <c r="A566" s="5" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="B566" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C566" s="5" t="s">
-        <v>928</v>
-[...5 lines deleted...]
-        <v>1654</v>
+        <v>27</v>
+      </c>
+      <c r="D566" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E566" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F566" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G566" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H566" s="5" t="s">
-        <v>2590</v>
-[...8 lines deleted...]
-        <v>2592</v>
+        <v>2593</v>
+      </c>
+      <c r="I566" s="5"/>
+      <c r="J566" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K566" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L566" s="6" t="s">
-        <v>2593</v>
-[...1 lines deleted...]
-      <c r="M566" s="5" t="s">
         <v>2594</v>
       </c>
+      <c r="M566" s="5"/>
     </row>
     <row r="567">
       <c r="A567" s="5" t="s">
         <v>2595</v>
       </c>
       <c r="B567" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C567" s="5" t="s">
-        <v>928</v>
+        <v>655</v>
       </c>
       <c r="D567" s="5" t="s">
-        <v>1271</v>
+        <v>120</v>
       </c>
       <c r="E567" s="5" t="s">
-        <v>1654</v>
-[...9 lines deleted...]
-        </is>
+        <v>2596</v>
+      </c>
+      <c r="F567" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="G567" s="5" t="s">
+        <v>2597</v>
       </c>
       <c r="H567" s="5" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
       <c r="I567" s="5" t="s">
-        <v>2597</v>
+        <v>2599</v>
       </c>
       <c r="J567" s="5" t="s">
-        <v>1283</v>
+        <v>2600</v>
       </c>
       <c r="K567" s="5" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
       <c r="L567" s="6" t="s">
-        <v>2599</v>
+        <v>2602</v>
       </c>
       <c r="M567" s="5" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="5" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
       <c r="B568" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C568" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="D568" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E568" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F568" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G568" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H568" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H568" s="5" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I568" s="5" t="s">
+        <v>2606</v>
+      </c>
+      <c r="J568" s="5" t="s">
+        <v>1283</v>
       </c>
       <c r="K568" s="5" t="s">
-        <v>2602</v>
+        <v>2607</v>
       </c>
       <c r="L568" s="6" t="s">
-        <v>2603</v>
-[...1 lines deleted...]
-      <c r="M568" s="5"/>
+        <v>2608</v>
+      </c>
+      <c r="M568" s="5" t="s">
+        <v>2609</v>
+      </c>
     </row>
     <row r="569">
       <c r="A569" s="5" t="s">
-        <v>2604</v>
+        <v>2610</v>
       </c>
       <c r="B569" s="5" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="C569" s="5" t="s">
-        <v>27</v>
-[...14 lines deleted...]
-        </is>
+        <v>410</v>
+      </c>
+      <c r="D569" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E569" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F569" s="5" t="s">
+        <v>2611</v>
       </c>
       <c r="G569" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H569" s="5" t="s">
-        <v>2605</v>
-[...5 lines deleted...]
-        </is>
+        <v>2612</v>
+      </c>
+      <c r="I569" s="5" t="s">
+        <v>2613</v>
+      </c>
+      <c r="J569" s="5" t="s">
+        <v>2614</v>
       </c>
       <c r="K569" s="5" t="s">
-        <v>2602</v>
+        <v>2615</v>
       </c>
       <c r="L569" s="6" t="s">
-        <v>2606</v>
-[...1 lines deleted...]
-      <c r="M569" s="5"/>
+        <v>2616</v>
+      </c>
+      <c r="M569" s="5" t="s">
+        <v>2617</v>
+      </c>
     </row>
     <row r="570">
       <c r="A570" s="5" t="s">
-        <v>2607</v>
+        <v>2618</v>
       </c>
       <c r="B570" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C570" s="5" t="s">
-        <v>120</v>
+        <v>928</v>
       </c>
       <c r="D570" s="5" t="s">
-        <v>655</v>
-[...7 lines deleted...]
-        <v>2608</v>
+        <v>1271</v>
+      </c>
+      <c r="E570" s="5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F570" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G570" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H570" s="5" t="s">
-        <v>2609</v>
+        <v>2619</v>
       </c>
       <c r="I570" s="5" t="s">
-        <v>2610</v>
+        <v>2620</v>
       </c>
       <c r="J570" s="5" t="s">
-        <v>2611</v>
+        <v>1283</v>
       </c>
       <c r="K570" s="5" t="s">
-        <v>2612</v>
+        <v>2621</v>
       </c>
       <c r="L570" s="6" t="s">
-        <v>2613</v>
+        <v>2622</v>
       </c>
       <c r="M570" s="5" t="s">
-        <v>2614</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="5" t="s">
-        <v>2615</v>
+        <v>2624</v>
       </c>
       <c r="B571" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C571" s="5" t="s">
-        <v>2616</v>
-[...5 lines deleted...]
-        <v>1654</v>
+        <v>27</v>
+      </c>
+      <c r="D571" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E571" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F571" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G571" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H571" s="5" t="s">
-[...6 lines deleted...]
-        <v>1283</v>
+      <c r="H571" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I571" s="5"/>
+      <c r="J571" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K571" s="5" t="s">
-        <v>2619</v>
+        <v>2625</v>
       </c>
       <c r="L571" s="6" t="s">
-        <v>2620</v>
-[...3 lines deleted...]
-      </c>
+        <v>2626</v>
+      </c>
+      <c r="M571" s="5"/>
     </row>
     <row r="572">
       <c r="A572" s="5" t="s">
-        <v>2622</v>
+        <v>2627</v>
       </c>
       <c r="B572" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C572" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D572" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E572" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F572" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G572" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H572" s="5" t="s">
-        <v>2623</v>
+        <v>2628</v>
       </c>
       <c r="I572" s="5"/>
       <c r="J572" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K572" s="5" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="L572" s="6" t="s">
-        <v>2625</v>
+        <v>2629</v>
       </c>
       <c r="M572" s="5"/>
     </row>
     <row r="573">
       <c r="A573" s="5" t="s">
-        <v>2626</v>
+        <v>2630</v>
       </c>
       <c r="B573" s="5" t="s">
         <v>900</v>
       </c>
       <c r="C573" s="5" t="s">
-        <v>27</v>
+        <v>2631</v>
       </c>
       <c r="D573" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E573" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F573" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G573" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H573" s="5" t="s">
-        <v>2627</v>
+        <v>2631</v>
       </c>
       <c r="I573" s="5"/>
       <c r="J573" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K573" s="5" t="s">
-        <v>2624</v>
+        <v>2632</v>
       </c>
       <c r="L573" s="6" t="s">
-        <v>2628</v>
+        <v>2633</v>
       </c>
       <c r="M573" s="5"/>
     </row>
     <row r="574">
       <c r="A574" s="5" t="s">
-        <v>2629</v>
+        <v>2634</v>
       </c>
       <c r="B574" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C574" s="5" t="s">
-        <v>2630</v>
+        <v>120</v>
       </c>
       <c r="D574" s="5" t="s">
-        <v>2631</v>
-[...7 lines deleted...]
-        </is>
+        <v>655</v>
+      </c>
+      <c r="E574" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F574" s="5" t="s">
+        <v>2635</v>
       </c>
       <c r="G574" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H574" s="5" t="s">
-        <v>2632</v>
+        <v>2636</v>
       </c>
       <c r="I574" s="5" t="s">
-        <v>2633</v>
+        <v>2637</v>
       </c>
       <c r="J574" s="5" t="s">
-        <v>2634</v>
+        <v>2638</v>
       </c>
       <c r="K574" s="5" t="s">
-        <v>2635</v>
+        <v>2639</v>
       </c>
       <c r="L574" s="6" t="s">
-        <v>2636</v>
+        <v>2640</v>
       </c>
       <c r="M574" s="5" t="s">
-        <v>2637</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="5" t="s">
-        <v>2638</v>
+        <v>2642</v>
       </c>
       <c r="B575" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C575" s="5" t="s">
-        <v>928</v>
+        <v>2643</v>
       </c>
       <c r="D575" s="5" t="s">
-        <v>1271</v>
+        <v>1279</v>
       </c>
       <c r="E575" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F575" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G575" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H575" s="5" t="s">
-        <v>2639</v>
+        <v>2644</v>
       </c>
       <c r="I575" s="5" t="s">
-        <v>2640</v>
+        <v>2645</v>
       </c>
       <c r="J575" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K575" s="5" t="s">
-        <v>2641</v>
+        <v>2646</v>
       </c>
       <c r="L575" s="6" t="s">
-        <v>2642</v>
-[...1 lines deleted...]
-      <c r="M575" s="5"/>
+        <v>2647</v>
+      </c>
+      <c r="M575" s="5" t="s">
+        <v>2648</v>
+      </c>
     </row>
     <row r="576">
       <c r="A576" s="5" t="s">
-        <v>2643</v>
+        <v>2649</v>
       </c>
       <c r="B576" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C576" s="5" t="s">
-        <v>928</v>
-[...5 lines deleted...]
-        <v>1654</v>
+        <v>27</v>
+      </c>
+      <c r="D576" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E576" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F576" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G576" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H576" s="5" t="s">
-        <v>2644</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>2650</v>
+      </c>
+      <c r="I576" s="5"/>
+      <c r="J576" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K576" s="5" t="s">
-        <v>2646</v>
+        <v>2651</v>
       </c>
       <c r="L576" s="6" t="s">
-        <v>2647</v>
-[...3 lines deleted...]
-      </c>
+        <v>2652</v>
+      </c>
+      <c r="M576" s="5"/>
     </row>
     <row r="577">
       <c r="A577" s="5" t="s">
-        <v>2649</v>
+        <v>2653</v>
       </c>
       <c r="B577" s="5" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="C577" s="5" t="s">
-        <v>2616</v>
-[...5 lines deleted...]
-        <v>1654</v>
+        <v>27</v>
+      </c>
+      <c r="D577" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E577" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F577" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G577" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H577" s="5" t="inlineStr">
-[...8 lines deleted...]
-        <v>1283</v>
+      <c r="H577" s="5" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I577" s="5"/>
+      <c r="J577" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K577" s="5" t="s">
         <v>2651</v>
       </c>
       <c r="L577" s="6" t="s">
-        <v>2652</v>
-[...3 lines deleted...]
-      </c>
+        <v>2655</v>
+      </c>
+      <c r="M577" s="5"/>
     </row>
     <row r="578">
       <c r="A578" s="5" t="s">
-        <v>2654</v>
+        <v>2656</v>
       </c>
       <c r="B578" s="5" t="s">
-        <v>14</v>
+        <v>387</v>
       </c>
       <c r="C578" s="5" t="s">
-        <v>928</v>
+        <v>1256</v>
       </c>
       <c r="D578" s="5" t="s">
-        <v>1271</v>
+        <v>2657</v>
       </c>
       <c r="E578" s="5" t="s">
-        <v>1654</v>
-[...4 lines deleted...]
-        </is>
+        <v>2658</v>
+      </c>
+      <c r="F578" s="5" t="s">
+        <v>2659</v>
       </c>
       <c r="G578" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H578" s="5" t="s">
-        <v>2655</v>
+        <v>2660</v>
       </c>
       <c r="I578" s="5" t="s">
-        <v>2656</v>
+        <v>2661</v>
       </c>
       <c r="J578" s="5" t="s">
-        <v>1283</v>
+        <v>2662</v>
       </c>
       <c r="K578" s="5" t="s">
-        <v>2657</v>
+        <v>2663</v>
       </c>
       <c r="L578" s="6" t="s">
-        <v>2658</v>
+        <v>2664</v>
       </c>
       <c r="M578" s="5" t="s">
-        <v>2659</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="5" t="s">
-        <v>2660</v>
+        <v>2666</v>
       </c>
       <c r="B579" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C579" s="5" t="s">
-        <v>120</v>
+        <v>2667</v>
       </c>
       <c r="D579" s="5" t="s">
-        <v>1301</v>
-[...4 lines deleted...]
-        </is>
+        <v>2668</v>
+      </c>
+      <c r="E579" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="F579" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G579" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H579" s="5" t="s">
-        <v>2661</v>
+        <v>2669</v>
       </c>
       <c r="I579" s="5" t="s">
-        <v>2662</v>
+        <v>2670</v>
       </c>
       <c r="J579" s="5" t="s">
-        <v>2663</v>
+        <v>2671</v>
       </c>
       <c r="K579" s="5" t="s">
-        <v>2664</v>
+        <v>2672</v>
       </c>
       <c r="L579" s="6" t="s">
-        <v>2665</v>
+        <v>2673</v>
       </c>
       <c r="M579" s="5" t="s">
-        <v>2666</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="5" t="s">
-        <v>2667</v>
+        <v>2675</v>
       </c>
       <c r="B580" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C580" s="5" t="s">
-        <v>2616</v>
+        <v>928</v>
       </c>
       <c r="D580" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="E580" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F580" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G580" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H580" s="5" t="s">
-        <v>2668</v>
+        <v>2676</v>
       </c>
       <c r="I580" s="5" t="s">
-        <v>2669</v>
+        <v>2677</v>
       </c>
       <c r="J580" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K580" s="5" t="s">
-        <v>2670</v>
+        <v>2678</v>
       </c>
       <c r="L580" s="6" t="s">
-        <v>2671</v>
-[...3 lines deleted...]
-      </c>
+        <v>2679</v>
+      </c>
+      <c r="M580" s="5"/>
     </row>
     <row r="581">
       <c r="A581" s="5" t="s">
-        <v>2673</v>
+        <v>2680</v>
       </c>
       <c r="B581" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C581" s="5" t="s">
-        <v>928</v>
+        <v>2681</v>
       </c>
       <c r="D581" s="5" t="s">
-        <v>2674</v>
+        <v>1301</v>
       </c>
       <c r="E581" s="5" t="s">
-        <v>1654</v>
+        <v>2682</v>
       </c>
       <c r="F581" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G581" s="5" t="s">
-        <v>2675</v>
+      <c r="G581" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H581" s="5" t="s">
-        <v>2676</v>
+        <v>2683</v>
       </c>
       <c r="I581" s="5" t="s">
-        <v>2677</v>
+        <v>2684</v>
       </c>
       <c r="J581" s="5" t="s">
-        <v>1283</v>
+        <v>2685</v>
       </c>
       <c r="K581" s="5" t="s">
-        <v>2678</v>
+        <v>2686</v>
       </c>
       <c r="L581" s="6" t="s">
-        <v>2679</v>
+        <v>2687</v>
       </c>
       <c r="M581" s="5" t="s">
-        <v>2680</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="5" t="s">
-        <v>2681</v>
+        <v>2689</v>
       </c>
       <c r="B582" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C582" s="5" t="s">
-        <v>1725</v>
+        <v>928</v>
       </c>
       <c r="D582" s="5" t="s">
-        <v>1707</v>
-[...4 lines deleted...]
-        </is>
+        <v>1279</v>
+      </c>
+      <c r="E582" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F582" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G582" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H582" s="5" t="s">
-        <v>2682</v>
+        <v>2690</v>
       </c>
       <c r="I582" s="5" t="s">
-        <v>2683</v>
+        <v>2691</v>
       </c>
       <c r="J582" s="5" t="s">
-        <v>2684</v>
+        <v>31</v>
       </c>
       <c r="K582" s="5" t="s">
-        <v>2685</v>
+        <v>2692</v>
       </c>
       <c r="L582" s="6" t="s">
-        <v>2686</v>
+        <v>2693</v>
       </c>
       <c r="M582" s="5" t="s">
-        <v>2687</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="5" t="s">
-        <v>2688</v>
+        <v>2695</v>
       </c>
       <c r="B583" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C583" s="5" t="s">
-        <v>928</v>
+        <v>410</v>
       </c>
       <c r="D583" s="5" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>1654</v>
+        <v>1301</v>
+      </c>
+      <c r="E583" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F583" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G583" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H583" s="5" t="s">
-        <v>2689</v>
+        <v>2696</v>
       </c>
       <c r="I583" s="5" t="s">
-        <v>2690</v>
+        <v>2697</v>
       </c>
       <c r="J583" s="5" t="s">
-        <v>1283</v>
+        <v>2698</v>
       </c>
       <c r="K583" s="5" t="s">
-        <v>2691</v>
+        <v>2699</v>
       </c>
       <c r="L583" s="6" t="s">
-        <v>2692</v>
+        <v>2700</v>
       </c>
       <c r="M583" s="5" t="s">
-        <v>2693</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="5" t="s">
-        <v>2694</v>
+        <v>2702</v>
       </c>
       <c r="B584" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C584" s="5" t="s">
-        <v>928</v>
+        <v>410</v>
       </c>
       <c r="D584" s="5" t="s">
-        <v>1271</v>
-[...2 lines deleted...]
-        <v>1654</v>
+        <v>1301</v>
+      </c>
+      <c r="E584" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F584" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G584" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H584" s="5" t="s">
-        <v>2695</v>
+        <v>2703</v>
       </c>
       <c r="I584" s="5" t="s">
-        <v>2696</v>
+        <v>2704</v>
       </c>
       <c r="J584" s="5" t="s">
-        <v>1283</v>
+        <v>2705</v>
       </c>
       <c r="K584" s="5" t="s">
-        <v>2697</v>
+        <v>2706</v>
       </c>
       <c r="L584" s="6" t="s">
-        <v>2698</v>
+        <v>2707</v>
       </c>
       <c r="M584" s="5" t="s">
-        <v>2699</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="5" t="s">
-        <v>2700</v>
+        <v>2709</v>
       </c>
       <c r="B585" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C585" s="5" t="s">
-        <v>655</v>
+        <v>410</v>
       </c>
       <c r="D585" s="5" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>2702</v>
+        <v>1301</v>
+      </c>
+      <c r="E585" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F585" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G585" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H585" s="5" t="s">
-        <v>2703</v>
+        <v>2710</v>
       </c>
       <c r="I585" s="5" t="s">
-        <v>2704</v>
+        <v>2711</v>
       </c>
       <c r="J585" s="5" t="s">
-        <v>2705</v>
+        <v>2712</v>
       </c>
       <c r="K585" s="5" t="s">
-        <v>2706</v>
+        <v>2713</v>
       </c>
       <c r="L585" s="6" t="s">
-        <v>2707</v>
+        <v>2714</v>
       </c>
       <c r="M585" s="5" t="s">
-        <v>2708</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="5" t="s">
-        <v>2709</v>
+        <v>2716</v>
       </c>
       <c r="B586" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C586" s="5" t="s">
-        <v>928</v>
+        <v>2643</v>
       </c>
       <c r="D586" s="5" t="s">
         <v>1279</v>
       </c>
       <c r="E586" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F586" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G586" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H586" s="5" t="s">
-        <v>2710</v>
+      <c r="H586" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I586" s="5" t="s">
-        <v>2711</v>
+        <v>2717</v>
       </c>
       <c r="J586" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K586" s="5" t="s">
-        <v>2712</v>
+        <v>2718</v>
       </c>
       <c r="L586" s="6" t="s">
-        <v>2713</v>
+        <v>2719</v>
       </c>
       <c r="M586" s="5" t="s">
-        <v>2714</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="5" t="s">
-        <v>2715</v>
+        <v>2721</v>
       </c>
       <c r="B587" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C587" s="5" t="s">
-        <v>655</v>
+        <v>410</v>
       </c>
       <c r="D587" s="5" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>2717</v>
+        <v>1301</v>
+      </c>
+      <c r="E587" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F587" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G587" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H587" s="5" t="s">
-        <v>2718</v>
+        <v>2722</v>
       </c>
       <c r="I587" s="5" t="s">
-        <v>2719</v>
+        <v>2723</v>
       </c>
       <c r="J587" s="5" t="s">
-        <v>2720</v>
+        <v>2724</v>
       </c>
       <c r="K587" s="5" t="s">
-        <v>2721</v>
+        <v>2725</v>
       </c>
       <c r="L587" s="6" t="s">
-        <v>2722</v>
+        <v>2726</v>
       </c>
       <c r="M587" s="5" t="s">
-        <v>2723</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="5" t="s">
-        <v>2724</v>
+        <v>2728</v>
       </c>
       <c r="B588" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C588" s="5" t="s">
-        <v>2616</v>
+        <v>928</v>
       </c>
       <c r="D588" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="E588" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F588" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G588" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H588" s="5" t="s">
-        <v>2725</v>
+        <v>2729</v>
       </c>
       <c r="I588" s="5" t="s">
-        <v>2726</v>
+        <v>2730</v>
       </c>
       <c r="J588" s="5" t="s">
-        <v>31</v>
+        <v>1283</v>
       </c>
       <c r="K588" s="5" t="s">
-        <v>2727</v>
+        <v>2731</v>
       </c>
       <c r="L588" s="6" t="s">
-        <v>2728</v>
+        <v>2732</v>
       </c>
       <c r="M588" s="5" t="s">
-        <v>2729</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="5" t="s">
-        <v>2730</v>
+        <v>2734</v>
       </c>
       <c r="B589" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C589" s="5" t="s">
-        <v>928</v>
+        <v>410</v>
       </c>
       <c r="D589" s="5" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>1654</v>
+        <v>1301</v>
+      </c>
+      <c r="E589" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F589" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G589" s="5" t="s">
-        <v>2731</v>
+      <c r="G589" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H589" s="5" t="s">
-        <v>2732</v>
-[...1 lines deleted...]
-      <c r="I589" s="5"/>
+        <v>2735</v>
+      </c>
+      <c r="I589" s="5" t="s">
+        <v>2736</v>
+      </c>
       <c r="J589" s="5" t="s">
-        <v>1283</v>
+        <v>2737</v>
       </c>
       <c r="K589" s="5" t="s">
-        <v>2733</v>
+        <v>2738</v>
       </c>
       <c r="L589" s="6" t="s">
-        <v>2734</v>
+        <v>2739</v>
       </c>
       <c r="M589" s="5" t="s">
-        <v>2735</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="5" t="s">
-        <v>2736</v>
+        <v>2741</v>
       </c>
       <c r="B590" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C590" s="5" t="s">
-        <v>1602</v>
+        <v>120</v>
       </c>
       <c r="D590" s="5" t="s">
-        <v>1619</v>
+        <v>1301</v>
       </c>
       <c r="E590" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F590" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G590" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H590" s="5" t="s">
-        <v>2737</v>
+        <v>2742</v>
       </c>
       <c r="I590" s="5" t="s">
-        <v>2738</v>
+        <v>2743</v>
       </c>
       <c r="J590" s="5" t="s">
-        <v>2684</v>
+        <v>2744</v>
       </c>
       <c r="K590" s="5" t="s">
-        <v>2739</v>
+        <v>2745</v>
       </c>
       <c r="L590" s="6" t="s">
-        <v>2740</v>
+        <v>2746</v>
       </c>
       <c r="M590" s="5" t="s">
-        <v>2741</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="5" t="s">
-        <v>2742</v>
+        <v>2748</v>
       </c>
       <c r="B591" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C591" s="5" t="s">
-        <v>928</v>
+        <v>2643</v>
       </c>
       <c r="D591" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="E591" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F591" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G591" s="5" t="s">
-        <v>2743</v>
+      <c r="G591" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H591" s="5" t="s">
-        <v>2744</v>
+        <v>2749</v>
       </c>
       <c r="I591" s="5" t="s">
-        <v>2745</v>
+        <v>2750</v>
       </c>
       <c r="J591" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K591" s="5" t="s">
-        <v>2746</v>
+        <v>2751</v>
       </c>
       <c r="L591" s="6" t="s">
-        <v>2747</v>
+        <v>2752</v>
       </c>
       <c r="M591" s="5" t="s">
-        <v>2748</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="5" t="s">
-        <v>2749</v>
+        <v>2754</v>
       </c>
       <c r="B592" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C592" s="5" t="s">
-        <v>1602</v>
+        <v>928</v>
       </c>
       <c r="D592" s="5" t="s">
-        <v>1619</v>
-[...4 lines deleted...]
-        </is>
+        <v>2755</v>
+      </c>
+      <c r="E592" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F592" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G592" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G592" s="5" t="s">
+        <v>2756</v>
       </c>
       <c r="H592" s="5" t="s">
-        <v>2750</v>
+        <v>2757</v>
       </c>
       <c r="I592" s="5" t="s">
-        <v>2751</v>
+        <v>2758</v>
       </c>
       <c r="J592" s="5" t="s">
-        <v>2684</v>
+        <v>1283</v>
       </c>
       <c r="K592" s="5" t="s">
-        <v>2752</v>
+        <v>2759</v>
       </c>
       <c r="L592" s="6" t="s">
-        <v>2753</v>
+        <v>2760</v>
       </c>
       <c r="M592" s="5" t="s">
-        <v>2754</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="5" t="s">
-        <v>2755</v>
+        <v>2762</v>
       </c>
       <c r="B593" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C593" s="5" t="s">
-        <v>928</v>
+        <v>1740</v>
       </c>
       <c r="D593" s="5" t="s">
-        <v>1271</v>
-[...2 lines deleted...]
-        <v>1654</v>
+        <v>1722</v>
+      </c>
+      <c r="E593" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F593" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G593" s="5" t="s">
-        <v>2756</v>
+      <c r="G593" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H593" s="5" t="s">
-        <v>2757</v>
+        <v>2763</v>
       </c>
       <c r="I593" s="5" t="s">
-        <v>2758</v>
+        <v>2764</v>
       </c>
       <c r="J593" s="5" t="s">
-        <v>1283</v>
+        <v>2765</v>
       </c>
       <c r="K593" s="5" t="s">
-        <v>2759</v>
+        <v>2766</v>
       </c>
       <c r="L593" s="6" t="s">
-        <v>2760</v>
+        <v>2767</v>
       </c>
       <c r="M593" s="5" t="s">
-        <v>2761</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="5" t="s">
-        <v>2762</v>
+        <v>2769</v>
       </c>
       <c r="B594" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C594" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D594" s="5" t="s">
-        <v>1271</v>
+        <v>1279</v>
       </c>
       <c r="E594" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F594" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G594" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H594" s="5" t="s">
-        <v>2763</v>
+        <v>2770</v>
       </c>
       <c r="I594" s="5" t="s">
-        <v>2764</v>
+        <v>2771</v>
       </c>
       <c r="J594" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K594" s="5" t="s">
-        <v>2765</v>
+        <v>2772</v>
       </c>
       <c r="L594" s="6" t="s">
-        <v>2766</v>
+        <v>2773</v>
       </c>
       <c r="M594" s="5" t="s">
-        <v>2767</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="5" t="s">
-        <v>2768</v>
+        <v>2775</v>
       </c>
       <c r="B595" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C595" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D595" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="E595" s="5" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F595" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G595" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H595" s="5" t="s">
-        <v>2769</v>
-[...1 lines deleted...]
-      <c r="I595" s="5"/>
+        <v>2776</v>
+      </c>
+      <c r="I595" s="5" t="s">
+        <v>2777</v>
+      </c>
       <c r="J595" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="K595" s="5" t="s">
-        <v>2770</v>
+        <v>2778</v>
       </c>
       <c r="L595" s="6" t="s">
-        <v>2771</v>
+        <v>2779</v>
       </c>
       <c r="M595" s="5" t="s">
-        <v>2772</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="5" t="s">
-        <v>2773</v>
+        <v>2781</v>
       </c>
       <c r="B596" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C596" s="5" t="s">
-        <v>928</v>
+        <v>655</v>
       </c>
       <c r="D596" s="5" t="s">
-        <v>1271</v>
+        <v>120</v>
       </c>
       <c r="E596" s="5" t="s">
-        <v>1654</v>
-[...4 lines deleted...]
-        </is>
+        <v>2782</v>
+      </c>
+      <c r="F596" s="5" t="s">
+        <v>2783</v>
       </c>
       <c r="G596" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H596" s="5" t="s">
-        <v>2774</v>
+        <v>2784</v>
       </c>
       <c r="I596" s="5" t="s">
-        <v>2775</v>
+        <v>2785</v>
       </c>
       <c r="J596" s="5" t="s">
-        <v>1283</v>
+        <v>2786</v>
       </c>
       <c r="K596" s="5" t="s">
-        <v>2776</v>
+        <v>2787</v>
       </c>
       <c r="L596" s="6" t="s">
-        <v>2777</v>
+        <v>2788</v>
       </c>
       <c r="M596" s="5" t="s">
-        <v>2778</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="5" t="s">
-        <v>2779</v>
+        <v>2790</v>
       </c>
       <c r="B597" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C597" s="5" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="D597" s="5" t="s">
-        <v>1707</v>
+        <v>1279</v>
       </c>
       <c r="E597" s="5" t="s">
-        <v>28</v>
+        <v>1669</v>
       </c>
       <c r="F597" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G597" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H597" s="5" t="s">
-        <v>2780</v>
+        <v>2791</v>
       </c>
       <c r="I597" s="5" t="s">
-        <v>2781</v>
+        <v>2792</v>
       </c>
       <c r="J597" s="5" t="s">
-        <v>2782</v>
+        <v>1283</v>
       </c>
       <c r="K597" s="5" t="s">
-        <v>2783</v>
+        <v>2793</v>
       </c>
       <c r="L597" s="6" t="s">
-        <v>2784</v>
+        <v>2794</v>
       </c>
       <c r="M597" s="5" t="s">
-        <v>2785</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="5" t="s">
-        <v>2786</v>
+        <v>2796</v>
       </c>
       <c r="B598" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C598" s="5" t="s">
-        <v>2787</v>
+        <v>655</v>
       </c>
       <c r="D598" s="5" t="s">
-        <v>1619</v>
+        <v>120</v>
       </c>
       <c r="E598" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>2797</v>
+      </c>
+      <c r="F598" s="5" t="s">
+        <v>2798</v>
       </c>
       <c r="G598" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H598" s="5" t="s">
-        <v>2788</v>
+        <v>2799</v>
       </c>
       <c r="I598" s="5" t="s">
-        <v>2789</v>
+        <v>2800</v>
       </c>
       <c r="J598" s="5" t="s">
-        <v>2782</v>
+        <v>2801</v>
       </c>
       <c r="K598" s="5" t="s">
-        <v>2790</v>
+        <v>2802</v>
       </c>
       <c r="L598" s="6" t="s">
-        <v>2791</v>
+        <v>2803</v>
       </c>
       <c r="M598" s="5" t="s">
-        <v>2792</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="5" t="s">
-        <v>2793</v>
+        <v>2805</v>
       </c>
       <c r="B599" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C599" s="5" t="s">
-        <v>1619</v>
+        <v>2643</v>
       </c>
       <c r="D599" s="5" t="s">
-        <v>1707</v>
-[...4 lines deleted...]
-        </is>
+        <v>1271</v>
+      </c>
+      <c r="E599" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F599" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G599" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H599" s="5" t="s">
-        <v>2794</v>
+        <v>2806</v>
       </c>
       <c r="I599" s="5" t="s">
-        <v>2795</v>
+        <v>2807</v>
       </c>
       <c r="J599" s="5" t="s">
-        <v>2684</v>
+        <v>31</v>
       </c>
       <c r="K599" s="5" t="s">
-        <v>2796</v>
+        <v>2808</v>
       </c>
       <c r="L599" s="6" t="s">
-        <v>2797</v>
+        <v>2809</v>
       </c>
       <c r="M599" s="5" t="s">
-        <v>2798</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="5" t="s">
-        <v>2799</v>
+        <v>2811</v>
       </c>
       <c r="B600" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C600" s="5" t="s">
-        <v>1619</v>
+        <v>928</v>
       </c>
       <c r="D600" s="5" t="s">
-        <v>1707</v>
-[...4 lines deleted...]
-        </is>
+        <v>1279</v>
+      </c>
+      <c r="E600" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F600" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G600" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G600" s="5" t="s">
+        <v>2812</v>
       </c>
       <c r="H600" s="5" t="s">
-        <v>2800</v>
-[...3 lines deleted...]
-      </c>
+        <v>2813</v>
+      </c>
+      <c r="I600" s="5"/>
       <c r="J600" s="5" t="s">
-        <v>2684</v>
+        <v>1283</v>
       </c>
       <c r="K600" s="5" t="s">
-        <v>2802</v>
+        <v>2814</v>
       </c>
       <c r="L600" s="6" t="s">
-        <v>2803</v>
+        <v>2815</v>
       </c>
       <c r="M600" s="5" t="s">
-        <v>2804</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="5" t="s">
-        <v>2805</v>
+        <v>2817</v>
       </c>
       <c r="B601" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C601" s="5" t="s">
-        <v>928</v>
+        <v>1609</v>
       </c>
       <c r="D601" s="5" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>1654</v>
+        <v>1634</v>
+      </c>
+      <c r="E601" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F601" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G601" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H601" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I601" s="5"/>
+      <c r="H601" s="5" t="s">
+        <v>2818</v>
+      </c>
+      <c r="I601" s="5" t="s">
+        <v>2819</v>
+      </c>
       <c r="J601" s="5" t="s">
-        <v>1283</v>
+        <v>2765</v>
       </c>
       <c r="K601" s="5" t="s">
-        <v>2806</v>
+        <v>2820</v>
       </c>
       <c r="L601" s="6" t="s">
-        <v>2807</v>
+        <v>2821</v>
       </c>
       <c r="M601" s="5" t="s">
-        <v>2808</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="5" t="s">
-        <v>2809</v>
+        <v>2823</v>
       </c>
       <c r="B602" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C602" s="5" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="D602" s="5" t="s">
-        <v>2810</v>
+        <v>1271</v>
       </c>
       <c r="E602" s="5" t="s">
-        <v>28</v>
+        <v>1669</v>
       </c>
       <c r="F602" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G602" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G602" s="5" t="s">
+        <v>2824</v>
       </c>
       <c r="H602" s="5" t="s">
-        <v>2811</v>
+        <v>2825</v>
       </c>
       <c r="I602" s="5" t="s">
-        <v>2812</v>
+        <v>2826</v>
       </c>
       <c r="J602" s="5" t="s">
-        <v>2782</v>
+        <v>1283</v>
       </c>
       <c r="K602" s="5" t="s">
-        <v>2813</v>
+        <v>2827</v>
       </c>
       <c r="L602" s="6" t="s">
-        <v>2814</v>
+        <v>2828</v>
       </c>
       <c r="M602" s="5" t="s">
-        <v>2815</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="5" t="s">
-        <v>2816</v>
+        <v>2830</v>
       </c>
       <c r="B603" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C603" s="5" t="s">
-        <v>120</v>
+        <v>1609</v>
       </c>
       <c r="D603" s="5" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-        <v>2717</v>
+        <v>1634</v>
+      </c>
+      <c r="E603" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F603" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G603" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H603" s="5" t="s">
-        <v>2817</v>
+        <v>2831</v>
       </c>
       <c r="I603" s="5" t="s">
-        <v>2818</v>
+        <v>2832</v>
       </c>
       <c r="J603" s="5" t="s">
-        <v>2819</v>
+        <v>2765</v>
       </c>
       <c r="K603" s="5" t="s">
-        <v>2820</v>
+        <v>2833</v>
       </c>
       <c r="L603" s="6" t="s">
-        <v>2821</v>
+        <v>2834</v>
       </c>
       <c r="M603" s="5" t="s">
-        <v>2822</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="5" t="s">
-        <v>2823</v>
+        <v>2836</v>
       </c>
       <c r="B604" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C604" s="5" t="s">
-        <v>655</v>
+        <v>928</v>
       </c>
       <c r="D604" s="5" t="s">
-        <v>2824</v>
+        <v>1271</v>
       </c>
       <c r="E604" s="5" t="s">
-        <v>2825</v>
-[...7 lines deleted...]
-        </is>
+        <v>1669</v>
+      </c>
+      <c r="F604" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G604" s="5" t="s">
+        <v>2837</v>
       </c>
       <c r="H604" s="5" t="s">
-        <v>2827</v>
+        <v>2838</v>
       </c>
       <c r="I604" s="5" t="s">
-        <v>2828</v>
+        <v>2839</v>
       </c>
       <c r="J604" s="5" t="s">
-        <v>2829</v>
-[...4 lines deleted...]
-        </is>
+        <v>1283</v>
+      </c>
+      <c r="K604" s="5" t="s">
+        <v>2840</v>
       </c>
       <c r="L604" s="6" t="s">
-        <v>2830</v>
+        <v>2841</v>
       </c>
       <c r="M604" s="5" t="s">
-        <v>2831</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="5" t="s">
-        <v>2832</v>
+        <v>2843</v>
       </c>
       <c r="B605" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C605" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D605" s="5" t="s">
-        <v>930</v>
+        <v>1271</v>
       </c>
       <c r="E605" s="5" t="s">
-        <v>1581</v>
+        <v>1669</v>
       </c>
       <c r="F605" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G605" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H605" s="5" t="s">
-        <v>2833</v>
+        <v>2844</v>
       </c>
       <c r="I605" s="5" t="s">
-        <v>2834</v>
+        <v>2845</v>
       </c>
       <c r="J605" s="5" t="s">
-        <v>2835</v>
+        <v>1283</v>
       </c>
       <c r="K605" s="5" t="s">
-        <v>2836</v>
+        <v>2846</v>
       </c>
       <c r="L605" s="6" t="s">
-        <v>2837</v>
+        <v>2847</v>
       </c>
       <c r="M605" s="5" t="s">
-        <v>2838</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="5" t="s">
-        <v>2839</v>
+        <v>2849</v>
       </c>
       <c r="B606" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C606" s="5" t="s">
         <v>928</v>
       </c>
       <c r="D606" s="5" t="s">
-        <v>930</v>
+        <v>1271</v>
       </c>
       <c r="E606" s="5" t="s">
-        <v>2840</v>
+        <v>1669</v>
       </c>
       <c r="F606" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G606" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H606" s="5" t="s">
-        <v>2841</v>
-[...3 lines deleted...]
-      </c>
+        <v>2850</v>
+      </c>
+      <c r="I606" s="5"/>
       <c r="J606" s="5" t="s">
-        <v>2835</v>
+        <v>1283</v>
       </c>
       <c r="K606" s="5" t="s">
-        <v>2843</v>
+        <v>2851</v>
       </c>
       <c r="L606" s="6" t="s">
-        <v>2844</v>
+        <v>2852</v>
       </c>
       <c r="M606" s="5" t="s">
-        <v>2845</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="5" t="s">
-        <v>2846</v>
+        <v>2854</v>
       </c>
       <c r="B607" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C607" s="5" t="s">
-        <v>120</v>
+        <v>928</v>
       </c>
       <c r="D607" s="5" t="s">
-        <v>655</v>
+        <v>1271</v>
       </c>
       <c r="E607" s="5" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>2847</v>
+        <v>1669</v>
+      </c>
+      <c r="F607" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G607" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H607" s="5" t="s">
-        <v>2848</v>
+        <v>2855</v>
       </c>
       <c r="I607" s="5" t="s">
-        <v>2849</v>
+        <v>2856</v>
       </c>
       <c r="J607" s="5" t="s">
-        <v>2850</v>
+        <v>1283</v>
       </c>
       <c r="K607" s="5" t="s">
-        <v>2851</v>
+        <v>2857</v>
       </c>
       <c r="L607" s="6" t="s">
-        <v>2852</v>
+        <v>2858</v>
       </c>
       <c r="M607" s="5" t="s">
-        <v>2853</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="5" t="s">
-        <v>2854</v>
+        <v>2860</v>
       </c>
       <c r="B608" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C608" s="5" t="s">
-        <v>1619</v>
+        <v>27</v>
       </c>
       <c r="D608" s="5" t="s">
-        <v>1707</v>
-[...4 lines deleted...]
-        </is>
+        <v>1722</v>
+      </c>
+      <c r="E608" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F608" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G608" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H608" s="5" t="s">
-        <v>2855</v>
+        <v>2861</v>
       </c>
       <c r="I608" s="5" t="s">
-        <v>2856</v>
+        <v>2862</v>
       </c>
       <c r="J608" s="5" t="s">
-        <v>2684</v>
+        <v>2863</v>
       </c>
       <c r="K608" s="5" t="s">
-        <v>2857</v>
+        <v>2864</v>
       </c>
       <c r="L608" s="6" t="s">
-        <v>2858</v>
+        <v>2865</v>
       </c>
       <c r="M608" s="5" t="s">
-        <v>2859</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="5" t="s">
-        <v>2860</v>
+        <v>2867</v>
       </c>
       <c r="B609" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C609" s="5" t="s">
-        <v>280</v>
+        <v>2868</v>
       </c>
       <c r="D609" s="5" t="s">
-        <v>655</v>
+        <v>1634</v>
       </c>
       <c r="E609" s="5" t="s">
-        <v>2861</v>
+        <v>28</v>
       </c>
       <c r="F609" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G609" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H609" s="5" t="s">
-        <v>2862</v>
+        <v>2869</v>
       </c>
       <c r="I609" s="5" t="s">
+        <v>2870</v>
+      </c>
+      <c r="J609" s="5" t="s">
         <v>2863</v>
       </c>
-      <c r="J609" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K609" s="5" t="s">
-        <v>2865</v>
+        <v>2871</v>
       </c>
       <c r="L609" s="6" t="s">
-        <v>2866</v>
+        <v>2872</v>
       </c>
       <c r="M609" s="5" t="s">
-        <v>2867</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="5" t="s">
-        <v>2868</v>
+        <v>2874</v>
       </c>
       <c r="B610" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C610" s="5" t="s">
-        <v>1725</v>
+        <v>1634</v>
       </c>
       <c r="D610" s="5" t="s">
-        <v>1707</v>
+        <v>1722</v>
       </c>
       <c r="E610" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F610" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G610" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H610" s="5" t="s">
-        <v>2869</v>
-[...1 lines deleted...]
-      <c r="I610" s="5"/>
+        <v>2875</v>
+      </c>
+      <c r="I610" s="5" t="s">
+        <v>2876</v>
+      </c>
       <c r="J610" s="5" t="s">
-        <v>2684</v>
+        <v>2765</v>
       </c>
       <c r="K610" s="5" t="s">
-        <v>2870</v>
+        <v>2877</v>
       </c>
       <c r="L610" s="6" t="s">
-        <v>2871</v>
+        <v>2878</v>
       </c>
       <c r="M610" s="5" t="s">
-        <v>2872</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="5" t="s">
-        <v>2873</v>
+        <v>2880</v>
       </c>
       <c r="B611" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C611" s="5" t="s">
-        <v>120</v>
+        <v>1634</v>
       </c>
       <c r="D611" s="5" t="s">
-        <v>655</v>
-[...5 lines deleted...]
-        <v>2847</v>
+        <v>1722</v>
+      </c>
+      <c r="E611" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F611" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G611" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H611" s="5" t="s">
-        <v>2874</v>
+        <v>2881</v>
       </c>
       <c r="I611" s="5" t="s">
-        <v>2875</v>
+        <v>2882</v>
       </c>
       <c r="J611" s="5" t="s">
-        <v>2876</v>
+        <v>2765</v>
       </c>
       <c r="K611" s="5" t="s">
-        <v>2877</v>
+        <v>2883</v>
       </c>
       <c r="L611" s="6" t="s">
-        <v>2878</v>
+        <v>2884</v>
       </c>
       <c r="M611" s="5" t="s">
-        <v>2879</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="5" t="s">
-        <v>2880</v>
+        <v>2886</v>
       </c>
       <c r="B612" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C612" s="5" t="s">
-        <v>120</v>
+        <v>928</v>
       </c>
       <c r="D612" s="5" t="s">
-        <v>655</v>
+        <v>1279</v>
       </c>
       <c r="E612" s="5" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>2847</v>
+        <v>1669</v>
+      </c>
+      <c r="F612" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G612" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H612" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H612" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I612" s="5"/>
       <c r="J612" s="5" t="s">
-        <v>2883</v>
+        <v>1283</v>
       </c>
       <c r="K612" s="5" t="s">
-        <v>2884</v>
+        <v>2887</v>
       </c>
       <c r="L612" s="6" t="s">
-        <v>2885</v>
+        <v>2888</v>
       </c>
       <c r="M612" s="5" t="s">
-        <v>2886</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="5" t="s">
-        <v>2887</v>
+        <v>2890</v>
       </c>
       <c r="B613" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C613" s="5" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="D613" s="5" t="s">
-        <v>655</v>
+        <v>2891</v>
       </c>
       <c r="E613" s="5" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>2888</v>
+        <v>28</v>
+      </c>
+      <c r="F613" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G613" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H613" s="5" t="s">
-        <v>2889</v>
+        <v>2892</v>
       </c>
       <c r="I613" s="5" t="s">
-        <v>2890</v>
+        <v>2893</v>
       </c>
       <c r="J613" s="5" t="s">
-        <v>2891</v>
+        <v>2863</v>
       </c>
       <c r="K613" s="5" t="s">
-        <v>2892</v>
+        <v>2894</v>
       </c>
       <c r="L613" s="6" t="s">
-        <v>2893</v>
+        <v>2895</v>
       </c>
       <c r="M613" s="5" t="s">
-        <v>2894</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="5" t="s">
-        <v>2895</v>
+        <v>2897</v>
       </c>
       <c r="B614" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C614" s="5" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="D614" s="5" t="s">
-        <v>1707</v>
+        <v>655</v>
       </c>
       <c r="E614" s="5" t="s">
-        <v>28</v>
+        <v>2798</v>
       </c>
       <c r="F614" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G614" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H614" s="5" t="s">
-        <v>2896</v>
+        <v>2898</v>
       </c>
       <c r="I614" s="5" t="s">
-        <v>2897</v>
+        <v>2899</v>
       </c>
       <c r="J614" s="5" t="s">
-        <v>2782</v>
+        <v>2900</v>
       </c>
       <c r="K614" s="5" t="s">
-        <v>2898</v>
+        <v>2901</v>
       </c>
       <c r="L614" s="6" t="s">
-        <v>2899</v>
+        <v>2902</v>
       </c>
       <c r="M614" s="5" t="s">
-        <v>2900</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="5" t="s">
-        <v>2901</v>
+        <v>2904</v>
       </c>
       <c r="B615" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C615" s="5" t="s">
-        <v>928</v>
+        <v>655</v>
       </c>
       <c r="D615" s="5" t="s">
-        <v>930</v>
+        <v>2905</v>
       </c>
       <c r="E615" s="5" t="s">
-        <v>1654</v>
-[...4 lines deleted...]
-        </is>
+        <v>2906</v>
+      </c>
+      <c r="F615" s="5" t="s">
+        <v>2907</v>
       </c>
       <c r="G615" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H615" s="5" t="s">
-        <v>2902</v>
+        <v>2908</v>
       </c>
       <c r="I615" s="5" t="s">
-        <v>2903</v>
+        <v>2909</v>
       </c>
       <c r="J615" s="5" t="s">
-        <v>2904</v>
-[...2 lines deleted...]
-        <v>2905</v>
+        <v>2910</v>
+      </c>
+      <c r="K615" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L615" s="6" t="s">
-        <v>2906</v>
+        <v>2911</v>
       </c>
       <c r="M615" s="5" t="s">
-        <v>2907</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="5" t="s">
-        <v>2908</v>
+        <v>2913</v>
       </c>
       <c r="B616" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C616" s="5" t="s">
-        <v>1382</v>
+        <v>928</v>
       </c>
       <c r="D616" s="5" t="s">
-        <v>2909</v>
+        <v>930</v>
       </c>
       <c r="E616" s="5" t="s">
-        <v>2910</v>
+        <v>1588</v>
       </c>
       <c r="F616" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G616" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H616" s="5" t="s">
-        <v>2911</v>
+        <v>2914</v>
       </c>
       <c r="I616" s="5" t="s">
-        <v>2912</v>
+        <v>2915</v>
       </c>
       <c r="J616" s="5" t="s">
-        <v>2913</v>
+        <v>2916</v>
       </c>
       <c r="K616" s="5" t="s">
-        <v>2914</v>
+        <v>2917</v>
       </c>
       <c r="L616" s="6" t="s">
-        <v>2915</v>
+        <v>2918</v>
       </c>
       <c r="M616" s="5" t="s">
-        <v>2916</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="5" t="s">
-        <v>2917</v>
+        <v>2920</v>
       </c>
       <c r="B617" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C617" s="5" t="s">
-        <v>120</v>
+        <v>928</v>
       </c>
       <c r="D617" s="5" t="s">
-        <v>655</v>
+        <v>930</v>
       </c>
       <c r="E617" s="5" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>2888</v>
+        <v>2921</v>
+      </c>
+      <c r="F617" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G617" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H617" s="5" t="s">
-        <v>2918</v>
+        <v>2922</v>
       </c>
       <c r="I617" s="5" t="s">
-        <v>2919</v>
+        <v>2923</v>
       </c>
       <c r="J617" s="5" t="s">
-        <v>2920</v>
+        <v>2916</v>
       </c>
       <c r="K617" s="5" t="s">
-        <v>2921</v>
+        <v>2924</v>
       </c>
       <c r="L617" s="6" t="s">
-        <v>2922</v>
+        <v>2925</v>
       </c>
       <c r="M617" s="5" t="s">
-        <v>2923</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="5" t="s">
-        <v>2924</v>
+        <v>2927</v>
       </c>
       <c r="B618" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C618" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D618" s="5" t="s">
         <v>655</v>
       </c>
       <c r="E618" s="5" t="s">
-        <v>2717</v>
+        <v>2798</v>
       </c>
       <c r="F618" s="5" t="s">
-        <v>2888</v>
+        <v>2928</v>
       </c>
       <c r="G618" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H618" s="5" t="s">
-        <v>2925</v>
+        <v>2929</v>
       </c>
       <c r="I618" s="5" t="s">
-        <v>2926</v>
+        <v>2930</v>
       </c>
       <c r="J618" s="5" t="s">
-        <v>2927</v>
+        <v>2931</v>
       </c>
       <c r="K618" s="5" t="s">
-        <v>2928</v>
+        <v>2932</v>
       </c>
       <c r="L618" s="6" t="s">
-        <v>2929</v>
+        <v>2933</v>
       </c>
       <c r="M618" s="5" t="s">
-        <v>2930</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="5" t="s">
-        <v>2931</v>
+        <v>2935</v>
       </c>
       <c r="B619" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C619" s="5" t="s">
-        <v>120</v>
+        <v>1634</v>
       </c>
       <c r="D619" s="5" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-        <v>2861</v>
+        <v>1722</v>
+      </c>
+      <c r="E619" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F619" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G619" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H619" s="5" t="s">
-        <v>2932</v>
+        <v>2936</v>
       </c>
       <c r="I619" s="5" t="s">
-        <v>2933</v>
+        <v>2937</v>
       </c>
       <c r="J619" s="5" t="s">
-        <v>2934</v>
+        <v>2765</v>
       </c>
       <c r="K619" s="5" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
       <c r="L619" s="6" t="s">
-        <v>2936</v>
+        <v>2939</v>
       </c>
       <c r="M619" s="5" t="s">
-        <v>2937</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="5" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
       <c r="B620" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C620" s="5" t="s">
-        <v>120</v>
+        <v>280</v>
       </c>
       <c r="D620" s="5" t="s">
         <v>655</v>
       </c>
       <c r="E620" s="5" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>2888</v>
+        <v>2942</v>
+      </c>
+      <c r="F620" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G620" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H620" s="5" t="s">
-        <v>2939</v>
+        <v>2943</v>
       </c>
       <c r="I620" s="5" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
       <c r="J620" s="5" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
       <c r="K620" s="5" t="s">
-        <v>2942</v>
+        <v>2946</v>
       </c>
       <c r="L620" s="6" t="s">
-        <v>2943</v>
+        <v>2947</v>
       </c>
       <c r="M620" s="5" t="s">
-        <v>2944</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="5" t="s">
-        <v>2945</v>
+        <v>2949</v>
       </c>
       <c r="B621" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C621" s="5" t="s">
-        <v>27</v>
+        <v>1740</v>
       </c>
       <c r="D621" s="5" t="s">
-        <v>2946</v>
-[...5 lines deleted...]
-        <v>2947</v>
+        <v>1722</v>
+      </c>
+      <c r="E621" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F621" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G621" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H621" s="5" t="s">
-        <v>2948</v>
-[...3 lines deleted...]
-      </c>
+        <v>2950</v>
+      </c>
+      <c r="I621" s="5"/>
       <c r="J621" s="5" t="s">
-        <v>2684</v>
+        <v>2765</v>
       </c>
       <c r="K621" s="5" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="L621" s="6" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
       <c r="M621" s="5" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="5" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
       <c r="B622" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C622" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D622" s="5" t="s">
         <v>655</v>
       </c>
       <c r="E622" s="5" t="s">
-        <v>2717</v>
+        <v>2798</v>
       </c>
       <c r="F622" s="5" t="s">
-        <v>2954</v>
+        <v>2928</v>
       </c>
       <c r="G622" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H622" s="5" t="s">
         <v>2955</v>
       </c>
       <c r="I622" s="5" t="s">
         <v>2956</v>
       </c>
       <c r="J622" s="5" t="s">
         <v>2957</v>
       </c>
       <c r="K622" s="5" t="s">
         <v>2958</v>
       </c>
       <c r="L622" s="6" t="s">
         <v>2959</v>
       </c>
       <c r="M622" s="5" t="s">
         <v>2960</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="5" t="s">
         <v>2961</v>
       </c>
       <c r="B623" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C623" s="5" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="D623" s="5" t="s">
-        <v>2946</v>
+        <v>655</v>
       </c>
       <c r="E623" s="5" t="s">
-        <v>28</v>
+        <v>2798</v>
       </c>
       <c r="F623" s="5" t="s">
-        <v>2947</v>
+        <v>2928</v>
       </c>
       <c r="G623" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H623" s="5" t="s">
         <v>2962</v>
       </c>
-      <c r="I623" s="5"/>
+      <c r="I623" s="5" t="s">
+        <v>2963</v>
+      </c>
       <c r="J623" s="5" t="s">
-        <v>2684</v>
+        <v>2964</v>
       </c>
       <c r="K623" s="5" t="s">
-        <v>2963</v>
+        <v>2965</v>
       </c>
       <c r="L623" s="6" t="s">
-        <v>2964</v>
+        <v>2966</v>
       </c>
       <c r="M623" s="5" t="s">
-        <v>2965</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="5" t="s">
-        <v>2966</v>
+        <v>2968</v>
       </c>
       <c r="B624" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C624" s="5" t="s">
-        <v>2967</v>
+        <v>120</v>
       </c>
       <c r="D624" s="5" t="s">
-        <v>1707</v>
-[...9 lines deleted...]
-        </is>
+        <v>655</v>
+      </c>
+      <c r="E624" s="5" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F624" s="5" t="s">
+        <v>2969</v>
       </c>
       <c r="G624" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H624" s="5" t="s">
-        <v>2968</v>
+        <v>2970</v>
       </c>
       <c r="I624" s="5" t="s">
-        <v>2969</v>
+        <v>2971</v>
       </c>
       <c r="J624" s="5" t="s">
-        <v>2684</v>
+        <v>2972</v>
       </c>
       <c r="K624" s="5" t="s">
-        <v>2970</v>
+        <v>2973</v>
       </c>
       <c r="L624" s="6" t="s">
-        <v>2971</v>
+        <v>2974</v>
       </c>
       <c r="M624" s="5" t="s">
-        <v>2972</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="5" t="s">
-        <v>2973</v>
+        <v>2976</v>
       </c>
       <c r="B625" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C625" s="5" t="s">
-        <v>2974</v>
+        <v>27</v>
       </c>
       <c r="D625" s="5" t="s">
-        <v>698</v>
+        <v>1722</v>
       </c>
       <c r="E625" s="5" t="s">
-        <v>2975</v>
+        <v>28</v>
       </c>
       <c r="F625" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G625" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H625" s="5" t="s">
-        <v>2976</v>
-[...1 lines deleted...]
-      <c r="I625" s="5"/>
+        <v>2977</v>
+      </c>
+      <c r="I625" s="5" t="s">
+        <v>2978</v>
+      </c>
       <c r="J625" s="5" t="s">
-        <v>2977</v>
+        <v>2863</v>
       </c>
       <c r="K625" s="5" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
       <c r="L625" s="6" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
       <c r="M625" s="5" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="5" t="s">
-        <v>2981</v>
+        <v>2982</v>
       </c>
       <c r="B626" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C626" s="5" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="D626" s="5" t="s">
-        <v>2946</v>
+        <v>930</v>
       </c>
       <c r="E626" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2947</v>
+        <v>1669</v>
+      </c>
+      <c r="F626" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G626" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H626" s="5" t="s">
-        <v>2982</v>
+        <v>2983</v>
       </c>
       <c r="I626" s="5" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
       <c r="J626" s="5" t="s">
-        <v>2684</v>
+        <v>2985</v>
       </c>
       <c r="K626" s="5" t="s">
-        <v>2984</v>
+        <v>2986</v>
       </c>
       <c r="L626" s="6" t="s">
-        <v>2985</v>
+        <v>2987</v>
       </c>
       <c r="M626" s="5" t="s">
-        <v>2986</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="5" t="s">
-        <v>2987</v>
+        <v>2989</v>
       </c>
       <c r="B627" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C627" s="5" t="s">
-        <v>67</v>
+        <v>1382</v>
       </c>
       <c r="D627" s="5" t="s">
-        <v>1707</v>
-[...4 lines deleted...]
-        </is>
+        <v>2990</v>
+      </c>
+      <c r="E627" s="5" t="s">
+        <v>2991</v>
       </c>
       <c r="F627" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G627" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H627" s="5" t="s">
-        <v>2988</v>
+        <v>2992</v>
       </c>
       <c r="I627" s="5" t="s">
-        <v>2989</v>
+        <v>2993</v>
       </c>
       <c r="J627" s="5" t="s">
-        <v>2684</v>
+        <v>2994</v>
       </c>
       <c r="K627" s="5" t="s">
-        <v>2990</v>
+        <v>2995</v>
       </c>
       <c r="L627" s="6" t="s">
-        <v>2991</v>
+        <v>2996</v>
       </c>
       <c r="M627" s="5" t="s">
-        <v>2992</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="5" t="s">
-        <v>2993</v>
+        <v>2998</v>
       </c>
       <c r="B628" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C628" s="5" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="D628" s="5" t="s">
-        <v>2946</v>
+        <v>655</v>
       </c>
       <c r="E628" s="5" t="s">
-        <v>28</v>
+        <v>2798</v>
       </c>
       <c r="F628" s="5" t="s">
-        <v>2947</v>
+        <v>2969</v>
       </c>
       <c r="G628" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H628" s="5" t="s">
-        <v>2994</v>
+        <v>2999</v>
       </c>
       <c r="I628" s="5" t="s">
-        <v>2995</v>
+        <v>3000</v>
       </c>
       <c r="J628" s="5" t="s">
-        <v>2684</v>
+        <v>3001</v>
       </c>
       <c r="K628" s="5" t="s">
-        <v>2996</v>
+        <v>3002</v>
       </c>
       <c r="L628" s="6" t="s">
-        <v>2997</v>
+        <v>3003</v>
       </c>
       <c r="M628" s="5" t="s">
-        <v>2998</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="5" t="s">
-        <v>2999</v>
+        <v>3005</v>
       </c>
       <c r="B629" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C629" s="5" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="D629" s="5" t="s">
-        <v>2946</v>
+        <v>655</v>
       </c>
       <c r="E629" s="5" t="s">
-        <v>28</v>
+        <v>2798</v>
       </c>
       <c r="F629" s="5" t="s">
-        <v>2947</v>
+        <v>2969</v>
       </c>
       <c r="G629" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H629" s="5" t="s">
-        <v>3000</v>
+        <v>3006</v>
       </c>
       <c r="I629" s="5" t="s">
-        <v>3001</v>
+        <v>3007</v>
       </c>
       <c r="J629" s="5" t="s">
-        <v>2684</v>
+        <v>3008</v>
       </c>
       <c r="K629" s="5" t="s">
-        <v>3002</v>
+        <v>3009</v>
       </c>
       <c r="L629" s="6" t="s">
-        <v>3003</v>
+        <v>3010</v>
       </c>
       <c r="M629" s="5" t="s">
-        <v>3004</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="5" t="s">
-        <v>3005</v>
+        <v>3012</v>
       </c>
       <c r="B630" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C630" s="5" t="s">
-        <v>3006</v>
+        <v>120</v>
       </c>
       <c r="D630" s="5" t="s">
-        <v>698</v>
+        <v>655</v>
       </c>
       <c r="E630" s="5" t="s">
-        <v>28</v>
+        <v>2942</v>
       </c>
       <c r="F630" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G630" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H630" s="5" t="s">
-        <v>3007</v>
+        <v>3013</v>
       </c>
       <c r="I630" s="5" t="s">
-        <v>3008</v>
+        <v>3014</v>
       </c>
       <c r="J630" s="5" t="s">
-        <v>3009</v>
+        <v>3015</v>
       </c>
       <c r="K630" s="5" t="s">
-        <v>3010</v>
+        <v>3016</v>
       </c>
       <c r="L630" s="6" t="s">
-        <v>3011</v>
+        <v>3017</v>
       </c>
       <c r="M630" s="5" t="s">
-        <v>3012</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="5" t="s">
-        <v>3013</v>
+        <v>3019</v>
       </c>
       <c r="B631" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C631" s="5" t="s">
-        <v>1725</v>
+        <v>120</v>
       </c>
       <c r="D631" s="5" t="s">
-        <v>3014</v>
+        <v>655</v>
       </c>
       <c r="E631" s="5" t="s">
-        <v>3015</v>
-[...4 lines deleted...]
-        </is>
+        <v>2798</v>
+      </c>
+      <c r="F631" s="5" t="s">
+        <v>2969</v>
       </c>
       <c r="G631" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H631" s="5" t="s">
-        <v>3016</v>
+        <v>3020</v>
       </c>
       <c r="I631" s="5" t="s">
-        <v>3017</v>
+        <v>3021</v>
       </c>
       <c r="J631" s="5" t="s">
-        <v>2684</v>
+        <v>3022</v>
       </c>
       <c r="K631" s="5" t="s">
-        <v>3018</v>
+        <v>3023</v>
       </c>
       <c r="L631" s="6" t="s">
-        <v>3019</v>
+        <v>3024</v>
       </c>
       <c r="M631" s="5" t="s">
-        <v>3020</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="5" t="s">
-        <v>3021</v>
+        <v>3026</v>
       </c>
       <c r="B632" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C632" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D632" s="5" t="s">
-        <v>2946</v>
+        <v>3027</v>
       </c>
       <c r="E632" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F632" s="5" t="s">
-        <v>2947</v>
+        <v>3028</v>
       </c>
       <c r="G632" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H632" s="5" t="s">
-        <v>3022</v>
+        <v>3029</v>
       </c>
       <c r="I632" s="5" t="s">
-        <v>3023</v>
+        <v>3030</v>
       </c>
       <c r="J632" s="5" t="s">
-        <v>2684</v>
+        <v>2765</v>
       </c>
       <c r="K632" s="5" t="s">
-        <v>3024</v>
+        <v>3031</v>
       </c>
       <c r="L632" s="6" t="s">
-        <v>3025</v>
+        <v>3032</v>
       </c>
       <c r="M632" s="5" t="s">
-        <v>3026</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="5" t="s">
-        <v>3027</v>
+        <v>3034</v>
       </c>
       <c r="B633" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C633" s="5" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="D633" s="5" t="s">
-        <v>2946</v>
+        <v>655</v>
       </c>
       <c r="E633" s="5" t="s">
-        <v>28</v>
+        <v>2798</v>
       </c>
       <c r="F633" s="5" t="s">
-        <v>2947</v>
+        <v>2969</v>
       </c>
       <c r="G633" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H633" s="5" t="s">
-        <v>3028</v>
+        <v>3035</v>
       </c>
       <c r="I633" s="5" t="s">
-        <v>3029</v>
+        <v>3036</v>
       </c>
       <c r="J633" s="5" t="s">
-        <v>2684</v>
+        <v>3037</v>
       </c>
       <c r="K633" s="5" t="s">
-        <v>3030</v>
+        <v>3038</v>
       </c>
       <c r="L633" s="6" t="s">
-        <v>3031</v>
+        <v>3039</v>
       </c>
       <c r="M633" s="5" t="s">
-        <v>3032</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="5" t="s">
-        <v>3033</v>
+        <v>3041</v>
       </c>
       <c r="B634" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C634" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D634" s="5" t="s">
         <v>655</v>
       </c>
       <c r="E634" s="5" t="s">
-        <v>2717</v>
+        <v>2798</v>
       </c>
       <c r="F634" s="5" t="s">
-        <v>2888</v>
+        <v>3042</v>
       </c>
       <c r="G634" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H634" s="5" t="s">
-        <v>3034</v>
+        <v>3043</v>
       </c>
       <c r="I634" s="5" t="s">
-        <v>3035</v>
+        <v>3044</v>
       </c>
       <c r="J634" s="5" t="s">
-        <v>3036</v>
+        <v>3045</v>
       </c>
       <c r="K634" s="5" t="s">
-        <v>3037</v>
+        <v>3046</v>
       </c>
       <c r="L634" s="6" t="s">
-        <v>3038</v>
+        <v>3047</v>
       </c>
       <c r="M634" s="5" t="s">
-        <v>3039</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="5" t="s">
-        <v>3040</v>
+        <v>3049</v>
       </c>
       <c r="B635" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C635" s="5" t="s">
-        <v>1619</v>
+        <v>27</v>
       </c>
       <c r="D635" s="5" t="s">
-        <v>1707</v>
-[...9 lines deleted...]
-        </is>
+        <v>3027</v>
+      </c>
+      <c r="E635" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F635" s="5" t="s">
+        <v>3028</v>
       </c>
       <c r="G635" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H635" s="5" t="s">
-        <v>3041</v>
+        <v>3050</v>
       </c>
       <c r="I635" s="5"/>
       <c r="J635" s="5" t="s">
-        <v>2684</v>
+        <v>2765</v>
       </c>
       <c r="K635" s="5" t="s">
-        <v>3042</v>
+        <v>3051</v>
       </c>
       <c r="L635" s="6" t="s">
-        <v>3043</v>
+        <v>3052</v>
       </c>
       <c r="M635" s="5" t="s">
-        <v>3044</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="5" t="s">
-        <v>3045</v>
+        <v>3054</v>
       </c>
       <c r="B636" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C636" s="5" t="s">
-        <v>27</v>
+        <v>3055</v>
       </c>
       <c r="D636" s="5" t="s">
-        <v>2946</v>
-[...5 lines deleted...]
-        <v>2947</v>
+        <v>1722</v>
+      </c>
+      <c r="E636" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F636" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G636" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H636" s="5" t="s">
-        <v>3046</v>
-[...1 lines deleted...]
-      <c r="I636" s="5"/>
+        <v>3056</v>
+      </c>
+      <c r="I636" s="5" t="s">
+        <v>3057</v>
+      </c>
       <c r="J636" s="5" t="s">
-        <v>2684</v>
+        <v>2765</v>
       </c>
       <c r="K636" s="5" t="s">
-        <v>3047</v>
+        <v>3058</v>
       </c>
       <c r="L636" s="6" t="s">
-        <v>3048</v>
+        <v>3059</v>
       </c>
       <c r="M636" s="5" t="s">
-        <v>3049</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="5" t="s">
-        <v>3050</v>
+        <v>3061</v>
       </c>
       <c r="B637" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C637" s="5" t="s">
-        <v>1619</v>
+        <v>3062</v>
       </c>
       <c r="D637" s="5" t="s">
-        <v>1707</v>
-[...4 lines deleted...]
-        </is>
+        <v>698</v>
+      </c>
+      <c r="E637" s="5" t="s">
+        <v>3063</v>
       </c>
       <c r="F637" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G637" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H637" s="5" t="s">
-        <v>3051</v>
-[...3 lines deleted...]
-      </c>
+        <v>3064</v>
+      </c>
+      <c r="I637" s="5"/>
       <c r="J637" s="5" t="s">
-        <v>2684</v>
+        <v>3065</v>
       </c>
       <c r="K637" s="5" t="s">
-        <v>3053</v>
+        <v>3066</v>
       </c>
       <c r="L637" s="6" t="s">
-        <v>3054</v>
+        <v>3067</v>
       </c>
       <c r="M637" s="5" t="s">
-        <v>3055</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="5" t="s">
-        <v>3056</v>
+        <v>3069</v>
       </c>
       <c r="B638" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C638" s="5" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="D638" s="5" t="s">
-        <v>655</v>
+        <v>3027</v>
       </c>
       <c r="E638" s="5" t="s">
-        <v>2717</v>
+        <v>28</v>
       </c>
       <c r="F638" s="5" t="s">
-        <v>2888</v>
+        <v>3028</v>
       </c>
       <c r="G638" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H638" s="5" t="s">
-        <v>3057</v>
+        <v>3070</v>
       </c>
       <c r="I638" s="5" t="s">
-        <v>3058</v>
+        <v>3071</v>
       </c>
       <c r="J638" s="5" t="s">
-        <v>3059</v>
+        <v>2765</v>
       </c>
       <c r="K638" s="5" t="s">
-        <v>3060</v>
+        <v>3072</v>
       </c>
       <c r="L638" s="6" t="s">
-        <v>3061</v>
+        <v>3073</v>
       </c>
       <c r="M638" s="5" t="s">
-        <v>3062</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="5" t="s">
-        <v>3063</v>
+        <v>3075</v>
       </c>
       <c r="B639" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C639" s="5" t="s">
-        <v>120</v>
+        <v>67</v>
       </c>
       <c r="D639" s="5" t="s">
-        <v>655</v>
-[...5 lines deleted...]
-        <v>2888</v>
+        <v>1722</v>
+      </c>
+      <c r="E639" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F639" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G639" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H639" s="5" t="s">
-        <v>3064</v>
+        <v>3076</v>
       </c>
       <c r="I639" s="5" t="s">
-        <v>3065</v>
+        <v>3077</v>
       </c>
       <c r="J639" s="5" t="s">
-        <v>3066</v>
+        <v>2765</v>
       </c>
       <c r="K639" s="5" t="s">
-        <v>3067</v>
+        <v>3078</v>
       </c>
       <c r="L639" s="6" t="s">
-        <v>3068</v>
+        <v>3079</v>
       </c>
       <c r="M639" s="5" t="s">
-        <v>3069</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="5" t="s">
-        <v>3070</v>
+        <v>3081</v>
       </c>
       <c r="B640" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C640" s="5" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="D640" s="5" t="s">
-        <v>655</v>
+        <v>3027</v>
       </c>
       <c r="E640" s="5" t="s">
-        <v>2717</v>
+        <v>28</v>
       </c>
       <c r="F640" s="5" t="s">
-        <v>2888</v>
+        <v>3028</v>
       </c>
       <c r="G640" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H640" s="5" t="s">
-        <v>3071</v>
+        <v>3082</v>
       </c>
       <c r="I640" s="5" t="s">
-        <v>3072</v>
+        <v>3083</v>
       </c>
       <c r="J640" s="5" t="s">
-        <v>3073</v>
+        <v>2765</v>
       </c>
       <c r="K640" s="5" t="s">
-        <v>3074</v>
+        <v>3084</v>
       </c>
       <c r="L640" s="6" t="s">
-        <v>3075</v>
+        <v>3085</v>
       </c>
       <c r="M640" s="5" t="s">
-        <v>3076</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="5" t="s">
-        <v>3077</v>
+        <v>3087</v>
       </c>
       <c r="B641" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C641" s="5" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="D641" s="5" t="s">
-        <v>3078</v>
-[...9 lines deleted...]
-        </is>
+        <v>3027</v>
+      </c>
+      <c r="E641" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F641" s="5" t="s">
+        <v>3028</v>
       </c>
       <c r="G641" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H641" s="5" t="s">
-        <v>3079</v>
+        <v>3088</v>
       </c>
       <c r="I641" s="5" t="s">
-        <v>3080</v>
+        <v>3089</v>
       </c>
       <c r="J641" s="5" t="s">
-        <v>2684</v>
+        <v>2765</v>
       </c>
       <c r="K641" s="5" t="s">
-        <v>3081</v>
+        <v>3090</v>
       </c>
       <c r="L641" s="6" t="s">
-        <v>3082</v>
+        <v>3091</v>
       </c>
       <c r="M641" s="5" t="s">
-        <v>3083</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="5" t="s">
-        <v>3084</v>
+        <v>3093</v>
       </c>
       <c r="B642" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C642" s="5" t="s">
-        <v>67</v>
+        <v>3094</v>
       </c>
       <c r="D642" s="5" t="s">
-        <v>3078</v>
-[...4 lines deleted...]
-        </is>
+        <v>698</v>
+      </c>
+      <c r="E642" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F642" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G642" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H642" s="5" t="s">
-        <v>3085</v>
+        <v>3095</v>
       </c>
       <c r="I642" s="5" t="s">
-        <v>3086</v>
+        <v>3096</v>
       </c>
       <c r="J642" s="5" t="s">
-        <v>2684</v>
+        <v>3097</v>
       </c>
       <c r="K642" s="5" t="s">
-        <v>3087</v>
+        <v>3098</v>
       </c>
       <c r="L642" s="6" t="s">
-        <v>3088</v>
+        <v>3099</v>
       </c>
       <c r="M642" s="5" t="s">
-        <v>3089</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="5" t="s">
-        <v>3090</v>
+        <v>3101</v>
       </c>
       <c r="B643" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C643" s="5" t="s">
-        <v>655</v>
+        <v>1740</v>
       </c>
       <c r="D643" s="5" t="s">
-        <v>120</v>
+        <v>3102</v>
       </c>
       <c r="E643" s="5" t="s">
-        <v>2701</v>
-[...2 lines deleted...]
-        <v>2717</v>
+        <v>3103</v>
+      </c>
+      <c r="F643" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G643" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H643" s="5" t="s">
-        <v>3091</v>
+        <v>3104</v>
       </c>
       <c r="I643" s="5" t="s">
-        <v>3092</v>
+        <v>3105</v>
       </c>
       <c r="J643" s="5" t="s">
-        <v>3093</v>
+        <v>2765</v>
       </c>
       <c r="K643" s="5" t="s">
-        <v>3094</v>
+        <v>3106</v>
       </c>
       <c r="L643" s="6" t="s">
-        <v>3095</v>
+        <v>3107</v>
       </c>
       <c r="M643" s="5" t="s">
-        <v>3096</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="5" t="s">
-        <v>3097</v>
+        <v>3109</v>
       </c>
       <c r="B644" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C644" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D644" s="5" t="s">
-        <v>2946</v>
+        <v>3027</v>
       </c>
       <c r="E644" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F644" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F644" s="5" t="s">
+        <v>3028</v>
       </c>
       <c r="G644" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H644" s="5" t="s">
-        <v>3098</v>
+        <v>3110</v>
       </c>
       <c r="I644" s="5" t="s">
-        <v>3099</v>
+        <v>3111</v>
       </c>
       <c r="J644" s="5" t="s">
-        <v>2684</v>
+        <v>2765</v>
       </c>
       <c r="K644" s="5" t="s">
-        <v>3100</v>
+        <v>3112</v>
       </c>
       <c r="L644" s="6" t="s">
-        <v>3101</v>
+        <v>3113</v>
       </c>
       <c r="M644" s="5" t="s">
-        <v>3102</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="5" t="s">
-        <v>3103</v>
+        <v>3115</v>
       </c>
       <c r="B645" s="5" t="s">
-        <v>387</v>
+        <v>14</v>
       </c>
       <c r="C645" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D645" s="5" t="s">
-        <v>2946</v>
+        <v>3027</v>
       </c>
       <c r="E645" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F645" s="5" t="s">
-        <v>3104</v>
+        <v>3028</v>
       </c>
       <c r="G645" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H645" s="5" t="s">
-        <v>3105</v>
+        <v>3116</v>
       </c>
       <c r="I645" s="5" t="s">
-        <v>3106</v>
+        <v>3117</v>
       </c>
       <c r="J645" s="5" t="s">
-        <v>2684</v>
+        <v>2765</v>
       </c>
       <c r="K645" s="5" t="s">
-        <v>3107</v>
+        <v>3118</v>
       </c>
       <c r="L645" s="6" t="s">
-        <v>3108</v>
+        <v>3119</v>
       </c>
       <c r="M645" s="5" t="s">
-        <v>3109</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="5" t="s">
-        <v>3110</v>
+        <v>3121</v>
       </c>
       <c r="B646" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C646" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D646" s="5" t="s">
         <v>655</v>
       </c>
       <c r="E646" s="5" t="s">
-        <v>2717</v>
+        <v>2798</v>
       </c>
       <c r="F646" s="5" t="s">
-        <v>3111</v>
+        <v>2969</v>
       </c>
       <c r="G646" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H646" s="5" t="s">
-        <v>3112</v>
+        <v>3122</v>
       </c>
       <c r="I646" s="5" t="s">
-        <v>3113</v>
+        <v>3123</v>
       </c>
       <c r="J646" s="5" t="s">
-        <v>3114</v>
+        <v>3124</v>
       </c>
       <c r="K646" s="5" t="s">
-        <v>3115</v>
+        <v>3125</v>
       </c>
       <c r="L646" s="6" t="s">
-        <v>3116</v>
+        <v>3126</v>
       </c>
       <c r="M646" s="5" t="s">
-        <v>3117</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="5" t="s">
-        <v>3118</v>
+        <v>3128</v>
       </c>
       <c r="B647" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C647" s="5" t="s">
-        <v>120</v>
+        <v>1634</v>
       </c>
       <c r="D647" s="5" t="s">
-        <v>655</v>
-[...5 lines deleted...]
-        <v>3119</v>
+        <v>1722</v>
+      </c>
+      <c r="E647" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F647" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G647" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H647" s="5" t="s">
-        <v>3120</v>
-[...3 lines deleted...]
-      </c>
+        <v>3129</v>
+      </c>
+      <c r="I647" s="5"/>
       <c r="J647" s="5" t="s">
-        <v>3122</v>
+        <v>2765</v>
       </c>
       <c r="K647" s="5" t="s">
-        <v>3123</v>
+        <v>3130</v>
       </c>
       <c r="L647" s="6" t="s">
-        <v>3124</v>
+        <v>3131</v>
       </c>
       <c r="M647" s="5" t="s">
-        <v>3125</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="5" t="s">
-        <v>3126</v>
+        <v>3133</v>
       </c>
       <c r="B648" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C648" s="5" t="s">
-        <v>3127</v>
+        <v>27</v>
       </c>
       <c r="D648" s="5" t="s">
-        <v>655</v>
+        <v>3027</v>
       </c>
       <c r="E648" s="5" t="s">
-        <v>3128</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F648" s="5" t="s">
+        <v>3028</v>
       </c>
       <c r="G648" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H648" s="5" t="s">
-        <v>3129</v>
-[...3 lines deleted...]
-      </c>
+        <v>3134</v>
+      </c>
+      <c r="I648" s="5"/>
       <c r="J648" s="5" t="s">
-        <v>3131</v>
+        <v>2765</v>
       </c>
       <c r="K648" s="5" t="s">
-        <v>3132</v>
+        <v>3135</v>
       </c>
       <c r="L648" s="6" t="s">
-        <v>3133</v>
+        <v>3136</v>
       </c>
       <c r="M648" s="5" t="s">
-        <v>3134</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="5" t="s">
-        <v>3135</v>
+        <v>3138</v>
       </c>
       <c r="B649" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C649" s="5" t="s">
-        <v>111</v>
+        <v>1634</v>
       </c>
       <c r="D649" s="5" t="s">
-        <v>15</v>
+        <v>1722</v>
       </c>
       <c r="E649" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F649" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G649" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H649" s="5" t="s">
-        <v>3136</v>
+        <v>3139</v>
       </c>
       <c r="I649" s="5" t="s">
-        <v>3137</v>
+        <v>3140</v>
       </c>
       <c r="J649" s="5" t="s">
-        <v>3138</v>
+        <v>2765</v>
       </c>
       <c r="K649" s="5" t="s">
-        <v>3139</v>
+        <v>3141</v>
       </c>
       <c r="L649" s="6" t="s">
-        <v>3140</v>
+        <v>3142</v>
       </c>
       <c r="M649" s="5" t="s">
-        <v>3141</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="5" t="s">
-        <v>3142</v>
+        <v>3144</v>
       </c>
       <c r="B650" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C650" s="5" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="D650" s="5" t="s">
-        <v>1738</v>
+        <v>655</v>
       </c>
       <c r="E650" s="5" t="s">
-        <v>3143</v>
+        <v>2798</v>
       </c>
       <c r="F650" s="5" t="s">
-        <v>3144</v>
+        <v>2969</v>
       </c>
       <c r="G650" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H650" s="5" t="s">
         <v>3145</v>
       </c>
       <c r="I650" s="5" t="s">
         <v>3146</v>
       </c>
       <c r="J650" s="5" t="s">
         <v>3147</v>
       </c>
       <c r="K650" s="5" t="s">
         <v>3148</v>
       </c>
       <c r="L650" s="6" t="s">
         <v>3149</v>
       </c>
       <c r="M650" s="5" t="s">
         <v>3150</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="5" t="s">
         <v>3151</v>
       </c>
       <c r="B651" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C651" s="5" t="s">
-        <v>1602</v>
+        <v>120</v>
       </c>
       <c r="D651" s="5" t="s">
-        <v>1256</v>
-[...9 lines deleted...]
-        </is>
+        <v>655</v>
+      </c>
+      <c r="E651" s="5" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F651" s="5" t="s">
+        <v>2969</v>
       </c>
       <c r="G651" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H651" s="5" t="s">
         <v>3152</v>
       </c>
-      <c r="I651" s="5"/>
+      <c r="I651" s="5" t="s">
+        <v>3153</v>
+      </c>
       <c r="J651" s="5" t="s">
-        <v>3153</v>
+        <v>3154</v>
       </c>
       <c r="K651" s="5" t="s">
-        <v>3154</v>
+        <v>3155</v>
       </c>
       <c r="L651" s="6" t="s">
-        <v>3155</v>
+        <v>3156</v>
       </c>
       <c r="M651" s="5" t="s">
-        <v>3156</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="5" t="s">
-        <v>3157</v>
+        <v>3158</v>
       </c>
       <c r="B652" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C652" s="5" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-        </is>
+        <v>120</v>
+      </c>
+      <c r="D652" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="E652" s="5" t="s">
-        <v>3158</v>
-[...4 lines deleted...]
-        </is>
+        <v>2798</v>
+      </c>
+      <c r="F652" s="5" t="s">
+        <v>2969</v>
       </c>
       <c r="G652" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H652" s="5" t="s">
         <v>3159</v>
       </c>
       <c r="I652" s="5" t="s">
         <v>3160</v>
       </c>
       <c r="J652" s="5" t="s">
         <v>3161</v>
       </c>
       <c r="K652" s="5" t="s">
         <v>3162</v>
       </c>
       <c r="L652" s="6" t="s">
         <v>3163</v>
       </c>
       <c r="M652" s="5" t="s">
         <v>3164</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="5" t="s">
         <v>3165</v>
       </c>
       <c r="B653" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C653" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D653" s="5" t="s">
         <v>3166</v>
-      </c>
-[...1 lines deleted...]
-        <v>1619</v>
       </c>
       <c r="E653" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F653" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G653" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H653" s="5" t="s">
         <v>3167</v>
       </c>
       <c r="I653" s="5" t="s">
         <v>3168</v>
       </c>
       <c r="J653" s="5" t="s">
-        <v>2684</v>
+        <v>2765</v>
       </c>
       <c r="K653" s="5" t="s">
         <v>3169</v>
       </c>
       <c r="L653" s="6" t="s">
         <v>3170</v>
       </c>
       <c r="M653" s="5" t="s">
         <v>3171</v>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654" s="5" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B654" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C654" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D654" s="5" t="s">
+        <v>3166</v>
+      </c>
+      <c r="E654" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F654" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G654" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H654" s="5" t="s">
+        <v>3173</v>
+      </c>
+      <c r="I654" s="5" t="s">
+        <v>3174</v>
+      </c>
+      <c r="J654" s="5" t="s">
+        <v>2765</v>
+      </c>
+      <c r="K654" s="5" t="s">
+        <v>3175</v>
+      </c>
+      <c r="L654" s="6" t="s">
+        <v>3176</v>
+      </c>
+      <c r="M654" s="5" t="s">
+        <v>3177</v>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655" s="5" t="s">
+        <v>3178</v>
+      </c>
+      <c r="B655" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C655" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="D655" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E655" s="5" t="s">
+        <v>2782</v>
+      </c>
+      <c r="F655" s="5" t="s">
+        <v>2798</v>
+      </c>
+      <c r="G655" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H655" s="5" t="s">
+        <v>3179</v>
+      </c>
+      <c r="I655" s="5" t="s">
+        <v>3180</v>
+      </c>
+      <c r="J655" s="5" t="s">
+        <v>3181</v>
+      </c>
+      <c r="K655" s="5" t="s">
+        <v>3182</v>
+      </c>
+      <c r="L655" s="6" t="s">
+        <v>3183</v>
+      </c>
+      <c r="M655" s="5" t="s">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656" s="5" t="s">
+        <v>3185</v>
+      </c>
+      <c r="B656" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C656" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D656" s="5" t="s">
+        <v>3027</v>
+      </c>
+      <c r="E656" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F656" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G656" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H656" s="5" t="s">
+        <v>3186</v>
+      </c>
+      <c r="I656" s="5" t="s">
+        <v>3187</v>
+      </c>
+      <c r="J656" s="5" t="s">
+        <v>2765</v>
+      </c>
+      <c r="K656" s="5" t="s">
+        <v>3188</v>
+      </c>
+      <c r="L656" s="6" t="s">
+        <v>3189</v>
+      </c>
+      <c r="M656" s="5" t="s">
+        <v>3190</v>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657" s="5" t="s">
+        <v>3191</v>
+      </c>
+      <c r="B657" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C657" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D657" s="5" t="s">
+        <v>3027</v>
+      </c>
+      <c r="E657" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F657" s="5" t="s">
+        <v>3192</v>
+      </c>
+      <c r="G657" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H657" s="5" t="s">
+        <v>3193</v>
+      </c>
+      <c r="I657" s="5" t="s">
+        <v>3194</v>
+      </c>
+      <c r="J657" s="5" t="s">
+        <v>2765</v>
+      </c>
+      <c r="K657" s="5" t="s">
+        <v>3195</v>
+      </c>
+      <c r="L657" s="6" t="s">
+        <v>3196</v>
+      </c>
+      <c r="M657" s="5" t="s">
+        <v>3197</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" s="5" t="s">
+        <v>3198</v>
+      </c>
+      <c r="B658" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C658" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D658" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="E658" s="5" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F658" s="5" t="s">
+        <v>3199</v>
+      </c>
+      <c r="G658" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H658" s="5" t="s">
+        <v>3200</v>
+      </c>
+      <c r="I658" s="5" t="s">
+        <v>3201</v>
+      </c>
+      <c r="J658" s="5" t="s">
+        <v>3202</v>
+      </c>
+      <c r="K658" s="5" t="s">
+        <v>3203</v>
+      </c>
+      <c r="L658" s="6" t="s">
+        <v>3204</v>
+      </c>
+      <c r="M658" s="5" t="s">
+        <v>3205</v>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659" s="5" t="s">
+        <v>3206</v>
+      </c>
+      <c r="B659" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C659" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D659" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="E659" s="5" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F659" s="5" t="s">
+        <v>3207</v>
+      </c>
+      <c r="G659" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H659" s="5" t="s">
+        <v>3208</v>
+      </c>
+      <c r="I659" s="5" t="s">
+        <v>3209</v>
+      </c>
+      <c r="J659" s="5" t="s">
+        <v>3210</v>
+      </c>
+      <c r="K659" s="5" t="s">
+        <v>3211</v>
+      </c>
+      <c r="L659" s="6" t="s">
+        <v>3212</v>
+      </c>
+      <c r="M659" s="5" t="s">
+        <v>3213</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" s="5" t="s">
+        <v>3214</v>
+      </c>
+      <c r="B660" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C660" s="5" t="s">
+        <v>3215</v>
+      </c>
+      <c r="D660" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="E660" s="5" t="s">
+        <v>3216</v>
+      </c>
+      <c r="F660" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G660" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H660" s="5" t="s">
+        <v>3217</v>
+      </c>
+      <c r="I660" s="5" t="s">
+        <v>3218</v>
+      </c>
+      <c r="J660" s="5" t="s">
+        <v>3219</v>
+      </c>
+      <c r="K660" s="5" t="s">
+        <v>3220</v>
+      </c>
+      <c r="L660" s="6" t="s">
+        <v>3221</v>
+      </c>
+      <c r="M660" s="5" t="s">
+        <v>3222</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" s="5" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B661" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C661" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D661" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E661" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F661" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G661" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H661" s="5" t="s">
+        <v>3224</v>
+      </c>
+      <c r="I661" s="5" t="s">
+        <v>3225</v>
+      </c>
+      <c r="J661" s="5" t="s">
+        <v>3226</v>
+      </c>
+      <c r="K661" s="5" t="s">
+        <v>3227</v>
+      </c>
+      <c r="L661" s="6" t="s">
+        <v>3228</v>
+      </c>
+      <c r="M661" s="5" t="s">
+        <v>3229</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" s="5" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B662" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C662" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D662" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E662" s="5" t="s">
+        <v>3231</v>
+      </c>
+      <c r="F662" s="5" t="s">
+        <v>3232</v>
+      </c>
+      <c r="G662" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H662" s="5" t="s">
+        <v>3233</v>
+      </c>
+      <c r="I662" s="5" t="s">
+        <v>3234</v>
+      </c>
+      <c r="J662" s="5" t="s">
+        <v>3235</v>
+      </c>
+      <c r="K662" s="5" t="s">
+        <v>3236</v>
+      </c>
+      <c r="L662" s="6" t="s">
+        <v>3237</v>
+      </c>
+      <c r="M662" s="5" t="s">
+        <v>3238</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" s="5" t="s">
+        <v>3239</v>
+      </c>
+      <c r="B663" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C663" s="5" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D663" s="5" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E663" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F663" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G663" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H663" s="5" t="s">
+        <v>3240</v>
+      </c>
+      <c r="I663" s="5"/>
+      <c r="J663" s="5" t="s">
+        <v>3241</v>
+      </c>
+      <c r="K663" s="5" t="s">
+        <v>3242</v>
+      </c>
+      <c r="L663" s="6" t="s">
+        <v>3243</v>
+      </c>
+      <c r="M663" s="5" t="s">
+        <v>3244</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" s="5" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B664" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C664" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D664" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E664" s="5" t="s">
+        <v>3246</v>
+      </c>
+      <c r="F664" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G664" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H664" s="5" t="s">
+        <v>3247</v>
+      </c>
+      <c r="I664" s="5" t="s">
+        <v>3248</v>
+      </c>
+      <c r="J664" s="5" t="s">
+        <v>3249</v>
+      </c>
+      <c r="K664" s="5" t="s">
+        <v>3250</v>
+      </c>
+      <c r="L664" s="6" t="s">
+        <v>3251</v>
+      </c>
+      <c r="M664" s="5" t="s">
+        <v>3252</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" s="5" t="s">
+        <v>3253</v>
+      </c>
+      <c r="B665" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C665" s="5" t="s">
+        <v>3254</v>
+      </c>
+      <c r="D665" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E665" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F665" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G665" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H665" s="5" t="s">
+        <v>3255</v>
+      </c>
+      <c r="I665" s="5" t="s">
+        <v>3256</v>
+      </c>
+      <c r="J665" s="5" t="s">
+        <v>2765</v>
+      </c>
+      <c r="K665" s="5" t="s">
+        <v>3257</v>
+      </c>
+      <c r="L665" s="6" t="s">
+        <v>3258</v>
+      </c>
+      <c r="M665" s="5" t="s">
+        <v>3259</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -49247,44 +50462,56 @@
     <hyperlink ref="M629" r:id="rId634"/>
     <hyperlink ref="M630" r:id="rId635"/>
     <hyperlink ref="M631" r:id="rId636"/>
     <hyperlink ref="M632" r:id="rId637"/>
     <hyperlink ref="M633" r:id="rId638"/>
     <hyperlink ref="M634" r:id="rId639"/>
     <hyperlink ref="M635" r:id="rId640"/>
     <hyperlink ref="M636" r:id="rId641"/>
     <hyperlink ref="M637" r:id="rId642"/>
     <hyperlink ref="M638" r:id="rId643"/>
     <hyperlink ref="M639" r:id="rId644"/>
     <hyperlink ref="M640" r:id="rId645"/>
     <hyperlink ref="M641" r:id="rId646"/>
     <hyperlink ref="M642" r:id="rId647"/>
     <hyperlink ref="M643" r:id="rId648"/>
     <hyperlink ref="M644" r:id="rId649"/>
     <hyperlink ref="M645" r:id="rId650"/>
     <hyperlink ref="M646" r:id="rId651"/>
     <hyperlink ref="M647" r:id="rId652"/>
     <hyperlink ref="M648" r:id="rId653"/>
     <hyperlink ref="M649" r:id="rId654"/>
     <hyperlink ref="M650" r:id="rId655"/>
     <hyperlink ref="M651" r:id="rId656"/>
     <hyperlink ref="M652" r:id="rId657"/>
     <hyperlink ref="M653" r:id="rId658"/>
+    <hyperlink ref="M654" r:id="rId659"/>
+    <hyperlink ref="M655" r:id="rId660"/>
+    <hyperlink ref="M656" r:id="rId661"/>
+    <hyperlink ref="M657" r:id="rId662"/>
+    <hyperlink ref="M658" r:id="rId663"/>
+    <hyperlink ref="M659" r:id="rId664"/>
+    <hyperlink ref="M660" r:id="rId665"/>
+    <hyperlink ref="M661" r:id="rId666"/>
+    <hyperlink ref="M662" r:id="rId667"/>
+    <hyperlink ref="M663" r:id="rId668"/>
+    <hyperlink ref="M664" r:id="rId669"/>
+    <hyperlink ref="M665" r:id="rId670"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>