--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="445" uniqueCount="313" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="457" uniqueCount="322" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -676,50 +676,107 @@
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3762</t>
   </si>
   <si>
     <t>Overfarten var nok slem. 
 Brylluppet (mellem Astrid Warberg og Jørgen Schou) finder først sted om en måned, for Jørgens finger skal først være rask. Fru Syberg/Schou er ikke sød mod Astrid.
 Alhed Larsen er glad for at have Louise Brønsteds børn hos sig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ssZJ</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREVKORT.
 [Skrevet med blyant:]
 1920
 [Skrevet med blæk i adressefeltet:]
 Mrs. L. Brønsted
 c/o Mrs. Henning
 44-45 Tavistock Sq.
 London W-C.
 [Skrevet med blæk i tekstfelterne:]
 Onsdag d: 17_de_
 Kæreste Lugge!
 Det var vist en slem Overfart, her blæste det meget, men Vinden var vel god nok. Alt vel her! I ser vel danske Aviser og veed om det store Nederlag i 2 Zone, her bliver vældig Kamp hjemme af dem der absolut vil have Flensborg trods alt. Det er mig ret vel tilpas, dog før om en Maanedstid bliver de ikke gift hun vil have Schous Finger rask først, den er meget læderet, og han kan ikke arbejde; Fru S. gør megen Indvending, men er ikke videre rar mod A. Hun er underlig. Næste Gang faaer Du Brev og skal da høre mere. Lige nu kom der et dejligt lille Kort fra Alhed; hun er saa glad ved Dine Børn, de er saa søde og Las er jo væk. Kærlige Hilsener! Mor.</t>
+  </si>
+  <si>
+    <t>1920-04-08</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>London W.C.
+44-45 Tavistock Sq.</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Grethe Jungstedt
+Kurt Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Kurt Jungstedt blev kaldt Gøsta. Han og Grethe blev gift i 1920. 
+Mrs. Henning og Bennet kendes ikke. 
+Et cloister er en overdækket gang, ofte med buegange og søjler, der omkranser en indre gårdhave.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3775</t>
+  </si>
+  <si>
+    <t>Grethe Sawyer/Jungstedt skal giftes. Christine Mackie og Alhed Larsen synes, at det er skrækkeligt. Ellen Sawyer er ikke enig. Kun tænker hun på, om Kurt/Gøsta Jungstedt er den rette. Måske vil ægteskabet gå ud over Grethes musik, men hun passer den alligevel ikke ordentligt. Ellen og Grethe syr udstyr.
+Det er trist for Louise, at hun mister sin kokkepige/Grethe. Ellen er enig med Grethe om, at Grethe må betale kostpengene tilbage til Louise, men kan Ellen få lov at låne dem? Det er dyrt at få en datter gift. 
+Ellen husker det cloister i London med de gamle gravsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d3Gx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+TORNØES HOTEL
+Telefon 5
+Statstelefon 3
+KERTEMINDE
+[Skrevet med blyant på kuvertens forside:]
+Om Elles datters giftermål m. den svenske maler Curt Jungstedt
+[Skrevet med tusch på kuvertens forside; Ellen Sawyers skrift:]
+Fru Professorinde Brønsted
+c/o Mrs Henning
+44-45 Tavistock Sq.
+London W.C.
+England
+[Håndskrevet i brevet:]
+Kære lille Lugge! Ja, hvad siger du dog til det? At musen skal giftes. Jeg har sådan ønsket i denne Tid, at jeg havde dig at snakke med. Du er så klog og forstående og næst efter mig, er du vist den som kender musen bedst. Mornine og Alhed syntes jo "det er så Synd" og så skrækkeligt o.s.v. - Det kan jeg nu ikke rigtig forstå. Man kan dog ikke sige, at hun ingen Ungdom faar "fordi hun nu skal færdes med Gøsta. Det eneste betænkelige er jo om Gøsta nu også er den rigtige - om han i Længden er betydelig nok til sådan et ikke ubetydeligt Menneske som Grethe, men jeg mener nu, Lugge, - at den Betænkelighed må man bide i sig, - Forholdet er allerede sådan, at det ikke kan nytte at holde det hen og få det opsat i Haab om at det skal gå hen. Det går vist ikke hen - og de Aar hun så gik og ventede havde hun alligevel ingen rigtig Glæde af. Så kunde hun jo endelig også finde mange, der var meget mindre egnede for hende end Gøsta. Synes du egentlig ikke godt man kan være glad over det? Jeg vilde give Masser til at kunne snakke med dig om det. - Hvad hendes Musik angår tror jeg ikke det vil standse Udvikling. Hun gør alligevel ikke noget ved det uden når hun er oplagt, og jeg kunde da tænke mig at Giftermålet befordre Oplagtheden.
+Hvornår, - ja det står hen endnu. Det er kun en Mulighed at det bliver over England - vi har sat os i Forb. med Bennet, og afventer Meddelelse om hvorvidt der er Passage gennem Tyskland - hvad det koster o.s.v. Det er jo Pokkers dyrt over England og det kniber jo med at få så mange Penge rundet op. - Jeg vil prøve på at sælge et Par af mine Las-Malerier. Hun skal jo også udstyres lidt pænt. - Jeg selv bliver meget beklaget, - men jeg må sige, at jeg ser ikke så tragisk på den Side af Sagen, den at "jeg skal af med Grethe". Hun er jo alligevel færdig med at gå herhjemme hos mig, - så hun kan såmænd ligeså gærne være gift. Ja, lille Lugge, det er jo også kedeligt du skal af med din lille Kokkepige, - men mon du ikke nok finder en anden, og så gik da den Tid med det. - Det har været glimrende for hende, og hun har lært meget. Afskeden med Bes er smertelig tror jeg - hvor er de dog bleven gode Venner. Vi har travlt med at sy Udstyr. Du kan vel lige tænke dig hvor Besen giver hende Masser fra mine Oplag i Puffer og Kister deroppe - 2 fine, næste nye Voilekjoler, - 8 meter hvidt Voile, - først tænkt til natkjoler, - men nu mener vi en hvid Kjole + en ekstra fin Natkjole. Hun skal have en Sjantung Rejsedragt og sin grønne Silkekjole syet. - Tak for Westminsterkortet. Jeg kan huske det "Cloister", - det var vist der, de ældste Gravsten fandtes. Jeg kan huske, hvor jeg bævede af frydefuld Ærefrygt, da jeg gik der. - Det er knusende morsomt at læse jeres dine ["jeres" overstreget; "dine" indsat over linjen] Breve. Hvor i har det yndigt. Jeres Børn er så søde og vi er allesammen så glade ved dem. Hvis du vilde skrive mig et Par uoffentlige Ord om Situationen, kunde du jo lægge dem inden i et Be-Brev med privat på
+[Indsat i venstre margen s. 2; lodret:]
+Jeg holder med Grethe i hun kan ikke beholde alle de masser af Kostpenge nu hun er "rendt af Plads" men hvis I vil låne mig dem, var det dejligt, - det er jo dyrt at få en Datter gift, - 
+[Indsat øverst s. 2; på hovedet:]
+Mange Hilsner til jer begge fra Elle</t>
   </si>
   <si>
     <t>1920-04-27</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Jens Christian Christensen
 Grethe Jungstedt
 Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Vedr. IC: 
 29/3 1920 afskedigede Kong Chr. 10 den radikale regering under statsminister Zahle, idet han ikke var enig i, at Danmark måtte acceptere afstemningsresultatet fra 1920 om grænsedragningen mellem Danmark og Tyskland. Hele forløbet har efterfølgende fået navnet Påskekrisen, idet det betegnede en krise for det parlamentariske princip og for forholdet mellem folkestyret og monarken. Valgkampen blev i høj grad præget af den nationale stemning, som den kommende grænserevision havde skabt. Den tidligere konseilpræsident I.C. Christensen, var leder af Venstre. Sammen med de Konservative talte Venstre stadig – dog efterhånden mere mådeholdent – for, at dele af Mellemslesvig kunne indlemmes i Danmark. De mere moderate borgerlige kræfter agiterede for, at der burde etableres en international zone, hvor man på sigt igen skulle holde folkeafstemning om det nationale tilhørsforhold. Socialdemokratiet og Det Radikale Venstre fastholdt, at man skulle respektere folkenes selvbestemmelsesret ved at acceptere de slesvigske folkeafstemningers udfald.
 Tavistock Square er en offentlig plads i Bloomsbury i London Borough of Camden nær Euston Station. Pladsen har fået sit navn fra Marquess af Tavistock, en høflighedstitel givet til de ældste sønner af hertugerne af Bedford. 
 Grethe Jungstedt blev i 1920 gift med Kurt i Paris.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3761</t>
   </si>
   <si>
     <t>Det er en skandale, at landet nu skal styres af I.C. Christensen. 
 Johanne/Junge Larsens koncert var en succes og gav overskud.
 Grethe Jungstedt er i Odense for at købe tøj.</t>
   </si>
   <si>
@@ -2096,59 +2153,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ff7U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ff7U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M39"/>
+  <dimension ref="A1:M40"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2786,1138 +2843,1182 @@
       </c>
       <c r="H15" s="5" t="s">
         <v>124</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>125</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>126</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>127</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>128</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>122</v>
+        <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>41</v>
+        <v>131</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>114</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F17" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>138</v>
+      <c r="F17" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>145</v>
+        <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>150</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>151</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>153</v>
       </c>
       <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="C19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="5" t="s">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="E19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="F19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="5" t="s">
+      <c r="H19" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="H19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="J19" s="5" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>160</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="5" t="n">
-        <v>1928</v>
+      <c r="A20" s="5" t="s">
+        <v>162</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>163</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>162</v>
+        <v>101</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>163</v>
+        <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="F20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>165</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>101</v>
+        <v>166</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>166</v>
+        <v>47</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="5" t="s">
-        <v>170</v>
+      <c r="A21" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>122</v>
+        <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>173</v>
+        <v>101</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>174</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      <c r="G22" s="5" t="s">
         <v>180</v>
       </c>
+      <c r="F22" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H22" s="5" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>47</v>
+        <v>175</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="5" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G23" s="5" t="s">
+        <v>189</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>166</v>
+        <v>47</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>67</v>
+        <v>171</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>204</v>
+        <v>175</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>162</v>
+        <v>76</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>163</v>
-[...4 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>210</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>216</v>
+        <v>171</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>172</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>166</v>
+        <v>220</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>122</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>224</v>
+        <v>172</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F28" s="5" t="s">
-        <v>225</v>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H28" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H28" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>227</v>
+        <v>175</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>228</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>229</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>231</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>109</v>
+        <v>232</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>233</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>234</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
-        <v>234</v>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I29" s="5" t="s">
         <v>235</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>236</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>237</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>238</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>240</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>76</v>
+        <v>109</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>67</v>
+        <v>241</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>242</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D31" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="D31" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="5" t="s">
-        <v>249</v>
+        <v>210</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>250</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>251</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>252</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>253</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>254</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>255</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>257</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="D32" s="5" t="s">
+      <c r="E32" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="E32" s="5" t="s">
+      <c r="F32" s="5" t="s">
         <v>259</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>261</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>262</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>263</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>264</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>266</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>267</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>17</v>
+        <v>268</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>211</v>
+        <v>271</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>67</v>
+        <v>276</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>17</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>276</v>
+        <v>220</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>76</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>67</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>267</v>
+        <v>67</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>210</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>250</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>211</v>
+        <v>292</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>163</v>
+        <v>276</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>166</v>
+        <v>220</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="D39" s="5" t="s">
+      <c r="D40" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="E39" s="5" t="s">
-[...26 lines deleted...]
-        <v>312</v>
+      <c r="E40" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>321</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
+    <hyperlink ref="M40" r:id="rId45"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>