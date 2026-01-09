--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="457" uniqueCount="322" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="337" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1645,50 +1645,109 @@
 Mon Bibbe møder nazister blandt lægerne?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dwSj</t>
   </si>
   <si>
     <t>[Håndskrevet af ukendt/Bibbe:] 15-6-03
 Lindøgaard. Lørdag Aften 10-1-1942
 Kære lille Bibbe!
 Ja, du har saa sandelig Ret i, at dine Breve betyder (mindst) lige saa meget for mig som omvendt, og du kan tro, jeg blev lykkelig over endelig i Dag at faa et Brev fra dig – jeg havde jo hele Tiden sat min Næse op efter at faa et Brev som ”Kvittering” for Julebreve og -pakke, og var meget dybt skuffet, da Marie og ikke jeg fik et. Naa, men i Dag kom det, og saa taler vi ikke mere om det, men du faar saa mange Tak for det. Aa, den Pakke kunde saamænd have været meget mere indholdsrig end den var, men jeg havde ikke flere Penge og Mandfolkenes Gaver var jo sandelig store nok, men Penge fylder jo nu en Gang ikke saa meget. Tænk, at du skal give 40 Kr. for et Par Sko, vor Herre bevares! Du kan altsaa ikke en Gang tjene til et Par Sko paa 1½ Maaned, der er nu ikke rigtig Forhold i det, men vi maa jo huske paa, at du er i Lære. Jeg vilde saa gerne hjælpe dig noget mere, men ser du, nu vil jeg til at betale din Tandlægeregning paa 115 Kr. d.v.s. Manse betaler den, naar han nu faar Roepenge, som han ikke har faaet endnu og saa betaler jeg dem af hos ham. Jeg har ingen store Udgifter for mig, har lige faaet Tabletter og Hørfrø for 14.15 Øre samt betalt en gammel Regning hos Bisgaard paa 5 Kr. (haaber det er rigtigt, det var et Par Strømper; de er jo altid akkurate der) jeg fik jo 15 Kr. til Jul, 10 af Tante Else og 5 af Far, saa jeg kan undvære 30 Kr. af mine Januar Penge. Saa vil jeg skrive op, hvad jeg lægger ud her i Husholdningen og andet, det skal ogsaa regnes med til Afbetaling paa Tandregn.; det har jeg jo ellers aldrig været saa nøjeregnende med, men du kan stole paa, det løber op. Jeg vilde ellers ikke have fortalt dig, at jeg betaler den, men gør det altsaa alligevel, fordi du ellers maa synes, det er mærkeligt, at jeg ikke hjælper dig noget mere. Du er dog den største af alle mine Interesser, og jeg selv har jo ikke noget videre at give mine Penge ud til; Jul er jo en dyr Omgang, Frk. Kr. fik en Gave (Undertøj) til 15 Kr og Mandfolkenes kostede 33 Kr, Marie fik 5 Kr. og 4 Kr. til en Krans til Fars Grav, Tante Dis Paalægsgafler – husker ikke Summen, men det hele løber op - - alt dette skrives for at du kan forstaa, hvad alt mit Mammon gaar til. - - Naa, nu skal du høre om en Sag, der optager alle Sind og Tanker 
 2.
 her paa Lindøgaard i disse Dage: Løgstrups nede paa Lindø vil sælge deres Ejendom og Tinge er Liebhaver!! Nu gaar vi samme Omgang igennem som da Jens Hansen vilde sælge, men alligevel ikke vilde, lad os nu haabe, at vi ikke skal gaa samme Skuffelse igennem igen. Han forlanger 28.000 Kr, hvad vi synes er en stiv Pris, men som Høgsbro, Landsretssagføreren i Odense, ham med Saneringslaanet, mente var uhyre billig. ”Skynd Dem hjem og køb” sagde han til Tinge ”inden Manden sætter Prisen op.” Løgstrup var hernede i Forgaars Aftes for at meddele dem sin Pris altsaa 28000 og i Aftes gik Drengene derned og bød 26.000 Kr. og saa maatte de tage Kaminen (som de elsker) og deres Lysekroner og Gardinstænger med – hvad jeg troede var en Selvfølge – L. sagde saa, at han vilde sige dem straks, at han ikke vilde sælge, før han fik talt med sin Mor; hun bor i Jylland og han var i Dag ude at blive fotograferet til Rejsen. 
 Det værste er, ar der skal rejses 13000 Kr. da der kun kan blive 14000 i Prioriteter, saa har vi jo 27000, hvilket er den Sum han antages at vilde sælge for. Du siger vel, hvor i al Verden, vi vil rejse alle de Penge fra, og det maa du nok sige der maa sælges los af Dyrene her paa Lindøgaard og naar Tinge saa har købt, sættes noget af den gode Besætning der ned fra herop. 8 af vore Malerier er draget ud til Las i Dag han skal vurdere dem, og det formodes af Las (ikke af Puf) at Diskontokassen vil laane med dem som Pant. Jeg tror som Puf, at den gaar ikke, men saa maa vi finde andre Udveje. Tinge maatte haave Fjervognen med de to Heste for derud for at faa alle de Malerier transporteret derud; han gæster rigtig Kjertem. i disse Dage; i Gaar var han [”han” indsat over linjen] baade derude for at tale med Las, som altsaa fandt paa det med Diskontokassen, derfra kørte han med Sv. Hansens Lastbil til Odense og talte med Høgsbro og endelig paa Lindø for at give Løgstrup Buddet. Saa du ser, han ligger ikke paa den lade Side. I Gaar traf han tilfældig Lasse Taaning og fortalte ham om det hele. Lasse sagde straks ”du kan godt laane et Tusind Kr. - eller noget – hos mig.” Vi syntes, det lysnede paa det hele med den lille Solstråle. Kan vi undgaa at gaa til Klaks, vil vi jo helst, men Udvej skal vi finde. Nu er det jo knagende spændende, hvordan Løgstrup er stemt, naar han kommer hjem fra Jylland; det er 
 3
 jo i det hele taget spændende Dage, vi gennemlever og Resultatet kender jo ingen, men jeg syntes du skulde være med i det. Klokken er 12, Midnat, og Tinge ventes hjem fra Kjert. hvortil han igen cyclede saa snart han ved halv 6 [”6” indsat over linjen] Tiden vendte hjem med Køretøjet. Det er Maries sidste Aften derude; hun og Katrine Meyer rejser i Morgen, M. udsatte sin Rejse 2 Dage for at følges med hende; Rie rejste herfra i Søndags, altsaa for en Uge siden. Vi havde en smuk Nytaarsaften, der var noget eget højtideligt over den, Juletrætet [de sidste bogstaver i ordet overstreget og over linjen indsat ”et”] tændt og smukke Kor i Radioen, den sidste Fl. Kirsebærvin var gemt til Nytaarsaften Der var en Slags vemodig Højtidsstemning over det Hele ved Tanken om, at det er et nyt Krigs og Rædselsaar vi gaar ind i, det var næsten som om alle i Radioen var sært bevægede – eller var det kun hos os selv den Stemning var? Nu maa Tinge da snart være her, jeg kan i hvert Fald ikke skrive mere, men maa fortsætte i Morgen. Godnat lille Bi.
 Mandag Det blev ikke til noget i Gaar. Lasse Taaning var her, kom lige til Eftermiddagskaffen og vi havde en af vore Julelagkager, som havde ligget hen; den sidste Aften, som Rie var her blev ikke noget festlig, for Agraren var desværre gaaet, men til vor store Lettelse nøjedes det med den ene Dag og han blev straks i Orden, glad og veltilfreds, saa det kom vi nemt over, det er dog ogsaa uheldigt, at det altid skal komme, naar Marie er her – hun sagde ellers en Gang, at bare hun var her, saa skete der ingen Ting, det er nu ikke rigtig slaaet til.
 Mens jeg husker det, vil du saa ikke huske mig at svare mig paa, om du havde de bøger af F. Elles. Lasse blev paa en Maade en Skuffelse, for vi havde tænkt os, at han ejede mange flere Penge og at han mulig vilde laane os flere end de Tusind; vi spurgte ikke direkte, men i Samtalens Løb kom det frem, at han kun havde det ene Tusind og at dem maatte Tinge laane. Nu har Manse regnet efter og mener at der kan skaffes 9000 ud af Gaarden, men det er rigtignok ogsaa at skrabe Bunden – Salg af to store Heste, et af Føllene, 2 Kvier, 1 Ko, for 1000 Kr. Korn – men det er jo ogsaa strengt at komme af med saa meget dog – der maa ofres noget for at faa det Salg til at glide; hvis han nu bare vil sælge. Løgstrup rejste til Jylland i Gaar og ventes hjem i Dag.
 4.
 Du kan forstaa, det er spændende om hun hans Mor [”hans Mor” indsat over linjen] vil hjælpe ham til Køb af en Gaard, hvis hun ikke er gaaet ind paa det, ligger det hele, og alle vore Regninger har været forgæves. Saa snart der foreligger noget, skal jeg skrive. 
 Elle er jo et af vore Haab, men Lasse mente ikke, hun var kommen hjem; hans Mor havde ordnet Erindringsmærker for hende, og de var ikke hentede endnu; jeg kan slet ikke forstaa det og det er væmmeligt ikke at vide noget - - - - naa, dette inspirerede mig til at gaa hen og ringe til Else, som fortalte, at hun kom i Aften; hun havde været c 1 Uge hos Lugge efter sin Hjemkomst fra Stockholm; desværre var Lug. bleven syg af Angina og haft temmelig høj Feber og ligger hele den Uge, Elle var der, hvilken Skuffelse for dem begge to. Mine og Sven havde fyret i tre Dage, saa det havde været rart for hende at komme hjem. Det bliver interessant at høre om hendes Rejse – navnlig fra Stockholm de kan jo kun skrive til hinanden om rene Hverdagstingting.
 Nu har vi nydt en dejlig Rødbedeboeuf, den er Frk. Kr. efterhaanden ferm til at lave, Løg kan vi da heldigvis faa endnu. Hun begynder da saa smaat at kunne lave god Mad; i Begyndelsen forstod hun slet ikke at ”smage til” hvilket jo er noget af det vigtigste, men jeg har herset og belært det, jeg kunde og som sagt det begynder at lysne. 
 Fik du Udklippet om Jakob Langes Begravelse? Jeg ved ikke, hvad han døde af, men han var bleven mager og kraftløs i Løbet af det sidste halve Aar. - - Følger du med i Verdensgangen kan du nogensinde høre dansk Londonpresse? Ellers kan jeg jo godt af og til fortælle lidt derom - Det gaar jo godt, selv Japanerne bremses dog noget af Kineserne. Træffes du meget med Nazister?? Hvordan er Lægerne i den Henseende??
 Hvor er det morsomt at høre om Læsningen, når skal I have Eksamen?? Hvordan har Bilde det? du har maaske ikke saa meget at gøre med hende, nu da I ikke bor sammen.- Vil du ikke give mig Ruths Adresse, vi fik Kort fra hende til Jul fra Kbhvn. og fortælle mig lidt om lille Grethe (Tinesen) hende fik vi ogsaa Kort fra, gik det i Orden med at faa sendt Penge hjem fra Tyskland?? Knæet er kun middelmaadigt, men Vinteren har dog vist Indflydelse, mon ikke, jeg synes gærne det er værre om Vinteren. - - nu er det vist snart Frotid, Peter kom nu – han lod sig i Gaar, Sønd. Eft. bevæge til at blive til Kaffe, spiste Lagkage, røg en Cigar og var hyggelig – let genert fordi Lasse var her. Peter er nu henrivende som du siger
 [Skrevet på hovedet øverst s1:]
 Saa tilsidst kun Hilsen fra Far (som sender dig Cigarer) Drengene og Peter. Dog flest fra Mutteren.</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1943-09-02</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Gorm -
 Otto Andresen
 Rasmus Kaas Petersen
 Andreas Larsen</t>
   </si>
   <si>
     <t>Feldwebel: første underofficer i et tysk kompagni (omtrent = sergent) (Lex.dk). 
 På tysk ”erlegen” betyder ”at skyde”.</t>
   </si>
   <si>
     <t>Johannes Larsen sender et billede af en blishøne i Henne Å.
 Der er blevet givet ordre om, at alle skulle aflevere våben. Andreas/Puf undersøgte sagen, og det drejede sig kun om våben, som byens garnison havde uddelt for at undgå, at tyskerne fik dem. Borgmesteren og Politimesteren blev arresteret og taget som gidsler.
 Larsen spørger Christa Knuth, hvad hun mener om, at Prins Gorm skal have dræbt flere tyske soldater.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wctH</t>
   </si>
@@ -2033,50 +2092,94 @@
 [Skrevet af ukendt:]
 modt. 25/Maj 1949
 (husk om Lugge!)
 besv. 31/5.
 [Skrevet af Laura Warberg Petersen:]
 19-1-2007.
 10-7-05
 8-8-2000
 BWP. 
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 Danmark.
 [Skrevet af ukendt:]
 16-7-05
 10-7-05
 [I brevet:]
 Lindøgaard 24-5-1949. 
 Kære lille Dis
 Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
 Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
 Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
 2
 Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
 Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
 Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1951-06-10</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Vilhelm Lundstrøm
+Albert Lørup
+Henry Lørup</t>
+  </si>
+  <si>
+    <t>Alberts Lørups brev findes ikke sammen med det her indsatte brev.
+Else Larsen blev indlagt på Dianalund, efter at hun fødte et barn, der døde efter få dage.</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Christa Knuth skal til London.
+Albert Lørup vil forære Larsen Henry Lørups selvportræt.
+Larsen maler. Han vil gerne se Lundstrøm-udstillingen. 
+Det går bedre med Else.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DQtj</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 10 Juni 1951.
+Kære Grevinde.
+Tak for Dit Brev. Det er morsomt for Dig, at Elisabeth har inviteret Dig til London, det er en dejlig By. Jeg vedlægger Albert Lørups Brev. I Forgaars fik jeg Brev fra ham, han vil forære mig sin Broder Henrys Selvportræt, hvad jeg er meget glad ved. Henry var en af mine bedste Venner. Jeg er kommen i Gang med at male her og haaber at faa lavet en Del i den nærmeste Fremtid. Jeg havde egentlig stor Lyst til at rejse ind og se Lundstrøms Udstilling men jeg faar vist ikke samlet mig sammen til det. Jeg synes det gaar bedre med Else i den senere Tid, jeg skal hilse fra hende og Puf. Hils Adam og mange Hilsener til Dig selv fra 
+Din hengivne
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2153,59 +2256,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ff7U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ff7U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DQtj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M40"/>
+  <dimension ref="A1:M42"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3638,387 +3741,477 @@
       </c>
       <c r="I33" s="5" t="s">
         <v>270</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>271</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>272</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>273</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>275</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="D34" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E34" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="E34" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F34" s="5" t="s">
+        <v>277</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>280</v>
+      </c>
+      <c r="K34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L34" s="6" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>67</v>
+        <v>284</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>17</v>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>285</v>
+        <v>220</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>76</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>67</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>210</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>250</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>276</v>
+        <v>67</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>210</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>250</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>220</v>
+        <v>300</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>172</v>
+        <v>284</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>175</v>
+        <v>220</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>172</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>175</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>67</v>
+        <v>172</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>17</v>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>318</v>
+        <v>175</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>319</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>320</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>321</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="K42" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>336</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
+    <hyperlink ref="M41" r:id="rId46"/>
+    <hyperlink ref="M42" r:id="rId47"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>