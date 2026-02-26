--- v2 (2026-01-09)
+++ v3 (2026-02-26)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="337" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="491" uniqueCount="345" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1645,50 +1645,108 @@
 Mon Bibbe møder nazister blandt lægerne?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dwSj</t>
   </si>
   <si>
     <t>[Håndskrevet af ukendt/Bibbe:] 15-6-03
 Lindøgaard. Lørdag Aften 10-1-1942
 Kære lille Bibbe!
 Ja, du har saa sandelig Ret i, at dine Breve betyder (mindst) lige saa meget for mig som omvendt, og du kan tro, jeg blev lykkelig over endelig i Dag at faa et Brev fra dig – jeg havde jo hele Tiden sat min Næse op efter at faa et Brev som ”Kvittering” for Julebreve og -pakke, og var meget dybt skuffet, da Marie og ikke jeg fik et. Naa, men i Dag kom det, og saa taler vi ikke mere om det, men du faar saa mange Tak for det. Aa, den Pakke kunde saamænd have været meget mere indholdsrig end den var, men jeg havde ikke flere Penge og Mandfolkenes Gaver var jo sandelig store nok, men Penge fylder jo nu en Gang ikke saa meget. Tænk, at du skal give 40 Kr. for et Par Sko, vor Herre bevares! Du kan altsaa ikke en Gang tjene til et Par Sko paa 1½ Maaned, der er nu ikke rigtig Forhold i det, men vi maa jo huske paa, at du er i Lære. Jeg vilde saa gerne hjælpe dig noget mere, men ser du, nu vil jeg til at betale din Tandlægeregning paa 115 Kr. d.v.s. Manse betaler den, naar han nu faar Roepenge, som han ikke har faaet endnu og saa betaler jeg dem af hos ham. Jeg har ingen store Udgifter for mig, har lige faaet Tabletter og Hørfrø for 14.15 Øre samt betalt en gammel Regning hos Bisgaard paa 5 Kr. (haaber det er rigtigt, det var et Par Strømper; de er jo altid akkurate der) jeg fik jo 15 Kr. til Jul, 10 af Tante Else og 5 af Far, saa jeg kan undvære 30 Kr. af mine Januar Penge. Saa vil jeg skrive op, hvad jeg lægger ud her i Husholdningen og andet, det skal ogsaa regnes med til Afbetaling paa Tandregn.; det har jeg jo ellers aldrig været saa nøjeregnende med, men du kan stole paa, det løber op. Jeg vilde ellers ikke have fortalt dig, at jeg betaler den, men gør det altsaa alligevel, fordi du ellers maa synes, det er mærkeligt, at jeg ikke hjælper dig noget mere. Du er dog den største af alle mine Interesser, og jeg selv har jo ikke noget videre at give mine Penge ud til; Jul er jo en dyr Omgang, Frk. Kr. fik en Gave (Undertøj) til 15 Kr og Mandfolkenes kostede 33 Kr, Marie fik 5 Kr. og 4 Kr. til en Krans til Fars Grav, Tante Dis Paalægsgafler – husker ikke Summen, men det hele løber op - - alt dette skrives for at du kan forstaa, hvad alt mit Mammon gaar til. - - Naa, nu skal du høre om en Sag, der optager alle Sind og Tanker 
 2.
 her paa Lindøgaard i disse Dage: Løgstrups nede paa Lindø vil sælge deres Ejendom og Tinge er Liebhaver!! Nu gaar vi samme Omgang igennem som da Jens Hansen vilde sælge, men alligevel ikke vilde, lad os nu haabe, at vi ikke skal gaa samme Skuffelse igennem igen. Han forlanger 28.000 Kr, hvad vi synes er en stiv Pris, men som Høgsbro, Landsretssagføreren i Odense, ham med Saneringslaanet, mente var uhyre billig. ”Skynd Dem hjem og køb” sagde han til Tinge ”inden Manden sætter Prisen op.” Løgstrup var hernede i Forgaars Aftes for at meddele dem sin Pris altsaa 28000 og i Aftes gik Drengene derned og bød 26.000 Kr. og saa maatte de tage Kaminen (som de elsker) og deres Lysekroner og Gardinstænger med – hvad jeg troede var en Selvfølge – L. sagde saa, at han vilde sige dem straks, at han ikke vilde sælge, før han fik talt med sin Mor; hun bor i Jylland og han var i Dag ude at blive fotograferet til Rejsen. 
 Det værste er, ar der skal rejses 13000 Kr. da der kun kan blive 14000 i Prioriteter, saa har vi jo 27000, hvilket er den Sum han antages at vilde sælge for. Du siger vel, hvor i al Verden, vi vil rejse alle de Penge fra, og det maa du nok sige der maa sælges los af Dyrene her paa Lindøgaard og naar Tinge saa har købt, sættes noget af den gode Besætning der ned fra herop. 8 af vore Malerier er draget ud til Las i Dag han skal vurdere dem, og det formodes af Las (ikke af Puf) at Diskontokassen vil laane med dem som Pant. Jeg tror som Puf, at den gaar ikke, men saa maa vi finde andre Udveje. Tinge maatte haave Fjervognen med de to Heste for derud for at faa alle de Malerier transporteret derud; han gæster rigtig Kjertem. i disse Dage; i Gaar var han [”han” indsat over linjen] baade derude for at tale med Las, som altsaa fandt paa det med Diskontokassen, derfra kørte han med Sv. Hansens Lastbil til Odense og talte med Høgsbro og endelig paa Lindø for at give Løgstrup Buddet. Saa du ser, han ligger ikke paa den lade Side. I Gaar traf han tilfældig Lasse Taaning og fortalte ham om det hele. Lasse sagde straks ”du kan godt laane et Tusind Kr. - eller noget – hos mig.” Vi syntes, det lysnede paa det hele med den lille Solstråle. Kan vi undgaa at gaa til Klaks, vil vi jo helst, men Udvej skal vi finde. Nu er det jo knagende spændende, hvordan Løgstrup er stemt, naar han kommer hjem fra Jylland; det er 
 3
 jo i det hele taget spændende Dage, vi gennemlever og Resultatet kender jo ingen, men jeg syntes du skulde være med i det. Klokken er 12, Midnat, og Tinge ventes hjem fra Kjert. hvortil han igen cyclede saa snart han ved halv 6 [”6” indsat over linjen] Tiden vendte hjem med Køretøjet. Det er Maries sidste Aften derude; hun og Katrine Meyer rejser i Morgen, M. udsatte sin Rejse 2 Dage for at følges med hende; Rie rejste herfra i Søndags, altsaa for en Uge siden. Vi havde en smuk Nytaarsaften, der var noget eget højtideligt over den, Juletrætet [de sidste bogstaver i ordet overstreget og over linjen indsat ”et”] tændt og smukke Kor i Radioen, den sidste Fl. Kirsebærvin var gemt til Nytaarsaften Der var en Slags vemodig Højtidsstemning over det Hele ved Tanken om, at det er et nyt Krigs og Rædselsaar vi gaar ind i, det var næsten som om alle i Radioen var sært bevægede – eller var det kun hos os selv den Stemning var? Nu maa Tinge da snart være her, jeg kan i hvert Fald ikke skrive mere, men maa fortsætte i Morgen. Godnat lille Bi.
 Mandag Det blev ikke til noget i Gaar. Lasse Taaning var her, kom lige til Eftermiddagskaffen og vi havde en af vore Julelagkager, som havde ligget hen; den sidste Aften, som Rie var her blev ikke noget festlig, for Agraren var desværre gaaet, men til vor store Lettelse nøjedes det med den ene Dag og han blev straks i Orden, glad og veltilfreds, saa det kom vi nemt over, det er dog ogsaa uheldigt, at det altid skal komme, naar Marie er her – hun sagde ellers en Gang, at bare hun var her, saa skete der ingen Ting, det er nu ikke rigtig slaaet til.
 Mens jeg husker det, vil du saa ikke huske mig at svare mig paa, om du havde de bøger af F. Elles. Lasse blev paa en Maade en Skuffelse, for vi havde tænkt os, at han ejede mange flere Penge og at han mulig vilde laane os flere end de Tusind; vi spurgte ikke direkte, men i Samtalens Løb kom det frem, at han kun havde det ene Tusind og at dem maatte Tinge laane. Nu har Manse regnet efter og mener at der kan skaffes 9000 ud af Gaarden, men det er rigtignok ogsaa at skrabe Bunden – Salg af to store Heste, et af Føllene, 2 Kvier, 1 Ko, for 1000 Kr. Korn – men det er jo ogsaa strengt at komme af med saa meget dog – der maa ofres noget for at faa det Salg til at glide; hvis han nu bare vil sælge. Løgstrup rejste til Jylland i Gaar og ventes hjem i Dag.
 4.
 Du kan forstaa, det er spændende om hun hans Mor [”hans Mor” indsat over linjen] vil hjælpe ham til Køb af en Gaard, hvis hun ikke er gaaet ind paa det, ligger det hele, og alle vore Regninger har været forgæves. Saa snart der foreligger noget, skal jeg skrive. 
 Elle er jo et af vore Haab, men Lasse mente ikke, hun var kommen hjem; hans Mor havde ordnet Erindringsmærker for hende, og de var ikke hentede endnu; jeg kan slet ikke forstaa det og det er væmmeligt ikke at vide noget - - - - naa, dette inspirerede mig til at gaa hen og ringe til Else, som fortalte, at hun kom i Aften; hun havde været c 1 Uge hos Lugge efter sin Hjemkomst fra Stockholm; desværre var Lug. bleven syg af Angina og haft temmelig høj Feber og ligger hele den Uge, Elle var der, hvilken Skuffelse for dem begge to. Mine og Sven havde fyret i tre Dage, saa det havde været rart for hende at komme hjem. Det bliver interessant at høre om hendes Rejse – navnlig fra Stockholm de kan jo kun skrive til hinanden om rene Hverdagstingting.
 Nu har vi nydt en dejlig Rødbedeboeuf, den er Frk. Kr. efterhaanden ferm til at lave, Løg kan vi da heldigvis faa endnu. Hun begynder da saa smaat at kunne lave god Mad; i Begyndelsen forstod hun slet ikke at ”smage til” hvilket jo er noget af det vigtigste, men jeg har herset og belært det, jeg kunde og som sagt det begynder at lysne. 
 Fik du Udklippet om Jakob Langes Begravelse? Jeg ved ikke, hvad han døde af, men han var bleven mager og kraftløs i Løbet af det sidste halve Aar. - - Følger du med i Verdensgangen kan du nogensinde høre dansk Londonpresse? Ellers kan jeg jo godt af og til fortælle lidt derom - Det gaar jo godt, selv Japanerne bremses dog noget af Kineserne. Træffes du meget med Nazister?? Hvordan er Lægerne i den Henseende??
 Hvor er det morsomt at høre om Læsningen, når skal I have Eksamen?? Hvordan har Bilde det? du har maaske ikke saa meget at gøre med hende, nu da I ikke bor sammen.- Vil du ikke give mig Ruths Adresse, vi fik Kort fra hende til Jul fra Kbhvn. og fortælle mig lidt om lille Grethe (Tinesen) hende fik vi ogsaa Kort fra, gik det i Orden med at faa sendt Penge hjem fra Tyskland?? Knæet er kun middelmaadigt, men Vinteren har dog vist Indflydelse, mon ikke, jeg synes gærne det er værre om Vinteren. - - nu er det vist snart Frotid, Peter kom nu – han lod sig i Gaar, Sønd. Eft. bevæge til at blive til Kaffe, spiste Lagkage, røg en Cigar og var hyggelig – let genert fordi Lasse var her. Peter er nu henrivende som du siger
 [Skrevet på hovedet øverst s1:]
 Saa tilsidst kun Hilsen fra Far (som sender dig Cigarer) Drengene og Peter. Dog flest fra Mutteren.</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
   </si>
   <si>
     <t>1942-09-08</t>
   </si>
   <si>
     <t>Blegdamsvej 19 København Ø</t>
   </si>
   <si>
     <t>Lindøgaard Dræby St.</t>
   </si>
   <si>
     <t>Frk. Andersen
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Vilhelm Buhl
 - Gjerulff
 Jesper Hansen
 Eli Larsen
 Christine  Mackie
 Leo Swane
 Mikael Venge
 Erik Warberg Larsen
@@ -2256,59 +2314,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ff7U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DQtj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ff7U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DQtj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M42"/>
+  <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3746,472 +3804,518 @@
         <v>271</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>272</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>273</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>275</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="E34" s="5" t="s">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F34" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="F34" s="5" t="s">
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="G34" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H34" s="5" t="s">
+      <c r="I34" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="I34" s="5" t="s">
+      <c r="J34" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="J34" s="5" t="s">
+      <c r="K34" s="5" t="s">
         <v>280</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L34" s="6" t="s">
         <v>281</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>283</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="D35" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E35" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="E35" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F35" s="5" t="s">
+        <v>285</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>288</v>
+      </c>
+      <c r="K35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L35" s="6" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>67</v>
+        <v>292</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>17</v>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>293</v>
+        <v>220</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>76</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>67</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>210</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>250</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>284</v>
+        <v>67</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>210</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>250</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>220</v>
+        <v>308</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>172</v>
+        <v>292</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>175</v>
+        <v>220</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>172</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>175</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>67</v>
+        <v>172</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>17</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>326</v>
+        <v>175</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>327</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>328</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>330</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>284</v>
+        <v>67</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>331</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
         <v>332</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>333</v>
       </c>
       <c r="J42" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="K42" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="J43" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="K42" s="5" t="s">
-[...6 lines deleted...]
-        <v>336</v>
+      <c r="K43" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>344</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
+    <hyperlink ref="M43" r:id="rId48"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>