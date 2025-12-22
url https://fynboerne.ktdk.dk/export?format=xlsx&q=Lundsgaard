--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1465" uniqueCount="917" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1488" uniqueCount="934" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3247,50 +3247,108 @@
 Lasse Taaning
 Poul Valentin Jensen
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvad Lysses forslag til Tinge og Manse gik ud på. 
 Tipperne og Værnengene er en halvø i Vestjylland, beliggende ved sydenden af Ringkøbing Fjord og er en vigtig rasteplads for trækfugle. Det har været i statens eje siden sidste halvdel af 1700-tallet , og i 1898 blev der indført bestemmelser om fredning af det rige fugleliv i området. I 1928 blev der oprettet et fuglereservat, og der blev ansat en opsynsmand Valentin Jensen (Kilde: Wikipedia marts 2022).</t>
   </si>
   <si>
     <t>Nationalmuseet i Stocholm har købt for 500 kr. træsnit, og Larsen beder Elena/Bimse sætte de 450 ind på hendes konto, men tage fra til fødselsdagsgave og brændevin.
 Det er tørke. Man venter tidlig høst på Lindøgaard.
 Andreas/Puf sejler i Odense Fjord med Lasse Taaning.
 Valentin Jensen har været på besøg for at filme odderne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/F6m1</t>
   </si>
   <si>
     <t>Kjerteminde 2 Juli 1939.
 Kære Bimse!
 Det er forsmædeligt at jeg aldrig kan huske Din Fødselsdag. Foranlediget ved Lysses Brev fik vi jo fyret et Telegram af som jeg haaber Du har faaet i rette Tid. Jeg fik i Forgaars Brev fra Nationalmuseet i Stockholm at de havde købt for 500 Kr Træsnit, Jeg har bedt dem sende Pengene til Båxhult og naar de ankommer vil jeg bede Jer sætte dem ind i Jeres Bank i Landeryd, efter at have fradraget 50 Kr. til at købe Dig en Fødselsdagsgave for, saa at Resten kan være disponibel til jeg kommer en Gang i August. I kan jo ogsaa tage fra til et Par Liter saa der kan Brännevin i Huset naar jeg kommer. Jeg har ladet Lysses Forslag til Tinge eller Manse gaa videre gennem Bibbe, der dog ikke mente det kunde lade sig gøre, da de skulde tække om og ventede en tidlig Høst paa grund af Varme og Tørke. Her fik vi en 30 mm for en 14 Dages Tid siden og 20 i Gaar og i Nat. Puf sejlede i Morges med Lasse Taaning om i Odensefjorden, saa Else og jeg er alene med Børnene. Vi havde i Gaar Besøg af mag. Valentin Jensen, ham der passer Tipperne, han havde bedt om at maatte komme at filme Odderne, nu skal vi se hvad der kommer ud af det. Vi har det godt og haaber det er ligesaa hos Jer. Mange Hilsner fra Else til Jer allesammen og fra mig
 Din JL.</t>
   </si>
   <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
+  </si>
+  <si>
     <t>1940-09-04</t>
   </si>
   <si>
     <t>Hans Beck Thomsen
 Louise Brønsted
 Marius Christiansen
 Anton Hinke
 - Kabell
 Andreas Larsen
 Marie Larsen
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>I det nordlige Europa lægges ansjoser i saltlage. I de sydeuropæiske lande lægges de saltede ansjoser derefter i olie og kaldes sardeller (Wikipedia marts 2022).
 Det kan ikke afgøres, hvem "Chr." er. 
 Swinhoesfasan (latin: Lophura swinhoii) er en hønsefugl, der lever på Taiwan. (Wikipedia).
 Alhed Larsens søster, Johanne, og Johannes Larsens bror, Adolph, (de var gift) boede på Lindøgaard.
 Fiskekonservesfabrikken ”555” blev grundlagt i 1916 af Chr. Hansen. Det første produkt var fiskeboller på dåse – senere bl.a. også gaffelbidder, benfri sild og torskerogn. Ca 100 år senere flyttedes virksomheden til Frederikshavn under navnet Amanda Seafoods (Internettet marts 2022). 
 Taarbystranden kaldes i vore dage Tårup Strand. Den findes i den sydøstlige del af Odense Fjord.</t>
   </si>
   <si>
     <t>Johannes Larsen har fået ansjoser forærende og har lagt dem i olivenolie.
 Han har fået æg fra swinhoefasaner og tre blev udruget. En mand har bragt Larsen en agerhønekylling, og den er blevet meget tam. En ræv har taget en rugehøne og en edderfugl, og Puf har skudt ræven. 
 Johannes Larsen tror ikke, at han kommer hjem til Johan og Elena nu. 
 Fra Fiilsø har Larsen fået et knippe vildt. Han er blevet æresmedlem af Jagtselskabet Fiilsø og også folkepensionist. 
@@ -3917,50 +3975,109 @@
   </si>
   <si>
     <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
   </si>
   <si>
     <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
 Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
 Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
 Marie m.fl. har været på tur til Enebærodde.
 Andreas/Lysses børn er yndige. 
 Marie vil meget gerne på besøg på Båxhult.
 Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
 Johannes Larsen arbejder med bestillinger hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
   </si>
   <si>
     <t>Kerteminde d. 28-8-42.
 Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
 Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
 Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
 Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
 Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
 Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1942-11-26</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Andreas Warberg
 Else Warberg
 Karen Warberg
 Laura Warberg
 Marie Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
   </si>
@@ -7096,59 +7213,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M134"/>
+  <dimension ref="A1:M136"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -10456,2640 +10573,2728 @@
       </c>
       <c r="I74" s="5" t="s">
         <v>497</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>372</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>498</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>499</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>501</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>16</v>
+        <v>258</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>369</v>
+        <v>141</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>502</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>503</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>372</v>
+        <v>506</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>99</v>
+        <v>369</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>17</v>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>510</v>
+        <v>372</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="D77" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="5" t="s">
-        <v>515</v>
+        <v>354</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>516</v>
+        <v>482</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
         <v>517</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>518</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>519</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>520</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>521</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>523</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="5" t="s">
-        <v>354</v>
+        <v>524</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>482</v>
+        <v>525</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>354</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>482</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="D81" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="5" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>451</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="D82" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>345</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>354</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>99</v>
+        <v>426</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>451</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>391</v>
+        <v>141</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>369</v>
+        <v>99</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>354</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>482</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>332</v>
+        <v>570</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>141</v>
+        <v>391</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>99</v>
+        <v>369</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>17</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>574</v>
+        <v>332</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="5" t="s">
-        <v>354</v>
+        <v>581</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>515</v>
+        <v>582</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>582</v>
+        <v>585</v>
+      </c>
+      <c r="K86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L86" s="6" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
+        <v>141</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>369</v>
+        <v>99</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>354</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>482</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="I87" s="5"/>
+        <v>589</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>590</v>
+      </c>
       <c r="J87" s="5" t="s">
-        <v>372</v>
+        <v>591</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>391</v>
+        <v>141</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>354</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>524</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>377</v>
+        <v>16</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>369</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>603</v>
+      </c>
+      <c r="I89" s="5"/>
       <c r="J89" s="5" t="s">
-        <v>332</v>
+        <v>372</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>391</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>84</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>17</v>
+        <v>451</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>611</v>
+        <v>377</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>84</v>
+        <v>369</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>614</v>
+        <v>332</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>141</v>
+        <v>391</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>17</v>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>611</v>
+        <v>628</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>626</v>
+        <v>84</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>611</v>
+        <v>141</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>626</v>
+        <v>99</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>354</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>482</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>16</v>
+        <v>628</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F95" s="5" t="s">
-        <v>642</v>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>332</v>
+        <v>646</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>377</v>
+        <v>628</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>369</v>
+        <v>643</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>332</v>
+        <v>653</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>99</v>
+        <v>658</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>354</v>
+        <v>17</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>482</v>
+        <v>659</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>657</v>
+        <v>332</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>141</v>
+        <v>377</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>99</v>
+        <v>369</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>17</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>664</v>
+        <v>332</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="I100" s="5"/>
+        <v>679</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>680</v>
+      </c>
       <c r="J100" s="5" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>426</v>
+        <v>141</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>141</v>
+        <v>99</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>689</v>
+        <v>354</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>516</v>
+        <v>482</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>690</v>
-[...3 lines deleted...]
-      </c>
+        <v>693</v>
+      </c>
+      <c r="I102" s="5"/>
       <c r="J102" s="5" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="D104" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="5" t="s">
-        <v>354</v>
+        <v>706</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>482</v>
+        <v>525</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>718</v>
+        <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>718</v>
+        <v>735</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F108" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>721</v>
+        <v>738</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>718</v>
+        <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>14</v>
+        <v>735</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>746</v>
+        <v>141</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>747</v>
+        <v>99</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>354</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>482</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>332</v>
+        <v>738</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>735</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>141</v>
+        <v>763</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>99</v>
+        <v>764</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>451</v>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>763</v>
+        <v>332</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>107</v>
+        <v>141</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F113" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>141</v>
+        <v>107</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F116" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F117" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>391</v>
+        <v>141</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>378</v>
+        <v>99</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>354</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>482</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>332</v>
+        <v>808</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F119" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="I119" s="5"/>
+        <v>813</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>814</v>
+      </c>
       <c r="J119" s="5" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>141</v>
+        <v>391</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>99</v>
+        <v>378</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>815</v>
+        <v>451</v>
+      </c>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>816</v>
-[...1 lines deleted...]
-      <c r="I120" s="5"/>
+        <v>820</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>821</v>
+      </c>
       <c r="J120" s="5" t="s">
-        <v>810</v>
+        <v>332</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>821</v>
-[...3 lines deleted...]
-      </c>
+        <v>826</v>
+      </c>
+      <c r="I121" s="5"/>
       <c r="J121" s="5" t="s">
-        <v>741</v>
+        <v>827</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>451</v>
+        <v>354</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>515</v>
+        <v>832</v>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="I122" s="5"/>
+      <c r="J122" s="5" t="s">
         <v>827</v>
       </c>
-      <c r="I122" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K122" s="5" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>451</v>
+        <v>354</v>
       </c>
       <c r="F123" s="5" t="s">
-        <v>515</v>
+        <v>482</v>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>810</v>
+        <v>758</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>354</v>
+        <v>451</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>16</v>
+        <v>141</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>641</v>
+        <v>99</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>17</v>
+        <v>451</v>
       </c>
       <c r="F125" s="5" t="s">
-        <v>847</v>
+        <v>524</v>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>332</v>
+        <v>827</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="D126" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="D126" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" s="5" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>354</v>
+        <v>524</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>99</v>
+        <v>658</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>354</v>
+        <v>17</v>
       </c>
       <c r="F127" s="5" t="s">
-        <v>815</v>
+        <v>864</v>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>863</v>
+        <v>332</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="D128" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="D128" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E128" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="F128" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="F128" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>516</v>
+        <v>354</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>875</v>
+        <v>832</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F130" s="5" t="s">
-        <v>875</v>
+        <v>832</v>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>890</v>
-[...4 lines deleted...]
-        </is>
+        <v>525</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>892</v>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E132" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F132" s="5" t="s">
-        <v>482</v>
+        <v>892</v>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>898</v>
-[...1 lines deleted...]
-      <c r="I132" s="5"/>
+        <v>900</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>901</v>
+      </c>
       <c r="J132" s="5" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>907</v>
+      </c>
+      <c r="F133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F134" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>911</v>
-[...3 lines deleted...]
-      </c>
+        <v>915</v>
+      </c>
+      <c r="I134" s="5"/>
       <c r="J134" s="5" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>916</v>
+        <v>919</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="K135" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="L135" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H136" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="J136" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="K136" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="L136" s="6" t="s">
+        <v>932</v>
+      </c>
+      <c r="M136" s="5" t="s">
+        <v>933</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -13184,44 +13389,46 @@
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
     <hyperlink ref="M122" r:id="rId127"/>
     <hyperlink ref="M123" r:id="rId128"/>
     <hyperlink ref="M124" r:id="rId129"/>
     <hyperlink ref="M125" r:id="rId130"/>
     <hyperlink ref="M126" r:id="rId131"/>
     <hyperlink ref="M127" r:id="rId132"/>
     <hyperlink ref="M128" r:id="rId133"/>
     <hyperlink ref="M129" r:id="rId134"/>
     <hyperlink ref="M130" r:id="rId135"/>
     <hyperlink ref="M131" r:id="rId136"/>
     <hyperlink ref="M132" r:id="rId137"/>
     <hyperlink ref="M133" r:id="rId138"/>
     <hyperlink ref="M134" r:id="rId139"/>
+    <hyperlink ref="M135" r:id="rId140"/>
+    <hyperlink ref="M136" r:id="rId141"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>