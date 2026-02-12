--- v1 (2025-12-22)
+++ v2 (2026-02-12)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1488" uniqueCount="934" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1567" uniqueCount="984" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -325,50 +325,82 @@
 [noget af papiret mangler] Dit Brev som jeg fik [noget af papiret mangler] jeg har malet et Skitse-[noget af papiret mangler]ingen og den fra [noget af papiret mangler] Aften skal jeg have [noget af papiret mangler] Christine med op i Klinten for at tegne en Tegning til inden jeg begynder paa det store Billede. Tjalfe kom op paa Formiddagen med en stor Knude og et Par Huller oven i Hovedet. Vi har haft travlt med at give Hø op i disse Dage. Marie og Christine har været med [noget af papiret mangler] hver Dag og i Gaar Eftermiddag var jeg ogsaa ude at hjælpe til. Peter kom her i Forgaars fra Kl. [noget af papiret mangler] og rejste i Gaar til [noget af papiret mangler] Søren Lund var he[noget af papiret mangler] Aftes paa Visit ha[noget af papiret mangler] i Dag til Sønder[noget af papiret mangler] Det forbavser m[noget af papiret mangler] kom hjem med [noget af papiret mangler] i hel Tilstand det havde jeg ikke ventet. Jeg vilde ønske at jeg snart skulde have Dig at se igen, for jeg længes efter Dig, men jeg maa vel have Johanne herned først, for jeg mener at hun sagde at det skulde være inden 14 Dage. Jeg tror jeg vil slæbe Læ[noget af papiret mangler] i Klinten saa snart jeg faar en Blændramme til det og [begy]ned at male paa [noget af papiret mangler] Forgrunden, og ellers [noget af papiret mangler] staa i Truntehuset [noget af papiret mangler]t. Vil Du ikke skrive [noget af papiret mangler]art, for jeg længes [noget af papiret mangler] efter Dig og jeg hol[der] meget af Dig. Mange kærlige Hilsner fra Din hengivne
 Johannes Larsen
 Jeg [skal] hilse fra Fader og Moder og Marie og Christine</t>
   </si>
   <si>
     <t>1897-07-09</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alheds søster, Johanne, sad model til billedet Pigerne ved Klinten. Det er dette billede, som johannes Larsen lægger an til.</t>
   </si>
   <si>
     <t>Johanne (Alheds søster) skal tage den samme hat og det samme sjal på som sidst. Johannes Larsen har lagt an til det store billede. Han har været med sin far i hvedemarken og plukket valmuer, hvoraf han sender Alhed et par stykker.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GBEg</t>
   </si>
   <si>
     <t>Kjerteminde 9 Juli 1897.
 Kæreste Alhed!
 Jeg kommer pludselig i Tanker om at det vist er overflødigt at skrive til Dig og bede dig om at bede Johanne tage den samme Hat paa som sidst, og saa naturligvis det grønne Sjal. Det var ellers, som Du meget rigtigt bemærker et ubehageligt Brev jeg fik fra Dig i Dag, men Du skal alligevel have Tak for det og især fordi Du lover at skrive strax naar Du faar dette. Jeg har nu faaet det store Billede lagt an, og skal nu til at tage fat med fuld [Kra]ft naar vi bare faar [nog]et mere tørt Vejr [end] det har været de sidste Par Dage. Du kan sige til Johanne at jeg nok skal gøre mig Umage for at være saa elskværdig som muligt naar hun kommer. Jeg var med Fader ude paa Taarbystranden i Aftes og i vores ene Hvedemark, som i den [en]e Ende er fuld af Valmuer fandt jeg en hel Del hvide og lyse røde, jeg plukkede et Par af dem som stod ude ved Vejen og s[en]der Dig her en Prøve. Nu tror jeg ikke Du faar mere denne Gang men Du er jo nok saa sød at Du ikke hævner dig, ikke sandt? Mange kærlige Hilsner fra Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-07-13</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1349</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Johannes Larsen ønsker tillykke med fødselsdagen. Han maler på et aftenbillede fra klinten i Kerteminde, og det trækker derfor ud med turen til Sverige.
+Brev 2:
+Christine Swane/Uglen ønsker tillykke og håber, at det er rare mennesker, Vilhelm/Klaks Larsen er hos. Hun har plantet blomster i haven, skuffet gange, klippet hæk og vandet. Syberg har spurgt, om Christine vil komme til Svanninge og hjælpe i huset, og til gengæld vil hun kunne få sangundervisning af Hedevig/Mutter Lützhøft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5uWD</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Juli 1897.
+Kære Vilhelm!
+Herved sender jeg Dig min Lykønskning i Anledning af Din Fødselsdag, men da jeg jo ikke har nogle Ærinder Du kan udrette for mig for Øjeblikket kan Du jo nok forstaa at der ikke bliver noget længere Brev ud af det denne Gang. Vi har det alle godt og arbejder af og til med Høet. I Dag skal vi begynde at køre det ind. Jeg maler på et Billede oppe fra Klinten i denne Tid, det er et Aftenbillede saa jeg kan jo ikke arbejde ret længe paa det ad Gangen, derfor trækker det ud med Turen til Sverige jeg skulde helst have været færdig til at tage derover nu i Løbet af Ugen. Hvad Tid bliver Du færdig med at maale? Mange Hilsner og Lykønskninger
+Din hengivne
+Johannes Larsen.
+Kære Klaks!
+Hjertelig til Lykke paa Fødselsdagen, jeg haaber for Dig at Du nu ser lidt lysere paa Dit Arbejde, saa at Du maa faa en rigtig dejlig Dag i Morgen. – Det er da storartet for Dig at det er rare Mennesker Du er hos. Det er dog en forfærdelig Tørke vi har i denne Tid, vi har plantet nogle Blomster nede i Haven, men jeg maatte først bære en Snes Spande Vand ned paa Bedene for at faa Jorden blødt op saa at Blomsterne kan gro. – Nu til Morgen har jeg skuffet Gangene og klippet Hækken oppe ved Højen og Blomsterne staar storartet, saa naar jeg nu passer at vande dem hver Aften saa bliver der nok kønt dernede. Har Du hørt at Sybergs gerne vilde have mig ned til Svanninge og hjælpe Anna, mens de har Fremmede, saa kunde jeg til Gengæld lære at synge hos Mutter som skal besøge Dem i Sommer. Kunde det ikke være forfærdeligt morsomt? - Jeg har for nogle Dage Siden skrevet ned til Anna, at jeg nok vilde derned, men endnu ikke faaet Svar, men jeg haaber det kommer en af Dagene. Hvordan passer Bukserne Dig? Nu vil jeg slutte med mange kærlige Hilsner fra din hengivne
+Ugle</t>
   </si>
   <si>
     <t>1897-07-26</t>
   </si>
   <si>
     <t>Peter Hansen
 Carl Høyrup
 Adolph Larsen
 Marie Larsen
 Rasmus Petersen, Gartner
 Christine Swane
 Anna Syberg
 Fritz Syberg</t>
   </si>
   <si>
     <t>Larsen fik malet "en Del paa Marie og Uglen og en del paa Træerne": De to søstre, Marie og Christine (Uglen) optræder begge på billedet Fire Piger på Lundsgårds Klint/Sommerdag på brinken.
 Jansen var Johannes Larsens jagthund.</t>
   </si>
   <si>
     <t>I.A. Larsen har af skipperen fået at vide, at de først kan sejle sidst på ugen. 
 Johannes Larsen har malet på Marie og Christine (Uglen) på Klintebilledet. Der går en dejlig hættemågeunge under sofaen, og Larsen fodrer den med regnorme.
 Larsen har skudt en stor kat hos Rasmus Pedersen. Den tog kyllingerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/DuLn</t>
@@ -2033,51 +2065,51 @@
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -3053,50 +3085,143 @@
 Lindøgaard, Dræby St.
 [I brevet:]
 Lindøgaard 
 pr. Dræby
 Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
 Kære lille Dis!
 Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
 Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
 Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
 2.
 Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
 3
 Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
 Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
 Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
 4.
 Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
 Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
 Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
 Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
 Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
 Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
 Tusinde Hilsner, din Junge.</t>
   </si>
   <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
+  </si>
+  <si>
     <t>1938-11-21</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Ina  Goldschmidt
 Ulf Haxen
 Adolph Larsen
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uklart, hvad Laura/Bibbe Warberg Petersen aktuelt fejlede, men hun led i sine unge år meget af bihulebetændelse, hovedpine, og hun havde psykiske problemer. 
 Mund- og klovsyge er en meget smitsom virussygdom, som først og fremmest rammer parrettåede hovdyr deriblandt tamkvæg og svin. Hjorte, geder og får rammes dog bl.a. også. I Europa har kun de skandinaviske lande Norge (1952), Finland (1959) og Sverige(1966) gennem de seneste årtier været forskånet for udbrud. I Danmark var det sidste udbrud i 1983, mens Storbritannien atter blev ramt i 2007. (Wikipedia febr. 2024).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Bb0606</t>
   </si>
   <si>
     <t>Laura/Bibbe har fået medicin, der hjælper hende. Hendes tre uger lange rejse med hvile hjalp ikke, men Laura var glad for at være hos Ina/Sjums og børnene. 
 Johanne/Junge havde omsider fået en pige i huset, men hun udeblev allerede anden dag. Johanne nåede lige at bede lægen om at indstille hende til operation. Hun føler sig fortravlet og træt. Elle(n) Sawyer har været på besøg og hjulpet med at vaske æg. Drengene har en 10årig dreng til at hjælpe med tærskningen.</t>
   </si>
@@ -3406,54 +3531,50 @@
 Onsd. 14-12-05
 Fru Astrid Warberg Müller
 Bakkevej No 12
 Hareskov St.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgd. 25 Okt 1940
 Kæreste Dis!
 Hvor var det dog forfærdelig kedeligt, at Axel nu ogsaa skulde faa saadan en Omgang, man skulde tro, han havde faaet nok i sin Bronchitis. Da du sluttede mit Brev, vidste du altsaa endnu ikke hvad det er, han fejler? Kun at det ikke er Blindtarm. Jeg er, som du vel kan forstaa, meget spændt paa, hvad det er, der er i Vejen, men det hører jeg vel, naar du faar det at vide.
 Tak fordi du skrev det til mig – det var ikke noget morsomt, men man vil jo gerne være ”mæ’”, naar der skal er [”skal” overstreget; ”er” indsat over linjen] noget. Ved du, at Mornine har ligget paa Hospital med en let Lungebetændelse? er kommen hjem igen, har vi hørt gennem Nete; Bibbe og Nete er saa gode Venner; de er jo trods den store Aldersforskel paa Generation sammen, og de ringer af og til til hinanden og faa udvekslet nyt om Familien. Bibbe elsker Nete. Har du nogen Sinde besøgt dem, siden de kom til Faldengaard? 
 Mens jeg husker det – du kan bare vove paa at købe fantastisk dyr Chokolade til mig; jeg vil intet have; du kan selv se hvor meningsløst det er og jo da navnlig, naar I maa spare haardt, oven i Købet paa Kosten. Og heller ikke Julegaver!! Vi er klemt saa haardt paa alle Kanter, saa det maa indvirke ogsaa paa den Slags. Jer selv imellem kan der jo vælges nyttige Ting, som alligevel skal anskaffes, saa bliver det jo paa en Maade i ikke [”i” overstreget; ”ikke” indsat over linjen] Udgifter, nej, søde Dis, skal alt det indvindes, som Axel der ikke har haft Held til at ordne, saa maa du spare paa alle Punkter, det kan jeg da se. Saa er det en Aftale og tænk, hvor du altid har overøst mig med Gaver, da du kunde. Selv Haandarbejdsmateriale er jo ikke til at købe mere. 
 Den gode Marie kom saa i Onsdags Kl 3 ½. Bibbe skulde have gaaet hende i Møde
 2
 da de havde travlt med Roerne, og Marie havde sagt, at hun kunde udmærket gaa fra Dræby, men det regnede lidt og Bibbe var saa forkølet, saa min Lettelse var stor, da Agraren sagde, han vilde køre hen efter hende. Hun var saa henrivende at have og Bibbe var pragtfuld til at lave fint an. Hun fik The, da hun kom med Franskbrød med Ost og Marmelade og finsk [”s” i ordet indsat over linjen] Brød, som jeg havde bagt. Om Aftenen fik vi Rosenkaalssuppe (lavet af henkogt Syltesuppe, pyntet op med Champignon-Væde og Tomatafkog) som var glimrende. 2 Fasaner udm. stegte med alskens til: Æbler og Valnødder. Til Aftenskaffen havde vi en knippel god Lagkage og det finske Brød. Næste Middag henkogt Medisterpølse; dertil Rosenkaal Kartofler og henkogte smaa fine Karotter samt stuvede Ærter. Æblesuppe. Vi beværtede hende fint, synes jeg. Hun var selvfølgelig henrivende at have; vi har jo altid saa meget at snakke om, hvor er hun ung og frisk. Hun bad mig hilse dig saa mange Gange. Det gaar saa godt med Vilhelm, de har været et Par Dage i Kbhv. for at besøge ham. Lægerne har sagt at han gør gode Fremskridt og han kan selv mærke Fremgang. Desuden har Lægerne sagt, at Folk kommer sig altid af den Sygdom – naar de faar den Behandling da. Hvor er Lægevidenskaben efterhaanden stor og hvor maa vi være den taknemmelig for alt det, den kan fri os ud af. Hvis ”Lyset” ikke var bleven opfunden som Lægemiddel, vilde Vilhelm have været Dødens sikre Bytte. Og godt, lille Dis, at du har Stramoneum til at dæmme op for den grufulde Astma. Og at vi har noget som kan stille de værste Smerter, naar de kommer paa. – Børnene skal til Odense i Aften til Luttes Forestilling – noget om Børn saa ved du. Bibbe vil opsøge ham efter Forestillingen og høre lidt om Jørgen. 
 Ja, saa kun tusind Hilsner fra din Junge - ogsaa til Axel og Janna.
 [Skrevet på hovedet øverst på s. 4:]
 Bare du nu kan døje al den Sindsbevægelse om Axels Sygdom. Den Slags er vist ikke godt for Astma. - Jeg har nok glemt at skrive om Knæet, men er der er intet at skrive, bedre er det desværre ikke blevet.</t>
   </si>
   <si>
     <t>1941-02-18</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
-  </si>
-[...2 lines deleted...]
-Lindøgaard</t>
   </si>
   <si>
     <t>Sus -
 Torkil Barfod
 Nicolai  Blædel
 Adolph Hitler
 Charles Morgan
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Kirstine Schou
 Robert Stephenson
 Lars Syberg
 Gertrude Søndergaard
 Ole Søndergaard
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Bøgelund Jensen, Edith og Søren Madsen var. Ida var formodentlig pige i huset hos Johanne og Adolf Larsen. 
 Dr. Larsen og Blütten Petersen kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0787</t>
   </si>
@@ -3914,50 +4035,108 @@
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St. Fyen.
 [I brevet:]
 Lindøgaard 25 Aprl. 1942.
 Kæreste lille Dis!
 Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
 Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
 Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
 Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
 En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
 Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
 2. 
 Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
 Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
 Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
 Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
 Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
 Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
 Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
 [Skrevet langs venstre kant s. 4:]
 Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
 [Skrevet langs venstre kant s. 2:]
 Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
 [Skrevet på hovedet øverst s. 1:]
 Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
   </si>
   <si>
     <t>1942-08-28</t>
   </si>
   <si>
     <t>Thora  Branner
 Elise Hansen
 Andreas Larsen
 Elena Larsen
 Erik Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Jens Larsen
 Jeppe Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Gudmund Larsen 
 Kirsten Larsen, Elena Larsens veninde
 Thomas Madsen-Mygdal
 Erhard Meyer
 Marie Meyer
@@ -6538,50 +6717,110 @@
 [Skrevet af ukendt:]
 modt. 25/Maj 1949
 (husk om Lugge!)
 besv. 31/5.
 [Skrevet af Laura Warberg Petersen:]
 19-1-2007.
 10-7-05
 8-8-2000
 BWP. 
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 Danmark.
 [Skrevet af ukendt:]
 16-7-05
 10-7-05
 [I brevet:]
 Lindøgaard 24-5-1949. 
 Kære lille Dis
 Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
 Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
 Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
 2
 Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
 Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
 Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
   </si>
   <si>
     <t>1950-06-06</t>
   </si>
   <si>
     <t>Dres -
 Holger -
 Alfred Fly
 Johannes Hohlenberg
 Johannes Larsen
 Helga Nielsen
 Lauritz Pedersen
 Jørgen Schou
 Mette Schou
 Leo Swane
 Erik Warberg Larsen
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
 Laura Warberg Petersen
 Troels Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Jørgen og Gretes søster var. Lille Marie kendes heller ikke. 
@@ -7093,50 +7332,193 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
+  </si>
+  <si>
+    <t>1951-05-02</t>
+  </si>
+  <si>
+    <t>Johanne og Adolph Larsen ejede Lindøgaard nær Munkebo.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Johan/Lysse og Elena/Bimse Larsen til København og bliver der en uges tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3tu3</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Maj 1951.
+Kære Grevinde.
+Jeg kørte med Lysse og Bimse til Kjøbenhavn i Forgaars, og Lysse der skal hente en Pige i Lindøgaard, kørte mig hertil i Gaar. Han er henne efter Pigen og naar han kommer om lidt, kører jeg med ham til Kjøbenhavn hvor jeg bliver en Uges Tid. Tak for Dit Brev som kom lige nu. Mange Hilsner 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -7213,59 +7595,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LYCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/akE715Ei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9rWF64GL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tu3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M136"/>
+  <dimension ref="A1:M143"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -7648,5653 +8030,5960 @@
       </c>
       <c r="I9" s="5" t="s">
         <v>67</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>68</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="5" t="s">
-        <v>18</v>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="I12" s="5"/>
+      <c r="I12" s="5" t="s">
+        <v>86</v>
+      </c>
       <c r="J12" s="5" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>87</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>88</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>32</v>
+        <v>91</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>91</v>
+      <c r="F13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>94</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>95</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>97</v>
       </c>
       <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="C14" s="5" t="s">
+      <c r="H14" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="D14" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="I14" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J14" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>101</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>102</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K15" s="5" t="s">
-        <v>104</v>
+      <c r="K15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L15" s="6" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="B16" s="5" t="s">
-[...12 lines deleted...]
-        <v>108</v>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="I16" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K16" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="K16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="L16" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="D17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="F17" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>121</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>84</v>
-[...4 lines deleted...]
-        </is>
+        <v>124</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="s">
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="H18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G19" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>134</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>135</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>136</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>137</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>138</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>140</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>99</v>
+        <v>40</v>
       </c>
       <c r="D20" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="E20" s="5" t="s">
+      <c r="I20" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="F20" s="5" t="s">
+      <c r="J20" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="K20" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="J20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>146</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>84</v>
+        <v>148</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
       <c r="F21" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="G21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="H21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="J21" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F22" s="5" t="s">
+        <v>158</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>159</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>160</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>161</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>162</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>163</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>165</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>99</v>
+        <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F23" s="5" t="s">
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="s">
         <v>166</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H23" s="5" t="s">
         <v>167</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>168</v>
       </c>
       <c r="J23" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="K23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>32</v>
+        <v>106</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F24" s="5" t="s">
+        <v>173</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
         <v>174</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>175</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>188</v>
+        <v>21</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>189</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>190</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>192</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="E27" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="F27" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="J27" s="5" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>196</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>197</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>199</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D28" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E28" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H28" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H28" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="M28" s="5"/>
+        <v>204</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E29" s="5" t="s">
-        <v>193</v>
+      <c r="D29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K29" s="5" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E30" s="5" t="s">
+        <v>200</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>209</v>
-[...5 lines deleted...]
-        </is>
+        <v>210</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="M30" s="5"/>
+        <v>213</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H31" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="I31" s="5"/>
       <c r="J31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K31" s="5" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I32" s="5"/>
       <c r="J32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K32" s="5" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D33" s="5" t="s">
-[...3 lines deleted...]
-        <v>216</v>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K33" s="5" t="s">
-        <v>220</v>
+        <v>207</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>221</v>
       </c>
-      <c r="M33" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E34" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="s">
         <v>224</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H34" s="5" t="s">
         <v>225</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>226</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>227</v>
       </c>
       <c r="L34" s="6" t="s">
         <v>228</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>230</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D35" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>231</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H35" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H35" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>200</v>
+        <v>234</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>235</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I36" s="5"/>
       <c r="J36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K36" s="5" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="M36" s="5"/>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G37" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I37" s="5"/>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K37" s="5" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="M37" s="5" t="s">
         <v>240</v>
       </c>
+      <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>241</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="D38" s="5" t="s">
+      <c r="E38" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G38" s="5" t="s">
         <v>242</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="H38" s="5" t="s">
         <v>243</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>244</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>245</v>
       </c>
       <c r="L38" s="6" t="s">
         <v>246</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>248</v>
       </c>
       <c r="B39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="C39" s="5" t="s">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="5" t="s">
+      <c r="I39" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="H39" s="5" t="s">
+      <c r="J39" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K39" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="I39" s="5" t="s">
+      <c r="L39" s="6" t="s">
         <v>253</v>
       </c>
-      <c r="J39" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K39" s="5" t="s">
+      <c r="M39" s="5" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="C40" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="B40" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" s="5" t="s">
-        <v>258</v>
+        <v>91</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F40" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>258</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>259</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J40" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K40" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="K40" s="5" t="s">
+      <c r="L40" s="6" t="s">
         <v>262</v>
       </c>
-      <c r="L40" s="6" t="s">
+      <c r="M40" s="5" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>141</v>
+        <v>265</v>
       </c>
       <c r="E41" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="F41" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H41" s="5" t="s">
+      <c r="I41" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="I41" s="5" t="s">
+      <c r="J41" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="J41" s="5" t="s">
+      <c r="K41" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="K41" s="5" t="s">
+      <c r="L41" s="6" t="s">
         <v>270</v>
       </c>
-      <c r="L41" s="6" t="s">
+      <c r="M41" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>32</v>
+        <v>91</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>16</v>
+        <v>148</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>18</v>
+        <v>273</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
         <v>274</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>275</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>21</v>
+        <v>276</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E43" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E43" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>286</v>
+        <v>16</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F44" s="5" t="s">
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H44" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="G44" s="5" t="s">
+      <c r="I44" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="H44" s="5" t="s">
+      <c r="J44" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K44" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="I44" s="5" t="s">
+      <c r="L44" s="6" t="s">
         <v>290</v>
       </c>
-      <c r="J44" s="5" t="s">
+      <c r="M44" s="5" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="E45" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>296</v>
       </c>
-      <c r="F45" s="5" t="s">
+      <c r="I45" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="G45" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H45" s="5" t="s">
+      <c r="J45" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="K45" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="J45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>300</v>
       </c>
-      <c r="K45" s="5" t="s">
+      <c r="M45" s="5" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="F46" s="5" t="s">
         <v>304</v>
-      </c>
-[...19 lines deleted...]
-        </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
         <v>305</v>
       </c>
-      <c r="I46" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I46" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>307</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="M46" s="5"/>
+        <v>309</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>310</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H47" s="5" t="s">
+        <v>312</v>
       </c>
       <c r="I47" s="5"/>
       <c r="J47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K47" s="5" t="s">
+        <v>313</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K48" s="5" t="s">
-        <v>311</v>
+      <c r="K48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L48" s="6" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="M48" s="5"/>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K49" s="5" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>249</v>
+        <v>105</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>16</v>
+      </c>
+      <c r="D50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="J50" s="5" t="s">
+      <c r="I50" s="5"/>
+      <c r="J50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K50" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="K50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L50" s="6" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="M50" s="5" t="s">
         <v>321</v>
       </c>
+      <c r="M50" s="5"/>
     </row>
     <row r="51">
-      <c r="A51" s="5" t="n">
+      <c r="A51" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="K51" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="5" t="n">
         <v>1926</v>
-      </c>
-[...43 lines deleted...]
-        <v>327</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>328</v>
+        <v>32</v>
       </c>
       <c r="D52" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
         <v>329</v>
       </c>
-      <c r="E52" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H52" s="5" t="s">
+      <c r="I52" s="5" t="s">
         <v>330</v>
       </c>
-      <c r="I52" s="5" t="s">
+      <c r="J52" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K52" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="J52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>332</v>
       </c>
-      <c r="K52" s="5" t="s">
+      <c r="M52" s="5" t="s">
         <v>333</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>141</v>
+        <v>335</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>99</v>
-[...4 lines deleted...]
-      <c r="F53" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>337</v>
       </c>
-      <c r="G53" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H53" s="5" t="s">
+      <c r="I53" s="5" t="s">
         <v>338</v>
       </c>
-      <c r="I53" s="5" t="s">
+      <c r="J53" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="J53" s="5" t="s">
+      <c r="K53" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="K53" s="5" t="s">
+      <c r="L53" s="6" t="s">
         <v>341</v>
       </c>
-      <c r="L53" s="6" t="s">
+      <c r="M53" s="5" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="E54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="F54" s="5" t="s">
+      <c r="I54" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H54" s="5" t="s">
+      <c r="J54" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="I54" s="5" t="s">
+      <c r="K54" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="J54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>349</v>
       </c>
-      <c r="K54" s="5" t="s">
+      <c r="M54" s="5" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="E55" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="F55" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="J55" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="J55" s="5" t="s">
+      <c r="K55" s="5" t="s">
         <v>357</v>
       </c>
-      <c r="K55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>358</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="E56" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>362</v>
-      </c>
-[...9 lines deleted...]
-        <v>267</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>363</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>364</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>365</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>366</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>368</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="D57" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="E57" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="E57" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F57" s="5" t="s">
+        <v>361</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="I57" s="5" t="s">
         <v>370</v>
       </c>
-      <c r="I57" s="5" t="s">
+      <c r="J57" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="J57" s="5" t="s">
+      <c r="K57" s="5" t="s">
         <v>372</v>
       </c>
-      <c r="K57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>373</v>
       </c>
-      <c r="L57" s="6" t="s">
+      <c r="M57" s="5" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="D58" s="5" t="s">
+      <c r="I58" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="E58" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H58" s="5" t="s">
+      <c r="J58" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="K58" s="5" t="s">
         <v>380</v>
       </c>
-      <c r="J58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>381</v>
       </c>
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="5" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>16</v>
+        <v>384</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>385</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>372</v>
+        <v>339</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>391</v>
+        <v>16</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>266</v>
+        <v>17</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="I60" s="5"/>
+      <c r="I60" s="5" t="s">
+        <v>393</v>
+      </c>
       <c r="J60" s="5" t="s">
-        <v>393</v>
+        <v>379</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>394</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>395</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
         <v>397</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>16</v>
+        <v>398</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>17</v>
+        <v>273</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="I61" s="5" t="s">
         <v>399</v>
       </c>
+      <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>372</v>
+        <v>400</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>99</v>
+        <v>376</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>354</v>
+        <v>17</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>406</v>
+        <v>379</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>407</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>408</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>410</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="F63" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="G63" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H63" s="5" t="s">
+      <c r="I63" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="J63" s="5" t="s">
         <v>413</v>
       </c>
-      <c r="J63" s="5" t="s">
+      <c r="K63" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="K63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>415</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="5" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
         <v>419</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>420</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>421</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>422</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>423</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>425</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>391</v>
+        <v>148</v>
       </c>
       <c r="D65" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="E65" s="5" t="s">
+      <c r="I65" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="F65" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H65" s="5" t="s">
+      <c r="J65" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="I65" s="5" t="s">
+      <c r="K65" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="J65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>430</v>
       </c>
-      <c r="K65" s="5" t="s">
+      <c r="M65" s="5" t="s">
         <v>431</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>141</v>
+        <v>398</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>99</v>
+        <v>433</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="F66" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="G66" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="I66" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>439</v>
       </c>
-      <c r="L66" s="6" t="s">
+      <c r="M66" s="5" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="E67" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="F67" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>446</v>
       </c>
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>447</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="E68" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="F68" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="J68" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="J68" s="5" t="s">
+      <c r="K68" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="K68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>455</v>
       </c>
-      <c r="L68" s="6" t="s">
+      <c r="M68" s="5" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="D69" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F69" s="5" t="s">
+      <c r="I69" s="5" t="s">
         <v>460</v>
       </c>
-      <c r="G69" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H69" s="5" t="s">
+      <c r="J69" s="5" t="s">
         <v>461</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="K69" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="J69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>463</v>
       </c>
-      <c r="K69" s="5" t="s">
+      <c r="M69" s="5" t="s">
         <v>464</v>
-      </c>
-[...4 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>141</v>
+        <v>466</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>411</v>
+        <v>467</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
         <v>468</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>469</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>470</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>471</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>472</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>474</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
         <v>475</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>476</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>477</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>478</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>479</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>481</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>483</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>484</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>485</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>486</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>487</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>489</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>16</v>
+        <v>148</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>369</v>
+        <v>106</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>418</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>490</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>491</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>372</v>
+        <v>492</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>16</v>
+        <v>148</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>329</v>
+        <v>106</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>372</v>
+        <v>500</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>258</v>
+        <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>141</v>
+        <v>376</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>17</v>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>506</v>
+        <v>379</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>507</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>508</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>510</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>369</v>
+        <v>336</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
         <v>511</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>512</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>513</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>514</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>516</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>141</v>
+        <v>265</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>354</v>
+        <v>517</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>482</v>
+        <v>518</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>99</v>
+        <v>16</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>141</v>
+        <v>376</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>17</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>526</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>527</v>
       </c>
       <c r="J78" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="K78" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="K78" s="5" t="s">
+      <c r="L78" s="6" t="s">
         <v>529</v>
       </c>
-      <c r="L78" s="6" t="s">
+      <c r="M78" s="5" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="I79" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="I79" s="5" t="s">
+      <c r="J79" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="J79" s="5" t="s">
+      <c r="K79" s="5" t="s">
         <v>535</v>
       </c>
-      <c r="K79" s="5" t="s">
+      <c r="L79" s="6" t="s">
         <v>536</v>
       </c>
-      <c r="L79" s="6" t="s">
+      <c r="M79" s="5" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>354</v>
+        <v>539</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>540</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>541</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>542</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>543</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>544</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>546</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
         <v>547</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>548</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>549</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>550</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>551</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>553</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>354</v>
+        <v>497</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>554</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>555</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>556</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>557</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>558</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>560</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>426</v>
+        <v>106</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>561</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>562</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>563</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>564</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>565</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>567</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>482</v>
+        <v>361</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
         <v>568</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>569</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>570</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>571</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>572</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>574</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>391</v>
+        <v>148</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>369</v>
+        <v>433</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>17</v>
+        <v>458</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>575</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>576</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>332</v>
+        <v>577</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>258</v>
+        <v>148</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>581</v>
+        <v>361</v>
       </c>
       <c r="F86" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
         <v>582</v>
       </c>
-      <c r="G86" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H86" s="5" t="s">
+      <c r="I86" s="5" t="s">
         <v>583</v>
       </c>
-      <c r="I86" s="5" t="s">
+      <c r="J86" s="5" t="s">
         <v>584</v>
       </c>
-      <c r="J86" s="5" t="s">
+      <c r="K86" s="5" t="s">
         <v>585</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L86" s="6" t="s">
         <v>586</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>588</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>141</v>
+        <v>265</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>148</v>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F87" s="5" t="s">
-        <v>482</v>
+        <v>589</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>141</v>
+        <v>398</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>99</v>
+        <v>376</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>524</v>
+        <v>17</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>598</v>
+        <v>339</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>599</v>
       </c>
       <c r="L88" s="6" t="s">
         <v>600</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
         <v>602</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>369</v>
+        <v>148</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>603</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>604</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>603</v>
-[...1 lines deleted...]
-      <c r="I89" s="5"/>
+        <v>605</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>606</v>
+      </c>
       <c r="J89" s="5" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>604</v>
+        <v>607</v>
+      </c>
+      <c r="K89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L89" s="6" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>391</v>
+        <v>148</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>377</v>
+        <v>148</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>369</v>
+        <v>106</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>539</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>332</v>
+        <v>620</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>391</v>
+        <v>16</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>84</v>
+        <v>376</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>625</v>
+      </c>
+      <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
-        <v>623</v>
+        <v>379</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>628</v>
+        <v>398</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>17</v>
+        <v>458</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>141</v>
+        <v>384</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>99</v>
+        <v>376</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>17</v>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>638</v>
+        <v>339</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>639</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>640</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>642</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>628</v>
+        <v>398</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>643</v>
+        <v>91</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="I95" s="5" t="s">
         <v>644</v>
       </c>
-      <c r="I95" s="5" t="s">
+      <c r="J95" s="5" t="s">
         <v>645</v>
       </c>
-      <c r="J95" s="5" t="s">
+      <c r="K95" s="5" t="s">
         <v>646</v>
       </c>
-      <c r="K95" s="5" t="s">
+      <c r="L95" s="6" t="s">
         <v>647</v>
       </c>
-      <c r="L95" s="6" t="s">
+      <c r="M95" s="5" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>628</v>
+        <v>650</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>643</v>
+        <v>91</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
         <v>651</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>652</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>653</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>654</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>655</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>657</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>16</v>
+        <v>148</v>
       </c>
       <c r="D97" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="E97" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F97" s="5" t="s">
+      <c r="I97" s="5" t="s">
         <v>659</v>
       </c>
-      <c r="G97" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H97" s="5" t="s">
+      <c r="J97" s="5" t="s">
         <v>660</v>
       </c>
-      <c r="I97" s="5" t="s">
+      <c r="K97" s="5" t="s">
         <v>661</v>
       </c>
-      <c r="J97" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K97" s="5" t="s">
+      <c r="L97" s="6" t="s">
         <v>662</v>
       </c>
-      <c r="L97" s="6" t="s">
+      <c r="M97" s="5" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>377</v>
+        <v>650</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>369</v>
+        <v>665</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>666</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>667</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>332</v>
+        <v>668</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>141</v>
+        <v>650</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>99</v>
+        <v>665</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>17</v>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>99</v>
+        <v>680</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>354</v>
+        <v>17</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>482</v>
+        <v>681</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>681</v>
+        <v>339</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>141</v>
+        <v>384</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>99</v>
+        <v>376</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>17</v>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>688</v>
+        <v>339</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>693</v>
-[...1 lines deleted...]
-      <c r="I102" s="5"/>
+        <v>694</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>695</v>
+      </c>
       <c r="J102" s="5" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>426</v>
+        <v>148</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>706</v>
+        <v>361</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>525</v>
+        <v>497</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F105" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>714</v>
-[...1 lines deleted...]
-      <c r="I105" s="5" t="s">
         <v>715</v>
       </c>
+      <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
         <v>716</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>717</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>718</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
         <v>720</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
         <v>721</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>722</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>723</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>724</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>725</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>727</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>141</v>
+        <v>433</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>354</v>
+        <v>728</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>482</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>735</v>
+        <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
         <v>736</v>
       </c>
       <c r="I108" s="5" t="s">
         <v>737</v>
       </c>
       <c r="J108" s="5" t="s">
         <v>738</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>739</v>
       </c>
       <c r="L108" s="6" t="s">
         <v>740</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
         <v>742</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
         <v>743</v>
       </c>
       <c r="I109" s="5" t="s">
         <v>744</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>745</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>746</v>
       </c>
       <c r="L109" s="6" t="s">
         <v>747</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
         <v>749</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>735</v>
+        <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
         <v>750</v>
       </c>
       <c r="I110" s="5" t="s">
         <v>751</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>738</v>
+        <v>752</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>735</v>
+        <v>757</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>763</v>
+        <v>148</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>764</v>
+        <v>106</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
         <v>765</v>
       </c>
       <c r="I112" s="5" t="s">
         <v>766</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>332</v>
+        <v>767</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>14</v>
+        <v>757</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="K113" s="5" t="s">
         <v>774</v>
       </c>
       <c r="L113" s="6" t="s">
         <v>775</v>
       </c>
       <c r="M113" s="5" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
         <v>777</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>14</v>
+        <v>757</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
         <v>778</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>779</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>780</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>781</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>782</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
         <v>784</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>107</v>
+        <v>785</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>99</v>
+        <v>786</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>458</v>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>787</v>
+        <v>339</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F118" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F119" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>391</v>
+        <v>148</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>378</v>
+        <v>106</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>332</v>
+        <v>823</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F121" s="5" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="I121" s="5"/>
+        <v>828</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>829</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>832</v>
+        <v>497</v>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="I122" s="5"/>
+        <v>835</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>836</v>
+      </c>
       <c r="J122" s="5" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>141</v>
+        <v>398</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>99</v>
+        <v>385</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>458</v>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>758</v>
+        <v>339</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>451</v>
+        <v>361</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>524</v>
+        <v>497</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>844</v>
-[...3 lines deleted...]
-      </c>
+        <v>848</v>
+      </c>
+      <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>451</v>
+        <v>361</v>
       </c>
       <c r="F125" s="5" t="s">
-        <v>524</v>
+        <v>854</v>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>851</v>
-[...3 lines deleted...]
-      </c>
+        <v>855</v>
+      </c>
+      <c r="I125" s="5"/>
       <c r="J125" s="5" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>524</v>
+        <v>497</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>859</v>
+        <v>780</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>16</v>
+        <v>148</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>658</v>
+        <v>106</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>17</v>
+        <v>458</v>
       </c>
       <c r="F127" s="5" t="s">
-        <v>864</v>
+        <v>539</v>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>332</v>
+        <v>868</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>345</v>
+        <v>458</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>354</v>
+        <v>539</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>873</v>
+        <v>849</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>832</v>
+        <v>539</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>99</v>
+        <v>680</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>354</v>
+        <v>17</v>
       </c>
       <c r="F130" s="5" t="s">
-        <v>832</v>
+        <v>886</v>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>887</v>
+        <v>339</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>525</v>
+        <v>352</v>
       </c>
       <c r="F131" s="5" t="s">
-        <v>892</v>
+        <v>361</v>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
         <v>893</v>
       </c>
       <c r="I131" s="5" t="s">
         <v>894</v>
       </c>
       <c r="J131" s="5" t="s">
         <v>895</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>896</v>
       </c>
       <c r="L131" s="6" t="s">
         <v>897</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
         <v>899</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F132" s="5" t="s">
-        <v>892</v>
+        <v>854</v>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
         <v>900</v>
       </c>
       <c r="I132" s="5" t="s">
         <v>901</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>902</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>903</v>
       </c>
       <c r="L132" s="6" t="s">
         <v>904</v>
       </c>
       <c r="M132" s="5" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
         <v>906</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>141</v>
+        <v>398</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>99</v>
+        <v>433</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>907</v>
       </c>
-      <c r="F133" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F133" s="5" t="s">
+        <v>908</v>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F134" s="5" t="s">
-        <v>482</v>
+        <v>854</v>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>915</v>
-[...1 lines deleted...]
-      <c r="I134" s="5"/>
+        <v>916</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>917</v>
+      </c>
       <c r="J134" s="5" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>451</v>
+        <v>482</v>
       </c>
       <c r="F135" s="5" t="s">
-        <v>482</v>
+        <v>923</v>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F136" s="5" t="s">
-        <v>482</v>
+        <v>923</v>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>933</v>
+        <v>936</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H137" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="I137" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="J137" s="5" t="s">
+        <v>941</v>
+      </c>
+      <c r="K137" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="L137" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="M137" s="5" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="I138" s="5"/>
+      <c r="J138" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="K138" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="L138" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="M138" s="5" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H139" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="K139" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="L139" s="6" t="s">
+        <v>956</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="J140" s="5" t="s">
+        <v>961</v>
+      </c>
+      <c r="K140" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="L140" s="6" t="s">
+        <v>963</v>
+      </c>
+      <c r="M140" s="5" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>967</v>
+      </c>
+      <c r="J141" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="K141" s="5" t="s">
+        <v>969</v>
+      </c>
+      <c r="L141" s="6" t="s">
+        <v>970</v>
+      </c>
+      <c r="M141" s="5" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="5" t="s">
+        <v>972</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H142" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="J142" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="K142" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="L142" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="M142" s="5" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="G143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H143" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="J143" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="K143" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="L143" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="M143" s="5" t="s">
+        <v>983</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -13391,44 +14080,51 @@
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
     <hyperlink ref="M122" r:id="rId127"/>
     <hyperlink ref="M123" r:id="rId128"/>
     <hyperlink ref="M124" r:id="rId129"/>
     <hyperlink ref="M125" r:id="rId130"/>
     <hyperlink ref="M126" r:id="rId131"/>
     <hyperlink ref="M127" r:id="rId132"/>
     <hyperlink ref="M128" r:id="rId133"/>
     <hyperlink ref="M129" r:id="rId134"/>
     <hyperlink ref="M130" r:id="rId135"/>
     <hyperlink ref="M131" r:id="rId136"/>
     <hyperlink ref="M132" r:id="rId137"/>
     <hyperlink ref="M133" r:id="rId138"/>
     <hyperlink ref="M134" r:id="rId139"/>
     <hyperlink ref="M135" r:id="rId140"/>
     <hyperlink ref="M136" r:id="rId141"/>
+    <hyperlink ref="M137" r:id="rId142"/>
+    <hyperlink ref="M138" r:id="rId143"/>
+    <hyperlink ref="M139" r:id="rId144"/>
+    <hyperlink ref="M140" r:id="rId145"/>
+    <hyperlink ref="M141" r:id="rId146"/>
+    <hyperlink ref="M142" r:id="rId147"/>
+    <hyperlink ref="M143" r:id="rId148"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>