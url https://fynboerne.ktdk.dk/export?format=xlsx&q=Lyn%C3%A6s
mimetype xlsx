--- v0 (2025-10-03)
+++ v1 (2026-03-16)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="99" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>