--- v0 (2025-10-02)
+++ v1 (2026-02-01)
@@ -5,93 +5,628 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="229" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1940-05-27</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Lyngby</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Den omtalte bog var muligvis: Poul Uttenreiter, "Christine Swane. Vor Tids Kunst 24". Forlag: Rasmus Naver, 1938.
+Det vides ikke, hvem Dyssegaard og Inger Hasselbalch-L var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, 2002/61, A8, lb11</t>
+  </si>
+  <si>
+    <t>Poul Uttenreiter sendte et udkast retur, som var brugt i manuskriptet til bog om Christine Swane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G7Z9</t>
+  </si>
+  <si>
+    <t>[Ulæseligt ord] Alle 68,
+Lyngby, den 27. Maj 40
+Kære Ugle.
+Dyssegaard, som besøgte mig i Gaar, var interesseret i vedlagte Udkast, som jeg har fundet mellem Manuskriptmateriale til din Bog – ellers tror jeg bestemt, du har faaet alle de Akvareludkast, jeg laante, tilbage.
+Vi maa ses engang i Sommer. Indtil da: hav det godt!
+Hjerteligste Hilsner til Marie Lars og dig selv fra
+Din hengivne 
+Poul Uttenreiter
+Sørgeligt med Inger Hasselbalch – L, der døde. 
+En ualmindelig sød og klog Pige var hun.
+Poul U.</t>
+  </si>
+  <si>
+    <t>1943-10-11</t>
+  </si>
+  <si>
+    <t>Kgs. Lyngby
+Brede Allé 68</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Knudåge Riisager
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>K.W. Bruun var husvært for Poul Uttenreiter på Brede Alle 68 i Kgs. Lyngby.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 4, 2002/61 A8 lb11</t>
+  </si>
+  <si>
+    <t>Knudåge Riisager vil muligvis købe en akvarel af Christine Swane. Poul Uttenreiter foreslår et par stykker, og synes at de skal indrammes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0F6w</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst:] Poul Uttenreitter Brede Alle 68 
+Kgs. Lyngby 
+D. 11/10 1943
+Kære Ugle
+Vi var saa glad for dit Besøg og haaber snart at se dig igen her. Forhaabentlig har du det godt og har kun faaet nye Kræfter af Badene!
+Knudåge Riisager sagde til mig i Dag, at hans Kone saa gerne vilde have en rigtig smuk Akavarel af dig. Jeg lovede at skrive til dig om det – jeg tænkte paa den, du lavede fra den lille Granplantage. Desuden kan den anden, ud over Havet, maaske sælges til vor Vært, K.W. Bruun. Men det er vel bedst at lade det vente, til Lars og Ursula kommer hjem. Saa kunde Lars tage sig af det med en smuk Indramning, hvis han faar Tid dertil. Jeg synes der skulde være en 2 à 3 cm hvid Karton og en ikke alt for tynd Guldliste. – Med Hensyn til Riisager skulde der vel nok helst være et Par Stykker til Udvalg. Jeg kan jo ikke sige, om det bliver til noget, men vilde dog skrive til dig for at give dig Chancen.
+Vi haaber snart at se dig og Marie her hos os og hilser Jer begge paa det hjerteligste.
+Din hengivne
+Poul Uttenreiter</t>
+  </si>
+  <si>
+    <t>1910-09-19</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Nicolaus Lützhøft og beder ham komme forbi sit kontor på Lyngbyvejen samme dag, eller eventuelt i morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0KvU</t>
+  </si>
+  <si>
+    <t>19 September 10.
+Herr Journalist Nic Lützhøft,
+Stormgade 25.
+J Anledning af Deres Brev af 15' da beder ejeg Dem komme paa mit Kontor i Dag mellem Kl 2 og 3½ paa Lyngbyvejen.
+Skulde De ikke kunne komme i dag, bedes De komme i Morgen Formiddag samme Sted Kl ca 11 , men jeg vilde helst have, om De kunne komme i Dag.
+Med Højagtelse og Hilsen</t>
+  </si>
+  <si>
+    <t>1915-08-19</t>
+  </si>
+  <si>
+    <t>Aage Møller</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Kai Nielsen
+Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 32</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver bl.a. om et udestående beløb til Carl Petersen. Aage Møller bedes udbetale beløbet under forudsætning af, at arkitekten for egen regning kommer til Faaborg, når soklerne til skulpturerne skal optages til drøftelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OY6f</t>
+  </si>
+  <si>
+    <t>Faaborg den 19 August 1915
+Lyngbyvej 83. Str.
+Hr. Kontorchef Aage Møller
+København.
+Som De vil erindre skal Arkitekten have Kr. 1ooo,oo I Extrahonorar, hvoraf dog de Kr. 3oo,oo allerede er udbetalt.
+Jeg forespurgte derfor Arkitekten om han ønskede Restbeløbet Kr. 7oo,oo udbetalt i Rater eller paa en Gang.
+I Dag har jeg faaet Brev og fremgaar det af samme, at Arktikten gerne vil have hele Restbeløbet udbetalt nu.
+Jeg beder Dem udbetale Kr. 7oo,oo paa Betingelse af, at Arkitekten uden ekstra Regning kommer til Faaborg,naar Soklerne til Skuplturerne skal optages til Drøftelse.
+Hr. Kaj Nielsen er f.T. i Norge og der menes at ville hengaa ca. 2 Maaneder inden han kommer hjem.
+Arkitektens Mening m. H. til disses Udførelse afviger en Del fra Hr. Kaj Nielsens Opfattelse, hvorfor jeg naturligvis vil sikre mig mod at faa extra Regninger ved Rejse hertil.
+Arkitekten maa desuden være klar over, at der heller ikke kan præsenteres extra Regning ved Ophængning af det elektriske Lys i Musæet.
+Med Højagtelse.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1924-11-26</t>
+  </si>
+  <si>
+    <t>Sven Strindberg</t>
+  </si>
+  <si>
+    <t>Sophus Clod Svensson</t>
+  </si>
+  <si>
+    <t>Stockholm</t>
+  </si>
+  <si>
+    <t>Stockholm
+Condelius Amaliesvej, Kgs. Lyngby</t>
+  </si>
+  <si>
+    <t>Sophus Clod Svensson
+Johannes Larsen
+Sven Strindberg</t>
+  </si>
+  <si>
+    <t>Der findes ikke en vej i Kgs. Lyngby med navnet Condelius Amaliesvej. Condelius er også et mandenavn. Der må være tale om Caroline Amaliesvej.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Chefen for Liljevalchs Konsthall i Stockholm rykker for bind 2 af Johannes Larsens Ederfugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6gef</t>
+  </si>
+  <si>
+    <t>Fortrykt:
+Stockholm d 
+Herefter 26-11 1924.
+Herr S. Clod Svensson,
+Condelius Amaliesvej 74,
+Kgs. Lyngby,
+Danmark.
+Den 11 dennes meddelade Ni at Johannes Larsen var ombedd att
+sända oss 1 exemplar "Ederfugle II". Vi ha ännu ikke fået emottaga bladet och
+då detta är det endda felande til det parti grafika, som Nationalmuseum köp-
+tein, vore vi angelägna om at faa det, på det att likviden från museet må er-
+hållas.
+Då vi ej ha Larsens adress få vi anmode Eder att påskynda bladets 
+avsända.
+ÅMed utm[a]rkt h[ø]gaktning
+Liljevalchs Konsthall (stempel)
+Sven Strindberg.</t>
+  </si>
+  <si>
+    <t>1912-04-13</t>
+  </si>
+  <si>
+    <t>Louis Henius</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Louis Henius, at han synes de 40 aftryk, han har fået ud på sit kontor er de kønneste. Hvis der er 10 til af samme slags vil MR gerne have dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nkI0</t>
+  </si>
+  <si>
+    <t>13' April 1912.
+Herr Redaktør Henius,
+Jllustreret Tidende.
+De 40 Aftryk jeg fik herud paa Lyngbyvejen finder jeg er langt de kønneste, og hvis De har 10 til af samme Slags, vilde jeg gærne have dem.
+Jndlagt sender jeg Tegningen med Numrene ,som De som vi aftalte saa bedes klistret paa Pap og forsyne med Navne, samt indramme.
+Derefter bedes De sende mig Regning paa det hele.
+Alle Aftrykkene ligge i Skjoldsgade 10, hvor De bedes lade dem afhente og rette de fejle Navne.
+Med Højagtelse
+M Rasmussen
+Jndlæg.</t>
+  </si>
+  <si>
+    <t>1910-03-31</t>
+  </si>
+  <si>
+    <t>Max Levig</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Max Levig</t>
+  </si>
+  <si>
+    <t>Max Levig bekræfter modtagelsen af kr. 2000,- som betaling for Peter Hansens "Plovmanden".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uLbv</t>
+  </si>
+  <si>
+    <t>Max Levig
+Firma: Max Levig &amp;amp; Co
+TELEF. 6700
+STATSTELEF:118.
+TELEGR. ADR: "LESTER"
+X/B
+Kjøbenhavn den 31 März 1910
+Herr Konservesfabrikant M. Rasmussen
+Aktieselskabet Beauvais' Fabrikker
+Lyngbyvej 83
+Jeg stadfæster herved Modtagelsen af de med Brev af Gaarsdato remitterede Kr. 2000,-
+i Check for Billedet: "Plovmanden" af Peter Hansen.
+Med Højagtelse
+[signatur]</t>
+  </si>
+  <si>
+    <t>1912-07-02</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender check til bank i Kerteminde til at sætte ind på Fritz Sybergs konto.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6YA5</t>
+  </si>
+  <si>
+    <t>2' Juli 1912.
+Kjerteminde Sparekasse,
+Kjerteminde.
+Efter Anmodning af Maleren Fritz Syberg fremsendes hermed Cheque Kr. 1866,oo , som bedes indsat paa en Bog, Herr Syberg skriver er deponeret hos Dem.
+Kvittering bedes sendt omgaaende til mig.under Adresse Lyngbyvej Nr. 85.
+Ærbødigst 
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1914-10-02</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Peter Hansen komme til sit kontor næste dag, da der er noget, han gerne vil tale med ham om.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JTD2</t>
+  </si>
+  <si>
+    <t>2'Oktober 14.
+Herr Peter Hansen :
+Hvis De kan det, vilde jeg gærne have, om de kunde [mangler]it Kontor paa Lyngbyvej 83 i Morgen, Lørdag Formid[dag. D]er er noget, jeg gærne vilde tale med Dem om.
+Med venlig Hilsen forbliver jeg</t>
+  </si>
+  <si>
+    <t>1915-04-14</t>
+  </si>
+  <si>
+    <t>N.M. Rasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender check til snedkermester N.M. Rasmussen for møbler udført til museet i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uiH0</t>
+  </si>
+  <si>
+    <t>14 April 1915
+Herr Snedkermester N.M. Rasmussen
+Holbæk
+Hoslagt følger i Contanter Kr. 1074 41 a Conto for Møbler til Musæet i Faaborg. Deres [og] Kvittering imødeses sendt til Lyngbyvej 83 St
+Med Højagtelse
+for M Rasmussen
+[xxxxxxxxx]</t>
+  </si>
+  <si>
+    <t>1915-07-13</t>
+  </si>
+  <si>
+    <t>J. Amtoft</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm
+Jens Birkholm</t>
+  </si>
+  <si>
+    <t>Sagfører Amtoft beder Aage Møller undersøge hvor meget der skyldes til rest til afdøde Jens Birkholm. Hans søster, som har arvet ham, skal bruge beløbet i forbindelse med oplysninger vedr. arveafgift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aVPI</t>
+  </si>
+  <si>
+    <t>J. AMTOFT,
+SAGFØRER.
+TELEFON 41 - 251 1916/633 1917/635 Faaborg, den 13/7 15
+Herr Kontorchef Aage Møller.
+Beauvais Fabriker - Lyngbyvej 83 - København.
+I Følge Anmodning af Hr. Etatsraad Mads Rasmussen beder jeg Dem undersøge og meddele mig, hvormeget der skyldes til Rest til afdøde Kunstmaler Jens Birkholm for de af ham i sin tid leverede Malerier til Museet, her.
+Frk. Birkholm, der arver sin Broder, skal benytte Beløbet som Opgivelse med Hensyn til Arveafgift og hverken hun eller Etatsraaden kender Beløbets Størrelse, men Etatsraaden mener, at De vil kunne finde det i Bøgerne og Regnskabet.
+Med Hilsen,
+Deres ærbødige
+J. Amtoft</t>
+  </si>
+  <si>
+    <t>1903-02-14</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>På vej til Helsingør</t>
+  </si>
+  <si>
+    <t>Martha Johansen
+Laurits Ring
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna 1893-1904</t>
+  </si>
+  <si>
+    <t>Da Fritz Syberg kom til Glostrup dagen forinden, viste det sig, at Ring ikke boede der - måske var det Tåstrup? Han har spist forkost med "uglen", som var noget melankolsk, og det er blevet frost og dejligt vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w1hk</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] 14-2-1903
+På Vej til Helsingør
+Torsdag
+Kære Høns!
+Da jeg kom til Glostrup i Går vist det sig at Ring ikke boede der. Gud ved om det ikke skulde være i Tåstrup. Jeg har nu skrevet til Fru Viggo Johansen og bedt hende sende mig Adr. til Helsingør, så vil jeg se at snuppe Ring på Tilbagevejen. 
+[overstreget: Jeg har været samme] Da jeg ikke kunde finde R gik jeg en Tur (se indlagte Plan som jeg tegnede af efter et [xxxxx] kort jeg lånte hos en Spekhøker i Glostrup) til Lyngby. Der boede jeg på Hotel Rustenberg om Natten. I Morges gik jeg i et nedrigt Vejr til Klampenborg, hvor jeg havde sat Uglen Stævne Kl 19. Vi har så spaseret sammen i Dag, men hun har været noget melankolsk. Jeg søgte at stive hende af med en halv Fl. Rødvin, men det hjalp ikke synderlig på hende, eftersom jeg selv måtte drikke det meste. 
+Mens vi sad inde i Klampenborg Badehotel [overstreget] og spiste til Aften blev [overstreget] det Vinter. Nu er det Frost og dejligt Vejr. Vilde det bare blive ved. Jeg vil ikke bede Dig skrive da jeg slet ikke ved hvor jeg tager hen. Kys Børnene. Et Kys til Dig selv fra Din Fritz</t>
+  </si>
+  <si>
+    <t>1910-08-22</t>
+  </si>
+  <si>
+    <t>D.S.B. meddeler at de tilbagebetaler kr.175,- i forbindelse med en sending.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6lIL</t>
+  </si>
+  <si>
+    <t>DE DANSKE STATSBANER
+GENERALDIREKTIONEN
+Kjøbenhavn B, den 22' August 1910
+.......1 Bilag. Journ. Nr. II 22820
+(Bedes anført i Besvarelsen)
+I Svar paa Deres Skrivelse af 22' Juni d. A. meddeles efter anstillet Undersøgelse, at det for Interesse i Afleveringen af den paagældende Sending beregnede Beløb Kr. 175.00 vil blive tilbagebetalt Dem i Løbet af nogle Dage. 
+Et Fragtbrev tilbagesendes
+E.B. 
+Nansen
+A/S De danske Vin og Konserves-Fabriker
+I.S. Beauvais M. Rasmussen
+Lyngbyvej 83.
+Kjøbenhavn.</t>
+  </si>
+  <si>
+    <t>1910-09-05</t>
+  </si>
+  <si>
+    <t>Jens Birkholm</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Fr. Trier
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Jens Birkholm at han fremsender med damper værket "Dante og Virgil", der skal ombyttes med "Vikingerne" og beder Birkholm anbringe versene, der hører til, ved billedet. Desuden spørger han, om komitéen (for indkøb til Faaborg Museum) skal købe Kristian Zahrtmanns "Københavns studenter drager ud til forsvar af København" på grosserer Triers auktion.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bSK9</t>
+  </si>
+  <si>
+    <t>5 September 1910.
+Herr 
+Kunstmaler Birkholm,
+Faaborg.
+J Dag er sendt med Damper til Faaborg Musæum et Maleri af Poul S. Christiansen:"Dante og Virgil ved Helvedes Port", som Musæet jo skulde have over i Stedet for "Danske Vikingers Hjemkomst" , hvilket Christiansen jo gærne vil have over for at kunne begynde at male om paa, og som De saa derfor bedes sende ved Lejlighed til ham. Jeg anser der for rigtigst at den til Forstaelse af Motivet anbringes ved Maleriet vedlagte Gengivelse af de Vers i Oversættelse,hvortil der hentydes.
+Maleriet er forsikret mod Søskade under Transporten for 2000 Kroner.
+Med venlig Hilsen
+P S:
+Danske Vikingers Hjemkomst maa helst sendes til Konservesfabrikernes Adresse Lyngbyvejen 83. De bedes nu endelig være forsigtig ved Jndpakningen, men foriøvrigt haster det jo ikke saa meget med at sende det. Det kan eventuelt vente til jeg kommer derover.
+Mener De, at vi skal købe Zahrtmanns :Studenter drage ud til Københavns Forsvar under [Fra] 3, 1888-#2' - 39' fra Grosserer Fr [Ad] Triers og Hustrus Dødsbo ,hvis det kan købes for en billig Penge?</t>
+  </si>
+  <si>
+    <t>1910-10-19</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Københavns Skiltefabrik at levere et antal numre, der skal lige det vedlagte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Wxw2</t>
+  </si>
+  <si>
+    <t>19 oktober 10
+Københavns Skiltefabrik
+Knabrostræde 9.
+De bedes hurtigst muligt levere følgende numre i Lighed med vedlagte:
+207, 152, 205, 206, 210, 234 a, 30, 161, 70, 202, 101 a, 202 a.
+Numrene bedes sente til Faaborg Musæum, Faaborg , og Regningen til mig under Adr. Lyngbyvejen 83.
+Vedlagte Mærke bedes vedlagt de nye Mærker til Faaborg.
+Med Højagtelse
+Jndlæg.</t>
+  </si>
+  <si>
+    <t>1912-03-13</t>
+  </si>
+  <si>
+    <t>Dorthea Larsen</t>
+  </si>
+  <si>
+    <t>Emil Stephensens efterfølgers speditionsfirma erkender at have modtaget Kunstneren Ernst Goldschmidt's "Viadukt" og afsendt samme til udstilling i Berlin.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9JR9</t>
+  </si>
+  <si>
+    <t>EMIL STEPHENSENS EFTF.
+A U G G I H M. Kjøbenhavn, den 13. Marts 1912.
+SPEDITIONSFORRETNING
+Amaliegade 29.
+Telefoner: 5965 &amp;amp; 5985
+Telegramadresse:
+E S T E P H.
+A.B.C. OG LIEBERS CODE.
+Herr Kontorchef Møller
+Lyngbyvej 83.
+Jeg erkender herved at have modtaget Kunstneren Ernst Goldschmidt's "Viadukt" og afsendt samme til Udstilling i Berlin.
+Med Højagtelse
+EMIL STEPHENSENS EFTF
+[ulæselig signatur]</t>
+  </si>
+  <si>
+    <t>1912-10-20</t>
+  </si>
+  <si>
+    <t>Henrik Sachs</t>
+  </si>
+  <si>
+    <t>Ludvig Mylius-Erichsen
+Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Henrik Sachs skriver til Mads Rasmussen om Kai Nielsens vanskelige økonomiske situation og beder om Mads Rasmussen hjælp til at finde en løsning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rzCL</t>
+  </si>
+  <si>
+    <t>HENRIK SACHS
+OVERRETSSAGFØRER. Kjøbenhavn, d. 20 Okt. 1912
+HOLMENS KANAL 6
+TELF. BYEN 2808 Y.
+Kl. 10-3 Tlf. 4423 og 6885 (Oks. A In.. Kontor)
+Hr Etatsraad M Rasmussen R. af Dbg.
+Lyngbyvej
+Da det ikke er lykkedes mig at træffe Etatsraaden i den forløbne Uge, tillader jeg mig denne Henvendelse ang. Billedhugger Kaj Nielsens Forhold. Hans Pengesager befinder sig mulig i Øjeblikket paa et Kritisk Punkt, og jeg tør gaa ud fra, at De gerne vil være behjælpelig med at fjerne de Vanskeligheder, der frembyder sig. Trods al anvendt Økonomi og forsigtig Administration er Forholdet nu det, at der trænges til et Beløb af henved 2000 Kr. En af de nærmeste Dage, vil Mylius - Erichsen Monumentet blive afleveret og dermed forfalder en Række Forpligtelser, hvilket er saa meget mere pinligt, som den Sagfører der tidligere har administreret Kaj Nielsens Pengesager, har Transport paa hele Entreprisesummen, hvilket jeg desværre først har faaet at vide for en Uges Tid siden. Jeg anser det herefter for unødvendigt snarest muligt at tilfredsstille den nævnte Sagførers Krav, men for at kunne gøre dette og samtidig fyldestgøre andre paatrængende Forpligtelser maa der kunne disponere over ca 2000 Kr. Det er hertil jeg tillader mig at udbede mig Etatsraadens Bistand , idet jeg anmoder om, at der maa blive foretaget følgende Ændring i den mellem Dem og Kaj Nielsen oprettede Kontrakt. 
+Etatsraaden giver Tilladelse til , at der maa trækkes straks indtil 2000 Kr paa Kassekrediten i Revisionbanken. Til Gengæld udskydes den kontante Betaling, der efter Kontrakten skulde udbetales, naar Statuen staar halv færdig i Sten, til et Tidspunkt, det ligger ligesaa lang Tid efter at Italien er halvfærdig, som Udbetalingsordren til Banken ligger før den Tid Statuen er halvfærdig. Da dette formentlig vil være Tilfaldet hen i December Maaaned, vil altsaa de 2000 Kr. , der skulde have været betalte til den Tid, først være at udbetale omkring 1ste Marts.
+Da Sagen som det vil fremgaa af ovenstaaende har ikke ringe Hast vil jeg tillade mig i Løbet af Dagen i Morgen at forespørge gennem Telefonen, naar jeg vil kunne træffe Etatasraaden personlig.
+Med Højagtelse
+Deres ærbødige Henrik Sachs</t>
+  </si>
+  <si>
+    <t>1915-11-20</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm</t>
+  </si>
+  <si>
+    <t>-  Dam-Nielsen
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen mener at have fået oplyst af Peter Hansen, at de billeder begge skulle koste 200.- kroner, men går ud fra, at Peter Hansen har taget fejl og betaler så 500 for dem begge tilsammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nlv6</t>
+  </si>
+  <si>
+    <t>20 Novb. 15
+Frøken T h e a B i r k h o l m
+Dr. Olgasvej 5 3.
+Deres Brev af 18ds. har jeg modtaget.
+Peter Hansen har sagt til mig, at Faaborg Havn skulde koste 200 Kroner og det andet ogsaa 200 Kroner, men jeg gaar ud fra, at Peter Hansen har taget fejl og betaler saa 500 Kroner for dem begge. De bedes sende mig Regningen, jeg sendte tilbage til Dem, og jeg skal saa sende Beløbet til Overretssagfører Dam Nielsen.
+Med venlig Hilsen
+M Rasmussen
+Regningen bedes sendt under Adresse Lyngbyvej 83.</t>
+  </si>
+  <si>
     <t>1889-01-13</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Julie Brandt</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Charlottenlund
 Villa Skovbo</t>
   </si>
   <si>
     <t>Rasmus Balslev
 Laura Balslev, f. Leth
 Victoria Benedictsson
 Thora  Branner
 Laura Hansen
 Emanuel Jørgensen
 Frederik Jørgensen
 Karen Jørgensen
 Alhed Larsen
 Jonas Lie
@@ -181,224 +716,57 @@
 I Dag er Frk Løngreen kommen og jeg skal nu læse: Tysk, Fransk, Verdens- og Danmarkshistorie, dansk Gramatik og Stil Geografi og Musik (hos Tante Mimmi) og skulde jeg læse Mathematik hos Far. Far er i disse Dage [”Dage” indsat over linjen] rasende paa Schroll (Lykkensæde) og Smidth fordi de have have faaet Fa’r valgt ind i Sogneraadet (du la’r vel ikke gaa videre) og han [”han” indsat over linjen] er naturligvis bleven Formand; det har givet ham meget mere Arbejde, saa han faar næppe Tid at læse med mig; jeg, ja vi alle, Mo’r og Tante Mimmi ikke mindst, er rasende paa de 2 Herrer, Far kan ganske bestemt ikke taale det.
 Men saa skal du høre min Plan; Karen gaar her ned og læser Fransk sammen med mig; til Gengæld regnede jeg oppe hos Jørgensen, men saa mente Far, at jeg ikke behøvede Regning, naar jeg læste Mathematik; hos Jørgensens har de faaet Huslærer til Børnene; saa vil jeg se at komme til at læse Mathematik hos ham sammen med Karen; hun, Frederik og Emanuel skal [”skal” overstreget] blive forberedte til Preminierexamen; han – Huslæreren – mener, de kan tage den om 2 Aar; jeg vil imidlertid ikke tage P.examen da den er som noget enestaaende forstaar du – naar man har taget den, men vil læse videre, kommer den ikke til saa stor Nytte; den er ikke som en Slags Forberedelse til noget andet, men jeg er saa dum paa alle de Examener hvad de hedder og hvad Betydning de har o.s.v. Samme Huslærer skal forresten være en yderst grinagtig Fyr – jeg har ikke set ham – ikke vittig eller interresant men en ”Tørve” (Tørv) som siger du til Karen!! hvad gi’r du mig!?
 Men de erklærer selv at det er et ”nydeligt Mennesk” saa vi kalder ham aldrig andet end ”det nydelige (el yndige [”y” overstreget, og ”ø” indsat over bogstavet] Menneske”; Jeg glæder mig uhyre til at se ham.
 ----------------
 Hvorledes har alle min gode Venner i Melfar det, Rehberg min elskede R. jeg har stadig han[s] Lok i min Medalion ved Urkæden; det irriterer mig forresten gruelig, at alle som lægger Mærke til den vil have lukket op og vil have at vide hvis Lokker (din er der nemlig ogsaa) der er, og al Tid svarer jeg lakonisk: ”Veninders!”
 Og lille Hansen? rødmer han endnu bestandig hver Gang nogen ser paa ham; han gjorde det i alt i alt Fald pligtskyldigt hver Gang jeg saa paa ham.
 Og min smukke Schrøder? han farer vel om paa Baller og er ”Løven” og sværmer for Marie – eller hun for ham.
 Hils dem alle naar du skriver.
 Brandt! hvor henrivende hvis vi kunde træffes der – en Gang i Tiden!!!!!
 Min kære Brandt! hvis du vidste hvor jeg bliver henrykt over dine Breve saa skrev du lidt oftere; jeg skal svare øjeblikkelig. Alhed kommer hjem paa Søndag, saa er det Mo’rs Fødselsskab dag ”skab” overstreget; ”dag” indsat over linjen saa skal jeg minde hende om at skrive; hun talte ofte i Julen om at skrive men det blev aldrig til noget. Nu i Aften har vi gjort Januarnummeret færdigt, synes du ikke vi ere i Forhaanden altsaa om nogle Dage kan du vente et Januar og September. ”Om Kvindesagen” er af Chr. Alhed og mig; Vittigheder er af Elle ja Tegningen thi selve Vittigh. er passeret (Mo’n) vi har endnu det Mundheld at Mo’r er ”stum” naar hun er rigtig skændende. Alt dette kommer i næste Nummer Naar du skriver saa skriv lidt mere om pæren, kritisèr og saadan. Og kan du dog ikke levere Bidrag, eller presse andre; du læser da Landbo-
 6 tidenden med Opmærksomhed; den er usigelig vittig alle Herrer (Præsten Onkel Syberg osv) morer sig glimrende over den. 
 Nu kære lille Brandt synes jeg, du maa være tilfreds og tilstrækkelig opmuntret ved mit Brev; er jeg pæn at svare saa [ulæseligt ord] Lige nu kom Frk Løngreen op; hun lukkede Tid Døren her op saa jeg maatte i Hast have Blækhuset op under Sengen, Brev Pen og Mappe ned under Tæppet.
 Far er syg; det er meget kedelig; det er naturligvis Astma; vi skulle have været hos Pastor Balslevs i Dag men saa blev han syg i Nat. 
 Jeg husker ikke om jeg har gjort Undskyldning fordi jeg ikke vidste den var af Ada R. Naturligvis skulde kun Begyndelsen gaa i Opfyldelse men nej Brandt; jeg bliver mit Forsæt tro at blive Læge og altsaa ikke gifte mig, og naar jeg kommer til Kbn. for at studere eller er bleven Læge, saa er han en gammel Mand, som faderlig vil tage sig af min Fremtid.
 --------------
 Læs nu mit Brev omhyggelig og svar paa hvad jeg har spurgt om, og skriv saa snart kære B. Jeg er naturligvis spændt paa hvad det bliver til med Dig. Lev nu vel! Din Ven
 Johanne Warberg
 stud. med. &amp;amp; cher
 Erikshåb
 22 Sider
 [Tilføjet på skrå i nederste, venstre hjørne:] Tirsdag efter Kl 10 ½ paa Sengen
 [Indsat på s. 6; på tværs:]
 Hils Fr. Hospital hvis du kommer der forbi</t>
   </si>
   <si>
-    <t>1899-09-06</t>
-[...162 lines deleted...]
-  <si>
     <t>1907-05-02</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>København</t>
   </si>
   <si>
     <t>Been -
 Birthe -
 Martin Arnbak
 Camilla Bertram
 Jacob Frederik Brandt
 Julie Brandt
 Viggo Brandt
 Martin Grosell
 Emil Hannover
 Peter Hansen
 Gudmund Hentze
 Carl Holsøe
 Niels Holsøe
 Christian Kampmann
 Johanne Kampmann
 Eiler Lehn Schiøler
 Ellen Dorothea Lehn Schiøler
 Peter Lundsgaard
 Karl Madsen
 Karen Meisner-Jensen
 Sophus Michaëlis
 Marie Oppermann
 Theodor Oppermann
@@ -413,819 +781,451 @@
   <si>
     <t>Kunstforeningen: Kunstforeningen på Gammel strand, København.
 Galleriet: Statens Museum for Kunst.
 "jeg gik strax i Morges ud til Brandt": Der er flere mulige Brandt'er. Alle er indsat som omtalte personer.
 "Slott M har skreven": Der er tale om indledningen på den såkaldte Bondemalerstrid. Dette var en avisfejde, som begyndte, da Gerda Wegener fik afvist et kvindeportræt på både Den frie Udstilling og Charlottenborg. Ægteparret Slott-Møller samt Gudmund Hentze skrev i Politiken om sagen, og de havde den opfattelse, at Fynbomalerne dominerede og stjal opmærksomheden fra symbolisterne. Peter Hansen gik, på fynbomalernes side, ind i debatten, som varede frem til juli 1907. 
 Det har ikke været muligt at afgøre, hvem den omtalte Schrøder er.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Kedeligt, hvis det går i vasken med Kampmanns. Kunstforeningen har købt billede(r).
 (Karl) Madsen har vist interesse for at købe billedet Aprilaften til Statens Museum for Kunst (Galleriet), og Alhed må straks sende billedet, men hun må ikke fortælle nogen om det eventuelle salg.
 Slott-Møller har skrevet i Tilskueren om udstillingen og Madsen og Hannover i Politiken. Peter (Hansen) er meget optaget af det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MBvO</t>
   </si>
   <si>
     <t>Kjøbenhavn 2 Maj 1907.
 Jeg var ogsaa hos Arnbak i Gaar og paa Charlottenborg
 Kæreste Alhed!
 Tak for dit Brev. Det var jo kedeligt hvis det gaar i Vasken med Kampmanns. Det menes ellers herovre at 400 Kr er for lidt (Karen Broe Oppermann, Nielsen &amp;amp; Marie 5-600) men kan vi faa 400 af Kampmanns synes jeg det er godt. Kunstforeningen købte i Gaar men kunde ikke blive enige om Ænderne. Jeg var til Middag hos Oppermanns i Gaar, sammen med Benn. Da jeg kom hjem laa der Brev fra Schous at Madsen havde sagt at jeg skulde sende ”April aften” ind til Galleriet og tilbyde dem det men hurtigst muligt da de skal have Møde en af Dagene. Jeg gik strax i morges ud til Brandt og fik sendt en Kasse som Ilgods, som Du maa faa fat i saasnart Du har faaet dette og omgaaende sende Billedet til Kunstmuseet (den kgl. Malerisamling) saa skriver jeg til dem i Mrg. Kl. 8 tog jeg saa til Lyngby og snakkede med Schous og Madsens som bor i Holsøes Hus. Hilsen fra Bertrams og Schous. Den første Dag var jeg hos Broes saa paa den frie med Karen og traf Uglen, derefter hos Eckhardts saa paa Peters Udstilling derefter Oppermanns og Bister. Saa hos Dede, han var ikke hjemme, til Middag og i Theatret med Broes. Birthe kan ikke besøge os før til Efteraaret. I Dag skal jeg til Middag hos Peters, i Morgen hos Birthe sammen med Schous og paa Lørdag hos Schiølers. I Morgen skal jeg til Fernis Rump og Grossel hvis Portrættet er kommen. Du forstaar at der ikke maa tales om det Madsen har noget med Tilbudet af Billedet at gøre. Slott M har skreven Tilskueren fuld om Udstillingen, Madsen og Hannover skriver i Politiken, Michaelis i Kjøbenhavn og Gudmund Hintze kommer igen en af Dagene at de gider. Peter meget optaget af det. Jeg blev glad ved at skrev Du savner mig lidt, jeg har følt mig saa ensom i lang Tid. Jeg kan ikke sende Gr. Penge, kan ingen faa fra Akademiet endnu, saa maaske i Mrg hos Permin eller Rump. Brandt har solgt en Aquarel til 50kr. , Din JL</t>
   </si>
   <si>
-    <t>1910-03-31</t>
-[...636 lines deleted...]
-  <si>
     <t>1933-11-30</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
   </si>
   <si>
     <t>Ragnhild -
 - Bendtsen
 Harald Bing
 Johannes Nicolaus Brønsted
 Achton Friis
 Georg Jacobsen
 Frithiof Kemp
 Anker Kyster
 Adolph Larsen
 Andreas Larsen
 Musse Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Karl Madsen
 Harald Nyborg
 Hubert Paulsen
 Valdemar Rørdam
 Karl Schou
 Sigurd  Swane
 Peter Tutein</t>
   </si>
   <si>
     <t>Fehr blev i 1926 grundlagt som forhandler af Ford biler med afdelinger i flere fynske byer. I 2003 ophørte firmaet. (Internet-søgning jan. 2022).
 Det vides ikke, hvem Ragnhild var. 
 Foch var Johannes Larsens hund. Den døde i aug. 1933.
 Hovrättsråd: Dommer ved appeldomstolen, som er den næstøverste domstol i Sverige. (Wikipedia jan. 2022).</t>
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Leo Swane og bankdirektør Jacobsen har fået Ny Carlsbergfondet og Odense Kommune med på, at Johannes Larsen skal dekorere festsalen på Odense Rådhus. Han har flere bestillinger på billeder og betaler et afdrag på bilen med malerier. 
 Larsen har med søn og svigerdatter været på udstilling og tur til Sjælland. Han har også været på klapjagt. 
 Larsen har købt en hundehvalp. 
 Johan/Lysse må kontakte hovrettsråden. 
 Achton Friis har været på 14 dages ophold på Møllebakken. 
 En mår har taget et par af Larsens høns.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kR28</t>
   </si>
   <si>
     <t>Kjerteminde 30 Nov. 1933.
 Kære Lysse og Bimse!
 Tak for sidst! Vi blev en Uges Tid eller mer i Kjøbenhavn inden vi kom derfra og har for Resten ført en temmelig urolig Tilvær [resten af linjen mangler] siden. Mens jeg var derinde fik jeg at vide [resten af linjen mangler] Skriveswane og Bankdirektør Jacobsen [resten af linjen mangler] faaet Odense Kommune og Ny Carl[resten af linjen mangler] til at bevilge henholdsvis 10000 og [resten af linjen mangler] i alt 30.000 Kr til at lade mig deko [resten af linjen mangler] Festsalen i Odense Raadhus for, [resten af linjen mangler] solgte jeg et Billede til 2000 Kr til [resten af linjen mangler] for ”Schou” og et til 800 og fik 300, [resten af linjen mangler] Sandfarvetegning til Juleroser og [resten af linjen mangler] fra Berlingeren fordi de havde [resten af linjen mangler] Billede paa Galeriet til en [resten af linjen mangler] Saa har jeg faaet 1500 Kr for n [resten af linjen mangler] til en lille Bog af Rørdam/ han [resten af linjen mangler] at vi skulde dele Byttet og ment[resten af linjen mangler] vi kunde gøre Regning paa hver [resten af linjen mangler] men jeg fik dem altsaa til at give [resten af linjen mangler] hver 1500. Jeg skal lave et Billede til 1500 til Jacob Petersen og har 2 mindre Bestillinger til 500 Stk. saa der er da lidt Bevægelse i det for Tiden jeg kan vist ogsaa sælge for 500 Kr Tegninger til Karl Madsen til Randers Museum og Fehr fra Nyborg var her i Gaar og fik Billeder for Bilen for 650 Kr. i Stedet for de aftalte 500 k. Puf og Else og jeg var ovre at se Bingudstillingen i Mandags, d.v.s. vi kørte med Bendtsen til Nyborg og tog over med Færgen, hvor Musse Larsen, [begyndelsen af linjen mangler] Madsens Værtinde) holdt med sin Bil [begyndelsen af linjen mangler] at hente os, hun fik Bil i Foraaret [begyndelsen af linjen mangler] at hente og bringe os naar [begyndelsen af linjen mangler] til Kjøbenhavn. Vi spiste Fro [begyndelsen af linjen mangler] Postgaarden i Ringsted og [begyndelsen af linjen mangler] ind til Selskabstunder [begyndelsen af linjen mangler] i Industribygningen og derfra og satte M.L. af og kørte [begyndelsen af linjen mangler] til Magisteren hvor vi satte [begyndelsen af linjen mangler] i Tirsdags kørte til Lyngby [begyndelsen af linjen mangler] Frokost sammen med [begyndelsen af linjen mangler] Ragnhild, hvorefter M.L. og [begyndelsen af linjen mangler] os til Korsør, hvor vi spiste [begyndelsen af linjen mangler] Jeg var som Kemps Stedfor [begyndelsen af linjen mangler] til en Klapjagt paa Tybrind [begyndelsen af linjen mangler] Sabsvedel fortalte mig at han havde 6 Hvalpe af fin Afstamning hvor af den ene var Fochs ”utrykte Bilde”. Da vi nogle Dage senere var paa Jagt hos Klaks, sammen med Agraren (Puf havde været med mig ude hos Harald Nyborg Dagen før og faaet en Bøsse og Bøssekuffert) tog vi efter Jagten hen paa Fønsskov og saa paa Hvalpene, og nogle Dage senere kørte Puf og jeg ned og købte, den omtalte Hvalp der bar Navnet ”Hittks”, men blev døbt om til ”Scott”. Det er for Resten en rigtig sød Hund, men ikke nogen Skønhed, bl.a har han noget meget ra[ulæseligt]tiske Forben i Smag med gamle Tæver men maaske kan det rette sig [resten af linjen mangler] har en pæn Krop og en vældig [resten af linjen mangler] Paa Jagten hos Klaks skød vi [resten af linjen mangler] Vildt, 8 Harer 15 Fasanhaner og [resten af linjen mangler] som Puf nedlaa. Jeg var i [resten af linjen mangler] oppe hos Kemp. Jeg har ladet [resten af linjen mangler] Kyster gøre det gamle Kort [resten af linjen mangler] og klæbe om, hvorefter Kemp [resten af linjen mangler] tager nogle fotografiske Kopier [resten af linjen mangler] Originalen og Handlingerne [resten af linjen mangler] nu sendt, han skrev et Brev [resten af linjen mangler] jeg var der til Hovrettsråden Pa [resten af linjen mangler] gren og vedlagte Dokumenterne [resten af linjen mangler] Undtagelse af Svenssons Papir som vedlægges dette. Det har nemlig ikke trods alle Anstrengelser været mig muligt at finde Dine Forklaringer. Saa nu maa Du efter Modtagelsen af dette sætte Dig i skriftlig eller telefonisk Forbindelse med Hovrättsråden og forhøre ham om naar det kan passe ham, at Du stiller og mundtlig sætter ham ind i Sagerne. Vi har haft Achton Friis i en 14 Dags Tid på Rekreation oven paa Arbejdet med ”de Jyders Land” og i Eftermiddags rejste han. Det har været et hyggeligt Besøg. Vi havde en Høne der kom i Som [begyndelsen af linjen mangler] med 10 Kyllinger der udviklede sig [begyndelsen af linjen mangler] aner og 3 Høner som hidtil har siddet [begyndelsen af linjen mangler] Granerne om Natten og jeg har gaaet [begyndelsen af linjen mangler] leret paa hvordan jeg skulde faa [begyndelsen af linjen mangler] [ulæseligt] men for at Par Dage siden [begyndelsen af linjen mangler] se eller rettere Scott en begravet i [begyndelsen af linjen mangler] iddegangen og Dagen efter var der en [begyndelsen af linjen mangler] større Gravhøj der kun indeholdt [begyndelsen af linjen mangler] iger, og under Træet laa der 3 Haner [begyndelsen af linjen mangler] nede ved Plankeværket, det viste [begyndelsen af linjen mangler] være den lille Maar der kunde [begyndelsen af linjen mangler] om Natten gennem det øverste [begyndelsen af linjen mangler] ørne af Døren. Den er nu forsynet [begyndelsen af linjen mangler]dden Vrider og vi fik Hanesteg i Gaar. Vi hørte af Hubert at han og Peter Tutein har været deroppe og at I har det godt. Mange Hilsner ogsaa fra Puf og Else.
 Jeres JL.</t>
   </si>
   <si>
-    <t>1940-05-27</t>
-[...74 lines deleted...]
-Poul Uttenreiter</t>
+    <t>1899-10-22</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Viggo Bredsdorff
+Louise Brønsted
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Johan Wessel</t>
+  </si>
+  <si>
+    <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
+Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
+Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
+Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
+Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
+Louise har været syg.
+Johanne har fået lov til at øve (på klaver) i selskabslokalerne. Hun har været på landet med børnene om sommeren, og nu er de umulige i de to små stuer i byen. Kun om aftenen, når børnene sover, kan Johanne hygge sig lidt. 
+Carl Neiiendam behandler Johanne nedladende og uhøfligt.
+Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9wD</t>
+  </si>
+  <si>
+    <t>Fru Laura Warberg
+Erikshaab
+Højrup St.
+Fyen
+[I brevet:]
+Søndag
+Kære Mor!
+Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
+Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
+Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
+Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
+Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
+Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
+Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
+I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
+Farvel
+Nu skal Brevet af Sted
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1924-11-11</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Hareskoven, Lyngby</t>
+  </si>
+  <si>
+    <t>Oluf -
+Xenia Jacobsen
+Jens Jensen
+Johan Larsen
+Johannes Larsen
+Karl Madsen
+Kai Nielsen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen havde i september 1924 nogle hjerteanfald, og en speciallæge anbefalede et ophold på Hareskov Sanatorium, hvor hun var november til december samme år.
+Andreas Larsen var i samme periode i gartnerlære i Stige nær Odense, og Johan Larsen var studerende ved Landbohøjskolen.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen blev kørt til Sanatoriet i Brygger Jacobsens bil, og hun fik en buket roser af Fru Jacobsen. Da Johannes og Johan Larsen og Alheds mor kørte igen, følte hun sig dårligt tilpas mellem alle de fremmede. Hendes værelse er dejligt. Der er 50 kurgæster, og der serveres diætkost. Alhed lægger lidt afstand til de øvrige gæster. Hun ligger hver dag en time udendørs, godt indpakket, og går tur to gange dagligt.
+Kai Nielsens begravelse var storslået med mange gæster og tale ved Karl Madsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w206</t>
+  </si>
+  <si>
+    <t>Kære, søde Gamle!
+[Et overstreget, ulæseligt ord] Nu har jeg været her et Par Dage og nu maa jeg se at faa skreven lidt til Dig, at jeg kan begynde at vente Brev fra Dig igen. Jeg kørte herud Lørdag Kl. 2 ½ og Du kan tro, jeg kørte fint. Fru Brygger Jacobsen sagde Dagen før til Las, at deres Vogn skulde køre mig herud, og saa sendte hun en dejlig Buket Roser med, 10 store langstilkede mellemrøde Roser med en vidunderlig Duft; de er endnu helt friske, skønt det er Tirsdag. Jeg ringede til Bedstemor om hun vilde have Turen med hvad hun modtog med Begejstring, Din Far og Lysse var ogsaa med. Da de kørte fra mig, vil jeg ikke sige andet end at jeg følte mig lidt ilde til Mode, ikke for Ensomheden men for alle de fremmede Mennesker, jeg var ikke mange Penge Værd, da jeg skulde gaa over til det første Maaltid. Jeg var i en af Sidevillaerne ”det norske Hus” hvor jeg har et rigtig yndigt lille Værelse med Centralvarme, 2 Kurvestole med Puder, noget mere komfortabelt end Dit, kan Du nok høre. Her er c. 50 Kurgæster, hvad de kalder ”faa”, det er en mægtig Historie, vi spiser i 2 Spisestuer og Bordene er ordnede efter Diæten, ved mit Bord faar vi let Kost, lyst Kød og mange Grøntsager – i Gaar f.Ex: Blomkaalssuppe, stegte Pastinakker med Grønærter Frugtgrød. Ved et Nabobord sidder de fede, der skal afmagres, de ser fæle ud. Mine Bordfæller er rigtig flinke og venlige, men jeg holder dem lidt 3 Skridt fra Livet, man skal vist være meget forsigtig saadan et Sted med at rode sig ind i noget. Allerede om Søndagen foreslog en lille Sludrekone fra Lolland 3 Gange at vi skulde gaa lange Ture sammen, men da det ogsaa 3die Gang lykkedes mig at sige noget Sludder uden at svare paa det, trak hun Følehornene til sig og er nu lidt sur mod mig, hvad der er bedre. – Hver Dag fra 10-11 ligger jeg i Liggestol eller rettere paa en aaben veranda indpakket i Kaabe og Uldtæpper og glor op paa Skyerne og paa Graaspurvene i Tagrenden, det er yndigt. Det er jo et henrivende Vejr i disse Dage og naar man kommer lidt bort fra alle de væmmelige Villaer, er her smukt. I Gaar var jeg en lang tur i Hareskoven, jeg gaar to Gange om Dagen. –
+Du kan ikke tænke Dig hvor Kajs Begravelse var storslaaet. Tusinder af Mennesker stod udenom Søen (Du har læst om det i Avisen) og hørte paa Karl Madsens smukke Tale ved Graven i fuldkommen Tavshed og mange glemmer aldrig den Stemning og det pragtfulde Syn af de brogede Trær, Søen og det skønne Vejr. – Naa nu skal jeg ud lille Gamle, skriv snart og fortæl mig hvordan Du har det, om Du savner Jens og Oluf meget, hvordan det gaar med Arbejdet, om I har faaet en Lille o.s.v. 1000 Hilsener fra Din Mor.
+Tirsdag 11te Nov. 24</t>
+  </si>
+  <si>
+    <t>1924-12-09</t>
+  </si>
+  <si>
+    <t>Frederiksdal, 2800 Lyngby</t>
+  </si>
+  <si>
+    <t>Gris -
+Nicolai Abildgaard
+- Birch, ingeniør
+-  Finsen, København
+Esben Hansen
+Johan Larsen
+- Larsen, redaktør
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Christine  Mackie
+Kjeld Tutein
+Peter Tutein
+Gotfred Tvede</t>
+  </si>
+  <si>
+    <t>Godsejeren er Alhed og Johannes Larsens søn Johan.
+Lützhøft-parret boede i Stormgade, København og blev kaldt Stormgaderne.
+Spurveskjul er en stråtækt villa ved Frederiksdal opført af maleren Nicolai Abildgaard efter hans egne tegninger i 1805-1806. Efter en rejse til Italien var han inspireret til at bygge huset med sal med tøndeloft, kraftige farver på væggene og have med italienske vækster. kulturarv.dk/100fortaellinger/da_DK/spurveskjul (lokaliseret juni 2018).</t>
+  </si>
+  <si>
+    <t>Det var godt, at Esben Hansen gav Andreas Larsen 100 kr, men forretningen går også godt. Ingeniør Birch har således bestilt et maleri.
+Johan Larsen har været på besøg. Alhed Larsen har ledt efter huset Spurveskjul, men det blev mørkt, og hun fik i stedet kaffe på en kro. En af Alheds bekendte er kommet ind som patient på sanatoriet. Johan har bestilt en smokingjakke, fordi han skal til middag og dans på Nimb, og nu må Andreas også sende en ønskeliste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O1Eq</t>
+  </si>
+  <si>
+    <t>Tirsdag 9ende Dec. – 24
+Undskyld Blækstiften, men det er saa meget nemmere.
+Kære søde Gamle!
+Tak for Kort og Brev, Du er rigtignok flink til at passe mig. Det glæder mig meget, at Esben stak Dig 100 Kr., det manglede ogsaa bare, Godsejeren nyder jo mangen en lille Extraforplejning samt af og til en Extra Lap. Forretningen gaar sandelig ogsaa fint. Nu forleden kom der en Bestilling paa et Maleri over en Kamin fra en Ingeniør Birch, der var vedlagt en Arkitekttegning af Tvede. De havde faaet min Adresse opsnuset og bad mig sende det videre. Nu vil jeg haabe, det gaar i Orden, der var Brev med Spørgsmaal om Pris o.s.v. jeg vil anslaa det til 3000. – Jo Tak, jeg har det godt. I Lørdags Aftes ringede jeg til Lysse, om jeg ikke fik et lille Besøg om Søndagen. Jo, det havde havde [”havde” overstreget] han jo ogsaa tænkt paa, men saa var han bedt til Finsens med Stormgaderne, de skulde være der Kl. 1. Men saa tog han herud med et tidligt Tog og vi var sammen et Par Timer og havde det rart. Om Eftermiddagen gik jeg ud for at finde ”Spurveskjul”, Du ved den gamle Villa (der er noget med Abildgaard). Jeg opgav det imidlertid, da jeg var bange det skulde blive for mørkt, det er gennem Skov hele Vejen. Paa Hjemturen var jeg inde paa Frederiksdal Kro for at drikke mig en hurtig Kop Kaffe, og der fik jeg at vide af Værtinden, at jeg havde været kun 10 Minuttersvej fra Spurveskjul, men det var saa taaget, at jeg ikke kunde se det. Der var for Resten henrivende i Skoven, alt saa saa fantastisk ud i den tætte Taage. – Gris kom herud som Patient i Gaar, Overanstrengelse og Nervøsitet, jeg skal ud at spadsere med hende om lidt, desværre skal hun i Liggestol fra 2 - 3 og saa drikke The 3 ½ saa det bliver næsten mørkt, inden vi kan komme ud. Hør søde Gamle, vil Du ikke nok sende mig en Ønskeseddel, har Du ikke noget rigtig godt Du kan ønske Dig, Bøger, noget til Cyklen, tænk Dig godt om, og send mig mange og gode Ønsker, ogsaa mindre Ting til andre, Lysmanden fik i Lørdags Lov at bestille sig en Smokingjakke, saa Du kan nok forstaa, jeg gærne vil give Dig noget pænt. Han skal til Middag (med Dans!) hos Nimb d. 17de inviteret af Redaktør Larsen der skal til Amerika en Tid, og derfor laver Afsked. Tuteinerne og Stormgaderne skal der ogsaa. Han er Søn af Marie Larsen og en kvik Fyr, Meme og jeg har været sammen med ham hos Tuteins. Den gode Godsejer morer sig svært, men de siger han ogsaa er temmelig flittig. – Send mig nu Ønskesedlen søde Gamle, Du som altid er saa flink til at finde paa til andre, maa ogsaa nok kunde finde paa noget til Dig selv. 1000 Hilsner Din Mor</t>
+  </si>
+  <si>
+    <t>november-december 1924</t>
+  </si>
+  <si>
+    <t>Kruusesmindevej 3A, 4220 Korsør
+Frederiksdal, Lyngby
+Hareskoven, Furesø Kommune
+Christiansø, Gudhjem</t>
+  </si>
+  <si>
+    <t>Lars Hedelund
+Karl Isakson
+Johan Larsen
+Johannes Larsen
+Leo Swane
+- Thomsen, Kerteminde
+Laura Warberg
+Hanne With</t>
+  </si>
+  <si>
+    <t>Alhed Larsen fik i september 1924 nogle hjerteanfald, og i november-december samme år var hun på Hareskov Sanatorium.
+Andreas Larsen var i gartnerlære hos Hedelund i Stige ved Odense.
+Johan Larsen var studerende ved Landbohøjskolen. 
+Det kan ikke afgøres, hvilken Thomsen det er, Andreas Larsen skal give fotografierne og træsnittene til. Larsen-familien kendte mange af dette navn.</t>
+  </si>
+  <si>
+    <t>Alhed, Leo Swane (Skriveswane) og Johan Larsen har været på tur i Hareskoven med portvin, og de spiste aftensmad på Frederiksdal. Alhed beder Andreas Larsen om at finde fotografier af huset og haven og pakke dem sammen med nogle træsnit. Hun vil gerne give sygeplejersken og lægen træsnit og vise Frk. With hus og have. With bor til hverdag på Christiansø og har kendt Isakson og de øvrige malere.
+Bagpå brevet er skrevet en beretning om en ko med Danmarksrekord i mælkeydelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5bZM</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Du er rigtignok forfærdelig sød til at skrive til mig, jeg nyder Dine Breve, og det er rart at faa lidt at grine af! – Jeg kan ikke rigtig huske, hvornaar jeg sidst skrev til Dig, altsaa hvad jeg har fortalt Dig. Men jeg har da vist ikke skreven i denne Uge. I Mandags var Lysse og Skriveswane herude. De kom ved ½ 3 Tiden og vi gik en ganske dejlig Tur i Hareskovene. Du kan ikke tænke Dig, hvor de[t] er dejligt, meget cuperet Terræn og store Strækninger med gammel Granskov. Vi havde bevæbnet os med ½ Fl. Portvin, som vi nød ved et Hvil i Skoven og Godsejeren, der jo altid er nødlidende, nød ganske alene dertil en Sandkage til 50 Ør. Samt sin Part af en Plade Chokolade. Vi endte paa Frederiksdal Kro – jeg havde bedt mig fri fra Aftensmad – hvor vi spiste Flæsesteg og drak Kaffe. Vi morede os udmærket og det var en rar Afvexkling fra den daglige ensformighed. – Hør, lille Gamle, hvis Du kommer hjem paa Søndag, kunde Du dog saa ikke sende noget til mig, eller rettere lede det frem, pakke det i papir og give det ned til Thomsen til Besørgelse om Mandagen. Her er en gl. Frk. With, som jeg saa gærne vilde vise nogle Billeder fra Hus og Have hjemme, kunde Du ikke sende en af de Mapper fra ”Vore Damer”, Lysse mener hans ligger 2 [sidetal] i hans Værelse, enten frit eller i en af hans Skuffer, eller ogsaa ligger der en i det store Skab i Værkstedet. Men der er jo saa faa fra Haven, mon der ikke ligger et Amatøralbum i Dagligstuen samt nogle løse paa den Hylde i det store Skab, hvor der ligger Fotografier. – Og saa nogle Stykker mindre Træsnit. – Bekasin – Træpikker o.s. [de to bogstaver overstreget] o.s.v. jeg skulde gærne give et Sygeplejerske et og et Gejrfugle eller Pelikantryk til Doktoren, men pas paa de er signerede, jeg fik Din Far til at signere en hel del i Efteraaret. Træsnittene kan godt lægges mellem Fotografierne. Men det rimeligste er vel at Du ikke kommer hjem, da Du var hjemme i Søndags, saa er der jo ikke noget at gøre. Den Frk. With er det morsomste Menneske her er, hun er storartet, har bot 24 Aar paa Kristiansø, har kendt Isakson og alle de andre Malere. Hun er meget Haveinteresseret, passer selv Hus, Have og sine Bier, hun er ligeved 70. 
+Bedstemor var herude i Gaar, Mareje i Dag. Hør, hvor kan dog Fru Hedelund undvære Vina eller har I faaet en anden? Sikken Frost det er bleven nu, gaa nu ikke og forkøl Dig søde Gamle! Nu skal jeg i Seng og læse lidt Dickens, inden jeg sover, jeg læser en Stump hver Aften.
+1000 Hilsner Din
+Mor.
+Hvordan ser Drivhusene ud? hjemme mener jeg. 
+[På brevets side 2, bagsiden:]
+¼ kg Kaffe
+½ hugget Sukker
+1 Melis
+[Det følgende på hovedet i forhold til det forrige:]
+Ko Nr 38 paa Kruseminde ved Korsør; efter Tyren Tjalfe II har i Aaret indtil 1. Okt naaet en Aarsydelse af 13,236 kg Mælk med 3,82 % Fedt og 526 kg Smør. Denne Ydelse er efter 3. Kalv idet den kælvede 3 Gange 7 Okt 1923. Rekord for Danmark. No 38 vejer henimod 600 kg Dens højeste Dagsydelse er 47,3 Mælk og i en Periode af 80 Dage var den daglige Mælkeydelse gennemsnitlig 45,5 kg.</t>
+  </si>
+  <si>
+    <t>1916-05-28</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Kai Nielsen
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 33</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver til Aage Møller for at få på plads, hvilke arbejder af Kai Nielsen, der er truffet aftale om til museet for at det kan være korrekt i kataloget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aEqR</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 28 Juli 1916
+Kære Hr. Direktør!
+I Korrekturen til Hr. Lützhøfts Katalog for Faaborg Museum er der ved Kai Nielsens Arbejder Tale om en Forøgelse med Afstøbninger af fremtidige Arbejder. De eventuelle Forpligtelser Kai Nielsen har skulde her ikke gærne have en forkert Form, og Lützhøft har derfor anmodet mig om at skaffe Sagen oplyst. Saa vidt jeg ved findes der en Udtalelse derom paa en af de Kontrakter som Kai Nielsen har med Etatsraaden, dog ikke Kontrakten om Brønden, som jeg har Kopi liggende af. Da Kontrakten vist beror i Deres Værge, beder jeg om Ordlyden af dens paagældende Passus maa blive fundet frem og tilsendt mig.
+En venlig Hilsen fra Deres ærbødige
+[tilføjet i blyant:) Carl Petersen
+Sendt Kontrakten
+12/4 1910 Om en [ulæselig] Pige</t>
+  </si>
+  <si>
+    <t>1922-03-20</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Marius Høi
+Martin Haahr
+Christen Lyngbo</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på rekreation hos sin søster i Birkerød.</t>
+  </si>
+  <si>
+    <t>Brevet er indleveret på Det kongelige Bibliotek af Larsen-familien.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet seks billeder under dette ophold på Henne Kirkeby Kro. Han maler nogle glas i vinduet med en blå hyacint og gækker.
+Han går på jagt og er til middag hos den lokale maler Christen Lyngbo.
+Der holdes stort bryllup på kroen, så Johannes Larsen flytter et par dage hen til Martin Haahr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G3Rz</t>
+  </si>
+  <si>
+    <t>Mandag 20/3 1922
+Kæreste Alhed!
+I Gaar fik jeg malet et Par Billeder d.v.s. det sidste fik jeg ikke helt færdigt da det begyndte at regne. I Dag har jeg siddet inde og malet nogle Glas i Vinduet med en blaa Hyacint og nogle Gækker, det har nemlig blæst med Snebyger. Jeg har nu faaet lavet 6 Billeder og tror jeg er godt i gang. Marius Høj er her i Dag saa jeg tager med Martin ud i Eftermdg og ser om jeg kan skyde en Gaas. Lyngbo var her i Gaar og inviterede mig hen til sig i Aften hvad jeg ikke er videre henrykt over da jeg hellere vilde blive hjemme og gaa i Seng. Jeg haaber at faa Brev fra Dig i Dag, men Posten kommer næppe før vi er gaaet saa Du kan altsaa ikke faa Svar paa det denne Gang.
+Mange kærlige Hilsner 
+Din JL.
+Her skal være stort Bryllup i Morgen 60 til Frokost og 150 til Middag og Dans om Aft. Næste 60 til Middag og 150 Unge til Dans om Natten, der er kommen flere Vognfulde Proviant i Dag. Jeg flytter over til Martin for at faa Nattero og lukker mit Værelse af. Det nu Tiden at Posten skal være her, jeg er spændt paa om han eller Martin kommer først, ja nu kom Martin men vi har vedtaget at vente paa Posten. Ja der var nok ingen Ting fra Dig, men en Del hjemme fra.
+JL.</t>
+  </si>
+  <si>
+    <t>1914-03-20</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Holger Grønvold
+Frederik Hendriksen
+Johannes V. Jensen
+Peter Magnussen
+Joakim  Skovgaard
+Christine Swane
+Sigurd  Swane
+Fritz Syberg
+Oscar Wandel
+Sigurd Wandel
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>"Trækfuglene": St. St. Blichers Trækfuglene med Johannes Larsen træsnitsillustrationer. De omtalte tryk, som Larsen vil have Alhed til at sende, er formodentlig fra samme bog.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen vil ikke have sit "Møgflag" med på udstilling. Han har malet et billede af svaner i søen og et af hvinænder, og han har vandret en meget lang tur for at male lyng og en urhane samt et større billede af søen. 
+Larsen spørger, om Alhed har sendt "Resten af trækfuglene" til Johs. V. Jensen m.fl. Han beder hende sende tryk til diverse personer samt tegne- og skrivepapir.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QRKY</t>
+  </si>
+  <si>
+    <t>Kirkeby 20 Marts 1914
+Kæreste Alhed!
+Der er en Ting jeg har glemt sidste Gang jeg skrev. Jeg er ikke sikker paa at Du hørte i telefonen, den Aften det var saa utydeligt, at jeg bad for at det Møgflag ikke maate blive sendt ind, i hvert Fald kunde jeg ikke høre at Du svarede. Jeg skrev forleden til Swane og ogsaa der glemte jeg at bemærke at jeg Fandens nødig vil have det hængt op. Jeg malede 2 Billeder i Gaar, et Graavejrsbillede med Svaner i Søen og et Eftermiddagsbillede mod Solen med et Par flyvende Hvinænder. I Morges fik jeg min frokost i Lommen og en Bayer og vandrede 1 ½ Mil om til Sydenden af Søen med fuld oppakning og 2 Lærreder det var en drøj Tur, jeg fik malet 2 Billeder et Lyngbillede med en flyvende Urhane og et større Billede med Søen og Svaner. Til dem begge havde jeg god Belysning i Begyndelsen men det var snart forbi og i det Hele et ækelt Blæstvejr. Hjemturen var dog den værste, jeg var 2 Timer om at kravle hjem, men nu sidder jeg rart og nyder en Cigar efter Middagen mens jeg skriver. Har Du sendt Resten af Trækfuglene. (Johs V. Grønwold Th. o.s.v. ?? Kunde Du og Christine ikke læsse nogle Tryk ud og lægge i en Konvolut og sende til Hendriksen, Skovgaard og Wandel eventuelt W &amp;amp; M hvis I kan overkomme det. Jeg vilde gerne have at de skulde have dem før Udstillingen. Du husker nok at sende mig noget Papir, baade Skrive- og Tegnepapir (Du ved det af Baronens, det ligger vist paa mit Bord. Det glædede mig at høre at Anders virker med Gangene. Mange Hilsner og Kys Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1904-10-16</t>
+  </si>
+  <si>
+    <t>Sønder Omme</t>
+  </si>
+  <si>
+    <t>Alexander Kielland</t>
+  </si>
+  <si>
+    <t>Fritz fortæller Anne om en festlig aften og om sin rejse til Feldring.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9jk4</t>
+  </si>
+  <si>
+    <t>Sønder-Omme Fredag tror jeg.
+Kære Høns! Den var lige ved at blive for munter i Troldhede igår. Der var En som sagde til mig "mit Navn er Madsen" og så vilde han give en Genstand. ikke alene ti [papiret mangler] men hele Huset rundt og [papiret mangler] med at de allesammen, [papiret mangler]Snes Mennesker, blev te[papiret mangler] Der var en Uldkræmmer [papiret mangler] lede Violin og en Jæger - der [papiret mangler] Alexander Kjelland - som [papiret mangler] ver. -Da "Madsen" dansen i Sofaen gik jeg op i Seng. I Dag har jeg fortsat syd på først til Felding, Jeg så imidlertid ikke noget til den berømte Svend Feldings Slagsværd eller hans Øllebrødspotte. De skal findes et eller andet Sted har jeg læst og være af en imponerende Størrelse. Egnen er ens hele Vejen - opdyrket Hede, beplantet Hede og Lynghede. Her i Nærheden er en umådelig Mængde Kæmpehøje. Jeg var oppe på et Lyngbevokset Bakkedrag hvorfra jeg kunde tælle 26 Høje. Og så var der derforuden ligeså mange eller endnu flere som først kan ses når man er ligeved dem. Egnen er ellers temmelig kedelig. Du har vel fået mit [papiret mangler] jeg smuttede det nemlig i en Postkasse der så ud som den aldrig blev tømt. Kys Ungerne Din Fritz</t>
+  </si>
+  <si>
+    <t>1899-09-06</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig på Larsen-familiens gård Båxhult i Småland sammen med ASlhed og Johannes Larsen og deres lille søn september 1899. 
+Pillespejl: Højt, smalt spejl, der i 1700- og 1800-tallet i et rum anbragtes på vægpiller mellem vinduerne med et konsolbord nedenunder. De optræder som regel parvis og ofte kombineret med et par lysestager eller lampetter. Kilde: Lex.dk.
+Fjællegulv: Bræddegulv.
+Det vides ikke, hvem Fr. B. var. Der var formodentlig tale om en køkkenpige el.lign. på Warberg-familiens gård, Erikshaab. 
+Lauritz Brandstrup døde 6. marts 1900.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0033</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik fint. Hun beskriver Båxhults indretning. Naturen er storslået. I København traf Laura W Ludvig og Berta Brandstrup, som var meget glade for deres ophold i Sverige. Ludvig havde gået på jagt og også bygget et flueskab. Han vaskede op og gjorde også rent, efter at Berta var rejst. 
+Christine må købe nogle abrikoser. Louise tager brevet med til København, når hun rejser. Astrid bliver bedt om at sende en masse ting og om at lave estragoneddike. 
+Lille Andreas er nem og sød. Johannes Larsen maler på sit billede af Tjalfe i lyngen. 
+Laura Warberg ankom sent til Landeryd og blev hentet i vogn. 
+Bedstefar (Laura Warbergs far) dør nok snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zjJ8</t>
+  </si>
+  <si>
+    <t>Båxhult Onsdag d: 6te
+Kære lille Putte!
+Jeg havde en rigtig dejlig Rejse herop, Vejret var smukt og meget varmt; her er dejligt allevegne og et nydeligt stort Hus, med mange Værelser. Muk og jeg bor sammen; jeg synes her er saa pænt møbleret, i vort Værelse er der en lang gammeldags Sofa med rødtærnet Betræk, et aflangt Bord foran, et stort en [over linjen skrevet ”en”] Slags Køkkenbord til Servante, Kommode, Seng, Stole, hvide lange Gardiner, herlig Udsigt til Skov allevegne. Den fineste Stue er med gammeldags Møbler med rødt Damask Betræk, Sofa Bord, Stole, lille Bord, Pillespejl m.m. Spisestuen med et stort rundt Bord, en vældig Sofa, saa lang som to almindl. et Spillebord, 2 smaa Borde ved Vinduerne, en Slags Buffet med rigelig af al Slags Porcelæn. Køkkenet er stort med Fjælegulv og ved Siden af et lille Rum, hvor Las piller Fugle og hvor alt grovere Roderi findes. Sovekammeret er stort lyst og kønt, 2 store og Gajens lille Seng, Skab, Kommode og et vældigt 4kantet Bord, som hun bruger at klæde ham paa; hvide Gardiner allevegne. Lud og Berta var saa begejstrede for alting heroppe, jeg traf dem i Kbh. Søndag Aften, da var Lud lige kommen herfra. Han havde gaaet meget paa Jagt, vi fik en Tjur til Middag i Gaar, og her ligger en Hare, begge har han skudt. Han var saa nyttig, lavede dem et lille Flueskab, lavede undertiden Morgenkaffe og hjalp at vaske op og skure Køkkengulv. gjorde selv fuldstændig sit Værelse ovenpaa rent, de andre kom der aldrig. Det var efter Berta var rejst. De havde Masser af Fødevarer med herop og 2 Kasser Bajere 30 i hver, fik de fra Halmstad. Nu drikker vi Mælk, den er saa ren og velsmagende. I Gaar var vi ude paa Brandaasen alle fire og med Barnevognen. Der er en storslaaet Natur allevegne, Skov og atter Skov og intet andet at see, ja selvfølgelig Bakker i det uendelige. Muk og jeg plukkede Tyttebær til et Par Gange Grød, her er ikke ret mange. Tænk Dig min Ærgrelse, da jeg saae at de 2 Ds tørre Blommer manglede! Jeg forstaar ikke, hvordan det er gaaet til. Der er hjemme en Pakke til Dig og en hertil. Las siger, det kan udmærket gaae at sende en Pakke hertil, vi kommer kun til at betale nogle Ører i Told paa Stationen her. Men vil Du saa ikke bede Christine om at købe 2 Pund Abrikoser paa Lørdag! Vi haaber sikkert, at dette Brev naaer Eder Fredag. Muk vil tage det med til Kbh. i Morgen og faae det afsted. Hun kommer der Kl. 6, skal gaae til Landeryd i Morgen tidlig Kl. 7½ og have sit Tøj med Lejlighed. Vil Du saa lille Putte! pakke i stærkt graat Papir følgende: Abrikoserne, Blommerne, 2 Daaser af de Fiskeboller, vi har, 1st Del af ”den sidste [ulæseligt ord]”, samt lidt Sennep af den gule i Daasen (Chr. kan jo faae ¼ P i løs Vægt, hvis vi ikke har rigeligt) samt 3 Par graa Sokker af de bedste (Las’s) de maa være i Alheds Kasse eller et andet Sted Christine kan jo spørge i Höljeryd, hvor meget Pakken maa veje og hvad den koster, jeg tænker mig den kan blive paa ca 10 [ulæseligt tegn]. Deres Tænder løber i Vand efter Blommerne, Sokkerne er meget vigtigt, Alhed glemte dem. Spørg i Höljeryd, om den skal lukkes. Saa kan Du nok faa den afsted Mandag, saa vi har den hen i Ugen. – Gajen er saa god og bliver næsten ikke passet, ligger meget paa sine Puder i den bløde Spisestuesofa eller i sin Vogn kører han saa 3 Timer i Gaar Form. Han kommer i Bad i en stor Kobberballe eller Gryde. Las gør Ild og vasker op om Morgenen fra hele forrige Dag. Han maler fra 9½ til 4 X [Skrevet på næstsidste side langs venstre margen:] Lyngbilledet med Tjalfe [indsættelse slut] og fra 6 om Aftenen paa et nyt her lige ved Gaarden. Her er aldeles dejligt i alle Retninger. Ved Siden af vort Værelse er Kontoret med et vældigt Bord, hvor vi skriver, Bogreol, Kaminer er her i alle Stuerne, hvide men med aabent Ildsted. Der hentes Vand af en aaben Brønd nede i Haven. Muk var i Landeryd med Smedens Vogn efter mig, de kom saa sent, saa vi var her først Kl. henad 9, Alhed havde været bange for os. Vi fik Kødsuppe med Æg og anden dejlig Aftensmad. – Bedstefar var meget svag og falder stærkt af nu, kendte os ikke. Han lever ikke ret længe. Nu ikke mere denne Gang lille Putte. Kan Du og Fr. B og maaske Fr. J. ikke nok pille Estragon, en 2 ["en" overstreget; "2" indsat over linjen] store Pægle Flasker halv fulde af Blade alene, saa fyldes med Eddike, staae i Køkkenvinduet en 14 Dage og rystes af og til. Der er 2 Planter nede i Haven, den ene ned Siden af Mistbænken, den anden paa Hjørnet ved Hindbærrene. Jeg havde det 
+[skrevet i venstre kant på sidste side:] skrevet paa min Huskeseddel, men glemte det.
+[skrevet i højre kant på sidste side:] Hilsen nu til Eder alle hver især fra Mor
+[Skrevet på næstsidste side langs højre margen:] Alhed vil gerne have en god Haandfuld Purløgs[ulæseligt] i en lille Papirpose samt en lille Tut hvidt Uldgarn til en Trøjesnor
+[Indlagt i ovenstående brev er skrevet følgende:]
+Vil Du ogsaa sende mig et Par brune Bomuldsstrømper, der ligger nogle enten i den næstnederste Skuffe i Børnekammeret, eller i Sovekammerskuffen, samt lidt Stoppegarn til dem i en Kasse i den 4de øverste Skuffe tilhøjre. Du maa helst sye en Pose af noget Viskestykketøj, som ligger i Kisten ved Syltetøj Skabet Sennep har Alhed faaet, saa det skal ikke med. Bind saa godt for Posen og en udførlig Adresse; Smaaland – Sverig – De glæder sig saa uhyre til Blommer og Abrikoser, saa det maa endelig sendes omhyggeligt. Båxhult – pr. Landeryd (Christine kunde jo være borte.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1302,51 +1302,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w1hk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSK9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0KvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wxw2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9JR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6YA5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QRKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JTD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiH0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OY6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aEqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G7Z9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0F6w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/G7Z9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0F6w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0KvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OY6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6YA5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JTD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiH0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w1hk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSK9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wxw2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9JR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aEqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QRKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1389,1353 +1389,1353 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>46</v>
-[...4 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>55</v>
-      </c>
-[...2 lines deleted...]
-        <v>48</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>57</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="F7" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C9" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>71</v>
+      <c r="C9" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="K9" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M9" s="5" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="s">
-        <v>83</v>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>71</v>
-[...14 lines deleted...]
-        </is>
+        <v>87</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H12" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>95</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H13" s="5" t="s">
+        <v>96</v>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="L13" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="5" t="s">
-        <v>71</v>
+      <c r="C14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D14" s="5" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>106</v>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H15" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="K15" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="5" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>33</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="s">
-        <v>114</v>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>60</v>
+        <v>116</v>
       </c>
       <c r="D17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="K17" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="M17" s="5" t="s">
         <v>119</v>
-      </c>
-[...26 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H18" s="5" t="s">
+        <v>122</v>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H19" s="5" t="s">
+        <v>128</v>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
-        <v>133</v>
+        <v>44</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="5" t="s">
+      <c r="J20" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="F20" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="K20" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="I20" s="5"/>
-[...3 lines deleted...]
-      <c r="K20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="L20" s="6" t="s">
+      <c r="M20" s="5" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>71</v>
+        <v>144</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>98</v>
+        <v>145</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>42</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="I21" s="5"/>
+        <v>146</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>147</v>
+      </c>
       <c r="J21" s="5" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>71</v>
+        <v>144</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>150</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>154</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="I22" s="5"/>
+        <v>155</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>156</v>
+      </c>
       <c r="J22" s="5" t="s">
-        <v>133</v>
+        <v>157</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>156</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>71</v>
-[...7 lines deleted...]
-        </is>
+        <v>162</v>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="I23" s="5"/>
+        <v>164</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>165</v>
+      </c>
       <c r="J23" s="5" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>171</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G24" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>166</v>
+        <v>55</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>61</v>
+        <v>145</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>171</v>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>175</v>
+        <v>55</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>61</v>
+        <v>145</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>171</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>175</v>
+        <v>55</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>188</v>
+        <v>33</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>189</v>
+        <v>42</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="s">
-        <v>190</v>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="I27" s="5"/>
       <c r="J27" s="5" t="s">
-        <v>175</v>
+        <v>196</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>61</v>
+        <v>144</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>171</v>
-[...4 lines deleted...]
-        </is>
+        <v>145</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>201</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G28" s="5" t="s">
-        <v>197</v>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>175</v>
+        <v>204</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>204</v>
+        <v>145</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>54</v>
+        <v>201</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>207</v>
+        <v>148</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>212</v>
+        <v>93</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>213</v>
+        <v>94</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>214</v>
-[...4 lines deleted...]
-        </is>
+        <v>215</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>154</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="I30" s="5" t="s">
         <v>216</v>
       </c>
+      <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="K30" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="K30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>218</v>
       </c>
-      <c r="L30" s="6" t="s">
+      <c r="M30" s="5" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>212</v>
+        <v>162</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>222</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>223</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>224</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>225</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>226</v>