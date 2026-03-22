--- v1 (2026-02-01)
+++ v2 (2026-03-22)
@@ -44,589 +44,54 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1940-05-27</t>
+    <t>1889-01-13</t>
   </si>
   <si>
     <t>Brev</t>
-  </si>
-[...533 lines deleted...]
-    <t>1889-01-13</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Julie Brandt</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Charlottenlund
 Villa Skovbo</t>
   </si>
   <si>
     <t>Rasmus Balslev
 Laura Balslev, f. Leth
 Victoria Benedictsson
 Thora  Branner
 Laura Hansen
 Emanuel Jørgensen
 Frederik Jørgensen
 Karen Jørgensen
 Alhed Larsen
 Jonas Lie
@@ -716,57 +181,224 @@
 I Dag er Frk Løngreen kommen og jeg skal nu læse: Tysk, Fransk, Verdens- og Danmarkshistorie, dansk Gramatik og Stil Geografi og Musik (hos Tante Mimmi) og skulde jeg læse Mathematik hos Far. Far er i disse Dage [”Dage” indsat over linjen] rasende paa Schroll (Lykkensæde) og Smidth fordi de have have faaet Fa’r valgt ind i Sogneraadet (du la’r vel ikke gaa videre) og han [”han” indsat over linjen] er naturligvis bleven Formand; det har givet ham meget mere Arbejde, saa han faar næppe Tid at læse med mig; jeg, ja vi alle, Mo’r og Tante Mimmi ikke mindst, er rasende paa de 2 Herrer, Far kan ganske bestemt ikke taale det.
 Men saa skal du høre min Plan; Karen gaar her ned og læser Fransk sammen med mig; til Gengæld regnede jeg oppe hos Jørgensen, men saa mente Far, at jeg ikke behøvede Regning, naar jeg læste Mathematik; hos Jørgensens har de faaet Huslærer til Børnene; saa vil jeg se at komme til at læse Mathematik hos ham sammen med Karen; hun, Frederik og Emanuel skal [”skal” overstreget] blive forberedte til Preminierexamen; han – Huslæreren – mener, de kan tage den om 2 Aar; jeg vil imidlertid ikke tage P.examen da den er som noget enestaaende forstaar du – naar man har taget den, men vil læse videre, kommer den ikke til saa stor Nytte; den er ikke som en Slags Forberedelse til noget andet, men jeg er saa dum paa alle de Examener hvad de hedder og hvad Betydning de har o.s.v. Samme Huslærer skal forresten være en yderst grinagtig Fyr – jeg har ikke set ham – ikke vittig eller interresant men en ”Tørve” (Tørv) som siger du til Karen!! hvad gi’r du mig!?
 Men de erklærer selv at det er et ”nydeligt Mennesk” saa vi kalder ham aldrig andet end ”det nydelige (el yndige [”y” overstreget, og ”ø” indsat over bogstavet] Menneske”; Jeg glæder mig uhyre til at se ham.
 ----------------
 Hvorledes har alle min gode Venner i Melfar det, Rehberg min elskede R. jeg har stadig han[s] Lok i min Medalion ved Urkæden; det irriterer mig forresten gruelig, at alle som lægger Mærke til den vil have lukket op og vil have at vide hvis Lokker (din er der nemlig ogsaa) der er, og al Tid svarer jeg lakonisk: ”Veninders!”
 Og lille Hansen? rødmer han endnu bestandig hver Gang nogen ser paa ham; han gjorde det i alt i alt Fald pligtskyldigt hver Gang jeg saa paa ham.
 Og min smukke Schrøder? han farer vel om paa Baller og er ”Løven” og sværmer for Marie – eller hun for ham.
 Hils dem alle naar du skriver.
 Brandt! hvor henrivende hvis vi kunde træffes der – en Gang i Tiden!!!!!
 Min kære Brandt! hvis du vidste hvor jeg bliver henrykt over dine Breve saa skrev du lidt oftere; jeg skal svare øjeblikkelig. Alhed kommer hjem paa Søndag, saa er det Mo’rs Fødselsskab dag ”skab” overstreget; ”dag” indsat over linjen saa skal jeg minde hende om at skrive; hun talte ofte i Julen om at skrive men det blev aldrig til noget. Nu i Aften har vi gjort Januarnummeret færdigt, synes du ikke vi ere i Forhaanden altsaa om nogle Dage kan du vente et Januar og September. ”Om Kvindesagen” er af Chr. Alhed og mig; Vittigheder er af Elle ja Tegningen thi selve Vittigh. er passeret (Mo’n) vi har endnu det Mundheld at Mo’r er ”stum” naar hun er rigtig skændende. Alt dette kommer i næste Nummer Naar du skriver saa skriv lidt mere om pæren, kritisèr og saadan. Og kan du dog ikke levere Bidrag, eller presse andre; du læser da Landbo-
 6 tidenden med Opmærksomhed; den er usigelig vittig alle Herrer (Præsten Onkel Syberg osv) morer sig glimrende over den. 
 Nu kære lille Brandt synes jeg, du maa være tilfreds og tilstrækkelig opmuntret ved mit Brev; er jeg pæn at svare saa [ulæseligt ord] Lige nu kom Frk Løngreen op; hun lukkede Tid Døren her op saa jeg maatte i Hast have Blækhuset op under Sengen, Brev Pen og Mappe ned under Tæppet.
 Far er syg; det er meget kedelig; det er naturligvis Astma; vi skulle have været hos Pastor Balslevs i Dag men saa blev han syg i Nat. 
 Jeg husker ikke om jeg har gjort Undskyldning fordi jeg ikke vidste den var af Ada R. Naturligvis skulde kun Begyndelsen gaa i Opfyldelse men nej Brandt; jeg bliver mit Forsæt tro at blive Læge og altsaa ikke gifte mig, og naar jeg kommer til Kbn. for at studere eller er bleven Læge, saa er han en gammel Mand, som faderlig vil tage sig af min Fremtid.
 --------------
 Læs nu mit Brev omhyggelig og svar paa hvad jeg har spurgt om, og skriv saa snart kære B. Jeg er naturligvis spændt paa hvad det bliver til med Dig. Lev nu vel! Din Ven
 Johanne Warberg
 stud. med. &amp;amp; cher
 Erikshåb
 22 Sider
 [Tilføjet på skrå i nederste, venstre hjørne:] Tirsdag efter Kl 10 ½ paa Sengen
 [Indsat på s. 6; på tværs:]
 Hils Fr. Hospital hvis du kommer der forbi</t>
   </si>
   <si>
+    <t>1899-09-06</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig på Larsen-familiens gård Båxhult i Småland sammen med ASlhed og Johannes Larsen og deres lille søn september 1899. 
+Pillespejl: Højt, smalt spejl, der i 1700- og 1800-tallet i et rum anbragtes på vægpiller mellem vinduerne med et konsolbord nedenunder. De optræder som regel parvis og ofte kombineret med et par lysestager eller lampetter. Kilde: Lex.dk.
+Fjællegulv: Bræddegulv.
+Det vides ikke, hvem Fr. B. var. Der var formodentlig tale om en køkkenpige el.lign. på Warberg-familiens gård, Erikshaab. 
+Lauritz Brandstrup døde 6. marts 1900.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0033</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik fint. Hun beskriver Båxhults indretning. Naturen er storslået. I København traf Laura W Ludvig og Berta Brandstrup, som var meget glade for deres ophold i Sverige. Ludvig havde gået på jagt og også bygget et flueskab. Han vaskede op og gjorde også rent, efter at Berta var rejst. 
+Christine må købe nogle abrikoser. Louise tager brevet med til København, når hun rejser. Astrid bliver bedt om at sende en masse ting og om at lave estragoneddike. 
+Lille Andreas er nem og sød. Johannes Larsen maler på sit billede af Tjalfe i lyngen. 
+Laura Warberg ankom sent til Landeryd og blev hentet i vogn. 
+Bedstefar (Laura Warbergs far) dør nok snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zjJ8</t>
+  </si>
+  <si>
+    <t>Båxhult Onsdag d: 6te
+Kære lille Putte!
+Jeg havde en rigtig dejlig Rejse herop, Vejret var smukt og meget varmt; her er dejligt allevegne og et nydeligt stort Hus, med mange Værelser. Muk og jeg bor sammen; jeg synes her er saa pænt møbleret, i vort Værelse er der en lang gammeldags Sofa med rødtærnet Betræk, et aflangt Bord foran, et stort en [over linjen skrevet ”en”] Slags Køkkenbord til Servante, Kommode, Seng, Stole, hvide lange Gardiner, herlig Udsigt til Skov allevegne. Den fineste Stue er med gammeldags Møbler med rødt Damask Betræk, Sofa Bord, Stole, lille Bord, Pillespejl m.m. Spisestuen med et stort rundt Bord, en vældig Sofa, saa lang som to almindl. et Spillebord, 2 smaa Borde ved Vinduerne, en Slags Buffet med rigelig af al Slags Porcelæn. Køkkenet er stort med Fjælegulv og ved Siden af et lille Rum, hvor Las piller Fugle og hvor alt grovere Roderi findes. Sovekammeret er stort lyst og kønt, 2 store og Gajens lille Seng, Skab, Kommode og et vældigt 4kantet Bord, som hun bruger at klæde ham paa; hvide Gardiner allevegne. Lud og Berta var saa begejstrede for alting heroppe, jeg traf dem i Kbh. Søndag Aften, da var Lud lige kommen herfra. Han havde gaaet meget paa Jagt, vi fik en Tjur til Middag i Gaar, og her ligger en Hare, begge har han skudt. Han var saa nyttig, lavede dem et lille Flueskab, lavede undertiden Morgenkaffe og hjalp at vaske op og skure Køkkengulv. gjorde selv fuldstændig sit Værelse ovenpaa rent, de andre kom der aldrig. Det var efter Berta var rejst. De havde Masser af Fødevarer med herop og 2 Kasser Bajere 30 i hver, fik de fra Halmstad. Nu drikker vi Mælk, den er saa ren og velsmagende. I Gaar var vi ude paa Brandaasen alle fire og med Barnevognen. Der er en storslaaet Natur allevegne, Skov og atter Skov og intet andet at see, ja selvfølgelig Bakker i det uendelige. Muk og jeg plukkede Tyttebær til et Par Gange Grød, her er ikke ret mange. Tænk Dig min Ærgrelse, da jeg saae at de 2 Ds tørre Blommer manglede! Jeg forstaar ikke, hvordan det er gaaet til. Der er hjemme en Pakke til Dig og en hertil. Las siger, det kan udmærket gaae at sende en Pakke hertil, vi kommer kun til at betale nogle Ører i Told paa Stationen her. Men vil Du saa ikke bede Christine om at købe 2 Pund Abrikoser paa Lørdag! Vi haaber sikkert, at dette Brev naaer Eder Fredag. Muk vil tage det med til Kbh. i Morgen og faae det afsted. Hun kommer der Kl. 6, skal gaae til Landeryd i Morgen tidlig Kl. 7½ og have sit Tøj med Lejlighed. Vil Du saa lille Putte! pakke i stærkt graat Papir følgende: Abrikoserne, Blommerne, 2 Daaser af de Fiskeboller, vi har, 1st Del af ”den sidste [ulæseligt ord]”, samt lidt Sennep af den gule i Daasen (Chr. kan jo faae ¼ P i løs Vægt, hvis vi ikke har rigeligt) samt 3 Par graa Sokker af de bedste (Las’s) de maa være i Alheds Kasse eller et andet Sted Christine kan jo spørge i Höljeryd, hvor meget Pakken maa veje og hvad den koster, jeg tænker mig den kan blive paa ca 10 [ulæseligt tegn]. Deres Tænder løber i Vand efter Blommerne, Sokkerne er meget vigtigt, Alhed glemte dem. Spørg i Höljeryd, om den skal lukkes. Saa kan Du nok faa den afsted Mandag, saa vi har den hen i Ugen. – Gajen er saa god og bliver næsten ikke passet, ligger meget paa sine Puder i den bløde Spisestuesofa eller i sin Vogn kører han saa 3 Timer i Gaar Form. Han kommer i Bad i en stor Kobberballe eller Gryde. Las gør Ild og vasker op om Morgenen fra hele forrige Dag. Han maler fra 9½ til 4 X [Skrevet på næstsidste side langs venstre margen:] Lyngbilledet med Tjalfe [indsættelse slut] og fra 6 om Aftenen paa et nyt her lige ved Gaarden. Her er aldeles dejligt i alle Retninger. Ved Siden af vort Værelse er Kontoret med et vældigt Bord, hvor vi skriver, Bogreol, Kaminer er her i alle Stuerne, hvide men med aabent Ildsted. Der hentes Vand af en aaben Brønd nede i Haven. Muk var i Landeryd med Smedens Vogn efter mig, de kom saa sent, saa vi var her først Kl. henad 9, Alhed havde været bange for os. Vi fik Kødsuppe med Æg og anden dejlig Aftensmad. – Bedstefar var meget svag og falder stærkt af nu, kendte os ikke. Han lever ikke ret længe. Nu ikke mere denne Gang lille Putte. Kan Du og Fr. B og maaske Fr. J. ikke nok pille Estragon, en 2 ["en" overstreget; "2" indsat over linjen] store Pægle Flasker halv fulde af Blade alene, saa fyldes med Eddike, staae i Køkkenvinduet en 14 Dage og rystes af og til. Der er 2 Planter nede i Haven, den ene ned Siden af Mistbænken, den anden paa Hjørnet ved Hindbærrene. Jeg havde det 
+[skrevet i venstre kant på sidste side:] skrevet paa min Huskeseddel, men glemte det.
+[skrevet i højre kant på sidste side:] Hilsen nu til Eder alle hver især fra Mor
+[Skrevet på næstsidste side langs højre margen:] Alhed vil gerne have en god Haandfuld Purløgs[ulæseligt] i en lille Papirpose samt en lille Tut hvidt Uldgarn til en Trøjesnor
+[Indlagt i ovenstående brev er skrevet følgende:]
+Vil Du ogsaa sende mig et Par brune Bomuldsstrømper, der ligger nogle enten i den næstnederste Skuffe i Børnekammeret, eller i Sovekammerskuffen, samt lidt Stoppegarn til dem i en Kasse i den 4de øverste Skuffe tilhøjre. Du maa helst sye en Pose af noget Viskestykketøj, som ligger i Kisten ved Syltetøj Skabet Sennep har Alhed faaet, saa det skal ikke med. Bind saa godt for Posen og en udførlig Adresse; Smaaland – Sverig – De glæder sig saa uhyre til Blommer og Abrikoser, saa det maa endelig sendes omhyggeligt. Båxhult – pr. Landeryd (Christine kunde jo være borte.)</t>
+  </si>
+  <si>
+    <t>1899-10-22</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Viggo Bredsdorff
+Louise Brønsted
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Johan Wessel</t>
+  </si>
+  <si>
+    <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
+Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
+Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
+Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
+Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
+Louise har været syg.
+Johanne har fået lov til at øve (på klaver) i selskabslokalerne. Hun har været på landet med børnene om sommeren, og nu er de umulige i de to små stuer i byen. Kun om aftenen, når børnene sover, kan Johanne hygge sig lidt. 
+Carl Neiiendam behandler Johanne nedladende og uhøfligt.
+Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9wD</t>
+  </si>
+  <si>
+    <t>Fru Laura Warberg
+Erikshaab
+Højrup St.
+Fyen
+[I brevet:]
+Søndag
+Kære Mor!
+Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
+Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
+Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
+Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
+Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
+Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
+Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
+I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
+Farvel
+Nu skal Brevet af Sted
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1903-02-14</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>På vej til Helsingør</t>
+  </si>
+  <si>
+    <t>Martha Johansen
+Laurits Ring
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna 1893-1904</t>
+  </si>
+  <si>
+    <t>Da Fritz Syberg kom til Glostrup dagen forinden, viste det sig, at Ring ikke boede der - måske var det Tåstrup? Han har spist forkost med "uglen", som var noget melankolsk, og det er blevet frost og dejligt vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w1hk</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] 14-2-1903
+På Vej til Helsingør
+Torsdag
+Kære Høns!
+Da jeg kom til Glostrup i Går vist det sig at Ring ikke boede der. Gud ved om det ikke skulde være i Tåstrup. Jeg har nu skrevet til Fru Viggo Johansen og bedt hende sende mig Adr. til Helsingør, så vil jeg se at snuppe Ring på Tilbagevejen. 
+[overstreget: Jeg har været samme] Da jeg ikke kunde finde R gik jeg en Tur (se indlagte Plan som jeg tegnede af efter et [xxxxx] kort jeg lånte hos en Spekhøker i Glostrup) til Lyngby. Der boede jeg på Hotel Rustenberg om Natten. I Morges gik jeg i et nedrigt Vejr til Klampenborg, hvor jeg havde sat Uglen Stævne Kl 19. Vi har så spaseret sammen i Dag, men hun har været noget melankolsk. Jeg søgte at stive hende af med en halv Fl. Rødvin, men det hjalp ikke synderlig på hende, eftersom jeg selv måtte drikke det meste. 
+Mens vi sad inde i Klampenborg Badehotel [overstreget] og spiste til Aften blev [overstreget] det Vinter. Nu er det Frost og dejligt Vejr. Vilde det bare blive ved. Jeg vil ikke bede Dig skrive da jeg slet ikke ved hvor jeg tager hen. Kys Børnene. Et Kys til Dig selv fra Din Fritz</t>
+  </si>
+  <si>
+    <t>1904-10-16</t>
+  </si>
+  <si>
+    <t>Sønder Omme</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Alexander Kielland</t>
+  </si>
+  <si>
+    <t>Fritz fortæller Anne om en festlig aften og om sin rejse til Feldring.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9jk4</t>
+  </si>
+  <si>
+    <t>Sønder-Omme Fredag tror jeg.
+Kære Høns! Den var lige ved at blive for munter i Troldhede igår. Der var En som sagde til mig "mit Navn er Madsen" og så vilde han give en Genstand. ikke alene ti [papiret mangler] men hele Huset rundt og [papiret mangler] med at de allesammen, [papiret mangler]Snes Mennesker, blev te[papiret mangler] Der var en Uldkræmmer [papiret mangler] lede Violin og en Jæger - der [papiret mangler] Alexander Kjelland - som [papiret mangler] ver. -Da "Madsen" dansen i Sofaen gik jeg op i Seng. I Dag har jeg fortsat syd på først til Felding, Jeg så imidlertid ikke noget til den berømte Svend Feldings Slagsværd eller hans Øllebrødspotte. De skal findes et eller andet Sted har jeg læst og være af en imponerende Størrelse. Egnen er ens hele Vejen - opdyrket Hede, beplantet Hede og Lynghede. Her i Nærheden er en umådelig Mængde Kæmpehøje. Jeg var oppe på et Lyngbevokset Bakkedrag hvorfra jeg kunde tælle 26 Høje. Og så var der derforuden ligeså mange eller endnu flere som først kan ses når man er ligeved dem. Egnen er ellers temmelig kedelig. Du har vel fået mit [papiret mangler] jeg smuttede det nemlig i en Postkasse der så ud som den aldrig blev tømt. Kys Ungerne Din Fritz</t>
+  </si>
+  <si>
     <t>1907-05-02</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
   </si>
   <si>
     <t>Been -
 Birthe -
 Martin Arnbak
 Camilla Bertram
 Jacob Frederik Brandt
 Julie Brandt
 Viggo Brandt
 Martin Grosell
 Emil Hannover
 Peter Hansen
 Gudmund Hentze
 Carl Holsøe
 Niels Holsøe
 Christian Kampmann
 Johanne Kampmann
 Eiler Lehn Schiøler
 Ellen Dorothea Lehn Schiøler
 Peter Lundsgaard
 Karl Madsen
 Karen Meisner-Jensen
 Sophus Michaëlis
 Marie Oppermann
 Theodor Oppermann
@@ -781,451 +413,819 @@
   <si>
     <t>Kunstforeningen: Kunstforeningen på Gammel strand, København.
 Galleriet: Statens Museum for Kunst.
 "jeg gik strax i Morges ud til Brandt": Der er flere mulige Brandt'er. Alle er indsat som omtalte personer.
 "Slott M har skreven": Der er tale om indledningen på den såkaldte Bondemalerstrid. Dette var en avisfejde, som begyndte, da Gerda Wegener fik afvist et kvindeportræt på både Den frie Udstilling og Charlottenborg. Ægteparret Slott-Møller samt Gudmund Hentze skrev i Politiken om sagen, og de havde den opfattelse, at Fynbomalerne dominerede og stjal opmærksomheden fra symbolisterne. Peter Hansen gik, på fynbomalernes side, ind i debatten, som varede frem til juli 1907. 
 Det har ikke været muligt at afgøre, hvem den omtalte Schrøder er.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Kedeligt, hvis det går i vasken med Kampmanns. Kunstforeningen har købt billede(r).
 (Karl) Madsen har vist interesse for at købe billedet Aprilaften til Statens Museum for Kunst (Galleriet), og Alhed må straks sende billedet, men hun må ikke fortælle nogen om det eventuelle salg.
 Slott-Møller har skrevet i Tilskueren om udstillingen og Madsen og Hannover i Politiken. Peter (Hansen) er meget optaget af det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MBvO</t>
   </si>
   <si>
     <t>Kjøbenhavn 2 Maj 1907.
 Jeg var ogsaa hos Arnbak i Gaar og paa Charlottenborg
 Kæreste Alhed!
 Tak for dit Brev. Det var jo kedeligt hvis det gaar i Vasken med Kampmanns. Det menes ellers herovre at 400 Kr er for lidt (Karen Broe Oppermann, Nielsen &amp;amp; Marie 5-600) men kan vi faa 400 af Kampmanns synes jeg det er godt. Kunstforeningen købte i Gaar men kunde ikke blive enige om Ænderne. Jeg var til Middag hos Oppermanns i Gaar, sammen med Benn. Da jeg kom hjem laa der Brev fra Schous at Madsen havde sagt at jeg skulde sende ”April aften” ind til Galleriet og tilbyde dem det men hurtigst muligt da de skal have Møde en af Dagene. Jeg gik strax i morges ud til Brandt og fik sendt en Kasse som Ilgods, som Du maa faa fat i saasnart Du har faaet dette og omgaaende sende Billedet til Kunstmuseet (den kgl. Malerisamling) saa skriver jeg til dem i Mrg. Kl. 8 tog jeg saa til Lyngby og snakkede med Schous og Madsens som bor i Holsøes Hus. Hilsen fra Bertrams og Schous. Den første Dag var jeg hos Broes saa paa den frie med Karen og traf Uglen, derefter hos Eckhardts saa paa Peters Udstilling derefter Oppermanns og Bister. Saa hos Dede, han var ikke hjemme, til Middag og i Theatret med Broes. Birthe kan ikke besøge os før til Efteraaret. I Dag skal jeg til Middag hos Peters, i Morgen hos Birthe sammen med Schous og paa Lørdag hos Schiølers. I Morgen skal jeg til Fernis Rump og Grossel hvis Portrættet er kommen. Du forstaar at der ikke maa tales om det Madsen har noget med Tilbudet af Billedet at gøre. Slott M har skreven Tilskueren fuld om Udstillingen, Madsen og Hannover skriver i Politiken, Michaelis i Kjøbenhavn og Gudmund Hintze kommer igen en af Dagene at de gider. Peter meget optaget af det. Jeg blev glad ved at skrev Du savner mig lidt, jeg har følt mig saa ensom i lang Tid. Jeg kan ikke sende Gr. Penge, kan ingen faa fra Akademiet endnu, saa maaske i Mrg hos Permin eller Rump. Brandt har solgt en Aquarel til 50kr. , Din JL</t>
   </si>
   <si>
+    <t>1910-03-31</t>
+  </si>
+  <si>
+    <t>Max Levig</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Max Levig</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Max Levig bekræfter modtagelsen af kr. 2000,- som betaling for Peter Hansens "Plovmanden".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uLbv</t>
+  </si>
+  <si>
+    <t>Max Levig
+Firma: Max Levig &amp;amp; Co
+TELEF. 6700
+STATSTELEF:118.
+TELEGR. ADR: "LESTER"
+X/B
+Kjøbenhavn den 31 März 1910
+Herr Konservesfabrikant M. Rasmussen
+Aktieselskabet Beauvais' Fabrikker
+Lyngbyvej 83
+Jeg stadfæster herved Modtagelsen af de med Brev af Gaarsdato remitterede Kr. 2000,-
+i Check for Billedet: "Plovmanden" af Peter Hansen.
+Med Højagtelse
+[signatur]</t>
+  </si>
+  <si>
+    <t>1910-08-22</t>
+  </si>
+  <si>
+    <t>D.S.B. meddeler at de tilbagebetaler kr.175,- i forbindelse med en sending.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6lIL</t>
+  </si>
+  <si>
+    <t>DE DANSKE STATSBANER
+GENERALDIREKTIONEN
+Kjøbenhavn B, den 22' August 1910
+.......1 Bilag. Journ. Nr. II 22820
+(Bedes anført i Besvarelsen)
+I Svar paa Deres Skrivelse af 22' Juni d. A. meddeles efter anstillet Undersøgelse, at det for Interesse i Afleveringen af den paagældende Sending beregnede Beløb Kr. 175.00 vil blive tilbagebetalt Dem i Løbet af nogle Dage. 
+Et Fragtbrev tilbagesendes
+E.B. 
+Nansen
+A/S De danske Vin og Konserves-Fabriker
+I.S. Beauvais M. Rasmussen
+Lyngbyvej 83.
+Kjøbenhavn.</t>
+  </si>
+  <si>
+    <t>1910-09-05</t>
+  </si>
+  <si>
+    <t>Jens Birkholm</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Fr. Trier
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Jens Birkholm at han fremsender med damper værket "Dante og Virgil", der skal ombyttes med "Vikingerne" og beder Birkholm anbringe versene, der hører til, ved billedet. Desuden spørger han, om komitéen (for indkøb til Faaborg Museum) skal købe Kristian Zahrtmanns "Københavns studenter drager ud til forsvar af København" på grosserer Triers auktion.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bSK9</t>
+  </si>
+  <si>
+    <t>5 September 1910.
+Herr 
+Kunstmaler Birkholm,
+Faaborg.
+J Dag er sendt med Damper til Faaborg Musæum et Maleri af Poul S. Christiansen:"Dante og Virgil ved Helvedes Port", som Musæet jo skulde have over i Stedet for "Danske Vikingers Hjemkomst" , hvilket Christiansen jo gærne vil have over for at kunne begynde at male om paa, og som De saa derfor bedes sende ved Lejlighed til ham. Jeg anser der for rigtigst at den til Forstaelse af Motivet anbringes ved Maleriet vedlagte Gengivelse af de Vers i Oversættelse,hvortil der hentydes.
+Maleriet er forsikret mod Søskade under Transporten for 2000 Kroner.
+Med venlig Hilsen
+P S:
+Danske Vikingers Hjemkomst maa helst sendes til Konservesfabrikernes Adresse Lyngbyvejen 83. De bedes nu endelig være forsigtig ved Jndpakningen, men foriøvrigt haster det jo ikke saa meget med at sende det. Det kan eventuelt vente til jeg kommer derover.
+Mener De, at vi skal købe Zahrtmanns :Studenter drage ud til Københavns Forsvar under [Fra] 3, 1888-#2' - 39' fra Grosserer Fr [Ad] Triers og Hustrus Dødsbo ,hvis det kan købes for en billig Penge?</t>
+  </si>
+  <si>
+    <t>1910-09-19</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Nicolaus Lützhøft og beder ham komme forbi sit kontor på Lyngbyvejen samme dag, eller eventuelt i morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0KvU</t>
+  </si>
+  <si>
+    <t>19 September 10.
+Herr Journalist Nic Lützhøft,
+Stormgade 25.
+J Anledning af Deres Brev af 15' da beder ejeg Dem komme paa mit Kontor i Dag mellem Kl 2 og 3½ paa Lyngbyvejen.
+Skulde De ikke kunne komme i dag, bedes De komme i Morgen Formiddag samme Sted Kl ca 11 , men jeg vilde helst have, om De kunne komme i Dag.
+Med Højagtelse og Hilsen</t>
+  </si>
+  <si>
+    <t>1910-10-19</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Københavns Skiltefabrik at levere et antal numre, der skal lige det vedlagte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Wxw2</t>
+  </si>
+  <si>
+    <t>19 oktober 10
+Københavns Skiltefabrik
+Knabrostræde 9.
+De bedes hurtigst muligt levere følgende numre i Lighed med vedlagte:
+207, 152, 205, 206, 210, 234 a, 30, 161, 70, 202, 101 a, 202 a.
+Numrene bedes sente til Faaborg Musæum, Faaborg , og Regningen til mig under Adr. Lyngbyvejen 83.
+Vedlagte Mærke bedes vedlagt de nye Mærker til Faaborg.
+Med Højagtelse
+Jndlæg.</t>
+  </si>
+  <si>
+    <t>1912-03-13</t>
+  </si>
+  <si>
+    <t>Dorthea Larsen</t>
+  </si>
+  <si>
+    <t>Aage Møller</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Emil Stephensens efterfølgers speditionsfirma erkender at have modtaget Kunstneren Ernst Goldschmidt's "Viadukt" og afsendt samme til udstilling i Berlin.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9JR9</t>
+  </si>
+  <si>
+    <t>EMIL STEPHENSENS EFTF.
+A U G G I H M. Kjøbenhavn, den 13. Marts 1912.
+SPEDITIONSFORRETNING
+Amaliegade 29.
+Telefoner: 5965 &amp;amp; 5985
+Telegramadresse:
+E S T E P H.
+A.B.C. OG LIEBERS CODE.
+Herr Kontorchef Møller
+Lyngbyvej 83.
+Jeg erkender herved at have modtaget Kunstneren Ernst Goldschmidt's "Viadukt" og afsendt samme til Udstilling i Berlin.
+Med Højagtelse
+EMIL STEPHENSENS EFTF
+[ulæselig signatur]</t>
+  </si>
+  <si>
+    <t>1912-04-13</t>
+  </si>
+  <si>
+    <t>Louis Henius</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Louis Henius, at han synes de 40 aftryk, han har fået ud på sit kontor er de kønneste. Hvis der er 10 til af samme slags vil MR gerne have dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nkI0</t>
+  </si>
+  <si>
+    <t>13' April 1912.
+Herr Redaktør Henius,
+Jllustreret Tidende.
+De 40 Aftryk jeg fik herud paa Lyngbyvejen finder jeg er langt de kønneste, og hvis De har 10 til af samme Slags, vilde jeg gærne have dem.
+Jndlagt sender jeg Tegningen med Numrene ,som De som vi aftalte saa bedes klistret paa Pap og forsyne med Navne, samt indramme.
+Derefter bedes De sende mig Regning paa det hele.
+Alle Aftrykkene ligge i Skjoldsgade 10, hvor De bedes lade dem afhente og rette de fejle Navne.
+Med Højagtelse
+M Rasmussen
+Jndlæg.</t>
+  </si>
+  <si>
+    <t>1912-07-02</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender check til bank i Kerteminde til at sætte ind på Fritz Sybergs konto.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6YA5</t>
+  </si>
+  <si>
+    <t>2' Juli 1912.
+Kjerteminde Sparekasse,
+Kjerteminde.
+Efter Anmodning af Maleren Fritz Syberg fremsendes hermed Cheque Kr. 1866,oo , som bedes indsat paa en Bog, Herr Syberg skriver er deponeret hos Dem.
+Kvittering bedes sendt omgaaende til mig.under Adresse Lyngbyvej Nr. 85.
+Ærbødigst 
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1912-10-20</t>
+  </si>
+  <si>
+    <t>Henrik Sachs</t>
+  </si>
+  <si>
+    <t>Ludvig Mylius-Erichsen
+Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Henrik Sachs skriver til Mads Rasmussen om Kai Nielsens vanskelige økonomiske situation og beder om Mads Rasmussen hjælp til at finde en løsning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rzCL</t>
+  </si>
+  <si>
+    <t>HENRIK SACHS
+OVERRETSSAGFØRER. Kjøbenhavn, d. 20 Okt. 1912
+HOLMENS KANAL 6
+TELF. BYEN 2808 Y.
+Kl. 10-3 Tlf. 4423 og 6885 (Oks. A In.. Kontor)
+Hr Etatsraad M Rasmussen R. af Dbg.
+Lyngbyvej
+Da det ikke er lykkedes mig at træffe Etatsraaden i den forløbne Uge, tillader jeg mig denne Henvendelse ang. Billedhugger Kaj Nielsens Forhold. Hans Pengesager befinder sig mulig i Øjeblikket paa et Kritisk Punkt, og jeg tør gaa ud fra, at De gerne vil være behjælpelig med at fjerne de Vanskeligheder, der frembyder sig. Trods al anvendt Økonomi og forsigtig Administration er Forholdet nu det, at der trænges til et Beløb af henved 2000 Kr. En af de nærmeste Dage, vil Mylius - Erichsen Monumentet blive afleveret og dermed forfalder en Række Forpligtelser, hvilket er saa meget mere pinligt, som den Sagfører der tidligere har administreret Kaj Nielsens Pengesager, har Transport paa hele Entreprisesummen, hvilket jeg desværre først har faaet at vide for en Uges Tid siden. Jeg anser det herefter for unødvendigt snarest muligt at tilfredsstille den nævnte Sagførers Krav, men for at kunne gøre dette og samtidig fyldestgøre andre paatrængende Forpligtelser maa der kunne disponere over ca 2000 Kr. Det er hertil jeg tillader mig at udbede mig Etatsraadens Bistand , idet jeg anmoder om, at der maa blive foretaget følgende Ændring i den mellem Dem og Kaj Nielsen oprettede Kontrakt. 
+Etatsraaden giver Tilladelse til , at der maa trækkes straks indtil 2000 Kr paa Kassekrediten i Revisionbanken. Til Gengæld udskydes den kontante Betaling, der efter Kontrakten skulde udbetales, naar Statuen staar halv færdig i Sten, til et Tidspunkt, det ligger ligesaa lang Tid efter at Italien er halvfærdig, som Udbetalingsordren til Banken ligger før den Tid Statuen er halvfærdig. Da dette formentlig vil være Tilfaldet hen i December Maaaned, vil altsaa de 2000 Kr. , der skulde have været betalte til den Tid, først være at udbetale omkring 1ste Marts.
+Da Sagen som det vil fremgaa af ovenstaaende har ikke ringe Hast vil jeg tillade mig i Løbet af Dagen i Morgen at forespørge gennem Telefonen, naar jeg vil kunne træffe Etatasraaden personlig.
+Med Højagtelse
+Deres ærbødige Henrik Sachs</t>
+  </si>
+  <si>
+    <t>1914-03-20</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Holger Grønvold
+Frederik Hendriksen
+Johannes V. Jensen
+Peter Magnussen
+Joakim  Skovgaard
+Christine Swane
+Sigurd  Swane
+Fritz Syberg
+Oscar Wandel
+Sigurd Wandel
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>"Trækfuglene": St. St. Blichers Trækfuglene med Johannes Larsen træsnitsillustrationer. De omtalte tryk, som Larsen vil have Alhed til at sende, er formodentlig fra samme bog.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen vil ikke have sit "Møgflag" med på udstilling. Han har malet et billede af svaner i søen og et af hvinænder, og han har vandret en meget lang tur for at male lyng og en urhane samt et større billede af søen. 
+Larsen spørger, om Alhed har sendt "Resten af trækfuglene" til Johs. V. Jensen m.fl. Han beder hende sende tryk til diverse personer samt tegne- og skrivepapir.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QRKY</t>
+  </si>
+  <si>
+    <t>Kirkeby 20 Marts 1914
+Kæreste Alhed!
+Der er en Ting jeg har glemt sidste Gang jeg skrev. Jeg er ikke sikker paa at Du hørte i telefonen, den Aften det var saa utydeligt, at jeg bad for at det Møgflag ikke maate blive sendt ind, i hvert Fald kunde jeg ikke høre at Du svarede. Jeg skrev forleden til Swane og ogsaa der glemte jeg at bemærke at jeg Fandens nødig vil have det hængt op. Jeg malede 2 Billeder i Gaar, et Graavejrsbillede med Svaner i Søen og et Eftermiddagsbillede mod Solen med et Par flyvende Hvinænder. I Morges fik jeg min frokost i Lommen og en Bayer og vandrede 1 ½ Mil om til Sydenden af Søen med fuld oppakning og 2 Lærreder det var en drøj Tur, jeg fik malet 2 Billeder et Lyngbillede med en flyvende Urhane og et større Billede med Søen og Svaner. Til dem begge havde jeg god Belysning i Begyndelsen men det var snart forbi og i det Hele et ækelt Blæstvejr. Hjemturen var dog den værste, jeg var 2 Timer om at kravle hjem, men nu sidder jeg rart og nyder en Cigar efter Middagen mens jeg skriver. Har Du sendt Resten af Trækfuglene. (Johs V. Grønwold Th. o.s.v. ?? Kunde Du og Christine ikke læsse nogle Tryk ud og lægge i en Konvolut og sende til Hendriksen, Skovgaard og Wandel eventuelt W &amp;amp; M hvis I kan overkomme det. Jeg vilde gerne have at de skulde have dem før Udstillingen. Du husker nok at sende mig noget Papir, baade Skrive- og Tegnepapir (Du ved det af Baronens, det ligger vist paa mit Bord. Det glædede mig at høre at Anders virker med Gangene. Mange Hilsner og Kys Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-10-02</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Peter Hansen komme til sit kontor næste dag, da der er noget, han gerne vil tale med ham om.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JTD2</t>
+  </si>
+  <si>
+    <t>2'Oktober 14.
+Herr Peter Hansen :
+Hvis De kan det, vilde jeg gærne have, om de kunde [mangler]it Kontor paa Lyngbyvej 83 i Morgen, Lørdag Formid[dag. D]er er noget, jeg gærne vilde tale med Dem om.
+Med venlig Hilsen forbliver jeg</t>
+  </si>
+  <si>
+    <t>1915-04-14</t>
+  </si>
+  <si>
+    <t>N.M. Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 32</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender check til snedkermester N.M. Rasmussen for møbler udført til museet i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uiH0</t>
+  </si>
+  <si>
+    <t>14 April 1915
+Herr Snedkermester N.M. Rasmussen
+Holbæk
+Hoslagt følger i Contanter Kr. 1074 41 a Conto for Møbler til Musæet i Faaborg. Deres [og] Kvittering imødeses sendt til Lyngbyvej 83 St
+Med Højagtelse
+for M Rasmussen
+[xxxxxxxxx]</t>
+  </si>
+  <si>
+    <t>1915-07-13</t>
+  </si>
+  <si>
+    <t>J. Amtoft</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm
+Jens Birkholm</t>
+  </si>
+  <si>
+    <t>Sagfører Amtoft beder Aage Møller undersøge hvor meget der skyldes til rest til afdøde Jens Birkholm. Hans søster, som har arvet ham, skal bruge beløbet i forbindelse med oplysninger vedr. arveafgift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aVPI</t>
+  </si>
+  <si>
+    <t>J. AMTOFT,
+SAGFØRER.
+TELEFON 41 - 251 1916/633 1917/635 Faaborg, den 13/7 15
+Herr Kontorchef Aage Møller.
+Beauvais Fabriker - Lyngbyvej 83 - København.
+I Følge Anmodning af Hr. Etatsraad Mads Rasmussen beder jeg Dem undersøge og meddele mig, hvormeget der skyldes til Rest til afdøde Kunstmaler Jens Birkholm for de af ham i sin tid leverede Malerier til Museet, her.
+Frk. Birkholm, der arver sin Broder, skal benytte Beløbet som Opgivelse med Hensyn til Arveafgift og hverken hun eller Etatsraaden kender Beløbets Størrelse, men Etatsraaden mener, at De vil kunne finde det i Bøgerne og Regnskabet.
+Med Hilsen,
+Deres ærbødige
+J. Amtoft</t>
+  </si>
+  <si>
+    <t>1915-08-19</t>
+  </si>
+  <si>
+    <t>Kai Nielsen
+Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver bl.a. om et udestående beløb til Carl Petersen. Aage Møller bedes udbetale beløbet under forudsætning af, at arkitekten for egen regning kommer til Faaborg, når soklerne til skulpturerne skal optages til drøftelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OY6f</t>
+  </si>
+  <si>
+    <t>Faaborg den 19 August 1915
+Lyngbyvej 83. Str.
+Hr. Kontorchef Aage Møller
+København.
+Som De vil erindre skal Arkitekten have Kr. 1ooo,oo I Extrahonorar, hvoraf dog de Kr. 3oo,oo allerede er udbetalt.
+Jeg forespurgte derfor Arkitekten om han ønskede Restbeløbet Kr. 7oo,oo udbetalt i Rater eller paa en Gang.
+I Dag har jeg faaet Brev og fremgaar det af samme, at Arktikten gerne vil have hele Restbeløbet udbetalt nu.
+Jeg beder Dem udbetale Kr. 7oo,oo paa Betingelse af, at Arkitekten uden ekstra Regning kommer til Faaborg,naar Soklerne til Skuplturerne skal optages til Drøftelse.
+Hr. Kaj Nielsen er f.T. i Norge og der menes at ville hengaa ca. 2 Maaneder inden han kommer hjem.
+Arkitektens Mening m. H. til disses Udførelse afviger en Del fra Hr. Kaj Nielsens Opfattelse, hvorfor jeg naturligvis vil sikre mig mod at faa extra Regninger ved Rejse hertil.
+Arkitekten maa desuden være klar over, at der heller ikke kan præsenteres extra Regning ved Ophængning af det elektriske Lys i Musæet.
+Med Højagtelse.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-11-20</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm</t>
+  </si>
+  <si>
+    <t>-  Dam-Nielsen
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen mener at have fået oplyst af Peter Hansen, at de billeder begge skulle koste 200.- kroner, men går ud fra, at Peter Hansen har taget fejl og betaler så 500 for dem begge tilsammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nlv6</t>
+  </si>
+  <si>
+    <t>20 Novb. 15
+Frøken T h e a B i r k h o l m
+Dr. Olgasvej 5 3.
+Deres Brev af 18ds. har jeg modtaget.
+Peter Hansen har sagt til mig, at Faaborg Havn skulde koste 200 Kroner og det andet ogsaa 200 Kroner, men jeg gaar ud fra, at Peter Hansen har taget fejl og betaler saa 500 Kroner for dem begge. De bedes sende mig Regningen, jeg sendte tilbage til Dem, og jeg skal saa sende Beløbet til Overretssagfører Dam Nielsen.
+Med venlig Hilsen
+M Rasmussen
+Regningen bedes sendt under Adresse Lyngbyvej 83.</t>
+  </si>
+  <si>
+    <t>1916-05-28</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Kai Nielsen
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 33</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver til Aage Møller for at få på plads, hvilke arbejder af Kai Nielsen, der er truffet aftale om til museet for at det kan være korrekt i kataloget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aEqR</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 28 Juli 1916
+Kære Hr. Direktør!
+I Korrekturen til Hr. Lützhøfts Katalog for Faaborg Museum er der ved Kai Nielsens Arbejder Tale om en Forøgelse med Afstøbninger af fremtidige Arbejder. De eventuelle Forpligtelser Kai Nielsen har skulde her ikke gærne have en forkert Form, og Lützhøft har derfor anmodet mig om at skaffe Sagen oplyst. Saa vidt jeg ved findes der en Udtalelse derom paa en af de Kontrakter som Kai Nielsen har med Etatsraaden, dog ikke Kontrakten om Brønden, som jeg har Kopi liggende af. Da Kontrakten vist beror i Deres Værge, beder jeg om Ordlyden af dens paagældende Passus maa blive fundet frem og tilsendt mig.
+En venlig Hilsen fra Deres ærbødige
+[tilføjet i blyant:) Carl Petersen
+Sendt Kontrakten
+12/4 1910 Om en [ulæselig] Pige</t>
+  </si>
+  <si>
+    <t>1922-03-20</t>
+  </si>
+  <si>
+    <t>Marius Høi
+Martin Haahr
+Christen Lyngbo</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på rekreation hos sin søster i Birkerød.</t>
+  </si>
+  <si>
+    <t>Brevet er indleveret på Det kongelige Bibliotek af Larsen-familien.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet seks billeder under dette ophold på Henne Kirkeby Kro. Han maler nogle glas i vinduet med en blå hyacint og gækker.
+Han går på jagt og er til middag hos den lokale maler Christen Lyngbo.
+Der holdes stort bryllup på kroen, så Johannes Larsen flytter et par dage hen til Martin Haahr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G3Rz</t>
+  </si>
+  <si>
+    <t>Mandag 20/3 1922
+Kæreste Alhed!
+I Gaar fik jeg malet et Par Billeder d.v.s. det sidste fik jeg ikke helt færdigt da det begyndte at regne. I Dag har jeg siddet inde og malet nogle Glas i Vinduet med en blaa Hyacint og nogle Gækker, det har nemlig blæst med Snebyger. Jeg har nu faaet lavet 6 Billeder og tror jeg er godt i gang. Marius Høj er her i Dag saa jeg tager med Martin ud i Eftermdg og ser om jeg kan skyde en Gaas. Lyngbo var her i Gaar og inviterede mig hen til sig i Aften hvad jeg ikke er videre henrykt over da jeg hellere vilde blive hjemme og gaa i Seng. Jeg haaber at faa Brev fra Dig i Dag, men Posten kommer næppe før vi er gaaet saa Du kan altsaa ikke faa Svar paa det denne Gang.
+Mange kærlige Hilsner 
+Din JL.
+Her skal være stort Bryllup i Morgen 60 til Frokost og 150 til Middag og Dans om Aft. Næste 60 til Middag og 150 Unge til Dans om Natten, der er kommen flere Vognfulde Proviant i Dag. Jeg flytter over til Martin for at faa Nattero og lukker mit Værelse af. Det nu Tiden at Posten skal være her, jeg er spændt paa om han eller Martin kommer først, ja nu kom Martin men vi har vedtaget at vente paa Posten. Ja der var nok ingen Ting fra Dig, men en Del hjemme fra.
+JL.</t>
+  </si>
+  <si>
+    <t>november-december 1924</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Kruusesmindevej 3A, 4220 Korsør
+Frederiksdal, Lyngby
+Hareskoven, Furesø Kommune
+Christiansø, Gudhjem</t>
+  </si>
+  <si>
+    <t>Lars Hedelund
+Karl Isakson
+Johan Larsen
+Johannes Larsen
+Leo Swane
+- Thomsen, Kerteminde
+Laura Warberg
+Hanne With</t>
+  </si>
+  <si>
+    <t>Alhed Larsen fik i september 1924 nogle hjerteanfald, og i november-december samme år var hun på Hareskov Sanatorium.
+Andreas Larsen var i gartnerlære hos Hedelund i Stige ved Odense.
+Johan Larsen var studerende ved Landbohøjskolen. 
+Det kan ikke afgøres, hvilken Thomsen det er, Andreas Larsen skal give fotografierne og træsnittene til. Larsen-familien kendte mange af dette navn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed, Leo Swane (Skriveswane) og Johan Larsen har været på tur i Hareskoven med portvin, og de spiste aftensmad på Frederiksdal. Alhed beder Andreas Larsen om at finde fotografier af huset og haven og pakke dem sammen med nogle træsnit. Hun vil gerne give sygeplejersken og lægen træsnit og vise Frk. With hus og have. With bor til hverdag på Christiansø og har kendt Isakson og de øvrige malere.
+Bagpå brevet er skrevet en beretning om en ko med Danmarksrekord i mælkeydelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5bZM</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Du er rigtignok forfærdelig sød til at skrive til mig, jeg nyder Dine Breve, og det er rart at faa lidt at grine af! – Jeg kan ikke rigtig huske, hvornaar jeg sidst skrev til Dig, altsaa hvad jeg har fortalt Dig. Men jeg har da vist ikke skreven i denne Uge. I Mandags var Lysse og Skriveswane herude. De kom ved ½ 3 Tiden og vi gik en ganske dejlig Tur i Hareskovene. Du kan ikke tænke Dig, hvor de[t] er dejligt, meget cuperet Terræn og store Strækninger med gammel Granskov. Vi havde bevæbnet os med ½ Fl. Portvin, som vi nød ved et Hvil i Skoven og Godsejeren, der jo altid er nødlidende, nød ganske alene dertil en Sandkage til 50 Ør. Samt sin Part af en Plade Chokolade. Vi endte paa Frederiksdal Kro – jeg havde bedt mig fri fra Aftensmad – hvor vi spiste Flæsesteg og drak Kaffe. Vi morede os udmærket og det var en rar Afvexkling fra den daglige ensformighed. – Hør, lille Gamle, hvis Du kommer hjem paa Søndag, kunde Du dog saa ikke sende noget til mig, eller rettere lede det frem, pakke det i papir og give det ned til Thomsen til Besørgelse om Mandagen. Her er en gl. Frk. With, som jeg saa gærne vilde vise nogle Billeder fra Hus og Have hjemme, kunde Du ikke sende en af de Mapper fra ”Vore Damer”, Lysse mener hans ligger 2 [sidetal] i hans Værelse, enten frit eller i en af hans Skuffer, eller ogsaa ligger der en i det store Skab i Værkstedet. Men der er jo saa faa fra Haven, mon der ikke ligger et Amatøralbum i Dagligstuen samt nogle løse paa den Hylde i det store Skab, hvor der ligger Fotografier. – Og saa nogle Stykker mindre Træsnit. – Bekasin – Træpikker o.s. [de to bogstaver overstreget] o.s.v. jeg skulde gærne give et Sygeplejerske et og et Gejrfugle eller Pelikantryk til Doktoren, men pas paa de er signerede, jeg fik Din Far til at signere en hel del i Efteraaret. Træsnittene kan godt lægges mellem Fotografierne. Men det rimeligste er vel at Du ikke kommer hjem, da Du var hjemme i Søndags, saa er der jo ikke noget at gøre. Den Frk. With er det morsomste Menneske her er, hun er storartet, har bot 24 Aar paa Kristiansø, har kendt Isakson og alle de andre Malere. Hun er meget Haveinteresseret, passer selv Hus, Have og sine Bier, hun er ligeved 70. 
+Bedstemor var herude i Gaar, Mareje i Dag. Hør, hvor kan dog Fru Hedelund undvære Vina eller har I faaet en anden? Sikken Frost det er bleven nu, gaa nu ikke og forkøl Dig søde Gamle! Nu skal jeg i Seng og læse lidt Dickens, inden jeg sover, jeg læser en Stump hver Aften.
+1000 Hilsner Din
+Mor.
+Hvordan ser Drivhusene ud? hjemme mener jeg. 
+[På brevets side 2, bagsiden:]
+¼ kg Kaffe
+½ hugget Sukker
+1 Melis
+[Det følgende på hovedet i forhold til det forrige:]
+Ko Nr 38 paa Kruseminde ved Korsør; efter Tyren Tjalfe II har i Aaret indtil 1. Okt naaet en Aarsydelse af 13,236 kg Mælk med 3,82 % Fedt og 526 kg Smør. Denne Ydelse er efter 3. Kalv idet den kælvede 3 Gange 7 Okt 1923. Rekord for Danmark. No 38 vejer henimod 600 kg Dens højeste Dagsydelse er 47,3 Mælk og i en Periode af 80 Dage var den daglige Mælkeydelse gennemsnitlig 45,5 kg.</t>
+  </si>
+  <si>
+    <t>1924-11-11</t>
+  </si>
+  <si>
+    <t>Hareskoven, Lyngby</t>
+  </si>
+  <si>
+    <t>Oluf -
+Xenia Jacobsen
+Jens Jensen
+Johan Larsen
+Johannes Larsen
+Karl Madsen
+Kai Nielsen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen havde i september 1924 nogle hjerteanfald, og en speciallæge anbefalede et ophold på Hareskov Sanatorium, hvor hun var november til december samme år.
+Andreas Larsen var i samme periode i gartnerlære i Stige nær Odense, og Johan Larsen var studerende ved Landbohøjskolen.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen blev kørt til Sanatoriet i Brygger Jacobsens bil, og hun fik en buket roser af Fru Jacobsen. Da Johannes og Johan Larsen og Alheds mor kørte igen, følte hun sig dårligt tilpas mellem alle de fremmede. Hendes værelse er dejligt. Der er 50 kurgæster, og der serveres diætkost. Alhed lægger lidt afstand til de øvrige gæster. Hun ligger hver dag en time udendørs, godt indpakket, og går tur to gange dagligt.
+Kai Nielsens begravelse var storslået med mange gæster og tale ved Karl Madsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w206</t>
+  </si>
+  <si>
+    <t>Kære, søde Gamle!
+[Et overstreget, ulæseligt ord] Nu har jeg været her et Par Dage og nu maa jeg se at faa skreven lidt til Dig, at jeg kan begynde at vente Brev fra Dig igen. Jeg kørte herud Lørdag Kl. 2 ½ og Du kan tro, jeg kørte fint. Fru Brygger Jacobsen sagde Dagen før til Las, at deres Vogn skulde køre mig herud, og saa sendte hun en dejlig Buket Roser med, 10 store langstilkede mellemrøde Roser med en vidunderlig Duft; de er endnu helt friske, skønt det er Tirsdag. Jeg ringede til Bedstemor om hun vilde have Turen med hvad hun modtog med Begejstring, Din Far og Lysse var ogsaa med. Da de kørte fra mig, vil jeg ikke sige andet end at jeg følte mig lidt ilde til Mode, ikke for Ensomheden men for alle de fremmede Mennesker, jeg var ikke mange Penge Værd, da jeg skulde gaa over til det første Maaltid. Jeg var i en af Sidevillaerne ”det norske Hus” hvor jeg har et rigtig yndigt lille Værelse med Centralvarme, 2 Kurvestole med Puder, noget mere komfortabelt end Dit, kan Du nok høre. Her er c. 50 Kurgæster, hvad de kalder ”faa”, det er en mægtig Historie, vi spiser i 2 Spisestuer og Bordene er ordnede efter Diæten, ved mit Bord faar vi let Kost, lyst Kød og mange Grøntsager – i Gaar f.Ex: Blomkaalssuppe, stegte Pastinakker med Grønærter Frugtgrød. Ved et Nabobord sidder de fede, der skal afmagres, de ser fæle ud. Mine Bordfæller er rigtig flinke og venlige, men jeg holder dem lidt 3 Skridt fra Livet, man skal vist være meget forsigtig saadan et Sted med at rode sig ind i noget. Allerede om Søndagen foreslog en lille Sludrekone fra Lolland 3 Gange at vi skulde gaa lange Ture sammen, men da det ogsaa 3die Gang lykkedes mig at sige noget Sludder uden at svare paa det, trak hun Følehornene til sig og er nu lidt sur mod mig, hvad der er bedre. – Hver Dag fra 10-11 ligger jeg i Liggestol eller rettere paa en aaben veranda indpakket i Kaabe og Uldtæpper og glor op paa Skyerne og paa Graaspurvene i Tagrenden, det er yndigt. Det er jo et henrivende Vejr i disse Dage og naar man kommer lidt bort fra alle de væmmelige Villaer, er her smukt. I Gaar var jeg en lang tur i Hareskoven, jeg gaar to Gange om Dagen. –
+Du kan ikke tænke Dig hvor Kajs Begravelse var storslaaet. Tusinder af Mennesker stod udenom Søen (Du har læst om det i Avisen) og hørte paa Karl Madsens smukke Tale ved Graven i fuldkommen Tavshed og mange glemmer aldrig den Stemning og det pragtfulde Syn af de brogede Trær, Søen og det skønne Vejr. – Naa nu skal jeg ud lille Gamle, skriv snart og fortæl mig hvordan Du har det, om Du savner Jens og Oluf meget, hvordan det gaar med Arbejdet, om I har faaet en Lille o.s.v. 1000 Hilsener fra Din Mor.
+Tirsdag 11te Nov. 24</t>
+  </si>
+  <si>
+    <t>1924-11-26</t>
+  </si>
+  <si>
+    <t>Sven Strindberg</t>
+  </si>
+  <si>
+    <t>Sophus Clod Svensson</t>
+  </si>
+  <si>
+    <t>Stockholm</t>
+  </si>
+  <si>
+    <t>Stockholm
+Condelius Amaliesvej, Kgs. Lyngby</t>
+  </si>
+  <si>
+    <t>Sophus Clod Svensson
+Johannes Larsen
+Sven Strindberg</t>
+  </si>
+  <si>
+    <t>Der findes ikke en vej i Kgs. Lyngby med navnet Condelius Amaliesvej. Condelius er også et mandenavn. Der må være tale om Caroline Amaliesvej.</t>
+  </si>
+  <si>
+    <t>Chefen for Liljevalchs Konsthall i Stockholm rykker for bind 2 af Johannes Larsens Ederfugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6gef</t>
+  </si>
+  <si>
+    <t>Fortrykt:
+Stockholm d 
+Herefter 26-11 1924.
+Herr S. Clod Svensson,
+Condelius Amaliesvej 74,
+Kgs. Lyngby,
+Danmark.
+Den 11 dennes meddelade Ni at Johannes Larsen var ombedd att
+sända oss 1 exemplar "Ederfugle II". Vi ha ännu ikke fået emottaga bladet och
+då detta är det endda felande til det parti grafika, som Nationalmuseum köp-
+tein, vore vi angelägna om at faa det, på det att likviden från museet må er-
+hållas.
+Då vi ej ha Larsens adress få vi anmode Eder att påskynda bladets 
+avsända.
+ÅMed utm[a]rkt h[ø]gaktning
+Liljevalchs Konsthall (stempel)
+Sven Strindberg.</t>
+  </si>
+  <si>
+    <t>1924-12-09</t>
+  </si>
+  <si>
+    <t>Frederiksdal, 2800 Lyngby</t>
+  </si>
+  <si>
+    <t>Gris -
+Nicolai Abildgaard
+- Birch, ingeniør
+-  Finsen, København
+Esben Hansen
+Johan Larsen
+- Larsen, redaktør
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Christine  Mackie
+Kjeld Tutein
+Peter Tutein
+Gotfred Tvede</t>
+  </si>
+  <si>
+    <t>Godsejeren er Alhed og Johannes Larsens søn Johan.
+Lützhøft-parret boede i Stormgade, København og blev kaldt Stormgaderne.
+Spurveskjul er en stråtækt villa ved Frederiksdal opført af maleren Nicolai Abildgaard efter hans egne tegninger i 1805-1806. Efter en rejse til Italien var han inspireret til at bygge huset med sal med tøndeloft, kraftige farver på væggene og have med italienske vækster. kulturarv.dk/100fortaellinger/da_DK/spurveskjul (lokaliseret juni 2018).</t>
+  </si>
+  <si>
+    <t>Det var godt, at Esben Hansen gav Andreas Larsen 100 kr, men forretningen går også godt. Ingeniør Birch har således bestilt et maleri.
+Johan Larsen har været på besøg. Alhed Larsen har ledt efter huset Spurveskjul, men det blev mørkt, og hun fik i stedet kaffe på en kro. En af Alheds bekendte er kommet ind som patient på sanatoriet. Johan har bestilt en smokingjakke, fordi han skal til middag og dans på Nimb, og nu må Andreas også sende en ønskeliste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O1Eq</t>
+  </si>
+  <si>
+    <t>Tirsdag 9ende Dec. – 24
+Undskyld Blækstiften, men det er saa meget nemmere.
+Kære søde Gamle!
+Tak for Kort og Brev, Du er rigtignok flink til at passe mig. Det glæder mig meget, at Esben stak Dig 100 Kr., det manglede ogsaa bare, Godsejeren nyder jo mangen en lille Extraforplejning samt af og til en Extra Lap. Forretningen gaar sandelig ogsaa fint. Nu forleden kom der en Bestilling paa et Maleri over en Kamin fra en Ingeniør Birch, der var vedlagt en Arkitekttegning af Tvede. De havde faaet min Adresse opsnuset og bad mig sende det videre. Nu vil jeg haabe, det gaar i Orden, der var Brev med Spørgsmaal om Pris o.s.v. jeg vil anslaa det til 3000. – Jo Tak, jeg har det godt. I Lørdags Aftes ringede jeg til Lysse, om jeg ikke fik et lille Besøg om Søndagen. Jo, det havde havde [”havde” overstreget] han jo ogsaa tænkt paa, men saa var han bedt til Finsens med Stormgaderne, de skulde være der Kl. 1. Men saa tog han herud med et tidligt Tog og vi var sammen et Par Timer og havde det rart. Om Eftermiddagen gik jeg ud for at finde ”Spurveskjul”, Du ved den gamle Villa (der er noget med Abildgaard). Jeg opgav det imidlertid, da jeg var bange det skulde blive for mørkt, det er gennem Skov hele Vejen. Paa Hjemturen var jeg inde paa Frederiksdal Kro for at drikke mig en hurtig Kop Kaffe, og der fik jeg at vide af Værtinden, at jeg havde været kun 10 Minuttersvej fra Spurveskjul, men det var saa taaget, at jeg ikke kunde se det. Der var for Resten henrivende i Skoven, alt saa saa fantastisk ud i den tætte Taage. – Gris kom herud som Patient i Gaar, Overanstrengelse og Nervøsitet, jeg skal ud at spadsere med hende om lidt, desværre skal hun i Liggestol fra 2 - 3 og saa drikke The 3 ½ saa det bliver næsten mørkt, inden vi kan komme ud. Hør søde Gamle, vil Du ikke nok sende mig en Ønskeseddel, har Du ikke noget rigtig godt Du kan ønske Dig, Bøger, noget til Cyklen, tænk Dig godt om, og send mig mange og gode Ønsker, ogsaa mindre Ting til andre, Lysmanden fik i Lørdags Lov at bestille sig en Smokingjakke, saa Du kan nok forstaa, jeg gærne vil give Dig noget pænt. Han skal til Middag (med Dans!) hos Nimb d. 17de inviteret af Redaktør Larsen der skal til Amerika en Tid, og derfor laver Afsked. Tuteinerne og Stormgaderne skal der ogsaa. Han er Søn af Marie Larsen og en kvik Fyr, Meme og jeg har været sammen med ham hos Tuteins. Den gode Godsejer morer sig svært, men de siger han ogsaa er temmelig flittig. – Send mig nu Ønskesedlen søde Gamle, Du som altid er saa flink til at finde paa til andre, maa ogsaa nok kunde finde paa noget til Dig selv. 1000 Hilsner Din Mor</t>
+  </si>
+  <si>
     <t>1933-11-30</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>Ragnhild -
 - Bendtsen
 Harald Bing
 Johannes Nicolaus Brønsted
 Achton Friis
 Georg Jacobsen
 Frithiof Kemp
 Anker Kyster
 Adolph Larsen
 Andreas Larsen
 Musse Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Karl Madsen
 Harald Nyborg
 Hubert Paulsen
 Valdemar Rørdam
 Karl Schou
 Sigurd  Swane
 Peter Tutein</t>
   </si>
   <si>
     <t>Fehr blev i 1926 grundlagt som forhandler af Ford biler med afdelinger i flere fynske byer. I 2003 ophørte firmaet. (Internet-søgning jan. 2022).
 Det vides ikke, hvem Ragnhild var. 
 Foch var Johannes Larsens hund. Den døde i aug. 1933.
 Hovrättsråd: Dommer ved appeldomstolen, som er den næstøverste domstol i Sverige. (Wikipedia jan. 2022).</t>
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Leo Swane og bankdirektør Jacobsen har fået Ny Carlsbergfondet og Odense Kommune med på, at Johannes Larsen skal dekorere festsalen på Odense Rådhus. Han har flere bestillinger på billeder og betaler et afdrag på bilen med malerier. 
 Larsen har med søn og svigerdatter været på udstilling og tur til Sjælland. Han har også været på klapjagt. 
 Larsen har købt en hundehvalp. 
 Johan/Lysse må kontakte hovrettsråden. 
 Achton Friis har været på 14 dages ophold på Møllebakken. 
 En mår har taget et par af Larsens høns.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kR28</t>
   </si>
   <si>
     <t>Kjerteminde 30 Nov. 1933.
 Kære Lysse og Bimse!
 Tak for sidst! Vi blev en Uges Tid eller mer i Kjøbenhavn inden vi kom derfra og har for Resten ført en temmelig urolig Tilvær [resten af linjen mangler] siden. Mens jeg var derinde fik jeg at vide [resten af linjen mangler] Skriveswane og Bankdirektør Jacobsen [resten af linjen mangler] faaet Odense Kommune og Ny Carl[resten af linjen mangler] til at bevilge henholdsvis 10000 og [resten af linjen mangler] i alt 30.000 Kr til at lade mig deko [resten af linjen mangler] Festsalen i Odense Raadhus for, [resten af linjen mangler] solgte jeg et Billede til 2000 Kr til [resten af linjen mangler] for ”Schou” og et til 800 og fik 300, [resten af linjen mangler] Sandfarvetegning til Juleroser og [resten af linjen mangler] fra Berlingeren fordi de havde [resten af linjen mangler] Billede paa Galeriet til en [resten af linjen mangler] Saa har jeg faaet 1500 Kr for n [resten af linjen mangler] til en lille Bog af Rørdam/ han [resten af linjen mangler] at vi skulde dele Byttet og ment[resten af linjen mangler] vi kunde gøre Regning paa hver [resten af linjen mangler] men jeg fik dem altsaa til at give [resten af linjen mangler] hver 1500. Jeg skal lave et Billede til 1500 til Jacob Petersen og har 2 mindre Bestillinger til 500 Stk. saa der er da lidt Bevægelse i det for Tiden jeg kan vist ogsaa sælge for 500 Kr Tegninger til Karl Madsen til Randers Museum og Fehr fra Nyborg var her i Gaar og fik Billeder for Bilen for 650 Kr. i Stedet for de aftalte 500 k. Puf og Else og jeg var ovre at se Bingudstillingen i Mandags, d.v.s. vi kørte med Bendtsen til Nyborg og tog over med Færgen, hvor Musse Larsen, [begyndelsen af linjen mangler] Madsens Værtinde) holdt med sin Bil [begyndelsen af linjen mangler] at hente os, hun fik Bil i Foraaret [begyndelsen af linjen mangler] at hente og bringe os naar [begyndelsen af linjen mangler] til Kjøbenhavn. Vi spiste Fro [begyndelsen af linjen mangler] Postgaarden i Ringsted og [begyndelsen af linjen mangler] ind til Selskabstunder [begyndelsen af linjen mangler] i Industribygningen og derfra og satte M.L. af og kørte [begyndelsen af linjen mangler] til Magisteren hvor vi satte [begyndelsen af linjen mangler] i Tirsdags kørte til Lyngby [begyndelsen af linjen mangler] Frokost sammen med [begyndelsen af linjen mangler] Ragnhild, hvorefter M.L. og [begyndelsen af linjen mangler] os til Korsør, hvor vi spiste [begyndelsen af linjen mangler] Jeg var som Kemps Stedfor [begyndelsen af linjen mangler] til en Klapjagt paa Tybrind [begyndelsen af linjen mangler] Sabsvedel fortalte mig at han havde 6 Hvalpe af fin Afstamning hvor af den ene var Fochs ”utrykte Bilde”. Da vi nogle Dage senere var paa Jagt hos Klaks, sammen med Agraren (Puf havde været med mig ude hos Harald Nyborg Dagen før og faaet en Bøsse og Bøssekuffert) tog vi efter Jagten hen paa Fønsskov og saa paa Hvalpene, og nogle Dage senere kørte Puf og jeg ned og købte, den omtalte Hvalp der bar Navnet ”Hittks”, men blev døbt om til ”Scott”. Det er for Resten en rigtig sød Hund, men ikke nogen Skønhed, bl.a har han noget meget ra[ulæseligt]tiske Forben i Smag med gamle Tæver men maaske kan det rette sig [resten af linjen mangler] har en pæn Krop og en vældig [resten af linjen mangler] Paa Jagten hos Klaks skød vi [resten af linjen mangler] Vildt, 8 Harer 15 Fasanhaner og [resten af linjen mangler] som Puf nedlaa. Jeg var i [resten af linjen mangler] oppe hos Kemp. Jeg har ladet [resten af linjen mangler] Kyster gøre det gamle Kort [resten af linjen mangler] og klæbe om, hvorefter Kemp [resten af linjen mangler] tager nogle fotografiske Kopier [resten af linjen mangler] Originalen og Handlingerne [resten af linjen mangler] nu sendt, han skrev et Brev [resten af linjen mangler] jeg var der til Hovrettsråden Pa [resten af linjen mangler] gren og vedlagte Dokumenterne [resten af linjen mangler] Undtagelse af Svenssons Papir som vedlægges dette. Det har nemlig ikke trods alle Anstrengelser været mig muligt at finde Dine Forklaringer. Saa nu maa Du efter Modtagelsen af dette sætte Dig i skriftlig eller telefonisk Forbindelse med Hovrättsråden og forhøre ham om naar det kan passe ham, at Du stiller og mundtlig sætter ham ind i Sagerne. Vi har haft Achton Friis i en 14 Dags Tid på Rekreation oven paa Arbejdet med ”de Jyders Land” og i Eftermiddags rejste han. Det har været et hyggeligt Besøg. Vi havde en Høne der kom i Som [begyndelsen af linjen mangler] med 10 Kyllinger der udviklede sig [begyndelsen af linjen mangler] aner og 3 Høner som hidtil har siddet [begyndelsen af linjen mangler] Granerne om Natten og jeg har gaaet [begyndelsen af linjen mangler] leret paa hvordan jeg skulde faa [begyndelsen af linjen mangler] [ulæseligt] men for at Par Dage siden [begyndelsen af linjen mangler] se eller rettere Scott en begravet i [begyndelsen af linjen mangler] iddegangen og Dagen efter var der en [begyndelsen af linjen mangler] større Gravhøj der kun indeholdt [begyndelsen af linjen mangler] iger, og under Træet laa der 3 Haner [begyndelsen af linjen mangler] nede ved Plankeværket, det viste [begyndelsen af linjen mangler] være den lille Maar der kunde [begyndelsen af linjen mangler] om Natten gennem det øverste [begyndelsen af linjen mangler] ørne af Døren. Den er nu forsynet [begyndelsen af linjen mangler]dden Vrider og vi fik Hanesteg i Gaar. Vi hørte af Hubert at han og Peter Tutein har været deroppe og at I har det godt. Mange Hilsner ogsaa fra Puf og Else.
 Jeres JL.</t>
   </si>
   <si>
-    <t>1899-10-22</t>
-[...341 lines deleted...]
-Vil Du ogsaa sende mig et Par brune Bomuldsstrømper, der ligger nogle enten i den næstnederste Skuffe i Børnekammeret, eller i Sovekammerskuffen, samt lidt Stoppegarn til dem i en Kasse i den 4de øverste Skuffe tilhøjre. Du maa helst sye en Pose af noget Viskestykketøj, som ligger i Kisten ved Syltetøj Skabet Sennep har Alhed faaet, saa det skal ikke med. Bind saa godt for Posen og en udførlig Adresse; Smaaland – Sverig – De glæder sig saa uhyre til Blommer og Abrikoser, saa det maa endelig sendes omhyggeligt. Båxhult – pr. Landeryd (Christine kunde jo være borte.)</t>
+    <t>1940-05-27</t>
+  </si>
+  <si>
+    <t>Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Lyngby</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Den omtalte bog var muligvis: Poul Uttenreiter, "Christine Swane. Vor Tids Kunst 24". Forlag: Rasmus Naver, 1938.
+Det vides ikke, hvem Dyssegaard og Inger Hasselbalch-L var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, 2002/61, A8, lb11</t>
+  </si>
+  <si>
+    <t>Poul Uttenreiter sendte et udkast retur, som var brugt i manuskriptet til bog om Christine Swane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G7Z9</t>
+  </si>
+  <si>
+    <t>[Ulæseligt ord] Alle 68,
+Lyngby, den 27. Maj 40
+Kære Ugle.
+Dyssegaard, som besøgte mig i Gaar, var interesseret i vedlagte Udkast, som jeg har fundet mellem Manuskriptmateriale til din Bog – ellers tror jeg bestemt, du har faaet alle de Akvareludkast, jeg laante, tilbage.
+Vi maa ses engang i Sommer. Indtil da: hav det godt!
+Hjerteligste Hilsner til Marie Lars og dig selv fra
+Din hengivne 
+Poul Uttenreiter
+Sørgeligt med Inger Hasselbalch – L, der døde. 
+En ualmindelig sød og klog Pige var hun.
+Poul U.</t>
+  </si>
+  <si>
+    <t>1943-10-11</t>
+  </si>
+  <si>
+    <t>Kgs. Lyngby
+Brede Allé 68</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Knudåge Riisager
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>K.W. Bruun var husvært for Poul Uttenreiter på Brede Alle 68 i Kgs. Lyngby.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 4, 2002/61 A8 lb11</t>
+  </si>
+  <si>
+    <t>Knudåge Riisager vil muligvis købe en akvarel af Christine Swane. Poul Uttenreiter foreslår et par stykker, og synes at de skal indrammes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0F6w</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst:] Poul Uttenreitter Brede Alle 68 
+Kgs. Lyngby 
+D. 11/10 1943
+Kære Ugle
+Vi var saa glad for dit Besøg og haaber snart at se dig igen her. Forhaabentlig har du det godt og har kun faaet nye Kræfter af Badene!
+Knudåge Riisager sagde til mig i Dag, at hans Kone saa gerne vilde have en rigtig smuk Akavarel af dig. Jeg lovede at skrive til dig om det – jeg tænkte paa den, du lavede fra den lille Granplantage. Desuden kan den anden, ud over Havet, maaske sælges til vor Vært, K.W. Bruun. Men det er vel bedst at lade det vente, til Lars og Ursula kommer hjem. Saa kunde Lars tage sig af det med en smuk Indramning, hvis han faar Tid dertil. Jeg synes der skulde være en 2 à 3 cm hvid Karton og en ikke alt for tynd Guldliste. – Med Hensyn til Riisager skulde der vel nok helst være et Par Stykker til Udvalg. Jeg kan jo ikke sige, om det bliver til noget, men vilde dog skrive til dig for at give dig Chancen.
+Vi haaber snart at se dig og Marie her hos os og hilser Jer begge paa det hjerteligste.
+Din hengivne
+Poul Uttenreiter</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1302,51 +1302,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/G7Z9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0F6w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0KvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OY6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6YA5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JTD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiH0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w1hk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSK9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wxw2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9JR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aEqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QRKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w1hk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSK9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0KvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wxw2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9JR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6YA5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QRKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JTD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiH0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OY6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aEqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G7Z9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0F6w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1389,1353 +1389,1353 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F4" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I4" s="5"/>
+      <c r="H4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>38</v>
+      </c>
       <c r="J4" s="5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>46</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-        <v>52</v>
+        <v>53</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>57</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-        </is>
+        <v>61</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>62</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I7" s="5"/>
+      <c r="H7" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>64</v>
+      </c>
       <c r="J7" s="5" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C9" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="C9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>87</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>71</v>
+      </c>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="s">
-        <v>88</v>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>98</v>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="s">
-        <v>96</v>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C14" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>71</v>
+      </c>
+      <c r="D15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="s">
-        <v>107</v>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>113</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H16" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-        </is>
+        <v>61</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>119</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H17" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I17" s="5"/>
+      <c r="H17" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>121</v>
+      </c>
       <c r="J17" s="5" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>121</v>
+        <v>71</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="s">
-        <v>122</v>
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>61</v>
+        <v>127</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="s">
-        <v>128</v>
+      <c r="H19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
-        <v>44</v>
+        <v>133</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I20" s="5"/>
+      <c r="J20" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="K20" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>144</v>
+        <v>71</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="E21" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K21" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>148</v>
-      </c>
-[...7 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>144</v>
+        <v>71</v>
       </c>
       <c r="D22" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="L22" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="E22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>154</v>
-      </c>
-[...26 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="5" t="s">
+      <c r="M23" s="5" t="s">
         <v>162</v>
-      </c>
-[...29 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>145</v>
+        <v>60</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>171</v>
-[...4 lines deleted...]
-        </is>
+        <v>61</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>119</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="s">
-        <v>172</v>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>55</v>
+        <v>166</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>145</v>
+        <v>61</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>171</v>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>55</v>
+        <v>175</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>145</v>
+        <v>61</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>171</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>55</v>
+        <v>175</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="I27" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="B27" s="5" t="s">
+      <c r="J27" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="C27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>194</v>
       </c>
-      <c r="D27" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="M27" s="5" t="s">
         <v>195</v>
-      </c>
-[...11 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>144</v>
+        <v>61</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="E28" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="L28" s="6" t="s">
         <v>201</v>
       </c>
-      <c r="F28" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>202</v>
-      </c>
-[...13 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>145</v>
+        <v>204</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>201</v>
+        <v>54</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="L29" s="6" t="s">
         <v>209</v>
       </c>
-      <c r="I29" s="5" t="s">
+      <c r="M29" s="5" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>93</v>
+        <v>212</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>94</v>
+        <v>213</v>
       </c>
       <c r="E30" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="F30" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="I30" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
-        <v>97</v>
+        <v>217</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>162</v>
+        <v>212</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>222</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>223</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>224</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>225</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>226</v>