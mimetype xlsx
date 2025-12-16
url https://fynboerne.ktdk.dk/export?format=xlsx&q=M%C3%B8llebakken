--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2300" uniqueCount="1303" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2340" uniqueCount="1332" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -6364,50 +6364,267 @@
 Johan Larsen (Lysse) boede, mens han gik på Landbohøjskolen, hos sin moster og hendes mand på Willesmoesgade i København. 
 Båxhult var og er Larsen-familiens skovgård i Småland, Sverige. Man gik meget på jagt under opholdene på dette sted. 
 Det vides ikke, hvem den omtalte Andersen var. Larsen-familien kendte mange af det navn.</t>
   </si>
   <si>
     <t>Johannes Larsen er rejst til Villa Svastika. Der skal sendes krans til Michael Anchers begravelse. Haglbøsserne må også sendes. Johannes Larsen vil til Båxhult og har flere ideer til, hvem der kan tage med.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pqRh</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Hr Andreas Larsen
 Møllebakken
 Kjerteminde
 Expres
 [På kuvertens bagside:]
 Joh. Larsen Willemoesgade Ø
 [I brevet:]
 20/9 – 27
 Kære Puf.
 Far er i Em. rejst til Svastika og har bedt mig om at ringe til dig og bedt dig lade Kjell sende en Krans til Anckers Begravelse men jeg har glemt det indtil nu og sender dig derfor [ulæseligt ord]. Du faar det vel Onsdag Form Kan du saa ikke til Middag ringe til Karsten Nyborg og bede ham sende Bøsserne (kun Haglbøsserne) til Willemoesg. omgaaende ulæselige ord. Nøglerne til Båxhult har vi ikke faaet med, men dem kan vi jo faa sammen med en el. to af [ulæseligt ord] og maaske Hr [eller frk.?] Andersen, som Far tænker paa at faa med her han kan faa Bryggeren og [ordet ”og” overstreget] til at tage med. Maaske vil han, hvis de ikke kan, have Johs. V’s med, men om alt dette skriver han nok en af Dagene, naar Posten er [ulæseligt ord] Kun nu saa meget af dette. Mange Hilsner til Kjell, Meme og dig selv fra Lysse
 Alle hilser!
 [Øverst på brevet og på hovedet:]
 Hilsen fra Lomme!</t>
+  </si>
+  <si>
+    <t>1928-09-27</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Else Warberg
+Laura Warberg
+Marie Warberg
+Torkild Warberg
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brobyværk ligger på Fyn nær ved grevskabet, ved hvilket Warberg-børnenes far arbejdede som godsforvalter, og nær ved deres barndomshjem, Erikshaab.
+Gamle kendes ikke. Det vides ikke, hvem Mäniskorna var.
+Det er også ukendt, hvilken perle der er tale om.
+På skovridergården Rørdam boede Johannes Larsens bror, Vilhelm Larsen og hans hustru, Gudrun. De var forældre til Henning Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3812</t>
+  </si>
+  <si>
+    <t>Ellen takker for strømper og kort.
+Astrid/Dis og Axel Müller skal giftes i Brobyværk, og Ellen skriver sange. Efter vielsen og frokost kører man til Kerteminde til flere dages middage. Ellen håber ikke, at Astrid vil til Erikshaab, for ideen tiltalte ikke Paludan/Pallam.
+Henning Larsen vil leje bil og køre Ellen, Johanne og Adolph Larsen/Agrarens og deres børn til Rørdam.
+Johannes Larsen arbejder flittigt. Han gad ikke komme til Adolph Larsens 50-årsdag, hvilket Ellen synes var synd.
+"Mäniskorna" er helt vilde med Matilda/Lille Jungstedt.
+Ellen vil give Astrid et af deres mors fine lommetørklæder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5oe6</t>
+  </si>
+  <si>
+    <t>Et rigtig Gallopbrev! 24/9 - 28
+Kæreste Lugge!
+1000 Tak for dit Brev og for Pakken, som Gamle nok saa prompte kom ned med den næste Dag. Det er jo herlige Strømper, - komplet hulfri, - dem kan jeg hænge paa til Cyclestrømper hele Vinteren. Jeg har jo Gamasker, saa de maa være Brandgule, om saa skal være. Og Tak for alle Kortene. Det er glimrende. Jeg deler med Junge, - og saa kan jeg gemme Mors gamle Kort. Jeg lægger forresten ikke Kabale mere, - jeg har altid saa meget for, - - jeg ved Pokker ikke hvad det er. Nu er vi jo saa optagne af Brudefærden i Brobyværk. Vi har lavet en Del Deviser, men de skal være til Junges Selskab Selskab om Søndagen. Det er ikke nemt at lave Deviser i Tante Elses og Tante Visses Ånd. "Dis staar Brud - i Gud" - det skulde da være det eneste, men èn er jo ikke nok. Jo, Junge lavede èn til Titte, - men den kan ikke læses - den kan knap skrives, saa indiskret er den! "Titte ta'r Provsten uden at knurre;
+han er for gammel at gi' en Kure"
+Men det er jo frygtelig at sige saadan noget. Du maa ikke aande det til nogen Junge er saa oplivet over alt dette. Hun har lavet 2 nydelige Sange, - èn alvorlig og en sjov. De Parret ["Parret" indsat over linjen] kommer jo i Morgen Aften og skal logere her. Det lille Gæstekams staar og skinner af Renlighed. Saa kører vi Lørdag Morgen derned. Vielsen er Klk 11, saa Frokosten. Saa skal vi jo hjem igen. Jeg er bange at Dis vil til Erikshaab. Du hørte, hvad Pallam sagde, - jeg er sikker paa, at han ikke ["ikke" indsat over linjen] bliver begejstret. Men det maa gaa som det kan. - Saa kommer vi jo hjem og er sultne, - saa giver Junge Aftensmad Om Søndagen har vi Agrarens og Brudeparret til Frokost. Vi skal have kold Skinke. (Jeg har købt en halv Rulleskinke, som den du gav mig i Sommer). samt Purrer, Bønner, Blomkaal o.s.v. Saa koldt Bord og Kaffe med Bagværk. Bajere. Junges Middag af er Klk 1/2 6 Blomkaalssuppe. Kyllingesteg, Is m. Jordbærmarmelade. Konfekt. Jeg har givet hende i Fødselsdagsgave 1 Fl. Madeira og fin Chokolade til Konfekt. Jeg har ogsaa givet hende* "Edith 2 Timer" i Morgen til Rengøring. Det er jo ikke nemt for os at faa noget lavet med Elever og "saa ved det" at det er Søndag. Hvor er der meget i denne Tid - Konfirmationen - Husk Thorkild med et Telegram d. 30_te_ Jeg har tre Elevkonfirmationer at "huske" Hvor er det dyrt! Og saa alle de Fødselsdage. I Morgen Fru Nielsen. Lige nu kom Henning, - han skal læse. Jeg sendte ham ud at lave The og riste Brød, saa har jeg Fred saa længe. Han er forresten saa sød. - Næste Søndag vil han leje en Bil og køre os hjem til Rørdam, - Agrarens og mig. - Det er da sødt. - Las har jeg ikke set, - men Puf var her en lang Visit igaar, - han siger at Las arbejder flittigt. I Aftes saa jeg ham igen ovre hos Agrarens, - det var nemlig hans 50-aars Fødselsdag. Las gad ikke gaa derover. Det var nu næsten Synd. Jeg gav som min Opmærksomhed en Lt. Annanasis og Isvafler. Henning var der ogsaa og Stemningen var helt fornøjelig. - Vil du høre hvad jeg giver Junge til hendes Fødselsdag: En Flaske Madeira (til Selskabet) 1 Pund Chokolade (dito) og - men Gud, det har jeg jo skrevet, - [overstregning fra "jeg giver" til og med "1 Pund"] du skal da ikke høre 2 Gg. om mine Velgærninger. Men det er ogsaa nærmest for at du kan være saa meget mindre ked af det for stakkels Junges Pengepung. -
+Dit Brillefuteral er her, det maa have ligget i en af Sengene i Gæstekammeret Skal jeg sende det, - el. kan det vente til Jul? Jeg har i Sinde at skrive til Mornine, men nu skal vi have alt dette overstaaet først. -
+Lille Mis er saa slem til at løbe bort. Den kan ikke lide at være her, naar jeg er borte. Men jeg finder den altid nede hos "Mäniskorna". De er gode mod den fordi den er lille Matildas Kat. Konen taler med religieus Klang i Stemmen om Lille - og bedyrer mig, at der er ikke mange Børn som hende! Vi er så enige og fører mange Samtaler om Lille. - Peter Bichel bliver gal, naar Gr. vil paastå, at Lille holder ligesaa meget el. mere af jeres Peter end af ham. Han siger, at han vèd at Lille holder mest af ham.
+Jeg har slået Plænen og ordnet alle Staudebedene. Der er saa yndigt i den lille Have, og saa rørende med Løvet som falder. Jeg plukkede en hel Skaal Hindbær igår. Vejret har ellers været yndigt i al den sidste Tid. Vi synes at Dis skal have et af Mors pæne Lommetørklæder, - vi [teksten fortsætter i venstre margen s. 4; lodret:] bestemte jo at de skulde være til Brudelommetørklæder, efterhaanden, som nogen blev gift. Jeg haaber du har det godt lille Lugge. 
+[Indsat øverst s. 4; på hovedet:] Tillykke med "Perlen". Gid det maa vare rigtig længe. 1000 Hilsner til jer alle jeres Elle
+[Indsat s. 2 i venstre margen; lodret:] * det kan man kalde Naturalier</t>
+  </si>
+  <si>
+    <t>1928-10-18</t>
+  </si>
+  <si>
+    <t>Valdemar Ammundsen
+Else Birgitte Brønsted
+Eric Bøttern
+Vagn Jacobsen
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Edith -, pige i huset på Møllebakken
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "den lille" var og heller ikke, hvad Ediths søster og dennes mor og barn hed. Foch og Sonne Hall kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3800</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer føler, at hun er bagud med alt.
+Hun har været til Astrid/Dis Warbergs og Axel Müllers bryllup. Ellen stolede ikke på Axel. Der var noget vagtsomt og angst over ham, og Ellen undrer sig over, at Astrid er så betaget af ham. Hun var rørende glad. Axel var for offentlig i sin ømhed for hende. 
+Johannes Larsen har ansat Ediths søster som pige i huset. Hun har et barn, som hendes mor passer. Lille Frk. J. er umulig.
+Else Brønsted kommer og besøger Ellen. Hun har ferie, mens Johannes Larsen er på jagt med Bryggeren. 
+Ellen har været tre dage på Rødding Højskole til gode foredrag og en udflugt til Ribe.
+Ellens kat er forkælet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LGaA</t>
+  </si>
+  <si>
+    <t>Torsdag 18/10 - 28
+Kæreste Lugge!
+Jeg maa nu være meget udygtig, for jeg har altid "masende travlt, - er altid tilbage i "det, - " og hvad "det" er, - det ved intet Menneske, for jeg synes ikke at jeg faar noget udrettet. Se nu bare Breve, - jeg skylder altid Ja, nogen skriver jeg jo - idag afgik der 4, - men jeg har mange tilbage. Naa, men skidt med det. Mulig min Kapløbs-Travlheds Fornemmelse er en Arv fra Mor, - men der er bare den Forskel, at Mor fik en Masse udrettet.
+Tak for dit Brev fra d. 25 Sept; Lige efter det kom jo saa Dis-Bryllupet og om det skrev jeg til Mornine og det læste du vel nok, - det var da Meningen Jeg syntes jeg skyldte Mornine Brev i saa høj Grad.
+Se Lugge, - jeg skrev vel nok lidt mere modereret til Mornine om den ny Svoger. Du kan vist godt forstaa den Fornemmelse. Det var saamænd i og for sig rigtig nok, hvad jeg skrev, for han var saamænd rar og flink nok og der var noget ved ham som gjorde at man havde ondt af det for ham. Men der var ogsaa - hvad jeg ikke skrev noget ved ham som gjorde, at man ikke stolede rigtig paa ham - noget vagtsomt i Øjnene, - ligesom en Slags Angst. Jeg har set det Udtryk før, hos Folk, som der var noget muggent ved. Men en saadan ugrundet Fornemmelse burde man maaske slet ikke udtale. - At Dis kan være saa betaget af ham, er mig en ren Gaade. Jeg synes helt han mangler Carme og er let kedelig - triviel. Junge og jeg følte det ens, - men maaske han vinder ved nærmere Eftersyn. Lille Dis var nu rørende i sin Glæde og var rigtig pæn og taktfuld med det, hvorimod han nok kunde være generende med offentlig Ømhed, - du vèd, det ser jo ikke saa godt ud. Det er vist egentlig tarveligt at komme frem med disse Indtryk, - det er jo ingen Nytte til, og naar Dis er tilfreds med ham saa er det jo nok. 
+Lille Junge er jo i Kbnh. og du ser hende vel nok. Jeg sendte hende et Kort idag gennem dig, da jeg ikke kan huske deres Gadenummer. Jeg synes hun skulde vide, at det gaar godt med Agraren. - 
+Den lille hos Las har sagt op og de har nu fæstet Ediths Søster. Hun skal være meget dygtig. Hun har en lille, som er hjemme hos Moderen og saa kan man gaa ud fra, at hun er lidt mere adstadig og ikke skal "se noget andet," naar hun har været der 1/2 Aar. Den Lille Frk. J. ["Frk. J" indsat over linjen] er vist ret umulig. Las gik en Dag ned i Kælderen og noterede 12 Levninger paa et Papir og satte "fordærvet" ved de fleste af dem.
+Jeg haaber din vedvarende er en Juvel! Gid det maa vare rigtig længe! 
+Lille Mudi kommer af og til ned og besøger mig og snakker lidt med mig. Hun har Ferie i disse Dage, da Las er paa Jagt paa Mors med Bryggeren og Foch. I Aften er hun og Puf hos Erik Bøttern for at høre Rasio. 
+Jeg har været 3 Dage paa Rødding Højskole til et Fredsmøde fra Lørdag til Tirsdag Det var meget interessant. Det er dog forbavsende hvor de Fredsdamer og kloge og inde i Tingene. Der var en Fru Sonne Hall fra Frederikshavn, som holdt et ganske glimrende Foredrag om Storpolitik og Nationaløkonomi. Man fik sandelig noget at vide. Biskop Ammundsen fra Haderslev talte ogsaa godt, - men ikke saa godt og mange andre danske og tyske Foredrag, om Situationen i Verden, - [ulæseligt]pagtens Betydning (som der var divergerende Meninger om) Afrustningsbestræbelserne, Toldspørgsmaal o.m.a. Jeg skrev alle foredragene ned - saa meget af dem, som jeg kunde og synes jeg fik meget ud af det. Og saa var Vejret jo bedaarende og Egnen dejlig - vide Marskhegn med Kvæg og blånende Horisont, - GranSkove i det fjærne. Du fik vist et Kort fra Ribe, - der bilede vi til i et Frikvarter paa 2 Timer og var i Domkirken og i Weis' Vinstue. Turen dertil og fra ikke det mindst morsomme. De Sønderjydske Bøndergaarde finder jeg saa pragtfulde, - enkle og rene i Stilen. Der var mange. - Der var mange flinke Damer og Koner og Piger. En Del af dem havde jeg truffet i Flensborg for 2 Aar siden og fornyede nu Bekendtskabet, - det var virkelig saa hyggeligt. -
+Lille Mis har det godt, en er grænseløs forkælet. Den vil ikke være her alene. De Dage jeg var væk, flyttede den ned til "Människorna", - ligesaa Fredag og Lørdag. Den følger mig i Hælene, naar jeg er hjemme.
+Det er dejligt med det milde Vejr, - der er mange Blomster i Haven endnu
+[Indsat s. 4 i venstre margen; lodret:] Ja, lille Lugge, - jeg er lidt søvnig og det kan vist tydelig spores, - men jeg vilde nu skrive i Aften, - ellers gik der igen 2-3 Dage, - saa undskyld
+[Indsat s. 4, øverst; på hovedet:]
+1000 Hilsner til jer alle fra Elle
+Du maa endelig skrive udførligt og sandfærdigt hvordan du har det !!!</t>
+  </si>
+  <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
+    <t>1930-2</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Elisabeth Mackie
+Edith -, pige i huset på Møllebakken
+Karen -, pige i huset på Møllebakken
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Adolf/Agraren er "paa Krigsstien": Han var kvartalsdranker og forsvandt jævnligt fra hjemmet flere dage i træk. 
+Peter Larsen og Jesper Hansen/Jespermand blev begge født i 1929. 
+"Inst." er Instituttet på Blegdamsvej i København. Denne enhed var Johannes Nicolaus Brønsteds livsværk.
+Det vides ikke, hvem Frk. Chr. var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3792</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har taget potter med erantis mm ind i stuen. 
+Adolf/Agraren Larsen er igen på en druktur. Ellen vil invitere Johanne/Junge og hendes søn, Martin/Manse Larsen, på middag.
+Biografen har fået "mekanisk musik", så Ellen er holdt op med at akkompagnere stumfilm. Hun bruger de nu ledige aftener på bridge-spil. Det er sjovt og svært. 
+Ellen m.fl. har holdt afskedsgilde for Johan/Lysse og Elena/Bimse Larsen. Deres søn, Peter, er sød.
+Johannes Larsen har fået ny pige i huset.
+Det er sjovt at høre om instituttet.
+Louise Amstrup/Tante Visse fylder 85 år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HsdN</t>
+  </si>
+  <si>
+    <t>Søndag Febr.
+Kæreste Lugge!
+Det er saadan en yndig fredelig Søndag Eft. med Solskin ind i mine smaa Stuer og saa stille og fredeligt udenfor. Men det kan jo ikke nytte at nægte andet end at Frostvejr er det jo. Dog myldrer det frem med Eranthis paa min Plæne, - de kan jo ikke tro andet, end at de nok må naar Solen skinner saadan. Jeg har taget en hel Klump ind i en Uretpotte. Jeg har ogsaa Gækker og Krokus blomstrende herinde. Alle de smaa Glæder kan du ogsaa faa næste Foraar.
+Tak for dit Brev. Tænk, jeg opdagede først for et Par Dage siden Paaskriften om Las's Spisebord bagpaa. Saa traf jeg Puf og han sagde, at I havde faaet Maalene. Hvad I vil med dem kan jeg ikke udgranske! -
+Jeg gik op idag og spiste til Middag hos dem. Las rejser jo derind (til Kbh) en af Dagene - mulig i Morgen. Puf mente ikke, han vilde køre ham derind denne Gang. Han har 10 smaa Ture og Agraren er jo desværre paa Krigsstien, saa jeg antager ikke han saa godt kan være her fra. Det er meget kedeligt. Nu har han jo ellers været flink siden sidst i Juli. Alle Hønsene er væk, nu lige de lagde saa godt - det er noget saa harmeligt. Jeg skal over
+2)
+til Junge herunder Aften og hvis de han, Agraren ["de" overstreget; "han, Agraren" indsat over linjen] er væk, vil jeg se at faa hende og Manse herover til Aften. Jeg har et Svinehjærte, som jeg ikke fik brugt nu, da jeg spiste der oppe.
+Jeg er ikke saa ophængt nu mere. Jeg er kommet af med Biografen. De har faaet mekanisk Musik og en Elev er bortrejst. Derved har jeg faaet 3 Aftener fri og det er egentlig en stor Behagelighed; - selv om mine Indtægter er gaaet ned. Jeg kan jo nok klare mig alligevel. De Aftener bliver ofte anvendt til Kortenspil. Vi er begyndt at dyrke Bridge. Og vi maa sige - baade Junge og jeg - at Bridge er interessantere end L'hombre. Men knagende svært. Det er jo en hel Videnskab. En god Bridgespiller kan jeg aldrig blive, - men muligvis en taalelig - el én - i Mangel af andre - brugelig. Det morer mig i hvert Tilfælde kongeligt. 
+Den sidste Lørdag Lysse og Bimse var her, havde jeg dem bedt herned, - Puf og Junge ogsaa. Da Bichels hørte om det, fik de Lyst at være med og kom og vi havde en saadan yndig ligefrem festlig Aften. Vi spillede ved 2 Borde og alle var i et udmærket Humør. Det er saa dejligt at se Junge more sig saadan. Vi fik Kaffe først - de kom først 8 1/2, - saa havde jeg en Flaske Kirsebærvin, som vi pimpede af til Chokoladen - tæt med Røg jo. Og da de begyndte at ville hjem rykkede Aftenens "Cloux" frem! Appelsiner, Bananer, Æbler og Druer, - et mægtig Fad Frugt. Det var Afskedsgilde for Lysse og Bimse. Jeg var dybt bedrøvet, over at de rejste - jeg er ligefrem kommet til at holde af Bimse og jeg aldrig syntes Lysse var saa sød som nu. Og lille Peter er da en vidunderlig sød Dreng, men han ikke minder om Jespermand. Jeg haaber du faar ham at se. 
+De har fæstet en Pige oppe hos Las til Maj - Karen som har været hos Bichels et Par Aar, en ganske ualm. rar og dygtig Pige. Det glæder mig saadan for dem, for der kommer de virkelig i gode Hænder. Det kan de nok trænge til, for Frk. Chr. var nu et Asen, paa mange Maader. Nu har de jo Edith hver Dag paa Dagløn - 3 Kr. og det lader til at gaa helt godt. -
+Du skrev ikke noget om Putte. Mon hun er ved at drage afsted? Og hvordan mon det gaar med hendes Sang? Hvor er det morsomt at høre om Inst., - nu er det for Alvor spændende. Det var kedeligt, I ikke kunde købe noget under Udsalget. Jeg synes nok at I maatte kunne bestemme Vægfarve og købe til den. Men det er maaske ikke saa let. -
+Det er Tante Visses 85 Fødselsdag d. 24en Febr. Junge og jeg er bedt men vi kan ikke en Hverdag og har bedt om vi maa komme Søndagen efter. Det har begge Parter ogsaa mere Glæde af. 
+[Indsat i venstre margen s. 6:] Naa, saa vèd jeg vist ikke mere denne Gang. 1000 Hilsner fra E. Hils dem alle og fortæl om dem alle ["alle" indsat over linjen], naar du skriver, -</t>
   </si>
   <si>
     <t>1931-05-08</t>
   </si>
   <si>
     <t>Brormand - 
 Louise Brønsted
 Achton Friis
 Martha Friis
 Gunnar Helweg-Larsen
 Adolph Larsen
 Elena Larsen
 Johannes Larsen
 Peter Andreas Larsen</t>
   </si>
   <si>
     <t>Brormands mors navn kendes ikke, og det vides ikke, hvem Doris var. 
 Larsen-familien havde i flere omgange tamme oddere. 
 Agraren (Adolf Larsen) er "flink for Tiden": Adolf Larsen var kvartalsdranker.</t>
   </si>
   <si>
     <t>Brormands mor er død.
 Andreas og Johannes Larsen havde planer om at komme til Båxhult, men de opgav det. Nu er Johannes Larsen sammen med Achton Friis taget på en rejse rundt i Sønderjylland. Andreas Larsen kørte dem dertil, og de besøgte en mand, som havde en masse dyr - blandt andet en søster til den odder, som Larsen-familien engang havde. 
 Andreas og Adolf Larsen giver haven og husene på Møllebakken en ordentlig omgang.</t>
   </si>
@@ -7737,59 +7954,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j54X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/453f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDFX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LOWf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXtS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/woRA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7un" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vrQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HY82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lUjR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Suoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LU95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8U7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vCa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNBG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9wSO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74S6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Qyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cTo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guPs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npGm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b3Vr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ojlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DxKN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6bQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yOzO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oSjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1BKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l8lo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MG0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zf6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3wDd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmHH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GmpY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rIfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hzW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgmP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q3r5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xFSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jvdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KSKs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d15x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vI26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j5Is" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GPIG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q3Do" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC4i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ErvN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j54X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/453f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDFX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LOWf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXtS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/woRA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7un" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vrQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HY82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lUjR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Suoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LU95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8U7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vCa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNBG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9wSO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74S6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Qyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cTo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guPs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npGm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b3Vr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ojlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DxKN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6bQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yOzO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oSjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1BKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l8lo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MG0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zf6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3wDd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmHH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GmpY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rIfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hzW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgmP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q3r5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xFSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jvdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KSKs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d15x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vI26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j5Is" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GPIG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q3Do" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC4i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ErvN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M205"/>
+  <dimension ref="A1:M209"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -15353,1339 +15570,1527 @@
       </c>
       <c r="I176" s="5" t="s">
         <v>1111</v>
       </c>
       <c r="J176" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K176" s="5" t="s">
         <v>1112</v>
       </c>
       <c r="L176" s="6" t="s">
         <v>1113</v>
       </c>
       <c r="M176" s="5" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
         <v>1115</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>396</v>
+        <v>1116</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>382</v>
+        <v>641</v>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>1104</v>
+        <v>1119</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>15</v>
+        <v>1116</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>641</v>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="179">
-      <c r="A179" s="5" t="n">
-        <v>1936</v>
+      <c r="A179" s="5" t="s">
+        <v>1130</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>1129</v>
+        <v>1116</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>15</v>
+        <v>641</v>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H179" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H179" s="5" t="s">
+        <v>1131</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>1104</v>
+        <v>1133</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>396</v>
+        <v>1116</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>1122</v>
+        <v>641</v>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>1104</v>
+        <v>1140</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>382</v>
       </c>
-      <c r="E181" s="5" t="s">
-        <v>17</v>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1125</v>
+        <v>1104</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>550</v>
+        <v>15</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>218</v>
+        <v>1151</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>1147</v>
-[...2 lines deleted...]
-        <v>1148</v>
+        <v>17</v>
+      </c>
+      <c r="F182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="183">
-      <c r="A183" s="5" t="s">
-        <v>1155</v>
+      <c r="A183" s="5" t="n">
+        <v>1936</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D183" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D183" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H183" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I183" s="5"/>
+      <c r="H183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>1159</v>
+      </c>
       <c r="J183" s="5" t="s">
-        <v>1125</v>
+        <v>1104</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1151</v>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1162</v>
-[...1 lines deleted...]
-      <c r="I184" s="5"/>
+        <v>1164</v>
+      </c>
+      <c r="I184" s="5" t="s">
+        <v>1165</v>
+      </c>
       <c r="J184" s="5" t="s">
-        <v>1125</v>
+        <v>1104</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>396</v>
+        <v>15</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>1122</v>
-[...4 lines deleted...]
-        </is>
+        <v>382</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1104</v>
+        <v>1154</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>15</v>
+        <v>550</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>1122</v>
+        <v>218</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1176</v>
+      </c>
+      <c r="F186" s="5" t="s">
+        <v>1177</v>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>1125</v>
+        <v>1180</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>1129</v>
+        <v>15</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>1180</v>
+        <v>17</v>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1181</v>
-[...3 lines deleted...]
-      </c>
+        <v>1186</v>
+      </c>
+      <c r="I187" s="5"/>
       <c r="J187" s="5" t="s">
-        <v>1104</v>
+        <v>1154</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>1187</v>
+        <v>382</v>
       </c>
       <c r="E188" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F188" s="5" t="s">
-        <v>1188</v>
+      <c r="F188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1189</v>
-[...3 lines deleted...]
-      </c>
+        <v>1191</v>
+      </c>
+      <c r="I188" s="5"/>
       <c r="J188" s="5" t="s">
-        <v>1104</v>
+        <v>1154</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>382</v>
+        <v>1151</v>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>382</v>
+        <v>1196</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="J189" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>1200</v>
+        <v>15</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>1201</v>
+        <v>1151</v>
       </c>
       <c r="E190" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
         <v>1202</v>
       </c>
       <c r="I190" s="5" t="s">
         <v>1203</v>
       </c>
       <c r="J190" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="K190" s="5" t="s">
         <v>1204</v>
       </c>
-      <c r="K190" s="5" t="s">
+      <c r="L190" s="6" t="s">
         <v>1205</v>
       </c>
-      <c r="L190" s="6" t="s">
+      <c r="M190" s="5" t="s">
         <v>1206</v>
-      </c>
-[...1 lines deleted...]
-        <v>1207</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D191" s="5" t="s">
         <v>1208</v>
       </c>
-      <c r="B191" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E191" s="5" t="s">
-        <v>204</v>
+        <v>1209</v>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="J191" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>1187</v>
+        <v>1216</v>
       </c>
       <c r="E192" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F192" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F192" s="5" t="s">
+        <v>1217</v>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1215</v>
-[...1 lines deleted...]
-      <c r="I192" s="5"/>
+        <v>1218</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>1219</v>
+      </c>
       <c r="J192" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>550</v>
+        <v>15</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>218</v>
-[...5 lines deleted...]
-        <v>1220</v>
+        <v>382</v>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1221</v>
+        <v>382</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>1223</v>
+        <v>1104</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>396</v>
+        <v>1229</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>382</v>
-[...4 lines deleted...]
-        </is>
+        <v>1230</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H194" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H194" s="5" t="s">
+        <v>1231</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>1104</v>
+        <v>1233</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>1129</v>
+        <v>396</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>382</v>
+        <v>1185</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>17</v>
+        <v>204</v>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="J195" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>550</v>
+        <v>15</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>218</v>
+        <v>1216</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>1147</v>
-[...2 lines deleted...]
-        <v>1220</v>
+        <v>17</v>
+      </c>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1239</v>
-[...3 lines deleted...]
-      </c>
+        <v>1244</v>
+      </c>
+      <c r="I196" s="5"/>
       <c r="J196" s="5" t="s">
-        <v>1241</v>
+        <v>1104</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>202</v>
+        <v>550</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>382</v>
+        <v>218</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>1246</v>
+        <v>1176</v>
       </c>
       <c r="F197" s="5" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>550</v>
+        <v>396</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>218</v>
-[...5 lines deleted...]
-        <v>1220</v>
+        <v>382</v>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H198" s="5" t="s">
-        <v>1255</v>
+      <c r="H198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>1257</v>
+        <v>1104</v>
       </c>
       <c r="K198" s="5" t="s">
         <v>1258</v>
       </c>
       <c r="L198" s="6" t="s">
         <v>1259</v>
       </c>
       <c r="M198" s="5" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
         <v>1261</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>15</v>
+        <v>1158</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>1187</v>
+        <v>382</v>
       </c>
       <c r="E199" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
         <v>1262</v>
       </c>
       <c r="I199" s="5" t="s">
         <v>1263</v>
       </c>
       <c r="J199" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="K199" s="5" t="s">
         <v>1264</v>
       </c>
       <c r="L199" s="6" t="s">
         <v>1265</v>
       </c>
       <c r="M199" s="5" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
         <v>1267</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>15</v>
+        <v>550</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>382</v>
+        <v>218</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1176</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>1249</v>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
         <v>1268</v>
       </c>
       <c r="I200" s="5" t="s">
         <v>1269</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>1125</v>
+        <v>1270</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>15</v>
+        <v>202</v>
       </c>
       <c r="D201" s="5" t="s">
         <v>382</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1275</v>
+      </c>
+      <c r="F201" s="5" t="s">
+        <v>1276</v>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>1125</v>
+        <v>1279</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>15</v>
+        <v>550</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>382</v>
+        <v>218</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1176</v>
+      </c>
+      <c r="F202" s="5" t="s">
+        <v>1249</v>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1125</v>
+        <v>1286</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>1187</v>
+        <v>1216</v>
       </c>
       <c r="E203" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F203" s="5" t="s">
-        <v>1286</v>
+      <c r="F203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="J203" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>640</v>
+        <v>15</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>641</v>
+        <v>382</v>
       </c>
       <c r="E204" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G204" s="5" t="s">
-        <v>656</v>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1293</v>
-[...1 lines deleted...]
-      <c r="I204" s="5"/>
+        <v>1297</v>
+      </c>
+      <c r="I204" s="5" t="s">
+        <v>1298</v>
+      </c>
       <c r="J204" s="5" t="s">
-        <v>651</v>
+        <v>1154</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1296</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H205" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="J205" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="K205" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="L205" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="M205" s="5" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H206" s="5" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J206" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="K206" s="5" t="s">
+        <v>1311</v>
+      </c>
+      <c r="L206" s="6" t="s">
+        <v>1312</v>
+      </c>
+      <c r="M206" s="5" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="5" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F207" s="5" t="s">
+        <v>1315</v>
+      </c>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H207" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J207" s="5" t="s">
+        <v>1104</v>
+      </c>
+      <c r="K207" s="5" t="s">
+        <v>1318</v>
+      </c>
+      <c r="L207" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="M207" s="5" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="5" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G208" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="H208" s="5" t="s">
+        <v>1322</v>
+      </c>
+      <c r="I208" s="5"/>
+      <c r="J208" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="K208" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="L208" s="6" t="s">
+        <v>1324</v>
+      </c>
+      <c r="M208" s="5" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="5" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C209" s="5" t="s">
         <v>396</v>
       </c>
-      <c r="D205" s="5" t="s">
+      <c r="D209" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E205" s="5" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J205" s="5" t="s">
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H209" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I209" s="5" t="s">
+        <v>1328</v>
+      </c>
+      <c r="J209" s="5" t="s">
         <v>1104</v>
       </c>
-      <c r="K205" s="5" t="s">
-[...6 lines deleted...]
-        <v>1302</v>
+      <c r="K209" s="5" t="s">
+        <v>1329</v>
+      </c>
+      <c r="L209" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="M209" s="5" t="s">
+        <v>1331</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -16851,44 +17256,48 @@
     <hyperlink ref="M181" r:id="rId186"/>
     <hyperlink ref="M182" r:id="rId187"/>
     <hyperlink ref="M183" r:id="rId188"/>
     <hyperlink ref="M184" r:id="rId189"/>
     <hyperlink ref="M185" r:id="rId190"/>
     <hyperlink ref="M186" r:id="rId191"/>
     <hyperlink ref="M187" r:id="rId192"/>
     <hyperlink ref="M188" r:id="rId193"/>
     <hyperlink ref="M189" r:id="rId194"/>
     <hyperlink ref="M190" r:id="rId195"/>
     <hyperlink ref="M191" r:id="rId196"/>
     <hyperlink ref="M192" r:id="rId197"/>
     <hyperlink ref="M193" r:id="rId198"/>
     <hyperlink ref="M194" r:id="rId199"/>
     <hyperlink ref="M195" r:id="rId200"/>
     <hyperlink ref="M196" r:id="rId201"/>
     <hyperlink ref="M197" r:id="rId202"/>
     <hyperlink ref="M198" r:id="rId203"/>
     <hyperlink ref="M199" r:id="rId204"/>
     <hyperlink ref="M200" r:id="rId205"/>
     <hyperlink ref="M201" r:id="rId206"/>
     <hyperlink ref="M202" r:id="rId207"/>
     <hyperlink ref="M203" r:id="rId208"/>
     <hyperlink ref="M204" r:id="rId209"/>
     <hyperlink ref="M205" r:id="rId210"/>
+    <hyperlink ref="M206" r:id="rId211"/>
+    <hyperlink ref="M207" r:id="rId212"/>
+    <hyperlink ref="M208" r:id="rId213"/>
+    <hyperlink ref="M209" r:id="rId214"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>