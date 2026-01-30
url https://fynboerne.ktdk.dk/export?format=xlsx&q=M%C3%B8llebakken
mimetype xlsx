--- v1 (2025-12-16)
+++ v2 (2026-01-30)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2340" uniqueCount="1332" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2351" uniqueCount="1338" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -7777,50 +7777,87 @@
 Else Larsen, Else, Andreas Larsens kone</t>
   </si>
   <si>
     <t>Den omtalte grosserer er formodentlig Johan Gunnar Havemann.</t>
   </si>
   <si>
     <t>Billedet er ejet af grosserer Havemann, og der stod i udklippet, at det var knap 2000 kr. værd.
 Larsen har ikke fået malet flere billeder end møllen. Man har haft en mindre brand i fyrkælderen på Møllebakken. Andreas/Puf Larsen slukkede den, men ringede også til Falck. Brandmændene fik hver en cigar.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SPLE</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Refshalevej
 Maribo. 
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 10 Jan. 1950.
 Kære Grevinde!
 Tak for Brevene. Det sidst sendte Udklip fortalte mig at det var Grosserer Havemann der ejer Billedet, det vidste jeg ikke. Forøvrigt syntes jeg det var lidt utidigt af Bladet at skrive at det var knap 2000 Kr værd. Efter en stille Taagedag i Gaar har vi nu igen Snestorm fra SØ. Jeg har ikke faaet malet flere Billeder end Møllen, da jeg har haft en hel Del smaa Bestillinger, jeg er lige bleven færdig med et Bogbind til en af Pufs Kunder. Vi havde en mindre Ildløs her i Morges, Else opdagede Røg i Fyrkælderen hvor der var gaaet Ild i en Brændekurv. Puf slukkede den med Ildslukkeren men da de ikke kunde se for Røg ringede de til Falck, der kom med en stor Udrykningsvogn og Politi og Brandvæsnet. Der var nu ikke mere Ild og Puf gav hele Forsamlingen hver en Cigar saa drog de af igen. Vil Du hilse Adam og Elisabeth. Puf og Else beder hilse og mange [ulæseligt ord] fra JL.</t>
+  </si>
+  <si>
+    <t>1951-07-26</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Andreas Larsen
+Elena Larsen
+Oscar Larsson
+Minna Lorentsen
+Poul Lorentsen
+Aage Madelung
+Hans Christian Mortensen
+Carl Rasmussen
+Holger Rasmussen
+Ambrosius Stub
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Ifølge Bibliotek.dk er der ikke udkommet en digtsamling af Ambrosius Stub, hvor Holger M. Rasmussen er anført som udgiver.
+Hans Christian Cornelius Mortensen, også kaldet Fugle-Mortensen var en dansk ornitolog. Han var den første i verden til systematisk at bruge ringmærkning af fugle til videnskabeligt formål. Sammen med bl.a. Eiler Lehn Schiøler var han medstifter i 1906 af Dansk Ornitologisk Forening. I 1952 blev der i Viborg afsløret en mindetavle for Hans Chr. C. Mortensen. Tavlen er anbragt på den gamle katedralskoles mur ud mod Latinerhaven. (Wikipedia maj 2022).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet akvareller fra haven og af Vinhuset, der fylder 100 år. Han har lavet vignetter til en Ambrosius Stub-udgivelse og tegninger til en mindeplade over Hans Christian Mortensen. 
+Jeppe er kommet hjem fra et par ugers ophold i England. 
+C.W. Rasmussen vil gerne komme til Båxhult og lære Johan/Lysse og Elena/Bimse noget om kalkuner. 
+Der er kyllinger på Møllebakken. Andreas/Puf brygger. 
+Fignerne falder af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Eiyn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1951. 
+Kære Lysse!
+Det er vist længe siden I har hørt noget herfra. Jeg har malet en ½ Snes Akvareller med Blomster og et Par fra Haven den ene med Lysthuset der fylder 100 Aar til næste Aar. Siden har jeg lavet en hel Del Vignetter til en ny Udgave af Ambrosius Stubs Digte som Holger M. Rasmussen er i Gang med. Jeg har ogsaa lavet Tegninger til en Mindeplade for H. Chr. Mortensen til Viborg, desværre medfører det at jeg maa rejse til Kjøbenhavn for at gravere i en Gibsafstøbning som Bronzepladen skal støbes over. Jeppe er nu kommen hjem fra sin Englandsrejse der varede 14-16 Dage og som han havde megen Fornøjelse af. Jeg kan hilse fra C.W Rasmussen Iglekjærgaard, at dersom I har Lyst til at høre nogle gode Raad om Kalkunopdræt, er han villig til at besøge Jer en Gang i Efteraaret, imod et Maaltid Mad og Nattely. Han er Afholdsmand saa dersom det bliver til noget maa I anskaffe et Par Flasker Svagdricka. Mon det bliver til noget med Poul Lorentsens? Fik Du det ordnet med Oscar Larsson? Lorentsens Kone er Søster til afdøde Forfatter Aage Madelung. Vi har en Høne med 5 Kyllinger der er 3 Uger gamle, der har ikke været flere skønt den laa paa 11 Æg, men den var vældig flink til at passe paa dem. I Dag kom der en med 2 Kyllinger den havde ligget paa 5 Æg. Puf har travlt med at brygge saa han kan have noget at sælge af naar det frigives. Forøvrigt er han bange for at det første ikke kan blive lagret nok til den Tid, men han er jo altid saa sort paa al Ting. Vi har haft et Kuld Stillitser i en af Hyldene foran Huset. Bimses Nellike blomstrer. Jeg havde ventet mig en hel Del af Figentræet der var ansat en Mængde Frugter men de er falden af som halvstore, saa jeg tror ikke der bliver mere end en halv Snes Stykker modne. Mange Hilsner fra os alle her til Jer alle sammen
+Din Far.</t>
   </si>
   <si>
     <t>1924-6-31</t>
   </si>
   <si>
     <t>Marie Larsen
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Ellen Sawyer rejser til København, men hun har ikke tid til besøg hos familien Brønsted. De må mødes med hende på stationen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ErvN</t>
   </si>
   <si>
     <t>Fredag.
 Kære Muk!
 Tante Elle kommer til København i Morgen (Lørdag) Kl. c. 1½. Hun faar ikke Tid at besøge jer. Men kan I ikke hilse paa hende ved Toget. Lad ogsaa Tante Marie det vide.
 Tusind Tak for den yndige Kjole. Jeg skriver saa snart jeg faar Tid. I stor Hast. Lomme.</t>
   </si>
   <si>
     <t>1939 eller derefter</t>
   </si>
   <si>
     <t>Thora Cohn
@@ -7954,59 +7991,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j54X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/453f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDFX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LOWf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXtS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/woRA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7un" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vrQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HY82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lUjR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Suoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LU95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8U7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vCa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNBG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9wSO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74S6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Qyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cTo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guPs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npGm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b3Vr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ojlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DxKN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6bQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yOzO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oSjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1BKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l8lo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MG0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zf6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3wDd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmHH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GmpY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rIfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hzW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgmP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q3r5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xFSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jvdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KSKs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d15x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vI26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j5Is" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GPIG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q3Do" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC4i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ErvN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j54X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/453f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDFX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LOWf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXtS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/woRA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7un" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vrQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HY82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lUjR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Suoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LU95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8U7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vCa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNBG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9wSO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74S6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Qyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cTo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guPs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npGm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b3Vr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ojlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DxKN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6bQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yOzO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oSjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1BKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l8lo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MG0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zf6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3wDd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmHH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GmpY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rIfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hzW5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgmP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q3r5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xFSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jvdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KSKs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d15x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vI26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j5Is" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GPIG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q3Do" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC4i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eiyn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ErvN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M209"/>
+  <dimension ref="A1:M210"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -16969,128 +17006,173 @@
       </c>
       <c r="I207" s="5" t="s">
         <v>1317</v>
       </c>
       <c r="J207" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="K207" s="5" t="s">
         <v>1318</v>
       </c>
       <c r="L207" s="6" t="s">
         <v>1319</v>
       </c>
       <c r="M207" s="5" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
         <v>1321</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>640</v>
+        <v>15</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>641</v>
+        <v>382</v>
       </c>
       <c r="E208" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G208" s="5" t="s">
-        <v>656</v>
+      <c r="G208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H208" s="5" t="s">
         <v>1322</v>
       </c>
-      <c r="I208" s="5"/>
+      <c r="I208" s="5" t="s">
+        <v>1323</v>
+      </c>
       <c r="J208" s="5" t="s">
-        <v>651</v>
+        <v>1154</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>396</v>
+        <v>640</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>641</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G209" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G209" s="5" t="s">
+        <v>656</v>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1327</v>
-[...1 lines deleted...]
-      <c r="I209" s="5" t="s">
         <v>1328</v>
       </c>
+      <c r="I209" s="5"/>
       <c r="J209" s="5" t="s">
-        <v>1104</v>
+        <v>651</v>
       </c>
       <c r="K209" s="5" t="s">
         <v>1329</v>
       </c>
       <c r="L209" s="6" t="s">
         <v>1330</v>
       </c>
       <c r="M209" s="5" t="s">
         <v>1331</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H210" s="5" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I210" s="5" t="s">
+        <v>1334</v>
+      </c>
+      <c r="J210" s="5" t="s">
+        <v>1104</v>
+      </c>
+      <c r="K210" s="5" t="s">
+        <v>1335</v>
+      </c>
+      <c r="L210" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="M210" s="5" t="s">
+        <v>1337</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -17260,44 +17342,45 @@
     <hyperlink ref="M185" r:id="rId190"/>
     <hyperlink ref="M186" r:id="rId191"/>
     <hyperlink ref="M187" r:id="rId192"/>
     <hyperlink ref="M188" r:id="rId193"/>
     <hyperlink ref="M189" r:id="rId194"/>
     <hyperlink ref="M190" r:id="rId195"/>
     <hyperlink ref="M191" r:id="rId196"/>
     <hyperlink ref="M192" r:id="rId197"/>
     <hyperlink ref="M193" r:id="rId198"/>
     <hyperlink ref="M194" r:id="rId199"/>
     <hyperlink ref="M195" r:id="rId200"/>
     <hyperlink ref="M196" r:id="rId201"/>
     <hyperlink ref="M197" r:id="rId202"/>
     <hyperlink ref="M198" r:id="rId203"/>
     <hyperlink ref="M199" r:id="rId204"/>
     <hyperlink ref="M200" r:id="rId205"/>
     <hyperlink ref="M201" r:id="rId206"/>
     <hyperlink ref="M202" r:id="rId207"/>
     <hyperlink ref="M203" r:id="rId208"/>
     <hyperlink ref="M204" r:id="rId209"/>
     <hyperlink ref="M205" r:id="rId210"/>
     <hyperlink ref="M206" r:id="rId211"/>
     <hyperlink ref="M207" r:id="rId212"/>
     <hyperlink ref="M208" r:id="rId213"/>
     <hyperlink ref="M209" r:id="rId214"/>
+    <hyperlink ref="M210" r:id="rId215"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>