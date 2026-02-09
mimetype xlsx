--- v0 (2025-11-09)
+++ v1 (2026-02-09)
@@ -5,883 +5,883 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="170" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>26. maj. 1923</t>
-[...2 lines deleted...]
-    <t>Dagbog</t>
+    <t>1926-10-12</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Christian Treschow</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>- Petersen, Rylen</t>
-[...11 lines deleted...]
-    <t>Alhed Larsen</t>
+    <t>Mørkøv</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Orelund, 4440 Mørkøv
+Uraniavej, Frederiksberg C</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Christian Treschow
+Frederik Treschow</t>
+  </si>
+  <si>
+    <t>Ellens far Lehn Schiøler bor på Uraniavej på Frederiksberg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
+  </si>
+  <si>
+    <t>Ellen og Chr. Treschow beder inderligt Alhed og Johannes Larsen om et besøg hos dem og deltagelse i jagten hos Treschows far Frederik. De trænger til opmuntring, idet det går skidt for landbruget, og Ellens far Lehn Schiøler er ramt af en hjerneblødning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zkqN</t>
+  </si>
+  <si>
+    <t>Orelund
+d. 12/10-26.
+Kære Las!
+Undskyld Skriften, men jeg ligger i Sengen af en nederdrægtig og grundig Forkølelse. Blot dette for at spørge om ikke det var muligt ligesom sidste Aar at lokke dig og Fru Las herover for at være med til Jagt hos min Fader i Dag otte Dage saaledes at I kom her senest paa Mandag d. 18 ds. og hvis I kunde slaa Eder til Ro en Dag eller to efter Jagten vilde I glæde os meget vi trænger saadan til at se og tale med nogle rare Mennesker for Landbruget er trist og Forholdene paa Uraniavej saa sørgelige at det Hele synes os Graat i Graat. Jeg ved ogsaa at I vilde glæde Fader meget hvis det er Eder muligt at komme. - Vi vilde have telefoneret, fordi Faderen er utaalmodig efter Svar, men opgav det paa Grund af Stormen, men vil du ikke nok være rar at sende os et Par Ord snarest. - Og kom nu endelig hvis det paa nogen Maade er Eder muligt. - 
+Mange Hilsner til Fru Las og dig selv fra Ellen og din heng.
+Chr. Treschow.</t>
+  </si>
+  <si>
+    <t>1924-11-27</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
-    <t>- Jacobsen, frøken
+    <t>4440 Mørkøv
+Christiansborg
+København</t>
+  </si>
+  <si>
+    <t>Esben Hansen
+Lars Hedelund
+Otto Helms
+Vagn Jacobsen
+Else Jensen
 Johannes V. Jensen
-Grethe Jungstedt
-Andreas Larsen
+Alhed Larsen
 Johan Larsen
 Marie Larsen
 Eiler Lehn Schiøler
-Ellen  Sawyer</t>
-[...16 lines deleted...]
-    <t>Kjøbenhavn 30 Marts. 1924!
+Albert Naur
+Kai Nielsen
+Henry Salzwedell
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er i gartnerlære i Stige nær Odense.
+Slottet og Loftet: Johannes Larsen malede på bestilling et billede af flyvende storke til ophængning i loftet i Kongens Håndbibliotek, Christiansborg. 
+Vinskoven hørte under et gods, og Salzwedell var jæger ved dette. 
+Jonna kan være Kai Nielsens kone Yonna.
+Der blev trykt mindre reklamehæfter forud for, at Eiler Lehn Schiølers store og dyre bogværk Danmarks Fugle (Fuglebogen) udkom. 
+Otto Helms bog Stæren udkom fra Hage &amp;amp; Clausens Forlag 1925. De følgende år udgav samme forlag bøgerne Lærken (1926) og Storken (1927) med samme forfatter og illustrator.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er færdig med billedet til slottet, og han og Johan har set på det i dagslys. Han har nu fået bestilling på en stor akvarel, som han vil male i Vinskoven, hvortil han tager snarest. Larsen kan ikke undvære penge til Andreas.
+Larsen har været til Kai Nielsens fødselsdag, og her gav Lehn Schiøler Brygger Jacobsen et prøvehæfte af Fuglebogen. Ny Carlsbergfondet har bevilget 30.000 til trykning af første bind.
+Johannes Larsen har lavet tre omslag til Johannes V. Jensens myter. Han skal lave illustrationer til O. Hjelms bog Stæren. De følgende år vil der blive udgivet flere bøger om fugle med samme forfatter og illustrator.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ahnr</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 27 Nov. 1924.
+Kære Puf!
+Tak for Brevet! Jeg er nu færdig paa Slottet og har afleveret Billedet, tilsyneladende til Modtagerens Tilfredshed, og faaet Betalingen sendt til Esben Hansen. Jeg har i Øjeblikket ingen Penge at undvære, men jeg har faaet Bestilling paa en større Aquarel til 1000 Kr. som jeg har i Sinde at lave ude i Vinskoven, naar det er daarligt Vejr, naar jeg faar dem skal Du faa de 250 Kr. og hvis jeg ikke faar dem inden jeg rejser derudefra skal jeg skrive til Esben Hansen efter saa mange at Du kan faa dem inden Jul. Jeg var ude at spise til Middag hos Jonna i Gaar, sammen med Naurs og Else Johannes V. Johs V. havde Ørepine. Det var Kajs Fødselsdag. Schiøler og jeg havde været til Frokost hos Brygger Jacobsen og Schiøler overrakte ham et af de første Explr. af et Reklamehefte ”Prøvehefte” af Fuglebogen som Gyldendal har ladet fremstille Det er paa 40 Sider og med Tekst og Billedprøver, bl.a. 3-4 Tavler i fuld Størrelse og 16 i omtrent ¼ Størrelse. Carlsbergfondet har i Dag stillet 30.000 Kr. i Udsigt til Udgivelsen af første Bog, saa nu dages det og i Januar begynder de at trykke Oplaget inde i Gutenberghus. Kan Du ikke sende mig mit Oljetøj. Jeg faar maaske stærkt Brug for det, det er vel utænkeligt at Vejret arter sig som hidtil lige til Jul. Jeg rejser ud i Vinskoven Lørdag eller Søndag Adr: Jagtbetjent 
+Salzwedel
+Vinskoven
+Mørkøv
+Jeg har lige talt i Telefonen med Din Moder, hun har det godt og var ved at skrive til Dig.
+Marie ringede i Formiddags fra Uglen, jeg gaar der hen i Mrg Eftermiddag. Jeg har haft en forfærdelig Masse at rende om hver Dag. Har lavet 3 Omslag til Johannes V.s Myter og et Omslag til ”Frem” 100 Kr. pr. Styk. I Dag aftalte jeg med en Mand at jeg skal lave for 500 Kr Tegninger til en Bog om Stæren af Helms med Indledningsdigt af Johs V. og det er Meningen for Fremtiden at der hvert Aar skal laves og udgives en lignende Monografi om en af vore almindelige Fugle, af samme Forfatter og Undertegnede. Jeg kan ogssa hilse fra Lysse, han kom her i Formdags og var med oppe paa Christiansborg, vi var inde og saa paa Loftet ved Dagslys, jeg havde kun set det ved kunstigt Lys siden det kom paa Plads. Mange kærlige Hilsner
+Din Fader
+P.S.
+Vil Du hilse Hedelunds.</t>
+  </si>
+  <si>
+    <t>1924-12-02</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Vinskoven</t>
+  </si>
+  <si>
+    <t>Hareskov?</t>
+  </si>
+  <si>
+    <t>4440 Mørkøv
+4400 Kalundborg</t>
+  </si>
+  <si>
+    <t>Tom Christensen
+Theodor Duepetersen
+Esben Hansen
+Ludvig Holstein
+Vagn Jacobsen
+Andreas Larsen
+- Larsen, kunsthandler
+Eiler Lehn Schiøler
+Johannes Madsen
+Johan Christian Petersen
+Henry Salzwedell
+Nalle Schou
+Christian Treschow
+Frederik Treschow</t>
+  </si>
+  <si>
+    <t>Haage &amp;amp; Schmidt var et tysk frøfirma i Erfurt. Grundlagt 1862. "Med nutidens målestok et af de største gartnerier i Europa" (haage.org)
+Det er uvist, hvem Tom Christensen var. Om det fx er forfatteren Tom Kristensen kan ikke umiddelbart afgøres. 
+Alhed Larsen opholdt sig på Hareskov Sanatorium efter nogle hjerteanfald (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler i Vinskoven. Han vil male et billede af en gammel eg. Er blevet inviteret på jagt, men har sagt nej. Han skal arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F2eP</t>
+  </si>
+  <si>
+    <t>Vinskoven 2 Dec. 1924.
 Kæreste Alhed!
-Tak for alle Brevene i Dag, de glædede mig meget. Schiøler siger at baade Puf og Lysse var hjemme i Gaar Aftes da Du telefonerede. Er Pufs Gartneri oversvømmet? 
-[...2 lines deleted...]
-JL.</t>
+Jeg kom godt herud i Søndags. Ankom hertil Kl. 4 i en Fordvogn Salzwedell havde sendt til Stationen efter mig. I Gaar gik jeg rundt og orienterede mig i Landskabet men i Morges regnede det da jeg vaagnede og det har regnet hele Dagen, som jeg saa benytter til at barbere mig og skrive Breve. Jeg har skrevet til Kunsthandler Larsen efter Farver, til Papirpetersen, Puf, Bryggerens, Th, [Svar] paa vedlagte Glarmester Madsen, om at sende den ene Aquarel direkte til Len, Esben Hansen efter Penge, i alt 8 Breve med dette her. Du kan tro Skovmaarene er fine og jeg er begyndt at sledske for dem. Jeg vil begynde med at male et Par store Billeder af en mægtig gammel Eg der staar i Skoven lige her udenfor Døren, Graavejr og eventuelt Solskin hvis der bliver noget. Chr. Treschow ringede før om jeg vilde med ham og hans Fader ned til Kallundborg i Morgen, for at sejle paa Ederfuglejagt hvis Vejret blev til det, men jeg turde ikke, jeg maa jo see at komme i Gang med at Arbejde, jeg glæder mig til det. Derimod lovede jeg at komme derhen en Aften, han vil hente og bringe mig. Jeg blev ringet op i Lørdags Aftes af Fru Nalle Schou er det ikke saadan Bufs Kone hedder, det var noget om at reproducere et eller andet til Ludvig Holstein, men hun vidste ikke rigtig Besked. Saa ringede Tom Christensen, de vilde gerne have Lov til at gengive den Tegning jeg havde lavet til Mappen i en Festartikel, hvilket jeg tillod. Kan Du ikke sende mig Politiken for i Morgen? Jeg havde tænkt at telegrafere til Holstein men ved ikke hvorhen. Kan Du ikke gøre det for os begge 2. Mange kærlige Hilsner, skriv snart. Din JL
+Kan Du ikke ogsaa sende Haage &amp;amp; Schmidt de 4,95. Jeg har ingen Penge.</t>
+  </si>
+  <si>
+    <t>1924-12-15</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Orelund 4440 Mørkøv
+Vinskoven 4440 Mørkøv</t>
+  </si>
+  <si>
+    <t>- Berend
+Theodor Duepetersen
+Johan Elmqvist
+Esben Hansen
+Johan Larsen
+Eiler Lehn Schiøler
+Christine  Mackie
+Elisabeth Mackie
+Henry Salzwedell
+Christian Treschow</t>
+  </si>
+  <si>
+    <t>Johannes Larsen undrer sig over, at han ikke har hørt fra Esben Hansen. Han er færdig med akvarellen til Berend og venter på at få en rulle til forsendelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7fK2</t>
+  </si>
+  <si>
+    <t>Vinskoven Mandag 15/12 1924.
+Kæreste Alhed!
+Hermed Brevene fra Th og Elmquist. Det var mig en stor Skuffelse med Vejret i Gaar, jeg havde haabet paa Sol til et pragtfuldt Motiv jeg saa i Lørdags, men for sent, og saa var det mørkt og taaget hele Dagen og i Dag ligesaa graat og koldt. Jeg var paa Orelund i Aftes. Christian hentede mig, der var ikke andre end Forvalteren, vi spillede L’Hombre og havde det rart. Jeg hører at Peter Brønsted har overtaget mit Værelse hos Schiølers og bor der. Jeg kan ikke forstaa Esben Hansen, jeg skrev til ham Dagen efter at jeg var kommen herud at jeg skyldte Salzwedell 14 Kr for Fragtbreve og kun havde 6. Dagen efter fik jeg et Expressbrev, der gik ud paa at jeg skulde telegrafere om jeg havde faaet nogle Penge han havde sendt til Kjøbenhavn, hvorpaa jeg svarede pr Brev at det ikke hastede saa stærkt, at jeg behøvede at telegrafere. Jeg har imidlertid ikke hørt fra ham siden. Jeg haaber der kommer en Rulle fra Hr Behrend i Dag saa jeg kan faa den Aquarel af Sted i Morgen, saa hvis jeg faar Penge fra ham kan det jo være lige meget med de andre. Jeg vilde ønske jeg kunde faa lidt bedre Vejr bare en Dag eller 2. Det er ikke oplivende med den Taage, og saa drypper det fra Træerne i Skoven som om det regnede. Kan Du læse det lange Ord i Ths Brev paa sidste Side, med Tankestreg for og bag, det ser saadan ud: - allersterstershurester – Hvad behager? Jeg kan altsaa ikke, maaske er det siamesisk det hører i hvert Fald ikke til i noget mig bekendt Sprog. Hils Chr. og Putte og Lysse. Mange kærlige Hilsner Din JL 
+Nu regner det tilmed</t>
+  </si>
+  <si>
+    <t>1926-10-23</t>
+  </si>
+  <si>
+    <t>Ellen Dorothea Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Torbenfeldt
+Orelund, 4440 Mørkøv
+Uraniavej, Frederiksberg C</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler er Ellens far. Han rammes i 1926 af en hjerneblødning, der delvist lammer ham og dør i 1929. Han bor på Uraniavej på Frederiksberg. 
+Orelund ejes af Christian Treshow fra 1923, mens Torbenfeldt ejes af hans far Frederik Treschow.
+Musen formodes at være Ellen og Christian Treschows barn.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på besøg hos Ellen og Christian Treschow på Orelund.
+Ellens far Eiler Lehn-Schiølers tilstand er alvorlig efter en hjerneblødning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MPAR</t>
+  </si>
+  <si>
+    <t>Orelund. 
+23-10-26.
+Kære Las!
+Du maa meget undskylde, at jeg glemte at give dig de Penge, som du laante mig forleden Dag paa Torbenfeldt. Jeg haaber ikke, det gør noget, at jeg sender Beløbet i Frimærker. 
+I kom vel godt hjem i Onsdags?
+Vi var forfærdelig glade for Jeres Besøg; det var vel ikke for anstrengende for Fru Las?
+Vi har kun hørt lidt fra Uraniavej, det ser ikke saa lyst ud for Fremtiden, - Fars Tilstand er vist omtrent den samme. - Vi tager derind i Aften.
+Mange venlige Hilsner til Fru Las og dig fra Christian og
+din heng.
+Ellen. 
+Musen sender mange Hilsner til Fru Las og "Manden"</t>
+  </si>
+  <si>
+    <t>1924-11-08</t>
+  </si>
+  <si>
+    <t>Tuse</t>
+  </si>
+  <si>
+    <t>Orelund, Holbæk</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Ellen Dorothea Lehn Schiøler
+Kai Nielsen
+Christian Treschow
+Frederik Treschow</t>
+  </si>
+  <si>
+    <t>Orelund er et gods nær Tuse ved Holbæk.
+Treschow er gift med Lehn Schiølers datter Ellen (se denne) og overtog godset i 1923.</t>
+  </si>
+  <si>
+    <t>Godsejer Chr. Treschow og frue savnede Johs. Larsen og fru Alhed ved deres jagt og middag forleden. Endvidere takkes Johs. Larsen for de store malerier bl.a. Knortegæssene og Brunnakkerne, som han har malet til dem på meget favorable vilkår.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x1dO</t>
+  </si>
+  <si>
+    <t>Orelund d. 8/11-1924.
+Kære "Las"! 
+De kan tro vi var kede af at De og Fru Las ikke kom herud i Torsdags vi savnede Dem meget baade ved Jagten, der var rigtig vellykket, og ved Faderens Middag om Aftenen.- Faderen havde ogsaa glædet sig til at have Dem, og da han skulde have haft Fru Las til Bords, var det jo en dobbelt Skuffelse for ham.- paa den anden Side forstaar vi jo nok, at De maatte være med til Kai Nielsens Begravelse - men kedeligt var det, at han skulde begraves netop den Dag. - Billederne kom meget programmæssigt Mandag Aften; de er aldeles vidunderlige, og vi er forfærdelig glade for dem. De hænger henne over vores Flygel Knortegæssene i Midten, lidt højere end de to andre, Svanerne til venstre, nærmest Vinduerne og Brunnakkerne paa den anden Side sammen med Fru Las's Pastel. - De skal have Tusind Tak fordi De har villet lave dem til os paa saa rimelige Vilkaar, som sagt, vi er meget glade og meget taknemlige for dem; men Las! naar De nu skal være ærlig har De saa troet at vi bad om at faa dem alle tre i den store Størrelse - eller er det Deres gode Hjærte der er løbet af med Dem? - I Løbet af en nogenlunde overskuelig Fremtid skal vi nok faa sparet lidt sammen og ikke misbruge Deres Kredit mere end højst nødvendigt - men det bliver nok i flere smaa Portioner at det kommer.
+Ellen siger at Fru Las lovede at De begge vilde komme herud noget senere, og vi haaber at det bliver til Alvor.
+Mange Hilsner til baade Fru Las og Dem selv fra Ellen og Deres hengivne Chr. Treschow.</t>
   </si>
   <si>
     <t>1924-09-29</t>
-  </si>
-[...1 lines deleted...]
-    <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Ejvind -
 Jens -
 Klavs -
 Oluf -
 Vinna -
 Bodild Branner
 Christian Caspersen
 Lars Hedelund
 Johannes Larsen
 Vilhelm Larsen
 Eiler Lehn Schiøler
 Helga Lehn Schiøler
 Christine  Mackie
 Christian Treschow
 Ellen  Treschow
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen er i København for at blive undersøgt af en specialist. Andreas Larsen er i lære som gartner i Stige nær Odense. Johan Larsen er studerende ved Landbohøjskolen.
 Johannes Larsen og hans bror, Vilhelm (Klax), skal til Sverige: Her skal de bo på familiens skovejendom, Båxhult. Netop i 1924 købte Johannes Larsen sin morbror, Ludvig Brandstrup, ud af Båxhult, så han selv blev eneejer. 
 "Det Bal" var en fest hos Marie Schou/Syberg, og det er omtalt i Alhed Larsens brev til Andreas Larsen dateret september 1924.</t>
   </si>
   <si>
-    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
-[...1 lines deleted...]
-  <si>
     <t>Alhed Larsen har ikke fortalt om sine problemer med hjertet, fordi hun ikke ville gøre Andreas, sønnen, bekymret. Nu har hun været hos specialist, og denne har forklaret Bodild, at hjertet er svækket. Hvis Alhed følger diverse forskrifter, passer diæt og holder sig i ro, kan hun få et langt liv uden anfald. Lægen anbefaler et ophold på Hareskov Sanatorium, men Alhed vil hjem først og ordne tøj mm. 
 Johannes og Vilhelm (Klax) Larsen skal til Sverige, men Alhed tager ikke med. Johan (Lysse) Larsen har været på jagt. Hun har besøgt Eiler Lehn Schiøler, og hans svigersøn bestilte akvareller for 1000 kr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/z8MY</t>
   </si>
   <si>
     <t>Min egen, kære Gamle!
 Tak for Dit lange Brev! Maaske det var forkert af mig ikke at tale til Dig om Hjærtet, inden jeg rejste herind. Men jeg vilde saa nødig gøre jer kede af det, til Din Far nævnede jeg det heller ikke før han var færdig med det store Billede. Desuden var jeg selv saa ængstelig, inden jeg havde været hos Specialisten. Jeg havde haft nogle smertefulde Anfald, som jeg ikke vidste hvad betød, jeg er imidlertid helt beroliget, navnlig efter at jeg i Gaar talte med Bodild, der havde ringet Specialisten op. Der var jo den Mulighed, at han ikke havde givet mig ren Besked. Men han sagde til Bodild, at det havde han, det var hans Princip med Patienterne. Jeg var mest bange for Forkalkning og det var Bodild ogsaa. Men det er der altsaa intet af. Tvertimod lader han mig æde Kalktabletter for Nældefeber +. [Indsat i margen, lodret:] Bodild siger, at det vilde han ikke give mig, hvis der var mindste Fare for det [Tilføjelse slut] Det der er, er en Svækkelse, Bodild sagde, da jeg spurgte om det var en Udvidelse af Hjærtet ”nej, tvertimod, hvis [ordet ”hvis” overstreget] Du kan tænke Dig det som om en af Dine Muskler havde lidt Overlast og der var gaaet Svind i Vævet, det er det der er sket med Dit Hjærte”. Desværre kan det ikke ”voxe ud igen”, men det kan holdes fuldstændig paa dette Punkt 2 [sidetal] og ikke alene det, men min Tilstand, mit Befindende min Nervøsitet kan i høj grad forbedres, Anfaldene kan undgaas og om jeg følger alle Forskrifterne, behøver jeg aldrig at mærke noget til det, det har intet med mit livs Langvarighed at gøre! Dette sidste synes Du maaske lyder underlig, men det passer. Bodild spurgte ham: hvordan er Proknosen [Prognosen]? og han svarede, jo den er god. Og med Proknosen mener de Udsigten for Fremtiden: Levedygtigheden. Aarsagen til det hele er som han sagde til Bodild: Fru Larsen har budt sig for meget. – Nu kæreste Gamle har jeg sagt Dig en fuldkommen, nøjagtig Besked. Det tridste ved det er jo det, at jeg bestandig skal gaa og passe paa med Diæt, Kulde, Anstrengelse o.s.v. men de siger man vænner sig til det, og det er vel rigtig nok. Du kan være ganske sikker paa og overbevist om, at jeg vil passe paa paa alle Maader, jeg har lidt en hel Del og Smerterne kommer omgaaende. Specialisten og Bodild mener begge at jeg skal tage til Hareskov Sanatorium en Tid og det gør jeg ogsaa nok, men jeg vil hjem først for at ordne Tøj o.s.v. og saa ses vi jo min søde Gamle. Men nu venter jeg til Din Far har været i Sverige med Klax, jeg tager ikke med da det let kan blive for anstrengende, jeg kan jo ikke trave rundt i Skoven med de andre og de to lange Rejser er heller ikke godt med al den Kørsel paa aaben Vogn o.s.v. nu foreløbig gaar jeg her hos Meme og har det yndigt, jeg hviler og driver efter Noder og har det allerede noget bedre. Det Bal har været min eneste Udskejelse, men jeg laa 3 Timer om Efterm. inden og vi tog tidlig hjem. – Lysse har været paa Jagt hos Klavs et Par Dage fra Fredag aften, Klavs hentede ham i Bil – han havde kun 2 Timer om Lørdagen og dem snød han for, ellers er han vist meget flittig – og til Aften Kl. 7, saa spiste han, Din Far, Meme og jeg i Paraplyen, vi var hjemme ½ 10. – Hos Schiølers har jeg været et Par Gange, forleden sammen med Ellen og Chr. Treschow, der bestilte for 1000 Kr. Akvareller, vi kan ikke sige andet end at det gaar godt med Forretningen. Deres Dreng var der ogsaa, det er en ganske dejlig Unge. – Nu gaar Meme og jeg en lille Visit ned hos Max at træffe Bedstemor, Din Far og Lysse vilde i zool. Have i det gode Vejr. – Jeg vil være glad ved at høre et Par Ord fra Dig søde Gamle, hvis Du en Dag gider skrive lidt.
 1000 Hilsner min egen Dreng fra Din Mor.
 29 – 9 – 24 Meme beder mig endelig hilse mange Gange.
 Hils Hedelunds, Jens, Vind, Oluf og Ejvind</t>
   </si>
   <si>
-    <t>1924-11-08</t>
-[...32 lines deleted...]
-Mange Hilsner til baade Fru Las og Dem selv fra Ellen og Deres hengivne Chr. Treschow.</t>
+    <t>1938-12-30</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Eric Bøttern
+Margaretha Bøttern
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot
+Christian Treschow</t>
+  </si>
+  <si>
+    <t>Godset Hverringe ligger få kilometer nord for Kerteminde. 
+Johan/Lysse og Elena/Bimse har netop fået deres tredje barn, og det blev en pige (Alhed).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været syg i mange dage.
+Han fik fugle i julegave af Andreas/Puf og Else. Nogle af dem bor i Vinterhaven, som nu er omdannet til volière. 
+Larsen fodrer vilde fugle i haven. 
+Eric Bøttern og hans kone kommer til middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/17Cx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Dec. 1938.
+Kære Lysse!
+Tak for Dine Breve. Jeg var til Middag paa Hverringe forrige Lørdag, bl.a. sammen med Chr. Treschow, som jeg skal hilse fra. Dagen efter var jeg forkølet og laa hele Ugen til jeg stod op Juleaften. 2de Juledag havde jeg Besøg af Patronen og gik med ham i Haven og viste ham Odderne og Bryggeriet og fik Forkølelsen om igen. Jeg har dog gaaet oppe siden men kan ikke komme af med den. Jeg fik en Dompap og 2 lyseblaa Undulater til min Fødselsdag af Puf og Else. Den første er i Bur her inde de 2 andre ovre i Vinterhaven der er lavet om til Voliere dog med Bibeholdelse af Glas i Gavle og P[ulæseligt]pel. Jeg har vist fortalt at den revnede i Stormen mens jeg var ved Fiilsø. Vi fodrer Solsorter og Spurve og Bogfinker og Rødhals her uden for og i Gaar Middags kom der en Fasan og en Hættemaage og jagede dem væk og sad længe og aad sammen, Fasanhønen længst. I Morges daa jeg stod op gik der 3 Fasanhøner uden for Spisestuevinduet. Ellers kommer her 4-5 Graaænder. Jeg har en Ederfugl ♂ og en Sædgaas som jeg havde med fra Fiilsø og 2 Graaænder som jeg har faaet af Agraren. Den gamle Stamme blev skudt væk i Sommer. Erik Bøttern og hans Kone kommer her til Aften. Tak for Elsdyret og Fyldepennen. Det var da en forfærdelig Jammer med alle Dine Naboer, forhaabentlig kommer de over det. Jeg skal hilse fra Puf og Else og Børnene og ønske Dig et godt og glædeligt Nytaar! Ogsaa fra mig, og gid Du snart maa faa Bimse og Børnene hjem i god Stand Det var morsomt at det blev en lille Pige. Mange Hilsner
+Din Far.</t>
+  </si>
+  <si>
+    <t>1943-07-28</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Anna Foged
+Niels Foged
+Elise Hansen
+Grete Jensen, f. Hansen
+Tage la Cour
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Elisabeth Neckelmann
+Marie Neckelmann
+Finn Salomonsen
+Franz Syberg
+Gudrun Syberg
+Ane Talbot
+Christian Treschow</t>
+  </si>
+  <si>
+    <t>Andreas/Lysses svigerinde kan være både Marie og Elisabeth Neckelmann og Grete Jensen, f. Hansen. 
+Johannes Larsen havde en tam odder, Jokum.
+Johannes Larsen malede et stort billede til Christa Knuth, og hun blandede sig i kompositionen. 
+På Arkiv.dk findes flere fotografier af Christa Knuth og Johannes Larsen på Knuthenborgs trappe til terrassen (se B6769, B6772, B6771 og B6768, alle Kerteminde Egns- og Byhistoriske Arkiv).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johan/Lysses svigermor og svigerinde er på besøg. Finn Salomonsen og Tage la Cour samt Niels Foged med frue har også været der. Larsen gik i seng, da aftengæsterne kom. Christian Treschow bad Larsen bestille et hotelværelse.
+Odderen er brudt ud, og den æder nok både Larsens guldfisk og grønne frøer.
+Larsen prøver at rette sig efter Christa Knuths anvisninger og har anbragt en hejre, et par fasankokke og en vibe på billedet. Han har også malet tordenvejr. 
+Else svøbte hejrerne i flæsk, og de smagte godt.
+Larsen og familien bader kl. 11. De andre går også i vandet ved sekstiden. 
+Johannes Larsen synes, at fotografierne er gode.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/otJS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde.
+[I brevet:]
+Kjerteminde 28 Juli 1943.
+Kære Grevinde.
+Sikken en Varme. Tak for Opringningen i Gaar, det var dejligt at høre Din Stemme. Jeg havde for øvrigt en livlig Dag i Gaar. Vi har Besøg fra i Mandags af Lysses Svigermor og Svigerinde. I Gaar malede jeg til Kl. 11, gik saa i Vandet til Kl. 12, da jeg kom hjem var der ankommen 2 Ornithologer Dr. Finn Salomonsen og Tage la Cour. Saa spiste vi Frokost med diverse Snapse, derefter snakkede vi Fugle og Bøger til de cyklede ved 5 Tiden. Saa tog jeg en Avis og saa meldte Stuepigen Adjunkt Niels Foged og Frue der blev til vi skulde spise og om Aftenen var Organist Syberg og Kone inviterede men jeg gik i Seng. Nu er jeg lige kommen hjem fra et Eftermiddagsbesøg hos Sybergs med hjemmebrygget Øl og The, Kage og ny Honning, saa kommer Pigen ind og melder at Chr. Treschow, Orelund har ringet fra Odense at han kommer og bliver til i Morgen, og om jeg vilde bestille et Værelse til ham paa Hotellet, hvilket jeg har forsøgt, men der var ingen, dog lovede de at prøve paa at skaffe et i Byen, og ringe senere, ellers maa vi jo prøve paa at lave et Natteleje til ham. De andre er hos Sybergs endnu og aner ingen Ting. Jeg gik i Forvejen for at skrive til Dig. Forøvrigt er min Odder brudt ud i Forgaars Aftes og Puf gik og rumsterede i Haven i Nat et Par Gange, men det lykkedes ham ikke at overtale den til at gaa ind. Maaske bliver han saa sulten i Nat at han gaar ind, men til den Tid har han vel ædt alle mine Guldfisk og grønne Frøer. Jeg forsøger at rette mig efter Dine Anvisninger med Hensyn til Billedet. Det er lykkedes mig at faa anbragt en Hejre til uden at ødelægge Helhedsvirkningen. det samme kan vist ikke siges om et Par flyvende Fasankokke i Forgrunden og en do Vibe i Mellemgrunden men jeg er villig til at fjerne sidstnævnte hvis de støder Dig Jeg har ellers været heldig et Par Dage i forrige Uge, der stod Tordenbyger i NØ. som jeg fik tegnet efter den ene Dag og malet den anden. Jeg glæder mig til Graaænderne. Hejrerne var gode, min Svigerdatter nænnede ikke at lave dem til Bøffer, men svøbte Flæsk om dem og stegte dem hele. Vi gaar alle sammen i Vandet om Formiddagen Kl 11 og jeg synes det bider i Lemmerne at svømme; de andre gaar ogsaa i Vandet ved 6 Tiden, men jeg synes jeg har nok i en Gang om Dagen. Naa nu har jeg vel fortalt Dig alt hvad jeg sagde i Gaar i Telefonen, jeg kan aldrig huske hvad jeg har sagt længe efter. Hils de andre og mange Hilsner til
+Dig selv fra
+Din hengivne
+Johannes Larsen.
+P.S.
+Her er det Fotografi jeg synes er bedst af mig altsaa. D.v.s. jeg synes ogsaa at de 3 hvor vi sidder paa Trappen er gode især af Dig
+JL.</t>
+  </si>
+  <si>
+    <t>4400 Mørkøv</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Eiler Lehn Schiøler
+Helga Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Vinskoven hørte til herregården Orelund. Johannes Larsen opholdt sig af og til derude for at male, og han kunne overnatte der.
+Andreas Larsen (Puf) var i gartnerlære i Stige nær Odense.
+Alhed Larsen havde i september 1924 nogle smertefulde hjerteanfald, og hun opholdt sig derfor på Hareskov Sanatorium i november og december måned.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har gået og orienteret sig i Vinskoven og valgt en gammel eg, som han vil male. Alhed er kommet sig. Andreas må sende Johannes Larsens træsko til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ww2M</t>
+  </si>
+  <si>
+    <t>Vinskoven 2 Dec. 1924.
+Kære Puf!
+Som Du ser er jeg nu herude. Jeg kom her Søndag Eftmdg og i Gaar gik jeg omkring og orienterede mig. I Dag har det regnet siden tidligt i Morges, og jeg benytter Lejligheden til at skrive og barbere mig. Hvis Du ikke har sendt Oljetøjet vil jeg gerne have sendt mine Træsko med, put det hele i en forholdsvis god Sæk, jeg kan faa Brug for dem naar jeg skal herfra. Din Moder var inde i Kjøbenhavn i Lørdags Eftmdg og spiste til Middag hos Schiølers. Hun har det godt og gør Indtryk af at være kommen sig gevaldigt derude. Jeg er spændt paa hvad jeg vil faa ud af Opholdet her. Paa denne Aarstid med de korte Dage, spiller Vejret jo en overordentlig Rolle. Foreløbig vil jeg give mig i Lav med at male en mægtig gl Eg der staar i Skoven lige her udenfor Døren. Mange kærlige Hilsner
+Din Far!
+P.S.
+Du maa gerne lade høre fra Dig en Gang imellem.</t>
+  </si>
+  <si>
+    <t>1924-12-05</t>
+  </si>
+  <si>
+    <t>4440 Mørkøv</t>
+  </si>
+  <si>
+    <t>Esben Hansen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Esben Hansen har skrevet i et expresbrev, at han har sendt 500 kroner til Johannes Larsen til betaling af Lehn Schiøler. Brevet er ikke kommet endnu. Johannes Larsen er begyndt at male det store træ. Det er dejligt at være lidt i ro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jyVu</t>
+  </si>
+  <si>
+    <t>Vinskoven 5 Dec. 1924
+Kæreste Alhed!
+Jeg har lige faaet et Expressbrev fra Esben H. som Svar paa et Brev jeg skrev til ham i Mandags. Han skrev at han har sendt 500 Kr til mig til Schiøler, som jeg imidlertid ikke har faaet endnu. Han skriver at det er længe siden han har hørt fra Dig. Jeg begyndte i Gaar at male paa det store Træ og i Dag har jeg været en lang Tur rundt i Skoven med Malerkassen, men uden at kunne bekvemme mig til at sætte mig ned og male, da der var en væmmelig Træk alle Vegne hvor det ikke stormede. Jeg har det ellers godt og det skulde jo gaa sært til om jeg ikke fik lavet noget. Foreløbig synes jeg det er dejligt at være lidt i Ro.
+Jeg var ved at faa for meget om Ørene i Kjøbenhavn. Jeg havde Brev i Gaar, baade fra Puf og Lysse. Og naar nu Posten kommer om et Øjeblik haaber jeg at faa fra Dig. Mange kjærlige Hilsner Din JL.</t>
+  </si>
+  <si>
+    <t>1924-12-12</t>
+  </si>
+  <si>
+    <t>- Berend
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Vinskoven hørte under et gods ejet af Treschow, som blev gift med ornitolog og vekselerer Eiler Lehn Schiølers datter, Ellen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har tegnet og malet på den store akvarel i to dage og bliver nok færdig i dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zdvn</t>
+  </si>
+  <si>
+    <t>Vinskoven 12/12 1924
+Kæreste Alhed!
+Du faar kun et Par ord, da Posten er ved at komme. Jeg har skrevet til Birch og Berend. Jeg tog nemlig en rask Beslutning i Gaar Mrg. og tog fat paa den store Aquarel, som har plaget mig længe. Jeg tegnede fra jeg stod op til det blev mørkt og fik den tegnet omtrent færdig og i Dag har jeg malet saa jeg tænker jeg bliver færdig i Eftermiddag. Christine ringede i Gaar, hun kommer og henter mig Søndag Kl. 4. Jeg haaber der er Brev fra Dig i Dag. Mange kærlige Hilsner Din JL</t>
   </si>
   <si>
     <t>1924-11-12</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hareskov?</t>
   </si>
   <si>
     <t>Vinskoven 4400 Mørkøv
 Christiansborg</t>
   </si>
   <si>
     <t>- Arenholt
 - Bohr
 Esben Hansen
 Niels Hansen
 Thomas Hansen
 Vagn Jacobsen
 Johannes Madsen
 Jacob  Normann
 Frede Skaarup
 J.R.S. Warburg</t>
   </si>
   <si>
     <t>Johannes Larsen er ved at færdiggøre opsætningen af "Kredsende storke" i Kongens Håndbibliotek på Christiansborg.
 Muligvis er det billedet "Sangsvanerne letter", som Johannes Larsen skal til at begynde på.
 Alhed Larsen opholdt sig på Hareskov Sanatorium i november-december 1924, da hun havde haft flere hjerteanfald.(Birgit Bjerre:Marie-uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
   </si>
   <si>
     <t>Johannes Larsen har gjort et stort lærred klar og skal til at tegne op på det. Han har været til en festlig sammenkomst. Skal med Bryggeren og Arenholt til Vinskoven. Bohrs har købt en akvarel med pibesvaner.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zwmv</t>
   </si>
   <si>
     <t>Kjøbenhavn 12 Nov. 1924
 Kæreste Alhed!
 I Dag er det gaaet mig godt, Spartlingen fra i Gaar var tørret fint op og Lærredet saa vældigt godt ud. Thomas og jeg kvadrerede begge Lærreder og skruede Staffeliben bag paa det store og rejste det op, saa nu kan jeg begynde at tegne det op i Mrg. Formiddag. Det var en rigtig morsom Aften i Aftes med megen god Mad og endnu mere Drikke, og Smørrebrød og Øl og Snaps og til allersidst Champagne igen som jeg imidlertid lod staa da jeg havde faaet nok. Jeg kom først i Seng Kl. 4 i Mrg. og sov til den var 10.
 Der var Skaarup, Dr. Normanns, Niels Hansens, Arenholt og en J.R.S. Warburg. Jeg tager med Bryggeren og Arenholt ud i Vinskoven Fredag Aften og hjem Søndag Aften. Det er meget snildt saa kan jeg faa alt mit Kluns med derud og tage Kufferten tom med hjem saa jeg kan have alt med naar jeg er færdig paa Christiansborg og tager endelig derud.
 Jeg var henne hos Bohrs og fik en Cheque som jeg skriver paa og sender Esben Hansen med. Jeg har skrevet til Madsen om at tage Aquareller ud og sende dem omgaaende naar de kommer fra Bohrs som lovede at sende dem snarest. De valgte den med Pibeænderne, vaklede lidt mellem den og Knortegæssene. De lod til at være meget glade ved den. Mon jeg ikke skulde faa Brev fra Dig i Mrg Jeg skal nok skrive flittigt nu herefter. Mange kærlige Hilsner Din hengivne JL</t>
   </si>
   <si>
     <t>1924-11-17</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>Carlsberg
 Vinskoven 4440 Mørkøv</t>
   </si>
   <si>
     <t>- Arenholt
 - Bohr
 Smør Christensen
 Theodor Duepetersen
 Thomas Hansen
 Vagn Jacobsen
 Xenia Jacobsen
 Frøken Levin
 Frederik Lützhøft
 Direktør Petersen
 Svend  Rathsack</t>
   </si>
   <si>
     <t>Johannes Larsen er ved at male på Christiansborg.
 Vinskoven ligger ved Mørkøv på Vestsjælland
 Alhed Larsen opholder sig på Hareskov Sanatorie efter flere smertefulde hjerteanfald(Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2010 s. 90)</t>
   </si>
   <si>
     <t>I dag har Johannes Larsen malet prøvebillede på Christiansborg. Han og Thomas Hansen har lavet farveblandinger. Han har været på jagt i Vinskoven et par dage.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UvDl</t>
   </si>
   <si>
     <t>Mandag Aften 17 Nov. 24.
 Kæreste Alhed!
 Det er snart længe siden jeg har hørt fra Dig. I Aftes da jeg kom hjem laa der et Kort fra Th. hvorpaa der stod [Bemalet] Du skal komme; og han havde selv været der i Bil. I Dag blev jeg ringet op af Sv. Rathsack som skulde overtale mig fra Direktør Petersen Aarhus (Smeden) til endelig at komme. Jeg kommer ikke. Jeg tør ikke gaa fra det Loftsbillede ligesom jeg har faaet begyndt. Jeg tror overhovedet ikke jeg kan male et Billede af den Art og Størrelse uden at det bliver gjort saa hurtigt som muligt og nu har jeg haft saa mange Uheld med det at jeg ikke vil udsætte mig for flere Afbrydelser.
 I Dag har jeg malet et Prøvebillede og Thomas Hansen har gjort det store rent med gl. Hvedebrød, det var blevet svinet saa meget til af Kul at jeg ikke turde male paa det. Vi har blandet fire Farver til Luften som jeg nu tænker at faa begyndt paa at smøre paa i Mrg. Lysse var der oppe i Eft.mdg. Jeg havde et Par dejlige Dage i Vinskoven med Bryggeren og Dr. Arenholt, dejligt Vejr og god Jagt, Harer og Fasaner. Men jeg har været dejlig træt i Dag, baade i min Krop og i mine Øjne. Vi spiste Middag paa Carlsberg, der var 2 Damer foruden Fru Brygger; nemlig Fru Ernst Goldschmidt og en Frk. Levin. Jeg gik Kl. ca 11 saa kunde jeg ikke mere for Søvnighed. Jeg har afleveret den Akvarel til Frem hos Gyldendal i Morges. Jeg havde tænkt at sende den ene af de Aquareller fra Fru Bohr til Th og give Smør Chr. den anden, men det er vel usikkert om den kommer i Tide ja det kan vel daarlig naa sig selv om de kommer i Mrg. Saa maa de jo vente til jeg en Gang faar Tid til at lave en. Jeg ved ikke om jeg kan faa fat i et Frimærke i Aften saa det er usikkert om Du kan faa dette i Mrg. For øvrigt venter jeg at Du ringer op i Aften inden jeg er gaaet i Seng. Jeg er træt og søvnig. Mange kærlige Hilsner Din JL</t>
   </si>
   <si>
-    <t>1924-11-27</t>
-[...9 lines deleted...]
-Otto Helms
+    <t>1924-12-06</t>
+  </si>
+  <si>
+    <t>Christiansø
+Vinskoven 4440 Mørkøv</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Sophus Clod Svensson
+- Due-Petersen
+Esben Hansen
 Vagn Jacobsen
-Else Jensen
-[...1 lines deleted...]
-Alhed Larsen
 Johan Larsen
-Marie Larsen
-[...3 lines deleted...]
-Henry Salzwedell
+Frederik Lützhøft
+Johannes Madsen
+Vilhelm Marstrand
 Christine Swane</t>
   </si>
   <si>
-    <t>Andreas Larsen er i gartnerlære i Stige nær Odense.
-[...65 lines deleted...]
-    <t>Vinskoven 2 Dec. 1924.
+    <t>Det er uvist hvilken Niels Hansen, der er tale om. Det er også uvist, om den valgte Due-Petersen, er den rigtige.</t>
+  </si>
+  <si>
+    <t>Alhed skal sende nogle tegninger eller tryk, som Johannes Larsen skal signere. Lützhøft har solgt godt. Der er stadig folk, som kan betale for kunst. Et billede af Marstrand blev solgt for 25.000 kroner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yHzA</t>
+  </si>
+  <si>
+    <t>Vinskoven 6 Dec. 1924
 Kæreste Alhed!
-Jeg kom godt herud i Søndags. Ankom hertil Kl. 4 i en Fordvogn Salzwedell havde sendt til Stationen efter mig. I Gaar gik jeg rundt og orienterede mig i Landskabet men i Morges regnede det da jeg vaagnede og det har regnet hele Dagen, som jeg saa benytter til at barbere mig og skrive Breve. Jeg har skrevet til Kunsthandler Larsen efter Farver, til Papirpetersen, Puf, Bryggerens, Th, [Svar] paa vedlagte Glarmester Madsen, om at sende den ene Aquarel direkte til Len, Esben Hansen efter Penge, i alt 8 Breve med dette her. Du kan tro Skovmaarene er fine og jeg er begyndt at sledske for dem. Jeg vil begynde med at male et Par store Billeder af en mægtig gammel Eg der staar i Skoven lige her udenfor Døren, Graavejr og eventuelt Solskin hvis der bliver noget. Chr. Treschow ringede før om jeg vilde med ham og hans Fader ned til Kallundborg i Morgen, for at sejle paa Ederfuglejagt hvis Vejret blev til det, men jeg turde ikke, jeg maa jo see at komme i Gang med at Arbejde, jeg glæder mig til det. Derimod lovede jeg at komme derhen en Aften, han vil hente og bringe mig. Jeg blev ringet op i Lørdags Aftes af Fru Nalle Schou er det ikke saadan Bufs Kone hedder, det var noget om at reproducere et eller andet til Ludvig Holstein, men hun vidste ikke rigtig Besked. Saa ringede Tom Christensen, de vilde gerne have Lov til at gengive den Tegning jeg havde lavet til Mappen i en Festartikel, hvilket jeg tillod. Kan Du ikke sende mig Politiken for i Morgen? Jeg havde tænkt at telegrafere til Holstein men ved ikke hvorhen. Kan Du ikke gøre det for os begge 2. Mange kærlige Hilsner, skriv snart. Din JL
-[...27 lines deleted...]
-Du maa gerne lade høre fra Dig en Gang imellem.</t>
+Tak for det lange Brev i Gaar. Jeg fik ogsaa indlagte fra Clod Svensson. De er nok utaalmodige deroppe og vi faar jo ingen Penge før de faar det Tryk. Mon Du ikke skulde forsøge at forklare Puf eller Glarmester Madsen hvor de ligger og bede en af dem sende mig et Par Stykker i en Rulle, saa jeg kan signere dem og sende dem der op. Det sneede stærkt i Aftes, men i Nat er det tøet helt bort, men det var meget tykt til Morgen og Træerne i Skoven dryppede og nu regner det og er næsten mørkt. Jeg har i Formiddag barberet mig og tegnet efter Maarene.
+Bryggeren ringede forleden at han maaske kom herud med Niels Hansen i Slutningen af Ugen, saa hvis det bliver til noget maa han jo komme i Dag det er Lørdag. Det om Christiansø var bare at en eller andet har fortalt mig at Klimaet var saa mildt der og at der bl.a. var Figentræer med modne Frugter hvert Aar. Ja det er spændende hvad Uglen og Mix har faaet ud af det. Jeg saa i den Politik at Lysse havde faaet gennemsnitlig 100 Kr. det giver jo 8000 hvis der har været 80 Billeder desuden har jeg set i en anden Avis at et Billede af Marstrand forleden gik i over 25000 Kr saa der er da endnu Folk der kan betale. Det var morsomt med Duen men det havde jo været endnu morsommere hvis Du havde truffet ham. Jeg vedlægger Esben Hansens Brev, det var dyrt, Expres Brev med 75 Øre Frimærker og mig kostede det 1 Kr 80 Gr og Drikkepenge til Drengene der kom med det. Det er dejligt at Du faar alle de Penge, men bedre vilde det jo have været om Du ikke havde tjent dem.
+Mange kærlige Hilsner 
+Din JL
+Nu kom Posten med et men der ikke Tid til at læse det JL</t>
+  </si>
+  <si>
+    <t>1924-12-11</t>
+  </si>
+  <si>
+    <t>Theodor Duepetersen</t>
+  </si>
+  <si>
+    <t>Korsør</t>
+  </si>
+  <si>
+    <t>Vinskoven 4440 Mørkøv
+Hareskov 3500 Værløse</t>
+  </si>
+  <si>
+    <t>Duepetersen bor i Lou St. ved Næstved (Telefonnøgle Næstved 1924, s 23)
+Duepetersen vil besøge Alhed i kaninskoven, så hun bor muligvis hos sin søster Christine Mackie i Hareskov.
+Ashanti-regionen ligger i dag i Ghana.</t>
+  </si>
+  <si>
+    <t>Opmuntrende brev til Alhed, som har haft dårligt hjerte og er indlagt på sanatorium.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/juXR</t>
+  </si>
+  <si>
+    <t>Læge Duepetersen Lou, d. 11/12 1924
+Trf. Hverd. 10-11 Telef.: Lou 2.
+Alhed!
+Tak for dit lange brev – det glæder os så sandelig at se at du jo er fuldstændig aandsfrisk - det påstår Las osse! den smule hjærtefejl! skidt med det ! det er jo ikke noet nyt! jeg har såmænd osse hat mange - men de går over du! dånt you worry old girl! Hvis guderne styre mine og min sølverbruds fjer retteligen, så kører jeg i min lupusauto til kaninskoven på Søndag formiddag for at se på dig og for at kysse dig for et billede denne ækle gl. Ashantineger fra Vinskoven i sin store drukkenskab har sendt mig – Jeg siger dig du: det er vanvittigt! pragtfuldt - bæstet har overgået sig selv! og det vil dog sige noget.
+Blæs på dine dia og prognoser – 
+du bliver rask og ung igen 
+TH</t>
   </si>
   <si>
     <t>1924-12-03</t>
   </si>
   <si>
     <t>Ærø
 Vinskoven,  Mørkøv</t>
   </si>
   <si>
     <t>Ora -
 Fru Balslev
 Christian Caspersen
 Lars Hansen
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
 Otto  Meyer
 Christine Swane
 Laura Warberg
 Hanne With</t>
   </si>
   <si>
     <t>Bjerre, Birgit: Christine Swane. 2003. S. 53 sp. 1.
 Alhed Larsen opholder sig på Hareskov Sanatorie efter nogle hjerteanfald (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
   </si>
   <si>
     <t>Alhed Larsen har haft besøg af to veninder: frk. With og fru Balslev.
 Christine Swane og fætteren Otto Meyer udstiller sammen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Ilyl</t>
   </si>
   <si>
     <t>Kære Lausi!
 Ja, jeg har ikke faaet noget brev af Sted i Dag, jeg ringede jo
 til Dig i Aftes og i Dag kom Max forbi endnu inden Fri og han var begejstret, og da han var taget af Sted, var det forsent at faa et Brev med, det var et meget vellykket Besøg, jeg havde Max herovre at drikke Eftermiddagskaffe, der foregaaende i Havesalen ved smaa Borde. Jeg fik Frk. With og Fru Balslev - de to, jeg kan bedst med - hen ved det Bord, og de faldt udmærket sammen og Mor morede sig godt. Apropos Frk. With, der jo bor paa Kristiansø, hvad var det hun talte om, der var af mærkeligt på Kristiansø, jeg vilde spørge Frk. W. ud om det, hun kunde slet ikke komme paa, hvad det var, husk at svare paa det. Jeg havde et langt Brev fra den Gamle i Dag, han har det godt og skriver saa fornøjet, mest Anekdoter om Lars. Hvor er det dog jammerligt hvis vi ret mange Dage skal have saadan et Regnvejr. Du kan jo slet ikke faa begyndt paa noget. Det er meget spændende, hvordan Uglens og Mix's Auktion er gaaet i Dag, jeg har tænkt at ringe dem op, men de er vel næppe hjemme, de har ikke ringet til mig, som Du sagde, de ville.I Morgen rejser lille Fru Balslev, det er kedeligt her er bare faa jeg bryder mig om. Tænk dig Uglen havde været her i Søndags. Far er undervejs da jeg kom ind at klæde mig om til Middag, saa hans Visitkort paa Klædeskabsdøren med en Hilsen og det Lexikon, han har foræret mig, havde han fundet paa en Bericht og skreven Dato i! Men ikke et Menneske har set ham eller talt med ham , og det mest mystiske er, at jeg om Mandagen fik Brev fra Ora, og hun nævner det ikke.
 Hvis jeg faar fat i Uglen i Telefonen, skal jeg føje et Par Ord til om Auktionen. Mor vilde sende dig en Politik i Morgen.
 Hav det godt. 1000 Hilsener
 Din A.
 Onsdag 3die Dec. -24</t>
   </si>
   <si>
-    <t>1924-12-05</t>
-[...59 lines deleted...]
-  <si>
     <t>1924-12-10</t>
   </si>
   <si>
     <t>Vinskoven, 4440 Mørkøv
 4200 Slagelse</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen
 Henry Salzwedell</t>
   </si>
   <si>
     <t>Alhed Larsen opholder sig muligvis også på Sjælland</t>
   </si>
   <si>
     <t>Johannes Larsen regner med at blive færdig med det store træ i dag. I går lavede hen studier af en havørn hele dagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/AmEz</t>
   </si>
   <si>
     <t>Vinskoven 10 Dec. 1924
 Kæreste Alhed!
 Fik jeg ingen Breve i Mandags saa fik jeg Revance i Gaar, hele 5. Ingeniørens Forespørgsel, en Regning fra dansk Rammefabrik, for en Mand til Hjælp til at spænde det store Lærred og Plys til at sætte mellem Lærred og Krydsene mens jeg malede: 14 Kr. et langt Brev fra Puf og Dit og en lille Bog om Hamlet fra Johs. V. Det er morsomt at Puf har faaet 400 Kr, og at han lader saa glad og tilfreds med det Hele. Naturligvis synes jeg Lysse skal have den Smoking. Jeg skal nok svare den Ingeniør at jeg vil komme ud og se paa Stedet, skønt jeg egentlig havde tænkt mig at Du kunde støde til her, saa vi kunde rejse hjem direkte over Slagelse, lige før Jul. Jeg tror jeg bliver færdig med mit store Træ i Eftermdg. saa jeg kan faa begyndt paa noget andet, men den store Aquarel begynder at trykke mig svært. Nu gik ogsaa Dagen i Gaar fra mig, for Salzwedell havde faaet en Havørn som jeg sad og lavede Studier efter hele Dagen. Det er jo snart Jul, mange kærlige Hilsner Din JL</t>
   </si>
   <si>
-    <t>1924-12-11</t>
-[...51 lines deleted...]
-    <t>Vinskoven 12/12 1924
+    <t>1924-03-30</t>
+  </si>
+  <si>
+    <t>- Jacobsen, frøken
+Johannes V. Jensen
+Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Eiler Lehn Schiøler
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Orelund er et gods nær Mørkøv ved Holbæk. Treschow er gift med Lehn Schiølers datter Ellen (se denne) og overtog godset i 1923.
+Det er uvist, hvem Jens, som nævnes sidst i brevet, er. Der er en del muligheder.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været syg og sengeliggende i flere dage i Schiølers bolig på Uraniavej på Frederiksberg, men har det bedre nu.
+Han får opringninger fra Johs. V. Jensen og flere besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aDtB</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 30 Marts. 1924!
 Kæreste Alhed!
-Du faar kun et Par ord, da Posten er ved at komme. Jeg har skrevet til Birch og Berend. Jeg tog nemlig en rask Beslutning i Gaar Mrg. og tog fat paa den store Aquarel, som har plaget mig længe. Jeg tegnede fra jeg stod op til det blev mørkt og fik den tegnet omtrent færdig og i Dag har jeg malet saa jeg tænker jeg bliver færdig i Eftermiddag. Christine ringede i Gaar, hun kommer og henter mig Søndag Kl. 4. Jeg haaber der er Brev fra Dig i Dag. Mange kærlige Hilsner Din JL</t>
-[...104 lines deleted...]
-Musen sender mange Hilsner til Fru Las og "Manden"</t>
+Tak for alle Brevene i Dag, de glædede mig meget. Schiøler siger at baade Puf og Lysse var hjemme i Gaar Aftes da Du telefonerede. Er Pufs Gartneri oversvømmet? 
+Tykke er i Dag kommen hjem fra Orelund og fortalte at hele Haven er en Sø og ved Svinestien er der et Vandfald over Vejen. I Aftes havde jeg kun 37 gr. og i Mrgs. 36,8 saa Dr. ST . gav mig Lov til at staa op og spise Frokost, saa kunde jeg gaa i Seng og hvis jeg ingen Temperatur havde maatte jeg staa op og spise til Middag. Det var dejligt at komme op og blive vasket og barberet efter ikke at have været i Berøring med Vand, udvendigt altsaa i en Uge. Jeg syntes det var for meget Ulejlighed at gaa i Gang og spise med Schiøler op i Museet hvor jeg har siddet og læst og nu nyder en Whisky og Soda mens jeg skriver dette. Jeg skulde bede Dig fra Schiøler at Du ikke kunde sende ham de smaa Bøger (Prøvebogen) da han længes efter at se dem igen. Det er morsomt at det Gaar godt med Sangsvanen. Jeg glæder mig til at se den, er den helt hvid? Eller er den gul (myrfarvet) paa Hoved og Hals og Undersiden?? Vil Du hilse Marie og Elle og Grethe. Jeg skal nok købe en pæn Klase Druer til Frk. Jacobsen, hun er heldigvis oppe igen og har det godt. Sikken et Søndagsvejr i Dag. I Morges sang Droslen og nu fløjter Solsorten her udenfor. Jeg gad vide om jeg ikke kan faa Lov at gaa ud i Mrg naar jeg nu har klaret mig saa godt i Dag, men jeg gør det ikke før jeg faar Lov til det. Jeg skal hilse mange Gange fra alle her. Johs. V. havde hørt at jeg laa og har ringet et Par Gange og i Gaar var Jens her henne med et Brev og et Par Bøger at læse i. Mange kærlige Hilsner
+Din
+JL.</t>
   </si>
   <si>
     <t>1934-12-20</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen
 Peter Larsen</t>
   </si>
   <si>
     <t>Tommy -
 - Ilshøj
 Vagn Jacobsen
 Elin Jensen
 Else Jensen
 Johannes V. Jensen
 Villum Jensen
 Peder Kruuse
 Johan Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Sigurd Schultz
 Leo Swane
 Franz Syberg
 Fritz Syberg
 Gudrun Syberg
 Hans Christian Tvedskov</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Fru P er. 
 Vinskoven ligger ved Orelund Gods i Mørkøv på Vestsjælland. Ellen f. Schiøler, g. Treschow ejede med sin mand godset. 
 Den første lillebæltsbro blev åbnet 14. maj 1935. 19/12 1934 havde Johs. V. Jensen en kronik i Politiken, der omhandler tekniske beskrivelser af broen, betragtninger af broer generelt og broen set i tiden omkring 1934. Kronikken indeholder også to billeder: Det ene af broen og det andet med fire unavngivne, voksne personer, men formodentlig personerne omtalt i brevet. 
 Det vides ikke, hvad Otterupsagen handler om. 
 Hot pot er en madtradition, der stammer fra det centrale Kina, hvor man samles om bordet med en stor gryde kogende bouillon, som man dypper og koger kød, grøntsager og fisk i, så det får smag fra bouillonen. (Kilde: Internettet jan. 2022).
 D.N.: Avisen Dagens Nyheder. 
 Alimentationsbidrag er det (årlige) bidrag til et uden for ægteskab født barns underhold, som typisk faderen er pligtig at udrede. (Wikipedia jan. 2022).</t>
   </si>
   <si>
-    <t>Brevet er i privateje, A</t>
-[...1 lines deleted...]
-  <si>
     <t>Andreas Larsen sender julegaver.
 Han har sammen med Johannes V og Else Jensen m.fl. gået over Lillebæltsbroen. 
 Else skal have en engelsk kogebog i julegave.
 Leo Swane har været på besøg og vil vist komme igen til nytår.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ZJbe</t>
   </si>
   <si>
     <t>Torsdag 20 Dec 1934.
 Kære Bimse og Lysse og Peter.
 Glædelig Jul!
 Vi har sendt en Pakke med Fru P, indeholdende nyt og gammelt Tøj til Peter og Lysse. Mokasinerne haaber vi maa passe Peter dennegang. Vesten er ikke saa ny som en Julevest burde være, men Tvedskov havde ingen, saa vi blev nødt til at sende en Else skulde give mig i Julegave og som var købt i god Tid, forat jeg kunde laane den til en Jagttur i Vinskoven for nogen Tid siden. Den var ogsaa med til at gaa over Lillebæltsbroen for nogle Dage siden. Hvis I ser godt efter, vil I paa to af Billederne i Politiken kunne se enkelte af os. Selskabet bestod af en Ingeniør, en Fotograf med Kone, Johs.V. med Else, Villum og Elin, JL og undertegnede. Else kunde ikke komme med grundet paa Barn. Samme har det godt, men yttrer til Tider Lyde der lyder som Utilfredshed (Øltrang?). I Otterupsagen er der ikke sket noget rigtigt siden Bimse var her og det er altsaa stadigt noget man ikke taler om. Else skal have en engelsk Kogebog til Jul: ”Good Things in England”, saa nu skal vi til at have lidt hot-pot og grilled Nyrer og den Slags. I ser vi er ikke videre hemmelighedsfulde med vore Julegaver, Kogebogen kom med Posten idag og jeg havde glemt at paalægge Far Tavshed, saa han begyndte at forhøre mig til Middag om hvad det var for en Bog der var kommet til mig imorges og saa maatte jeg jo ud med Sproget. – Vi har her den vildeste December siden Meteorologisk Inst. Oprettelse i 1768, saa vi har jo endnu ikke megen Udsigt til en hvid Jul, men det gør nu heller ingen Ting for min Skyld. Jeg haaber I maa være lige saa tilfredse med Jeres Vejr. – Else og jeg og Tommy var i Byen i Eftermiddag og der mødte vi en Mand (fra Snave), som betalte Tommy 60 Kr. i Alimentationshonorar og samtidig lyste han første Gang til nyt Ægteskab, som han mente vilde finde Sted først i det nye Aar. – Skriveswane var her en Aften forleden paa Hjemvejen fra Udlandet, han kommer desværre ikke i Julen, men da jeg viste ham to Tønder Øl jeg havde brygget til Julebrug, sagde han, at han vilde prøve paa at komme til Ny Taar (Ha, Ha, det vittige Stavning er af os Red.)
 Glædelig Jul 
 Puf.</t>
   </si>
   <si>
-    <t>1938-12-30</t>
-[...102 lines deleted...]
-JL.</t>
+    <t>26. maj. 1923</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8Hm1SjBc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -958,51 +958,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jyVu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yHzA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AmEz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zdvn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MPAR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MPAR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jyVu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zdvn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yHzA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AmEz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M22"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1039,940 +1039,940 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D2" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        </is>
+        <v>20</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="M2" s="5"/>
+        <v>24</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G3" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>29</v>
-[...14 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="F5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F5" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="G5" s="5" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="E6" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I6" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>61</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>27</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="s">
-        <v>62</v>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>18</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>32</v>
+        <v>78</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>69</v>
-[...7 lines deleted...]
-        <v>76</v>
+        <v>18</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>38</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>38</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>69</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>39</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>110</v>
+        <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>111</v>
+        <v>28</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>112</v>
+        <v>18</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>69</v>
-[...4 lines deleted...]
-        </is>
+        <v>38</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>90</v>
+        <v>124</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>69</v>
+        <v>132</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I17" s="5"/>
+        <v>16</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>134</v>
+      </c>
       <c r="J17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>131</v>
+        <v>39</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>54</v>
+        <v>37</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G19" s="5" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>133</v>
+        <v>147</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>147</v>
-[...4 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>160</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>150</v>
+        <v>78</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>19</v>
+        <v>167</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>163</v>
+        <v>16</v>
+      </c>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>164</v>
-[...8 lines deleted...]
-        <v>167</v>
+        <v>168</v>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L22" s="6" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="M22" s="5" t="s">
         <v>169</v>
       </c>
+      <c r="M22" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>