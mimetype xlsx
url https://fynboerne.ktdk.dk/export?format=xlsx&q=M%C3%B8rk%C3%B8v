--- v1 (2026-02-09)
+++ v2 (2026-03-27)
@@ -44,379 +44,762 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1926-10-12</t>
+    <t>26. maj. 1923</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8Hm1SjBc</t>
+  </si>
+  <si>
+    <t>1924-03-30</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Christian Treschow</t>
-[...46 lines deleted...]
-    <t>Andreas Larsen</t>
+    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
-    <t>4440 Mørkøv
-[...8 lines deleted...]
-Else Jensen
+    <t>- Jacobsen, frøken
 Johannes V. Jensen
-Alhed Larsen
+Grethe Jungstedt
+Andreas Larsen
 Johan Larsen
 Marie Larsen
 Eiler Lehn Schiøler
-Albert Naur
-[...80 lines deleted...]
-    <t>Vinskoven 2 Dec. 1924.
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Orelund er et gods nær Mørkøv ved Holbæk. Treschow er gift med Lehn Schiølers datter Ellen (se denne) og overtog godset i 1923.
+Det er uvist, hvem Jens, som nævnes sidst i brevet, er. Der er en del muligheder.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været syg og sengeliggende i flere dage i Schiølers bolig på Uraniavej på Frederiksberg, men har det bedre nu.
+Han får opringninger fra Johs. V. Jensen og flere besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aDtB</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 30 Marts. 1924!
 Kæreste Alhed!
-Jeg kom godt herud i Søndags. Ankom hertil Kl. 4 i en Fordvogn Salzwedell havde sendt til Stationen efter mig. I Gaar gik jeg rundt og orienterede mig i Landskabet men i Morges regnede det da jeg vaagnede og det har regnet hele Dagen, som jeg saa benytter til at barbere mig og skrive Breve. Jeg har skrevet til Kunsthandler Larsen efter Farver, til Papirpetersen, Puf, Bryggerens, Th, [Svar] paa vedlagte Glarmester Madsen, om at sende den ene Aquarel direkte til Len, Esben Hansen efter Penge, i alt 8 Breve med dette her. Du kan tro Skovmaarene er fine og jeg er begyndt at sledske for dem. Jeg vil begynde med at male et Par store Billeder af en mægtig gammel Eg der staar i Skoven lige her udenfor Døren, Graavejr og eventuelt Solskin hvis der bliver noget. Chr. Treschow ringede før om jeg vilde med ham og hans Fader ned til Kallundborg i Morgen, for at sejle paa Ederfuglejagt hvis Vejret blev til det, men jeg turde ikke, jeg maa jo see at komme i Gang med at Arbejde, jeg glæder mig til det. Derimod lovede jeg at komme derhen en Aften, han vil hente og bringe mig. Jeg blev ringet op i Lørdags Aftes af Fru Nalle Schou er det ikke saadan Bufs Kone hedder, det var noget om at reproducere et eller andet til Ludvig Holstein, men hun vidste ikke rigtig Besked. Saa ringede Tom Christensen, de vilde gerne have Lov til at gengive den Tegning jeg havde lavet til Mappen i en Festartikel, hvilket jeg tillod. Kan Du ikke sende mig Politiken for i Morgen? Jeg havde tænkt at telegrafere til Holstein men ved ikke hvorhen. Kan Du ikke gøre det for os begge 2. Mange kærlige Hilsner, skriv snart. Din JL
-[...103 lines deleted...]
-Mange Hilsner til baade Fru Las og Dem selv fra Ellen og Deres hengivne Chr. Treschow.</t>
+Tak for alle Brevene i Dag, de glædede mig meget. Schiøler siger at baade Puf og Lysse var hjemme i Gaar Aftes da Du telefonerede. Er Pufs Gartneri oversvømmet? 
+Tykke er i Dag kommen hjem fra Orelund og fortalte at hele Haven er en Sø og ved Svinestien er der et Vandfald over Vejen. I Aftes havde jeg kun 37 gr. og i Mrgs. 36,8 saa Dr. ST . gav mig Lov til at staa op og spise Frokost, saa kunde jeg gaa i Seng og hvis jeg ingen Temperatur havde maatte jeg staa op og spise til Middag. Det var dejligt at komme op og blive vasket og barberet efter ikke at have været i Berøring med Vand, udvendigt altsaa i en Uge. Jeg syntes det var for meget Ulejlighed at gaa i Gang og spise med Schiøler op i Museet hvor jeg har siddet og læst og nu nyder en Whisky og Soda mens jeg skriver dette. Jeg skulde bede Dig fra Schiøler at Du ikke kunde sende ham de smaa Bøger (Prøvebogen) da han længes efter at se dem igen. Det er morsomt at det Gaar godt med Sangsvanen. Jeg glæder mig til at se den, er den helt hvid? Eller er den gul (myrfarvet) paa Hoved og Hals og Undersiden?? Vil Du hilse Marie og Elle og Grethe. Jeg skal nok købe en pæn Klase Druer til Frk. Jacobsen, hun er heldigvis oppe igen og har det godt. Sikken et Søndagsvejr i Dag. I Morges sang Droslen og nu fløjter Solsorten her udenfor. Jeg gad vide om jeg ikke kan faa Lov at gaa ud i Mrg naar jeg nu har klaret mig saa godt i Dag, men jeg gør det ikke før jeg faar Lov til det. Jeg skal hilse mange Gange fra alle her. Johs. V. havde hørt at jeg laa og har ringet et Par Gange og i Gaar var Jens her henne med et Brev og et Par Bøger at læse i. Mange kærlige Hilsner
+Din
+JL.</t>
   </si>
   <si>
     <t>1924-09-29</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Ejvind -
 Jens -
 Klavs -
 Oluf -
 Vinna -
 Bodild Branner
 Christian Caspersen
 Lars Hedelund
 Johannes Larsen
 Vilhelm Larsen
 Eiler Lehn Schiøler
 Helga Lehn Schiøler
 Christine  Mackie
 Christian Treschow
 Ellen  Treschow
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen er i København for at blive undersøgt af en specialist. Andreas Larsen er i lære som gartner i Stige nær Odense. Johan Larsen er studerende ved Landbohøjskolen.
 Johannes Larsen og hans bror, Vilhelm (Klax), skal til Sverige: Her skal de bo på familiens skovejendom, Båxhult. Netop i 1924 købte Johannes Larsen sin morbror, Ludvig Brandstrup, ud af Båxhult, så han selv blev eneejer. 
 "Det Bal" var en fest hos Marie Schou/Syberg, og det er omtalt i Alhed Larsens brev til Andreas Larsen dateret september 1924.</t>
   </si>
   <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
     <t>Alhed Larsen har ikke fortalt om sine problemer med hjertet, fordi hun ikke ville gøre Andreas, sønnen, bekymret. Nu har hun været hos specialist, og denne har forklaret Bodild, at hjertet er svækket. Hvis Alhed følger diverse forskrifter, passer diæt og holder sig i ro, kan hun få et langt liv uden anfald. Lægen anbefaler et ophold på Hareskov Sanatorium, men Alhed vil hjem først og ordne tøj mm. 
 Johannes og Vilhelm (Klax) Larsen skal til Sverige, men Alhed tager ikke med. Johan (Lysse) Larsen har været på jagt. Hun har besøgt Eiler Lehn Schiøler, og hans svigersøn bestilte akvareller for 1000 kr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/z8MY</t>
   </si>
   <si>
     <t>Min egen, kære Gamle!
 Tak for Dit lange Brev! Maaske det var forkert af mig ikke at tale til Dig om Hjærtet, inden jeg rejste herind. Men jeg vilde saa nødig gøre jer kede af det, til Din Far nævnede jeg det heller ikke før han var færdig med det store Billede. Desuden var jeg selv saa ængstelig, inden jeg havde været hos Specialisten. Jeg havde haft nogle smertefulde Anfald, som jeg ikke vidste hvad betød, jeg er imidlertid helt beroliget, navnlig efter at jeg i Gaar talte med Bodild, der havde ringet Specialisten op. Der var jo den Mulighed, at han ikke havde givet mig ren Besked. Men han sagde til Bodild, at det havde han, det var hans Princip med Patienterne. Jeg var mest bange for Forkalkning og det var Bodild ogsaa. Men det er der altsaa intet af. Tvertimod lader han mig æde Kalktabletter for Nældefeber +. [Indsat i margen, lodret:] Bodild siger, at det vilde han ikke give mig, hvis der var mindste Fare for det [Tilføjelse slut] Det der er, er en Svækkelse, Bodild sagde, da jeg spurgte om det var en Udvidelse af Hjærtet ”nej, tvertimod, hvis [ordet ”hvis” overstreget] Du kan tænke Dig det som om en af Dine Muskler havde lidt Overlast og der var gaaet Svind i Vævet, det er det der er sket med Dit Hjærte”. Desværre kan det ikke ”voxe ud igen”, men det kan holdes fuldstændig paa dette Punkt 2 [sidetal] og ikke alene det, men min Tilstand, mit Befindende min Nervøsitet kan i høj grad forbedres, Anfaldene kan undgaas og om jeg følger alle Forskrifterne, behøver jeg aldrig at mærke noget til det, det har intet med mit livs Langvarighed at gøre! Dette sidste synes Du maaske lyder underlig, men det passer. Bodild spurgte ham: hvordan er Proknosen [Prognosen]? og han svarede, jo den er god. Og med Proknosen mener de Udsigten for Fremtiden: Levedygtigheden. Aarsagen til det hele er som han sagde til Bodild: Fru Larsen har budt sig for meget. – Nu kæreste Gamle har jeg sagt Dig en fuldkommen, nøjagtig Besked. Det tridste ved det er jo det, at jeg bestandig skal gaa og passe paa med Diæt, Kulde, Anstrengelse o.s.v. men de siger man vænner sig til det, og det er vel rigtig nok. Du kan være ganske sikker paa og overbevist om, at jeg vil passe paa paa alle Maader, jeg har lidt en hel Del og Smerterne kommer omgaaende. Specialisten og Bodild mener begge at jeg skal tage til Hareskov Sanatorium en Tid og det gør jeg ogsaa nok, men jeg vil hjem først for at ordne Tøj o.s.v. og saa ses vi jo min søde Gamle. Men nu venter jeg til Din Far har været i Sverige med Klax, jeg tager ikke med da det let kan blive for anstrengende, jeg kan jo ikke trave rundt i Skoven med de andre og de to lange Rejser er heller ikke godt med al den Kørsel paa aaben Vogn o.s.v. nu foreløbig gaar jeg her hos Meme og har det yndigt, jeg hviler og driver efter Noder og har det allerede noget bedre. Det Bal har været min eneste Udskejelse, men jeg laa 3 Timer om Efterm. inden og vi tog tidlig hjem. – Lysse har været paa Jagt hos Klavs et Par Dage fra Fredag aften, Klavs hentede ham i Bil – han havde kun 2 Timer om Lørdagen og dem snød han for, ellers er han vist meget flittig – og til Aften Kl. 7, saa spiste han, Din Far, Meme og jeg i Paraplyen, vi var hjemme ½ 10. – Hos Schiølers har jeg været et Par Gange, forleden sammen med Ellen og Chr. Treschow, der bestilte for 1000 Kr. Akvareller, vi kan ikke sige andet end at det gaar godt med Forretningen. Deres Dreng var der ogsaa, det er en ganske dejlig Unge. – Nu gaar Meme og jeg en lille Visit ned hos Max at træffe Bedstemor, Din Far og Lysse vilde i zool. Have i det gode Vejr. – Jeg vil være glad ved at høre et Par Ord fra Dig søde Gamle, hvis Du en Dag gider skrive lidt.
 1000 Hilsner min egen Dreng fra Din Mor.
 29 – 9 – 24 Meme beder mig endelig hilse mange Gange.
 Hils Hedelunds, Jens, Vind, Oluf og Ejvind</t>
+  </si>
+  <si>
+    <t>1924-11-08</t>
+  </si>
+  <si>
+    <t>Christian Treschow</t>
+  </si>
+  <si>
+    <t>Tuse</t>
+  </si>
+  <si>
+    <t>Orelund, Holbæk</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Ellen Dorothea Lehn Schiøler
+Kai Nielsen
+Christian Treschow
+Frederik Treschow</t>
+  </si>
+  <si>
+    <t>Orelund er et gods nær Tuse ved Holbæk.
+Treschow er gift med Lehn Schiølers datter Ellen (se denne) og overtog godset i 1923.</t>
+  </si>
+  <si>
+    <t>Godsejer Chr. Treschow og frue savnede Johs. Larsen og fru Alhed ved deres jagt og middag forleden. Endvidere takkes Johs. Larsen for de store malerier bl.a. Knortegæssene og Brunnakkerne, som han har malet til dem på meget favorable vilkår.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x1dO</t>
+  </si>
+  <si>
+    <t>Orelund d. 8/11-1924.
+Kære "Las"! 
+De kan tro vi var kede af at De og Fru Las ikke kom herud i Torsdags vi savnede Dem meget baade ved Jagten, der var rigtig vellykket, og ved Faderens Middag om Aftenen.- Faderen havde ogsaa glædet sig til at have Dem, og da han skulde have haft Fru Las til Bords, var det jo en dobbelt Skuffelse for ham.- paa den anden Side forstaar vi jo nok, at De maatte være med til Kai Nielsens Begravelse - men kedeligt var det, at han skulde begraves netop den Dag. - Billederne kom meget programmæssigt Mandag Aften; de er aldeles vidunderlige, og vi er forfærdelig glade for dem. De hænger henne over vores Flygel Knortegæssene i Midten, lidt højere end de to andre, Svanerne til venstre, nærmest Vinduerne og Brunnakkerne paa den anden Side sammen med Fru Las's Pastel. - De skal have Tusind Tak fordi De har villet lave dem til os paa saa rimelige Vilkaar, som sagt, vi er meget glade og meget taknemlige for dem; men Las! naar De nu skal være ærlig har De saa troet at vi bad om at faa dem alle tre i den store Størrelse - eller er det Deres gode Hjærte der er løbet af med Dem? - I Løbet af en nogenlunde overskuelig Fremtid skal vi nok faa sparet lidt sammen og ikke misbruge Deres Kredit mere end højst nødvendigt - men det bliver nok i flere smaa Portioner at det kommer.
+Ellen siger at Fru Las lovede at De begge vilde komme herud noget senere, og vi haaber at det bliver til Alvor.
+Mange Hilsner til baade Fru Las og Dem selv fra Ellen og Deres hengivne Chr. Treschow.</t>
+  </si>
+  <si>
+    <t>1924-11-12</t>
+  </si>
+  <si>
+    <t>Hareskov?</t>
+  </si>
+  <si>
+    <t>Vinskoven 4400 Mørkøv
+Christiansborg</t>
+  </si>
+  <si>
+    <t>- Arenholt
+- Bohr
+Esben Hansen
+Niels Hansen
+Thomas Hansen
+Vagn Jacobsen
+Johannes Madsen
+Jacob  Normann
+Frede Skaarup
+J.R.S. Warburg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ved at færdiggøre opsætningen af "Kredsende storke" i Kongens Håndbibliotek på Christiansborg.
+Muligvis er det billedet "Sangsvanerne letter", som Johannes Larsen skal til at begynde på.
+Alhed Larsen opholdt sig på Hareskov Sanatorium i november-december 1924, da hun havde haft flere hjerteanfald.(Birgit Bjerre:Marie-uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har gjort et stort lærred klar og skal til at tegne op på det. Han har været til en festlig sammenkomst. Skal med Bryggeren og Arenholt til Vinskoven. Bohrs har købt en akvarel med pibesvaner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zwmv</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 12 Nov. 1924
+Kæreste Alhed!
+I Dag er det gaaet mig godt, Spartlingen fra i Gaar var tørret fint op og Lærredet saa vældigt godt ud. Thomas og jeg kvadrerede begge Lærreder og skruede Staffeliben bag paa det store og rejste det op, saa nu kan jeg begynde at tegne det op i Mrg. Formiddag. Det var en rigtig morsom Aften i Aftes med megen god Mad og endnu mere Drikke, og Smørrebrød og Øl og Snaps og til allersidst Champagne igen som jeg imidlertid lod staa da jeg havde faaet nok. Jeg kom først i Seng Kl. 4 i Mrg. og sov til den var 10.
+Der var Skaarup, Dr. Normanns, Niels Hansens, Arenholt og en J.R.S. Warburg. Jeg tager med Bryggeren og Arenholt ud i Vinskoven Fredag Aften og hjem Søndag Aften. Det er meget snildt saa kan jeg faa alt mit Kluns med derud og tage Kufferten tom med hjem saa jeg kan have alt med naar jeg er færdig paa Christiansborg og tager endelig derud.
+Jeg var henne hos Bohrs og fik en Cheque som jeg skriver paa og sender Esben Hansen med. Jeg har skrevet til Madsen om at tage Aquareller ud og sende dem omgaaende naar de kommer fra Bohrs som lovede at sende dem snarest. De valgte den med Pibeænderne, vaklede lidt mellem den og Knortegæssene. De lod til at være meget glade ved den. Mon jeg ikke skulde faa Brev fra Dig i Mrg Jeg skal nok skrive flittigt nu herefter. Mange kærlige Hilsner Din hengivne JL</t>
+  </si>
+  <si>
+    <t>1924-11-17</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Carlsberg
+Vinskoven 4440 Mørkøv</t>
+  </si>
+  <si>
+    <t>- Arenholt
+- Bohr
+Smør Christensen
+Theodor Duepetersen
+Thomas Hansen
+Vagn Jacobsen
+Xenia Jacobsen
+Frøken Levin
+Frederik Lützhøft
+Direktør Petersen
+Svend  Rathsack</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ved at male på Christiansborg.
+Vinskoven ligger ved Mørkøv på Vestsjælland
+Alhed Larsen opholder sig på Hareskov Sanatorie efter flere smertefulde hjerteanfald(Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2010 s. 90)</t>
+  </si>
+  <si>
+    <t>I dag har Johannes Larsen malet prøvebillede på Christiansborg. Han og Thomas Hansen har lavet farveblandinger. Han har været på jagt i Vinskoven et par dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UvDl</t>
+  </si>
+  <si>
+    <t>Mandag Aften 17 Nov. 24.
+Kæreste Alhed!
+Det er snart længe siden jeg har hørt fra Dig. I Aftes da jeg kom hjem laa der et Kort fra Th. hvorpaa der stod [Bemalet] Du skal komme; og han havde selv været der i Bil. I Dag blev jeg ringet op af Sv. Rathsack som skulde overtale mig fra Direktør Petersen Aarhus (Smeden) til endelig at komme. Jeg kommer ikke. Jeg tør ikke gaa fra det Loftsbillede ligesom jeg har faaet begyndt. Jeg tror overhovedet ikke jeg kan male et Billede af den Art og Størrelse uden at det bliver gjort saa hurtigt som muligt og nu har jeg haft saa mange Uheld med det at jeg ikke vil udsætte mig for flere Afbrydelser.
+I Dag har jeg malet et Prøvebillede og Thomas Hansen har gjort det store rent med gl. Hvedebrød, det var blevet svinet saa meget til af Kul at jeg ikke turde male paa det. Vi har blandet fire Farver til Luften som jeg nu tænker at faa begyndt paa at smøre paa i Mrg. Lysse var der oppe i Eft.mdg. Jeg havde et Par dejlige Dage i Vinskoven med Bryggeren og Dr. Arenholt, dejligt Vejr og god Jagt, Harer og Fasaner. Men jeg har været dejlig træt i Dag, baade i min Krop og i mine Øjne. Vi spiste Middag paa Carlsberg, der var 2 Damer foruden Fru Brygger; nemlig Fru Ernst Goldschmidt og en Frk. Levin. Jeg gik Kl. ca 11 saa kunde jeg ikke mere for Søvnighed. Jeg har afleveret den Akvarel til Frem hos Gyldendal i Morges. Jeg havde tænkt at sende den ene af de Aquareller fra Fru Bohr til Th og give Smør Chr. den anden, men det er vel usikkert om den kommer i Tide ja det kan vel daarlig naa sig selv om de kommer i Mrg. Saa maa de jo vente til jeg en Gang faar Tid til at lave en. Jeg ved ikke om jeg kan faa fat i et Frimærke i Aften saa det er usikkert om Du kan faa dette i Mrg. For øvrigt venter jeg at Du ringer op i Aften inden jeg er gaaet i Seng. Jeg er træt og søvnig. Mange kærlige Hilsner Din JL</t>
+  </si>
+  <si>
+    <t>1924-11-27</t>
+  </si>
+  <si>
+    <t>4440 Mørkøv
+Christiansborg
+København</t>
+  </si>
+  <si>
+    <t>Esben Hansen
+Lars Hedelund
+Otto Helms
+Vagn Jacobsen
+Else Jensen
+Johannes V. Jensen
+Alhed Larsen
+Johan Larsen
+Marie Larsen
+Eiler Lehn Schiøler
+Albert Naur
+Kai Nielsen
+Henry Salzwedell
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er i gartnerlære i Stige nær Odense.
+Slottet og Loftet: Johannes Larsen malede på bestilling et billede af flyvende storke til ophængning i loftet i Kongens Håndbibliotek, Christiansborg. 
+Vinskoven hørte under et gods, og Salzwedell var jæger ved dette. 
+Jonna kan være Kai Nielsens kone Yonna.
+Der blev trykt mindre reklamehæfter forud for, at Eiler Lehn Schiølers store og dyre bogværk Danmarks Fugle (Fuglebogen) udkom. 
+Otto Helms bog Stæren udkom fra Hage &amp;amp; Clausens Forlag 1925. De følgende år udgav samme forlag bøgerne Lærken (1926) og Storken (1927) med samme forfatter og illustrator.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er færdig med billedet til slottet, og han og Johan har set på det i dagslys. Han har nu fået bestilling på en stor akvarel, som han vil male i Vinskoven, hvortil han tager snarest. Larsen kan ikke undvære penge til Andreas.
+Larsen har været til Kai Nielsens fødselsdag, og her gav Lehn Schiøler Brygger Jacobsen et prøvehæfte af Fuglebogen. Ny Carlsbergfondet har bevilget 30.000 til trykning af første bind.
+Johannes Larsen har lavet tre omslag til Johannes V. Jensens myter. Han skal lave illustrationer til O. Hjelms bog Stæren. De følgende år vil der blive udgivet flere bøger om fugle med samme forfatter og illustrator.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ahnr</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 27 Nov. 1924.
+Kære Puf!
+Tak for Brevet! Jeg er nu færdig paa Slottet og har afleveret Billedet, tilsyneladende til Modtagerens Tilfredshed, og faaet Betalingen sendt til Esben Hansen. Jeg har i Øjeblikket ingen Penge at undvære, men jeg har faaet Bestilling paa en større Aquarel til 1000 Kr. som jeg har i Sinde at lave ude i Vinskoven, naar det er daarligt Vejr, naar jeg faar dem skal Du faa de 250 Kr. og hvis jeg ikke faar dem inden jeg rejser derudefra skal jeg skrive til Esben Hansen efter saa mange at Du kan faa dem inden Jul. Jeg var ude at spise til Middag hos Jonna i Gaar, sammen med Naurs og Else Johannes V. Johs V. havde Ørepine. Det var Kajs Fødselsdag. Schiøler og jeg havde været til Frokost hos Brygger Jacobsen og Schiøler overrakte ham et af de første Explr. af et Reklamehefte ”Prøvehefte” af Fuglebogen som Gyldendal har ladet fremstille Det er paa 40 Sider og med Tekst og Billedprøver, bl.a. 3-4 Tavler i fuld Størrelse og 16 i omtrent ¼ Størrelse. Carlsbergfondet har i Dag stillet 30.000 Kr. i Udsigt til Udgivelsen af første Bog, saa nu dages det og i Januar begynder de at trykke Oplaget inde i Gutenberghus. Kan Du ikke sende mig mit Oljetøj. Jeg faar maaske stærkt Brug for det, det er vel utænkeligt at Vejret arter sig som hidtil lige til Jul. Jeg rejser ud i Vinskoven Lørdag eller Søndag Adr: Jagtbetjent 
+Salzwedel
+Vinskoven
+Mørkøv
+Jeg har lige talt i Telefonen med Din Moder, hun har det godt og var ved at skrive til Dig.
+Marie ringede i Formiddags fra Uglen, jeg gaar der hen i Mrg Eftermiddag. Jeg har haft en forfærdelig Masse at rende om hver Dag. Har lavet 3 Omslag til Johannes V.s Myter og et Omslag til ”Frem” 100 Kr. pr. Styk. I Dag aftalte jeg med en Mand at jeg skal lave for 500 Kr Tegninger til en Bog om Stæren af Helms med Indledningsdigt af Johs V. og det er Meningen for Fremtiden at der hvert Aar skal laves og udgives en lignende Monografi om en af vore almindelige Fugle, af samme Forfatter og Undertegnede. Jeg kan ogssa hilse fra Lysse, han kom her i Formdags og var med oppe paa Christiansborg, vi var inde og saa paa Loftet ved Dagslys, jeg havde kun set det ved kunstigt Lys siden det kom paa Plads. Mange kærlige Hilsner
+Din Fader
+P.S.
+Vil Du hilse Hedelunds.</t>
+  </si>
+  <si>
+    <t>1924-12-02</t>
+  </si>
+  <si>
+    <t>Vinskoven</t>
+  </si>
+  <si>
+    <t>4440 Mørkøv
+4400 Kalundborg</t>
+  </si>
+  <si>
+    <t>Tom Christensen
+Theodor Duepetersen
+Esben Hansen
+Ludvig Holstein
+Vagn Jacobsen
+Andreas Larsen
+- Larsen, kunsthandler
+Eiler Lehn Schiøler
+Johannes Madsen
+Johan Christian Petersen
+Henry Salzwedell
+Nalle Schou
+Christian Treschow
+Frederik Treschow</t>
+  </si>
+  <si>
+    <t>Haage &amp;amp; Schmidt var et tysk frøfirma i Erfurt. Grundlagt 1862. "Med nutidens målestok et af de største gartnerier i Europa" (haage.org)
+Det er uvist, hvem Tom Christensen var. Om det fx er forfatteren Tom Kristensen kan ikke umiddelbart afgøres. 
+Alhed Larsen opholdt sig på Hareskov Sanatorium efter nogle hjerteanfald (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler i Vinskoven. Han vil male et billede af en gammel eg. Er blevet inviteret på jagt, men har sagt nej. Han skal arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F2eP</t>
+  </si>
+  <si>
+    <t>Vinskoven 2 Dec. 1924.
+Kæreste Alhed!
+Jeg kom godt herud i Søndags. Ankom hertil Kl. 4 i en Fordvogn Salzwedell havde sendt til Stationen efter mig. I Gaar gik jeg rundt og orienterede mig i Landskabet men i Morges regnede det da jeg vaagnede og det har regnet hele Dagen, som jeg saa benytter til at barbere mig og skrive Breve. Jeg har skrevet til Kunsthandler Larsen efter Farver, til Papirpetersen, Puf, Bryggerens, Th, [Svar] paa vedlagte Glarmester Madsen, om at sende den ene Aquarel direkte til Len, Esben Hansen efter Penge, i alt 8 Breve med dette her. Du kan tro Skovmaarene er fine og jeg er begyndt at sledske for dem. Jeg vil begynde med at male et Par store Billeder af en mægtig gammel Eg der staar i Skoven lige her udenfor Døren, Graavejr og eventuelt Solskin hvis der bliver noget. Chr. Treschow ringede før om jeg vilde med ham og hans Fader ned til Kallundborg i Morgen, for at sejle paa Ederfuglejagt hvis Vejret blev til det, men jeg turde ikke, jeg maa jo see at komme i Gang med at Arbejde, jeg glæder mig til det. Derimod lovede jeg at komme derhen en Aften, han vil hente og bringe mig. Jeg blev ringet op i Lørdags Aftes af Fru Nalle Schou er det ikke saadan Bufs Kone hedder, det var noget om at reproducere et eller andet til Ludvig Holstein, men hun vidste ikke rigtig Besked. Saa ringede Tom Christensen, de vilde gerne have Lov til at gengive den Tegning jeg havde lavet til Mappen i en Festartikel, hvilket jeg tillod. Kan Du ikke sende mig Politiken for i Morgen? Jeg havde tænkt at telegrafere til Holstein men ved ikke hvorhen. Kan Du ikke gøre det for os begge 2. Mange kærlige Hilsner, skriv snart. Din JL
+Kan Du ikke ogsaa sende Haage &amp;amp; Schmidt de 4,95. Jeg har ingen Penge.</t>
+  </si>
+  <si>
+    <t>4400 Mørkøv</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Eiler Lehn Schiøler
+Helga Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Vinskoven hørte til herregården Orelund. Johannes Larsen opholdt sig af og til derude for at male, og han kunne overnatte der.
+Andreas Larsen (Puf) var i gartnerlære i Stige nær Odense.
+Alhed Larsen havde i september 1924 nogle smertefulde hjerteanfald, og hun opholdt sig derfor på Hareskov Sanatorium i november og december måned.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har gået og orienteret sig i Vinskoven og valgt en gammel eg, som han vil male. Alhed er kommet sig. Andreas må sende Johannes Larsens træsko til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ww2M</t>
+  </si>
+  <si>
+    <t>Vinskoven 2 Dec. 1924.
+Kære Puf!
+Som Du ser er jeg nu herude. Jeg kom her Søndag Eftmdg og i Gaar gik jeg omkring og orienterede mig. I Dag har det regnet siden tidligt i Morges, og jeg benytter Lejligheden til at skrive og barbere mig. Hvis Du ikke har sendt Oljetøjet vil jeg gerne have sendt mine Træsko med, put det hele i en forholdsvis god Sæk, jeg kan faa Brug for dem naar jeg skal herfra. Din Moder var inde i Kjøbenhavn i Lørdags Eftmdg og spiste til Middag hos Schiølers. Hun har det godt og gør Indtryk af at være kommen sig gevaldigt derude. Jeg er spændt paa hvad jeg vil faa ud af Opholdet her. Paa denne Aarstid med de korte Dage, spiller Vejret jo en overordentlig Rolle. Foreløbig vil jeg give mig i Lav med at male en mægtig gl Eg der staar i Skoven lige her udenfor Døren. Mange kærlige Hilsner
+Din Far!
+P.S.
+Du maa gerne lade høre fra Dig en Gang imellem.</t>
+  </si>
+  <si>
+    <t>1924-12-03</t>
+  </si>
+  <si>
+    <t>Ærø
+Vinskoven,  Mørkøv</t>
+  </si>
+  <si>
+    <t>Ora -
+Fru Balslev
+Christian Caspersen
+Lars Hansen
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Otto  Meyer
+Christine Swane
+Laura Warberg
+Hanne With</t>
+  </si>
+  <si>
+    <t>Bjerre, Birgit: Christine Swane. 2003. S. 53 sp. 1.
+Alhed Larsen opholder sig på Hareskov Sanatorie efter nogle hjerteanfald (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har haft besøg af to veninder: frk. With og fru Balslev.
+Christine Swane og fætteren Otto Meyer udstiller sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ilyl</t>
+  </si>
+  <si>
+    <t>Kære Lausi!
+Ja, jeg har ikke faaet noget brev af Sted i Dag, jeg ringede jo
+til Dig i Aftes og i Dag kom Max forbi endnu inden Fri og han var begejstret, og da han var taget af Sted, var det forsent at faa et Brev med, det var et meget vellykket Besøg, jeg havde Max herovre at drikke Eftermiddagskaffe, der foregaaende i Havesalen ved smaa Borde. Jeg fik Frk. With og Fru Balslev - de to, jeg kan bedst med - hen ved det Bord, og de faldt udmærket sammen og Mor morede sig godt. Apropos Frk. With, der jo bor paa Kristiansø, hvad var det hun talte om, der var af mærkeligt på Kristiansø, jeg vilde spørge Frk. W. ud om det, hun kunde slet ikke komme paa, hvad det var, husk at svare paa det. Jeg havde et langt Brev fra den Gamle i Dag, han har det godt og skriver saa fornøjet, mest Anekdoter om Lars. Hvor er det dog jammerligt hvis vi ret mange Dage skal have saadan et Regnvejr. Du kan jo slet ikke faa begyndt paa noget. Det er meget spændende, hvordan Uglens og Mix's Auktion er gaaet i Dag, jeg har tænkt at ringe dem op, men de er vel næppe hjemme, de har ikke ringet til mig, som Du sagde, de ville.I Morgen rejser lille Fru Balslev, det er kedeligt her er bare faa jeg bryder mig om. Tænk dig Uglen havde været her i Søndags. Far er undervejs da jeg kom ind at klæde mig om til Middag, saa hans Visitkort paa Klædeskabsdøren med en Hilsen og det Lexikon, han har foræret mig, havde han fundet paa en Bericht og skreven Dato i! Men ikke et Menneske har set ham eller talt med ham , og det mest mystiske er, at jeg om Mandagen fik Brev fra Ora, og hun nævner det ikke.
+Hvis jeg faar fat i Uglen i Telefonen, skal jeg føje et Par Ord til om Auktionen. Mor vilde sende dig en Politik i Morgen.
+Hav det godt. 1000 Hilsener
+Din A.
+Onsdag 3die Dec. -24</t>
+  </si>
+  <si>
+    <t>1924-12-05</t>
+  </si>
+  <si>
+    <t>4440 Mørkøv</t>
+  </si>
+  <si>
+    <t>Esben Hansen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Esben Hansen har skrevet i et expresbrev, at han har sendt 500 kroner til Johannes Larsen til betaling af Lehn Schiøler. Brevet er ikke kommet endnu. Johannes Larsen er begyndt at male det store træ. Det er dejligt at være lidt i ro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jyVu</t>
+  </si>
+  <si>
+    <t>Vinskoven 5 Dec. 1924
+Kæreste Alhed!
+Jeg har lige faaet et Expressbrev fra Esben H. som Svar paa et Brev jeg skrev til ham i Mandags. Han skrev at han har sendt 500 Kr til mig til Schiøler, som jeg imidlertid ikke har faaet endnu. Han skriver at det er længe siden han har hørt fra Dig. Jeg begyndte i Gaar at male paa det store Træ og i Dag har jeg været en lang Tur rundt i Skoven med Malerkassen, men uden at kunne bekvemme mig til at sætte mig ned og male, da der var en væmmelig Træk alle Vegne hvor det ikke stormede. Jeg har det ellers godt og det skulde jo gaa sært til om jeg ikke fik lavet noget. Foreløbig synes jeg det er dejligt at være lidt i Ro.
+Jeg var ved at faa for meget om Ørene i Kjøbenhavn. Jeg havde Brev i Gaar, baade fra Puf og Lysse. Og naar nu Posten kommer om et Øjeblik haaber jeg at faa fra Dig. Mange kjærlige Hilsner Din JL.</t>
+  </si>
+  <si>
+    <t>1924-12-06</t>
+  </si>
+  <si>
+    <t>Christiansø
+Vinskoven 4440 Mørkøv</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Sophus Clod Svensson
+- Due-Petersen
+Esben Hansen
+Vagn Jacobsen
+Johan Larsen
+Frederik Lützhøft
+Johannes Madsen
+Vilhelm Marstrand
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det er uvist hvilken Niels Hansen, der er tale om. Det er også uvist, om den valgte Due-Petersen, er den rigtige.</t>
+  </si>
+  <si>
+    <t>Alhed skal sende nogle tegninger eller tryk, som Johannes Larsen skal signere. Lützhøft har solgt godt. Der er stadig folk, som kan betale for kunst. Et billede af Marstrand blev solgt for 25.000 kroner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yHzA</t>
+  </si>
+  <si>
+    <t>Vinskoven 6 Dec. 1924
+Kæreste Alhed!
+Tak for det lange Brev i Gaar. Jeg fik ogsaa indlagte fra Clod Svensson. De er nok utaalmodige deroppe og vi faar jo ingen Penge før de faar det Tryk. Mon Du ikke skulde forsøge at forklare Puf eller Glarmester Madsen hvor de ligger og bede en af dem sende mig et Par Stykker i en Rulle, saa jeg kan signere dem og sende dem der op. Det sneede stærkt i Aftes, men i Nat er det tøet helt bort, men det var meget tykt til Morgen og Træerne i Skoven dryppede og nu regner det og er næsten mørkt. Jeg har i Formiddag barberet mig og tegnet efter Maarene.
+Bryggeren ringede forleden at han maaske kom herud med Niels Hansen i Slutningen af Ugen, saa hvis det bliver til noget maa han jo komme i Dag det er Lørdag. Det om Christiansø var bare at en eller andet har fortalt mig at Klimaet var saa mildt der og at der bl.a. var Figentræer med modne Frugter hvert Aar. Ja det er spændende hvad Uglen og Mix har faaet ud af det. Jeg saa i den Politik at Lysse havde faaet gennemsnitlig 100 Kr. det giver jo 8000 hvis der har været 80 Billeder desuden har jeg set i en anden Avis at et Billede af Marstrand forleden gik i over 25000 Kr saa der er da endnu Folk der kan betale. Det var morsomt med Duen men det havde jo været endnu morsommere hvis Du havde truffet ham. Jeg vedlægger Esben Hansens Brev, det var dyrt, Expres Brev med 75 Øre Frimærker og mig kostede det 1 Kr 80 Gr og Drikkepenge til Drengene der kom med det. Det er dejligt at Du faar alle de Penge, men bedre vilde det jo have været om Du ikke havde tjent dem.
+Mange kærlige Hilsner 
+Din JL
+Nu kom Posten med et men der ikke Tid til at læse det JL</t>
+  </si>
+  <si>
+    <t>1924-12-10</t>
+  </si>
+  <si>
+    <t>Vinskoven, 4440 Mørkøv
+4200 Slagelse</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Henry Salzwedell</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig muligvis også på Sjælland</t>
+  </si>
+  <si>
+    <t>Johannes Larsen regner med at blive færdig med det store træ i dag. I går lavede hen studier af en havørn hele dagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AmEz</t>
+  </si>
+  <si>
+    <t>Vinskoven 10 Dec. 1924
+Kæreste Alhed!
+Fik jeg ingen Breve i Mandags saa fik jeg Revance i Gaar, hele 5. Ingeniørens Forespørgsel, en Regning fra dansk Rammefabrik, for en Mand til Hjælp til at spænde det store Lærred og Plys til at sætte mellem Lærred og Krydsene mens jeg malede: 14 Kr. et langt Brev fra Puf og Dit og en lille Bog om Hamlet fra Johs. V. Det er morsomt at Puf har faaet 400 Kr, og at han lader saa glad og tilfreds med det Hele. Naturligvis synes jeg Lysse skal have den Smoking. Jeg skal nok svare den Ingeniør at jeg vil komme ud og se paa Stedet, skønt jeg egentlig havde tænkt mig at Du kunde støde til her, saa vi kunde rejse hjem direkte over Slagelse, lige før Jul. Jeg tror jeg bliver færdig med mit store Træ i Eftermdg. saa jeg kan faa begyndt paa noget andet, men den store Aquarel begynder at trykke mig svært. Nu gik ogsaa Dagen i Gaar fra mig, for Salzwedell havde faaet en Havørn som jeg sad og lavede Studier efter hele Dagen. Det er jo snart Jul, mange kærlige Hilsner Din JL</t>
+  </si>
+  <si>
+    <t>1924-12-11</t>
+  </si>
+  <si>
+    <t>Theodor Duepetersen</t>
+  </si>
+  <si>
+    <t>Korsør</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Vinskoven 4440 Mørkøv
+Hareskov 3500 Værløse</t>
+  </si>
+  <si>
+    <t>Duepetersen bor i Lou St. ved Næstved (Telefonnøgle Næstved 1924, s 23)
+Duepetersen vil besøge Alhed i kaninskoven, så hun bor muligvis hos sin søster Christine Mackie i Hareskov.
+Ashanti-regionen ligger i dag i Ghana.</t>
+  </si>
+  <si>
+    <t>Opmuntrende brev til Alhed, som har haft dårligt hjerte og er indlagt på sanatorium.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/juXR</t>
+  </si>
+  <si>
+    <t>Læge Duepetersen Lou, d. 11/12 1924
+Trf. Hverd. 10-11 Telef.: Lou 2.
+Alhed!
+Tak for dit lange brev – det glæder os så sandelig at se at du jo er fuldstændig aandsfrisk - det påstår Las osse! den smule hjærtefejl! skidt med det ! det er jo ikke noet nyt! jeg har såmænd osse hat mange - men de går over du! dånt you worry old girl! Hvis guderne styre mine og min sølverbruds fjer retteligen, så kører jeg i min lupusauto til kaninskoven på Søndag formiddag for at se på dig og for at kysse dig for et billede denne ækle gl. Ashantineger fra Vinskoven i sin store drukkenskab har sendt mig – Jeg siger dig du: det er vanvittigt! pragtfuldt - bæstet har overgået sig selv! og det vil dog sige noget.
+Blæs på dine dia og prognoser – 
+du bliver rask og ung igen 
+TH</t>
+  </si>
+  <si>
+    <t>1924-12-12</t>
+  </si>
+  <si>
+    <t>- Berend
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Vinskoven hørte under et gods ejet af Treschow, som blev gift med ornitolog og vekselerer Eiler Lehn Schiølers datter, Ellen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har tegnet og malet på den store akvarel i to dage og bliver nok færdig i dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zdvn</t>
+  </si>
+  <si>
+    <t>Vinskoven 12/12 1924
+Kæreste Alhed!
+Du faar kun et Par ord, da Posten er ved at komme. Jeg har skrevet til Birch og Berend. Jeg tog nemlig en rask Beslutning i Gaar Mrg. og tog fat paa den store Aquarel, som har plaget mig længe. Jeg tegnede fra jeg stod op til det blev mørkt og fik den tegnet omtrent færdig og i Dag har jeg malet saa jeg tænker jeg bliver færdig i Eftermiddag. Christine ringede i Gaar, hun kommer og henter mig Søndag Kl. 4. Jeg haaber der er Brev fra Dig i Dag. Mange kærlige Hilsner Din JL</t>
+  </si>
+  <si>
+    <t>1924-12-15</t>
+  </si>
+  <si>
+    <t>Orelund 4440 Mørkøv
+Vinskoven 4440 Mørkøv</t>
+  </si>
+  <si>
+    <t>- Berend
+Theodor Duepetersen
+Johan Elmqvist
+Esben Hansen
+Johan Larsen
+Eiler Lehn Schiøler
+Christine  Mackie
+Elisabeth Mackie
+Henry Salzwedell
+Christian Treschow</t>
+  </si>
+  <si>
+    <t>Johannes Larsen undrer sig over, at han ikke har hørt fra Esben Hansen. Han er færdig med akvarellen til Berend og venter på at få en rulle til forsendelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7fK2</t>
+  </si>
+  <si>
+    <t>Vinskoven Mandag 15/12 1924.
+Kæreste Alhed!
+Hermed Brevene fra Th og Elmquist. Det var mig en stor Skuffelse med Vejret i Gaar, jeg havde haabet paa Sol til et pragtfuldt Motiv jeg saa i Lørdags, men for sent, og saa var det mørkt og taaget hele Dagen og i Dag ligesaa graat og koldt. Jeg var paa Orelund i Aftes. Christian hentede mig, der var ikke andre end Forvalteren, vi spillede L’Hombre og havde det rart. Jeg hører at Peter Brønsted har overtaget mit Værelse hos Schiølers og bor der. Jeg kan ikke forstaa Esben Hansen, jeg skrev til ham Dagen efter at jeg var kommen herud at jeg skyldte Salzwedell 14 Kr for Fragtbreve og kun havde 6. Dagen efter fik jeg et Expressbrev, der gik ud paa at jeg skulde telegrafere om jeg havde faaet nogle Penge han havde sendt til Kjøbenhavn, hvorpaa jeg svarede pr Brev at det ikke hastede saa stærkt, at jeg behøvede at telegrafere. Jeg har imidlertid ikke hørt fra ham siden. Jeg haaber der kommer en Rulle fra Hr Behrend i Dag saa jeg kan faa den Aquarel af Sted i Morgen, saa hvis jeg faar Penge fra ham kan det jo være lige meget med de andre. Jeg vilde ønske jeg kunde faa lidt bedre Vejr bare en Dag eller 2. Det er ikke oplivende med den Taage, og saa drypper det fra Træerne i Skoven som om det regnede. Kan Du læse det lange Ord i Ths Brev paa sidste Side, med Tankestreg for og bag, det ser saadan ud: - allersterstershurester – Hvad behager? Jeg kan altsaa ikke, maaske er det siamesisk det hører i hvert Fald ikke til i noget mig bekendt Sprog. Hils Chr. og Putte og Lysse. Mange kærlige Hilsner Din JL 
+Nu regner det tilmed</t>
+  </si>
+  <si>
+    <t>1926-10-12</t>
+  </si>
+  <si>
+    <t>Mørkøv</t>
+  </si>
+  <si>
+    <t>Orelund, 4440 Mørkøv
+Uraniavej, Frederiksberg C</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Christian Treschow
+Frederik Treschow</t>
+  </si>
+  <si>
+    <t>Ellens far Lehn Schiøler bor på Uraniavej på Frederiksberg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
+  </si>
+  <si>
+    <t>Ellen og Chr. Treschow beder inderligt Alhed og Johannes Larsen om et besøg hos dem og deltagelse i jagten hos Treschows far Frederik. De trænger til opmuntring, idet det går skidt for landbruget, og Ellens far Lehn Schiøler er ramt af en hjerneblødning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zkqN</t>
+  </si>
+  <si>
+    <t>Orelund
+d. 12/10-26.
+Kære Las!
+Undskyld Skriften, men jeg ligger i Sengen af en nederdrægtig og grundig Forkølelse. Blot dette for at spørge om ikke det var muligt ligesom sidste Aar at lokke dig og Fru Las herover for at være med til Jagt hos min Fader i Dag otte Dage saaledes at I kom her senest paa Mandag d. 18 ds. og hvis I kunde slaa Eder til Ro en Dag eller to efter Jagten vilde I glæde os meget vi trænger saadan til at se og tale med nogle rare Mennesker for Landbruget er trist og Forholdene paa Uraniavej saa sørgelige at det Hele synes os Graat i Graat. Jeg ved ogsaa at I vilde glæde Fader meget hvis det er Eder muligt at komme. - Vi vilde have telefoneret, fordi Faderen er utaalmodig efter Svar, men opgav det paa Grund af Stormen, men vil du ikke nok være rar at sende os et Par Ord snarest. - Og kom nu endelig hvis det paa nogen Maade er Eder muligt. - 
+Mange Hilsner til Fru Las og dig selv fra Ellen og din heng.
+Chr. Treschow.</t>
+  </si>
+  <si>
+    <t>1926-10-23</t>
+  </si>
+  <si>
+    <t>Ellen Dorothea Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Torbenfeldt
+Orelund, 4440 Mørkøv
+Uraniavej, Frederiksberg C</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler er Ellens far. Han rammes i 1926 af en hjerneblødning, der delvist lammer ham og dør i 1929. Han bor på Uraniavej på Frederiksberg. 
+Orelund ejes af Christian Treshow fra 1923, mens Torbenfeldt ejes af hans far Frederik Treschow.
+Musen formodes at være Ellen og Christian Treschows barn.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på besøg hos Ellen og Christian Treschow på Orelund.
+Ellens far Eiler Lehn-Schiølers tilstand er alvorlig efter en hjerneblødning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MPAR</t>
+  </si>
+  <si>
+    <t>Orelund. 
+23-10-26.
+Kære Las!
+Du maa meget undskylde, at jeg glemte at give dig de Penge, som du laante mig forleden Dag paa Torbenfeldt. Jeg haaber ikke, det gør noget, at jeg sender Beløbet i Frimærker. 
+I kom vel godt hjem i Onsdags?
+Vi var forfærdelig glade for Jeres Besøg; det var vel ikke for anstrengende for Fru Las?
+Vi har kun hørt lidt fra Uraniavej, det ser ikke saa lyst ud for Fremtiden, - Fars Tilstand er vist omtrent den samme. - Vi tager derind i Aften.
+Mange venlige Hilsner til Fru Las og dig fra Christian og
+din heng.
+Ellen. 
+Musen sender mange Hilsner til Fru Las og "Manden"</t>
+  </si>
+  <si>
+    <t>1934-12-20</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen
+Peter Larsen</t>
+  </si>
+  <si>
+    <t>Tommy -
+- Ilshøj
+Vagn Jacobsen
+Elin Jensen
+Else Jensen
+Johannes V. Jensen
+Villum Jensen
+Peder Kruuse
+Johan Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Sigurd Schultz
+Leo Swane
+Franz Syberg
+Fritz Syberg
+Gudrun Syberg
+Hans Christian Tvedskov</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru P er. 
+Vinskoven ligger ved Orelund Gods i Mørkøv på Vestsjælland. Ellen f. Schiøler, g. Treschow ejede med sin mand godset. 
+Den første lillebæltsbro blev åbnet 14. maj 1935. 19/12 1934 havde Johs. V. Jensen en kronik i Politiken, der omhandler tekniske beskrivelser af broen, betragtninger af broer generelt og broen set i tiden omkring 1934. Kronikken indeholder også to billeder: Det ene af broen og det andet med fire unavngivne, voksne personer, men formodentlig personerne omtalt i brevet. 
+Det vides ikke, hvad Otterupsagen handler om. 
+Hot pot er en madtradition, der stammer fra det centrale Kina, hvor man samles om bordet med en stor gryde kogende bouillon, som man dypper og koger kød, grøntsager og fisk i, så det får smag fra bouillonen. (Kilde: Internettet jan. 2022).
+D.N.: Avisen Dagens Nyheder. 
+Alimentationsbidrag er det (årlige) bidrag til et uden for ægteskab født barns underhold, som typisk faderen er pligtig at udrede. (Wikipedia jan. 2022).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Andreas Larsen sender julegaver.
+Han har sammen med Johannes V og Else Jensen m.fl. gået over Lillebæltsbroen. 
+Else skal have en engelsk kogebog i julegave.
+Leo Swane har været på besøg og vil vist komme igen til nytår.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZJbe</t>
+  </si>
+  <si>
+    <t>Torsdag 20 Dec 1934.
+Kære Bimse og Lysse og Peter.
+Glædelig Jul!
+Vi har sendt en Pakke med Fru P, indeholdende nyt og gammelt Tøj til Peter og Lysse. Mokasinerne haaber vi maa passe Peter dennegang. Vesten er ikke saa ny som en Julevest burde være, men Tvedskov havde ingen, saa vi blev nødt til at sende en Else skulde give mig i Julegave og som var købt i god Tid, forat jeg kunde laane den til en Jagttur i Vinskoven for nogen Tid siden. Den var ogsaa med til at gaa over Lillebæltsbroen for nogle Dage siden. Hvis I ser godt efter, vil I paa to af Billederne i Politiken kunne se enkelte af os. Selskabet bestod af en Ingeniør, en Fotograf med Kone, Johs.V. med Else, Villum og Elin, JL og undertegnede. Else kunde ikke komme med grundet paa Barn. Samme har det godt, men yttrer til Tider Lyde der lyder som Utilfredshed (Øltrang?). I Otterupsagen er der ikke sket noget rigtigt siden Bimse var her og det er altsaa stadigt noget man ikke taler om. Else skal have en engelsk Kogebog til Jul: ”Good Things in England”, saa nu skal vi til at have lidt hot-pot og grilled Nyrer og den Slags. I ser vi er ikke videre hemmelighedsfulde med vore Julegaver, Kogebogen kom med Posten idag og jeg havde glemt at paalægge Far Tavshed, saa han begyndte at forhøre mig til Middag om hvad det var for en Bog der var kommet til mig imorges og saa maatte jeg jo ud med Sproget. – Vi har her den vildeste December siden Meteorologisk Inst. Oprettelse i 1768, saa vi har jo endnu ikke megen Udsigt til en hvid Jul, men det gør nu heller ingen Ting for min Skyld. Jeg haaber I maa være lige saa tilfredse med Jeres Vejr. – Else og jeg og Tommy var i Byen i Eftermiddag og der mødte vi en Mand (fra Snave), som betalte Tommy 60 Kr. i Alimentationshonorar og samtidig lyste han første Gang til nyt Ægteskab, som han mente vilde finde Sted først i det nye Aar. – Skriveswane var her en Aften forleden paa Hjemvejen fra Udlandet, han kommer desværre ikke i Julen, men da jeg viste ham to Tønder Øl jeg havde brygget til Julebrug, sagde han, at han vilde prøve paa at komme til Ny Taar (Ha, Ha, det vittige Stavning er af os Red.)
+Glædelig Jul 
+Puf.</t>
   </si>
   <si>
     <t>1938-12-30</t>
   </si>
   <si>
     <t>Johan Larsen</t>
   </si>
   <si>
     <t>Carl Andresen
 Eric Bøttern
 Margaretha Bøttern
 Adolph Larsen
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Ane Talbot
 Christian Treschow</t>
   </si>
   <si>
     <t>Godset Hverringe ligger få kilometer nord for Kerteminde. 
 Johan/Lysse og Elena/Bimse har netop fået deres tredje barn, og det blev en pige (Alhed).</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Johannes Larsen har været syg i mange dage.
 Han fik fugle i julegave af Andreas/Puf og Else. Nogle af dem bor i Vinterhaven, som nu er omdannet til volière. 
 Larsen fodrer vilde fugle i haven. 
 Eric Bøttern og hans kone kommer til middag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/17Cx</t>
   </si>
   <si>
     <t>Kjerteminde 30 Dec. 1938.
 Kære Lysse!
 Tak for Dine Breve. Jeg var til Middag paa Hverringe forrige Lørdag, bl.a. sammen med Chr. Treschow, som jeg skal hilse fra. Dagen efter var jeg forkølet og laa hele Ugen til jeg stod op Juleaften. 2de Juledag havde jeg Besøg af Patronen og gik med ham i Haven og viste ham Odderne og Bryggeriet og fik Forkølelsen om igen. Jeg har dog gaaet oppe siden men kan ikke komme af med den. Jeg fik en Dompap og 2 lyseblaa Undulater til min Fødselsdag af Puf og Else. Den første er i Bur her inde de 2 andre ovre i Vinterhaven der er lavet om til Voliere dog med Bibeholdelse af Glas i Gavle og P[ulæseligt]pel. Jeg har vist fortalt at den revnede i Stormen mens jeg var ved Fiilsø. Vi fodrer Solsorter og Spurve og Bogfinker og Rødhals her uden for og i Gaar Middags kom der en Fasan og en Hættemaage og jagede dem væk og sad længe og aad sammen, Fasanhønen længst. I Morges daa jeg stod op gik der 3 Fasanhøner uden for Spisestuevinduet. Ellers kommer her 4-5 Graaænder. Jeg har en Ederfugl ♂ og en Sædgaas som jeg havde med fra Fiilsø og 2 Graaænder som jeg har faaet af Agraren. Den gamle Stamme blev skudt væk i Sommer. Erik Bøttern og hans Kone kommer her til Aften. Tak for Elsdyret og Fyldepennen. Det var da en forfærdelig Jammer med alle Dine Naboer, forhaabentlig kommer de over det. Jeg skal hilse fra Puf og Else og Børnene og ønske Dig et godt og glædeligt Nytaar! Ogsaa fra mig, og gid Du snart maa faa Bimse og Børnene hjem i god Stand Det var morsomt at det blev en lille Pige. Mange Hilsner
 Din Far.</t>
   </si>
   <si>
     <t>1943-07-28</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
@@ -455,433 +838,50 @@
 Larsen og familien bader kl. 11. De andre går også i vandet ved sekstiden. 
 Johannes Larsen synes, at fotografierne er gode.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/otJS</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [Håndskrevet på kuvertens bagside:]
 Johannes Larsen
 Kjerteminde.
 [I brevet:]
 Kjerteminde 28 Juli 1943.
 Kære Grevinde.
 Sikken en Varme. Tak for Opringningen i Gaar, det var dejligt at høre Din Stemme. Jeg havde for øvrigt en livlig Dag i Gaar. Vi har Besøg fra i Mandags af Lysses Svigermor og Svigerinde. I Gaar malede jeg til Kl. 11, gik saa i Vandet til Kl. 12, da jeg kom hjem var der ankommen 2 Ornithologer Dr. Finn Salomonsen og Tage la Cour. Saa spiste vi Frokost med diverse Snapse, derefter snakkede vi Fugle og Bøger til de cyklede ved 5 Tiden. Saa tog jeg en Avis og saa meldte Stuepigen Adjunkt Niels Foged og Frue der blev til vi skulde spise og om Aftenen var Organist Syberg og Kone inviterede men jeg gik i Seng. Nu er jeg lige kommen hjem fra et Eftermiddagsbesøg hos Sybergs med hjemmebrygget Øl og The, Kage og ny Honning, saa kommer Pigen ind og melder at Chr. Treschow, Orelund har ringet fra Odense at han kommer og bliver til i Morgen, og om jeg vilde bestille et Værelse til ham paa Hotellet, hvilket jeg har forsøgt, men der var ingen, dog lovede de at prøve paa at skaffe et i Byen, og ringe senere, ellers maa vi jo prøve paa at lave et Natteleje til ham. De andre er hos Sybergs endnu og aner ingen Ting. Jeg gik i Forvejen for at skrive til Dig. Forøvrigt er min Odder brudt ud i Forgaars Aftes og Puf gik og rumsterede i Haven i Nat et Par Gange, men det lykkedes ham ikke at overtale den til at gaa ind. Maaske bliver han saa sulten i Nat at han gaar ind, men til den Tid har han vel ædt alle mine Guldfisk og grønne Frøer. Jeg forsøger at rette mig efter Dine Anvisninger med Hensyn til Billedet. Det er lykkedes mig at faa anbragt en Hejre til uden at ødelægge Helhedsvirkningen. det samme kan vist ikke siges om et Par flyvende Fasankokke i Forgrunden og en do Vibe i Mellemgrunden men jeg er villig til at fjerne sidstnævnte hvis de støder Dig Jeg har ellers været heldig et Par Dage i forrige Uge, der stod Tordenbyger i NØ. som jeg fik tegnet efter den ene Dag og malet den anden. Jeg glæder mig til Graaænderne. Hejrerne var gode, min Svigerdatter nænnede ikke at lave dem til Bøffer, men svøbte Flæsk om dem og stegte dem hele. Vi gaar alle sammen i Vandet om Formiddagen Kl 11 og jeg synes det bider i Lemmerne at svømme; de andre gaar ogsaa i Vandet ved 6 Tiden, men jeg synes jeg har nok i en Gang om Dagen. Naa nu har jeg vel fortalt Dig alt hvad jeg sagde i Gaar i Telefonen, jeg kan aldrig huske hvad jeg har sagt længe efter. Hils de andre og mange Hilsner til
 Dig selv fra
 Din hengivne
 Johannes Larsen.
 P.S.
 Her er det Fotografi jeg synes er bedst af mig altsaa. D.v.s. jeg synes ogsaa at de 3 hvor vi sidder paa Trappen er gode især af Dig
 JL.</t>
-  </si>
-[...381 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/8Hm1SjBc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -958,51 +958,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MPAR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jyVu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zdvn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yHzA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AmEz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jyVu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yHzA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AmEz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zdvn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MPAR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M22"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1039,940 +1039,940 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="D2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="M2" s="5"/>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L3" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>27</v>
-      </c>
-[...27 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>40</v>
+        <v>29</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="F5" s="5" t="s">
-        <v>47</v>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I5" s="5"/>
+        <v>40</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>41</v>
+      </c>
       <c r="J5" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>20</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-        </is>
+        <v>21</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="G7" s="5" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G8" s="5" t="s">
+        <v>62</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>75</v>
-      </c>
-[...29 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        </is>
+        <v>69</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>76</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="G11" s="5" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-        </is>
+        <v>69</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="G13" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="I13" s="5" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>69</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G14" s="5" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>28</v>
+        <v>111</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>18</v>
+        <v>112</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>69</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>132</v>
+        <v>69</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="I17" s="5"/>
       <c r="J17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>39</v>
+        <v>131</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>32</v>
+        <v>135</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="M19" s="5" t="s">
         <v>145</v>
-      </c>
-[...36 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="L20" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>153</v>
-      </c>
-[...13 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="L21" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>160</v>
-      </c>
-[...31 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J22" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="B22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="C22" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="I22" s="5"/>
-[...10 lines deleted...]
-      <c r="L22" s="6" t="s">
+      <c r="M22" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="M22" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>