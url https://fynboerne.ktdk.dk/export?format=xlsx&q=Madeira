--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="727" uniqueCount="427" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="453" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -724,50 +724,98 @@
   </si>
   <si>
     <t>[På kuvertens forside:]
 Fru Laura Warberg
 pt. Brædstrup
 Danmark.
 [Håndskrevet med blyant af ukendt person:]
 1913
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 I)
 Kæreste Mor! Det har rigtignok været en meget bevæget Tid, siden jeg sidst skrev; jeg sov hele Dagen i går for at komme til Hægterne – og nu begynder det at hjælpe lidt. Rejsen var ganske uhyre vellykket fra først til sidst – den har rigtig sat Kulør på Tilværelsen igen – man må også rejse engang imellem for at udholde Malmøtilværelsen. Jeg tog over Torsdag med ½ 4 Båden - gik straks til Brudehuset, hvor de to Gamle sad ved en ensom Middag – omgivet af Æsker – Papirer – Blomster – Kufferter – Gaver – vildt Virvar. Jeg spiste med – Stemningen var meget hyggelig – let højtidelig, men dog løftet. Døren gik ustandselig – Telegrammer – Blomster – Gaver – enkelte Familievisitter – og i sidste Øjeblik Johanne – hjem fra de allersidste Ærinder – strålende lykkelig - men en Del nervøs for Pakning etc. Jeg var hende til god Nytte med forskellig Syning – Hjælp ved Pakningen etc. Så blev vi alle klædt i Galla – Johanne en pragtfuld blå Silkebrokade med ægte Kniplinger – moderne – stram forneden og opslidset til midt på Benet - fine Silkestrømper – hendes Mor i en dejlig sort Silkekjole. 
 Svigermor og jeg kørte først derop – til Bristol – tre prægtige Selskabssale var reserveret for Bryllupsselskabet – hvor er der dejligt – fint, smag fuldt, hyggeligt – masser af kostbare Ting, Antikviteter – Porcelæner – Malerier etc etc – Wilkenining er Samler og meget rig. Han kom selv og viste os Bordet – henrivende pyntet med lutter lyserøde Blomster – Lorraine og Chrysantemer – meget Sølv og Krystal og kostbare Opsatser af Sévresporcelæn – Servicet i øvrigt Flora danica. Der var dækket til 12 – den allernærmeste Slægt. Omsider var vi alle samlede og gik til Bords, mens Ingeborg og Svigermor spillede Mendelsohns Bryllupsmarch på Flygelet i Spisesalonen, meget smukt og stemningsfuldt. Svirmor holdt tre udmærkede [Skrevet oven over linien en på Rim ["en på Rim" indsat over linjen] Taler og havde desuden skreven en morsom Sang. Første Ret var: Canapé – en hel Del kolde Salater Mayonaise etc. Derpå ægte Skildpaddesuppe i småbitte Terriner af Sévresporcelæn – så vistnok Østers – en uhyre Mængde – der var vist mere end 12 til hver – jeg spiste 9! Så Dyreryg og Fjerkræ – Is – Frugt (blå Druer) og Konfekt. Mere kan jeg ikke huske. Champagne i Strømme – Rødvin – Rhinskvin og Madeira. Alfred holdt en smuk Tale til Johanne – Ernst ligeså, men humoristisk – Charles for Fru G’s to Søstre, som var med o s v. Stemningen munter hele Tiden. Siden drak vi Kaffe i de fine Stuer med 6 Slags Likører – og til allersidst dansede vi lidt, mens Ernst spillede. Jeg dansede selv – og fik megen Ros. (jeg havde min blå Silkekjole på.) Klokken var 4, da vi endelig kom i Seng – jeg sov på en Sofa i Spisestuen – Johanne og jeg var de sidste på Valpladsen – jeg hjalp hende at frankere alle Giftekortene – c 100; hun var så sød – og vistnok glad ved at have mig at snakke med; fortalte mig så meget om sit nye, dejlige Hjem; næste Morgen hjalp jeg hende også med alt muligt – kun hendes Mor og Alfred overværede Vielsen Kl 10 på Rådhuset – siden samledes hele Selskabet i de samme Lokaler på Bristol – atter flød Champagnen – nu til himmelsk Smørrebrød – samt Lykønskninger - - så fulgte vi alle i Biler til Banen – og så gled de til Berlin – begge to strålende lykkelige - - han er vist et mageløst godt og elskværdigt Menneske. 
 II Så skiltes Brudefølget – nej, det er sandt – vi samledes nok engang på Bristol – nu i Cafèen – min Svirfar påstod, vi var ikke bleven mætte før – og så gik det atter løs med Smørrebrød – Sild – Te Kaffe og hvad nu enhver vilde have. Så skiltes man – med den Aftale alle at samles i Brudehuset til Middag Kl 5. Jeg gik med Svirmor hjem – hun var meget forknyt, og jeg nænnede ikke at gå fra hende, så hun blev helt alene i det tomme Hus; hjalp hende med at ordne Gaverne – småsnakkede om Festen – etc etc. I en Pause ringede jeg til Lugge, som meddelte mig, at jeg var bedt med til Ballet i Gentofte. Nå da! Så ringede jeg resolut til Malmö – bad Elida gå ned til 6 Båden med min hvide Silkekjole – Sko og Strømper – fik akurat at vide, at alt stod vel til, så var de 3 Min forbi. Siden tav jeg bomstille med mine egne Interesser og gik Resten af Dagen ganske op i min Svirmors; dog tænkte jeg naturligvis ofte på, om det vilde lykkes med Kjolen – om det vilde blive morsomt med Ballet – og glædede mig temmelig til at gense de søde Magisterfolk. 
 Kl 5 havde vi så en hyggelig Familiemiddag – Svirmor gør stor og berettiget Lykke ved pludselig at have forladt sine orttodoxe Principper m H t. Maden – hun spiser nu alting – og alle Steder! Til Middagen var Charles og Ingeborg m Børn – Ernst – Alfr og jeg – de Gamle - og en Søster til Svirmor. Kl 8 rejste Alfred – jeg fulgte ham ned og – fik min Kjole! Kl 9. kørte jeg i en Bil (stor Bagage) til Nordbanen – traf Lugge og Magisteren og rejste med dem hjem; jeg havde Lugges Skindgarniture med – en dejlig stor Krave og do Muffe – brunt, langhåret Murmel. Vi drak Te – og dansede siden Boston – one Step og Tango lige til Kl 12 – så fik jeg det altså lært. Lugge var rasende sød – havde rigtig Balfeber! Magisteren er jo også henrivende sød – begge glade og i godt Humør. 
 Fredag kom Hr. Kjerulff m Diden – som skulde sove der – jeg i hendes Seng. Han spiste Middag med – så fulgtes vi til Gentofte. 
 Et imponerende Hus har de fået – smukke Stuer – alt yderst moderne og komfortabelt. 
 Nu kan jeg ikke skrive mere – Ballet var vældig morsomt – vi kom slet ikke i Seng – nogle rejste Kl ½ 5 i Biler til Byen – andre spadserede ved 6 Tiden – Thalbitzers og vi blev der – sov et Par Timer på et Gulv – så op til liflig Morgenkaffe. Kl 1 Frokost, hvor vi spiste hver et Dusin Østers! – så en Spadseretur – og så rejste jeg. Var en Visit i Brudehuset at takke for sidst – tog så med 5 Båden hjem og – gik direkte til Ingas Fødselsdagsgilde - dumpede op i et stort animeret Selskab – kom først hjem henad 12! Var det ikke meget på engang! 
 Endvidere – ja, alting kommer på èngang – fortalte Elida, at to Herrer havde været her i Fredags for at tale med mig – Redaktør Theste og Neuman fra Kjøbenhavn, som har udbedt sig mine Manuskripter og fået dem. Siden de ikke havde Papirerne med herop, må jeg jo næsten gå ud fra, at jeg endelig engang har haft Lykken med mig i literær Henseende. De vilde skrive til mig, sagde de til Elida. 
 Nej, jeg er alligevel for forvirret endnu 
 [Skrevet på hovedet af brevets s. 1:]
 til at kunde skrive sammenhængende – bare Du kan læse dette. Hils Dine søde Værtsfolk meget fra mig. Og mange Hilsner til Dig selv fra Din A.
 Tak for Birkerødbrevet, som vi blev så glade ved.</t>
   </si>
   <si>
+    <t>1914-05-13</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Herman Bang
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esther Dahlerup
+- Dahlerup, Fru
+Bodild Holstein
+Christian  Houmark
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Anna Rosenørn</t>
+  </si>
+  <si>
+    <t>Louise Brønsted og Andreas/Puf Larsen havde begge fødselsdag 12. maj. 
+Rosenørn er muligvis ikke Anna Rosenørn, men en anden person med samme efternavn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3801</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder det forsinkede fødselsdagsbrev. Hun glemte ikke fødselsdagen. Først var hun hos tandlægen med Christine/Mornine Mackie, og derefter måtte de to have portvin og et hvil. Så spiste Ellen frokost hos Alhed Larsen. Derefter tog Ellen til hotellet med Fru Dahlerup, som gav the. Her mødte de Christian Houmark, og han bød på en flaske vin. Bagefter inviterede Houmark på middag, og han og Ellen indtog denne med mange våde varer til. De ringede og bad Christine Mackie og Alhed om at komme, og da de to ankom, sad Houmark og Ellen og holdt hinanden i hånden og græd over "livets Vemod". Selskabet drak endnu mere, og Ellen blev meget fuld. Hun gik hjem indhyllet i et af hotellets sengetæpper.
+Dagen efter havde Ellen tømmermænd. Hun og Alhed magtede dog at fejre Andreas/Puf Larsen.
+Ellen spørger, om Louise Brønsted kender nogen, som vil leje hendes lejlighed sommeren over.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wEPp</t>
+  </si>
+  <si>
+    <t>13/5 14
+Kære lille Lugge!
+Hvordan kunde det dog ske! For jeg glemte det ikke. Jeg ved, at da jeg stod op om Morgenen tænkte jeg, - nu er der kun èn Ting som jeg skal idag, og det er at skrive til lille Lugge. - Dagen gik - noget som helst andet tog jeg mig ikke for, - men jeg overkom ikke at skrive til dig. - Om Morgenen gik jeg op til Besen og drak Kaffe og dangderede i Haven - kom hjem og hjalp med lidt - gik derefter med Mornine til Tandlægen for at se på at hun blev bedøvet og fik en Tand halet ud Det var meget interessant men ækelt - det så ud ["ud" indsat over linjen] og lød så uhyggeligt, - hun vendte nemlig det hvide ud af Øjnene og "[ulæseligt ord]," men forresten varede det kun 1/2 Minut. Så måtte vi jo ned og drikke et Glas Portvin oven på det og ligge lidt og med alt det gik Tiden til Middag. Jeg spiste hos Besen og måtte jo nyde en Cigar til Kaffen og så blev Klk 2 1/2, - jeg havde da en Time med Fru Dahlerup. Hun kom, men gad ikke læse - vi sludrede en Times Tid, - flyttede så ned på Hotellet hvor hun gav The. Mens vi sad der, kom Houmark og slog sig ned hos os. Det er sandt, - ham kender I ikke. Han er Forfatter og skriver sådan lidt ligesom Herman Bang. Han kommer så meget sammen med os - d.v.s. med Mornine, B og mig - og vi holder så meget af ham, han er så god og rar - og man har så ondt af det for ham for så meget. Nå, han kom altså og bad os drikke en Flaske Chablis med os, - hvad vi gjorde. Den gav ham jo Blod på Tanden, så han bad os dinere med sig. Fru D. kunde ikke, men jeg kunde jo nok, - Mandag er min eneste Friaften, hvor jeg altid er oplagt til noget. Så indtog vi altså en delikat Middag, - Suppe - Kylling og Pandekager - hver en Flaske Porter - en Fl. Rødvin en Fl. Madeira. På det Tidspunkt ringede vi efter Mornine og Be. - På ["På" overstreget] Da Mornine kom, sad vi og holdt hinanden i Hånden og græd over Livets Vemod. I lover mig ikke at sige det til nogen. Det var Synd. Han er af dem, som når man ikke kender ham, indbyder til at grine af. Han er så svagelig og alt er forkert med ham. Så livede vi jo også op, da de kom og vi sjælede fredeligt lige til Klk. 12. Vi kalder det at vi "sjæler" med ham, men det må I heller ikke sige til nogen. Det lover I. Men ved Gud hvor vi "sjælede" Lysholmer, mer Porter, - Sherry - åh, hvor jeg var oppe og fuld, - men nu har jeg jo vist, at jeg kan bære en ordentlig Kæfert fint. Der var intet at indvende på min Opførsel. Jeg gik strunk hjem indhyllet i et hv. uldent Sengetæppe, som Hotellet havde lånt mig, da der var så koldt. Men næste Morgen - du gode Gud - Sengen kørte rundt og mit Hovede var bly. Men vi havde da Aandsnærværelse til at drikke både din og Pufs Skål efter 12. 
+Kommer I til Pinse. I må og skal. Jeg længes sådan efter jer. Det gør vi allesammen. - Hvis I ser Bodild, så mind hende om at hun vilde spørge Rosenørns, om de ikke vil have min Lejlighed i Sommerferien. Ved I ikke nogen hvis de ikke vil. Smaa 70 Kr. Hvis jeg ikke får den lejet ud, kan jeg ikke komme med på den store Cycletur, og mit Hjærte brister. -
+1000 Tillykker, lille Lugge og undskyld Forsinkelsen. Bunker og atter Bunker af Hilsner til jer alle 6. Hvor henrivende mon lille Else er nu. Tilbringer hun endnu sit Liv på den lille Potte i Gangen? Og igen Tak for Strømperne
+Elle</t>
+  </si>
+  <si>
     <t>1918-04-16</t>
   </si>
   <si>
     <t>Birkerød</t>
   </si>
   <si>
     <t>Fiil Sø</t>
   </si>
   <si>
     <t>Birkerød 
 København</t>
   </si>
   <si>
     <t>- Afzelius
 Max Ballin
 Niels Bechsgaard 
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Harald Giersing
 Frederik Hallin
 - Hein, Birkerød Kostskole
 Martin Haahr
 Louis Jensen
 Johannes Kragh
 Andreas Larsen
@@ -899,53 +947,50 @@
   </si>
   <si>
     <t>Alhed Larsen er i Birkerød. Hendes sønner er elever på kostskolen i Birkerød.
 Kvindelige Kunstneres Retrospektive Udstilling fandt sted 18. september til 14. oktober 1920.</t>
   </si>
   <si>
     <t>Skriveswane (Leo Swane) skal anmelde en udstilling. Kvindernes udstilling var dårlig.
 Alhed Larsen har været til faldskærmsudspring, spillet tennis, skrevet Lysses elendige stil færdig, været til sang og til god middag hos Tutein.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UO38</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Tak for Dit Brev i Gaar og i Dag. Du har det jo godt naar Du nu bare kunde komme i Gang med at male, men det kommer vel nok. – Jeg kan ikke træffe Lysse før Kl. 3 ½ og Brevet skal af Sted med Toget ½ 2, men saa skal jeg skrive om det i Morgen jeg tænker, han bliver henrykt ved Udsigten til at komme paa Jagt, bare dette smukke Vejr vilde holde sig. Jeg har ikke læst det af Bister, som Calle og andre skal svare paa. Derimod har jeg læst hans Anmeldelse af Bogen, den er god men jo mest Citater. Skriveswane skal anmelde den i Tilskueren. Jeg har været paa Kvindernes Udstilling. Den er haarrejsende slet, kun ganske enkelte pæne Ting der drukner i alt Møjet. Den har ligefrem givet mig Lyst til at lave en Udstilling. 
 Skrevet lodret i venstre margen: Lysse er flittig nu
 Jeg tænker Lysse og jeg skal spille Tennis i Eftermiddags [s’et overstreget]. I Søndags var der igen Faldskærmsudspring paa Flyvepladsen, de andre + Klavs og Brincker cyklede dertil, men da jeg jo ikke har min Cykle, blev jeg hjemme og spillede Tennis med Magisteren og Hr. og Fru Thalbitzer. Mag. og jeg var sammen mod de to andre, jeg var meget benovet ved at spille med de drevne Spillere. I Begyndelsen tabte vi men tilsidst vandt vi over dem med 6 Spil mod 3! Det var meget stolt, de roste mig meget og sagde jeg havde gode Anlæg for det. Jeg er øm i Anklerne endnu, vi spillede i flere Timer. Om Aftenen hjalp jeg Lysse med en dansk Stil han var ude af sig selv af Søvn da han havde spadseret hele Natten i Rude Skov med Klavs, Brinker og Tuteinerne, vi blev ikke færdige før Kl. ringede han skulde saa gøre den færdig paa [Indsat lodret i venstre margen]: Du maa ikke sige det om Stilen til Høpfner [indsættelse slut] Sengen, men da jeg havde Mistanke til at det blev skidt hentede jeg Manuskriptet næste Form. mens han var i Skole. Og ganske rigtig: var det rent gyseligt hvad han havde skreven. Jeg skrev saa Slutningen om * [i venstre margen, lodret] * inden jeg tog til København med Toget. [Indskud slut] lagde op paa hans Bord i en lukket Konvolut, den skulde afleveres om Aftenen. Jeg er meget spændt paa hvad Karakter vi faar, den handler for og imod Dødsstraf. Han var meget henrykt over det, da jeg om Aftenen var sammen med ham hos Tuteins. Jeg kom tilbage med 7 Toget, vi [ordet overstreget] havde Time hos Bertram ½ 5 – vi var til fin Aften hos Tuteins. Kyllingesteg, Ostepind Lagkage og Madeira. Det var meget morsomt, Peter og Kjeld havde været meget optagne af at skulle være Værter for mig. Christine og Putte var der ogsaa, og Lysse altsaa. [Det følgende skrevet på side 1, lodret øverst] Nu skal jeg hen at øve mig, sidste Time gik ikke saa godt som de forrige. I Dag skal jeg ikke ind, hvad jeg er glad ved, da Vejret er saa yndigt med Solskin. Vi har ellers haft meget Taage.
 Hils Klaxes mange Gange. Masser af Hilsner til Dig selv.
 Din A.</t>
   </si>
   <si>
     <t>1923-12-16</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted</t>
-  </si>
-[...1 lines deleted...]
-    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Ellen Brønsted
 Astrid Bøttern
 Ellen Bøttern
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Elisabeth Mackie
 Laura Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Miko er Brønsted familiens hund.</t>
   </si>
   <si>
     <t>Kopier findes på Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted løber på skøjter i tre dage med bl.a. Alhed og Andreas Larsen. Om aftenen spilles bridge og skak. Der er bagt flere kager, og der drikkes kaffe og madeira. Helt undtagelsesvis deltager Johannes Larsen en del af aftenen og drikker madeira.</t>
@@ -2005,50 +2050,108 @@
   </si>
   <si>
     <t>27. feb. 1928</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/2h10vq48</t>
   </si>
   <si>
     <t>28. feb. 1928</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/CWdOz3FY</t>
   </si>
   <si>
     <t>14. januar - 28. februar 1928. Dagbogstegninger og liste over lokale fugle fra rejsen i 1928</t>
   </si>
   <si>
     <t>Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
 Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
 Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/ThrVRR7n</t>
   </si>
   <si>
+    <t>1928-3</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Agrigento Italien</t>
+  </si>
+  <si>
+    <t>Enghavevej 40 København</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Johannes V. Jensen
+Andreas Larsen
+Johannes Larsen
+Benito Mussolini</t>
+  </si>
+  <si>
+    <t>Andreas og Johannes Larsen rejste sammen med Else og Johannes V. Jensen i 1928 med et krydstogtskib til blandet andet Madeira og Rom. De mødtes i Rom med Elise og Peter Hansen. 
+Agrigento er en italiensk by nær Siciliens sydkyst. Fra perioden, hvor lokaliteten var under græsk herredømme, findes nogle af antikkens bedst bevarede doriske templer, bygget i lokale kalksten, heriblandt Concordiatemplet. Fra 210 f.v.t. blev byen romersk og fik navnet Agrigentum. Senere blev navnet Grigent eller Girgenti, men i 1927 ændrede italienerne navnet officielt til Agrigento. (Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kortet ejes af en efterkommer af Elise og Peter Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen er i Argigento, hvor han/de skal være i 40 dage. I Rom havde han dejlige dage sammen med Else og Johs. V. Jensen, Johannes og Andreas Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Tjga</t>
+  </si>
+  <si>
+    <t>[Fortrykt i frimærkefeltet:]
+Fotosam
+[Fortrykt under tekstfeltet:]
+ROMA - Foro Romano - Casa della Vestali
+4514/36
+[Fortrykt til venstre for tekstfeltet:]
+PROP. RISERVATA
+[Fortrykt til højre for tekstfeltet:]
+Made in Italy
+[Håndskrevet i brevkortets adressefelt:]
+Signorina
+Grethe Hansen
+Enghavevej 40 B.I Villaen
+Copenhagen
+Danimarca.
+[Håndskrevet i tekstfeltet:]
+Agrigente[ulæseligt] 3 28.
+Kære Grethe
+Her har Du Forum med det lille Tempel, hvor Du blev saa fint fotograferet. Vi er nu i Girgenti eller Agrigente som Musolini har døbt den om til. Her er ikke saa rart som i Rom, og her skal vi tilbringe 40 Dage af sit kostbare Liv. I Rom havde vi nogle dejlige Dage sammen med Johs. V. Jensen og Else og Las og Puf. Hils dem, naar Du ser dem. Jeg haaber, at Du og Jens har det godt, og at I maa holde en bedre Fødselsdag, hvortil jeg sender mine bedste Lykønskninger.
+Din Pap[ulæseligt].</t>
+  </si>
+  <si>
     <t>1928-06-05</t>
   </si>
   <si>
     <t>Ragnar Ásgeirsson</t>
   </si>
   <si>
     <t>Grethe Ásgeirsson
 Ragnar Ásgeirsson
 Elise Hansen
 Peter Hansen
 Vagn Jacobsen
 Xenia Jacobsen
 Else Jensen
 Johannes V. Jensen
 Jóhannes Kjarval
 Thorvald  Krabbe
 Margrethe Krabbe af Damsgaard
 Thyra Larsen
 Thøger  Larsen
 Jón Stefánsson</t>
   </si>
   <si>
     <t>Den islandske kunstudstilling blev i december 1927 vist på Charlottenborg i København. Man udstillede 243 tegninger og malerier af 12 kunstnere: Ásgrímur Jónsson, Finnur Jónsson (1892–1993), Guðmundur Einarsson af Miðdalur (1895–1963), Guðmundur Thorsteinsson (Muggur), Gunnlaugur Blöndal (1893–1962), Jóhannes S. Kjarval (1885–1972), Jón Stefánsson, Jón Þorleifsson (1891–1961), Júlíana Sveinsdóttir (1889–1966), Kristín Jónsdóttir, Sigurður Guðmundsson (1833–1874) og Þórarinn B. Þorláksson. Efterfølgende fortsatte udstillingen til Tyskland. (Listasavn Islands hjemmeside jan. 2025). 
 Laxdæla Saga er skrevet mellem 1230 og 1260. Den handler om fætrene Kjartan og Bolle, som elskede den samme kvinde (Wikipedia).
 Eyrbyggja Saga handler om beboerne på Øre. Fragmenter af håndskrifter fra det 13. og 14. århundrede er bevaret (Wikipedia). 
@@ -2069,50 +2172,108 @@
 Larsen sender et par træsnit.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ym4L</t>
   </si>
   <si>
     <t>Kjerteminde 5 Juni 1928.
 Kære Ragnar Ásgeirsson!
 Det er en Skam, at det har varet saa længe inden jeg har faaet taget mig sammen til at skrive til Dem. Min ældste Søn og jeg var paa en lang Rejse i Foraaret med det norske Motorskib, "Stella Polaris," sammen med Johannes V Jensens og Brygger Jacobsens. Lissabon, Madeira de canariske Øer, Casa blanca, Tanger, Algier, Barcelona og Monaco. Der gik vi i Land og var en halv Snes Dage sammen med Bryggerens mens Johannes V hentede sin Kone i Berlin, saa rejste vi til Rom og var sammen med dem og Peter Hansens som var der nede, i Forvejen. Vi var der en halv Snes Dage og rejste saa over Genua, Marseille til Paris hvor vi blev nogle Dage og saa over Køln til Kjøbenhavn. Da vi kom her hjem fandt jeg deres Brev og det smukke lille Billede af Kjarval som jeg straks fik indrammet og er meget glad ved. Tusind Tak! Desværre saa jeg ikke den islandske Udstilling, det var mig umuligt at komme til Kjøbenhavn paa det
 2.
 Tidspunkt. Jeg læste nogle Anmeldelser og forbausedes over saa lidt Kjarval blev omtalt. Efter det jeg har set af islandsk Malerkunst, vilde jeg tro at han som Kunstner ragede et Hoved over alle de andre. Jeg fyldte 60 Aar mellem Jul og Nytaar og da jeg ikke havde Lyst til at være hjemme i Julen eller til min Fødselsdag, nu min Kone ikke var her mere, rejste jeg med mine 2 Sønner omkring i Jylland og endte i Lemvig hos Thøger Larsen hvor vi havde det hyggeligt nogle Dage, med Bilture omkring i Omegnen i tindrende Sol og haard Frost over tilsneede Landskaber og den islagte Fjord. Thøger Larsen og hans Kone var her for en Tid siden en Uges Tid. Thøger rask og fornøjet og hyggelig. Den sidste Aften det var vist den 15 Maj kørte vi en Tur hen til en lille Skov her i Nærheden hvor det plejer at vrimle med Nattergale. Thøger havde aldrig hørt en Nattergal og vilde gerne opleve det, men det lykkedes desværre ikke. Vi har haft et meget koldt Foraar og det var den Aften særlig koldt. Vi traf Sønnen fra Gaarden som Skoven hører til, og han fortalte at han havde hørt
 3.
 den første Gang samme Morgen og saa kørte vi hjem og aftalte at vi skulde forsøge næste Aar paa et bedre Tidspunkt. Men det skulde altsaa aldrig komme. Forleden da min ældste Søn og jeg havde været paa Pintsebesøg paa en Herregaard i Nordvestsjælland, kom der Telegram samme Aften vi kom hjem at Thøger Larsen var død. Vi var i Forgaars oppe til hans Begravelse, kørte herfra om Mrg. og kom hjem om Aftenen ved 12 Tiden, en lang Køretur 210-15 km, 2 Gange paa en Dag. Da vi var der i Vinter talte Thøger om at vi absolut maatte komme og se Lemvig ved Sommertid, den Gang tænkte vi ikke det skulde ske saa snart og i den Anledning. Jeg har mistet mange af mine gode Venner i de senere Aar. Verden bliver fattigere, især savner jeg min Kone mange Gange hver Dag. Thøger Larsen og jeg talte en hel Del om Sagaerne, da han var her forleden, ogsaa om Muligheden af at komme til Island sammen til næste Aar. Han har oversat Laxdæla og Eyrbyggja, elle hvordan det nu staves, og havde været til Møde i Selskabet for Udgivelsen af de nye Sagaoversættelser. Jeg 
 4.
 ikke komme i Aar. Da jeg har lejet Charlottenborgudstillingen til en stor retrospektiv Udstilling til Februar 1929. Jeg faar derfor meget at gøre inden den Tid. Jeg har ogsaa haft Brev fra Olafur Tubals og fik skrevet et Par Ord til ham forleden og bad ham bl.a. hilse Naboerne i Fljotshlid, men jeg kunde ønske at sende en officiel Hilsen til Familien paa St. Hof, et af de Steder, hvor jeg befandt mig bedst, og ofte tænker paa. Skulde De komme i Berøring med dem vil jeg bede Dem overbringe dem min Hilsen.
 Det var morsomt med de Stære der besøgte Dem i Vinter, jeg tænkte paa at foreslaa Dem at sætte nogle Kasser op til dem, saa de maaske kunde fristes til at slaa sig ned for stedse. Det har vel nok været færøiske Stære. Den færøiske Stær er en Race for sig den trækker ikke bort men opholder sig paa Øerne hele Vinteren. Her trækker de fleste Stære bort, men især i de senere Aar ses her af og til Stære som overvintrer. Jeg kan ogsaa tænke mig at De har haft megen Fornøjelse af Rødkælkene, de kommer her 
 5.
 undertiden ind i Drivhusene om Vinteren og kan blive meget tamme naar man fodrer dem. Kommer De og Deres Kone ikke en Gang til Danmark. De skal være meget velkomne her. Mange venlige Hilsner til Dem alle fra Deres hengivne
 Johannes Larsen
 P.S.
 Vil De hilse Krabbes, Stefánssons, Mathias [ulæseligt], Fontenays, Kaales og andre som var venlige mod mig under mit Ophold i Reykjavik
 JL.
 P.P.S.
 Jeg vedlægger et Par smaa Træsnit, de hører til St.St. Blichers "Trækfuglene" som jeg en Gang illustrerede med Træsnit til Radeerforeningen
 JL.</t>
+  </si>
+  <si>
+    <t>1928-09-27</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Else Warberg
+Laura Warberg
+Marie Warberg
+Torkild Warberg
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brobyværk ligger på Fyn nær ved grevskabet, ved hvilket Warberg-børnenes far arbejdede som godsforvalter, og nær ved deres barndomshjem, Erikshaab.
+Gamle kendes ikke. Det vides ikke, hvem Mäniskorna var.
+Det er også ukendt, hvilken perle der er tale om.
+På skovridergården Rørdam boede Johannes Larsens bror, Vilhelm Larsen og hans hustru, Gudrun. De var forældre til Henning Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3812</t>
+  </si>
+  <si>
+    <t>Ellen takker for strømper og kort.
+Astrid/Dis og Axel Müller skal giftes i Brobyværk, og Ellen skriver sange. Efter vielsen og frokost kører man til Kerteminde til flere dages middage. Ellen håber ikke, at Astrid vil til Erikshaab, for ideen tiltalte ikke Paludan/Pallam.
+Henning Larsen vil leje bil og køre Ellen, Johanne og Adolph Larsen/Agrarens og deres børn til Rørdam.
+Johannes Larsen arbejder flittigt. Han gad ikke komme til Adolph Larsens 50-årsdag, hvilket Ellen synes var synd.
+"Mäniskorna" er helt vilde med Matilda/Lille Jungstedt.
+Ellen vil give Astrid et af deres mors fine lommetørklæder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5oe6</t>
+  </si>
+  <si>
+    <t>Et rigtig Gallopbrev! 24/9 - 28
+Kæreste Lugge!
+1000 Tak for dit Brev og for Pakken, som Gamle nok saa prompte kom ned med den næste Dag. Det er jo herlige Strømper, - komplet hulfri, - dem kan jeg hænge paa til Cyclestrømper hele Vinteren. Jeg har jo Gamasker, saa de maa være Brandgule, om saa skal være. Og Tak for alle Kortene. Det er glimrende. Jeg deler med Junge, - og saa kan jeg gemme Mors gamle Kort. Jeg lægger forresten ikke Kabale mere, - jeg har altid saa meget for, - - jeg ved Pokker ikke hvad det er. Nu er vi jo saa optagne af Brudefærden i Brobyværk. Vi har lavet en Del Deviser, men de skal være til Junges Selskab Selskab om Søndagen. Det er ikke nemt at lave Deviser i Tante Elses og Tante Visses Ånd. "Dis staar Brud - i Gud" - det skulde da være det eneste, men èn er jo ikke nok. Jo, Junge lavede èn til Titte, - men den kan ikke læses - den kan knap skrives, saa indiskret er den! "Titte ta'r Provsten uden at knurre;
+han er for gammel at gi' en Kure"
+Men det er jo frygtelig at sige saadan noget. Du maa ikke aande det til nogen Junge er saa oplivet over alt dette. Hun har lavet 2 nydelige Sange, - èn alvorlig og en sjov. De Parret ["Parret" indsat over linjen] kommer jo i Morgen Aften og skal logere her. Det lille Gæstekams staar og skinner af Renlighed. Saa kører vi Lørdag Morgen derned. Vielsen er Klk 11, saa Frokosten. Saa skal vi jo hjem igen. Jeg er bange at Dis vil til Erikshaab. Du hørte, hvad Pallam sagde, - jeg er sikker paa, at han ikke ["ikke" indsat over linjen] bliver begejstret. Men det maa gaa som det kan. - Saa kommer vi jo hjem og er sultne, - saa giver Junge Aftensmad Om Søndagen har vi Agrarens og Brudeparret til Frokost. Vi skal have kold Skinke. (Jeg har købt en halv Rulleskinke, som den du gav mig i Sommer). samt Purrer, Bønner, Blomkaal o.s.v. Saa koldt Bord og Kaffe med Bagværk. Bajere. Junges Middag af er Klk 1/2 6 Blomkaalssuppe. Kyllingesteg, Is m. Jordbærmarmelade. Konfekt. Jeg har givet hende i Fødselsdagsgave 1 Fl. Madeira og fin Chokolade til Konfekt. Jeg har ogsaa givet hende* "Edith 2 Timer" i Morgen til Rengøring. Det er jo ikke nemt for os at faa noget lavet med Elever og "saa ved det" at det er Søndag. Hvor er der meget i denne Tid - Konfirmationen - Husk Thorkild med et Telegram d. 30_te_ Jeg har tre Elevkonfirmationer at "huske" Hvor er det dyrt! Og saa alle de Fødselsdage. I Morgen Fru Nielsen. Lige nu kom Henning, - han skal læse. Jeg sendte ham ud at lave The og riste Brød, saa har jeg Fred saa længe. Han er forresten saa sød. - Næste Søndag vil han leje en Bil og køre os hjem til Rørdam, - Agrarens og mig. - Det er da sødt. - Las har jeg ikke set, - men Puf var her en lang Visit igaar, - han siger at Las arbejder flittigt. I Aftes saa jeg ham igen ovre hos Agrarens, - det var nemlig hans 50-aars Fødselsdag. Las gad ikke gaa derover. Det var nu næsten Synd. Jeg gav som min Opmærksomhed en Lt. Annanasis og Isvafler. Henning var der ogsaa og Stemningen var helt fornøjelig. - Vil du høre hvad jeg giver Junge til hendes Fødselsdag: En Flaske Madeira (til Selskabet) 1 Pund Chokolade (dito) og - men Gud, det har jeg jo skrevet, - [overstregning fra "jeg giver" til og med "1 Pund"] du skal da ikke høre 2 Gg. om mine Velgærninger. Men det er ogsaa nærmest for at du kan være saa meget mindre ked af det for stakkels Junges Pengepung. -
+Dit Brillefuteral er her, det maa have ligget i en af Sengene i Gæstekammeret Skal jeg sende det, - el. kan det vente til Jul? Jeg har i Sinde at skrive til Mornine, men nu skal vi have alt dette overstaaet først. -
+Lille Mis er saa slem til at løbe bort. Den kan ikke lide at være her, naar jeg er borte. Men jeg finder den altid nede hos "Mäniskorna". De er gode mod den fordi den er lille Matildas Kat. Konen taler med religieus Klang i Stemmen om Lille - og bedyrer mig, at der er ikke mange Børn som hende! Vi er så enige og fører mange Samtaler om Lille. - Peter Bichel bliver gal, naar Gr. vil paastå, at Lille holder ligesaa meget el. mere af jeres Peter end af ham. Han siger, at han vèd at Lille holder mest af ham.
+Jeg har slået Plænen og ordnet alle Staudebedene. Der er saa yndigt i den lille Have, og saa rørende med Løvet som falder. Jeg plukkede en hel Skaal Hindbær igår. Vejret har ellers været yndigt i al den sidste Tid. Vi synes at Dis skal have et af Mors pæne Lommetørklæder, - vi [teksten fortsætter i venstre margen s. 4; lodret:] bestemte jo at de skulde være til Brudelommetørklæder, efterhaanden, som nogen blev gift. Jeg haaber du har det godt lille Lugge. 
+[Indsat øverst s. 4; på hovedet:] Tillykke med "Perlen". Gid det maa vare rigtig længe. 1000 Hilsner til jer alle jeres Elle
+[Indsat s. 2 i venstre margen; lodret:] * det kan man kalde Naturalier</t>
   </si>
   <si>
     <t>1934-06-13</t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
     <t>Charles Darwin
 Else Jensen
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>”Det gik så godt økonomisk også for Johannes Larsen, at det i juni 1934 blev til en 'turist-tur' tilmed ad luftvejen sammen med Johannes V. Jensen til Amsterdam og England, hvor der bl.a., blev mulighed for at se Stonehenge og Darwins hus, samt hvad der for Johannes Larsen må have været en stor tilfredsstillelse – at stifte direkte bekendtskab med det britiske forbillede, Bewicks original-træsnitsstokke.” Erland Porsmose: Johannes Larsen s. 290
 Det vides ikke, hvem Elses kusine var. 
 Kew Garden er Londons botaniske have. 
 Hampton Court Palace er et kongeligt palads sydvest for London i bydelen Richmond upon Thames. Paladset ligger 18,9 km sydvest for Charing Cross ved Themsen. Paladset er nu åbent for publikum. (Kilde: Wikipedia, jan. 2022).
 Wallington er en by i South London, 15 km syd sydvest for Charing Cross. (Kilde: Wikipedia, jan. 2022) – Johannes Larsen staver ikke byens navn korrekt.
 Turtelduen er en truet dyreart i Europa (Kilde: Wikipedia, jan. 2022).
 Bishopsgate var en af de østlige porte i Londons tidligere forsvarsmur. Porten gav sit navn til den store færdselsåre, der fører gennem City of Londons finansielle distrikt.
 Lambchops: Lammekoteletter.
 Rumpsteak er en 2 cm tyk bøf, skåret af tykstegsfileten.
 Haddock: Kuller.
 Grønne mandler bruges i salater eller som en snack med salt. Man spiser hele mandlen med skal. Mandlen inden i er helt blød. (Kilde: Wikipedia jan. 2022).
 Salisbury: Få kilometer fra byen findes stenkredsen Stonehenge. (Kilde: Wikipedia jan. 2022).</t>
@@ -2427,59 +2588,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sOPL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xbji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IS2I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sOPL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xbji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IS2I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M91"/>
+  <dimension ref="A1:M94"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3124,3594 +3285,3731 @@
       </c>
       <c r="I15" s="5" t="s">
         <v>118</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>119</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>120</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>121</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>123</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="F16" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="G16" s="5" t="s">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="H16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="K16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="L16" s="6" t="s">
+      <c r="M16" s="5" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="5" t="s">
-        <v>54</v>
+        <v>133</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="I17" s="5"/>
+        <v>136</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>137</v>
+      </c>
       <c r="J17" s="5" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="F18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F18" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>36</v>
+        <v>138</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E19" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G19" s="5" t="s">
+        <v>149</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>32</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="s">
-        <v>155</v>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H20" s="5" t="s">
         <v>156</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J20" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="K20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="L20" s="6" t="s">
+      <c r="M20" s="5" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="D21" s="5" t="s">
+      <c r="H21" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>167</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>168</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>170</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>153</v>
+        <v>171</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>172</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-        <v>155</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="I22" s="5"/>
+        <v>173</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>174</v>
+      </c>
       <c r="J22" s="5" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>32</v>
+        <v>162</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G23" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="I23" s="5"/>
       <c r="J23" s="5" t="s">
-        <v>36</v>
+        <v>166</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>154</v>
+        <v>15</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="s">
-        <v>181</v>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>158</v>
+        <v>36</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
+        <v>162</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G25" s="5" t="s">
+        <v>189</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>36</v>
+        <v>166</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="s">
-        <v>194</v>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F27" s="5" t="s">
-        <v>201</v>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G27" s="5" t="s">
         <v>202</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>203</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>204</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>36</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>205</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>206</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>208</v>
       </c>
       <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C28" s="5" t="s">
-[...20 lines deleted...]
-        </is>
+      <c r="G28" s="5" t="s">
+        <v>210</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>210</v>
-[...10 lines deleted...]
-        </is>
+        <v>211</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>213</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="M28" s="5"/>
+        <v>214</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>215</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="I29" s="5"/>
       <c r="J29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="6" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="6" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="I31" s="5"/>
       <c r="J31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="6" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>75</v>
-[...11 lines deleted...]
-        <v>224</v>
+        <v>32</v>
+      </c>
+      <c r="D32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>225</v>
-[...4 lines deleted...]
-      <c r="J32" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="I32" s="5"/>
+      <c r="J32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L32" s="6" t="s">
         <v>228</v>
       </c>
-      <c r="L32" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-        </is>
+        <v>230</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>231</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>232</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>233</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>234</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>36</v>
+        <v>235</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="D34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D34" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G34" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G34" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="M34" s="5"/>
+        <v>244</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H35" s="5" t="s">
-[...6 lines deleted...]
-        <v>244</v>
+      <c r="H35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K35" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="M35" s="5"/>
     </row>
     <row r="36">
-      <c r="A36" s="5" t="n">
-        <v>1928</v>
+      <c r="A36" s="5" t="s">
+        <v>249</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>164</v>
+        <v>32</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>248</v>
+        <v>54</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="5" t="s">
-        <v>255</v>
+      <c r="A37" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-        </is>
+        <v>172</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>256</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>256</v>
-[...5 lines deleted...]
-        </is>
+        <v>257</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="M37" s="5"/>
+        <v>261</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H38" s="5" t="s">
+        <v>264</v>
       </c>
       <c r="I38" s="5"/>
       <c r="J38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K38" s="5" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I39" s="5"/>
       <c r="J39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K39" s="5" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="M39" s="5"/>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I40" s="5"/>
       <c r="J40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K40" s="5" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="M40" s="5"/>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I41" s="5"/>
       <c r="J41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K41" s="5" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="M41" s="5"/>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I42" s="5"/>
       <c r="J42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K42" s="5" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H43" s="5" t="s">
-        <v>270</v>
+      <c r="H43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I43" s="5"/>
       <c r="J43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K43" s="5" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="M43" s="5"/>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="I44" s="5"/>
       <c r="J44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K44" s="5" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="M44" s="5"/>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H45" s="5" t="s">
+        <v>281</v>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K45" s="5" t="s">
-        <v>257</v>
+        <v>282</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="M45" s="5"/>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H46" s="5" t="s">
-        <v>273</v>
+      <c r="H46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K46" s="5" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
         <v>281</v>
       </c>
       <c r="I47" s="5"/>
       <c r="J47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K47" s="5" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K48" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="M48" s="5"/>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>256</v>
+        <v>289</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K49" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H50" s="5" t="s">
+        <v>264</v>
       </c>
       <c r="I50" s="5"/>
       <c r="J50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K50" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="M50" s="5"/>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="s">
-        <v>290</v>
+      <c r="H51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K51" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="M51" s="5"/>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>256</v>
+        <v>298</v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K52" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="M52" s="5"/>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H53" s="5" t="s">
+        <v>264</v>
       </c>
       <c r="I53" s="5"/>
       <c r="J53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K53" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="M53" s="5"/>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H54" s="5" t="s">
-        <v>297</v>
+      <c r="H54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I54" s="5"/>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K54" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="M54" s="5"/>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>300</v>
+        <v>217</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>164</v>
-[...8 lines deleted...]
-        <v>302</v>
+        <v>32</v>
+      </c>
+      <c r="D55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>305</v>
+      </c>
+      <c r="I55" s="5"/>
+      <c r="J55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K55" s="5" t="s">
-        <v>305</v>
+        <v>282</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>306</v>
       </c>
-      <c r="M55" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="B56" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="B56" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="5" t="s">
-        <v>32</v>
-[...14 lines deleted...]
-        </is>
+        <v>172</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>310</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>281</v>
-[...5 lines deleted...]
-        </is>
+        <v>311</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>274</v>
+        <v>313</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="M56" s="5"/>
+        <v>314</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>315</v>
+      </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>273</v>
+        <v>289</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K57" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H58" s="5" t="s">
+        <v>281</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K58" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="M58" s="5"/>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H59" s="5" t="s">
-        <v>273</v>
+      <c r="H59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>164</v>
+        <v>281</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K60" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="M60" s="5"/>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>319</v>
+        <v>172</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K61" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="M61" s="5"/>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>164</v>
+        <v>327</v>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K62" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="M62" s="5"/>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>164</v>
-[...5 lines deleted...]
-        <v>324</v>
+        <v>32</v>
+      </c>
+      <c r="D63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>325</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>172</v>
+      </c>
+      <c r="I63" s="5"/>
+      <c r="J63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K63" s="5" t="s">
-        <v>327</v>
+        <v>282</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="M63" s="5"/>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-        </is>
+        <v>172</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>332</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>331</v>
-[...5 lines deleted...]
-        </is>
+        <v>333</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>274</v>
+        <v>335</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="M64" s="5"/>
+        <v>336</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>337</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H65" s="5" t="s">
+        <v>339</v>
       </c>
       <c r="I65" s="5"/>
       <c r="J65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K65" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="M65" s="5"/>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>209</v>
-[...4 lines deleted...]
-        </is>
+        <v>217</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>32</v>
       </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="s">
-        <v>249</v>
+      <c r="H66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K66" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="M66" s="5"/>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>217</v>
+      </c>
+      <c r="C67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>338</v>
+        <v>257</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K68" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H69" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H69" s="5" t="s">
+        <v>349</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K69" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K70" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H71" s="5" t="s">
-        <v>348</v>
+      <c r="H71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K71" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="I72" s="5"/>
       <c r="J72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K72" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="I73" s="5"/>
       <c r="J73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K73" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K74" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K75" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>341</v>
+        <v>368</v>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K77" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H78" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H78" s="5" t="s">
+        <v>349</v>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K78" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H79" s="5" t="s">
-        <v>369</v>
+      <c r="H79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K79" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H80" s="5" t="s">
+        <v>377</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K80" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="M80" s="5"/>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K81" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="s">
-        <v>369</v>
+      <c r="H82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K82" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H83" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H83" s="5" t="s">
+        <v>377</v>
       </c>
       <c r="I83" s="5"/>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K83" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="M83" s="5"/>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I84" s="5"/>
       <c r="J84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K84" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="M84" s="5"/>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K85" s="5" t="s">
-        <v>382</v>
+        <v>282</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="M85" s="5"/>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="D86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="s">
-[...6 lines deleted...]
-        <v>388</v>
+      <c r="H86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I86" s="5"/>
+      <c r="J86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K86" s="5" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="M86" s="5" t="s">
         <v>391</v>
       </c>
+      <c r="M86" s="5"/>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>392</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>14</v>
+        <v>308</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>32</v>
+        <v>393</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>164</v>
+        <v>394</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>393</v>
-[...4 lines deleted...]
-        </is>
+        <v>395</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>251</v>
+        <v>399</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>400</v>
+        <v>32</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>401</v>
-[...4 lines deleted...]
-        </is>
+        <v>404</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>409</v>
+        <v>125</v>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>401</v>
+        <v>32</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>163</v>
-[...4 lines deleted...]
-        </is>
+        <v>172</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>419</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H90" s="5" t="s">
+        <v>420</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>388</v>
+        <v>259</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>401</v>
+        <v>426</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>163</v>
+        <v>427</v>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>426</v>
+        <v>432</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="K92" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="L92" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="K93" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="L93" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="K94" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>452</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6763,44 +7061,47 @@
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
+    <hyperlink ref="M92" r:id="rId97"/>
+    <hyperlink ref="M93" r:id="rId98"/>
+    <hyperlink ref="M94" r:id="rId99"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>