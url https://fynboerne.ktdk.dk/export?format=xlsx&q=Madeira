--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="453" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="468" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -181,50 +181,100 @@
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2108</t>
   </si>
   <si>
     <t>Christine er ked af, at Onkel Carl er død og af, at han ikke nåede at få hendes brev. 
 Hun har sammen med flere andre holdt fest for Alhed Larsen, og næste morgen gik de til banegården. Onklerne kom ikke. Christine og Alhed fandt dem hos bedsteforældrene. Alhed og onklerne rejste først den følgende dag (Til Italien). 
 Thomas Bredsdorff har været syg, og Christine blev hentet til ham. Der kom flere besøgende, og alle kender til forlovelsen. Det er godt, at Christines familie billiger forlovelsen, men hun gruer for at møde Thomas' forældre. 
 Christine m.fl. har været på en tur til Hvilan i Sverige.
 Hun vil gerne høre moderens mening om "de nuværende Tilstande" sammenlignet med dengang, hvor Leonard var på banen. Det er godt, at mødres ønsker ikke altid opfyldes. 
 Christine har købt stof til sølvbryllupskjole. Hun skal flytte i lejlighed til marts og ønsker at finde en lejer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/igzP</t>
   </si>
   <si>
     <t>Tirsdag d: 10 Februar 1894.
 NB. Hvad der står i [ ] skal ikke læses højt! 
 Kæreste Mor! 
 Tak for de forskellige Breve og andre Forsendelser, vi har modtaget i de sidste Par Uger – I er måske nok gale over, at I først nu igen hører fra mig, det er også en syndig lang Tid, der er gået siden sidst, men jeg har sandt for Dyden ikke kunnet skrive før nu, der har hver Dag været sådanne Masser af alle Slags, at jeg ikke en Gang har fået mig øvet. Nu må der da også være en ganske uhyre Masse at skrive om. Ja, Elle må nok to Gange sige, at det er nogle store, stolte Tider, det er da rent urimeligt, hvad der har bunket sig sammen, det er jo ikke lige ,,stolt” og godt alt sammen. For at begynde med Begyndelsen – Onkel Carls Død gjorde et underligt Indtryk; den Aften vi kom hjem fra Hvilan, lå der Brev om den; samme Aften, som han døde, skrev og sendte jeg et langt Brev til ham, som kom Retur Mandag; det gjorde mig forfærdelig ondt, at han ikke nåede at få det, jeg havde jo lovet ham det; den samme skæbne havde Lud med gl. Liebenberg. Og Emil, den Stakkel; ja, han nåede da at komme af Sted med de andre, og godt var det, han så frygtelig dårlig ud. Tirsdag Middag kom der Brevkort om, at Alhed ville komme om Aftenen – vi ventede hende for Resten Mandag – og vi bestemte strax, da vi så, at hun allerede skulde rejse Onsdag Morgen, at gøre den Aften så festlig og ualmindelig som muligt. Vi sendte strax Brev til Marie Sperling om at komme og blive om Natten, vi tre Brave [”Brave” indsat over linjen] slog os så sammen om Festarrangementet og gik op til Toget at tage imod hende, der var Thorvald, som fulgte med hjem at drikke The, vi havde en vældig hyggelig lille The, her var så yndigt med røde Skærme om Lampen og Klaverlysene. Thomas var desværre bedt til Sold, men vi tilsagde ham og Nörgård til at komme og se hende efter Soldet – ikke senere end Kl. 1! Efter The gik Pan, Marie og jeg ind og iførte os vor villeste Stads, og vi tilbragte så et Par hyggelige Timer med Musik og Snak i den lækre douce Belysning, ædende en lille Marcipan, Marie havde ført med. Præcis ½ 1 mødte Thomas og Nörgård, ikke mere fulde, end de kunde stå ved, og så kom Knaldet; en ren Dug på Bordet, nogle Glas med Violer og Reseda, en større Buket til Alhed, og så serveredes Is og ½ Fl. Madeira. Isen på små Glasassietter og små bitte lækre Madeiraglas. Thomas holdt en lille kort Tale, og vi snakkede en Times Tid, hvorpå de tre gik hver til sit; vi andre rodede endnu en rum Tid med Alheds Sager, Kl ca. 3 kom vi til Ro og sov dejligt til Kl 8, Marie [ulæselig overstregning] på Sofaen, Alhed hos mig i den store Seng. Næste Morgen stillede vi så på Banegården, men der kom ingen Onkler – Toget til Masnedsund gik af, og så indså vi, at vi fik lov at beholde hende den Dag endnu; vi gik strax ud til de gamle, der sad Onklerne midt i Frokosten og havde ikke tænkt på at rejse, skönt de havde skrevet det til Alhed; vi spiste Frokost med, var der et Par Timers Tid og vandrede derefter til Universitetet, hvor vi hørte på noget af Hedemanns Examen, den gik jo stolt, 4 Lauder. Da jeg sad der og hørte til, kom Loria hen og hviskede til mig, om jeg ikke vilde komme ned til Thomas, han længtes efter mig, og var ikke rask. Jeg gik strax derned, tænk, så havde han været så dårlig om Natten, havde haft den voldsomste Hjærtebanken og var besvimet, han kunde ikke kalde på nogen, lå helt alene med det, den Stakkel. Da jeg kom, var han meget bedre men alligevel ængstelig. Han sagde, det hjalp så godt, at jeg kom; det er jo nervøst med den Hjærtebanken; han havde også hver Dag i en Uges Tid eller mere været på Farten, bl.a. til 2 Baller, Nörgård var endogså bleven dårlig af alt det, så var det da ikke underligt, at han også blev det. Der kom Alhed hen og hentede mig og vi gik her hjem til Middag og Kaffe hos Rördams. Så sov vi et Par Timers Tid og stod styrkede op og drak The, sad og sludrede en Times Tid med en Cigaret – det var det sidste Alhed så til Caféen, den lille søde Café – og så kørte vi til Banegården i Droscke; der var Thorvald, Laders og Maria og Onkel Chr. ; [”og Onkel Chr.” indsat over linjen] det var helt sært at sende hende af Sted så langt bort; men hvor er det dog godt, at hun kom af Sted, der har Far gjort en så god Gærning, at han vist ikke selv aner, hvor god den er, vi er alle – vi som holder så meget af hende og rigtig kender Forholdene – så glade og taknemlige for det. Jeg skrev et lille Brev til hende Dagen efter, at hun var rejst, det skulde ligge til hende som Velkomst, men det kan jo være, det ikke når derned; skønt, de vilde jo se sig lidt om på Rejsen, de tog på 3 Kl. for at få Penge til det, det kunde de da også magelig med den Masse Rejsetøj, hun havde jo Skindkrave, Skindslag og sit tykke Filttæppe. Fra Banegården vilde jeg et Vip ned at se til Thomas, det samme vilde Laders desværre også, og da Bran og vi kom derned, var der ikke mindre end tre allerede, de vidste alle tre om Forlovelsen, og så blev Laders også indviet; der er snart ikke så få indviede, det er egentlig en offentlig Hemmelighed, men det skal det også helst være så længe som muligt; du må såmæn gærne fortælle Tante Mimi det – og så må vel Onkel Syberg også vide det, men ikke uden du er sikker på, at de vil tie, og ikke andre må du sige det. – Thomas havde det helt godt, men han var ængstelig for Natten; så fik vi Nörgård stillet til at ligge ind på Sofaen hos ham, og han sov godt; men endnu er han så udaset, og så lider Humøret derved, han bliver så trist; men det hjælper gærne, når jeg kommer hen og snakker med ham; nu skal han føre en mere stilfærdig Tilværelse, så bliver han nok snart helt rask. Hvor det dog er dejligt for os, at I ere så glade over det, ja det tvivlede jeg nu ikke et Øjeblik på, at I vilde blive, når I dog kendte Thomas; det er værre med dem i Thorkildstrup, jeg kan ikke sige andet, end at jeg føler mig halvt eller helt som en Forbryder, når jeg tænker på dem; jeg synes, det må være så drøjt for dem at vide deres kære Thomas i Kløerne på et Menneske, de aldeles ikke kender! Jeg skrev også sådant noget forleden til Ths Mor skal Du ikke skrive til hende? [”skal du ikke skrive til hende?” indsat over linjen] og bad dem undskylde! Ja, at I kan være glade, det er ikke så underligt, men at alle Thomas’ gode Venner, som har fået det at vide, er bleven så glade, som de virkelig er, det er mere, end jeg havde turdet vente, de har været så søde alle sammen, gamle Frk Bruun, som Thomas bor hos var så rørende, da hun fik det at vide, det var vist hundrede Gange at hun tog mine Hænder, klappede mig på Håret og kyssede mig på Kinden, og hun holder dog så forfærdelig af Thomas og kender slet ikke mig. Men jeg gruer for at komme til Thorkildstrup, det bliver velnok Enden på det, at jeg tager derned med ham i Påsken, men jeg vil have Pan med, ellers tør jeg ikke! At vi får Maria med til Sølvbryllupet er storartet, men – Pan må vi da have fremfor alle andre, for hun er da vores allerbedste Ven. - - 
 Nu har jeg spist Frokost, nu ma jeg fortsætte i en Fart, at jeg kan få dette Brev færdig i det mindste inden Middag! – Nu er det jo snart længe siden, vi var i Sverige, jeg har ikke skrevet noget Fortællebrev hjem siden den Tid; jeg havde jo fuldt og fast bestemt, at jeg ikke vilde med derover [bl.a. af den [”af den” overstreget] for at slippe at se en vis Dame gøre Kur til Thomas!], men da det kom til Stykket at Skibet skulde til at sejle og jeg blive ene tilbage på Broen, så kunde jeg ikke alligevel, jeg bestemte mig først, da det ringede 3die Gang, kun Pan anede, at jeg tænkte på sligt, så de blev meget overraskede de andre, og jeg tror nok, de var glade over at få mig med. Vi havde en meget morsom Rejse, skønt det gyngede dygtig; vi drak Kaffe undervejs og var bagefter inde i Røgesalonen med vore Cigaretter; vi blev meget venlig modtaget på Hvilan, især var de rasende søde mod mig, jeg var slet ikke bange for Tante Hedda, som jeg plejer, hun var meget elskværdig. I Mørkningen fik vi Musik, Candidat Strømberg sang så dejligt, hans Stemme mindede så meget om Onkel Carls i gamle Dage, og så sang han og Fru Larsen en Sang, Onkel Carl og Tante Mis en Gang sang sammen ,,Se signora-.” Da vi fik Lys, blev vi alle stillede ind om Bordet i Spisestuen til Punsch, Æbler og Nødder, det var meget hyggeligt og morsomt. Efter The dansede vi. Næste Dag gik vi en lang Tur, og efter Middag rejste vi hjem, vi var jo 6, Th, Lorie, Skarade, Maria, Pan og jeg. [Der var en Dame, som ikke veg fra Thomas’ Side, men det var ikke mig! Nu kunde jeg jo heldigvis tage den mere med ro end i Sommer!] Det var helt sært at være så længe sammen med Thomas og at måtte lade helt som ingen Ting. Lille Pers var der Søndag Fm. det var meget morsomt at se ham igen, det lille søde. Jeg skulde hilse jer så mange Gange fra ham, han var så stolt over dit Brev. – Vi havde en rasende hyggelig Hjemtur og forfærdelig gemytlig og sjov, vi sad i Salonen oven over Kahytten, der var ikke andre end os; det gyngede temmelig meget, men ingen var dårlige; jeg var meget glad ved at være kommen med på Turen, og jeg kan egentlig ikke sige, at det var videre sært at være på Hvilan igen, lige strax naturligvis en Smule, men for Resten var det, som om både jeg selv og alle andre var nogle helt andre Mennesker end den Gang – især jeg selv. [Jeg vilde gærne en Gang høre dine private Tanker om de nuværende Tilstande sammenlignet med dem for 2-3 År siden, Thomas – Leonard, dine brændende Ønsker den Gang om, at jeg skulde holde på, hvad jeg havde, - det hele sådan forstår du – min private Mening er nu den, at det er godt, Mødres brændende Ønsker ikke al Tid opfyldes!] [ ”]” overstreget] kan du ikke sende mig Leonards Brev til Gennemlæsning; lille Pers sagde, at han i Julen var fuldstændig glad og tilfreds som før – den Besked vilde jeg nu aldrig have fået af en Holmström, de sværmer for at gøre al Ting så tragisk og storstilet som muligt.] – I forgårs var vi til en 25 Øres Koncert inde i Mathæuskirken, og i går Eft. kom Thomas cyklende med en Billet til ,,Privat Kammermusikforening” Nørgård havde fået den, men var ikke rask; det var en meget smuk Koncert, Mathilde Thomsen sang ganske yndig. Ove har foræret mig to Billetter til sin Elevkoncert på Mandag, en til Thomas også, men så træffer det så kedsomeligt, at Sperlings Gilde er den Aften; jeg må nu gå på Koncerten og komme senere til Sperlings, men Th. får jeg ikke med, jeg vil spörge Bedstemor, om hun har Lyst. 
 - - Jeg skulde jo have en Kjole til Sølvbryllupet, og da jeg nu sparede Gummislag, mente jeg, jeg kunde tage en god, finere end en Molls; da vi var hos Schelderup, så vi så på Silkerester og fandt en bedårende temmelig lys blå – som ganske lyst himmelblåt, tyndt blødt Silketaft – 20 Kr. Tante og Thora var med og sagde, det var uhørt billig. Jeg skal i næste Brev sende en Prøve, den er inde hos Fru Brëum. Jeg skal lige først i Ugen sende alt det meget, men send endelig Penge, Fru B. har kun fået det halve for Februar og Ove slet intet; i næste Brev skal jeg sende et færdigt Regnskab. Vi flytter lige først i Marts, Dagligstuen der ovre bliver malet i dag, en smuk mørkegrøn Oljefarve, den er 1½ Al længere og 1 Al bredere end denne og foruden det en bred Vinduesfordybning på 1½ Al, det bliver en dejlig Stue. Bare vi nu havde en Pensionær. Jeg tror, jeg skal overleve. Til August kan vi få en af Jens Brandts Drenge, 18 År, som skal læse til d. juridisk Ex. Tante Frederikke har foreslået ham, han kan give 45 Kr og det kan jo hedde sig, han er Fru Bs Pensionær, synes I om det?? s.u.- - 
 I forgårs rejste lille Lorie, vi savner ham, nu bor Nørgård i hans Værelse. Tænker du på Eli? Så skriv til Sluden om det! Du ved nok, jeg forfærdelig gerne vil have gjort noget i den Retning. 
 Nå, nu er det da bleven et langt Brev denne Gang, har det også ladet længe vente på sig. Tusende Hilsner til jer alle sammen fra din 
 Basse.</t>
   </si>
   <si>
+    <t>1898 fastelavn</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Clara Lindberg
+Christine  Mackie
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Malerens, Leth, C.T.A., K og E og Adolph var. Vilhelmine Larsens ene søn hed ganske vist Adolph, men hun kaldte ham stort set altid Agraren. 
+Det er svært at afgøre, hvem "Børnene" var. Der kan være tale om flere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, B</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har haft en masse mennesker til middag i forbindelse med fastelavn. Søndag fik de frokost hos Alhed og Johannes Larsen. Bordet måtte stå på skrå (hos Alhed og Johannes Larsen eller i Kærbyhus?). Under måltidet kom Edsberg pludselig. Mange skulle overnatte på Kærbyhus. 
+Vilhelmine sad og vågede over Adolph, som havde det dårligt og måtte udsætte sin afrejse. 
+Vilhelmine ville have sendt Christine kager mm, men alt blev spist. Hun sender snart penge. Vilhelmine har givet besked om, at Christine Swane kommer til Romsø i maj og juni.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMxx</t>
+  </si>
+  <si>
+    <t>Kjærbyhus 
+Kære lille Christine!
+Du har nok længtes meget efter at høre hvordan vores Fastelavnsgilde stod af; men her har været saameget der har taget mine Tanker – Vilhelm kom saa alligevel Lørdag aften, Alhed var i Byen og kom indenfor med den Nyhed. Klaks gik nede paa Gaden og det lettede mig saadan i Arbejdet at Tallet blev fuldt Tal ["Tal" overstreget] paa Børnene, vi bleve meget oplivede ved Bordet for vi havde spist Kjødet og saa spiste han Sovs og Rødbeder senere kom han over med Lugge og Alhed til en Kop Kaffe og det vandt Bifald at jeg mente vi skulde smage alle de Slags der var bagt; Fader og jeg gik i Seng til sædvanlig Tid. Marie gik med til Malerens og ventede Agraren og Junge som kom med 11 Toget, Søndag skulde vi spise Frokost hos Las’, med 2 Toget kom Leth, Hempel, C, T. A, Edsberg kom ikke dengang; de fik saa Mad og Kaffe, gik en Tur og 5 ½ dækkede vi Bord det stod paa skraa i forreste Linie og Sofaen langs med. det var jo lidt knebent men det gik dejlig Fedekalvesteg og Chokolade Budding med Flødeskum ovenpaa; men da vi er midt i Maaltidet kommer der nogen ind, og jeg tænker nu hvem kommer dog her – da Marie hilser god Dag. Hr Edsberg Klaks sad nemlig med Ryggen til Døren og han og hun var jo de eneste der kjendte ham; det gav jo lidt Munterhed, hvad der ikke var i forvejen, Klaks havde lige givet en Tale paa Vers i B og L Navn; vi fik saa Kaffe og Tobak og brød op, da de gik til Toget, Dis, Hempel og Leth. det vil sige vi to Gamle den unge blev længere. Mandagen skulde jo være hos os K og E paa Gjæsteværelse Agraren paa Mardres, Junge Tutte og Marie paa qvisten - de sov længe for Thora havde været paa Bal og holdt ud til 4 ½ Søndagmorgen, men saa fik de jo ogsaa Kaffe paa Sengen. Grossererens var bedt herop Middagen var Skinke Langkaal og Boller derefter Kaffe med Kager – god Rødvin begge Steder 
+Et ugudeligt Aftensbord vi var 13 til Bords.
+senere på Aftenen var vi tiltænkt Karamel Is men det blev knap Iset nok Marengser og Madejra til var det ikke flot. Christine sang og spillede; det var Meningen at Adolph skulde rejse om Natten jeg sad oppe og vaagede, men saa var det ikke saa godt med ham derfor ventede han til næste Dag, og saa lovede han os da at gaa med sit Bind, saa haaber vi at alt igjen skal blive godt, vi har endnu ikke hørt fra de bortrejste, men det kommer maaske imorgen. havde jeg nu faaet dette afsted som min Tanke var først i Ugen saa kunde jeg havde den Glæde at faa Dit Søndagsbrev nu maa jeg vente.
+Vi havde saadan tænkt at sende Dig noget efter Gildet men alt blev spist, nu bager vi igjen og skal sende dig først i Ugen, paa Tirsdag skal vi ud med Hø lille Dine og saa skal vi sende dig Penge, Lise har jeg ikke talt med da hun er syg men lille Emma var her i Dag og så meldte jeg Din Ankomst til Romsø i Maj og Juni det er ogsaa den smukkeste Tid derovre – Gud give dig Kræfter og god Arbejdslyst min lille Ven det beder jeg daglig ved og jeg tænkte saadan paa at Du kunde paa vore Vegne have gaaet ud til Fru Lindberg Fastelavns Mandag da var det hendes Fødselsdag men alle de Fremmede tog min Tid. 
+Skriv nu og fortæl mig alt muligt om Dig selv – og hils Alle fra mig Marie skriver paa Mandag naar vi sender
+Din trofaste Moder</t>
+  </si>
+  <si>
     <t>1898-03-24</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Ellen H
 Frederik Hendriksen
 Christian Kampmann
 Johanne Kampmann
 Johanne Christine Larsen
 Ellen  Sawyer
 Fritz Syberg
 Niels Wivel</t>
   </si>
   <si>
     <t>"Kisten" var Tivolis varieté.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
@@ -515,56 +565,50 @@
 [Poststempel]
 [I brevet:]
 Rosenvej 2, 3 Kbh Ø.
 Tirsdag Aften 6te Dec 1904. 
 Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
 Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
 Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
 Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
 Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
 Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
 Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
 Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
 2)
 Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
 Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
 Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
 Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
 Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
 Tusind kærlige Hilsner til Eder begge to - og allesammen
 Dis.</t>
   </si>
   <si>
     <t>1905-03-10</t>
   </si>
   <si>
-    <t>Vilhelmine  Larsen</t>
-[...4 lines deleted...]
-  <si>
     <t>Haslev</t>
   </si>
   <si>
     <t>Jens Hansen
 Hans Hinke
 Adolph Larsen
 Alhed Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Marie   Larsen, Georg Larsens datter
 Fritz Syberg</t>
   </si>
   <si>
     <t>Kerteminde Byhistoriske Museum</t>
   </si>
   <si>
     <t>Forberedelser til udstilling af Christines og Alheds billeder. Der skal en sort ramme om Christines billede.
 Vilhelmine har vasket billedet og Las har givet det æggehvide.
 Der er lavet kasse til billederne. De bliver sendt som ilgods i morgen.
 Vilhelmine beder Christine om ikke at tage sig det nær, hvis billederne bliver kasseret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/06VF</t>
   </si>
@@ -902,50 +946,87 @@
 Ellen  Sawyer
 - Trautner
 Poul Uttenreitter</t>
   </si>
   <si>
     <t>Larsen-familiens villa på Møllebakken i Kerteminde var under ombygning september og oktober 1919. Alhed Larsen var i samme periode hos familie i Birkerød, dels fordi hun var syg af en byld i halsen, dels fordi hendes drenge var elever på Birkerød Kostskole.
 Pashistorien: Johannes Larsen er usikker på, hvor drengene skal bestille pas. Derfor vil han spørge Poul Uttenreitter, der er politifuldmægtig i Kerteminde.</t>
   </si>
   <si>
     <t>Johannes Larsen får besøg af restauratør Krog og hans arkitekt mhp. videre snak om bestilling af fem billeder til Krogs nye restaurant.
 En sønderjysk seminarist er på besøg på Møllebakken, og Ellen Sawyer m.fl. tager ham med ud i byen.
 På vej til Sverige skal Alhed Larsen og drengene rejse fra Birkerød til København, og Johannes Larsen er bekymret for, om Alhed har kræfter til det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eITH</t>
   </si>
   <si>
     <t>Kjerteminde 14/10 1919.
 Kæreste Alhed!
 Lige efter Du havde telefoneret ringede Krog, at han og Arkitekten kom først Torsdag. De vilde tage med Morgentoget fra København, spise Frokost paa Færgen og tage en Bil i Nyborg som skulde tage dem tilbage igen og saa vilde de spise Middag paa Færgen paa Hjemvejen. 
 Trautner talte jeg med i Tel. han sender en Mand i Mrg til at rense Kedlen og gøre Centralvarmen klar, saa jeg kan fyre. Han kan saa med det samme faa Besked om naar de kan komme til Badeværelset. Sønderjyden er en pæn Seminarist fra Aabenraa. Han fik Frokost med Øl og Snaps og Middag. Oxesteg og Æblegrød og Rødvin og Madeira og sov saa til Middag til Kaffetid saa sendte jeg Ellen med ham til Gudstjeneste Kl. 4 1/2 og hun skulde saa følge ham derfra til Fællesspisning paa Hotellet. Derefter skal Frida, som sammen med Ellen Bøttern og andre unge Damer fra Byen skal varte op, passe paa ham og lede ham hjem efter Festen. 
 Jeg skal tale med Uttenreiter om Pashistorien og sende Besked i Mrg. Jeg er spændt paa at høre hvordan Du klarer den Tur til Kjøbenhavn i Mrg. Jeg er efter alt i det hele taget noget ængstelig for hvordan din Sverigesrejse skal spænde af. Var det ikkke for Drengenes Skyld vilde jeg absolut stemme paa at lade den gaa ind. 
 Mange kærlige Hilsner 
 Din 
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1920-01-19</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Jens Theodor Berg
+Leif Berg
+Hans Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg fyldte 75 år i 1920. Jørgen og hans barn kendes ikke. Ej heller Kristian.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3851</t>
+  </si>
+  <si>
+    <t>Wilhelmine/Tante Mis ønsker tillykke med de 75 år. Laura Warberg får sikkert en dejlig dag hos Alhed og Johannes Larsen, som er så gode til at holde fest. Wilhelmine og Laura ses heldigvis snart i København. 
+Wilhelmine skal holde fest med 24 deltagere for sønnen Leif, og hun gruer for det. Efter at have serveret aftensmad for pensionærerne, skal hun stå for en stor middag for Leifs gæster, og der skal være dans mm.
+Wilhelmine sender Laura et sjal. Hun har besøgt Hanne/Johanne Caspersen.
+Kristian er syg af ischias.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fHKI</t>
+  </si>
+  <si>
+    <t>Sønd. 19-1-20
+Kæe Laura.
+Modtag de kjærligste ønsker fra Theo og mig i Dagens anl. Du får nok en yndig Dag hos din kære søde Alhed. Er der nogen, der forstår at lave fest, så er det da Alhed og Las. Hvor jeg husker den sommer, jeg var paying guest hos dem. En middag med stegt flæsk med ny kartofler og salade romaine pyntet med de små blå blomster. En vase med roser på bordet. Festivitas over det hele. Som sagt 75 år båret med oprejst pande og rank ryg i medg. og modg. som Du bærer dem. Det er sandelig godt gjort. Hanne og jeg var i dag enige i, at var du ikke nu kommen herover så snart, var vi begge to kommen til Kerteminde trods vintertid og dyrtid; men nu ses vi jo som sagt meget snart her. På Lørdag 24 skal Lejf have en Dans. Han er bedt så umådelig meget ud, og jeg kan ikke lide ikke at gøre gengæld; men ærlig talt gruer jeg nok. Først pensionærmiddag. 5 1/2 45 men. så opvask til side, stuerne pyntet bordet dækket til 24 unge gæster souper. Tunger i oliven med fiskerand. salater, sandwiches, cakes med roquefort og parfait med nougat, rødvin og madeira, ud på aftnen "A.b.c. vand" og appelsinsalat og 1 1/2 kaffe med kager Kl. 2 Afhentning. Gid det var vel overstået. Jeg sender dig hermed et lille hvidt sjal. De er trods finheden meget varme. Skulde du gå til at få ét til eller lign. kan det byttes i Mag. du N. Jeg var hos Hanne i formiddags. Max var i Valby til frok. Jeg blev hos Hanne vi havde så meget at tale om. Jeg havde ikke været der så længe. Det var meget hyggeligt. Bagefter gik vi på visit hos Jørgens, som jo bor i Blågårdsgade. Traf dem ikke. Barnet så vi. Den var sød, lign Jørgen som 2 dråber vand. Stakkels Kristian er stadig dårlig af Ichias. Det er meget drøjt og smertefuldt. Nætterne er rædsomme trods sovemidler. Under sådanne forhold savnes telefonen meget. Nå nu farvel for denne gang. Daisy har det godt men desværre endnu intet arbejde. Det er vist håbløst i England for tiden. Der er en syndflod af massøser. Hils nu alle, Junge, Elle, Alhed tusinde gange fra Tante Mis.</t>
   </si>
   <si>
     <t>1920-10-13</t>
   </si>
   <si>
     <t>Klavs -
 Camilla Bertram
 - Brincher
 Johannes Nicolaus Brønsted
 - Høpfner
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 Elisabeth Mackie
 Carl V Petersen
 Johan Christian Petersen
 Leo Swane
 - Thalbitzer
 Asta Thalbitzer
 Peter Tutein</t>
   </si>
   <si>
     <t>Alhed Larsen er i Birkerød. Hendes sønner er elever på kostskolen i Birkerød.
 Kvindelige Kunstneres Retrospektive Udstilling fandt sted 18. september til 14. oktober 1920.</t>
   </si>
@@ -2588,59 +2669,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sOPL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xbji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IS2I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sOPL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fHKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xbji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IS2I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M94"/>
+  <dimension ref="A1:M96"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2761,4255 +2842,4349 @@
       </c>
       <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="E4" s="5" t="s">
         <v>33</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G6" s="5" t="s">
-        <v>47</v>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G7" s="5" t="s">
+        <v>56</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E8" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="s">
-        <v>61</v>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E9" s="5" t="s">
-        <v>54</v>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="E10" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="H10" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="D11" s="5" t="s">
+      <c r="F11" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="E11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="5" t="s">
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="G11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
         <v>90</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>92</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>94</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-        </is>
+        <v>63</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>95</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="I12" s="5" t="s">
         <v>96</v>
       </c>
+      <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="G13" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="H13" s="5" t="s">
+      <c r="I13" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="J13" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="J13" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="5" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="G14" s="5" t="s">
         <v>109</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H14" s="5" t="s">
         <v>110</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>111</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>112</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>113</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="F15" s="5" t="s">
         <v>116</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
         <v>117</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>118</v>
       </c>
       <c r="J15" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="K15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="5" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="D16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="K16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="E17" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="F17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="G17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="H17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>54</v>
+        <v>140</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="G18" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="H18" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="H18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-        </is>
+        <v>63</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="I19" s="5" t="s">
         <v>151</v>
       </c>
+      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
-        <v>36</v>
+        <v>145</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>152</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>153</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>155</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E20" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G20" s="5" t="s">
+        <v>156</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>16</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="s">
-        <v>163</v>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>164</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>166</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>167</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>168</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>170</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="D22" s="5" t="s">
+      <c r="I22" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="J22" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K22" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="J22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="s">
-        <v>163</v>
+        <v>178</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="I23" s="5"/>
+      <c r="I23" s="5" t="s">
+        <v>180</v>
+      </c>
       <c r="J23" s="5" t="s">
-        <v>166</v>
+        <v>181</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>32</v>
+        <v>186</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>187</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>36</v>
+        <v>145</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="I25" s="5"/>
       <c r="J25" s="5" t="s">
-        <v>166</v>
+        <v>181</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D26" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D26" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E26" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>15</v>
+        <v>177</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>36</v>
+        <v>181</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F28" s="5" t="s">
-[...3 lines deleted...]
-        <v>210</v>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H28" s="5" t="s">
         <v>211</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>212</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>213</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>214</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>216</v>
       </c>
       <c r="B29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="s">
         <v>217</v>
-      </c>
-[...21 lines deleted...]
-        </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="I29" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I29" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>220</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="M29" s="5"/>
+        <v>221</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>222</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>217</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F30" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>221</v>
-[...10 lines deleted...]
-        </is>
+        <v>226</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>228</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="M30" s="5"/>
+        <v>229</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>230</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="I31" s="5"/>
       <c r="J31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="6" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="I32" s="5"/>
       <c r="J32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="6" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>232</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>75</v>
-[...11 lines deleted...]
-        <v>232</v>
+        <v>41</v>
+      </c>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>233</v>
-[...8 lines deleted...]
-        <v>236</v>
+        <v>239</v>
+      </c>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L33" s="6" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>232</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>41</v>
+      </c>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G34" s="5" t="s">
-        <v>240</v>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="I34" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="J34" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K34" s="5" t="s">
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L34" s="6" t="s">
         <v>243</v>
       </c>
-      <c r="L34" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="F35" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="B35" s="5" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="G35" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>250</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>252</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>253</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>171</v>
+        <v>15</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G36" s="5" t="s">
+        <v>255</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>252</v>
+        <v>45</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="5" t="n">
-        <v>1928</v>
+      <c r="A37" s="5" t="s">
+        <v>261</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>232</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>172</v>
-[...5 lines deleted...]
-        <v>256</v>
+        <v>41</v>
+      </c>
+      <c r="D37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H37" s="5" t="s">
-[...6 lines deleted...]
-        <v>259</v>
+      <c r="H37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I37" s="5"/>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K37" s="5" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>217</v>
+        <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>264</v>
-[...5 lines deleted...]
-        </is>
+        <v>265</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>267</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="M38" s="5"/>
+        <v>269</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>270</v>
+      </c>
     </row>
     <row r="39">
-      <c r="A39" s="5" t="s">
-        <v>267</v>
+      <c r="A39" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>217</v>
+        <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-        </is>
+        <v>187</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>271</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H39" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H39" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="M39" s="5"/>
+        <v>276</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>277</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H40" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H40" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="I40" s="5"/>
       <c r="J40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K40" s="5" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="M40" s="5"/>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I41" s="5"/>
       <c r="J41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K41" s="5" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="M41" s="5"/>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I42" s="5"/>
       <c r="J42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K42" s="5" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>274</v>
+        <v>285</v>
       </c>
       <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I43" s="5"/>
       <c r="J43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K43" s="5" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="M43" s="5"/>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H44" s="5" t="s">
-        <v>278</v>
+      <c r="H44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I44" s="5"/>
       <c r="J44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K44" s="5" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="M44" s="5"/>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H45" s="5" t="s">
-        <v>281</v>
+      <c r="H45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K45" s="5" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="M45" s="5"/>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H46" s="5" t="s">
+        <v>293</v>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K46" s="5" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="I47" s="5"/>
       <c r="J47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K47" s="5" t="s">
-        <v>265</v>
+        <v>297</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>287</v>
+        <v>298</v>
       </c>
       <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H48" s="5" t="s">
-        <v>289</v>
+      <c r="H48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K48" s="5" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="M48" s="5"/>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K49" s="5" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>264</v>
+        <v>304</v>
       </c>
       <c r="I50" s="5"/>
       <c r="J50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K50" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="M50" s="5"/>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H51" s="5" t="s">
+        <v>304</v>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K51" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="M51" s="5"/>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K52" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="M52" s="5"/>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="s">
-        <v>264</v>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I53" s="5"/>
       <c r="J53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K53" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
       <c r="M53" s="5"/>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H54" s="5" t="s">
+        <v>313</v>
       </c>
       <c r="I54" s="5"/>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K54" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="M54" s="5"/>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>305</v>
+        <v>279</v>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K55" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>308</v>
+        <v>232</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>172</v>
-[...8 lines deleted...]
-        <v>310</v>
+        <v>41</v>
+      </c>
+      <c r="D56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H56" s="5" t="s">
-[...6 lines deleted...]
-        <v>259</v>
+      <c r="H56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I56" s="5"/>
+      <c r="J56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K56" s="5" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>314</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>289</v>
+        <v>320</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K57" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>217</v>
+        <v>323</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>32</v>
-[...14 lines deleted...]
-        </is>
+        <v>187</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>325</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>281</v>
-[...5 lines deleted...]
-        </is>
+        <v>326</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>282</v>
+        <v>328</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="M58" s="5"/>
+        <v>329</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>330</v>
+      </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H59" s="5" t="s">
+        <v>304</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K60" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="M60" s="5"/>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="s">
-        <v>172</v>
+      <c r="H61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K61" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>325</v>
+        <v>336</v>
       </c>
       <c r="M61" s="5"/>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>327</v>
+        <v>296</v>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K62" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="M62" s="5"/>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K63" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="M63" s="5"/>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>232</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>172</v>
-[...5 lines deleted...]
-        <v>332</v>
+        <v>41</v>
+      </c>
+      <c r="D64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>333</v>
-[...5 lines deleted...]
-        <v>259</v>
+        <v>342</v>
+      </c>
+      <c r="I64" s="5"/>
+      <c r="J64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K64" s="5" t="s">
-        <v>335</v>
+        <v>297</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="M64" s="5"/>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>339</v>
+        <v>187</v>
       </c>
       <c r="I65" s="5"/>
       <c r="J65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K65" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="M65" s="5"/>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>217</v>
+        <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-        </is>
+        <v>187</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>347</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H66" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>282</v>
+        <v>350</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="M66" s="5"/>
+        <v>351</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>352</v>
+      </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>217</v>
-[...4 lines deleted...]
-        </is>
+        <v>232</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H68" s="5" t="s">
-        <v>346</v>
+      <c r="H68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K68" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>232</v>
+      </c>
+      <c r="C69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>349</v>
+        <v>272</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K69" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H70" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H70" s="5" t="s">
+        <v>361</v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K70" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H71" s="5" t="s">
+        <v>364</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K71" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
       <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H72" s="5" t="s">
-        <v>356</v>
+      <c r="H72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I72" s="5"/>
       <c r="J72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K72" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H73" s="5" t="s">
-        <v>359</v>
+      <c r="H73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I73" s="5"/>
       <c r="J73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K73" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K74" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K75" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>349</v>
+        <v>380</v>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K77" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>349</v>
+        <v>383</v>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K78" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
       <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H79" s="5" t="s">
+        <v>364</v>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K79" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
       <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>376</v>
+        <v>387</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>377</v>
+        <v>364</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K80" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="M80" s="5"/>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K81" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H82" s="5" t="s">
+        <v>392</v>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K82" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>382</v>
+        <v>393</v>
       </c>
       <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>383</v>
+        <v>394</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H83" s="5" t="s">
-        <v>377</v>
+      <c r="H83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I83" s="5"/>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K83" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="M83" s="5"/>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>385</v>
+        <v>396</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I84" s="5"/>
       <c r="J84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K84" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
       <c r="M84" s="5"/>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H85" s="5" t="s">
+        <v>392</v>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K85" s="5" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="M85" s="5"/>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I86" s="5"/>
       <c r="J86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K86" s="5" t="s">
-        <v>390</v>
+        <v>297</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="M86" s="5"/>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>308</v>
+        <v>232</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>393</v>
-[...8 lines deleted...]
-        <v>396</v>
+        <v>41</v>
+      </c>
+      <c r="D87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H87" s="5" t="s">
-[...6 lines deleted...]
-        <v>399</v>
+      <c r="H87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I87" s="5"/>
+      <c r="J87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K87" s="5" t="s">
-        <v>400</v>
+        <v>297</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="M87" s="5"/>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>14</v>
+        <v>232</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>41</v>
+      </c>
+      <c r="D88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H88" s="5" t="s">
+      <c r="H88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I88" s="5"/>
+      <c r="J88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K88" s="5" t="s">
         <v>405</v>
       </c>
-      <c r="I88" s="5" t="s">
+      <c r="L88" s="6" t="s">
         <v>406</v>
       </c>
-      <c r="J88" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M88" s="5"/>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="F89" s="5" t="s">
         <v>411</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>412</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>413</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>414</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>415</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>416</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>418</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>172</v>
+        <v>419</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>419</v>
+        <v>63</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
         <v>420</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>421</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>259</v>
+        <v>422</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>426</v>
+        <v>131</v>
       </c>
       <c r="D91" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="E91" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H91" s="5" t="s">
+      <c r="I91" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="I91" s="5" t="s">
+      <c r="J91" s="5" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>430</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>431</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>433</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>75</v>
+        <v>187</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="F92" s="5" t="s">
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="G92" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H92" s="5" t="s">
+      <c r="I92" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="I92" s="5" t="s">
+      <c r="J92" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="K92" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="J92" s="5" t="s">
+      <c r="L92" s="6" t="s">
         <v>438</v>
       </c>
-      <c r="K92" s="5" t="s">
+      <c r="M92" s="5" t="s">
         <v>439</v>
-      </c>
-[...4 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>427</v>
+        <v>441</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>171</v>
+        <v>442</v>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H93" s="5" t="s">
+        <v>443</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>407</v>
+        <v>422</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>427</v>
+        <v>85</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>171</v>
-[...9 lines deleted...]
-        </is>
+        <v>84</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>450</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>407</v>
+        <v>453</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>452</v>
+        <v>456</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="L95" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="K96" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>467</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -7064,44 +7239,46 @@
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
+    <hyperlink ref="M95" r:id="rId100"/>
+    <hyperlink ref="M96" r:id="rId101"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>