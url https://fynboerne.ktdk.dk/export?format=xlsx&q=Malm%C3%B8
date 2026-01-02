--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -6360,51 +6360,51 @@
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]