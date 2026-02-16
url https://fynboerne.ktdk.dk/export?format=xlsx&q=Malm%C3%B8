--- v1 (2026-01-02)
+++ v2 (2026-02-16)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1480" uniqueCount="945" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1502" uniqueCount="959" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -2197,50 +2197,92 @@
     <t>Alhed Larsen er i Malmö hos sin søster Ingeborg Astrid Goldschmidt (f. Warberg), som er højgravid med sit barn nr. to.
 Af det følgende brev fra Johannes Larsen til Alhed fremgår det, at Dr. Lützhøfft i sit brev skriver, at han ønsker at købe nogle billeder. Derfor bemærkningen om "omtrent 3 bestillinger paa en Dag."</t>
   </si>
   <si>
     <t>Johannes Larsen m.fl. havde en god aften hos Allerup. Han har foræret dr. Hviid den andrik, han skød. 
 Klaks (Vilhelm Larsen) skal have et koloreret træsnit med svaner.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LGj9</t>
   </si>
   <si>
     <t>Kjerteminde 24 Octbr 1906
 Kæreste Alhed!
 Du er rigtignok flink til at skrive ganske vist fik jeg ingen Brev i Gaar, men saa til gengæld 2 i Morges, de var stemplet samtidig i Malmö. Vi morede os godt i Aftes hos Allerup, der var foruden os, Junge &amp;amp; Agraren Marie og mig, Dr Hviids. Jeg har foræret dr. Hviid Graaandriken jeg skød i Aftes, jeg fortryder det næsten, da jeg er kommen i Tanker om at den jo godt kunde have hængt til Du kommer hjem. Du faar et Brev fra Dr. Lützhøft. Jeg har svaret ham og skreven til Sus. Ungerne generer mig under denne gevaltige Korrespondance nu maa jeg ned og faa Sus og Pakke og Brevene af sted, derfor faar du kun lidt nu. Marie kom nu og fortæller at Klaks skal have et koloreret Træsnit med Svaner til Lørdag, det er altsaa omtrent 3 Bestillinger paa en Dag.
 Mange kærlige
 Hilsner
 Din
 Johannes Larsen
 Kommer Du ca den 1ste?
 JL.</t>
   </si>
   <si>
     <t>1906-10-25</t>
   </si>
   <si>
+    <t>Alhed Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Vilhelmine  Larsen
+- - Nilsson, Fru</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig over en måned hos søsteren Astrid Warberg-Goldschmidt i Malmø i forbindelse med, at Astrid skulle føde. Dette hendes fravær fra hjemmet i Kerteminde i perioden er beskrevet i flere breve.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1001</t>
+  </si>
+  <si>
+    <t>Astrid:
+Astrid Warberg-Goldscmidt har veer, og Fru Nielsen er tilstede for at hjælpe med fødslen. Astrid takker Fru Larsen for blomsterne. 
+Alhed Larsen:
+Kl. 8.30 blev drengen født. Astrid klarede det flot, og fødslen var nem. Alhed er meget træt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/siCy</t>
+  </si>
+  <si>
+    <t>[Med Astrid Warberg-Goldschmidts skrift:]
+Malmø, 25 Okt. Kl 9 Aften.
+Bedste lille Junge! De andre sidder og spiser til Aften – Be og Alfred griner - Fru N er bleven alvorlig – jeg gør mit Yderste for at bevare Anstanden – lige nu Ende på en forsvarlig Ve – de har redt Smertensleje – sat Sengen – av - - av – av – av – på Sokler – 
+Voksdug – Stiklagen – de andre smæsker sig – av – med Kaffe – jeg kan sgutte – spise – av - - nu er der ikke 5 Min imellem men hvor det er sjov – Junge! Jeg var ved at krepere af Utålmodighed -----
+nå, Du skulde have dit lille Barselsbrev – 
+jeg vil holde mig, - det længste – bliver først ilde ved det, når hun begynder at rode med en - - - - 
+Be vil slutte dette Brev. Mange Hilsner fra din Dis. 
+Junge hils Fru Larsen Tusinde Gange jeg var så rørt over Blomsterne – hils også din Mand – og hils Las, på ham jeg er rørt, fordi vi har Be - - 
+[Med Alhed Larsens skrift:]
+Dette er skreven ved 8½ Tiden. Kl. 12 havde vi en dejlig Dreng. Det gik glimrende: jeg trode ikke en Fødsel kunde gaa saa let. Dis var vældig tapper og sød. Kl. er 2½ (jeg er møgtræt, har jo været Enepige siden i Gar og ikke siddet ned et Sekund. Gør Las delagtig i dette Brev, jeg fik ikke skreven i Dag. Hun begyndte ganske smaat allerede ved 3-4 Tiden. 
+[Skrevet i venstre margen s. 2:]
+1000 Hilsner til alle. Din Be.</t>
+  </si>
+  <si>
     <t>Kathinka -
 Amanda Heinesen
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Frederik Lützhøft
 Anton Frederik Schondel
 R J Steen</t>
   </si>
   <si>
     <t>Alhed Larsen er i Malmø hos sin søster, Ingeborg Astrid Goldschmidt (f. Warberg), som er højgravid med barn nr. to.
 "3 Billeder til Dr. L.": Dr. Lützhøfft har pr. brev bestilt billeder hos Johannes Larsen.
 Kærbyhus: Johanne og Adolf Larsen (Alheds søster og Johannes Larsens bror, som var gift) boede på Kærbyhus nær Alhed og Johannes Larsens hjem. Der var to boliger på Kærbyhus, og Johannes Larsen, som ejede stedet, boede i den anden.</t>
   </si>
   <si>
     <t>Steen har været hos Larsen og hjælpe med at pakke billeder til Dr. Lützhøft. 
 Lysse (Johan Larsen) har grædt hele dagen, for han har ondt i en tand. Tandpine har åbenbart været problemet de sidste dage, hvor han har vågnet om natten osv. Johannes Larsen og drengen tog til lægen, som trak tanden ud og gav drengen chokolade. 
 Johannes Larsen er blevet inviteret til at spise gråandrik.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zCWy</t>
   </si>
   <si>
     <t>Kjerteminde 25 Octbr 1906.
 Kæreste Alhed!
@@ -6129,54 +6171,107 @@
   <si>
     <t>Det er trist, at man ikke er blevet forsonet.
 Astrid har travlt i Rigsdagen. Hun vil ønske, at Jørgen/Buf snart finder arbejde, for de mangler penge. 
 Astrid har fået en have. 
 Charlotte Louise har været på besøg. Astrid har byttet nogle støvler for et gasapparat. 
 Ina/Sjums og Adam har været hos Astrid nogle dage, men hun havde desværre meget travlt. 17. september bliver Inas bat mitzvah fejret hos bedstefaderen. 
 Astrid er glad for de mange gaver fra Ellen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0umT</t>
   </si>
   <si>
     <t>Rigsdagen – Onsdag 8/9 – 20.
 Kære Mor! Tak for Dit lange og interessante Brev, som lå til mig i Aftes, da jeg træt – sulten og mismodig kom hjem fra Rigsdagen – via Valby efter mit lille Nus – det var meget opmuntrende at læse hvilke store Begivenheder i Kerteminde! Men tænk, jeg troede, I var reelt forsonede – jeg har da virkelig oplevet en strålende Forsoningsdag i Odense på Onkel Sybergs 75 årsdag, ikke sandt? eller var det 70 års, ja, så længe må det være siden; men så er det vel gået i Ulave igen, eller var i ikke grundig nok dengang. 
 Vi har meget at gøre i Rigsdagen – heldigvis for mig – jeg nåede da at tjene 126 Kr i Sept ["Sept" overstreget] – August – vi kom hjem den 12 – og nu for Sept er jeg oppe på 56 Kr – men det er jo lidt magert alligevel; jeg længes efter, at Buf skal få Arbejde – han kan få det hos Levison, såsnart han er færdig med Bilen – dette sidste var en stor Reparation, men så er den også bedre end en ny – og vi kan da nå at få nogle Søndagsture endnu; der kommer Kaleche på, så denn ["denn" overstreget] den kan bruges hele Vinteren, når Vejret er til det. Han har funden en Garage til den, som kun koster 30 Kr mdl (85 andre Steder!) og så vil de lade den blive her i Vinter. Hos Levison har de budt ham 100 Kr om Ugen det glæder jeg mig meget til, for det er jammerligt at skulde baxe så frygtelig med de Penge; jeg må se at få lidt mere Gang i Hjemmearbejdet; nu skal jeg have en Annonce i næste Års Telefonkatalog. 
 Haven har jeg fået, men først skulde Kaptajnen gerne præsentere mig for Familien derude, jeg vil jo helst stå mig godt med dem, ellers er det ikke behageligt at færdes lige under deres Vinduer. Er det dog ikke rimeligere, at Elle nu får Planterne fra Din Have? Redskaber kan jeg foreløbig bedre låne hos Naboens – som jeg har besøgt, de er meget flinke. Gid jeg dog fik Huset til April, men derom kan intet endnu vides.
 Jeg har været en hyggelig Aften hos Ellen Branner; hendes nye Telefon ringede, mens jeg var der, det var Åge Bolvig – jeg bad hilse – han vilde tale med mig – inviterede så Buf og mig sammen med Ellen – derud Fredag Aften. Bare der nu ikke bliver Aftenmøde den Dag.
 Så har jeg haft yndigt Besøg af den elskelige Lugge – hun og jeg har jo lidt under alle [ulæseligt]festerne i Leo Swanes Værelse; hun kom op til mig Lørdag Fm. og var i flere Timer – fortalte om Festerne, hun havde moret sig glimrende – så fulgte Nus og jeg med op og hjalp hende at pakke, jeg gik på Posthuset med Bs Toiletter o s v – så tog vi med hende pr Bil til Nordbanen – hun havde en vældig Bagage, som vi vogtede, mens hun fik Billet. Vi aftalte, at Nus og jeg skulde komme derud Lørdag–Søndag; det glæder vi os til. 
 Hos Tutte har vi været ofte – har købt et stort Gasapparat af hende – for et Par lange Vandstøvler med lave Hæle fra min Malmøtid – lige til Frits. Jeg får så også noget Frugt, da de fandt Støvlerne for flotte for Gasapparatet.
 I forrige uge – 27 Aug – havde vi Aftenmøde deroppe - vi blev først færdig Kl 2 Nat – havde rekvireret Buf derop til at følge os hjem. Så travede vi først til Valdal med Fru S – så hjem til Rolfsvej – da var Kl ½ 4 - men så fik jeg da også 24 kr for den Dag. Sjums og Adam var her netop – det var jo både heldigt og uheldigt. Kedeligt at jeg havde så meget Arbejde de få Dage, de var her; så dem kun Morgen og Aften. Men Nus var ovenud lyksalig – og de for hende. Sjums skal herover den 17 Sept. om Eftermd. – Fest om Aftenen hos Bedstefaren; (Dir. S. Goldschmidt, Lille Strandstræde 22) hvis Du vil sende hende et Kort, det er jo en Slags Konfirmation. Dagen efter kommer hun til mig – mente hun da sikkert – så er jeg da fri for Rigsdagen, men så kommer vel S[ulæseligt], som jeg venter hver Dag.
 Vil Du ikke sige til Elle, at jeg vèd slet ikke, hvordan vi har klaret os, inden vi fik alle hendes Gaver! – Kanden bruger vi hver Morgen til Kakao - Kagefadet både Morgen og Aften og Eftermd – og Dugen altid til en Kop Aftenthe, når vi har gæster – så det var rigtignok kærkomne Sager! Du må også lykønske hende til Husejerværdigheden – hvor er det dejligt for hende, den kære, tapre Elle. Vil Du også hilse Junge, som jeg skriver til engang, så snart det lysner lidt, men det kan jeg ikke sige just endnu. Det er en Prøvelsens Tid.
 Men Gudskelov for det lille Nus – hun er det allerkæreste lille Væsen, man kan tænke sig; man bør ikke fortvivle med sådan èn.
 Mange Hilsner fra Din A.</t>
   </si>
   <si>
+    <t>1922-04-10</t>
+  </si>
+  <si>
+    <t>Rossia</t>
+  </si>
+  <si>
+    <t>Siri Andersson
+- - Hesselager
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Rossia var navnet på det forsikringsselskab, som Astrid Warberg-Goldschmidt arbejdede for.
+Astrid W-G og Jørgen/Buf Schou havde et kærlighedsforhold og fik sammen datteren Janna/Nusset Schou sammen. Jørgen Schous mor, Marie Syberg/Schou, kunne fra begyndelsen ikke lide Astrid Warberg-Goldschmidt. 
+Christine Swane blev kaldt Uglen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. BB0990</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt føler med Johanne C. Larsen, som går så meget igennem. Astrid ville ønske, at de to søstre kunne flytte sammen. Noget sådan talte de også om, da de for 20 år siden havde vrøvl med kæresterne. 
+Jørgen/Buf Schou vil give Astrids gamle cykel en hovedreparation. 
+Jørgen er i et forholkd til Frk. Hesselager, som vi gøre ham til kunstner. 
+Astrid får et påskegratiale på 200 kr. Jørgen og hans mor må ikke vide det, for de trækker i børnebidraget, hvis de hører, at Astrid har lidt penge. Marie Syberg, Jørgens mor, er modbydelig og en led satan. 
+Siri Andersson fra Malmø har været på besøg.
+Astrid har lavet et katalog for Christine Swane/Uglen, og denne gav hende som tak et maleri med motiv af et vindue med hvide gardiner, genstande på et bord og et rødt lommetørklæde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UXzT</t>
+  </si>
+  <si>
+    <t>p.t. ”Rossia”. 10. April 1922.
+………………………………..
+Kæreste lille Junge!
+Ja, nu maa du undskylde Maskinen – men uden den kan jeg ikke faa skreven til dig, og jeg vilde saa gerne skrive et lille Paaskebrev i Anledning af alt det meget sørgelige, som Mor skrev om. Jeg føler mig ganske brødebetynget, fordi jeg sendte dig den Hilsen, at ”jeg trængte saa meget til et Par Ord for dig”, for nu synes jeg, det er da meget mere dig, der trænger til at faa et lille Livstegn fra en anden Kant. For alt mit – ja, det tænker vi ikke paa nu. Alting gaar jo over engang ogsaa dét, der gør mest ondt. 
+Men dit, Junge, hvad skal man dog stille op. Var du dog blot ude af det – for det maa jeg sige ud af min egen tunge Erfaring: der er jo noget uhyre fredfuldt ved at være sluppen ud af sit Helvede, og man ved jo, at engang faar man sig selv bygget op igen. 
+Jeg har hørt, at du giver dig aktivt af med Politik, har Glæde af det, at du endog faar Tid til Basar for de russiske Børn. Det er jo saadan noget, der faar En til at bære alt det andet. Aa, Junge, om det hele stillede sig saadan, ar du og jeg kunde slaa os sammen herinde og lave et eller andet – i hvert Fald et Hjem sammen, vi skulde nok klare den, du med Elever, jeg med Kontorplads og saa en dygtig Pige til alt Skruppet, aa, Junge, vi vilde leve op igen og roligt kunde se imod Fremtiden – der er noget bedaarende i selve det: at kunde klare sig sjæleligt, socialt, økonomisk o.s.v. I Øjeblikket vil du maaske ryste paa Hovedet og forkaste det som umuligt, men hvem ved, hvad Tingene efterhaanden kan udvikle sig til - kan du huske, at vi engang for mange Aar siden – for ca. 20 Aar siden – da det ogsaa stod kludret til med vore Mandfolk, saa snakkede vi om saadan noget. Dengang blev det ikke til noget, men vi er jo kommen igennem den Del siden da. Og jeg synes nu, at København er en go By, der giver En mange Chancer ogsaa naar det gælder om ”at bygge sig selv op igen”, at ”begynde forfra” o.s.v. 
+Naa, maaske hører det stadig Fremtiden til, men maaske har vi ogsaa Fremtiden for os …….
+Heroppe paa Kontoret glæder vi os til Paaskeferien – jeg har ingen Planer – men vil dog se at komme saa meget ud i Luften som muligt med mit lille Nus. 
+Buf har lovet at give min Cycle en Hovedreparation i Ferien, jeg koster en 30 Kr. paa den, saa bliver den saa god som ny – den er saa frygtelig tilrakket – jeg købte den i Kerteminde dengang til Familiestevnet vistnok i 1912? og paa sit 10ende Aar har den jo taget sin værste Tørn, idet jeg har cyclet paa den hver eneste Dag hele Aaret igennem ogsaa i Vinter, har overhovedet ikke taget hensyn til Vejret (en meget sund Foranstaltning) men det misklæder efterhaanden Cyklen. Nu skal den altsaa fornyes, saa bliver der arrangeret et lille Sæde bagpaa med smaa Fodhvilere, saa jeg kan tage Nusset med ud om Søndagen, det venter jeg mig meget af. 
+Buf har jo faaet Frøken Hesselager ved Politiken og hun har sat ham til at blive Kunstner, han har til Gengæld sat hende til at købe sig Motorcycle, saa de kan køre sammen – i det ydre ser alt saaledes nydeligt ud – og Fru Syberg har jo vunden en fin Sejr og endelig faaet ham hjem til sig selv igen. Men ellers’ -, nej, Junge, jeg tror ikke ellers, det er saa godt for Buf. Han ser trykket og ulykkelig ud. Han bliver aldrig til noget og han har betroet mig, at han synes det er frygteligt kun at se Nusset som Gæst. Jeg synes, det er godt, han vil være Kunstner, maaske han kan blive Tegner ved et Blad, hvis han overhovedet egner sig til noget i denne Verden, saa er det sikkert noget i den Retning. Og maaske kan han gøre et rigt Parti engang, saa kan han [”han” indsat over linien] ikke faa det bedre.
+Naa, her er en frygtelig Uro paa Kontoret, saa Brevet kan ikke blive længere, vil du takke Mor meget for Brevet, hun skriver saa lidt om Helbredet???
+Der ymtes noget om, at vi fra 1ste Maj skal lukke Kl. 4 paa Kontoret - i saa Fald er vi ovenud glade, den Time betyder knusende meget. Og saa vil jeg betro dig og Mor som noget meget hemmeligt, at vi faar Paaskegratiale ogsaa i Aar (200 Kr. til mig) men det maa være saa hemmeligt, for Familien Syberg er ikke utilbøjelig til at ville trække fra i Nusserbidraget, hvis de hører det.)
+2).
+Det lyder som en infam Beskyldning, men i hvert Fald fik jeg jo i sin Tid ikke en rød Øre, da man en Sommer mente, at jeg tjente tilstrækkeligt paa Statsbanerne. Først langt hen i Eftersommeren maatte jeg have lidt Hjælp til Indkøb af Brændsel, men for denne Hjælp mente man sig berettiget til at forarge sig over, at jeg tillod mig at flyve for 50 Kr. Dette er, synes jeg, højst uværdigt for en Person, som jeg havde tænkt bedre om, men jeg indretter mig derefter, forstaar du nok, jeg er stolt over, at jeg trods min relative Fattigdom dog engang imellem kan have Lyst til en Extravagance og af den Grund vil jeg ikke rives i Næsen at jeg modtager et sandelig ikke altfor overdaadigt Bidrag til et Barn, som jeg dog ikke har været alene om at sætte i Verden. Nej, Junge, m.H.t. hende har jeg lang Vej igen, inden jeg lærer at se andet i hende end en nederdrægtig raa og modbydelig Madam, der uden Samvittighed tilføjer andre de samme Smerter, som hun selv har lidt i flere Aaar og derfor burde kende. Hun er en led Satan. 
+Men dette passer egentlig daarligt i et Paaskebrev. Jeg har jo ogsaa faaet Fred for hende, forhaabentlig behøver jeg aldrig mere at have med hende at skaffe. Jeg skal faa en Sagfører til at ordne alt fornødent med Bidraget til Nuseren og saa Punktum med hende. 
+Jeg har haft et dejligt Besøg af Siri i Malmø, hun kom Lørdag Aften ved 7 Tiden og var forfærdelig sød, hun havde en Masse Blomster med, italienske Anemoner, og Tulipaner, desuden – o altfor store Flothed – en henrivende lille Sølvbarneske til Nusseren, som straks udbrød: saa har jeg tre! Jeg havde jo haabet, det ikke skulde blive berørt, at hun var saa velforsynet i Forvejen, er der noget, vi er rige paa i mit Hus, saa er det jo Sølvtøj. Naa, og vi havde en herlig Aften, snakkede til langt ud paa Natten og laa længe næste Morgen. Marie fungerede godt, der var saa fint og rent alle Vegne og vi fik en en god Middag, mør Bøf (Hestebøf, som Buf havde foræret mig Dagen før). altsaa om Søndagen. Siri tog først afsted Kl. 6, vi var ganske hæse af at snakke.
+Ja, nu maa du undskylde, hvis dette Brev er lidt usammenhængende, jeg har maattet tage det ud af Maskinen gentagne Gange, naar en Fjende nærmede sig – aa, jeg maa lige endnu fortælle dig en stor Glæde, jeg har haft. Uglen havde bedt mig om heroppe at lave et Katalog til hende (hun skal udstille noget i Kunstboden i Hyskenstræde) og tænk dig, derfor forærde hun mig – trods ihærdige Pligtprotester fra mig – et vældig stort aldeles dejligt Maleri, Motiv: et Vindue med hvide Gardiner, et Bord med Sager paa, bl.a. et ildrødt Lommetørklæde, hvis du saa kender det, det er en halv Snes Aar gammelt, det hænger nu paa min Væg og jeg fryder mig inderligt over det – min Stue er i det hele taget efterhaanden et Unikum af Skønhed, Hvidhed, Renhed Fred, Hygge og Harmoni, gid jeg kunde sætte dig ind i den i hele Paasken …… 
+[Skrevet i hånden:]
+Og dermed mange Tusinder goe Hilsner fra din altid
+Dis</t>
+  </si>
+  <si>
     <t>1922-04-20</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rossia</t>
   </si>
   <si>
     <t>Kerteminde
 Kærbyhus</t>
   </si>
   <si>
     <t>Margrethe Benzon
 Ellen Branner
 Thora  Branner
 - Gad, Frøken
 - Grandjean
 - Hartmann, frk. 
 - Jahn, stenografilærer
 Inga -, Malmø
 Astrid Møller
 Janna Schou
 Jørgen Schou
 Christine Swane</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt arbejdede i forsikringsselskabet Rossia. 
 De rystende tilstande handler formodentlig om, at Adolph/Agraren Larsen, som var gift med Johanne/Junge, var alkoholiker. Flere familiemedlemmer forsøgte i perioder at få Johanne til at forlade ham for en periode, så han kunne indse, at han skulle afvænnes.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2490</t>
@@ -6615,59 +6710,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mPBp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/POsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Afvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGj9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wFyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KW2z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1lWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b2CA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BEcC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpPQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i43j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLnH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXnJN10c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eig9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9mU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dUoN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVYL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FbEJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUB5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZVFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HHkr8KtH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mPBp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/POsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Afvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGj9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/siCy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wFyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KW2z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1lWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b2CA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BEcC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpPQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i43j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLnH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXnJN10c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eig9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9mU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dUoN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVYL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FbEJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUB5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZVFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HHkr8KtH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M133"/>
+  <dimension ref="A1:M135"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -8552,1951 +8647,1951 @@
       </c>
       <c r="I43" s="5" t="s">
         <v>311</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>312</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>313</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>315</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>16</v>
+        <v>316</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F44" s="5" t="s">
         <v>141</v>
       </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>22</v>
+        <v>319</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="G45" s="5" t="s">
-        <v>322</v>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H45" s="5" t="s">
         <v>323</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>324</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>325</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>326</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D46" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...15 lines deleted...]
-        </is>
+      <c r="E46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>329</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...9 lines deleted...]
-        <v>334</v>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H47" s="5" t="s">
         <v>335</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>336</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>337</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>338</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>340</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D48" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="F48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G48" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D49" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D49" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F49" s="5" t="s">
         <v>141</v>
       </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>141</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H50" s="5" t="s">
+        <v>353</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>141</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="s">
-        <v>357</v>
+      <c r="H51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I51" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="G52" s="5" t="s">
-        <v>363</v>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H52" s="5" t="s">
         <v>364</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>365</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>366</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>367</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
         <v>369</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F53" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="G53" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E54" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>16</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
         <v>383</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>384</v>
       </c>
       <c r="J55" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K55" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="K55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>386</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>17</v>
+        <v>389</v>
       </c>
       <c r="F56" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>390</v>
       </c>
-      <c r="G56" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H56" s="5" t="s">
+      <c r="I56" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="J56" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="J56" s="5" t="s">
+      <c r="K56" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="K56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>394</v>
       </c>
-      <c r="L56" s="6" t="s">
+      <c r="M56" s="5" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="F57" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H57" s="5" t="s">
+      <c r="I57" s="5" t="s">
         <v>399</v>
       </c>
-      <c r="I57" s="5" t="s">
+      <c r="J57" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="J57" s="5" t="s">
+      <c r="K57" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="K57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>402</v>
       </c>
-      <c r="L57" s="6" t="s">
+      <c r="M57" s="5" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D58" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>406</v>
       </c>
-      <c r="F58" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H58" s="5" t="s">
+      <c r="I58" s="5" t="s">
         <v>407</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="J58" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="J58" s="5" t="s">
+      <c r="K58" s="5" t="s">
         <v>409</v>
       </c>
-      <c r="K58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>410</v>
       </c>
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="5" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D59" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="5" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-        </is>
+        <v>413</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
         <v>414</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>415</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>416</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>417</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>418</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>420</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="F60" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H60" s="5" t="s">
+      <c r="I60" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="J60" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="J60" s="5" t="s">
+      <c r="K60" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="K60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>425</v>
       </c>
-      <c r="L60" s="6" t="s">
+      <c r="M60" s="5" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>17</v>
+        <v>428</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
         <v>429</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>430</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>431</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>432</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>433</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>435</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="F62" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H62" s="5" t="s">
+      <c r="I62" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="J62" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="J62" s="5" t="s">
+      <c r="K62" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="K62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>440</v>
       </c>
-      <c r="L62" s="6" t="s">
+      <c r="M62" s="5" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E63" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="F63" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H63" s="5" t="s">
+      <c r="I63" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="J63" s="5" t="s">
         <v>446</v>
       </c>
-      <c r="J63" s="5" t="s">
+      <c r="K63" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="K63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>448</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="5" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>452</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E64" s="5" t="s">
+        <v>451</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>133</v>
+        <v>164</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="I64" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="J64" s="5" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>455</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>456</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>458</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>14</v>
+        <v>459</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E65" s="5" t="s">
-        <v>459</v>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F65" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>460</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>461</v>
       </c>
       <c r="J65" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="K65" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="K65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>463</v>
       </c>
-      <c r="L65" s="6" t="s">
+      <c r="M65" s="5" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="I66" s="5" t="s">
         <v>468</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>469</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>470</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>471</v>
       </c>
-      <c r="L66" s="6" t="s">
+      <c r="M66" s="5" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>475</v>
+        <v>34</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E67" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E67" s="5" t="s">
+        <v>474</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="I67" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>478</v>
       </c>
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>479</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>34</v>
+        <v>482</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E68" s="5" t="s">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
         <v>483</v>
       </c>
-      <c r="F68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>484</v>
       </c>
-      <c r="G68" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H68" s="5" t="s">
+      <c r="J68" s="5" t="s">
         <v>485</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="K68" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="J68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>487</v>
       </c>
-      <c r="K68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>488</v>
-      </c>
-[...4 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D69" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="D69" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="5" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-        </is>
+        <v>490</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>491</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
         <v>492</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>493</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>494</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>495</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>496</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>498</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...7 lines deleted...]
-      <c r="F70" s="5" t="s">
+      <c r="E70" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="G70" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>501</v>
       </c>
-      <c r="J70" s="5" t="s">
+      <c r="K70" s="5" t="s">
         <v>502</v>
       </c>
-      <c r="K70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>503</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E71" s="5" t="s">
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
         <v>507</v>
       </c>
-      <c r="F71" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H71" s="5" t="s">
+      <c r="I71" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="J71" s="5" t="s">
         <v>509</v>
       </c>
-      <c r="J71" s="5" t="s">
+      <c r="K71" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="K71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>511</v>
       </c>
-      <c r="L71" s="6" t="s">
+      <c r="M71" s="5" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>475</v>
+        <v>34</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E72" s="5" t="s">
+        <v>514</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>125</v>
+        <v>491</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>515</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>516</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>517</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>518</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>519</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>34</v>
+        <v>482</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E73" s="5" t="s">
-        <v>18</v>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F73" s="5" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E74" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>484</v>
+        <v>133</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
         <v>528</v>
       </c>
       <c r="I74" s="5" t="s">
         <v>529</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>530</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>531</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>532</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>534</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D75" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="D75" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>491</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
         <v>535</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>536</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>537</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>538</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>539</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>541</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D76" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D76" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
         <v>542</v>
       </c>
-      <c r="F76" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H76" s="5" t="s">
+      <c r="I76" s="5" t="s">
         <v>543</v>
       </c>
-      <c r="I76" s="5" t="s">
+      <c r="J76" s="5" t="s">
         <v>544</v>
       </c>
-      <c r="J76" s="5" t="s">
+      <c r="K76" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="K76" s="5" t="s">
+      <c r="L76" s="6" t="s">
         <v>546</v>
       </c>
-      <c r="L76" s="6" t="s">
+      <c r="M76" s="5" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E77" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="F77" s="5" t="s">
+      <c r="I77" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="G77" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H77" s="5" t="s">
+      <c r="J77" s="5" t="s">
         <v>552</v>
       </c>
-      <c r="I77" s="5" t="s">
+      <c r="K77" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="J77" s="5" t="s">
+      <c r="L77" s="6" t="s">
         <v>554</v>
       </c>
-      <c r="K77" s="5" t="s">
+      <c r="M77" s="5" t="s">
         <v>555</v>
-      </c>
-[...4 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>133</v>
+        <v>558</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>559</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>560</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>561</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>562</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>563</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>565</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>551</v>
+        <v>133</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
         <v>566</v>
       </c>
       <c r="I79" s="5" t="s">
         <v>567</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>568</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>569</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>570</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>572</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>444</v>
+        <v>557</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>573</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>574</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>575</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>576</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>577</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>579</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>580</v>
+        <v>34</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>17</v>
+        <v>451</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>164</v>
+        <v>558</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="I81" s="5" t="s">
         <v>581</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="J81" s="5" t="s">
         <v>582</v>
       </c>
-      <c r="J81" s="5" t="s">
+      <c r="K81" s="5" t="s">
         <v>583</v>
       </c>
-      <c r="K81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>584</v>
       </c>
-      <c r="L81" s="6" t="s">
+      <c r="M81" s="5" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>34</v>
+        <v>587</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>164</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>588</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>589</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>590</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>591</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>592</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>594</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E83" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E83" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F83" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
         <v>595</v>
       </c>
-      <c r="G83" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H83" s="5" t="s">
+      <c r="I83" s="5" t="s">
         <v>596</v>
       </c>
-      <c r="I83" s="5" t="s">
+      <c r="J83" s="5" t="s">
         <v>597</v>
       </c>
-      <c r="J83" s="5" t="s">
+      <c r="K83" s="5" t="s">
         <v>598</v>
       </c>
-      <c r="K83" s="5" t="s">
+      <c r="L83" s="6" t="s">
         <v>599</v>
       </c>
-      <c r="L83" s="6" t="s">
+      <c r="M83" s="5" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E84" s="5" t="s">
-        <v>17</v>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F84" s="5" t="s">
-        <v>133</v>
+        <v>602</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
         <v>603</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>604</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>605</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>606</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>607</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>609</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D85" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="D85" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="5" t="s">
-        <v>141</v>
+        <v>17</v>
       </c>
       <c r="F85" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
         <v>610</v>
       </c>
-      <c r="G85" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H85" s="5" t="s">
+      <c r="I85" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="I85" s="5" t="s">
+      <c r="J85" s="5" t="s">
         <v>612</v>
       </c>
-      <c r="J85" s="5" t="s">
+      <c r="K85" s="5" t="s">
         <v>613</v>
       </c>
-      <c r="K85" s="5" t="s">
+      <c r="L85" s="6" t="s">
         <v>614</v>
       </c>
-      <c r="L85" s="6" t="s">
+      <c r="M85" s="5" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
         <v>618</v>
       </c>
-      <c r="F86" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H86" s="5" t="s">
+      <c r="I86" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="I86" s="5"/>
       <c r="J86" s="5" t="s">
         <v>620</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>621</v>
       </c>
       <c r="L86" s="6" t="s">
         <v>622</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>624</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E87" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E87" s="5" t="s">
+        <v>625</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>625</v>
-[...1 lines deleted...]
-      <c r="I87" s="5" t="s">
         <v>626</v>
       </c>
+      <c r="I87" s="5"/>
       <c r="J87" s="5" t="s">
         <v>627</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>628</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>629</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>631</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>65</v>
@@ -10564,2012 +10659,2102 @@
       </c>
       <c r="I89" s="5" t="s">
         <v>640</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>641</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>642</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>643</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>645</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F90" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
         <v>646</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>647</v>
       </c>
       <c r="J90" s="5" t="s">
         <v>648</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>649</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>650</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>652</v>
       </c>
       <c r="B91" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
         <v>653</v>
       </c>
-      <c r="C91" s="5" t="s">
+      <c r="I91" s="5" t="s">
         <v>654</v>
       </c>
-      <c r="D91" s="5" t="inlineStr">
-[...22 lines deleted...]
-      <c r="I91" s="5"/>
       <c r="J91" s="5" t="s">
         <v>655</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>656</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>657</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>659</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>64</v>
+        <v>660</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>16</v>
+        <v>661</v>
       </c>
       <c r="D92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="E92" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E92" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I92" s="5"/>
-      <c r="J92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J92" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="K92" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>660</v>
-[...1 lines deleted...]
-      <c r="M92" s="5"/>
+        <v>664</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>665</v>
+      </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>34</v>
-[...8 lines deleted...]
-        <v>133</v>
+        <v>16</v>
+      </c>
+      <c r="D93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H93" s="5" t="s">
-[...9 lines deleted...]
-        <v>665</v>
+      <c r="H93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I93" s="5"/>
+      <c r="J93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L93" s="6" t="s">
-        <v>666</v>
-[...1 lines deleted...]
-      <c r="M93" s="5" t="s">
         <v>667</v>
       </c>
+      <c r="M93" s="5"/>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>668</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D94" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="D94" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E94" s="5" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
         <v>669</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>670</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>671</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>672</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>673</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>675</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="F95" s="5" t="s">
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="s">
         <v>676</v>
       </c>
-      <c r="G95" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H95" s="5" t="s">
+      <c r="I95" s="5" t="s">
         <v>677</v>
       </c>
-      <c r="I95" s="5" t="s">
+      <c r="J95" s="5" t="s">
         <v>678</v>
       </c>
-      <c r="J95" s="5" t="s">
+      <c r="K95" s="5" t="s">
         <v>679</v>
       </c>
-      <c r="K95" s="5" t="s">
+      <c r="L95" s="6" t="s">
         <v>680</v>
       </c>
-      <c r="L95" s="6" t="s">
+      <c r="M95" s="5" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E96" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>683</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
         <v>684</v>
       </c>
-      <c r="I96" s="5"/>
+      <c r="I96" s="5" t="s">
+        <v>685</v>
+      </c>
       <c r="J96" s="5" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F97" s="5" t="s">
-        <v>17</v>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>690</v>
-[...1 lines deleted...]
-      <c r="I97" s="5" t="s">
         <v>691</v>
       </c>
+      <c r="I97" s="5"/>
       <c r="J97" s="5" t="s">
         <v>692</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>693</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>694</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>696</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F98" s="5" t="s">
-        <v>164</v>
+        <v>17</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>697</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>698</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>699</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>700</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>701</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>703</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="s">
-        <v>133</v>
+        <v>164</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
         <v>704</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>705</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>706</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>707</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>708</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
         <v>710</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
         <v>711</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>712</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>713</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>714</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>715</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>717</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E101" s="5" t="s">
-        <v>718</v>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F101" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="I101" s="5" t="s">
         <v>719</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="J101" s="5" t="s">
         <v>720</v>
       </c>
-      <c r="J101" s="5" t="s">
+      <c r="K101" s="5" t="s">
         <v>721</v>
       </c>
-      <c r="K101" s="5" t="s">
+      <c r="L101" s="6" t="s">
         <v>722</v>
       </c>
-      <c r="L101" s="6" t="s">
+      <c r="M101" s="5" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E102" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E102" s="5" t="s">
+        <v>725</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>726</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>727</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>728</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>729</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>730</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>732</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F103" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F103" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>733</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>734</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>22</v>
+        <v>735</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F104" s="5" t="s">
-        <v>133</v>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>739</v>
-[...1 lines deleted...]
-      <c r="I104" s="5"/>
+        <v>740</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>741</v>
+      </c>
       <c r="J104" s="5" t="s">
-        <v>740</v>
+        <v>22</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      <c r="G105" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>746</v>
       </c>
-      <c r="H105" s="5" t="s">
+      <c r="I105" s="5"/>
+      <c r="J105" s="5" t="s">
         <v>747</v>
       </c>
-      <c r="I105" s="5" t="s">
+      <c r="K105" s="5" t="s">
         <v>748</v>
       </c>
-      <c r="J105" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>749</v>
       </c>
-      <c r="L105" s="6" t="s">
+      <c r="M105" s="5" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E106" s="5" t="s">
         <v>752</v>
       </c>
-      <c r="B106" s="5" t="s">
-[...17 lines deleted...]
-        </is>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>753</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="I106" s="5"/>
+        <v>754</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>755</v>
+      </c>
       <c r="J106" s="5" t="s">
-        <v>754</v>
+        <v>22</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>459</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>745</v>
-[...7 lines deleted...]
-        <v>746</v>
+        <v>17</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>758</v>
-[...3 lines deleted...]
-      </c>
+        <v>760</v>
+      </c>
+      <c r="I107" s="5"/>
       <c r="J107" s="5" t="s">
-        <v>22</v>
+        <v>761</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E108" s="5" t="s">
         <v>752</v>
       </c>
-      <c r="B108" s="5" t="s">
-[...12 lines deleted...]
-        <v>764</v>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="H108" s="5" t="s">
         <v>765</v>
       </c>
-      <c r="H108" s="5" t="s">
+      <c r="I108" s="5" t="s">
         <v>766</v>
-      </c>
-[...1 lines deleted...]
-        <v>767</v>
       </c>
       <c r="J108" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K108" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="L108" s="6" t="s">
         <v>768</v>
       </c>
-      <c r="L108" s="6" t="s">
+      <c r="M108" s="5" t="s">
         <v>769</v>
-      </c>
-[...1 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
+        <v>770</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E109" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E109" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="G109" s="5" t="s">
+        <v>772</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>776</v>
+        <v>759</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F110" s="5" t="s">
-        <v>133</v>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>779</v>
+        <v>22</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>780</v>
       </c>
       <c r="L110" s="6" t="s">
         <v>781</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
         <v>783</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E111" s="5" t="s">
-        <v>17</v>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
         <v>784</v>
       </c>
       <c r="I111" s="5" t="s">
         <v>785</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>605</v>
+        <v>786</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E112" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>792</v>
+        <v>612</v>
       </c>
       <c r="K112" s="5" t="s">
         <v>793</v>
       </c>
       <c r="L112" s="6" t="s">
         <v>794</v>
       </c>
       <c r="M112" s="5" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
         <v>796</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E113" s="5" t="s">
-        <v>550</v>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F113" s="5" t="s">
-        <v>484</v>
+        <v>133</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
         <v>797</v>
       </c>
       <c r="I113" s="5" t="s">
         <v>798</v>
       </c>
       <c r="J113" s="5" t="s">
         <v>799</v>
       </c>
       <c r="K113" s="5" t="s">
         <v>800</v>
       </c>
       <c r="L113" s="6" t="s">
         <v>801</v>
       </c>
       <c r="M113" s="5" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
         <v>803</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E114" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E114" s="5" t="s">
+        <v>557</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>133</v>
+        <v>491</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
         <v>804</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>805</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>806</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>807</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>808</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>33</v>
-[...10 lines deleted...]
-        <v>764</v>
+        <v>65</v>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>22</v>
+        <v>813</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>65</v>
-[...12 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>771</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>818</v>
+        <v>22</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>819</v>
       </c>
       <c r="L116" s="6" t="s">
         <v>820</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
         <v>822</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="s">
         <v>133</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
         <v>823</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>824</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>825</v>
       </c>
-      <c r="K117" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K117" s="5" t="s">
+        <v>826</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E118" s="5" t="s">
-        <v>829</v>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F118" s="5" t="s">
-        <v>484</v>
+        <v>133</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
         <v>830</v>
       </c>
       <c r="I118" s="5" t="s">
         <v>831</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>832</v>
       </c>
-      <c r="K118" s="5" t="s">
+      <c r="K118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L118" s="6" t="s">
         <v>833</v>
       </c>
-      <c r="L118" s="6" t="s">
+      <c r="M118" s="5" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
         <v>837</v>
       </c>
-      <c r="D119" s="5" t="s">
+      <c r="I119" s="5" t="s">
         <v>838</v>
       </c>
-      <c r="E119" s="5" t="s">
-[...5 lines deleted...]
-      <c r="G119" s="5" t="s">
+      <c r="J119" s="5" t="s">
         <v>839</v>
       </c>
-      <c r="H119" s="5" t="s">
+      <c r="K119" s="5" t="s">
         <v>840</v>
       </c>
-      <c r="I119" s="5" t="s">
+      <c r="L119" s="6" t="s">
         <v>841</v>
       </c>
-      <c r="J119" s="5" t="s">
+      <c r="M119" s="5" t="s">
         <v>842</v>
-      </c>
-[...7 lines deleted...]
-        <v>845</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>65</v>
+        <v>844</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>34</v>
+        <v>845</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>141</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G120" s="5" t="s">
+        <v>846</v>
       </c>
       <c r="H120" s="5" t="s">
         <v>847</v>
       </c>
-      <c r="I120" s="5"/>
+      <c r="I120" s="5" t="s">
+        <v>848</v>
+      </c>
       <c r="J120" s="5" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>853</v>
+        <v>141</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
         <v>854</v>
       </c>
-      <c r="I121" s="5" t="s">
+      <c r="I121" s="5"/>
+      <c r="J121" s="5" t="s">
         <v>855</v>
       </c>
-      <c r="J121" s="5" t="s">
+      <c r="K121" s="5" t="s">
         <v>856</v>
       </c>
-      <c r="K121" s="5" t="s">
+      <c r="L121" s="6" t="s">
         <v>857</v>
       </c>
-      <c r="L121" s="6" t="s">
+      <c r="M121" s="5" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D122" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="D122" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E122" s="5" t="s">
+        <v>860</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
         <v>861</v>
       </c>
       <c r="I122" s="5" t="s">
         <v>862</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>863</v>
       </c>
       <c r="K122" s="5" t="s">
         <v>864</v>
       </c>
       <c r="L122" s="6" t="s">
         <v>865</v>
       </c>
       <c r="M122" s="5" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
         <v>867</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D123" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="D123" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="5" t="s">
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="s">
         <v>868</v>
       </c>
-      <c r="F123" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H123" s="5" t="s">
+      <c r="I123" s="5" t="s">
         <v>869</v>
       </c>
-      <c r="I123" s="5" t="s">
+      <c r="J123" s="5" t="s">
         <v>870</v>
       </c>
-      <c r="J123" s="5" t="s">
+      <c r="K123" s="5" t="s">
         <v>871</v>
       </c>
-      <c r="K123" s="5" t="s">
+      <c r="L123" s="6" t="s">
         <v>872</v>
       </c>
-      <c r="L123" s="6" t="s">
+      <c r="M123" s="5" t="s">
         <v>873</v>
-      </c>
-[...1 lines deleted...]
-        <v>874</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E124" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="s">
         <v>876</v>
       </c>
-      <c r="F124" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H124" s="5" t="s">
+      <c r="I124" s="5" t="s">
         <v>877</v>
       </c>
-      <c r="I124" s="5" t="s">
+      <c r="J124" s="5" t="s">
         <v>878</v>
       </c>
-      <c r="J124" s="5" t="s">
+      <c r="K124" s="5" t="s">
         <v>879</v>
       </c>
-      <c r="K124" s="5" t="s">
+      <c r="L124" s="6" t="s">
         <v>880</v>
       </c>
-      <c r="L124" s="6" t="s">
+      <c r="M124" s="5" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E125" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
         <v>884</v>
       </c>
-      <c r="F125" s="5" t="s">
+      <c r="I125" s="5" t="s">
         <v>885</v>
       </c>
-      <c r="G125" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H125" s="5" t="s">
+      <c r="J125" s="5" t="s">
         <v>886</v>
       </c>
-      <c r="I125" s="5" t="s">
+      <c r="K125" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="J125" s="5" t="s">
+      <c r="L125" s="6" t="s">
         <v>888</v>
       </c>
-      <c r="K125" s="5" t="s">
+      <c r="M125" s="5" t="s">
         <v>889</v>
-      </c>
-[...4 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="I126" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="D126" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="5" t="s">
+      <c r="J126" s="5" t="s">
         <v>894</v>
       </c>
-      <c r="F126" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G126" s="5" t="s">
+      <c r="K126" s="5" t="s">
         <v>895</v>
       </c>
-      <c r="H126" s="5" t="s">
+      <c r="L126" s="6" t="s">
         <v>896</v>
       </c>
-      <c r="I126" s="5" t="s">
+      <c r="M126" s="5" t="s">
         <v>897</v>
-      </c>
-[...10 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="I127" s="5" t="s">
         <v>901</v>
       </c>
-      <c r="B127" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H127" s="5" t="s">
+      <c r="J127" s="5" t="s">
         <v>902</v>
       </c>
-      <c r="I127" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="K127" s="5" t="s">
+        <v>903</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>903</v>
-[...1 lines deleted...]
-      <c r="M127" s="5"/>
+        <v>904</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>905</v>
+      </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
+        <v>907</v>
+      </c>
+      <c r="D128" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E128" s="5" t="s">
+        <v>908</v>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G128" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G128" s="5" t="s">
+        <v>909</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>905</v>
-[...10 lines deleted...]
-        </is>
+        <v>910</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="K128" s="5" t="s">
+        <v>912</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="M128" s="5"/>
+        <v>913</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>914</v>
+      </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>64</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="I129" s="5"/>
       <c r="J129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K129" s="5" t="s">
-        <v>909</v>
+      <c r="K129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L129" s="6" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="M129" s="5"/>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>912</v>
-[...2 lines deleted...]
-        <v>913</v>
+        <v>16</v>
+      </c>
+      <c r="D130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>914</v>
-[...8 lines deleted...]
-        <v>917</v>
+        <v>919</v>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L130" s="6" t="s">
-        <v>918</v>
-[...3 lines deleted...]
-      </c>
+        <v>920</v>
+      </c>
+      <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="F131" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H131" s="5" t="s">
         <v>922</v>
       </c>
-      <c r="G131" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H131" s="5" t="s">
+      <c r="I131" s="5"/>
+      <c r="J131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K131" s="5" t="s">
         <v>923</v>
       </c>
-      <c r="I131" s="5" t="s">
+      <c r="L131" s="6" t="s">
         <v>924</v>
       </c>
-      <c r="J131" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H132" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="J132" s="5" t="s">
         <v>930</v>
       </c>
-      <c r="D132" s="5" t="s">
+      <c r="K132" s="5" t="s">
         <v>931</v>
       </c>
-      <c r="E132" s="5" t="s">
+      <c r="L132" s="6" t="s">
         <v>932</v>
       </c>
-      <c r="F132" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H132" s="5" t="s">
+      <c r="M132" s="5" t="s">
         <v>933</v>
-      </c>
-[...13 lines deleted...]
-        <v>937</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="G133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="J133" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="K133" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="L133" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>944</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H134" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="J134" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="K134" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>950</v>
+      </c>
+      <c r="M134" s="5" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C135" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="D133" s="5" t="s">
-[...33 lines deleted...]
-        <v>944</v>
+      <c r="D135" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="K135" s="5" t="s">
+        <v>956</v>
+      </c>
+      <c r="L135" s="6" t="s">
+        <v>957</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>958</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -12663,44 +12848,46 @@
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
     <hyperlink ref="M122" r:id="rId127"/>
     <hyperlink ref="M123" r:id="rId128"/>
     <hyperlink ref="M124" r:id="rId129"/>
     <hyperlink ref="M125" r:id="rId130"/>
     <hyperlink ref="M126" r:id="rId131"/>
     <hyperlink ref="M127" r:id="rId132"/>
     <hyperlink ref="M128" r:id="rId133"/>
     <hyperlink ref="M129" r:id="rId134"/>
     <hyperlink ref="M130" r:id="rId135"/>
     <hyperlink ref="M131" r:id="rId136"/>
     <hyperlink ref="M132" r:id="rId137"/>
     <hyperlink ref="M133" r:id="rId138"/>
+    <hyperlink ref="M134" r:id="rId139"/>
+    <hyperlink ref="M135" r:id="rId140"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>