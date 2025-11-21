--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -62,68 +62,112 @@
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
     <t>1916-11-30</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Martinsvej 17 København V</t>
   </si>
   <si>
+    <t>Daisy  Berg
+Wilhelmine Berg
+Carl Berthelsen
+Agnes Berthelsen, Nislevgaard
+Grethe Bichel
+Peter Bichel
+Grethe Jungstedt
+Camilla Kattrup
+Eline Kattrup
+Frits Kattrup
+Rasmus Kattrup
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Johannes Madsen
+Peter Magnussen
+Ellen  Sawyer
+Andreas Warberg
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mogens Warberg blev født 20. november 1916. 
+Familien, som skulle komme fra København, tilhørte muligvis Minna Warbergs gren.
+Det vides ikke, hvem lille Conrad, Meier, Tonni (svært læseligt), Einar C. og Dr. Hartmann var. Peter er muligvis Peter Bichel.
+Eline og Rasmus Kattrup boede på herregården Risinge. 
+Tante var Wilhelmine Berg.</t>
+  </si>
+  <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3771</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har solgt billeder til Peter Magnussen for 15.000 kr, og han har nogle til rest til en ny udstilling. Alhed Larsen solgte Magnussen for 400 kr.
+Andreas/Dede og Minna Warberg har fået søn nr. to, og han er nem. Minna får en mængde gaver. Andreas kommer til sin mor i julen.
+Alle fra Kerteminde var inviteret til middag på Risinge, og Johanne C. Larsen glædede sig, men hun, manden og børnene måtte alligevel ikke komme pga. mæslingesmitte. Det var en stor skuffelse.
+Ellen Sawyer har solgt to akvareller, og der spørges efter flere hos glarmester Madsen.
+Grethe Jungstedt komponerer små musikstykker, og alle er imponerede.
+Laura Warberg fortæller ikke Thora Branner, at Louise Brønsted er indlagt. Laura håber, at Louise bliver rask til juletravlheden.
+Laura Warberg har fået en god pige i huset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kFkS</t>
   </si>
   <si>
     <t>[Med blyant på kuvertens forside:]
 1916
 [Med blæk på kuvertens forside:]
 Fru Professorinde Brønsted
 cand. polyt
 p.t. H_r_ Dr. Hartmanns Klinik
 Martinsvej 17.
 København V.
 [I brevet:]
 Kerteminde d: 30/11 - 16
 Kære lille Muk!
-Vi blev meget glade ved Dit sidste Brevkort i Tirsdags; jeg var begyndt at blive en Smule urolig, men saa ringede Alhed og Christine Mandag Aften og fik at vide, det gik godt med Dig. Nu haaber jeg Du faaer denne lille Sending "Bagateller" Søndag Morgen. Vi har som sædvanlig ingen Nyheder at fortælle; det skulde da være, Du endnu ikke har hørt det gode Kup Las har gjort nemlig at Magnussen har købt Malerier for 15000, saa han slipper for at lave Udstillingen, hvad han egentlig nødig vilde saa kort efter den forrige store og efter Kunstforeningens! Og der blev heldigvis en hel Del tilbage, som kan være Grundlag for en Udstilling ad Aare. Af Båxhult Billederne blev de bedste tilbage. Alhed selv solgte for 300. Magnussen var der 4 Dage; det er en elskværdig Mand; de var her med ham til en 5 The, og han saae hele Huset. - I Brædstrup staaer alt saare godt til, veed jeg dels pr. Brev og dels pr. Telefon. Minna nyder i fulde Drag sin Barselseng; bliver overlæsset med Gaver af alle Slags; Ørenringe med Diamanter til 500!! ["til 500!!" indsat over linjen] af sin Broder Frits; en Bankbog med 100 Kr. af Dede samt en magelig Lænestol. De har faaet ny Pige til Nobr; Line sagde op, da det viste sig at der skulde komme en Baby igen!! men den nye er "en Engel", siger Dede, og nu har de ogsaa Barnepige, saa de kan nok klare sig, mener han! - Sygeplejersken er uhyre rar og flink. Paa Fredag skal Minna op. Drengen "siger aldrig et Muk"! - Jeg citerer stadig Dede! Han ventes "en meget stor Termin" - men paa en lidt anden Facon end vi andre Stakler! Hans giver dem en god Indtægt? Tænk han vil komme her et Par Dage i Julen! det glæder vi os alle meget til; enten efter Julen eller Nytaar. De venter hele Familien fra Kbh der nogle Dage; jeg antager, de skal have Barnedaab og at Fru Kattrup skal bære. - Paa Mandag skal vi alle til Middag paa Risinge og jeg havde den Sorg i Gaar, at de tør ikke have Agrarens med for Mæslingerne; Johanne var saa grulig skuffet; havde lige en Timestid at glæde sig og fik gjort Aftale med Alhed om at laane Kjole hos hende! Men saa gav det sig, at Peter havde fraraadet Kattrups dem! Saa sjelden de bliver bedt til noget og at Johanne glædede sig dertil. Berthelsens skulde der og Bichels. - Nu er lille Conrad ogsaa syg, men endnu ret mildt; Bibbe oppe, Grethe endnu ikke smittet. - Vi har haft en festlig Dag med Elle hjemme. Hun har været et Par Smaature ude at male to Akvareller og derved tjent ca. til Julegaver. Der er bleven spurgt hos Madien efter Billeder af hende, saa hun vil hænge i det hun kan inden Jul. Hun har nylig igen faaet Procenter af et Klaver; det 6_te_ i Aar!! - det ene et Flygel, et andet for nylig til 1300 (H. Meier.) Elle og Grethe har siddet derinde og spillet noget fin og kønt firhændigt og da jeg kom ind og skulde høre hvad det var, viste det sig at være Grethes Kompositioner lige ud af Hovedet og Elle ligesaadan B... ! Jeg synes det er imponerende og det samme mener Elle og Johanne, som var her til Kaffe og hørte det. Nu er Eller gaaet hen paa Hotellet til Dahlerup, som var her en Visit, mens hun var ude; Grethe i Biografen, her er saa stille og naar dette Brev er færdigt, skal jeg have fat paa mit Maaneds Regnskab. I Morgen skal jeg til Odense, være sammen med Thora, som kommer Kl. 5, og saa til Kirkekoncert med Grethe Kl. 8 og hjem med sidste Tog. Dersom Thora intet veed om at Du er paa Klinik, skal jeg ikke fortælle det; jeg husker nok i Fjor, jeg holdt heller ikke af at faae talt derom.</t>
+Vi blev meget glade ved Dit sidste Brevkort i Tirsdags; jeg var begyndt at blive en Smule urolig, men saa ringede Alhed og Christine Mandag Aften og fik at vide, det gik godt med Dig. Nu haaber jeg Du faaer denne lille Sending "Bagateller" Søndag Morgen. Vi har som sædvanlig ingen Nyheder at fortælle; det skulde da være, Du endnu ikke har hørt det gode Kup Las har gjort nemlig at Magnussen har købt Malerier for 15000, saa han slipper for at lave Udstillingen, hvad han egentlig nødig vilde saa kort efter den forrige store og efter Kunstforeningens! Og der blev heldigvis en hel Del tilbage, som kan være Grundlag for en Udstilling ad Aare. Af Båxhult Billederne blev de bedste tilbage. Alhed selv solgte for 300. Magnussen var der 4 Dage; det er en elskværdig Mand; de var her med ham til en 5 The, og han saae hele Huset. - I Brædstrup staaer alt saare godt til, veed jeg dels pr. Brev og dels pr. Telefon. Minna nyder i fulde Drag sin Barselseng; bliver overlæsset med Gaver af alle Slags; Ørenringe med Diamanter til 500!! ["til 500!!" indsat over linjen] af sin Broder Frits; en Bankbog med 100 Kr. af Dede samt en magelig Lænestol. De har faaet ny Pige til Nobr; Line sagde op, da det viste sig at der skulde komme en Baby igen!! men den nye er "en Engel", siger Dede, og nu har de ogsaa Barnepige, saa de kan nok klare sig, mener han! - Sygeplejersken er uhyre rar og flink. Paa Fredag skal Minna op. Drengen "siger aldrig et Muk"! - Jeg citerer stadig Dede! Han venter "en meget stor Termin" - men paa en lidt anden Facon end vi andre Stakler! Hans giver dem en god Indtægt? Tænk han vil komme her et Par Dage i Julen! det glæder vi os alle meget til; enten efter Julen eller Nytaar. De venter hele Familien fra Kbh der nogle Dage; jeg antager, de skal have Barnedaab og at Fru Kattrup skal bære. - Paa Mandag skal vi alle til Middag paa Risinge og jeg havde den Sorg i Gaar, at de tør ikke have Agrarens med for Mæslingerne; Johanne var saa grulig skuffet; havde lige en Timestid at glæde sig og fik gjort Aftale med Alhed om at laane Kjole hos hende! Men saa gav det sig, at Peter havde fraraadet Kattrups dem! Saa sjelden de bliver bedt til noget og at Johanne glædede sig dertil. Berthelsens skulde der og Bichels. - Nu er lille Conrad ogsaa syg, men endnu ret mildt; Bibbe oppe, Grethe endnu ikke smittet. - Vi har haft en festlig Dag med Elle hjemme. Hun har været et Par Smaature ude at male to Akvareller og derved tjent ca. til Julegaver. Der er bleven spurgt hos Madsen efter Billeder af hende, saa hun vil hænge i det hun kan inden Jul. Hun har nylig igen faaet Procenter af et Klaver; det 6_te_ i Aar!! - det ene et Flygel, et andet for nylig til 1300 (H. Meier.) Elle og Grethe har siddet derinde og spillet noget fin og kønt firhændigt og da jeg kom ind og skulde høre hvad det var, viste det sig at være Grethes Kompositioner lige ud af Hovedet og Elle ligesaadan Bassen dertil ! Jeg synes det er imponerende og det samme mener Elle og Johanne, som var her til Kaffe og hørte det. Nu er Eller gaaet hen paa Hotellet til Dahlerup, som var her en Visit, mens hun var ude; Grethe i Biografen, her er saa stille og naar dette Brev er færdigt, skal jeg have fat paa mit Maaneds Regnskab. I Morgen skal jeg til Odense, være sammen med Thora, som kommer Kl. 5, og saa til Kirkekoncert med Grethe Kl. 8 og hjem med sidste Tog. Dersom Thora intet veed om at Du er paa Klinik, skal jeg ikke fortælle det; jeg husker nok i Fjor, jeg holdt heller ikke af at faae talt derom. Tante er raskere nu, skrev hun i Gaar; hun har jo længe været snavs. Tonni skal hjem nu; Daisy er kommen fra sin Plads allerede; Tante veed fra Einar C. at de var meget misfornøjede med hende. Vi er stadig uhyre tilfredse med vor Pige i enhver Retning; det er en uhyre Lettelse for mig i Husførelsen. Grethe er saa gode Venner med hende. Jeg veed ogsaa, at hun er glad ved at være her. - Stakkels lille Peter, der endnu ikke er videre! Gid det maa gaae fremad nu uden Tilbagefald. Hvilken Lykke for Eder med den flinke Sygeplejerske! Jeg vil haabe lille Muk at Du nu vil kunne taale Juletravlheden! den nærmer sig jo stærkt. Tænk at der nu er gaaet næsten et Aar, siden I havde mig som halvvejes Patient og allesammen var saa mageløse mod mig! I Vinter er jeg saa rask. - Nu troer jeg ikke Du gider høre mere af denne Smaasnak! Rigtig god Bedring lille Muk! Kærlige Hilsener fra Elle, Grethe og
+Mor.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -295,69 +339,67 @@
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I2" s="5"/>
+      <c r="H2" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>20</v>
+      </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-        </is>
+        <v>21</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>