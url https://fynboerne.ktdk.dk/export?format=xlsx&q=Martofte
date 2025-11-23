--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -44,600 +44,558 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1918-04-28</t>
+    <t>1885-04-24</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Alhed Larsen</t>
-[...9 lines deleted...]
-    <t>Møns Klint</t>
+    <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>Andreas og Johan Larsen er på kostskole i Birkerød.
-[...235 lines deleted...]
-  <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>København</t>
-  </si>
-[...189 lines deleted...]
-    <t>1885-04-24</t>
   </si>
   <si>
     <t>Hull England
 Spanien
 Kaliningrad
 Prøvestenen København
 Frankrig
 Brockdorff Alle 42 5390 Martofte</t>
   </si>
   <si>
     <t>Otto Bache
 Ane Marie Christiansdatter
 Alfred Eckardt
 Christian Eckardt
 Valdemar Eckardt
 Adolph Larsen
 Augusta  Larsen
 Cathrine Larsen
 Georg Larsen
 Ida Larsen
 Jacob Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Urban Larsen
 Vilhelm Larsen
 - Madsen, Bager
 Sophie Meyer
 Sophus  Meyer
 Sophie Minden
 - Petersen
 Rasmus Petersen, Gartner
 Elisabeth Storm
 Christine Swane
 Natalie Zahle
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Duderne er nok duerne. På fynsk er der mange stumme d'er. Muligvis tror VL at der skal være d i midten af duerne.
 Madsen støjer i bageriet: Familien Larsens købmandsgård lå/ligger i Langegade 50, Kerteminde. Naboejendommen, som Larsen også ejede i 1885, Langegade 48, var Bagergården. 
 Røjlen: råsejl på skib (wikipedia) 
 Beslå: pakke sejl sammen på mast/bom for at hindre fremdrift (encyclopedia_danish.enacademic.com/2173/ Beslå)
 Kønigsberg hedder i dag Kaliningrad
 Christian Eckardt og hustru har sølvbryllup d. 1.6 1885. Den omtalte udstilling er på Charlottenborg.
 Den gamle Frederik er Frederik d. 7 (1848-1863) 
 Hvad grisens indhold skal bruges til: Sætningen refererer formodentlig til den sparegris, som Larsen-familien havde stående ovenpå deres bornholmerur. Den står stadig på dette sted i Alhed og Johannes Larsens røde stue på det, der nu er Johannes Larsen Museet.</t>
   </si>
   <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
     <t>Det var godt, at Johannes Larsen sendte en undskyldning til faster Thrine og fru Storm. Hvad syntes han om Chr. Eckardts billeder på udstillingen? Fik han afleveret frøken Zahles billede? Otto Bache har solgt et maleri for 7000 kroner. Alfred Eckardt tvivler på, at han kan komme til sine forældres sølvbryllup.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qTtv</t>
   </si>
   <si>
     <t>Modtaget den 23 April
 [Påtrykt:]
 J. A. Larsen
 Kjerteminde. [Håndskrevet:] den 24 April 1885
 Min kjære lille Ven!
 Jeg har det saa godt i Eftermiddag at Brevet maa straks igang. Du var ikke saa bedrøvet som jeg var fordi der ingen Brev kom afsted Løverdag for Tiden løb saadan fra mig og jeg var ene hjemme saa jeg kunde ingen raabe an til at skrive, her kom en Fru Petersen Moster til Urbans Kjæreste og vilde tale med din Fader og han kom ikke saa Tiden gik altfor rask jeg blev ved med at høre paa hende og tænkte du naaer det nok men nej det slog fejl saa om Søndag Eftermiddag maatte jeg skrive op til Farbroder Jacob Faster Thrine er nemlig bleven meget svag og kan ikke sove om Nætterne, der var saadan en Kjedsomhed med dem begge at jeg fik den Tanke at Ida Larsen kunde komme herover og løse Faster ad med Huusgjerning og saa kunde Thrine kommer derop og ligge paa Landet og faa Kraften det venter vi nu Svar paa, for at hjælpe paa hende foreløbig er hun flyttet ind at sove hos os, ligger nu om Natten paa det Værelse ved siden af vores og sidder om Dagen paa Fru Storms Stue, det har hjulpen nu sover hun godt og det er kjendt paa hende, Madsen støjer jo i Bageriet om Natten og her er jo stille saa det gjør vel meget, med det samme jeg er ved de to skal jeg hilse dig fra dem, de sagde da Du kjørte forbi, det er værst for ham selv for vi veed han bliver saa kjed af det; og da saa dit Brev kom kunde de saa godt forstaa at Duderne havde optaget dig saadan at du glemte at sige Farvel kjærlig Hilsen fra dem begge med Tak for din Opmærksomhed at give dem en Undskyldning ja det var rigtigt Johannes man skal altid erkjende naar man gjør Fejl.
 Det var det saa skal Du høre lidt om Alfred her var Brev fra ham igaar han var 28 Dage om Rejsen fra Spanien til England, megen Modvind, han fortæller om en Orkan der kom bag paa dem de vare nede at skaffe da Styrmanden kaldte alle Mand op. 5 beslog Sejl hvad de nu hedder allesammen, men Røjlen blæste fra dem og Storsejlet var beslaaet, ellers var Stormasten gaaet, der var ikke Tale om Hvile medens Stormen rasede men næste Dag var det godt Vejr igjen, han har kun svagt Haab om at blive afmønstret paa Kjøbenhavns Rheed for de skal gaa til Kønigsberg og derfra have Planker til Frankrig eller England og saa hjem til Danmark med Kul, det vil jo medtage en 3 Maaneder han vil jo saa inderlig gjerne hjem til Sølvbrylluppet maa Skipperen forbarmer sig over ham og lader ham slippe ved Kjøbenhavn saa faar I ham at see for da tager han lige hjem, der er deserteret 5 Mand, de to kom tilbage igjen, en Hollænder laante en blaa Trøje at gaa iland og blev borte med det samme var det ikke lumpent, Kokken er deserteret, saa maa Alfred som yngste Mand gjøre Tjeneste ved Gryderne men kjedeligt er det siger han for de gjør altid Vrøvl at Maden skal være bedre ogsaa fra Valdemar skal jeg hilse han glæder sig saa umaadelig til Hjemrejsen i sidste Deel af Maj ja maa de samles alle Børnene saa bliver det rigtignok en glædelig Forsamling 
 Johannes har du bragt Frøken Zahle sit Billede - og hvordan gik det Dig? og hvad synes Du om din Eckardts Billeder paa Udstillingen? siig mig ogsaa hvad Du synes bedst om af det altsammen; Otto Backes Malerie Køer der drives af Stalden er solgt til 7000 Kroner Det kan blive til noget - oh maatte Eckardt dog sælge - bed dog med os kjære lille Johannes
 Jeg kan udmærket godt lide Hr Zahrtman fordi han vilde raade Eder til at kjøbe nyttigt for Pengene istedet for Sold. oh Johannes drik dog aldrig noget som kan gaa i Hovedet fortæl mig hvad Du maler og hvad Du tegner og hvad du tænker og glæd mig med alt hvad du veed der interesserer mig og det gjør alt hvad der vedrører Dig vi venter ogsaa at faa at vide hvad Grisens Indhold skal bruges til om det er Skovtour 
 Nu begynder Foraaret at gjøre sig gjældende og vi har voldsomt travlt i Haven der bliver anlagt et 30 Alen langt Aspargesbed oppe i Haven der hvor de gamle Stikkelsbær stod der blev 5 Buske tilbage at plukke endnu i Sommer, Vilhelm græd ellers over dem kan Du tro - tænk nu paa ham i næste Uge skal han til Eksamen det er første Gang i den Skole gid det maa gaa ham godt den lille Ven han har i denne Tid gjort saadan Forretning med Frimærker han kjøbte hos Georg og solgte i Skolen tjænte sig en Krone og kjøbte saa Georg Seglsamling og er meget glad desuden har han tjænt en Krone til sin Sparekassebog. Lammene har det det godt og lille Adolph kom nu ind saa brun som en Tater og skal med ud at hente dem hans lille Træhest staar paa Græs derude og den skal nu hjem i Nat igjen - jeg skal nok passe paa Urtepotten og Frøken Minden har lovet mig den med den gamle Frederik paa saa har Du 2 gamle der en til med en rød Bordt med en sort Tegning vil du have den med kan du faa lad nu Rasmus give dig Skud der er grønne om Vinteren ogsaa
 Jeg blev forstyrret ved at en Gig fra Brocdorff væltede her i Porten og baade Drengen og Kudsken blev kastet ud heldigvis blev Hesten staaende og de slap med at Mixturen blev slaaet itu der er nemlig 3 Thyfus Pasienter derude nu, det er kjedligt naar saadan en Sygdom faar Indpas i et Hjem saa gaar den gjerne rundt
 Du kan tro jeg faar spadseren paa Markvejen nu Fader kommer og henter mig og saa afsted vi haabe det skal hjælpe rigtig godt, din kjære Fader har det rigtig godt og alle dine Søskende ere ogsaa raske det er Mejers Fødselsdag idag Farmoer er derude
 Naa min lille Skat nu lider det mod Enden og saa ønsker jeg dig alt muligt Godt Held og Velsignelse til dit Arbejde og Glæde af Gjerningen saa skal Du se naar du arbejder i Jesu Navn vil hjælpe saa Evnerne han har givet Dig kan komme paa rette Hylde Lev vel og Kys fra din Moder Hils Alle</t>
   </si>
   <si>
+    <t>1886-03-16</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>4000 Roskilde
+Revninge 5300 Kerteminde
+5466 Asperup
+Levring 8620 Kjellerup
+Scheelenborg 5390 Martofte
+5000 Odense</t>
+  </si>
+  <si>
+    <t>Anna 3 -
+Holger Begtrup
+Frederik  Bruun
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Valdemar Eckardt
+Marie Hansen, pige i huset hos Alhed og J. Larsen
+Niels Henriksen Kerteminde
+Erik  Jensen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+- Lassen
+Clara Lindberg
+Morten Pontoppidan
+Alma Wandahl
+William Wandahl</t>
+  </si>
+  <si>
+    <t>Familien Larsen er medlem af valgmenighedskirken i Kerteminde.
+Dykkere er ænder.</t>
+  </si>
+  <si>
+    <t>Der er uorden i Johannes Larsens snavsede flipper. Man venter spændt på resultatet af Christian Eckardts auktion. Den gamle valgmenighedspræst i Kerteminde er død, og det er vanskeligt at finde en ny.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nvKp</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst]
+J. A. Larsen
+Kjerteminde. den 16. Marst 1886
+Kjæreste Johannes!
+Mandagmorgen fik jeg Pakken, tog straks fat paa Trøjen vaskede den og idag er den hos Skræderen for at blive kantet og præsset den skal nok blive pæn min Ven hermed følger saa Mærker, Slips, Sæbe og om her ingen Penge bliver at faa saa vil jeg putte 1 Kr jeg har i Lommen paa Trøjen der hvor Mærkerne ere fæstede paa du modtog vel i Søndags Benklæderne Strømperne og 10 Kr som Du skulde bruge til Skolepenge
+Flipperne begriber jeg ikke du fik 11 med Dig og her er kun 4 af Linnigerne, de 2 andre ere jo fremmede Menneskers hvor faar du dem fra Johannes nu vasker vi dem og gjør saa Rede for at give dem til Ejeren, min Ven vi skal vaske imorgen og skal om alting gaar som vi tænker afsende Pakken med det rene Tøj Fredagmorgen; Vejret er ellers slemt i dag ingen Kjøbenshavnspost i dag Togene sidde vist fast i Nærheden af Roskilde vi vente med Længsel for at see Udfaldet af Eckardts Auktion, Billederne stod saa godt omtalt baade i Politikken og Nationaltidende, vor Herre forbarme sig dog over ham den flittige Mand, at der maa komme nogen ordentlig Indtægt ind for nu kan Fader ikke blive ved i disse daarlige Tider for Handelsmanden imorgen er det Valdemars Fødselsdag og Fredag er det Alfreds tænk dog han er 20 Aar og er ikke kommen i nogen Stilling endnu, det er ogsaa tungt at der ikke er bleven en Plads for ham havde han dog blot havt Lyst til Søen saa kunde han jo godt have gaaet ind efter og derved tjent Overskud men raade dem noget vilde vi ikke for det maa jo dog komme fra ham selv hvad han afgjort har Lyst til hvor det er godt at Valdemar er saa fornøjet med sin Gjerning og tilfreds hos de Mennesker han er hos.
+Der kommer ingen af os til Revninge for at høre Begtrup jo Henriksen og han hørte at Folk spurgte om han ikke vilde være Præst men Svaret lød nej dertil føler jeg ingen Kald, idag prædiker her en Pastor Lassen fra Asperup og mulig kommer her i næste Uge en Pastor Brun fra Levring som seer ogsaa er paa Listen, rigtignok er her Ængstelse, for hans Gjæld er 11,000, og det er Menigheden bange for, her bliver vist et uroligt Møde for her er nu saa mange Partier der har en Candidat, skade at vi ikke fik Pontoppidan for der var omtrent Alle enige, men vor Herre har vel nok en til os, [tilføjet i margen] Onsdag
+for Fru Lindbergs Vedkommende er det jo godt for hun faar da Ro til at gaa ud af Hjemmet hun er en lille stærk Kvinde, vil ikke holde fast Pige – nu 1 Marts rejste Marie Hansen og saa har hun en lille Bypige – i Sommer skal hun saa blive her i Byen, deres Huslærer Erik Jensen har meldt sig som Stifter af en Skole, om han faar tilstrækkelig Antal jeg vilde ønske det for han er bestemt en dygtig Mand Sløjdskole vil han ogsaa have
+Din Trøje er rigtignok ikke kommen endnu; men om lidt naar Anna faar fejet skal jeg have hende derhen igaar fik vi ingen Kjøbenhavns Post vi blev ved at vente i Aftes om der ikke skulde komme en ridende Post.
+Nu kan Du tro her seer ud som Vinter de kan gaa til Romsø og Isen er over 1 Alen tyk ved Langeland skal der være høje Isbjerge det var interessant see dem
+Vilhelm var med Fader paa Scelenborg i Søndags og saa der Vildænder de havde fanget med Hænderne saa forsultne og udmattede var de; men nu var de blevne plejede og befandt sig overmaade vel; mange Bønder havde gjort lignende Fangst, naturligvis spist dem [overstreget]igje
+Vi fik igaar til Middag smaa Dykkere de smagte dejligt ja hvor har vi det godt lille Barn tak dog Gud Fader og bed af hele dit Hjærtes Godhed den Bøn giv os idag vort daglige Brød saa beder Du for alle fattige Stakler, jeg skal fortælle Dig et lille Træk af Nøden i Odense
+Fragtmand sagde det til Fader igaar, der er en Brygger Jørgensen som havde lagt mærke til et Barn der daglig kom efter et Fad Mask og da han spurgte hvad de brugte det til vilde Barnet ikke svare ham, han gik da en Dag bagefter for at se selv og da han kom ind sad de og spiste af Fadet, hvilken en Nød kjære Barn, Manden sagde til Forklaring jeg kan ikke sende mine Børn ud at tigge og vi ejer intet, Jørgensen gav dem 10 K og lovede at have Omsorg for Hjælp til dem – ja det er noget der kan blødgjøre et Hjerte, vi se i de mindre Byer dog bedre hvor Trangen er - Fader er saa glad i Aar ved Bespisningen der faar 150 Mad 3 Gange ugentlig og den private Godgjører er virksom i Vinter
+Her skal jo nu spilles af Dilletanter naar Vandal kommer og lige før Paaske igjen da skal Margrethe spille med Du faar kjøbe dig en amerikansk Flip min Ven Pigen sagde ikke til igaar at hun var uheldig med Tøjet saa nu maa vi sende dem med næste Post – nu er Klokken saa mange at jeg maa stoppe men saa skal jeg skrive igjen imorgen
+Lev vel nu min egen Ven og Gud glæde Dig alle Dage
+Din trofaste Moder
+glem nu ikke at see Lommerne efter det ene Slips er til daglig og det andet kun til Søndag
+Kjære Johannes,
+Du glemte igjen hvad jeg Skrev til Dig om at sende mig den Dukkelampe naar du sender Dit Snavsetøj, men glem det nu ikke igjen for jeg vil saa gjærne have den til at sætte i min Dukkestue det vil Du nok ikke sandt. Kjærlig hilsen fra Din Søster Christine</t>
+  </si>
+  <si>
+    <t>1886-04-24</t>
+  </si>
+  <si>
+    <t>Nordskov Fynshovedvej 5390 Martofte
+Risinge Gods 5540 Ullerslev</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Christian Eckardt
+Margrethe  Eckardt
+Frederik Falkenstjerne
+Anders Klinkby
+Georg Larsen
+Marie Larsen
+Vilhelm Larsen
+Karl  Mantzius
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Nordskov ligger på Hindsholm, hvor Johannes Larsen gik på jagt og malede. Her opholdt han sig i sommeren 1886 med sine venner Godtfredsen, Wandahl, Kyhn og Mollerup. (Ernst Metze: Johannes Larsen. Berlingske Forlag 1955)
+Den lille kirke er valgmenighedskirken Emaus i Kerteminde. Den store er Skt. Laurentius, den almindelige folkekirke i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal være sammen med venner i påsken. Der kommer en mand for at se på landstedet i Risinge. Der er endnu ikke fundet en ny valgmenighedspræst. Stillidsen vender tilbage til huset og flyver ikke væk. Man skal prøve at finde et godt sted i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AqEQ</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 24 April 1886
+Kjæreste Johannes!
+En glædelig Paaskefest det vil vi af Hjertet ønske Dig at du ret maa faa Følelsen af Opstandelses Glæden jeg sidder næsten og bliver bange for at du ikke naar at faa Brevet; men maaske Frøken Bendal nok sender det ud til Dig – Hils nu alle dine Venner fra os ogsaa Klingbys skal Du bo hos dem eller hos Mantsius
+2 Paaskedag kommer her en Mand og han vil se paa vores lille Landsted ved Risinge blot han dog vil kjøbe det saa faar vi vores Penge ind der det er 4000 det vil jeg rigtignok ønske min Ven ja nu er her Sommer vi saaer i næste Uge og travlt er der alle Steder.
+Vi skal nok see at faa et godt Sted til Eder i Nordskov – Gud Fader give os en glad Sommer- at vi maa blive raske.
+Vi skal ingen Gudstjeneste have i Helligdagene i den lille Kirke men saa gaar vi jo i den store Hr Falkenstjerne var her igaar og prædikede for en stor Forsamling Georg og Vilhelm ere meget forkjølede, pas Du paa Johannes saa godt du kan
+Dine Søstre ere i Skoven for at plukke Blomster som Dine saa smykker Stuerne med Margrethe skal synge paa Mandag det har jeg nok fortalt Dig engang
+Det har gjort Markussen ondt at han ikke fik hilst paa Dig han ønskede saa meget at se Dig
+Stillidsen holder saa meget af at være her at jeg knap troer den flyver vi prøvede straks i Torsdags og Vinduerne stod længe aabne ja Vilhelm kostede den endogsaa ud men den kom straks ind igjen det er nu morsomt at see Vinduet stod aabent Vandkop og Æde i sammen Rum og den vaskede sig og pudsede sig og kiggede ud men kom ind igjen – vi har beholdt den for din Skyld maaske den vil blive til Du kommer hjem ja der er ikke saa lidt for mig at gjøre endnu – derfor kom min bedste og kjærligste Hilsen
+Ekardt Stykker taler du ikke om synes Du ikke de [tilføjet] er unikke men det vil du maaske helst fortælle mundtlig. Din egen Moer</t>
+  </si>
+  <si>
+    <t>1886-11-20</t>
+  </si>
+  <si>
+    <t>Ladby Vikingevej
+Långaryd Sverige
+5390 Martofte
+Fynshovedvej 698 Nordskov 5390 Martofte
+Kerteminde
+Dræby  </t>
+  </si>
+  <si>
+    <t>Ingeborg  Delcomyn
+Frederik Falkenstjerne
+Charles Godtfredsen
+Svend Kyhn
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Larsen
+Vilhelm Larsen
+Marie Meyer
+Niels Mollerup
+Fuldmægtig Nielsen
+Morten Pontoppidan
+Anton Frederik Schondel
+Christine Swane
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>De unge malere boede hos en gårdmand i Nordskov (Ernst Mentze: Johannes Larsen - Kunstnerens Erindringer, Borgens Forlag 1955)</t>
+  </si>
+  <si>
+    <t>Mollerup laver komedie med børnene om aftenen. Han, Kyhn og Godtfredsen maler i omegnen af Kerteminde og kommer på besøg hos familien Larsen. Grundet nogle brande i Dræby får Johannes Larsens far solgt en del tømmer til genopbygning. Der skal opføres en stationsbygning med telefon i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/r2ez</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 20 November 1886.
+Kjæreste Johannes!
+Saa hjærtelig Tak for Dit længere Brev ja se saadan er det jeg vil have det, Du skal blot naar Du sætter Dig til at skrive bilde Dig ind at Du taler med mig saa skal Du se den gaar som den var s[ulæseligt] Du kunde jo til Eksempel godt have sagt mig hvad Falkenstjerne og Pontoppidan havde talt om; men nu ved Du det til en anden Gang. Jo rigtignok er det Meningen Du skal hjem at holde Juul Johannes om alting maa falde sig som vi haabe med Helbred og Vejrlig jeg skal se at faa noget Fodtøj besørget til dig alting skal komme med i næste Uge tænker jeg; maatte det gaa over med den Forkjølelse lille Johannes naar jeg nu seer at Sygdom kan trække saadan ud som med Georg saa tigger vi rigtignok vor himmelske Fader om Sundhed og Kræfter, Doktoren har endnu ikke givet os Lov til at faa ham op, da der endnu er Feber bed dog med os at vi snart kan faa ham op saa jeg kan komme ned at passe mit Huus og Børn igjen Jeg skal takke Dig for Besørgelsen af Pakken til Marie, Mollerup seer jo nok at Børnene mangle lidt Sammenhold og saa har han funden paa at fylde Aftenen med denne Komedie der er vores Børn alle, Adolph med, han er Page og har en Sætning at sige, du kan tro han er dyr naar det staar paa, Marie Mejr og [ulæseligt navn] og Peder Larsen, Anton Schondel Teodor Nielsen Ingeborg er Kejser og Marie Prindsesse Vilhelm Hofnar og Dine Hofdame, Marie Meyer Politibetjent, nu nok herom saa vil jeg fortælle Dig en glædelig Nyhed midt i al denne Alvor, der er brændt 2 Gaarde i Dræby og dem skal Fader sælge til, og de er kommen uden at der er gjort dem noget Tilbud og Manden her var idag har fortalt at Tømmerhandlere 5 i Tal har sendt ham Priser; nu i Eftermiddag kom 3 Mand fra Ladby og kjøbte til et Folksmejeri saa Du kan tro han er glad – den kjære kjære Fader – Gud styrke ham dog til den store Gjerning han har – ret snart maa han til Sverig saa faar Du ham at se jeg skal bede Dig sige til frøken Bendal at paa Mandag sender Fader Penge til hende som hun saa har Tirsdag
+Mollerup rejser idag til Martofte [overstreget] igjen men kommer vist hjem til Tirsdag igjen Kyhn havde vi ventet idag men nu er det saa sent at det er opgivet. Godtfredsen kommer ind Fredag i næste Uge Johannes der er paatænkt en Stationsbygning opført i Nordskov med Telefonledning ind til Kjerteminde for Strandingerers Skyld, her var en saadan forleden Aften Fuldmægtig Nielsen rejste om Aftenen og kom først hjem næste Morgen, jeg tænker Godtfredsen har malet en ordentlig Mængde jeg glæder mig til at se Smedien 
+Kan du dog ikke forstaa at det interreserer mig hvad du maler nu tænker jeg paa Dig ved Arbejdet ogsaa vil jeg nok med det samme omtrent se hvad Du har for Dig har du Glæde af det du maler hvad siger Din Lærer? Har Du senere besøgt ham Du maa nu endelig skrive snarest naar du faar Papirer om du ikke har saameget at vi faar Brev imorgen.
+Ja nu er det snart Posttid saa jeg maa nok nu sige Farvel og Lev vel mit elskede Barn og Gud velsigne bevare og styrke dig til hvad du skal udføre
+De kjærligste Hilsener fra din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1895-09-27</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Faaborg, Fyn
+Fynshovedvej 421, 5390 Martofte
+København 
+Odense</t>
+  </si>
+  <si>
+    <t>V.J.L.  Bøttern
+Margrethe  Eckardt
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Albert Carl Emil Mohr
+Jens Olsen
+Christian Seydewitz
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Muligvis er Johannes Larsen cyklet fra Kerteminde til familen Syberg i Svanninge med hunden Tjalfe ved siden. Tjalfe er muligvis den nye hund, som Johannes Larsen skulle hente i et tidligere brev (1895-07-12) og som er gengivet på en akvarel fra 1896.
+"Addy" er et skib, som er ejet af købmand I.A.Larsen, Johannes Larsen far.
+Tidende = tiende. Helt frem til 1920'erne afleverede bønderne tiende af deres afgrøder til herregårdene. De omtalte forhandlinger er muligvis om, hvorvidt I.A.Larsen og konsul Bøttern kan få lov til at købe korn og agere selvstændigt ved salg, eller om de skal agere som mellemmand for Scheelenborg Gods.(Kilde: Hovedgårdsregistrering i Fyns Amt, 1995 og Erland Porsmose) 
+Familien Larsen kender flere ved navn Nielsen. Det er uvist hvilken Nielsen, der er tale om. Konsulens søn er muligvis Kaj Julius Bøttern (11 år).</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen er vred over manglen på breve fra Johannes. Der skal forhandles om priserne på tiende-korn.
+Jens Olsen har reddet 6 mand fra at drukne. I. A. Larsen har været til jagtgilde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5Wrr</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 27/9 95
+Kjære Johannes!
+Her er saa Kassen og Posen samt Vilhelms Bøsse – Nu har vi sendt hvad Lommen formaaede mere en anden Gang – ”Addy” kom igaar saa vi naaede at faa Bøgerne med det er du vel glad ved?
+Dit Brev var altfor kort det er underlig du ikke kan forstaa at vi savner en fuldstændig Beretning om Touren derned – vær saa god at give den i næste Brev – hvordan har ”Tjalfe” det oven paa Løbetouren 
+Du huskede heller ikke at ønske Agraren tillykke han var 17 Aar igaar og jeg havde dog husket dig paa glem nu ikke min for det vilde bedrøve meget, Klaks kom der dog Brev fra igaar.
+Konsul Bøttern og Søn kom ridende nu i dette dejlige Vejr. Godsforvalteren Scheelenborg skal ogsaa komme, der skal vistnok handles om Tidendekornet – maatte vi dog blot faa det, at vi ikke skal bruges til at drive Priserne op for de gode Herremænd.
+Jeg maa da huske at fortælle dig at Jens Olsen i den stærke Storm i forrige Uge – reddede 6 Mand fra en Skonnert der var lastet med Kul – Vandet steg 3 Fod paa nogle Timer saa de naaede nok lige at faa dem ombord saa sank den, vi mistede vores Baaed den blev slaaet itu ved Ophalingen, først forsøgte Olsen at kaste en Trosse og Redningskrands, den naaede godt nok ombord men Mandskabet turde ikke derfor maatte Jollen ud hvor det maa være et højtideligt Øjeblik da de frelste saa deres eget Skib gaa tilbunds
+Saa skal du her høre lidt om Jagtgildet Fader gik med Nielsen og Georg derned de fik Harer og Høns samt Kaffe – vores kom hjem da der var spist og Nielsen blev til Kl. 1. der var stor Munterhed over en Sang af [Seydewitz] Du kan nu selv læse og maaske Syberg kender Melodien - S var hel umulig tilsidst
+Margrethe kommer her sidst i October. I November er hun Vikar i Kjøbenhavn
+Hils dine Husfeller mange Gange og vær nu endelig flittig kjære kjære Johannes – husk hvad der gaar kommer aldrig tilbage
+Hør dog hvad jeg siger – der er vel ingen der mener dig det bedre end din Moder som altid beder for dig om al mulig Velsignelse for dig til din Gjerning
+Kassen Posen og Bøssen afgaar med Fragtmanden til Odense i morgen tidlig og til Jernbanen med det samme saa ved I vel selv naar I kan hente det i Faaborg</t>
+  </si>
+  <si>
     <t>1896-07-24</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Nordskov, 5390 Martofte, Danmark
 Odense, 5000 Odense, Danmark
 Klinten, 5300 Kerteminde, Danmark
 Højby, 5260 Odense, Danmark</t>
   </si>
   <si>
     <t>Albert Gottschalk
 Christine Swane</t>
   </si>
   <si>
     <t>Godset Erikshaab ligger midtvejs mellem Faaborg og Odense nær Brobyværk.</t>
   </si>
   <si>
     <t>Johs. Larsen skal til Fynshoved for at tegne. Albert Gottschalck skal evt. med. Han har malet en skitse på Lundsgårdklinten. På onsdag rejser Johs. Larsen til Sverige.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/YMmj</t>
   </si>
   <si>
     <t>Kjerteminde 24 Juli 1896
 Kære Alhed!
 Mange Tak for sidst! Jeg sidder her og venter paa en Vogn fra Nordskov som jeg skal køre med derud for at tegne og male ude paa Fynshoved Gottschalk tager med hvis han naar at komme hjem inden jeg er væk. Vi kom hjem Kl. henad 3 den Nat. Kl. 10 kom vi til Højby Uglen ville endelig have Kaffe og Vinerbrød i Kroen saa der gik en 20 Minutter inden vi kom af Sted og da vi naaede Gels Kro sendte jeg dem ned i Bækken for at skylle deres Fødder men jeg faldt i Søvn paa et Rækværk. Da vi kom hjem spiste vi en Del Honningmad og drak Mælk til. Det lød for Resten ikke til at overraske Nogen at jeg ikke var kommen før. I Aftes var jeg ude i Klinten og malede en Skitse af Motivet. Vejret var aldeles lige som den Aften vi var derude. Paa Tirsdag skal jeg altsaa til Odense med Tjalfe og paa Onsdag skal vi sejle til Sverige med Kuffen ”Vilhelm”, siger Fader. Nu maa jeg vist holde op for at være parat naar Vognen kommer.
 Vil De hilse dem alle sammen paa Erikshaab! Mange Hilsner til Dem selv fra 
 Deres hengivne
 Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-05-28</t>
+  </si>
+  <si>
+    <t>Carl Høyrup
+Vilhelm Larsen
+Christian Møller, maler
+Theodor Oppermann
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Kertemindebanen (jernbane) er ved at blive anlagt. Den gik på strækningen Odense-Kerteminde-Dalby og blev senere udvidet fra Dalby til Martofte på Hindsholm nord for Kerteminde.
+Banen blev indviet i april 1900. I Kerteminde var banegraven lige bag Svanemøllen, som I.A. Larsen ejede. Johannes og Alhed Larsen byggede i 1901-2 deres villa ganske tæt på Svanemøllen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på dekorationer til dørene på herregården Ulriksholm.
+Pæretræet er afblomstret, så han kan kun male på omgivelserne på billedet af det.
+Billedet af guldregnen bliver heller ikke færdigt i år, da træet kun har få blomster tilbage.
+Der arbejdes på nyanlæg af jernbane i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zfJQ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 Maj 1897.
+Min egen Kæreste!
+Som du meget rigtigt bemærker, var jeg lige ved at blive overrasket ved at faa Brev fra Dig i Gaar, men jeg havde dog lige i Forvejen tænkt paa at det vilde være rart om der kom et. [I Dag] har det regnet hele [Dagen] saa jeg far ikke [noget af papiret mangler] male paa mine [Bille]der, jeg har derimod [noget af papiret mangler] et af de Billeder til Dørene paa Ulriksholm med Pariserblaat paa et Stykke hvidmalet Pap for at øve mig. I Eftermiddag har jeg ikke bestilt stort andet en[d] at skrive Breve, nemlig til Christine, Oppermann, Peter og min Kæreste. Pæretræet er nu afblomstret, men jeg er egentlig naaet videre med det end jeg havde ventet og jeg kan ogsaa nok naa lidt paa Omgivel[serne] endnu, jeg skal [noget af papiret mangler] at have begyndt [noget af papiret mangler] Guldregnen, men [den] bliver jeg heller ikke færdig med i Aar, da der kun [noget af papiret mangler] faa Blomster paa den. Jeg tænker at jeg kan komme ned til Dig først i Ugen efter Pintse. Klax var her Brev fra i Gaar han fik ogsaa 1ste Karakter til denne Examen men stadig ikke mere end nødvendigt. Han har jo nu kun et Fag, Landmaaling tilbage og deri skal han have mg. for at blive [Kan]didat med 1ste Karakter. [noget af papiret mangler] ulde have set en [noget af papiret mangler] lig Ugleunge, som [noget af papiret mangler] lille Fætter A[ulæseligt] var inde og vise os i Aftes da vi sad og spiste, den [saa] ualmindelig værelig [og] fornuftig ud. Maler [Møller?] skød forleden en Raabuk og i Forgaars Aftes var jeg deroppe og fik Dyresteg og Annanasfromage. Her arbejdes voldsomt med at stikke Banelinjer af for Tiden der er allerede lavet en Mængde, en af dem gaar op i mellem Møllen og Høirups Hus og skærer [noget af papiret mangler] og 3 af vore Marker [noget af papiret mangler] Nu Farvel for den[ne Gang] og mange kærlige [Hils]ner fra din hengivne 
+Johannes Larsen.
+Det er ellers nogle smukke Breve Du sender
+[Tegning]
+Det er sandt jeg lovede Dig [noget af papiret mangler] idst at sende en Teg[ning] af en af dem jeg skul[de la]ve paa Dørene her [noget af papiret mangler] er den, er det ikke [noget af papiret mangler]?</t>
+  </si>
+  <si>
+    <t>1901-12-15</t>
+  </si>
+  <si>
+    <t>Nordskov</t>
+  </si>
+  <si>
+    <t>Martofte
+Fyns Hoved
+Salby, Kerteminde</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Georg Larsen
+Johan Larsen
+Marie Larsen
+Peder Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Turen til Fyns Hoved var, så vidt vides, Fritz Sybergs første til denne lokalitet. Syberg beskrev samme udflugt i breve til sin kone Anna. Disse findes også i databasen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg er blevet kørt til Martofte, hvor de har efterladt deres kufferter, hvorefter de gik til Nordskov. De bor hos Peder Nielsen og har spist godt samt gået på Fyns Hoved.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zVbT</t>
+  </si>
+  <si>
+    <t>Nordskov Søndag 15 Dec 1901.
+Kæreste Alhed!
+Vi kom godt herud i Gaa[r efter] en lille rask Spaseretur fra Martofte, længere kunde [noget af papiret mangler] nemlig ikke køre. Han kørte saa ind hos Niels Petersen og hvor vi blev styrkede med [noget af papiret mangler] og Kager, og fik de vigtigste [noget af papiret mangler] tømt ud af Kufferten og lavet til en Randsel. Jeg fyldte i Tasken hvad der kunde være og pakkede Tæppet i Papir og Islænderen uden om og bandt det hele sammen og Baronen fik sin Bagage paa Ryggen som Tornyster. Det værste ved Turen var for mig at Sneen klampede saa voldsomt under Træskostøvlerne jeg var en Del træt af at gaa og sparke den af. Vi var [ikke] ventede her, men fik [ikke] destomindre et udmær[ket] Foder bestaaende af varm [noget af papiret mangler]ul og Faarekød og Smør[og]brød og bagefter Kaffe og [Ju]lekage. Her er 4 Smaa Piger [me]d Træsko der spiller Boldt omkring mig og gør et allerhelvedes Spektakel og skubber til Bordet hvert Øjeblik. Vi gik tidlig i Seng og stod op Kl. 7 og spiste Øllebrød og gik derefter ud til Fyens Hoved hvor vi gik omkring til Kl henad 1 i storartet Vejr og nu sidder vi her igen. Kufferten er ikke ankommen endnu men jeg giver den i et Par af Peder Nielsens Buxer. Toget sidder nok fast ved Salby det siger [de] da her, saa det er v[el] usikkert om dette na[ar] Dig i Morgen. Grossereren huskede vel at sendt Kul op til Dig. Jeg savner Jer egentlig temmelig meget og jeg vilde ønske Du kunde være med paa Turen. Vi skal se at komme lidt før ud i Morgen tidlig. Ligger Marie ovre hos Dig? Jeg faar vel et Par Ord fra Dig om hvordan det gaar. Er det Dig de havde sat Grossereren til at spørge i telefonen i Gaar om vi var [ko]mmen herud. Jeg skal [hi]lse Dig fra Baronen. [Vi]l Du hilse de andre. [M]ange kærlige Hilsner [og] Kys til Jer 3 fra
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1901-12-16</t>
+  </si>
+  <si>
+    <t>Martofte
+Nordskov
+Mejlø, Fyns hoved</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Peder Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og Johannes Larsen boede under opholdet hos Karen Marie og Peder Nielsen på Dyrbjerggaard i Nordskov.
+Fritz Syberg beskrev samme tur til Fyns Hoved i et brev til hustruen Anna 16. december 1901.</t>
+  </si>
+  <si>
+    <t>KB</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg (Baronen) er på Fyns Hoved. De tegner og ser på fugle og spiser en masse mad hos deres værter i Nordskov. Larsen forsøgte at fange en vingeskudt gås, men det lykkedes ikke. Husværten, Peder, fangede den senere. Fritz Syberg har tegnet Johannes Larsen bag en vold af tang, de byggede på Fyns Hoved/Fyns rev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oZ9i</t>
+  </si>
+  <si>
+    <t>[Nords]kov 16 Dec. 1901.
+Kæreste Alhed!
+Nu er vi igen færdige med vores Dagsværk. Det har været et dejligt Vejr her i dag. Vi var ude ved Revet lige ved Daggry, vi havde bygget os et Par Skanser af Tang der i Gaar og anbragt os saa der til Morgen, jeg for at se paa Fugletrækket og Baronen for at tegne [noget af papiret mangler] derefter gik vi en Tur rundt [noget af papiret mangler]rnen og saa tilbage til [noget af papiret mangler]erne igen og efter at have [noget af papiret mangler] der lidt gik vi hjem [og spiste] til Middag hvorefter [vi sejle]de over til Mejlø og gik rundt der i Eftermiddag. Baronen har lidt bedre Appetit i Dag og jeg æder som en Tærsker, en stor [noget af papiret mangler] Øllebrød Kl. 7 om Morgenen med Smørogbrød og Kaffe og Julekage ovenpaa en gevaltig Masse til Middag og da vi kom fra Øen i Eftermiddag satte jeg 4-5 Stykker Smørogbrød 3 tykke Løftepandekager derefter atter 3 Stk Mad med Rullepølse og et Stk Ostemad et Par Snapse, Øl og Kaffe m[noget af papiret mangler]kage til Livs u[den paa] mindste Maade [at føle] mig generet af d[et]. Det er nogle dejli[noget af papiret mangler] vi foretager og vi [noget af papiret mangler] en hel Del Vild[noget af papiret mangler] Raadyr, Harer, Svaner Masser af Graaænder [noget af papiret mangler] Ederfugle har vi ikke set saa mange af, ja i Gaar Formiddags trak de en Del forbi ude ved Revet, men i Dag var det temmelig sløjt derimod saa vi nogle Aalekrager, den ene temmelig nær ved. I Gaar saa vi en vingeskudt Knortegaas som jeg gjorde Forsøg paa at fange men den [noget af papiret mangler] i Vandet for mig [noget af papiret mangler]talte det til Peder [noget af papiret mangler]en da vi kom hjem, [og han g]ik saa ud efter den [og var] heldigere og kom hjem [med] den. Vi har endnu ikke faaet Kufferten fra Martofte, ligesom vi heller ingen Breve har faaet men de maa vel [komme] i Morgen. Jeg gaar og fryser i Morges savnede jeg i høj Grad min Lammeskindshue, men nu vi har faaet stille Vejr har jeg jo ingen Brug for den, det skulde da være for at lapse mig med den paa de Tegninger Baronen lave af mig. Vil Du hilse lille Puf og den lyse fra mig og kysse dem [noget af papiret mangler] hils ogsaa de andre [noget af papiret mangler] kærlige Hilsner fra 
+Din 
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Sophie Meyer
+Johan  Norden
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>De gode malere er Johannes Larsen og Fritz Syberg. Christine Swane går på Fritz Sybergs Malerskole for Kvinder i København. 
+Salby, Martofte og Nordskov er byer på halvøen Hindsholm, nord for Kerteminde. Fyns Hoved er den nordligste spids af Hindsholm. 
+Erikshaab er Alhed Larsens barndomshjem ved Sallinge nord for Faaborg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Malerne er taget til Hindsholm i voldsomt snevejr. Fritz Syberg mener, at Christine Swane er en af hans mest talentfulde elever; men hun skal tro på sig selv. Alhed og Johannes Larsen skal holde jul på Erikshaab. Fritz Syberg har foræret Marie Larsen nogle tegninger til "Historien om en moder".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UgIn</t>
+  </si>
+  <si>
+    <t>Kjærbyhuus Mandag
+Saa kom de gode Malere afsted i et rigtig Vintervejr det stormede og snede saa voldsomt at de kom ikke længere end til Martofte saa gik de den ½ Mil til Nordskov Fader telefonerede om Aftenen men da vidste Smeden ingen Besked men lovede at telefonere om Søndagen Faer gik saa derned igjen og da vidste han at de var kommen Lørdagaften og allerede gaaet til Fyenshoved Søndagmorgen Kl. 9 her har ikke senere været Forbindelse med Hindsholm et tog blev siddende i Salby Lørdagaften først nu kom et Locomotiv med 1 Vogn med Arbejdskraft til at rydde længere frem 
+Det er underligt at være saadan afskaaren fra Omverdenen
+Jeg skynder mig at sende denne Seddel at Du kan faa nogle Malervarer saa hurtig som muligt Tusind Tak for dine Breve som glædede mig meget, ogsaa Syberg Besøg; han havde Baronens Billeder med til Marie fik hans Billeder til en Moder og hvor hun blev glad og jeg med kan du tro
+i Samtalens Løb sagde han uopfordret jeg er glad ved Skolen Uglen er den der har mest Malertalent blot hun vil lade være at tabe Modet naar hun kjører fast, bare klemme paa igjen og det vil du jo kjære Dinemor – vi er saa mange der tro paa dig som Maler brug dog de Goder der er dig betroet, spille jo rigtignok skal du tage imod al den Hjælp du kan faa men det kan vi tale om i Julen der er ikke længe til Gud ske Lov jeg skal se Eder Alle
+de rejser først til Erikshaab lille Juleaften Saa du faar dem at se Klaks kommer om søndagen før Jul og bliver 8 Dage hjemme han sendte en Hare som blev spist Faders Fødselsdag Georgs og [ulæseligt navn] og Las’ var her Meyer og Norden om Formiddagen Vennerne om Eftermiddagen saa her var rigtig Fødselsdag
+Nu gaar Fader med Brevene til Sukkerkogeriet og saasnart Banen er ordentlig farbar skal han ud at hæve Pengene og saa kommer vi lille Ven
+Marie er i Kjøkkenet vi vadsker
+Kjærlig Hilsen
+Her er saa koldt jeg kan knap holde Ben[ulæseligt]
+Kjære Dine
+Nu kom her Brev fra Marie og Vilhelm saa du faar Underholdning Det er storartet at Marie kommer med nu
+Du maa nok saa faa til Kjøberen for Marie maa jo have en ogsaa skriv nu endelig til mig hvad vi skal ud med til Frokosten at jeg kan være forberedt
+Hils Alle i Hast
+Din glade Moder</t>
+  </si>
+  <si>
+    <t>1902-8</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Ludvig Dahlerup
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Vilhelm Larsen
+Otto  Meyer
+Julie Mohr
+Fritz Syberg
+- Sørensen
+Skjold Tang</t>
+  </si>
+  <si>
+    <t>Nordskov er en lille by på halvøen Hindsholm nord for Kerteminde. Julie Mohrs far er godsforvalter på Scheelenborg, som ligger ved Martofte på Hindsholm. Ida og Otto er søskende til Julie Mohr.
+Det er uvist, hvem mægler Jørgensen og Mørk Hansen er. Sagen om kaution, handler muligvis om nogle villagrunde tæt på Møllebakken. De blev, i 1903, overtaget af et konsortium efter en konkurs. (Kurt Risskov: Feden, Baronløkken og Drejet. Historiske huse i Kerteminde II. Østfyns Museer 2018, s. 116 f )</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen med børn er på besøg i Nordskov, hvor Johannes Larsen maler. Der er muligvis problemer med at få betalt for arbejdet på villaen på Møllebakken. Muligvis kan Vilhelm, Johannes Larsens bror, få arbejde med at måle skove op ved Scheelenborg Gods.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fpfL</t>
+  </si>
+  <si>
+    <t>Lørdag
+Kjære Johannes!
+Det var da godt du endelig en Gang kunde faa et lille Ord herud – jeg længes saa meget efter Eder, jeg blev saa glad igaar Julie Mohr fortalte at lille Lyse siger Farfar naar han seer en Mand med Skæg og bredskygget Hat saa huskes vi da. Jeg synes det er meget længe siden I rejste derud, men Gud ske Lov at du er glad i dit arbejde og har din kjære Hustru og Børn omkring dig. Du kan tro jeg opsætter ikke med at sige noget om Huset naar jeg havde haft noget at skrive men først for 2 Dage siden kom Dallerup hjem, efter forskjellige Forsøg med Kaution, fandt Faer paa Mejr og Mægler Jørgensen som staar for Landbosparekassen var villig til at anbefale Syberg og Mejr, Faer gik straks til Dallerup og fortalte ham dette men han var i fuld Fart med at skaffe en Mand der vilde sætte Pengene i det og det var meget bedre. Skjold Tang havde meddelt ham at du var rejst ud til Nordskov og sagt nu kan I selv om det jeg vil ikke have mere med det at gjøre, og det kan jeg saa godt forstaa var Dallerups Ord. Ja Johannes det bliver en Glædesdag da du faar Penge og kan betale dine Arbejdere.
+Vi har begyndt at kjøre Hø fra Stranden, idag skal der vist kjøres Rug om det dog maa blive Tørrevejr. hvordan staar det til nordpaa med Høsten. Her er kun Rugen høstet jo enkelte har begyndt at høste Hveden; men det naaes vel altsammen om vi har Taalmodighed
+Jeg skal nu ned til Georgs om lidt naar Smørret kommer fra Mejeriet Hønen og da I sender Bud efter saa meget hos ham kan I vel nok bruge et Par Snese Æg jeg tager dem nu med derned saa seer jeg hvor mange jeg kan faa med. Hvad tænkte du dog kjære Alhed at jeg sender Linned som ikke var strøget men de kom med saadant Hastværk og bagefter fandt jeg Bælte Krave og Pufs Forklæde her er en hel Del mere Tøj vasket men jeg vil ikke idag sende for meget, Marie havde taget mere med men nu er det jo godt at det kan ligge rent til I kommer. I maa endelig sende mig Bud naar I tænker at komme hjem at jeg kan faa Haven lidt i Orden jeg lukker op derovre i Eders lille herlige Hjem naar Solen skinner og lader trække helt igjennem og saa gaar jeg og snakker med Eder og faar ingen Svar. Allerup har været heroppe med [Pootu…] han var helt begejstret for begge Villaerne ja Hr Larsen jeg kom straks naar ikke min Samvittighed var [saa øm] overfor Sørensen, han har nylig havt fat i min Kone jeg tænker da ikke deres Mand tager fra mig; men det vil jeg sige dem, jeg tør slet ikke lade min Kone komme herop for hun er saa energisk at hun ikke helmede før vi tog herop. Fader vil saa nødig herfra dette lille Hjem. Der er kommen saadan en velgjørende Ro over mig siden jeg har lagt alle mine Sorger i min himmelske Faders Haand jeg veed saa vist og jeg troer saa sikkert at han vil hjælpe.
+Jeg glemmer jo at fortælle Mohrs Ærinde, Otto og Ida var med de skulde fra Faer bede os sende Bud til Vilhelm at Mørk Hansen havde faaet Arbejdet at maale Baroniets Skove op det maatte saa blive Vilhelms egen Sag at anbefale sig og faa nogen Fortjeneste
+Vi skrev straks i Aftes med Ønsket om Forsendelse pr Bud bagpaa Brevet saa har vi gjort hvad vi formaar, jeg vil rigtignok bede for ham at det maa lykkes ham at blive anbragt der
+Kys nu Børnene fra mig og selv hilses I saa kjærlig fra Eders gamle trofaste Moder der aldrig aflader at bede for Eder</t>
   </si>
   <si>
     <t>1903-06-21</t>
   </si>
   <si>
     <t>Höljeryd</t>
   </si>
   <si>
     <t>Landeryd 
 Fynshovedvej 748, 5390 Martofte
 Møllebakken 14, 5300 Kerteminde</t>
   </si>
   <si>
     <t>Anna 2 -
 Niels  Dorph
 - Eckmann
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Vilhelm Larsen
 Marie Lassen
 Christine Swane</t>
@@ -694,50 +652,62 @@
 Franz Syberg
 Hans  Syberg
 Lars Syberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Christine Swane er husbestyrerinde for sin bror på gården Rørdam på Vestfyn.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Museum</t>
   </si>
   <si>
     <t>Fritz Syberg mener godt, at Christine Swane og Karen Broe kan lave en udstilling alene. Det er ærgerligt, at de ikke kan få Jensen med. Ring har talt pænt om det store portrætbillede.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/BglZ</t>
   </si>
   <si>
     <t>Nordskov 11 August 1907
 Kære Ugle
 Tak for Fødselsdagshilsenen og undskyld at jeg så sent svarer på Dit Brev; det kommer hovedsalig af at Børnene er herude i Ferien og mange Børn og mange Billeder optager min Tid. Det er jo kedeligt at I ikke kan få Jensen med til Jeres Udstilling. Det er i det hele kedelig at hun slet kommer frem for Offentligheden hun er så tiltalende som Maler, men jeg kan godt forstå at hun ikke vil udstille, dersom det ikke var for at sælge noget, skulde heller ingen få mig til at udstille en eneste Lap. Selvfølgelig kan Du og Bro lave Udstilling alene; men når Du spørger derom så mener Du måske om jeg tror Winkel vil tage en Udstilling af Jer. Jeg kan ikke sige andet dertil end at jeg tror De måske nok vil sige ja og Amen til det, men dersom der er noget bedre i Sigte kan det godt være de giv Jer en Sludder for en Sladder. Jeg besøgte Ring i Sommer. Han er jo i Censurkomiteen ved Charlottenborg han talte en Del om Dit store Portrætbillede som han syntes godt om og havde stemt på til Optagelse.
 Hils Klaks og mal med Lyst, så Du kan få en god Udstilling til Efteråret.
 Din hengivne Baron</t>
   </si>
   <si>
+    <t>15. - 17. februar 1909</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/30YUr6Bc</t>
+  </si>
+  <si>
     <t>1909-05-07</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Ernst Goldschmidt</t>
   </si>
   <si>
     <t>Aarhus
 Fynshoved, Martofte</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det vides ikke, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
 I følge Weilbachs Kunstnerleksikon bliver Ernst Goldschmidt først gift i 1910.</t>
   </si>
   <si>
     <t>Fritz Syberg er efter hjemkomst fra Fynshoved allerede dagen efter rejst videre til Aarhus. En indbydelse fra Goldschmidt når desværre først frem dagen før, men Syberg ville ikke have kunnet acceptere denne, da han har en aftale i Aarhus. Anna Syberg skriver et undskyldende brev på Fritz Sybergs vegne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kYWG</t>
   </si>
   <si>
     <t>Torsdag
 Kære Goldschmidt
@@ -745,50 +715,306 @@
 Mange hilsener Deres Anna Syberg</t>
   </si>
   <si>
     <t>1910-05-17</t>
   </si>
   <si>
     <t>Nordskov, Martofte
 Kerteminde</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Den lille syge dreng kan være Ernst, der er den yngste og født i 1906.</t>
   </si>
   <si>
     <t>Fritz Syberg beder Goldschmidt være lidt tålmodig med at få en omskrevet artikel tilsendt, da familien befinder sig i Nordskov på Hindsholm, og artiklen ligger i en skuffe i hjemmet i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lq7a</t>
   </si>
   <si>
     <t>Nordskov 17 Maj 1910
 Kære Goldschmidt!
 Dersom jeg kan nå det skal jeg sende Dem det omskrevne Manuskript til den Tid De ønsker, men jeg tror det kan knibe med at nå det. Det ligger gemt hjemme i vort Hus i Kjerteminde i en Skuffe (min Kone har gemt det der) og vi må hjem en Dag for at lede det frem. Uheldigvis er vor lille Dreng meget dårlig så vi har ikke kunnet komme at Sted hidtil. Men som sagt De skal få det med det første. Gør det noget at Artiklen venter till næste Nummer?
 Med venlig Hilsen
 Deres hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1911-12-12</t>
+  </si>
+  <si>
+    <t>Snave</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Peter Fahrenholtz
+- Holm
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johanne  Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det er ikke muligt at afgøre, hvilken af de to Allerup'er i omgangskredsen, Alhed Larsen skal besøge.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har hentet en sæk enebær, som er blevet sendt fra Landeryd i Sverige, hvor Larsens skovgårde ligger/lå. Puf har været syg, og Lysse savner sin far. Alhed har brygget øl, og de har stækket hønsene.
+Har Larsen mon fået farverne fra Fahrenholz?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V5uC</t>
+  </si>
+  <si>
+    <t>Onsdag Morgen
+Kæreste Larsi!
+Du længes vist efter Brev, det er en Skam jeg ikke har skreven før, men i Søndags havde jeg en daarlig Samvittighed fordi jeg havde glemt om Lørdagen at faa hentet en Sæk med Enebær fra Landeryd, jeg vilde se den først, men heldigvis er de udmærkede, Sækken var helt vaad endnu og Masser af Mos og Jard. Og i Mandags var Puf daarlig og laa af Hovedpine og Opkastning (37,5) men heldigvis var han i Gaar rask igen, det har været det sædvanlige. Ellers har vi det godt, men længes efter Dig, lille Lysse siger, det er ”svert” at undvære Far saa længe. Han passer alt udmærket, Ænderne har det godt alle 4. Ligesaa Fugle og Mus. – Jeg bryggede saa i Lørdags 2 Tdr. Øl, der vist blev udmærket. – Mon Du dog kan faa noget malet i det mørke, sure Vejr, det er jo næsten ikke Dag. Fik Du Farverne fra Fahrenholz? Da jeg spurgte om dem i Gaar sagde han, at han havde sendt dem Dagen efter Du var rejst og bedt Brugsen i Martofte om at sende dem ud. Du og gl. Mand har det vel hyggeligt sammen, hils ham mange Gange. Og skriv hvordan det gaar Dig. – Vi skal til Allerup Torsdag. Elle og jeg har været hos Agrarens Lørdag Aften til Bøf. - - Vi har faaet alle Hønsene af Haven, stækket en halv Snes Stks. og har de sidste Aftner faaet dem alle i Hønsehuset. 1000 Hilsner fra os alle Din A.</t>
+  </si>
+  <si>
+    <t>10. mar. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/U7eitiQW</t>
+  </si>
+  <si>
+    <t>1912-7</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Paris, Frankrig.
+Marin di Pisa, Pisa, Italien. 
+Fynshoved, Martofte</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Ernst Syberg
+Fritz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
+Rille: Ernst Syberg (se denne)
+Besse: Johanne Giersing (se denne)</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver klagende om sommervarmen, som udmatter hende meget. Men hun glæder sig over, at børnene boltrer sig i vandet. Hun ser meget frem til Goldschmidts besøg hos dem og udbeder sig nærmere oplysninger om ankomsttidspunkt mm. fra Paris, hvor Goldschmidt har opholdt sig. 
+Frits Syberg maler som en engel, skriver hun.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RJDN</t>
+  </si>
+  <si>
+    <t>Kære Ernesto
+Det er virkelig rystende at faa Brev fra Dig fra Paris efter at have ventet en hel Maaned at faa et Livstegn fra København med Adresse o.s.v. - det var rystende som sagt, egentlig behagelig rystende, for i denne Varme har jeg ikke tænkt mig at noget mellem Himmel og Jord skulde kunne fremkalde Spor af Fornemmelser i mig endsige faa mig til at sætte en Pen paa Papiret. Det er altsaa Dig, jeg blev virkelig rørt over at Du har lagt Mærke til at jeg har indstillet min Brevskrivning. Hvis Du nu ikke havde været saa fiks i din Maade at skrive Brev paa, men i Stedet for en Mængde Brevkort uden "Ende" havde sendt os ordentlig afsluttede "Mange Hilsener, Din hengivne o.s.v." eller i italiensk Aand "tusind Omfavnelser og Kys din o.s.v." Dokumenter som det sig hør og bør mellem ordentlige Mennesker, saa havde vi ikke gaaet der og ventet paa "Enden" i 14 Dage men straks svaret Dig. Det ryster mig at det lader til at Du _dog_saa smaat havde tænkt paa at komme her til. Men kan Du da ikke komme endnu, jeg bliver jo kun bedre for hver Dag der gaar. Kan Du sove paa en Sofa? Hans tager Ferie i August og er her altsaa ogsaa. Men hvis Du kommer, saa vær sød og skriv omgaaende, for vi skal paa Lørdag have en Del Habengut herud og kunde da faa en Seng sendt med. Selvfølgelig skulde Du være her som Gæst, Din Idiot. Nu er Varmen lidt i aftagende og saa er her rart. Børnene er kostelige i Vandet og svømmer alle glimrende, selv Rille. Besse bliver mere og mere bella og har en Del Tilbedere. En ung Officersspire er allerede falden paa Valpladsen, i disse Dage er det en ung dejlig marinio der falder i hendes Smag. Kvindfolk er noget Rak, Fritz er en Engel og maler som en saadan. Selv bestiller jeg intet i denne Varme. Kan man andet i Paris end gispe efter Luft. Hvor et frisk Fynshovedpust staar for os som noget vidunderligt. 
+Mange Hilsener Din hengivne Anna.</t>
+  </si>
+  <si>
+    <t>1914-10-20</t>
+  </si>
+  <si>
+    <t>Hverringe Gods
+Romsø
+Kerteminde
+Bøgebjerg, 5390 Martofte</t>
+  </si>
+  <si>
+    <t>Christian Valdemar Krarup
+Jeppe Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1 tønde hartkorn = 139 l = ca. 100 kg. 
+Hverringe Gods ligger nord for Kerteminde i Viby Sogn. Hovedbygningen er opført i 1790. Hverringe Gods er på 1655 hektar med gårdene Brolykke og Bøgebjerg. Oprindelig var Hverringe en skovgård beliggende ved de store skove, der lå ud til kysten. I 1607 opkøbte Hverringes ejer øen Romsø og et stort stykke kystskovbælte af kongen og derved blev godsets jordlod et meget langstrakt kystvendt område. Ud over landbrug og skovbrug er godsets forretningsområder i dag boligudlejning og jagt. Desuden driver godset Romsøbåden, der hele sommeren sejler turister fra Kerteminde til Romsø. Overnatning på øen er ikke tilladt. Desuden er en 5-stjernet campingplads i godsets regi.
+Ejer er Alexander Iuel, greve.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har indløst et pantebrev, som Hverringe Gods har haft i faderens virksomhed</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v0lv</t>
+  </si>
+  <si>
+    <t>Af Stamhuset Hverringes Godskontor har underskrevne Kunstmaler Johannes Larsen i Dag erholdt udlånt den af Købmand I.A. Larsen i Kerteminde under 15. Juni 1895 til det med Stamhuset Hverringe forbundne Juelske Fideicommis udstedte og den 26. Juni 1895 tinglyste Panteobligation, lydende paa 8000 Kr., til foranstaltende Udslettelse af Afdrag 3500 Kr. og Tinglæsning af Relaxation af Panteretten i Matr. No 6 (Haven ved Stranden) med Hartkorn 1 3/4 Td.
+Kerteminde den 1. September 1914.
+Johannes Larsen. 
+vend
+Den foran nævnte Panteobligation er den 14de dennes modtaget tilbage fra By- og Herredfoged[ulæselig] i Kjerteminde.
+Hverringe Godskontor
+pr. Kerteminde 
+den 20 - October 1914.
+Krarup.</t>
+  </si>
+  <si>
+    <t>1918-04-28</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Martofte</t>
+  </si>
+  <si>
+    <t>Møns Klint</t>
+  </si>
+  <si>
+    <t>Andreas og Johan Larsen er på kostskole i Birkerød.
+Johannes Larsen opholder sig i Henne Kirkeby for at male.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen håber, at hendes sønner har haft en god tur til Møen. Den dag, de skulle afsted, vågnede hun og var nervøs for, om de nåede toget. 
+Vejret er dejligt, haven er skøn med ny plæne og iris, og Alhed syr gardiner. Dyrene har det også godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wClj</t>
+  </si>
+  <si>
+    <t>Kære, søde Drenge!
+Jeg har ingen Brevpapir men vil paa denne Lap sende jer en Hilsen, som I kan faa i Morgen, den første Skoledag efter jeres Møenstur. I har forhaabentlig haft en storartet Tur, Vejret har jo været vidunderligt , og jeg har fulgt jer i Tankerne. Fredag Morgen vaagnede jeg præcis 6 ½, nervøs for om I nu var kommen i rette Tid til Banegaarden. Skriv nu endelig til mig, hvordan I har haft det, helst lidt udførligt. – I kan tro, her er yndigt i dette smukke Vejr, Masser af Blomster i Haven, og Stuen er saa frisk, her er lige gjort Hovedrent. Jeg har siddet og syt Gardiner oppe paa Lysses Værelse og nydt Solskinnet. Nu cycler jeg paa Banen med dette og saa en Tur i Skoven. Jeg har lige ringet med vores Far, han kommer hjem Onsdag eller Torsdag. Har nu malet godt 20 Billeder deraf 3 store. – Den ny Græsplæne er saaet og der er plantet en Masse Iris og andet. Haven bliver pragtfuld. – 
+Alle Dyrene har det godt, Kanariefuglen synger som en vild. 1000 Hilsner fra jeres Mor
+Søndag</t>
+  </si>
+  <si>
+    <t>1918-08-31</t>
+  </si>
+  <si>
+    <t>Birkerød</t>
+  </si>
+  <si>
+    <t>Hans Christian Engelsen
+Adolph Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Elisabeth Mackie
+Rasmus Petersen, Gartner
+H Schriver
+Laura Warberg Petersen
+Leon Zerlang</t>
+  </si>
+  <si>
+    <t>Andreas og Johan Larsen er elever på Birkerød Kostskole. 
+Alhed og Johannes Larsen byggede i 1917-1918 deres villa om og til. De fik bla. et vaskehus, og både grov- og serveringskøkkenet blev ændret. 
+Adolph Larsen, Johannes Larsens bror (Baser), var kvartalsdranker. Han og hans kone, Johanne (Junge), boede i Kærbyhus. De var forældre til Bibbe, og Putte var Johannes niece.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har ikke æbler tilovers dette år. 
+Putte og Bibbe er blevet sendt væk fra Kerteminde, og Andreas og Johan (Puf og Lysse) må tage sig af dem. Alhed håber, at det vil hjælpe på Adolph Larsen (Baser), som har opført sig helt forfærdeligt, men nu ved Alheds hjælp er blevet mere medgørlig.
+Det går godt med byggeriet, og Larsen-familien skal have rejsegilde på vaskehuset.
+Alhed beder de to drenge om at hænge i med skolearbejdet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ipO9</t>
+  </si>
+  <si>
+    <t>Kære lille Puf og Lysse!
+Tak for Jeres Breve i dag! Jeg skal nok sende de Dele I skriver om med Vasketøjet en af Dagene. Jeg haaber I har sendt Kurvekufferten tilbage, ellers maa I endelig gøre det med det samme. Fyldepennen har jeg ikke set nogen Steder, men jeg skal nok lede efter den. Karlen fik Putte med ligeledes Besked om Æbler. Vi selv har ingen at sælge i Aar, navnlig ingen Gemmeæbler. Jeg kan jo tale med Rasm. Petersen om det, men det er jo ikke sagt det bliver billigere end de kan købes der. Spørg Hr. Engelsen hvormange det skulde være. Det kunde jo være, naar det var en større Bestilling, at han saa vilde gøre et lidt billigt Bud. – Jeg haaber I vil tage jer lidt af lille Bibbe og være rigtig søde imod hende, kan I ikke give hende og Putte en Konditortur. Det er jo i Haab om at det skal hjælpe paa Baser, at Børnene er sendt bort, det har været saa slemt med ham i den senere Tid, men dette har gjort et forfærdeligt Indtryk paa ham. – Men Byggeriet har [det sidste ord overstreget] gaar det helt rask for Tiden. Paa Mandag skal vi have Rejsegilde paa Vaskehuset, der bliver en Snes Mennesker, vi skal spise i Værkstedet: Smørrebrød, Øl, Snaps, Æbleskiver, Punsch, Kaffe og Cigar. Bare I var med til det. – Malerne har taget fat i Køkkenet, vi har bestemt os for en [”en” indsat over linjen] lyserød (lidt mørk) Farve til at det hvide [det sidste ord overstreget] malede. Væggene hvide. Det ser smukt ud. – Ellers er her ikke sket noget mærkeligt. Jagten har vi ikke hørt noget om, Schriver sagde den anden Dag til Jeres Far: De er nok Liebhaver til Jagten Hr. Larsen. Ja det er jeg sagde han. Vi skal nok lade jer vide naar vi hører noget. – Fortæl mig lidt om hvordan det gaar jer med Læsningen, har I begyndt at læse extra med Hr. Zerlang. Du maa da endelig strax tage fat lille Gamle. Jeg tænkte [det sidste ord overstreget] skal nok tænke lidt over Stilen lille Lysse, men gør Du det ogsaa, det er vigtigere. – Alle Dyrene har det godt, ogsaa Haren. Baser har foræret os et Par Turtelduer. – Naar jeg har været nede med dette, skal jeg over i Kærbyhus og se til dem. Jeg er Basers Barnepige i disse Dage, overfor mig er han blød og god, jeg har faaet ham til at spise, tage Medicin og lægge sig til at sove. Han har ellers ikke spist siden i Gaar Morges og har været rasende paa Tante Junge over det med Børnene. Men nu er han som sagt Blød.
+Nu Farvel søde drenge. Det blæser en Brandstorm og Æblerne styrter ned. Skal jeg sende Jer en Kasse Chalemovcky? – Jeres Far hilser mange Gange.
+1000 Hilsner fra jeres Mor
+Lørdag Eft.</t>
+  </si>
+  <si>
+    <t>1920-11-28</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød Kostskole</t>
+  </si>
+  <si>
+    <t>Steen Steensen Blicher
+Adolph Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+- Nielsen, Tornøes Hotel</t>
+  </si>
+  <si>
+    <t>Johan Larsen var elev på Birkerød Kostskole.
+Begrebet bøttepapir stammer tilbage fra dengang, papir blev håndlavet på små rammer. Den særlige bøttekant opstod naturligt, og er med tiden blevet et kendetegn på papir af særlig fin og høj kvalitet. Wikipedia: Bøttepapir (lokaliseret okt. 2021)
+Krabbe-dykker er et ældre navn for den arktiske alkefugl Mergulus alle L., der lever af krebsdyr; søkonge. Ordbog over det danske sprog: Krabbedykker.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>Alhed har haft tandbyld. Johan maler et billede af hende. Johannes Larsen skærer store træsnit, som Johan trykker, hvorefter Johannes Larsen kolorerer dem.
+Den lille fugl er død, men Johannes Larsen nåede at lave et træsnit af den. 
+Julen nærmer sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K7oM</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Kostskolen
+Birkerød 
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Kæreste Ly!
+Tak for Dine sidste Breve, d.v.s. det er dog vist kun et jeg ikke har svaret paa, men det var et dejlg. langt et. Jeg har haft en væmmelig Tandpine de sidste Dage med Tandbyld, saa jeg er helt hævet i Ansigtet, jeg har ligget vaagen flere Nætter og haft det ækelt, men i Dg er det lidt bedre. – Den Gamle maler mig siddende ved Klaveret, men vi maa ikke se det, førend det er færdigt, det bliver spændende. Din Far har skaaren 7-8 pragtfulde Træsnit, større end dem til Blicher, 3 store, men ogsaa de mindre er meget større end dem til Blicher, de trykkes på Bøttepapir (den Gamle er Trykker) og saa kolorerer Din Far dem bagefter. – Vi skal til Nielsens paa Hotellet til Aften i Aften sammen med Agrarens, Puf skal med. – Den lille Krabbedykker døde desværre, pludselig en Morgen vilde den ikke spise og en Time efter 
+[skrevet på tværs øverst på siden:]
+var den død. Det var kedeligt, men der er skaaren et mindre Træsnit efter den. Nu nærmer Julen sig min Skat, der er nok nogen, der glæder sig! – Sikke noget, at de ringer til Klausen Møller og spørger om det er sandt, at Du er der. – 
+Naa, nu Farvel min egen Dreng! 1000 Hilsner fra os alle 3. Din Mor.
+Søndag</t>
+  </si>
+  <si>
+    <t>1923-12-11</t>
+  </si>
+  <si>
+    <t>Korshavn</t>
+  </si>
+  <si>
+    <t>Korshavn, Hindsholm
+Martofte, Dalby</t>
+  </si>
+  <si>
+    <t>Fru Boysen
+- Frandsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ombord på skibet Rylen i Korshavn på Hindsholm nord for Kerteminde. Han er ikke helt tilfreds med de billeder, han får malet. Begge sønner har været på besøg de seneste dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JowR</t>
+  </si>
+  <si>
+    <t>Korshavn 11 Dec. 1923
+Ombord "Rylen"
+Kæreste Alhed!
+Tak for Brevet. Ja saa er du vel nu i Kjerteminde igen. Formodentlig faar Du dette i Mrg, da Frandsen skal til Martofte efter en Pakke, som der i Dag er kommen Anmeldelse paa. Det er trist med Dine Øjne. Her gaar det saa som saa, jeg har ganske vist malet 2 Billeder om Dagen undtagen i Søndags, men det er vist desværre noget Lort. Nu faar vi se hvordan Resten, altsaa 11, bliver, dersom jeg gider saa længe. Jeg talte med Fru Bojsen i Gaar, og foreslog hende at køre om ad Kjerteminde en Dag, og tage Dig med, og noget Wienerbrød saa dernede I spise Frokost med Kl. 12. De plejer at spise ved den Tid naar de er her, og det gør jeg ogsaa. Hun ringer altsaa til Dig om det. Det var morsomt at se Puf og Lysse herude. Mange Hilsner
+Din
+JL.</t>
   </si>
   <si>
     <t>1924-06-01</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Brockdorff Alle 40, 5390 Martofte, Danmark
 Møllebakken 14, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Ellen Brønsted
 Peter Oluf Brønsted
 Astrid Bøttern
 Ellen Bøttern
 Theodor Christoffer Delcomyn
 Alhed Larsen
 Johan Larsen
 Johannes Larsen
 Marie Larsen
 Laura Warberg
@@ -804,318 +1030,50 @@
     <t>Alhed Marie Brønsted skal tidligt op næste dag - Alhed skal drikke morgenkaffe kl. 5 - inden den store hovedrengring går i gang. AMB har været på køretur igen med Andreas larsen, der nu har erhvervet sig kørekort til motorcyklen. Familien har spist brasen til frokost - fisk med mange ben i. Johan Larsen har arbejdet hårdt i haven til Alhed Marie Brønsteds store glæde. Han plejer også en syg edderfugl. Der spilles ivrigt bridge om aftenen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/2jf5</t>
   </si>
   <si>
     <t>1 Juni 1924. Aften.
 Kære Muk! Du kan tro jeg er glad for Kjolen. Jeg har lagt den lidt op, da den var for lang:
 Dette bliver ikke noget langt Brev, da jeg skal skynde mig i Seng. Mit Ur vækker nemlig Kl. 4, og det er ikke for tidligt, naar jeg skal have Bad, og Tante Be skal have Kaffe Kl. 5.
 Du kan tro, det gaar løs med Hovedrengøring. I næste Uge faar jeg slet ikke Tid til at skrive.
 [ulæseligt] den Eftermiddag kom Puf hjem paa Motorcyklen. Han havde endelig faaet sit Kørekort. Om Aftenen var jeg en Tur med ham til Mesinge og til Odense-fjorden – dertil hvor vi plejede at løbe paa Skøjter. Der var tørt, nu.
 Jeg har været i Vandet. Det var ikke koldt.
 Vi har Besøg af Steen fa (Pufs og min Malerkammerat) Onkel Las havde ham med fra Jylland jeg har desværre ikke meget Tid til at snakke med ham. I Dag har jeg ikke bestilt andet end at lave Mad og vadske op. Vi har faaet en saadan en Menu [ulæseligt] Mad bl.a. ”Brasen” til Frokost. Det er 
 nogle ondskabsfulde Ben, den Fisk har – med Modhager paa, og saa er de saa hårde som Søm. Lysse hamrede en af dem igennem Dugen og ned i Bordet. Lysse tager til Brockdorff i Morgen. Han har ordentlig hjulpet til i Haven. Det er morsomt ogsaa at se ham fra ”Arbejdssiden”Jeg har moret mig med at se paa ham fra Køkkenvinduet, naar han springer omkring i Skjorteærmer og bare Tæer og slaar Græs (jeg har ogsaa prøvet at slaa med Le) fælder Sica træer og rydder Ukrudt. Han faar mange mere Spydigheder gennem Køkkenvinduet. – alle sammen i retning af at han, hvis det var hans Have, vilde rydde det hele og lave Mark ud af det. Men dog kom han stolt og fortalte om et ”Opvisningsarbejde”, han havde lavet – nemlig en [Pulet?] helt [ulæseligt] han havde hamret i til en Slyngplante. 
 Nu kommer der noget til Peder, nemlig at vi fik en Edderfugl forærende. Den var halvdød af Sult. Lysse lavede ”Kraftfoder” til den: en Blanding af Klid Havregrød, Kartofler og Wisky. Maden blev pumpet i den ved Hjælp af en Cykelpumpe, som blev stukket helt ned i Halsen paa den.
 Jeg saa en af Karas Hvalpe i Gaar. Den havde samme Tegning som Gnomen, men var omtrent helt hvid paa den ene Side. Den var brun og af et nærmest melankolsk Temperament. 
 En Aften havde vi to Bridgepartnere. Det ene bestaaende af Fru og Frk. Bøttern (de fortalte bla, at Delkomin har faaet en Stilling) Bedstemoder og Tante Be. Det andet af Grethe, Mareje, Lysse og jeg. 
 Her er mere til Peder. Sidste Søndag Bedstemoder var hjemme, fandt følgende Ordskifte Sted mellem Lysse og Bedstemoder:
 L: Vi skal have ”unge Gimpen” til Middag.
 B: hvem er det?
 L: Han er cand theol.
 Bes har lavet at mig noget Papir Mon hun ikke vil sende 3-4 Ark. Jeg har været ude og al tegne Pastel i Haven og ved Strandbredden. 
 Dette gik i en Fart. Jeg haaber du undskylder daarlig Streg, Stavefejl, utydelig Skrift og hvad der ellers kan være at bemærke.
 Jeg skal lige have mig et varmt Bad i en Fart inden jeg gaar i Seng. Nu blæser (”Plove-Hans” (udtales paa Fynsk) Kl. 10.
 Hilsen fra Lomme</t>
-  </si>
-[...266 lines deleted...]
-Mange Hilsener Din hengivne Anna.</t>
   </si>
   <si>
     <t>1924-06-12</t>
   </si>
   <si>
     <t>Møllebakken 14, 5300 Kerteminde, Danmark
 Brockdorff Alle 42, 5390 Martofte, Danmark
 Lærkevej 17, 9280 Storvorde, Danmark</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Achton Friis
 Alhed Larsen
 Johan Larsen
 - Madsen
 Rasmus Petersen, Gartner</t>
   </si>
   <si>
     <t>Brockdorff gods ligger på Hindsholm.
 Johannes Larsen og Achton Friis rejser ud på det sidste sommertogt med "Rylen" som forberedelse til udgivelse af bogværket "De Danskes Øer" bind 1-3, der udkom 1924-26.</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted beder moderen om råd i nogle pengesager. Moderen må gerne låne nogle af Alhed Larsens fine kjoler til kongressen. På lørdag sejler Achton Friis og Johannes Larsen mod Limfjorden.Gartner Petersen hustru er død, hvilket berører Alhed Larsen dybt .Forud for sommerferien har broderen Peter sendt Alhed Marie Brønsted nogle spørgsmål, som hun nu besvarer i brevet.</t>
   </si>
@@ -1260,119 +1218,161 @@
   </si>
   <si>
     <t>Resturant Pax lå på Sydstranden i Kerteminde og var ejet af Nan og Tulle (se i personregister Johan Nielsen).
 Adam og Oluf formodes at være Adam Goldschmidt og Peter Oluf Brønsted.</t>
   </si>
   <si>
     <t>Der er en del sommergæster på Møllebakken i disse dage. Dagene er gået med bla. vandretur i skoven efterfulgt af kaffe på restaurant Pax. Der har også været sejltur til Stavre. I morgen er der arrangeret tur til Fynshoved.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1ip9</t>
   </si>
   <si>
     <t>Mand Aug 24 
 Kære Muk!
 Dette skriver jeg liggende i min Seng i en sen Nattetime – derfor den frygtelige Skrift, som du forhaabentlig kan læse.
 Adam og Sjums er her ovre. De er forfærdelig søde. Puf har Ferie i 5 Dage og er her med Oluf. 
 Forleden var vi alle (Tante Elle ogsaa - med en Veninde, en ung jysk Pige, som var sød) en Tur med Tante Junge, Bibbe og [ulæseligt] igennem Skoven til ”Jomfruhøjen” og endte med at drikke Kaffe i Pax .
 I Dag har vi været Sejl Ro og Cykeltur til Stavre. Vi lavede Kaffe derude og gik i Vandet. Det var helt stille Vejr, men en venlig Motorbaad tog Jollen på Slæb. I Morgen er der planlagt en Heldagstur til Fynshoved. 
 Jeg vilde saa gerne have sendt jer et riktig langt Brev, men nu kan jeg ikke holde Øjnene aabne længere. 
 Send mig Nøglen til den lille og den store Kuffert hvis I har dem. Og Andre dem rejs til mig.
 Kys fra Lomme.
 Hvis I ikke har Nøglerne, vil i saa ikke skrive til Bes, hvor de er, at hun kan sende dem strax.
 L.</t>
   </si>
   <si>
-    <t>1897-05-28</t>
-[...67 lines deleted...]
-Kys nu Børnene fra mig og selv hilses I saa kjærlig fra Eders gamle trofaste Moder der aldrig aflader at bede for Eder</t>
+    <t>1924-11-27</t>
+  </si>
+  <si>
+    <t>A. Andersen</t>
+  </si>
+  <si>
+    <t>Brockdorff</t>
+  </si>
+  <si>
+    <t>Brockdorff, Martofte</t>
+  </si>
+  <si>
+    <t>A. Andersen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Brockdorff Gods er en lille hovedgård på halvøen Hindsholm, som indtil 1980 var avlsgård til Scheelenborg Gods. Godset var bortforpagtet omkring år 1900. Christian Iuel-Brockdorff solgte godset til Jens Anker Wistoft Larsen, hvis søn Søren Wistoft Larsen nu ejer godset på 558 ha. Hovedbygningen er opført 1785.</t>
+  </si>
+  <si>
+    <t>Brev til Johannes Larsen fra A. Andersen på Brockdorff med overvejelser vedr. evt. køb af gård og tilhørende jord.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F7S0</t>
+  </si>
+  <si>
+    <t>Brockdorff den 27/11 - 1924.
+Kære Larsen. Ja her med Tak for Breve og rigtig Tak for at De tænker paa mig i den Forbindelse. Jo hvor mange Penge jeg kan rejse er jeg ikke selv klar over. Jeg er bange for at Jorden maa være daarlig. Ja, jeg synes det er en meget lille Afgift og 30000 Kr. for Besætning og Indventar forekommer mig at være meget for en Besætning paa 14 Stk. Køer og 5 Heste + Maskiner og Redskaber og 80 Td. Ld, men som De skriver et er "at forlange" - "et andet er at være tilfreds med" At der her [ulæselig] kan avles rigtig god Hvede kan være rigtig, men der har [ulæselig] kun for ud meget lille Del af Jorden [ulæselig] angaaende Placeringen - saa har jeg ikke Ide om [ulæselig], men det kan jo ikke være vanskeligt at sætte sig ind i det vil jeg antage. Skovbrug og Landbrug er jo ikke det samme og for det førstes vedkommende kan man jo læse sig til det meste, det kan man ikke saa absolut ved Landbrug. Jeg vil antage det højeste jeg kan rejse er 7-800 Kr., saa det bliver vel for lidt? Jeg havde vældig god Lyst dertil for dette her interesserer mig jo ikke længere ved De, men kan ikke for nærværende Tidspunkt udtale mig, men først have talt med min Fader og Onkel og det kan ikke blive før Jul. 
+Saa jeg ved næsten ikke hvad jeg har Lyst til der, men er i en forfærdelig Kattepine, min Stilling tillader jo ikke at jeg rejser saa meget ellers skulde jeg over at have den at se. Forp. er i Kbhvn i disse Dage kommer først hjem igen Onsdag el. 3/12. Bare jeg vidste om der var noget virkelig godt til Betingelserne. Skatterne paa Gaarden skal vel ogsaa svares og det bliver vel omtrent lige saa meget som efter? 
+Men er der ikke truffen nogen Bestemmelse inden Jul angaaende Gaarden kunde jeg jo eventuelt rejse selv og se paa det, sammen med mere kompetente og store landmænd. Las jeg tror ikke Larsen du er værd at vente el tage Hensyn til mig. Forp. kommer som før nævnt hjem d. 3die. hvis der [ulæselig] bliver ud af den reflekterende kunde jeg muligvis faa ham med derover i nær Fremtid. Men i saa Fald hører jeg maaske nærmere fra Dem?
+Endnu engang Tak, De gav mig noget at spekulere paa, saa afventer jeg Sagens Gang.
+I Løbet af en halv Snes Dage er vi færdige med at pløje og vi har den sidste Maaned leveret 30 Vognl. Halm.
+Venlig Hilsen Deres
+A. Sønder[ulæselig] Andersen.</t>
+  </si>
+  <si>
+    <t>1932-10-16</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Mejlø, 5390 Martofte, Danmark
+Fynshovedvej, 5390 Martofte, Danmark</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Jens Jensen
+Johannes Jørgensen
+Helge Rode
+Marie Schou
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Den omtalte bog er formodentlig Johannes V. Jensen: "Kornmarken. Myter, sjette Samling". Den udkom oktober 1932 som året anden mytesamling. 
+Mejlø er en ubeboet ø nær Fyns Hoved.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for bogen. Johs. V. Jensen og H.C. Andersen har en vitalitet tilfælles. Syberg håber, at Jensen snart får Nobelprisen og ikke skal dele den med Helge Rode eller Johannes Jørgensen. Syberg læser Jensens myter igen. 
+Jens og Lars/Sakker er kommet gående fra Faaborg. Der er 12 på besøg, og de skal på tur til Fyns Hoved.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS4Z</t>
+  </si>
+  <si>
+    <t>Pilegaarden 16 – 10 – 32
+Kære Johannes V. og Else.
+Tak for Din Bog som har frydet mig. Din Visdom vækker Minder om en anden stor Digter, H. C. Andersen især om hans sidste ”Historier” – Snemanden – Hvor forskellige I end er, er der dog en Ting [”en Ting” overstreget] et hvori jeg næsten ikke kan skille Jer, - er det en vis Art af Vitalitet? Der er Drikke som dovner af at staa, det gør vist de fleste, men hvis der findes nogle som beholder deres Fyrighed stedse saa er det den Du udskænker i Dine Myter. Gud ved hvornaar de Molboer som sidder i Spidsen for Nobelprisen – ja undskyld, det var ikke min Mening at fornærme Molboerne – giver Dig Nobelprisen. Alligevel kan jeg bedre forsone mig med dem, end med den Kritiker der foreslog at Du skulde dele den med fordægtige Størrelser som Helge Rode og Johannes Jørgensen. Jeg er ved paany at læse alle Dine Myter, jeg vil dog ikke paa ”mit Yderste” ærgre mig over at jeg har forsømt det mens Tid var. Nu kommer Mørketiden, og jeg vil hver Aften glæde mig til det Øjeblik da jeg længe [”længe” overstreget] lægger mig i Sengen tænder Lampen og læser en af Dine Myter. Iøvrigt er jeg overhængt med Arbejde Dagen igennem og har det ug. I Øjeblikket har vi Besøg af hele Jert Afkom. Sakker og Jens kom i Aftes ved Aftensmadtid slemt medtaget af at have marscheret fra Faaborg til Kjerteminde. Nye Støvler, Vabler og Huller paa Fødderne. Em og en Kamerat sidder og drikker Kaffe og Em opfører sig som han var vor Søn. Hele Klyngen ialt 12 Mand er ved at starte for en Tur til Fynshoved og Mejlø. Ha’et godt beggeto. Hilsen fra Marie.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1918-1921</t>
+  </si>
+  <si>
+    <t>Ellen Bøttern
+Victor Bøttern
+Axel Muus
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Jokum var Johannes Larsens odder. Peter var Larsen-familiens hund. 
+Et kobbermål er en kobberbeholder med ophæng/øre</t>
+  </si>
+  <si>
+    <t>Drengene skal sende deres vasketøj.
+Bøtterns har været til hummergilde, og Peter og Jokum legede sjovt sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UmGw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Brødrene A. og J. Larsen
+Kostskolen
+Birkerød
+[På kuvertens bagside:]
+Poststempel.
+[På tværs er skrevet fra højre:] 6 6 5 5 
+[Øverst er skrevet:] Skr. Sw. Vi kommer snart [ulæseligt ord] til Jer.
+[I brevet:]
+Torsdg
+Kære, søde Drenge!
+Blot to Ord for at bede jer sende Snavsetøj strax saa vi kan have det Lørdag. endog som Ilgods I maa endelig sende det samme Dag I faar dette, altsaa i Morgen. I Aftes var Muuses [det ene ”u” indsat over linjen] og Bøtterns her til Hummergilde, meget livligt. Snapsen paa Is i de ["de" overstreget] Kobbermaalet paa Bordet. Peder og Jokum leger saa sjov sammen, de farer rundt efter hinanden om Aakandebasinet og er helt ["helt" overstreget] ikke helt dristige ved hinanden. Jokum kommer lidt ud om Aftenen.
+1000 Hilsner Jeres Mor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1449,51 +1449,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kYWG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lq7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F7S0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kYWG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lq7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F7S0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1536,1401 +1536,1401 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="C7" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="M7" s="5"/>
+        <v>62</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="C8" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E8" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H8" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="M8" s="5"/>
+        <v>68</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...6 lines deleted...]
-        <v>73</v>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>81</v>
-[...7 lines deleted...]
-        <v>82</v>
+        <v>17</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="I11" s="5"/>
+        <v>87</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>88</v>
+      </c>
       <c r="J11" s="5" t="s">
-        <v>52</v>
+        <v>89</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>100</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>101</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="5" t="s">
-        <v>73</v>
+        <v>109</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>71</v>
-[...20 lines deleted...]
-        <v>52</v>
+        <v>16</v>
+      </c>
+      <c r="D15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K15" s="5" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>19</v>
+        <v>122</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>123</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>52</v>
+        <v>89</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="5" t="s">
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="F17" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I17" s="5" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>52</v>
+        <v>89</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>130</v>
+        <v>57</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>16</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>136</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>135</v>
+        <v>22</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>16</v>
+      </c>
+      <c r="D19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I19" s="5" t="s">
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="J19" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>141</v>
+        <v>123</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>48</v>
+        <v>145</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="H20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I20" s="5" t="s">
+      <c r="J20" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="J20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="L20" s="6" t="s">
+      <c r="M20" s="5" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="D21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="E21" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="H21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>159</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="D22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="5" t="s">
+      <c r="J22" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="K22" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="F22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="H22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>167</v>
-      </c>
-[...13 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>130</v>
+        <v>57</v>
       </c>
       <c r="D23" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="M23" s="5" t="s">
         <v>174</v>
-      </c>
-[...27 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>184</v>
+        <v>57</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>19</v>
+        <v>176</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>72</v>
+        <v>162</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>177</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>52</v>
+        <v>180</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>57</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>72</v>
+        <v>185</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="I25" s="5"/>
       <c r="J25" s="5" t="s">
-        <v>169</v>
+        <v>22</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>19</v>
+        <v>193</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="F26" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="L26" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="G26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>200</v>
-      </c>
-[...16 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>140</v>
+        <v>192</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>141</v>
+        <v>193</v>
       </c>
       <c r="E27" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="M27" s="5" t="s">
         <v>207</v>
-      </c>
-[...24 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>154</v>
+        <v>16</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>155</v>
+        <v>57</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>72</v>
+        <v>209</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="M28" s="5" t="s">
         <v>215</v>
-      </c>
-[...16 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>19</v>
+        <v>192</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="E29" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="L29" s="6" t="s">
         <v>222</v>
       </c>
-      <c r="F29" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G29" s="5" t="s">
+      <c r="M29" s="5" t="s">
         <v>223</v>
-      </c>
-[...16 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>154</v>
+        <v>192</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>155</v>
+        <v>193</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="M30" s="5" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>154</v>
+        <v>232</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>155</v>
+        <v>16</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-        </is>
+        <v>233</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G31" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>238</v>
       </c>
-      <c r="H31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>239</v>
-      </c>
-[...13 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>15</v>
+        <v>241</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>72</v>
+        <v>242</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G32" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G32" s="5" t="s">
+        <v>243</v>
       </c>
       <c r="H32" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="I32" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>247</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>248</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>250</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>19</v>
+        <v>161</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>72</v>
+        <v>162</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>48</v>
+        <v>177</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
         <v>251</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>252</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>52</v>
+        <v>180</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>253</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>254</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>255</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>