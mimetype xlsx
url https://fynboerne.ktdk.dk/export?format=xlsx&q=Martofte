--- v1 (2025-11-23)
+++ v2 (2026-03-19)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="386" uniqueCount="256" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>