--- v0 (2025-10-02)
+++ v1 (2026-02-16)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="173" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="187" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -128,50 +128,212 @@
 Danmark
 [Håndskrevet på kuvertens bagside:]
 Venlig Hilsen til Højstrup St.
 [I brevet:]
 Bellevue St. 19 Juli.
 Kære Mor.
 Det var rigtignok en rasende interessant Post i Dag med dit vældige Brev med alt det interessante om Barnedåben og med de gode Meddelelser om Lugges Eksamen og Dedes Opflytning – og alle de storartede Billeder som Chr. sendte mig. De ere dog ganske udmærkede og jeg nyder at se på dem. Vil du atter takke Mornine foreløbig!
 Der har nok ordentlig været Fest for lille Andreas, (jeg kan ikke lide Jeppenavnet) Han må være ganske henrivende, - jeg føler mig gruligt forurettet over at jeg går glip af at se ham som lille Men jeg trøster mig med, at jeg jo nok får en anden lille én at se på. – Tænk om vi kunde komme næste Sommer med vor lille Jeppe og få ham døbt hjemme, så du kunde bære ham også! Det vilde rigtignok være morsomt, 1 År er jo lidt længe i Forvejen at lægge Planer, men det kan jo aldrig skade og jeg har megen Glæde deraf. – 
 Forleden mente East at vi dog skulde kalde ham op efter Onkel Syberg – sådan: Erik Andreas Hempel Syberg Dannebrogsmand Sawyer.
 Han vidste at der var noget med D-mand, men var ikke rigtig klar over hvad det var. – Eastman har ikke været helt rask et Par Dage, - Mave, - men jeg tror dog han er kommen over det. Den Gæranalyse, (som han heldigvis nu er færdig med) har vist voldet det, - men han får 50 Dollars for det, og dem vil vi anvende til en Tur i ”White Mountains” næste Måned. Han trænger højlig til en Ferie og noget frisk Luft. Vi håber at være borte en 3 Ugers Tid. Det ser altså ud som om vi kommer godt fra Sommervarmen, August plejer at være den værste. Hidtil har vi ikke haft særlig generende Varme i disse Dage er det helt køligt. På Mandag rejser Helen og H’s Mor bort for 2 Uger, - så rejser vi, så snart de kommer hjem. Det bliver hele 5 Uger at vi bliver fri for Familjeliv.
 Tænk H’s Moder har opdaget vore Planer om en Ordning. East røbede det selv, ved at blive ærgerlig og hidsig en Dag da hun som sædvanlig udbredte sig om Ubehagelighederne ved Børn. Hun sagde imidlertid ingenting den Gang, men et Par Dage senere, da der kom en irsk Pige og solgte Kniplinger, sagde hun til H. [”til H.” indsat over linjen] at nu havde hun købt Kniplinger til en lille Kjole til sit Barnebarn. Jeg tror, at hun glæder sig lumsk til det.
 Forrige Uge var jeg næsten hver Dag i Laboratoriet og hjalp. Den ene Dag pakkede jeg en Masse Glasvarer ud af [”af” overstreget], og da de vare pakkede i Hø, lavede det jo en slem Uorden. Så vil Uheldet at Mr. Tiffany netop kom ned der om Morgenen før Rengøringsmanden havde været der og før Harry kom, - han kom sent ind den Morgen på Grund af Mavepine, og Dagen efter skrev han, Mr. T. – til Harry’s Assistent, om de ikke kunde holde det lidt senere. Den Vigtigper, jeg er ordentlig stødt på ham. – 
 En af de Dage jeg var i Laboratoriet havde vi Besøg der det meste af Dagen af en af Harry’s ældste og bedste Venner, Wesley Priest – også Kemiker. Det er pudsigt at Harrys to bedste Venner ere nogle lange Rapperter, begge nogle lystige Fyre, begge glade ved noget godt at drikke (og meget helst). Han [”Han” overstreget. ”Harry” indsat over linjen] Harry behandler dem faderligt, og det klæder ham så grinagtigt, da han kun er halvt så stor som dem. 
 Wesley P. jagede mig en grulig Skræk i Livet ved at fortælle med det alvorligste Ansigt om hvor brandfarligt det Laboratorium er og at det så godt som vilde være umuligt at komme ud o.s.v., - indtil Harry oplyste mig om, at han altid fortalte sådanne Historier.
 Senere var han med os på vor Stamkafé hvor vi indtog en forsvarlig Middag med al den Vin vi kunde drikke. Jeg er altid sulten så Harry må en Gang imellem fodre mig ordentlig igennem.
 Jeg er da forresten fornuftig nok til også selv at sørge for kraftig Mad herhjemme.
 Igår tog vi ud fra Morgenstunden med Madkurv. Det blev imidlertid en øsende Regn, men vi klarede os alligevel. Helen og Charles Pear var med, - han er Medlem af en Club, som ejer et Bådehus ved den Aa, som vi sejler i Kano på. Der gik vi i Læ og tilbragte Dagen meget rart. Der var en åben Altan med Tag over, som vendte ud til Aaen og der sad vi. Der er meget smukt, - store Skove til begge Sider, - så vi fik da den friske Luft alligevel. Vi kom hjem Kl 7, skrupsultne, naturligvis, og jeg satte mig straks i Bevægelse for noget varm The og solid, varm Aftensmad. Svigermoder fandt det sikkert ekstravagant – hun havde rigtignok ikke tænkt at vi vilde have andet end Vaniljeis og Kage!! – efter at vi har gået på tørt Smørrebrød hele Dagen!! – Det kribler i mig når jeg tænker på at Harry i mange Aar har måttet finde sig i den Slags, - han som bliver hulkindet på tre Dage. Han siger selv, at han er sikker på, at han har været så meget bedre dette Forår og Sommer fordi han altid får kraftig Kost nu. 
 Dette Brev er ikke så indholdsrigt som dit, men vi har jo heller ikke haft Barnedåb at fortælle om. Vil du hilse Ta’mus og Daisy. – 
 [Skrevet lodret ved venstre kant på side 5:]
 Vi har fået to Brudegaver i de sidste Dage, - en lille Krystal-
 [lodret langs kanten på side 6:]
 konfektskål og en Kageskål. Vi har en Masse nydelige Ting nu
 [lodret langs kanten på side 1 fortsættende over selve brevteksten samme side:]
 Vil du minde Disser om det lovede Brev og glem endelig ikke at sende det Stykke af Dannelg. Molle skrev, at hun havde læst et Stykke i Dannelg som mindede hende så levende om Håbet og Alhed, - det må være det. Jeg er spændt.
 Hilsner til alle fra East og Pelle</t>
+  </si>
+  <si>
+    <t>USA
+Boston</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Harris Sawyer
+- Sawyer, Harris' far
+- Sonne
+Nelly Tailor
+Mathilde Ward</t>
+  </si>
+  <si>
+    <t>Gamle Bedstemor Sawyers navn kendes ikke. Ej heller Harris Sawyers mors navn
+Miss Morrison er ligeledes ukendt. 
+Grethe Jungstedt, f. Sawyer, blev født i januar 1900.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1600</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer vil fremover skrive oftere, men korte breve.
+Harris Sawyers forældre har været til begravelse, og det var dejligt for Ellen at have huset for sig selv. Nelly kom på besøg og senere Fru Ward, som gerne vil lære nogle amerikanere at kende. Mathilde Ward var begejstret for Ellens hus. 
+Ellen går til musikundervisning hos Miss Morrison, men hun har dårligt tid til at øve sig. Grethe kravler, rejser sig op ved møblerne og putter alting i munden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpEx</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrevet:]
+Kære Mor
+Tak for dit Brevkort som kom idag. Jeg var meget beroliget ved at se at se B. har det bedre, - bare nu Bedringen må vare ved. – Jeg kan ikke skrive langt denne Gang heller for jeg har opbrugt al min Skriveenergi på Mornine, og denne venter jeg Mulle["Mulle" overstreget] Harry hjem fra Washington hvert Øjeblik. – I det hele taget vil jeg hellere i denne Tid, da jeg har så meget om Ørerne skrive oftere og lidt kortere. – jeg har så dårlig Tålmodighed til at sætte mig hen at skrive et langt Brev. – 
+Gamle Bedstemor Sawyer er død og de to gamle har været til Begravelse. – Det er en Skam at sige det, men det er så sjov når de er borte og jeg leger ”eget Hus”. Idag havde jeg inviteret Fru Sonne og Fru Ward til Kaffe og havde lavet Chokoladeis. Så blev det øsende Dagregn og jeg opgav dem nok. Nelly kom ind og vi nød hele Traktementet Is Kaffe Kager Vin – og da vi havde fået det hele fortæret kom Fru Ward – Mathilde vil jeg kalde hende, for vi er på Fornavn nu
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+våd og forkommen. – hun h ["h" overstreget] var kommen i en gal Sporvogn og havde været et Par Timer undervejs. Jeg fik hende præsenteret til ["til" overstreget] for Nelly, hvad var helt rart for hun vil gærne lære nogle Familjer at kende. Nelly er vist den eneste af vore bekendte hun vil bryde sig om. Hun vil vist ikke have let ved at finde sig til rette med Amerikanere – hun er jævn, ligefrem og hun vil slet ikke kunne forstå Amerikanernes lidt stivere og fornemmere Måde at være hjærtelig på. – Hun var umådelig interesseret i at se vores Hus, - hun var helt begejstret for så hyggeligt og pænt her var. Hun gik omkring og så på alting og fik Idéer til sit eget Hus. Hun er så sød. – 
+Mon jeg skrev vi er begyndt at tage Timer i Musik hos Miss Morrison! Hun faldt imidlertid fra ligestraks da hun fandt at han hverken havde Tid el. Tålmodighed ved at sidde og lide med Øvelser. Jeg vil blive ved skønt det jo kniber med at få mig øvet. Jeg er jo meget borte og når jeg er hjemme har jeg jo lille Grethe om mig. – hun er god og artig nok, kryber rundt på Gulvet og leger, men hun må tilses hvert Minut og 
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+hun rejser sig op ved Stolene, kryber under Klaveret og rejser sig ved Pedalen, og hun er ikke endnu så [”så” indsat over linien] sikker at jeg tør lade hende operere på egen Hånd. Og så piller hun alting op og putter i Munden, el hun kommer og trækker mig i Kjolen og vil op og spille. Hun er så sød at hun tager Vejret helt fra mig. – når hun klapper Kager, leger Tit-Tit med Katten og vifter med den lille Hånd til alle og enhver. 
+Nu kom Harry, rask og velbeholden. – Derfor Farvel. 1000 Hilsner Pelle
+[Skrevet langs sidste sides venstre margen og delvist under teksten:] 
+Der er ingen Kommaer i dette Brev 
+[Stemplet på sidste side; øverst og på hovedet:]
+FOR DEPOSIT IN THE
+PURITAN TRUST CO,, BOSTON,
+HARRIS E. SAWYER</t>
+  </si>
+  <si>
+    <t>1902-02-25</t>
+  </si>
+  <si>
+    <t>176 Federal Street
+Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Herbert Felton
+- Fuller
+Grethe Jungstedt
+Johanne Christine Larsen
+- Mackie
+William Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, rejste fra Danmark til Boston omkring 1. juni 1902. Hun mødte under sit ophold her William/Billy Mackie, og de to blev gift det følgende år. Ægteskabet holdt ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1588</t>
+  </si>
+  <si>
+    <t>Grethe har haft hoste, og nu er Ellen Sawyer smittet.
+Ellen vil savne Christine/Mornine Mackie, når hun rejser. Hun vil også savne William/Billy Mackies besøg.
+Ellen har stået for en stor middag. Pigen, der skulle servere, havde ikke fået besked, men hendes mor kom og hjalp. Nu gruer Ellen for en thanksgiving-middag med Sawyer-familien.
+Grethe synger små sange nu. Hun er et nemt barn, som finder sig i meget, og hun leger længe alene. Hun elsker at høre historier. 
+Christine har besøgt Williams forældre. De fordømmer indtagelse af alkohol og ville besvime, hvis de så Christine ryge cigar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UlCF</t>
+  </si>
+  <si>
+    <t>[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Håndskrevet:]
+Nov - 25 – 02
+Kære Mor!
+Igår fik vi ingen Brev fra dig, - men det er også kun den anden Gang siden Mornine kom, så du har Grund til at være stolt. Det er nok desværre mere end du kan sige om os for vi have nok fået vore Breve forsinket mere end en Gang. – Jeg håber da kun at det er Efterårsvejret som har bragt lidt Uregelmæssighed i Postgangen og at der ikke er noget i Vejen. 
+Vi har det ved det gamle her. Grethes Hoste er nu næsten borte, og hun har da heldigvis ikke tabt i Huldet. Jeg har overtaget hendes Forkølelse og gør som en besat hele Dagen, - når dertil kommer en let Kvalme fra Morgen til Aften, - en tærende Sult, samt Lede for næsten al Mad – så ser du nok at det ikke er særlig behageligt. Og så er det sådan en styg Tanke at skulle af med Mornine. Jeg vil savne hende gruligt, og jeg vil også savne at se Billy så jævnligt. Mornine har jo pålagt ham at han må komme ud mindst to Gange om Ugen og læse dansk med os, men jeg tvivler lidt på, at han gør det. – 
+Det gik rigtig udmærket forleden med Bespisningen for de Herrer. Mr. Felton havde to Pund [tegn for pund] af den fineste Chokoladekonfekt med til mig, - det var da pænt. Maden var rigtig god, - Suppen klar, o. s. v. vi havde ingen særlig Travlhed eller Besvær. De fik ”Cocktail” først, - kun Sauterne ved Bordet og en Snaps gammel Rom til Kaffen. Christine spillede lidt for dem og det satte de megen Pris på. Det eneste Uheld var at Pigen som skulde varte op, ikke fik mit Bud i Tide, så Mornine maatte holde for, men Pigens Moder, min gennemskikkelige Kone Mrs. Fuller, kom grædefærdig op Kl. 6 og sagde, at Pigen var ikke kommen hjem endnu – om hun ikke kunde hjælpe, så vi lod hende vadske op. Den 28ende Nov. er det jo ”Thanksgiving”, èn af deres største Fester. Vi skal have Familjen herover til Kalkun, - Pie og Plumpudding. Jeg gruer lidt for al den Laven Mad, for jeg kan næsten ikke tåle at se Mad. 
+[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Med håndskrift:]
+Grethe begynder så småt at kunne spille små Melodier nu. Hun kan og har længe kunnet kende Melodier når vi synger eller fløjter dem, og nu kan hun lige begynde at synge et Par Linjer nogenlunde rigtig, - Stork, Stork Langeben, - ”Gusk. ta'ske Lov” som er èn af hendes Yndlingssange. Hun er saamænd en skikkelig Unge, - som den Aften vi havde Fremmede, måtte hun gå i Seng en Time før sin Sengetid, efter hun havde spist sit Mælkebrød uden at måtte røre al den fine Mad, som hun interesseret betragtede – og gå op og ligge ganske alene ovenpå - men ikke et Kny - eller en Indvending hørte vi fra hende. - Når vi bliver kede af hende eller trætte af hende, sender vi hende ind og lege med sit ”dejlige Skrammel”, som hun kalder som hun kalder en Skuffe af store og mindre lemlæstede Dukker, udklippede Papirsdukker, Klude og Æsker, og der kan hun godt sidde en Timestid og lege. Nu er hun ved at komme i den Alder, da hun plager for Historier, - så snart hun hører sin Fader komme hjem om Aftenen, styrter hun hen til Trappen og raaber” – Will you tell me a Story, Papse”. - - 
+Mornine har syet en dejlig Pude til Billy, - gråt Filt med kulørt Uldgarn – den er henrivende. Hun vil jo nu til at sy en Lysdug til Fru Mackie. Hun var inde hos dem i Søndags og de var meget venlige og rare, - hun spillede for dem – de er så glade ved Musik.
+Men de er jo af den meget gammeldags Skole, som fordømmer Nydelsen af et Glas Øl, - ikke at tale om Vin og Spiritus, - og hvis de så Mornine ryge – og ryge Cigar, - ja, de vilde da mindst besvime. 
+Jeg kan dog ikke vide hvad Onkel Syberg og Tutte siger til mit Forslag – jeg er meget spændt. Harry vil også så gærne have lille Tutte. – 
+Dette Brev er meget kedeligt, men jeg har Kvalme.
+Mornine og lille Grethe hilser
+Din Pelle
+[Skrevet på tværs øverst på sidste side:]
+Sig til Junge hun skylder mig Brev og at hun sender mig nok et godt langt Julebrev. Ja, det bliver en trist Jul, bare den var overstået</t>
   </si>
   <si>
     <t>1903-5</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>USA
 Mass.
 Dorchester</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Ellen Agnete Amstrup
 Louise Amstrup
 Thora  Branner
 Wilhelm Branner
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Niels Elgaard Amstrup
 Alfred Goldschmidt
 - Grønlund
 Jens Hammer
 Grethe Jungstedt
@@ -463,54 +625,50 @@
 Lige strax var jeg sort fortvivlet over at skulle til Malmø, som jeg aldrig har haft noget til overs for, endda jeg kun har været der på Besøg – og da på ret gunstige Vilkår. 
 Alfred var også meget ked af det; men vi er alligevel enige om, at vi ikke godt kan lade et sådant Tilbud gå fra os; Stillingen her var jo yderst tarvelig – og gav Anledning til daglige Ærgrelser for Alfred – og her kunde han aldrig blive blot nogenlunde selvstændig og aldrig nå op over 3000 Kr om Året.
 Derovre vil ganske vist følge mange Bryderier med det større Ansvar – men så er han da også meget selvstændig – og viser det sig i dette første Prøveår, at han kan klare det – hvad jeg nok tror, for Arbejdet i sig selv interesserer ham langt mere derovre – så vil vi kunne stige i Gage – måske ad Åre til 6000 Kr; (den forrige Direktør havde 8000 à 10000, (Procenter) men det fandt Drucker altså til sidst var for meget.) Og synes Du ikke, at man har Lov at tage det med i Betragtning. Med 6000 vil man dog kunne tillade sig meget og navnlig – hvad vi jo begge har en rasende Lyst til – rejse i Ferien.
 Dernæst spekulerer jeg også stærkt på, om vi ikke med Tiden kunde flytte uden for Byen – bygge os et lille Hus for selv var jo herligt; særlig for mig vilde det jo være uvurderligt, om vi kunde altid bo på Landet; og for Alfred véd jeg da, at det også var sundt, selv om han ikke netop nyder Landliv som jeg – han er der jo også (desværre) den mindste Tid. Det første år får vi 900 Kr mere i Gage; dette betyder egentlig kun 500, da Skatter, Husleje o.a. er langt dyrere i Malmø. 
 --------------- Men det kan ikke længere more Dig at høre på. 
 Jeg længes efter at få en Ende på det – og se, hvordan man kan få sig indrettet derovre, som det nu er, kan vi dog ikke føle os rigtig hjemme her. --- Vi var i Lørdags Aftes i Studentersamfundet, hvor Gustav Philipsen talte om Prostitutionen; bagefter Diskussion, i hvilken Professorerne Salmonsen og Pontoppidan samt Dr Ussing – Jens Bush o fl. deltog; det var meget morsomt – og interessant – og vi kom først hjem Kl ½ 2. Søndag Aften var vi på Besøg hos en Familie på Amager – sjov – landlig – med alle Børnene hjemme; en Søn – vor Ven – skal rejse til Mexiko, at bo; han holdt Auktion over sine Bøger; vi erhvervede en Masse for ingenting næsten – deriblandt Høffdings Psckykologi! Var det ikke sjov! Mon det er lykkedes Jer at komme sammen med Høffding derovre?
 Vi har fået en dejlig Bissen-Lampe af Malm – med grøn Silkeskærm. (Brudegave) samt 12 Elfenbenskaftede Knive. En tredje Gave var en Anvisning på for 25 Kr Varer hos en Grosserer – vi har smølet med at hente Varen – og nu er Onklen død; jeg skal til Jødebegravelse i Morgen; det bliver helt sjov – Gud ved, hvordan det går til. Det var Fru Gs Broder (halv) Gross. Herm. Levin. 
 [Skrevet på hovedet øverst side 1:]
 Jeg cykler som en rasende i denne Tid, da jeg er ene – Pærer og Græskar – andet er der 
 [Skrevet på hovedet øverst på side 4:]
 ikke. Du får ikke længere Brev denne Gang heller, men selv om der her ingenting står, så er det dog altid en Hilsen – fra Din Dis
 [Skrevet på hovedet nederst på s2-s3:]
 Jeg har også fået en engelsk Bog ”Robert Elsmere” af Mrs. Humphry Ward – kender I den? den siges at være berømt. 
 [Skrevet på hovedet øverst på s2-s3:]
 P s. Coppel??? Har Elle monstro ikke fået et Brev fra mig med Alfreds Portræt?</t>
   </si>
   <si>
     <t>1904-11-14</t>
   </si>
   <si>
     <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>København Ø
 3.</t>
-  </si>
-[...2 lines deleted...]
-Boston</t>
   </si>
   <si>
     <t>Skovagervej 5, c/o Allan Kern, 2920 Charlottenlund, Danmark
 Ellensvej 8, 2920 Charlottenlund, Danmark</t>
   </si>
   <si>
     <t>Lise Abrahams
 Grethe Bichel
 Julie Brandt
 Ingeborg Caspersen
 Ingeborg  Eckardt
 Alfred Goldschmidt
 Bodild Holstein
 Christine  Mackie
 William Mackie
 Ellen  Sawyer
 Harris Sawyer
 Christine Swane
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Laura Warberg, Astrids mor, flyttede til København efter sin mands død.
 Astrids søstre Christine/Mornine og Ellen/Elle var begge gift og bosiddende i Boston, hvor en tredje søster, Johanne/Junge i 1904 besøgte dem. 
 Ingeborg er muligvis Ingeborg Eckardt eller Ingeborg Caspersen. Grethe kan være Grethe Bichel. 
@@ -1558,59 +1716,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpEx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M19"/>
+  <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1673,795 +1831,887 @@
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="5" t="s">
-        <v>25</v>
+      <c r="A3" s="5" t="n">
+        <v>1900</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
+      <c r="E3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="J6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D7" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="I7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="F7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="G7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>66</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" s="5" t="s">
         <v>75</v>
-      </c>
-[...13 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="E9" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="F9" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>45</v>
+        <v>88</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="J10" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="J11" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="K11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="J12" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="J13" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>122</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>123</v>
+        <v>50</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>126</v>
+        <v>60</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>136</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>35</v>
+        <v>137</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>126</v>
+        <v>139</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="J16" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="K16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="J17" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="K17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="I18" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="5" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>166</v>
+        <v>52</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="J19" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="J19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="K19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="L19" s="6" t="s">
+    </row>
+    <row r="20">
+      <c r="A20" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="M19" s="5" t="s">
+      <c r="B20" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>172</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
+    <hyperlink ref="M20" r:id="rId25"/>
+    <hyperlink ref="M21" r:id="rId26"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>