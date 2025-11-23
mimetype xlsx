--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -130,91 +130,50 @@
 Venlig Hilsen til Højstrup St.
 [I brevet:]
 Bellevue St. 19 Juli.
 Kære Mor.
 Det var rigtignok en rasende interessant Post i Dag med dit vældige Brev med alt det interessante om Barnedåben og med de gode Meddelelser om Lugges Eksamen og Dedes Opflytning – og alle de storartede Billeder som Chr. sendte mig. De ere dog ganske udmærkede og jeg nyder at se på dem. Vil du atter takke Mornine foreløbig!
 Der har nok ordentlig været Fest for lille Andreas, (jeg kan ikke lide Jeppenavnet) Han må være ganske henrivende, - jeg føler mig gruligt forurettet over at jeg går glip af at se ham som lille Men jeg trøster mig med, at jeg jo nok får en anden lille én at se på. – Tænk om vi kunde komme næste Sommer med vor lille Jeppe og få ham døbt hjemme, så du kunde bære ham også! Det vilde rigtignok være morsomt, 1 År er jo lidt længe i Forvejen at lægge Planer, men det kan jo aldrig skade og jeg har megen Glæde deraf. – 
 Forleden mente East at vi dog skulde kalde ham op efter Onkel Syberg – sådan: Erik Andreas Hempel Syberg Dannebrogsmand Sawyer.
 Han vidste at der var noget med D-mand, men var ikke rigtig klar over hvad det var. – Eastman har ikke været helt rask et Par Dage, - Mave, - men jeg tror dog han er kommen over det. Den Gæranalyse, (som han heldigvis nu er færdig med) har vist voldet det, - men han får 50 Dollars for det, og dem vil vi anvende til en Tur i ”White Mountains” næste Måned. Han trænger højlig til en Ferie og noget frisk Luft. Vi håber at være borte en 3 Ugers Tid. Det ser altså ud som om vi kommer godt fra Sommervarmen, August plejer at være den værste. Hidtil har vi ikke haft særlig generende Varme i disse Dage er det helt køligt. På Mandag rejser Helen og H’s Mor bort for 2 Uger, - så rejser vi, så snart de kommer hjem. Det bliver hele 5 Uger at vi bliver fri for Familjeliv.
 Tænk H’s Moder har opdaget vore Planer om en Ordning. East røbede det selv, ved at blive ærgerlig og hidsig en Dag da hun som sædvanlig udbredte sig om Ubehagelighederne ved Børn. Hun sagde imidlertid ingenting den Gang, men et Par Dage senere, da der kom en irsk Pige og solgte Kniplinger, sagde hun til H. [”til H.” indsat over linjen] at nu havde hun købt Kniplinger til en lille Kjole til sit Barnebarn. Jeg tror, at hun glæder sig lumsk til det.
 Forrige Uge var jeg næsten hver Dag i Laboratoriet og hjalp. Den ene Dag pakkede jeg en Masse Glasvarer ud af [”af” overstreget], og da de vare pakkede i Hø, lavede det jo en slem Uorden. Så vil Uheldet at Mr. Tiffany netop kom ned der om Morgenen før Rengøringsmanden havde været der og før Harry kom, - han kom sent ind den Morgen på Grund af Mavepine, og Dagen efter skrev han, Mr. T. – til Harry’s Assistent, om de ikke kunde holde det lidt senere. Den Vigtigper, jeg er ordentlig stødt på ham. – 
 En af de Dage jeg var i Laboratoriet havde vi Besøg der det meste af Dagen af en af Harry’s ældste og bedste Venner, Wesley Priest – også Kemiker. Det er pudsigt at Harrys to bedste Venner ere nogle lange Rapperter, begge nogle lystige Fyre, begge glade ved noget godt at drikke (og meget helst). Han [”Han” overstreget. ”Harry” indsat over linjen] Harry behandler dem faderligt, og det klæder ham så grinagtigt, da han kun er halvt så stor som dem. 
 Wesley P. jagede mig en grulig Skræk i Livet ved at fortælle med det alvorligste Ansigt om hvor brandfarligt det Laboratorium er og at det så godt som vilde være umuligt at komme ud o.s.v., - indtil Harry oplyste mig om, at han altid fortalte sådanne Historier.
 Senere var han med os på vor Stamkafé hvor vi indtog en forsvarlig Middag med al den Vin vi kunde drikke. Jeg er altid sulten så Harry må en Gang imellem fodre mig ordentlig igennem.
 Jeg er da forresten fornuftig nok til også selv at sørge for kraftig Mad herhjemme.
 Igår tog vi ud fra Morgenstunden med Madkurv. Det blev imidlertid en øsende Regn, men vi klarede os alligevel. Helen og Charles Pear var med, - han er Medlem af en Club, som ejer et Bådehus ved den Aa, som vi sejler i Kano på. Der gik vi i Læ og tilbragte Dagen meget rart. Der var en åben Altan med Tag over, som vendte ud til Aaen og der sad vi. Der er meget smukt, - store Skove til begge Sider, - så vi fik da den friske Luft alligevel. Vi kom hjem Kl 7, skrupsultne, naturligvis, og jeg satte mig straks i Bevægelse for noget varm The og solid, varm Aftensmad. Svigermoder fandt det sikkert ekstravagant – hun havde rigtignok ikke tænkt at vi vilde have andet end Vaniljeis og Kage!! – efter at vi har gået på tørt Smørrebrød hele Dagen!! – Det kribler i mig når jeg tænker på at Harry i mange Aar har måttet finde sig i den Slags, - han som bliver hulkindet på tre Dage. Han siger selv, at han er sikker på, at han har været så meget bedre dette Forår og Sommer fordi han altid får kraftig Kost nu. 
 Dette Brev er ikke så indholdsrigt som dit, men vi har jo heller ikke haft Barnedåb at fortælle om. Vil du hilse Ta’mus og Daisy. – 
 [Skrevet lodret ved venstre kant på side 5:]
 Vi har fået to Brudegaver i de sidste Dage, - en lille Krystal-
 [lodret langs kanten på side 6:]
 konfektskål og en Kageskål. Vi har en Masse nydelige Ting nu
 [lodret langs kanten på side 1 fortsættende over selve brevteksten samme side:]
 Vil du minde Disser om det lovede Brev og glem endelig ikke at sende det Stykke af Dannelg. Molle skrev, at hun havde læst et Stykke i Dannelg som mindede hende så levende om Håbet og Alhed, - det må være det. Jeg er spændt.
 Hilsner til alle fra East og Pelle</t>
   </si>
   <si>
-    <t>1907-10-10</t>
-[...39 lines deleted...]
-  <si>
     <t>1903-5</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>USA
 Mass.
 Dorchester</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Ellen Agnete Amstrup
 Louise Amstrup
 Thora  Branner
 Wilhelm Branner
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Niels Elgaard Amstrup
 Alfred Goldschmidt
 - Grønlund
 Jens Hammer
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
@@ -240,50 +199,91 @@
   </si>
   <si>
     <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
 Peter fik land.
 Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
 Johanne har været på kirkegården og plante blomster.
 En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3BSF</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 c/o H.E. Sawyer
 244 Columbia Road
 Dorchester
 Boston
 Mass.
 U.S.A.
 [I brevet:]
 Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
 Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
 [skrevet på tværs øverst på s1:]
 dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
+  </si>
+  <si>
+    <t>1907-10-10</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Emil Opffer</t>
+  </si>
+  <si>
+    <t>Brookline</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+- Møller USA</t>
+  </si>
+  <si>
+    <t>Johannes og Alhed Larsen er sammen med sønnerne Andreas og Johan på en rejse til USA fra maj til december 1907. Målet er i første omgang Boston, Massachusetts, hvor Alheds søster Christine boede med sin amerikanske mand, lægen William Mackie. Johs. Larsen opholdt sig også 14 dage i New York i forbindelse med sin udstilling på bladet "Dansk-Amerikaneren", og sammen med Alhed tog han på en vildmandstur ved den canadiske grænse. 
+Brooklyn er en by i Norfolk County, Massachusetts, USA, der støder op til byen Boston. Her blev præsident John F. Kennedy født 29/5-1917.
+Johannes Larsen besøger det zoologiske museum på det nærliggende Harvard Universitet i Massachusetts, men også dette zoologiske museum i New York. 
+D.A.S.: Formodes at være Dansk Amerikansk Selskab
+Kilde:
+Porsmose, E.: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
+  </si>
+  <si>
+    <t>Det kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til sin ven redaktør Opffer (se denne) vedrørende forberedelser til en udstilling af Larsen billeder i New York. 
+En henvendelse til en kunsthandler i Boston har ikke givet noget resultat, og Johannes Larsen beslutter sig for at benytte sig af redaktør Opffers tilbud om en mere prisbillig og moderat version i bladet "Dansk-Amerikaneren"s lokaler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dMQC</t>
+  </si>
+  <si>
+    <t>Brookline 10 Octbr 1907.
+Kære Redaktør Opffer
+Tak for Deres elskværdige Brev og for Aviserne. Ja det er omtrent hvad jeg skriver det for. Forøvrigt spekulerer jeg stærkt på hvad jeg skal og hvordan jeg skal, med andre Ord jeg er ikke rigtigt klar over Situationen. Jeg kan ikke godt lave Udstilling baade her og i New York, men oprigtig talt er jeg blevet slemt svalet, siden jeg for et Par Dage siden viste den Kunsthandler her, (som jeg havde talt med om Udstillingen) mine Billeder og talte nærmere med ham. Jeg er sikker på at komme af med en Del Penge og desværre vist lige saa sikker paa ikke at sælge noget. Tror De det vil være bedre i N.Y.? Tror De vi kunde sætte Billederne op paa Deres
+Kontorvægge med Tegnestifter? Rammer er saa Satans dyre her og jeg kan jo ikke føre det Ragelse med hjem. Jeg har lavet en halv Snes Aquareller, 4 Oljeskitser, 2 store Oljebilleder og et halvt Hundrede smaa Tegninger og Vandfarveskitser her, desuden har min Kone malet 7-8 Billeder herovre. Hvad er det med D.A.S.? Tror De, der kan laves noget med det? men det skal der vel Rammer til, og det skulde der vel helst laves en større Udstilling ud af, mere noget i Retning af en Eliteudstilling. Jeg kommer rimeligvis og snakker med Dem og tager nogle Billeder med først i næste Uge. Jeg glæder mig til at se den zoologiske Have. Hils Robert Møller .
+Deres hengivne Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -360,51 +360,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -485,104 +485,104 @@
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="F3" s="5" t="inlineStr">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>41</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>43</v>
       </c>
     </row>