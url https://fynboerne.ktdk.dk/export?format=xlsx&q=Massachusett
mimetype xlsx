--- v1 (2025-11-23)
+++ v2 (2026-02-26)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>