--- v0 (2025-10-02)
+++ v1 (2026-03-10)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="39" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -81,118 +81,118 @@
     <t>Menton</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Paris
 Basilique Saint-Michel-Archange</t>
   </si>
   <si>
     <t>Peter Hansen</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Mads Rasmussen glæder sig til den snarlige udstilling, hvor Peter Hansen skal udstille</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/VSfK</t>
   </si>
   <si>
     <t>Kære Ven Johannes Larsen og Frue!
 Nu skal jo Peter Hansens store Billede snart udstilles og jeg glæder mig til at komme hjem og se hvorledes det vil tage sig ud paa Udstillingen. Vi befinder os meget vel her i den dejlige sommer. Paa onsdag rejser vi over Paris hjem og er hjemme den 25 ds. Venlig Hilsen til Dem og Frue fra min Kirstine og Deres hengivne M Rasmussen
 13-3-12</t>
+  </si>
+  <si>
+    <t> 6. feb. 1928</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Fini Henriques
+Vagn Jacobsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
+Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
+Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/KXQYxq6i</t>
+  </si>
+  <si>
+    <t> 7. feb. 1928</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/z4ZozgYX</t>
   </si>
   <si>
     <t>1912-10-25</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
   </si>
   <si>
     <t>Mads Rasmussen sender Peter Hansen et brev fra overretssagfører W. Tegner om nogle malerier. Det drejer sig om en samling, som MR måske vil byde på, men han beder om, at PH vil se på billederne sammen med ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/l79f</t>
   </si>
   <si>
     <t>25' Oktober 1912.
 Herr Kunstmaler Peter Hansen:
 Jndlagt sender jeg Dem et Brev fra Overretssagfører V. Tegner angaaende nogle Malerier. Under mit sidste Ophold i Mentona var Fru Gravenkop Castenskjold der ogsaa og Winkel &amp;amp; Magnussen havde de budt 1100 Kroner for Samlingen, og jeg mente saa, at jeg kunde byde 12000 Kroner,skønt jeg ikke havde set Fortegnelsen,men jeg vidste, at der var Billeder af Krøyer og Zahrtmann,men saa forlange de 14000 Kroner. Da jeg kunde tænke mig, at hvad der er af Zahrtmann maaske kunde være Pengene værd, om De kunde gaa med hen at se paa Billederne. De kan maaske ogsaa købes for 12000 Kr. J Morgen kan jeg ikke,men De bedes ringe mig op i Telefonen,for at vi kan tale om det.
 Med venlig Hilsen forbliver jeg
 Deres hengivne
 M. Rasmussen
 [Følgende liste vedlagt brevet:]
 1. Malthe Engelsted Kristus og Nikodemus
 2. Godfr. Christensen Udsigt fra Riis Skov
 2. Exner. Et Bondebryllup
 4. do. Frierscene
 5. Eckersberg. Efter Badet
 6. Irminger. Dragoner
 7. do. Fra et Børnehospital
 8. Carl Thomsen. Empire Dame
 9. Mich. Anker. Studiehoved
 10. P. Kröyer. do.
 11. W. Marstrand. En Neger
 12. do Lommeprokurater i Fængsel
 13. Zahrtmann. En Moder med sit Barn
 14. do. Italiensk Marked
 15. Anna Petersen. Studiehoved, Bonde
 16. V. Rosenstand Studenternes Udfald ved Köbenhavns Belejring</t>
-  </si>
-[...26 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/z4ZozgYX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -269,51 +269,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -387,182 +387,182 @@
       <c r="H2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>16</v>
+      </c>
+      <c r="D3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H3" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="I3" s="5"/>
-      <c r="J3" s="5" t="s">
-        <v>27</v>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="M3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K4" s="5" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I5" s="5"/>
-[...8 lines deleted...]
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="M5" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>