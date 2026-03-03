--- v0 (2025-11-21)
+++ v1 (2026-03-03)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1007" uniqueCount="666" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1052" uniqueCount="700" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -264,50 +264,108 @@
 Christine Norden
 Christine Swane</t>
   </si>
   <si>
     <t>Lille Kristian = Christian Norden, som er købmandslærling hos IA Larsen( Johannes Larsens far). Han bor hos familien Larsen og skal blive i Kerteminde, når hans forældre senere på året skal flytte til København. CNs farmor er netop død.
 Klaks (Johannes Larsens bror) går på Birkerød Latin- og Realskole 1888-91.</t>
   </si>
   <si>
     <t>Vilhelmine Larsen har sendt lærred, blindrammer og penge til Johannes. Hun håber, at målene passer. Hvis de ikke passer, må han gemme dem til senere brug og lære at huske sine ting, når han har været hjemme på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zSIz</t>
   </si>
   <si>
     <t>Kjerteminde den 17 89
 1
 Min kjære Johannes!
 Lærred og Blindrammer fik jeg da afsted og Pengene faar jeg idag saa er jeg glad, men nu kommer det jo an paa om jeg har truffet det rette med Lærredet jeg havde mit Portræt i Haanden men saa lod jeg det staa til en anden Gang og er det en fejl det med Koen saa kan du gjemme det jeg syntes du havde flere paabegyndte Landskaber men hvor ere de som sagt jeg [trøster?] mig med er dette galt og han bliver gnaven derover saa husker han bedre en anden Gang at tage sine Sager med sig
 Jeg er tidlig oppe i disse Morgener for at faa skreven lad mig nu faa et godt langt Brev paa Søndag fortæl mig hvad I tegner paa Teknisk Skole og meget mere ja nu leer du nok og det maa du ogsaa godt fortæl bare
 Nu maa Du ikke vente at sende dit Vasketøj til du tager den sidste Skjorte paa for saa bliver det kniberi med at faa det tørret ja naar vi kan faa det om Mandagen saa gik det maaske at du saa kunde faa 5 Skjorter paa en Gang
 Du kan tro at lille Adolph har travlt i denne Tid jeg har foræret ham en Høne og den lægger Æg nu ved du at Æg sælges i [pund] saa nu vejer han hvert et Æg Hønen lægger og vil nu lægge sig et eget Hønseskur til og saa holde flere Høns og en Hane og nu er han efter Lind om Morgenen og vil handle med Duer – han bliver heel opsat paa at samle sig et Par Skilling i sin Bog
 Her er stor Skøjtesnak i disse Dage Marie og Christine er paafærde til Øvelse jeg tænker Klaks tager sine i Brug ogsaa men de faar vel ikke Lov til at løbe uden der er en Lærer med tænker jeg 
 Han har faaet sin Kasse med Billedet hvor var han dog glad ved det Johannes han saa til det alle Øjeblikke for jeg tror nok han længes imellem ikke saa lidt endda
 Gamle Fru Norden døde igaar, og det var en glædelig Død, hun bad vor Herre om endelig tage sig hjem inden hun skulde skilles fra Christians Moder, nu til Foraaret var jo Meningen at de skal flytte til Kjøbenhavn saadan seer vi saa ofte at Bønner blive [ulæseligt ord] hørte – det gjorde den gamle saa godt at lille Kristian var saa velfornøjet hos os saa blev det ikke saa svært naar Moder flyttede
 Ja den Skilsmisse den blødgjør jeg beder da meget inderligere for Eder naar I ere borte fra mig end naar jeg seer Eder for mine Øjne ja Gud Fader velsigne Eder og bevare Eder og give Eder sin Fred – Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1892-05-10</t>
+  </si>
+  <si>
+    <t>Henrik Havemann</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Hamburg
+2. sal</t>
+  </si>
+  <si>
+    <t>Højrup St.
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Rebecca Havemann
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Ellen Schroll og Havemanns søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1378</t>
+  </si>
+  <si>
+    <t>Havemann-parret har haft uheld med piger i huset. Rebecca Havemann har dårligt helbred. Nu ankommer Ellen Schroll i næste måned. Ellen Sawyer er rar, men hun er for uerfaren til at passe alt på egen hånd. Havemann beder Laura og Albrecht om at sende Ellen hjem i juni måned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wqxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+An
+Herrn Godsforvalter A.C. Warberg
+Erikshaab
+Højrup St
+Fyn
+Dänemark
+[Fortrykt i brevet:]
+Joh. Havemann
+Schiffs-Inspector
+Eppendorferweg 15 II.
+HAMBURG
+Hamburg, den 189
+[Indsat i sted- og datolinjen med håndskrift:]
+10de Mai 2
+[Håndskrevet i brevet:]
+Kjære Fru Warberg!
+Som De vist har erfaret af min Søster, vil Ellen Schrolll i næste Måned komme hertil forat være i Huset hos os, da vi have havt saameget Uheld med Piger hidtil at jeg, formedelst min Hustrus mindre gode Helbred, tilsidst fandt det nødvendigt at sørge for at faae en erfaren og dygtig ung Pige i Huset, saa at min Hustru for Fremtiden vil kunne skaane sig mere. 
+Deres Ellen er en rigtig rar Pige, men er dog endnu for uerfaren til, at min Hustru kan overlade ret meget for hende at passe paa egen Haand, hvilket jo heller ikke egentlig var Meningen med hendes Komme her, men jeg troede ikke dengang, at det var saa vanskeligt at faae en rigtig, dygtig Tjenestepige her. 
+Da nu imidlertid vor Plads er lidt indskrænket og navnlig i Sommer, hvor vi venter Fremmede fra Bækkelund og England, vil være endnu mere knap, saa vil jeg bede Dem at undskylde, naar vi finder os nødsagede til at bede Dem at tage Deres Ellen hjem engang mellem 15_de_ og 22_de_ Juni, da vi formodentligt sidst i Juni eller først i Juli faar engelske Fremmede.
+Med venligst Hilsen fra min Hustru og migselv til Dem og Deres Mand, tegner 
+Deres heng. Joh Havemann</t>
   </si>
   <si>
     <t>1892-10-26</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>København
 Vestergade</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 - Andersen, Sandbygaard
 Alice Bondesen
 Carl Brandstrup
 Clement Caspersen
 - Egholm
 Niels Elgaard Amstrup
 - Jensen, Frøken, Erikshaab
 Trine Johans
@@ -605,124 +663,125 @@
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Alhed er på vej hjem fra Italien med toget. Hendes store kuffert var borte i 4 dage. Det kostede store anstrengelser at finde den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jjju</t>
   </si>
   <si>
     <t>Kæreste Mor!
 Jeg har i Dag faaet Eders Breve. Jeg kunde godt have været hjemme til Søndag, hvis min Rejse ikke havde været et Løb med store Forhindringer. Mit Brevkort fra München var for saa vidt ”falsk”, som det meldte noget om den store Sjælevaande jeg var i. – Nu skal du høre, min store Kuffert har været borte 4 Dage, og jeg havde tilsidst opgivet Haabet om nogen Sinde mere at se den. Jeg var naturligvis aldeles ulykkelig, da den indeholdt alt, hvad jeg ejer og har, - Kjoler Smykker, Malerier – kort sagt alt, - en halv Lommekam var i 4 Dage hele min Bagage. – Sagen forholdt sig saaledes: den var expederet fra Venedig til Grænsebyen Ala, [tilføjet: østrigsk Grænse] hvor den skulde fortoldes. Da vi kom der om Aftenen var den der ikke. Told [overstreget: ex] inspektøren lovede at expedere den til München, hvis vi gav ham Garantisedlen. Vi ømmede os lidt ved at give ham dette vort eneste Bevis, men da han erklærede, at han ellers intet kunde udrette, fik han den. – Den ene Dag gik imidlertid efter den anden uden spor af Kuffert, saa Du kan tro, jeg var aldeles ulykkelig. Og Trøst fik jeg ikke meget af, - Beckett kendte 20, der havde mistet deres Kuffert, den ene i Østrig. Og alle erklærede de, at [overstreget bogstav] italienske og østrigske Embedsmænd er noget Rak. Vi henvendte os i det dansk-svensk-norske Konsulat, og Konsulen, en elskværdig Tysker lovede at tage sig af det. – Og dette gjorde vist nok, at vi fik Kufferten. Da [overstreget: jeg]
 Asnet dernede fik Telegram om, at det danske Konsulat vilde tage sig af Sagen, bekvemmede han sig endelig til at svare, at Kufferten var afsendt, - de andre Telegrammer ænsede han aldeles ikke. – Du kan tro, det var væmmelige Dage. Jeg piskede mellem Konsulat, Telegrafstation, [overstreget ord] Ilgods, Fragtgods og Toldgodsexpedition. Navnlig den sidste Dag var ækel, Beckett var rejst, han kunde ikke blive der længere, saa jeg gik alene der og snakkede tysk, og mit Mod var under Frysepunktet. – Endelig i [overstreget: E] Gaar Eftermiddag Kl. 4½ ankom den. Rørende Gensyn. – Der var akkurat Tid at faa den efterset af Tolden, faa Billet og komme af Sted. Kl. 5½ sad jeg i Toget og rullede af hertil, hvor jeg ankom i Morges. - - Men det værste ved det er, - nu da jeg har faaet Kufferten – at det har været en forfærdelig dyr Historie, - Tænk, alene Kuffertens normale Billet bliver en 35 Kr, hvad jeg ikke har anet og saa alt dette extra, - Ilgodspenge, Telegrammer, (en Dag 6 Mark) Drikkepenge, forlænget Ophold i München og anden Kl. hertil, da jeg ikke kunde rejse alene paa tredje; jeg er forfærdelig ked af det, tænk jeg har maattet telegrafere efter flere Penge til Lud og maa nu vente paa dem, de kunne tidligst komme i Morgen Eft. Ellers stak jeg gærne af i Morgen tidlig; saa jeg kunde være hjemme Søndag med Iltoget. [overstreget: I] Og Beckett kan ikke laane mig, han har kun lige til. Meningen er at rejse herfra Søndag Aften eller Mandag Morgen. Jeg skal over København, der er ingen billigere og hurtigere Rejse. - - -
 Ja, det var sandelig ikke noget morsomt Brev! Og jeg maa slutte nu. Jeg er ganske rundtosset af den Kørsel i Nat, - 13-14 timer – Og saa led jeg baade af Tørst og Sult; Jeg glemte i Travlheden helt at faa noget med saa fra i Gaar Frokost til i Dag til Morgen fik jeg ikke saa meget som en Draabe Vand!! – Nej, jeg er snart træt af de Rejseæventyr. – I mener maaske, at der maa være sket noget upraktisk med den Kuffert, - man skulde næsten tro det men vi gjorde det i den bedste Tro; Luds Kasser hjem har kostet Masser af Penge, var flere Maaneder undervejs og kom i beskadiget Tilstand. - - Sørgeligt, at jeg ikke kan være med Søndag da I alle ere sammen. - - Jeg tænker da, I faa dette Søndag.
 De kærligste Hilsner
 Alhed</t>
   </si>
   <si>
     <t>1895-11-18</t>
   </si>
   <si>
     <t>Odense
 Søbysøgaard</t>
   </si>
   <si>
-    <t>Adis -
-Swanza -
+    <t>Swanza -
 Trine Johans
 Johanne Christine Larsen
 Karl Madsen
 Otto Emil  Paludan
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
 Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
 Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
-"Pallam" er Fuldmægtig Paludan.</t>
+"Pallam" er Fuldmægtig Paludan. Adis: Astrid Warberg-Goldschmidt.</t>
   </si>
   <si>
     <t>Johannes Larsen har sendt Alhed bøger.
 Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
 Alhed ligger syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P7PO</t>
   </si>
   <si>
     <t>Erikshaab – 18/11 – 95
 Kære Las! Vil De hilse ”Swanza”
 Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
 - Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
 Alhed Warberg
 Adis sender Hilsen
 Mange Hilsner fra Johanne</t>
   </si>
   <si>
     <t>1896-10-24</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger
 Carl Høyrup
 Jeppe Andreas Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johs. Larsen har kørt Ellen til Nyborg og kom for sent til Teknisk Skole.
 Alhed skal til København og til Brandstrups barns dåb.
 Johs. Larsen går på jagt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QHCG</t>
   </si>
   <si>
     <t>Kjerteminde 24 Octbr. 1896.
 Kæreste Alhed!
 Tak for Brevet. Jeg fik det i Tirsdags og var lige ved at sætte mig til at skrive til Langeland strax men kom saa i Tanker om at det var om Morgen tidlig at De skulde rejse, og sa kunde det jo ikke naa sig. Jeg har ikke været i Odense endnu og da jeg har faaet Lærred, og bliver det vist ikke for det første jeg kommer derud. Jeg var oppe hos Hørups i Forgaars, og han havde netop et Stykke Lærred liggende af den Størrelse og den Slags jeg skulde bruge og det laante jeg saa af ham. 
 I Gaar var Christine og jeg ude i Nyborg med Ellen og fik hende sendt med Færgen. Det var jo Meningen at hun skulde have fulgt med Fader og Moder naar de rejser til Sverige, men nu trak det jo saa længe ud med Tærskningen og i det [de] sidste Dage har Fader ikke været rigtig rask saa Rejsen er foreløbig udsat. Det var et dejligt Vejr at køre i men noget koldt paa Hjemvejen. Jeg skulde have været ned paa den tekniske Kl. 7 ½ men da jeg kunde regne ud at jeg vilde komme en Time for sent havde jeg sendt Bud til den anden Lærer om at se efter min Klasse den første Time, han var imidlertid ogsaa forhindret og da jeg kom derned var han endnu ikke kommen og kom først ½ Time efter. Ham der blev hældt ud gik det meget godt med. Borgmesteren havde været nede hos Forældrene og sige det saa han kom ikke mere.
 Jeg sidder og lægger mit Billede an i Dag, det [er] for Resten lumpent at sidde inde i saa smukt Vejr. Det er sandt. De har vel ikke hørt noget endeligt om hvornaar De skal til Kjøbenhavn og døbe det Brandstrupske Barn, for saa kunde De lade mig det vide saa jeg kunde gaa ud til Nyborg og faa Dem at se i Forbifarten. Jeg har været en Del paa Jagt i denne Uge men ingen Ting faaet naar jeg undtager en Hare i Mandags, det er kedeligt for Tjalfes Skyld at jeg ikke kan skyde nogle Høns for ham, men dels er de temmelig vilde og flyver for tidligt op og dels begynder jeg at faa den Overbevisning at jeg ikke mere kan ramme en Agerhøne og det gør mig nervøs og naar vi saa endelig finder Høns skyder jeg forbi. Mange kærlige Hilsner fra deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1896-11-19</t>
   </si>
   <si>
     <t>Tårup Vestergyde, Mesinge</t>
   </si>
   <si>
-    <t>Adis -
-Petrine -
+    <t>Petrine -
 Johanne Christine Larsen
 Otto Emil  Paludan
 Nicoline  von Sperling
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
-Laura Warberg</t>
-[...2 lines deleted...]
-    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter.</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter. 
+Adis var et af Astrid Warberg-Goldschmidts kælenavne.</t>
   </si>
   <si>
     <t>En ung pige, der boede nær Alhed, er død, og Alhed med familie har været til begravelse. Alhed har dårlig samvittighed over, at hun ikke tog sig nok af den unge pige, Petrine.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K2OR</t>
   </si>
   <si>
     <t>Erikshaab 19/Nov.
 Tirsdag Aften
 Kære Las!
 Skønt Kl. er næsten 11 ½ skal jeg alligevel have sendt Dem en lille, men bare ganske lille Hilsen i Aften, jeg er noget træt og søvnig. – Jeg savner Dem meget, og jeg har længtes efter Dem hele Eftermiddagen, lige siden De rejste. Og jeg synes knap, jeg fik sagt rigtig ”Farvel” til Dem. Hvis De var her endnu, tror jeg bestemt, jeg gik ind og sagde vældig pænt Godnat til Dem. – Vi plukkede en hel Del røde Bær paa Vejen hjem, samt hvide Rølliker til en Krans. Da jeg kom ned til Husene, stod der en hel Del udenfor, der aabenbart ventede sig noget af mig, saa maatte jeg samle alt mit moralske Mod sammen og gaa ind at se den døde Pige. Men jeg fortrød det for Resten ikke, hun var saa smuk og saa ud aldeles som om hun sov. Det var slet ikke uhyggeligt. – I Aften har jeg bunden 2 Kranse og et Kors, hvoraf jeg er bleven saa træt, at jeg nu er nødt til at skynde mig at gaa i Seng. Derfor Godnat min egen kære Las, gid De var her endnu. –
 Torsdag Morgen.
 I Gaar fik jeg slet ikke Tid til at skrive. Om Formiddagen var Far, Palaen, Adis og jeg til Begravelse, Johanne var forkølet. Præsten fulgte med herned og De kan stole paa vi fik travlt med at lave ”pæn” Middagsmad, som Mor siger, da Pigerne ogsaa var til begravelse. – Der var saa kønt oppe paa Kirkegaarden, den ligger temmelig højt og har der ud over noget der hedder ”Kirkelunget”, som jeg ikke aner, hvordan staves eller hvad betyder men det kan ligne lidt efter Torbystranden; der var ikke saa faa Mennesker der fulgte Petrine, ”Afholdsforeningen”, ved hvis Baller hun vist har faaet sin meste Sygdom fulgte hende med en stor Fane. - - 
 Jeg haaber, jeg snart faar Brev fra Dem, det er dem, der skal skrive først denne Gang, De skylder mig Brev. Det er egentlig frækt, at jeg skriver til Dem i stedet for til København, jeg har slet ikke skrevet, siden jeg rejste derindefra i Mandags for 8 Dage siden. Jeg kan da fortælle Dem, at jeg ikke skal have Overhaling af Frk Sperling paa Søndag. Da Far i Tirsdags sagde til hende, at han var ærgerlig over, at jeg havde fortalt Marie Sperling den Sludrehistorie, tog hun mig oven i Købet i Forsvar og sagde, at det var der ikke noget forkert ved. Kammerater skulde have Lov at sige saadan noget til hinanden. Det er meget demoraliserende for mig, at jeg altid slipper godt fra saadan noget, som jeg skulde have haft en ordentlig Røffel for. Mine Bedrifter komme i Reglen til at tage sig bedre ud i Folks Øjne, end de er mente i Virkeligheden. Som nu ogsaa med Petrine; Folk tror, at jeg har været saa god ved hende, mens jeg i Virkeligheden har forsømt hende paa det skrækkeligste, og naar jeg protesterer, tager de det for Beskedenhed, saa jeg bare stiger endnu højere. Jeg ved virkelig slet ikke, hvad jeg skal gøre med en rasende ond Samvittighed. – Nu Farvel for denne Gang. Skriv snart. 1000 Hilsner fra Deres Alhed</t>
   </si>
   <si>
     <t>1896-11-27</t>
   </si>
   <si>
     <t>I P Jacobsen
 Johanne Christine Larsen
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
@@ -881,50 +940,97 @@
 Jeppe Andreas Larsen
 Marie Larsen
 Christian Møller, maler
 Christine Swane</t>
   </si>
   <si>
     <t>Hverringe er en herregård, der ligger på Hindsholm nord for Kerteminde. 
 Christine Larsen (Swane) boede fra efteråret 1897 til maj 1898 hos Anna og Fritz Syberg i Svanninge. Hun fulgte Fritz Sybergs tegneundervisning på Teknisk Skole i Fåborg.
 "Agraren er hjemme": Adolph Larsen var elev på Dalum Landbrugsskole, som var kostskole. 
 Marie Larsen var, mens dette brev blev skrevet, i huset hos Anne Marie Carl Nielsen.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på andejagt flere gange med blandt andre Maler Møller, som skød tre rådyr. 
 Det glæder Larsen, at Alhed alligevel ikke skal have plads i huset (hos en tante).
 Marie Larsen er glad for folkene, som hun er hos, og Christine Larsen (Swane) har det også godt. 
 Billedet fra Taarbystranden (På andetræk) er færdigt, og Larsen er begyndt at tegne Christian Andersen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Y6TP</t>
   </si>
   <si>
     <t>Kjerteminde 21 Novbr. 1897.
 Min egen Kæreste!
 Tak for Dit Brev i gaar. Jeg fik det om Morgenen og tog det med ud i Marken, hvor jeg opholdt mig næsten hele Dagen, jeg var kun hjemme for at spise til Middag. Jeg tog det frem for at læse det ude i Marken da jeg havde spist Frokost, men da det blæste saa stærkt og jeg saa der var Violer i maatte jeg putte det i Konvolutten igen og vente til jeg kom hjem med at læse det. Efter at jeg i Tirsdags og Onsdags Aftes havde været saa uheldig ude paa Taarbystranden, at skyde en And hver Aften uden at faa nogen af dem, var [jeg] i Torsdags saa heldig at sætte en Rekord for Andetræksjagten derude, ved at skyde 3 dejlige fede Ænder i 2 Skud, og faa dem alle 3. Næste Dag blev jeg imidlertid overgaaet af Maler Møller, han skød nemlig 3 Raadyr, de 2 sidste af et Skud. Der var den Dag Jagt paa Hverringe og der var jaget en hel Del Dyr herover, det var helt morsomt at se dem ude i Marken, Fader og Chr. Andersen var ogsaa derude, men der var ingen andre end Møller der var saa heldig at faa nogen. I Gaar var vi, d.v.s. Chr. Andersen og Møller og jeg derude hele Dagen som Du vil have set i Begyndelsen af Brevet men der var ingen Dyr i Gaar. Chr. A og jeg var paa Andetræk bagefter, men saa ingen Ænder, derimod kom der en Flok Graagæs lige hen over Hovedet paa mig, men de var lidt for højt, jeg prøvede dog alligevel med begge Løbene men, uden Resultat, Chr. A. skød ogsaa skønt han var endnu længere borte. Det glæder mig meget at Du ikke faar den Plads alligevel. Det var kedeligt at Du ikke kom paa Tirsdag, det var nemlig Meningen at de 3 Ænder skulde have været gemt til den Dag, jeg kan huske at Du syntes at de tørre Ællinger ovre i Sverige smagte bedre en[d] Urhønsene, saa jeg kunde nok lide at Du skulde have smagt dem naar de er fede, nu maa jeg nøjes med at fortælle Dig at de smagte udmærket vi spiste dem nemlig til Middag i Anledning af at Agraren er hjemme. Det er udmærket Vejr i Dag, naar jeg bliver færdig med dette Brev skal Agraren og jeg ud paa Andetræk. Klaks er nede paa Ditlefslyst eller i Svanninge, men det fortalte jeg vist sidst. Der har været Brev i Gaar fra Marie og Christine som begge har det godt, Marie er glad ved at være derovre og synes godt om Folkene hun er hos. Jeg synes at det er et meget kønt Selvportræt Du har lavet, hvis det klæder Dig ligesaa godt som det ser ud til paa Tegningen synes jeg det er en udmærket Maade at sætte Haaret paa. Jeg tror at Billedet fra Taarbystranden er færdigt nu, og det er ganske heldigt da Vandet nu begynder at stige saa meget derude at jeg snart ikke kan komme derud mere. Chr. Andersen har jeg begyndt at lave nogle Tegninger med Pen efter ham, men blev saa afbrudt i Forgaars af den Dyrejagt jeg saa og skulde lige til at begynde paa en Tegning til da Georg kom og meldte at Fader havde set 4 Dyr derude. Nu maa jeg slutte for at faa Brevet med 4 Posten. Mange kærlige Hilsner fra Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898 fastelavn</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Clara Lindberg
+Christine  Mackie
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Malerens, Leth, C.T.A., K og E og Adolph var. Vilhelmine Larsens ene søn hed ganske vist Adolph, men hun kaldte ham stort set altid Agraren. 
+Det er svært at afgøre, hvem "Børnene" var. Der kan være tale om flere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, B</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har haft en masse mennesker til middag i forbindelse med fastelavn. Søndag fik de frokost hos Alhed og Johannes Larsen. Bordet måtte stå på skrå (hos Alhed og Johannes Larsen eller i Kærbyhus?). Under måltidet kom Edsberg pludselig. Mange skulle overnatte på Kærbyhus. 
+Vilhelmine sad og vågede over Adolph, som havde det dårligt og måtte udsætte sin afrejse. 
+Vilhelmine ville have sendt Christine kager mm, men alt blev spist. Hun sender snart penge. Vilhelmine har givet besked om, at Christine Swane kommer til Romsø i maj og juni.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMxx</t>
+  </si>
+  <si>
+    <t>Kjærbyhus 
+Kære lille Christine!
+Du har nok længtes meget efter at høre hvordan vores Fastelavnsgilde stod af; men her har været saameget der har taget mine Tanker – Vilhelm kom saa alligevel Lørdag aften, Alhed var i Byen og kom indenfor med den Nyhed. Klaks gik nede paa Gaden og det lettede mig saadan i Arbejdet at Tallet blev fuldt Tal ["Tal" overstreget] paa Børnene, vi bleve meget oplivede ved Bordet for vi havde spist Kjødet og saa spiste han Sovs og Rødbeder senere kom han over med Lugge og Alhed til en Kop Kaffe og det vandt Bifald at jeg mente vi skulde smage alle de Slags der var bagt; Fader og jeg gik i Seng til sædvanlig Tid. Marie gik med til Malerens og ventede Agraren og Junge som kom med 11 Toget, Søndag skulde vi spise Frokost hos Las’, med 2 Toget kom Leth, Hempel, C, T. A, Edsberg kom ikke dengang; de fik saa Mad og Kaffe, gik en Tur og 5 ½ dækkede vi Bord det stod paa skraa i forreste Linie og Sofaen langs med. det var jo lidt knebent men det gik dejlig Fedekalvesteg og Chokolade Budding med Flødeskum ovenpaa; men da vi er midt i Maaltidet kommer der nogen ind, og jeg tænker nu hvem kommer dog her – da Marie hilser god Dag. Hr Edsberg Klaks sad nemlig med Ryggen til Døren og han og hun var jo de eneste der kjendte ham; det gav jo lidt Munterhed, hvad der ikke var i forvejen, Klaks havde lige givet en Tale paa Vers i B og L Navn; vi fik saa Kaffe og Tobak og brød op, da de gik til Toget, Dis, Hempel og Leth. det vil sige vi to Gamle den unge blev længere. Mandagen skulde jo være hos os K og E paa Gjæsteværelse Agraren paa Mardres, Junge Tutte og Marie paa qvisten - de sov længe for Thora havde været paa Bal og holdt ud til 4 ½ Søndagmorgen, men saa fik de jo ogsaa Kaffe paa Sengen. Grossererens var bedt herop Middagen var Skinke Langkaal og Boller derefter Kaffe med Kager – god Rødvin begge Steder 
+Et ugudeligt Aftensbord vi var 13 til Bords.
+senere på Aftenen var vi tiltænkt Karamel Is men det blev knap Iset nok Marengser og Madejra til var det ikke flot. Christine sang og spillede; det var Meningen at Adolph skulde rejse om Natten jeg sad oppe og vaagede, men saa var det ikke saa godt med ham derfor ventede han til næste Dag, og saa lovede han os da at gaa med sit Bind, saa haaber vi at alt igjen skal blive godt, vi har endnu ikke hørt fra de bortrejste, men det kommer maaske imorgen. havde jeg nu faaet dette afsted som min Tanke var først i Ugen saa kunde jeg havde den Glæde at faa Dit Søndagsbrev nu maa jeg vente.
+Vi havde saadan tænkt at sende Dig noget efter Gildet men alt blev spist, nu bager vi igjen og skal sende dig først i Ugen, paa Tirsdag skal vi ud med Hø lille Dine og saa skal vi sende dig Penge, Lise har jeg ikke talt med da hun er syg men lille Emma var her i Dag og så meldte jeg Din Ankomst til Romsø i Maj og Juni det er ogsaa den smukkeste Tid derovre – Gud give dig Kræfter og god Arbejdslyst min lille Ven det beder jeg daglig ved og jeg tænkte saadan paa at Du kunde paa vore Vegne have gaaet ud til Fru Lindberg Fastelavns Mandag da var det hendes Fødselsdag men alle de Fremmede tog min Tid. 
+Skriv nu og fortæl mig alt muligt om Dig selv – og hils Alle fra mig Marie skriver paa Mandag naar vi sender
+Din trofaste Moder</t>
   </si>
   <si>
     <t>1898-02-03</t>
   </si>
   <si>
     <t>Christian Andersen
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Peter Hansen
 Peter Nielsen
 J W Winckler</t>
   </si>
   <si>
     <t>Alhed Larsen er i København. Hun tager sangtimer hos Hedevig Lützhøft og bor (i hvert fald noget af tiden) hos sin moster Wilhelmine Berg.
 Johannes Larsen er i gang med billedet Christian Andersen lader patroner. 
 Winckler (Træskomanden) har bestilt Johannes Larsen til at male en skive til Fugleskydningsselskabet i Nyborg.</t>
   </si>
   <si>
     <t>Det sner og er koldt. Johannes Larsen har været hos Christian Andersen. Om aftenen skal han spille kort med ham.
 Larsen sender Alhed et udklip fra Nyborg Avis. Han venter besøg af Træskomanden (som har bestilt Larsen til at male en skive til Fugleskydningsselskabet).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Fwv9</t>
   </si>
   <si>
@@ -1112,95 +1218,135 @@
 - Winther</t>
   </si>
   <si>
     <t>Der er en epidemi med kighoste. Alhed og Johannes Larsen er bange for, at deres to måneder gamle søn skal blive smittet.
 Svanninge er en landsby nord for Faaborg på Fyn.
 Kristian Madsen er muligvis manden fra Midskov.</t>
   </si>
   <si>
     <t>Johannes Larsen maler i Svanninge. I Kerteminde har de slået hø. Vilhelmine Larsen mener det er bedst, at Puf bliver på Erikshåb indtil familien skal til Sverige.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RA4R</t>
   </si>
   <si>
     <t>Mandagaften
 Kjæreste Johannes!
 Saa velkommen til Svanninge og godt Vejer vil vi saa inderlig ønske dig – vi har nu Vejrglasset steg begyndt at slaa Hø det varer i 4 Dage – vi skrev ud til Midskov og fik den Mand herud der lærte Adolph at slaa. Kristian Madsen sagde igaar enhver anden Mand end dem Larsen havde faaet Nej er det ikke dejlig at høre – 
 Den gode Fader som er saa glad ved Eder Alle
 Du faar ingen langt Brev iaften jeg er saa træt jeg maatte hjælpe Madam Winther for hun kunde kun være her 1 Dag men nu er alt Tøjet rent og imorgen tørrer vi
 Men her gav Faer mig en 10 Kr saa skal der snart følge flere Johannes jeg har randsaget min Hukommelse men jeg kan ingen Kighoste Periode huske for andre end Adolph kun Skarlagensfeber og Mæslinger ved jeg ganske bestemt at du har havt Det er det allerbedste jeg kunde om den lille søde kjære Dreng bliver hvor han er indtil I skal til Sverrig
 Hvor meget det smitter ved jo ingen hold dig foreløbig ved dig selv
 Hils Alhed og Andreas saa meget og Alle
 Tak fra Kristine</t>
   </si>
   <si>
+    <t>1900-03-01</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
+Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
+Frk. Ben(t)sen, Marie og Grete kendes ikke. 
+Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
+Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
+  </si>
+  <si>
+    <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
+Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
+Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXEn</t>
+  </si>
+  <si>
+    <t>Erikshaab (Februar) 1900
+1ste Marts
+Kæreste lille Junge! Du må undskylde mit sidste dårlige Brev, der var skrevet af flere Gange, dennegang også skidt – hvad F.n skrive nu herfra, hvor alt er så dvaskt og dødt som i en skimlet Kælder; det sidste vil jeg for Resten ta i mig igen, for bare dèt - at man hver Dag traver ud i Odensebakkerne o a Steder, det skulde kunne fremkalde en Følelse af Salighed hverken død eller dvask. Men du forstår alligevel nok Meningen - : Selskaber – Vadsk – Uorden – Grete – Marie o s v – Glorups Piger har atter begyndt at hjemsøge Mors Hoved, nu vi nærmer os Mindedagen d 7de Marts. Jeg er dog – når jeg selv skal sige det – flink. Simulerer godt Humeur og Interesse for alt Uvæsenet, virker så småt om Formd. og Syer Hulsøm på Lagener om Eftermd., bliver sømmelig og afdanket. – Men Mors Hovede er da nogenlunde, jeg sætter også en Del ind på at have Mor hver Dag, men det er rigtignok hårdt at stampe mod Brodden i det Stykke. – 
+Vi skal have Spilleklub i Aften; Kaptain Schrolls og Degnens; desværre med Ungdom. Kirstine er bleven syg, så de skal ikke til Odense til Fars Fødselsdag. På Glorup er de også lidt syge, så vi må holde os i Skindet i År herhjemme. 
+Frk. Bensen afrejste i Søndags til Fåborg for at fejre Fastelavn, og skønt Mor havde bedt hende ikke at komme senere end Tirsdag, så har vi i Dag – Torsdag – endnu intet hørt eller set til Damen. Skønt Peter er god nok til Tider – og altid imod mig -, så ærgrer denne Hensynsløshed også mig en Del. Mor meget. 
+Dette er i Korthed de indtrufne Begivenheder, ved hvilke jeg ikke vil dvæle længere (at vi har Sne og Kulde har I vel også (Sludder)!) Nå, det var nemlig Turen – Vagabondturen; som jeg er bange for, at Du tror, at jeg ikke er begejstret nok for. Men det er jeg – aldeles knusende kolosalt. Jeg puger Penge sammen, hvor jeg får Øje på dem på Tæpper og Stræder i Kasser og Æsker og Lommer, ja har omgåedes den Plan at grave ude i Råmosen, hvor jeg altid har tænkt mig lå Skatte af uvurderlig Værd. Og 1 Krone tjenes hver 14de Dag ved ikke at ryge Tobak (jeg har fra Nytår kun ladet mig forære)
+Og jeg skal til at undgå Væddemål o.a. Og hver Morgen, når jeg spadserer, spekulerer jeg på nye Indtægtskilder – dog Pengene gror skam ikke på Træerne Junge, med al min Stræben har jeg endnu intet positivt Udbytte haft. - . Jeg har tænkt over vores Garderobe; var det ikke hensigtsmæssigt kun at have på: et Par tynde uldne Combinations. 1 Livstykke, 1 Par Cyclebuxer – Kjolen Strømper og Støvler. Med: 1 ulden Combinations, 1 Par Sko (?) Toiletsager (efter Behag) En Voksdugscape var vist nødvendig, men kan jo hjemmelaves. C’est tout bagage! - . Føden må vi jo have; jeg har tænkt mig, at følgende var bedst og billigst!: 1) Morgenkaffe 2) Middagsmad. Og ikke mere Mad. Jeg forsikrer Dig, at det er en Vane med den Æden også om Aftenen. – Jeg drømmer nu om - Holland. Tænk lidt i Ro over Sagen Junge! Holland som vi dog så ofte har tænkt på, og når vi nu var ved det! Vi kunde ikke søge et el. a. Legat? For trængende ensomme Piér? Det forekommer mig, at et sådant gives. - . Jeg kommer ved Lejlighed et lille Svip ind at snakke ordentlig med Dig om det. Min gamle italienske Sølvklokke vil jeg sælge – en Rejse er dog at foretrække.
+Tusinde Hilsner til Dig! Bare jeg hørte lige et lille Par Ord, jeg tænker en Del på Dig og Din Affaire
+Disser Bein
+[Skrevet på hovedet øverst s1:]
+For I véd jo, at Elle selv har skreven de sidste to Breve, der begge vare fortræffelige i sanitær Henseende</t>
+  </si>
+  <si>
     <t>1900-4</t>
   </si>
   <si>
     <t>Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Anna Madsen
 Theodor Philipsen
 Christine Swane
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Alhed Larsen opholder sig hos sine forældre på Erikshaab, sammen med sin søn Puf. Johannes Larsen opholder sig i København. 
 Haabet = Erikshaab, Alhed Larsens barndomshjem på Sydfyn.
 Det er uvist, hvem greven på Langeland er.</t>
   </si>
   <si>
     <t>Vilhelmine Larsen opmuntrer Johannes, som er ked af, at han endnu ikke har solgt noget på udstillingen. Der bliver bygget om i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/J2KL</t>
   </si>
   <si>
     <t>Kjære Johannes
 Du maa tro jeg er bleven en sær Én. Vi har ledt først jeg senere Marie men ingen Kunsthistorie, hvor er den dog henne. Idag kom der brev fra Alhed, det var fornøjelig at høre om Eders lille Skat; men hvornaar Du kom vidste hun ikke lad mig endelig høre det for at jeg i god Tid kan faa skuret derude, vi blev narrede med vores svenske Pige hun kommer vist ikke mere. Her er jo en Kone der malker men det er alligevel ikke en Pige. Eders lille Anna har været her idag hun vil hjælpe mig i Paasken for nu idag begyndte Ferien.
 Johannes jeg kan mærke du har tabt dit Humør fordi der ikke sælges noget; men det kommer min Ven. 
 Faer er endnu højt oppe og siger der er langt til [ulæseligt ord] hvorfor kjøbte nu denne Greve paa Langeland ikke din Hund… han gav der 3,000 ud paa Charlottenborg; maaske saadanne Herrer ikke gaar paa den ”Fri” det er nu ligemeget med alle de store. Sig mig kun [ulæseligt ord] hvad Zarthman og Phillipsen sagde om dine Arbejder og de andre Venner
 Vi har Adolph hjemme og han hænger i med at hjælpe Karlene at vi kan kjøre sammen til Murerne.
 Imorgen Johannes er det Meningen at vi skal have Skillerummene op i Laden det er paa Tiden naar vi skal herud fra den 19 – men nu har vi bestemt os til at sove i vores gamle Sadelkammer ovenpaa og saa Marierne paa dit Værelse – hvordan vi skal med Maden og Karlene har jeg foreslaaet at de kan sove i Lysthuset indtil der bliver istand til dem
 Her er i disse Dage ved at blive rejst Plankeværk om Bygaarden, vi holdt Arbejdere til at bryde Hegnet ned og der blev nogle dejlige Grundsteen til dit Huus
 Jeg er saa træt Johannes for jeg har vadsket lidt om Dinemor idag og det regner hver Dag saa jeg skal se om vi kan faa det tørret i Morgen!
 Du kan tro jeg glæder mig til du kommer hjem. Din And vil vist snart ligge.
 Det kan være Adolph tager ned til Haabet en af Helligdagene. Det var Meningen at Marie vilde have været med; men Sygeplejersken mener hun gjør klogest i at blive i Ro.
 Nu lev vel og vær saa kjærlig hilset af din hengivne Moder der stadig beder for Eder</t>
   </si>
   <si>
     <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...1 lines deleted...]
-    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
 Jeppe Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Cathrine Meyer
@@ -1296,53 +1442,50 @@
 Peter Sus</t>
   </si>
   <si>
     <t>"I Morgen er der anden Ophængning": På den frie Udstilling. 
 Larsen var "i Haven" = Zoologisk Have.
 Det er uvist, hvem "Kejseren" er.</t>
   </si>
   <si>
     <t>Den følgende dag er der anden ophængning (på Den Frie).
 Larsen har været i Zoo og male. Her fik han besøg af flere mennesker, bl.a. Prins Christian og Alexandrine med børn. 
 Larsen har hjulpet Karl Schou med at transportere billeder og hos Peter Sus efter en blindramme. Dagen efter vil han male i Zoo igen og tilse ophængningen, som nu Seligmann står for.
 Larsen har købt sorte pølser og fået snaps til.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9hnz</t>
   </si>
   <si>
     <t>Kjøbenhavn 29 April 1903.
 Kæreste Alhed!
 Naa nu kan vi da se en Ende paa det. I Morgen er anden ophængning og paa Fredag køber Kunstforeningen, Fanden ved hvad de køber. Jeg var naturligvis i Haven i Morges Kl 8 ½ og Vejret var udmærket i Begyndelsen men det varede jo ikke længe inden der kom Skyer og jeg sad saa og fedtede paa Billedet til Kl. 4. Jeg havde forskellige Visitter [noget af papiret mangler] først Hr. Godsteen-Nielsen [Godskesen?] med Frue dem jeg spiste til Middag hos i Gaar, [noget af papiret mangler] Oppermann med Frue og Fru Drech[sel] hvilke to Damer vare henrykte over Billedet. Derefter Prins Christian med Prinsesse Alexandrine og 2 Børn og Direktør Schiøtt. Jeg tog derfra her til Adelgade og hjalp Schou ud med mit Blomsterbillede og hans 3 Billeder, Kongens Nytorv og de 2 Marmorbroer. Jeg var ogsaa oppe hos Sus der stod Blendrammen færdig og Frk. Andersen lovede at det nok skulde komme ud alt sammen i Morgen. Det er nu Meningen at jeg gaar i zoologisk Have i Morgen tidlig og maler videre hvis Vejret tillader det, mens Schou gaar med Kejseren og Meldahl, først op til Sus og ser at faa at vide hvad Tid de afgaar med Aquareller og de store Rammer og derefter ud paa den frie Udstillingen og tilser Ophængningen, Brandt sagde for resten at det blev Seligmann i Stedet for Poul Christiansen, der skal han faa at vide hvor sent jeg maa komme med Billedet og saa gaa ud og hjælpe mig ind med det. Paa Vejen hjem i Aftes gik vi ind paa Kjøbmagergade og forsynede os med sorte Pølser som vi saa spiste her med Kornbrændevin til og Ostemad med dito og Kaffe og Pibe. Det er første Gang vi har haft Brændevin i Huset siden Du rejste. Jeg er gevaldig oplivet ved Tanken om at jeg snart skal se Dig og glæder mig forfærdeligt til at komme hjem. Jeg skal hilse Dig mange Gange fra Marie Schou og jeg kommer nu i Tanker om at jeg skulde hilse fra Lugge at de var forfærdelig glade ved Torsken Du havde sendt. Kys Puf og Lysse fra mig, mange Kys og Hilsner til Dig selv fra
 Din
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1905 januar</t>
-  </si>
-[...1 lines deleted...]
-    <t>Christine Swane</t>
   </si>
   <si>
     <t>Haslev</t>
   </si>
   <si>
     <t>Lundsgaard 5300 Kerteminde</t>
   </si>
   <si>
     <t>Julius Hviid
 Alhed Larsen
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Konrad Nielsen
 Anton Frederik Schondel</t>
   </si>
   <si>
     <t>Lundsgaard er et gods syd for Kerteminde.
 Bobinet er det samme som tyl.</t>
   </si>
   <si>
     <t>Det går fremad med Christines helbred og hun maler. Johannes Larsen har fået en merskumspibe i julegave af Fritz Syberg. Johannes skal sidde i hjørnestuen på Kjærbyhus og radere og tegne. Her er der ro.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/511F</t>
@@ -3382,50 +3525,115 @@
     <t>Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone</t>
   </si>
   <si>
     <t>Joen Vedel skrev på https://kunsten.nu/artguide/calendar/kunst-for-varer-og-joen-vedel/: "Det var nu afdøde kunstmaler Gordon Fazakerley, der først beskrev Kunst for Varer for mig. Han fortalte hvordan han havde erhvervet sig en fornem barnevogn til sit første barn i begyndelsen af 1960erne. Betalingen var et maleri. Jeg havde aldrig før hørt om foreningen, som drev sit eget galleri først i Stormgade, siden i Bredgade i København. Den blev stiftet i 1924 af maleren Aage Berthelsen for at ‘hjælpe Kammeraterne og skaffe dem og os selv Varer til at opholde Livet med, og til Tider et eller andet, vi ellers aldrig havde Raad til at købe.’” 
 Kunst for varer-sagen er også omtalt i Johannes og Andreas Larsens brev til Elena Larsen 1935-11-03. 
 "normale Korpus": Elena Larsen var højgravid med barn nr. to. Hun opholdt sig den sidste del af graviditeten hos sin mor i København. 
 Peugeot'en (bilens navn staves på flere forskellige måder i brevene) overtog eller lånte helt Elena og Johan Larsen muligvis fra Elenas mor, Elisa Hansen. 
 Det vides ikke, hvem Agaton, Emil og Hærris var.</t>
   </si>
   <si>
     <t>Elena har fået 500 kr. til tøj fra Johannes Larsen, som har solgt et billede til Kunst for varer. Andrreas/Puf Larsen har sendt en frakke til Johan. 
 Elena synes, at Johan har for meget at lave og spørger, om han ikke skal købe sig til noget hjælp. Hun vil til tandlæge, når hun har født.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ur1d</t>
   </si>
   <si>
     <t>Tirsdag d 5-11-35.
 Kære Gamle!
 Ti nu stille og hør efter hvad der er overgaaet mig i Dag; jeg har i den Grad været en Lykkens Pamfilius (hvis du ved hvad det er for en) at du ikke kan tænke dig det! I Morges fik jeg et anbefalet Brev fra Las indeholdende en Anvisning paa 800 Kr samt et Brev fra Superchefen selv. Jeg tænkte selvfølgelig at det var nogle Penge jeg skulde hæve for ham, men af Brevet fremgik, at han havde solgt et Billede gennem Kunst for Varer og Varerne bestod af Damekonfektion, som "han ikke vidste hvad var for noget, men mente at var noget ["at" overstreget; "var noget" indsat over linjen] Else og jeg kunde bruge" og nu var det Meningen at vi skulde Dele Beløbet paa den for mig ikke saa helt ufordelagtige Maade, at jeg fik 500 Kr og Else 300 Naar jeg nu faar min normale Korpus igen (det ske forhaabentlig snart) skal jeg rigtignok ud og ekvipere mig, saa du ikke kan kende mig igen naar jeg vender hjem med vore Børn. - Der var ogsaa en Foræringspressent til dig fra Puf, nemlig hans flotte skulderbrede Overfrakke, som han har set sig til den Grad gal paa, at han har købt sig en ny; saa vil han give dig den skulderbrede, hvis du kan tænke dig at bruge den, skriver han, ellers maa han sælge den "med stort Tab" til en Maskandiser, hvad han nødig vil. Jeg betænker mig ikke paa at skrive til ham at du morderelig gerne vil have den. - Ja jeg har været en heldig Kartoffel i Dag, saa kom der ogsaa et meget langt og indholdsrigt Brev fra dig, med mange interessante Meddelelser. Det var jo en Selvfølge at Ulla, naar hun endelig fik noget, saa fik en Kviekalv det er ikke andet end hvad man snart har Ret til at vente og det var især oportunt, naar det drejer sig om Ulla. 
 2
 Ja, du har rigtignok noget at gøre, du gamle, jeg er bange for at det er for meget af det gode og kunde du f. Eks ikke faa Agaton til at forsyne dig med Hvedebrød, saa du ikke behøver at bage selv og du kunde da ogsaa faa Emil (el Hærris) til Hjælp til Malkning, han kunde saa bl.a. overtage det forhadte Spandevaskningshverv; de Pojker plejer jo ikke at være uoverkommelig dyre. Jeg kan se, det er nyttigt, at du har Peugeotten, ikke alene til Langfarter, men ogsaa til de smaa lokale Ture, det hjælper dig dog noget i din Travlhed. Hvordan gaar det med at taale Rystelserne i Ryggen, har den det ordentligt, eller hvordan, det maa du skrive (sandfærdigt) til mig! - Jeg er som sagt bange for, at du ikke behøver at forhaste dig med Auktionen for min Skyld, for her sker jo ingenting og og ["og" overstreget] med Garanti kan jeg ingenting love før om c 14 Dage. Og skulde jeg endelig vise mig paa Skuepladsen inden Auktionen var Ulykken ikke saa stor, se du altsaa bare at faa lidt Sul paa Kroppene. Jeg maa ogsaa gaa til Tandlægen efter Nedkomsten, jeg har ikke været modig nok til at byde mit skøre Hoved den Omgang nu, og det vilde da være dumt ikke at faa Tænderne i Orden inden Hjemkomsten, jeg har dem mistænkt for at være i en miserabel Tilstand.
 Nu skal jeg ud og sørge for lidt Middagsmad, saa det bliver ikke til mere denne Gang end 1000 Hilsner du kære Nissefar fra din Bimsepige.</t>
+  </si>
+  <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Søren Madsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Gertrude Søndergaard
+Martin Warberg Larsen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Martin/Manse Warberg Larsen rejste i 1936 til England for at lære landbrugsarbejde på flere gårde. 
+Grethe Jensen, født Hansen, døde 12. nov. 1935. Hun var datter af Elise og Peter Hansen. 
+Dr. Zechendorf var en tysk-jødisk øjenlæge, som Janna Schou en tid var i huset hos. De to forelskede sig i hinanden. I 1937 blev han myrdet i koncentrationslejren Sachsenhausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>Det må være tomt, efter at Martin/Manse er rejst, men Johanne kan glæde sig til breve. 
+Astrid Warberg-Goldschmidt har følt tomhed, efter at Grethe Jensen forsvandt (døde). Og det har været svært at vænne sig til at have Dr. Zechendorf i huset. Han hjælper dog meget til i grøntsagshaven, går ærinder, henter mælk og elsker Astrids mad. Han er i paradis, siger han, og Astrid er glad for at kunne hjælpe en jødisk person. 
+Jørgen/Buf Schou knokler i glasværkstedet sammen med Janna/Nus Schou og Getrude/Trut Søndergaard. De sælger en masse dejlige ting til private. Søren Madsen har givet dem en kredit på 100 kr. 
+Hunden Munter er i løbetid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen 
+[Skrevet på kuvertens forside med anden skrift:]
+L64
+1936 (1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvertens bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[I brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Doktor er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er Meningen, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – du forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven under streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham Extraforplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Doktoren er vildt begejstret for min Madlavning og spiser kolossalt – han spiser for 3 så han er ikke lukrativ. Men så gør han jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som han siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s.1 og indrammet af en streg:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
   </si>
   <si>
     <t>1937-02-19</t>
   </si>
   <si>
     <t>Agnes Arridsø</t>
   </si>
   <si>
     <t>Lars Carstensen
 Johannes Larsen
 Johanne  Mohr</t>
   </si>
   <si>
     <t>Det har ikke været muligt at finde AAs mor.
 Det er uvist hvilken frk. Warberg, der er tale om.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, kuvert 2, 2002/61, A8, lb11</t>
   </si>
   <si>
     <t>Agnes Arridsø skrev til Christine Swane i håb om, at denne havde gemt tegninger fra besøg hos godsforvalteren på Scheelenborg. Dette foregik da AA var barn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3IYo</t>
   </si>
@@ -3968,59 +4176,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Og3Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TJj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6bpM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rz1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j4rE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KCHt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oSjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XhN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gs56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ujN6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/08TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3IYo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Og3Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TJj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wqxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6bpM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rz1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j4rE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KCHt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oSjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XhN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gs56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ujN6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/08TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3IYo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M93"/>
+  <dimension ref="A1:M97"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4310,3823 +4518,4001 @@
         <v>21</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="E8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E8" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F9" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-      <c r="F10" s="5" t="s">
         <v>78</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
         <v>79</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>80</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>81</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>82</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>83</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>77</v>
-[...4 lines deleted...]
-        </is>
+        <v>88</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>89</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>56</v>
+        <v>87</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>104</v>
+        <v>105</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>103</v>
-[...4 lines deleted...]
-        </is>
+        <v>113</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D15" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="5" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G15" s="5" t="s">
+        <v>123</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="I15" s="5"/>
+        <v>124</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>125</v>
+      </c>
       <c r="J15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G16" s="5" t="s">
-        <v>124</v>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G17" s="5" t="s">
+        <v>135</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I17" s="5"/>
+        <v>136</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>137</v>
+      </c>
       <c r="J17" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D18" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="5" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        </is>
+        <v>147</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="s">
-        <v>147</v>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>148</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>153</v>
+      </c>
+      <c r="I20" s="5"/>
+      <c r="J20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K20" s="5" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="I21" s="5"/>
+        <v>159</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>160</v>
+      </c>
       <c r="J21" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="I22" s="5"/>
       <c r="J22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F23" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>171</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>175</v>
+        <v>178</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F25" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>16</v>
+        <v>192</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>193</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>194</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="I26" s="5"/>
+        <v>195</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>196</v>
+      </c>
       <c r="J26" s="5" t="s">
-        <v>21</v>
+        <v>197</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="I27" s="5"/>
+        <v>202</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>203</v>
+      </c>
       <c r="J27" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F28" s="5" t="s">
-[...3 lines deleted...]
-        <v>200</v>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>214</v>
-[...19 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>219</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>215</v>
-[...5 lines deleted...]
-        </is>
+        <v>220</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="M30" s="5"/>
+        <v>223</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>224</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>16</v>
+        <v>226</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="s">
-        <v>219</v>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>21</v>
+        <v>229</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G32" s="5" t="s">
-        <v>226</v>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>235</v>
+        <v>226</v>
+      </c>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>236</v>
-[...5 lines deleted...]
-        <v>107</v>
+        <v>241</v>
+      </c>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K33" s="5" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>242</v>
+        <v>16</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>233</v>
+        <v>87</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F34" s="5" t="s">
-        <v>234</v>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>246</v>
+        <v>21</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>251</v>
+        <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>56</v>
+        <v>87</v>
       </c>
       <c r="E35" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G35" s="5" t="s">
         <v>252</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H35" s="5" t="s">
         <v>253</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>254</v>
       </c>
       <c r="J35" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K35" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>256</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="5" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F36" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="B36" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E36" s="5" t="s">
+      <c r="G36" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="F36" s="5" t="s">
+      <c r="H36" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="G36" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H36" s="5" t="s">
+      <c r="I36" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="J36" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="K36" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>264</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="M36" s="5" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="G37" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="B37" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="5" t="s">
+      <c r="H37" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="5" t="s">
+      <c r="I37" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="F37" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I37" s="5" t="s">
+      <c r="J37" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="J37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="K37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>273</v>
       </c>
-      <c r="L37" s="6" t="s">
+      <c r="M37" s="5" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D38" s="5" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>277</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="s">
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="H38" s="5" t="s">
+      <c r="I38" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="I38" s="5" t="s">
+      <c r="J38" s="5" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>281</v>
       </c>
       <c r="L38" s="6" t="s">
         <v>282</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>284</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="D39" s="5" t="s">
+      <c r="F39" s="5" t="s">
         <v>286</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="I39" s="5"/>
+      <c r="I39" s="5" t="s">
+        <v>288</v>
+      </c>
       <c r="J39" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>269</v>
+        <v>294</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>293</v>
+        <v>178</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>294</v>
-[...4 lines deleted...]
-        </is>
+        <v>295</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H40" s="5" t="s">
-        <v>295</v>
+      <c r="H40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I40" s="5" t="s">
         <v>296</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>21</v>
+        <v>297</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="I41" s="5"/>
+        <v>304</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>305</v>
+      </c>
       <c r="J41" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>56</v>
+        <v>310</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>309</v>
+        <v>311</v>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>317</v>
+        <v>294</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>214</v>
+        <v>318</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>319</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>321</v>
+        <v>21</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>322</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>323</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>325</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>293</v>
+        <v>87</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>17</v>
+        <v>326</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G44" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G44" s="5" t="s">
+        <v>327</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>326</v>
-[...3 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
-        <v>328</v>
+        <v>21</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>330</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
         <v>332</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>214</v>
+        <v>67</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-        </is>
+        <v>226</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>334</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="I45" s="5"/>
+        <v>335</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>336</v>
+      </c>
       <c r="J45" s="5" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>76</v>
+        <v>342</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>226</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>343</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>21</v>
+        <v>346</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>76</v>
+        <v>294</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        <v>346</v>
+        <v>318</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>21</v>
+        <v>353</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>56</v>
+        <v>226</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>214</v>
+        <v>67</v>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F48" s="5" t="s">
-        <v>353</v>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="I48" s="5"/>
       <c r="J48" s="5" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>214</v>
+        <v>87</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>363</v>
+        <v>21</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>368</v>
+        <v>87</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>369</v>
+        <v>16</v>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F50" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>371</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="I50" s="5"/>
+        <v>372</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>373</v>
+      </c>
       <c r="J50" s="5" t="s">
-        <v>371</v>
+        <v>21</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>226</v>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F51" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>378</v>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="I51" s="5"/>
+        <v>379</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>380</v>
+      </c>
       <c r="J51" s="5" t="s">
-        <v>107</v>
+        <v>381</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>16</v>
+        <v>226</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>67</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="s">
-        <v>384</v>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>107</v>
+        <v>388</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>16</v>
+        <v>393</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>391</v>
+        <v>394</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="s">
-        <v>392</v>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="I53" s="5"/>
       <c r="J53" s="5" t="s">
-        <v>21</v>
+        <v>396</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>399</v>
+        <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>400</v>
-[...19 lines deleted...]
-        </is>
+        <v>87</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>403</v>
       </c>
       <c r="I54" s="5"/>
       <c r="J54" s="5" t="s">
-        <v>401</v>
+        <v>118</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>408</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G55" s="5" t="s">
+        <v>409</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>16</v>
+        <v>424</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>425</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G57" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>21</v>
+        <v>426</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D58" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...3 lines deleted...]
-        <v>427</v>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>434</v>
+        <v>16</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>233</v>
+        <v>87</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>435</v>
-[...7 lines deleted...]
-        </is>
+        <v>437</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>438</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>442</v>
+        <v>17</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G61" s="5" t="s">
-        <v>450</v>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>458</v>
+        <v>178</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>459</v>
+        <v>460</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>462</v>
+        <v>118</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>463</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>464</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>466</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>383</v>
+        <v>87</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>17</v>
+        <v>467</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K63" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E64" s="5" t="s">
         <v>467</v>
       </c>
-      <c r="H63" s="5" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="I64" s="5"/>
+        <v>476</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>477</v>
+      </c>
       <c r="J64" s="5" t="s">
-        <v>462</v>
+        <v>21</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>457</v>
+        <v>482</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>458</v>
+        <v>483</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="I65" s="5"/>
+        <v>485</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>486</v>
+      </c>
       <c r="J65" s="5" t="s">
-        <v>462</v>
+        <v>487</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>76</v>
+        <v>408</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>485</v>
+        <v>17</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="H66" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="K66" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="5" t="n">
+        <v>1924</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="I67" s="5"/>
+      <c r="J67" s="5" t="s">
         <v>487</v>
       </c>
-      <c r="I66" s="5" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="K67" s="5" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>457</v>
+        <v>482</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>458</v>
+        <v>483</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>501</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
-        <v>462</v>
+        <v>487</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>383</v>
+        <v>512</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>457</v>
+        <v>87</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>458</v>
-[...7 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>517</v>
+        <v>21</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>16</v>
+        <v>482</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>76</v>
+        <v>483</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G71" s="5" t="s">
+        <v>525</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>107</v>
+        <v>487</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>385</v>
+        <v>87</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>18</v>
+        <v>532</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>528</v>
+        <v>408</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>16</v>
+        <v>482</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>76</v>
+        <v>483</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>345</v>
+        <v>17</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>21</v>
+        <v>542</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D74" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>541</v>
-[...10 lines deleted...]
-        </is>
+        <v>547</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>549</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="M74" s="5"/>
+        <v>550</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>551</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D75" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G75" s="5" t="s">
+        <v>552</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>544</v>
-[...10 lines deleted...]
-        </is>
+        <v>553</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>555</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="M75" s="5"/>
+        <v>556</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>557</v>
+      </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>383</v>
+        <v>87</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>17</v>
+        <v>370</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K77" s="5" t="s">
-        <v>555</v>
+      <c r="K77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L77" s="6" t="s">
-        <v>556</v>
+        <v>567</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>557</v>
+        <v>568</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>554</v>
+        <v>569</v>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K78" s="5" t="s">
-        <v>555</v>
+      <c r="K78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L78" s="6" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
       <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>213</v>
-[...14 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G79" s="5" t="s">
+        <v>572</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>554</v>
-[...5 lines deleted...]
-        </is>
+        <v>573</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>118</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>555</v>
+        <v>575</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>560</v>
-[...1 lines deleted...]
-      <c r="M79" s="5"/>
+        <v>576</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>577</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>561</v>
+        <v>578</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>16</v>
+      </c>
+      <c r="D80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>562</v>
-[...5 lines deleted...]
-        <v>564</v>
+        <v>579</v>
+      </c>
+      <c r="I80" s="5"/>
+      <c r="J80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K80" s="5" t="s">
-        <v>565</v>
+        <v>580</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>566</v>
-[...3 lines deleted...]
-      </c>
+        <v>581</v>
+      </c>
+      <c r="M80" s="5"/>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>568</v>
+        <v>582</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>458</v>
-[...8 lines deleted...]
-        <v>570</v>
+        <v>16</v>
+      </c>
+      <c r="D81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>573</v>
+        <v>579</v>
+      </c>
+      <c r="I81" s="5"/>
+      <c r="J81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K81" s="5" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>575</v>
-[...3 lines deleted...]
-      </c>
+        <v>583</v>
+      </c>
+      <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>578</v>
+        <v>240</v>
+      </c>
+      <c r="C82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>579</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="I82" s="5"/>
+      <c r="J82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K82" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="J82" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L82" s="6" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>585</v>
+      </c>
+      <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>16</v>
+        <v>192</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>483</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>587</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>588</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>589</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>590</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>591</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>593</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E84" s="5" t="s">
         <v>594</v>
       </c>
-      <c r="D84" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="F84" s="5" t="s">
+        <v>595</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>581</v>
+        <v>598</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>601</v>
+        <v>410</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>233</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>603</v>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>610</v>
+        <v>17</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
+        <v>619</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>611</v>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>620</v>
+        <v>606</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>16</v>
+        <v>226</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>586</v>
-[...9 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>626</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>627</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>586</v>
+        <v>628</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>581</v>
+        <v>630</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>86</v>
+        <v>635</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>214</v>
+        <v>178</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>630</v>
+        <v>371</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>631</v>
+        <v>18</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="I89" s="5"/>
+        <v>636</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>637</v>
+      </c>
       <c r="J89" s="5" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>86</v>
+        <v>294</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>214</v>
+        <v>643</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>644</v>
+      </c>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>646</v>
+        <v>611</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H91" s="5" t="s">
+        <v>652</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>611</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>653</v>
+        <v>611</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>620</v>
+        <v>606</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>630</v>
+        <v>664</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>660</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="I93" s="5"/>
       <c r="J93" s="5" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="L93" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E94" s="5" t="s">
         <v>664</v>
       </c>
-      <c r="M93" s="5" t="s">
-        <v>665</v>
+      <c r="F94" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="K94" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="L95" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="K96" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="K97" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="L97" s="6" t="s">
+        <v>698</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>699</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -8180,44 +8566,48 @@
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
+    <hyperlink ref="M94" r:id="rId99"/>
+    <hyperlink ref="M95" r:id="rId100"/>
+    <hyperlink ref="M96" r:id="rId101"/>
+    <hyperlink ref="M97" r:id="rId102"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>