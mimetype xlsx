--- v0 (2025-10-12)
+++ v1 (2026-01-13)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="81" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="91" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -298,50 +298,103 @@
   <si>
     <t>Settignano</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
   </si>
   <si>
     <t>Fritz Syberg er spændt på, om Annas rejse går godt. Han og Jens Birkholm kigger på motiver. Det var ærgerligt, de kom op at skændes, inden de skiltes, men det overlever de vel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7auh</t>
   </si>
   <si>
     <t>14. januar - 28. februar 1928. Dagbogstegninger og liste over lokale fugle fra rejsen i 1928</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
 Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
 Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/ThrVRR7n</t>
+  </si>
+  <si>
+    <t>1928-05-14</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>København
+Enghavevej 40</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Peter Hansen fejrede sin 50-års fødselsdag i Rom. 
+Elise Hansen/Mossers gamle onkel kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kortet er udlånt til Østfyns Museer 2025</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Lk8o</t>
+  </si>
+  <si>
+    <t>[Fortrykt i frimærkefeltet:]
+Imprime in Italia
+Produzione Italiana
+Printed in Italy
+[Fortrykt i tekstfeltet:]
+Roma - Dintorna - Via Appia - Tomba di Cecilia - Metello.
+4375-37
+[Fortrykt imellem tekst- og adressefeltet:]
+A. Ferocchi - Milano -Roma 
+[Håndskrevet i brevkortets adressefelt:]
+Hr. stud med Jens Jensen &amp;amp;
+Keramikkeren Grethe Hansen
+Enghavevej 40 B.1 Villaen 1 Sal
+Copenhagen 
+Danimarca.
+[I tekstfeltet:]
+Rom 14/5-28.
+Kære Jens &amp;amp; Grethe
+Tak for Billedet og Lykønskning paa Fødselsdagen. Det er et pænt Billede af jer begge to og den eneste reelle Present jeg modtog sammen med 2 Slips af Mosser og saa Lysse [”og saa Lysse” indsat over liljen] Jeg siger som Mossers gamle Onkel: Hvad bryder jeg mig om alle disse Lykønskninger, naar der ikke følger en Present med. I var ogsaa med til Festmiddagen og dannede Baggrunden for Æresborgeren. Nu kommer vi snart hjem. Jeg kan ikke blive ved at ved at vente paa Solskin. Det har været Graavejr nu i 4 Uger med en enkelt Solskinsdag. 
+Mange kærlige Hilsener Pap.</t>
   </si>
   <si>
     <t>1936-01-24</t>
   </si>
   <si>
     <t>Elise Hansen</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Johan Sebastian Bach
 Ida -, Elise Hansens veninde
 Amelita Galli-Curci
 Beniamino Gigli
 Grete Jensen, f. Hansen
 Jens Larsen
 Johan Larsen
 Peter Andreas Larsen
 Elisabeth Neckelmann
 Marie Neckelmann
 Christian Ottesen
 Kaj Schoubye
 Louise Schoubye
 Monna Schoubye
@@ -475,59 +528,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M10"/>
+  <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -909,98 +962,144 @@
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K9" s="5" t="s">
         <v>70</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>73</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="E10" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E10" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>76</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>79</v>
+      </c>
+      <c r="K10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L10" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
+    <hyperlink ref="M11" r:id="rId16"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>