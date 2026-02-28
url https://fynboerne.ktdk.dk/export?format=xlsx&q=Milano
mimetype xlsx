--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="91" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>