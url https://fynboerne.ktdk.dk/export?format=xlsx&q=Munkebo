--- v0 (2025-12-19)
+++ v1 (2026-03-20)
@@ -3,794 +3,321 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="405" uniqueCount="283" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="303" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1887-02-05</t>
+    <t>1940-01-19</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Vilhelmine  Larsen</t>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
+  </si>
+  <si>
+    <t>1897-07-07</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
     <t>Kerteminde</t>
-  </si>
-[...46 lines deleted...]
-    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Munkebo
 Nordstranden, Kerteminde</t>
   </si>
   <si>
     <t>Georg Larsen
 Johanne  Larsen
 Marie Larsen
 Otto Emil  Paludan
 Rasmus Petersen, Gartner
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Alheds søster, Johanne, skulle komme for at sidde model til Pigerne på Klinten.
 Kildeanlægget er et lille anlæg på Hindsholmvej i Kerteminde - lige ud til Nordstranden, som ligger for enden af Langegade, hvor Johannes Larsen boede som barn/ung.</t>
   </si>
   <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
     <t>Det er fint, at Johanne kommer mandag. Larsen skulle om formiddagen i vandet med Rasmus Petersen, men fik at vide, at der var telefon. Han talte så med Astrid Ingeborg i en dårlig forbindelse, og imens stak hunden Tjalfe af. Larsen fandt hunden i Munkebo og tog ud for at bade. Det blev tordenvejr, og Larsen blev gennemblødt. Hvordan kunne Alhed tro, at Larsen kom til Erikshaab i dette vejr?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/uiU5</t>
   </si>
   <si>
     <t>Kjerteminde 7 Juli 1897.
 Kæreste Alhed!
 Tak for Brevet i Dag! Det passer mig udmærket at Johanne kommer paa Mandag. Jeg havde selv regnet ud at jeg maatte se at faa fat paa hende først i næste Uge, og havde tænkt at skrive til hende om at komme, men nu kan jeg jo [noget af papiret mangler] det med at lade Dig [noget af papiret mangler] hende at det passer [noget af papiret mangler] og at jeg er meget glad [for] at hun kommer den Dag. Nu skal jeg fortælle Dig om alle de Fataliteter jeg havde i Formiddags fra Kl. var lidt over 11 til henad 12 ½. Altsaa: Kl. godt 11 stod jeg og var parat til at gaa om efter Rasmus Petersen for at tage ham med i Vandet, vi gaar nemlig ud i vores Badehus hver Dag fra 11 ½ - 12, saa kom der Bud at der var en Warberg ved Telefonen. Med et lille Ønske om at Fanden havde Telefonen gik jeg over og gav mig til at tale med Dis, det var lidt utydeligt paa Grund [af] Torden, men jeg fik da [saa] meget ud af det at [noget af papiret mangler] havde skreven galt og at det var Palludans Fødselsdag i Dag og ikke i Morgen og at jeg skulde komme i Dag, saa varede længe og jeg raabte flere Gange om der var nogen, uden at faa Svar hvorefter jeg ringede af og gik. Senere hørte jeg at Marie og Georg havde fortsat og faaet omtrent det samme Resultat. Men nu kan du tænke Dig da jeg kommer over har de ladet Tjalfe stikke af og efter at have bandet højt og dyrt paa at jeg aldrig mere skulde lade mig trække til Telefonen gik jeg ud for at lede efter ham og var saa heldig [at fin]de ham nede i Munke[bo] og returnerede sveddryppende hertil Kl. 11-40. Saa gik jeg i Vandet alene da R.P. ikke var hjemme og inden jeg kom derud begyndte det at tordne og paa Hjemvejen tordnede og lynede det uafbrudt og da jeg naaede Kildeanlægget kom der en Byge saa voldsom at jeg var gennemblødt inden jeg naaede [noget af papiret mangler] at længes frem saa Vandet løb ned ad Benene og fyldte Skoene, og jeg maatte skifte alt mit Tøj inden jeg spiste. Hvordan havde du for Resten tænkt Dig at [jeg] skulde bære mig ad [med] at komme ned [til] Jer i Dag? Den Gang [noget af papiret mangler] telefonerede var Posten kørt for ¾ Time siden, og hele Eftermiddagen har det været et forrygende Vejr, naar jeg kiger ud ad Vinduet ser jeg Træerne bøje sig for Blæsten og Møllerne kører rundt med 2 bare Vinger og en lille Stump Sejl paa de 2 andre og saa er Vinden oven i Købet V.S.V. foruden at man kan vente sig en Regnbyge hvert Øjeblik saa det er jo hverken Cykle eller Spaserevejr. Ganske vist kunde [jeg] jo tage med [noget af papiret mangler] i Eftermiddag, men saa [er] jeg jo først derned Kl. [noget af papiret mangler] saa jeg tror jeg har beds[t af] at blive hjemme og se om Vejret kan bedre sig saa meget at jeg kan komme op i Klinten og male i Aften. Det [er] sandt der staar et Sted i Dit Brev to Bogstaver som det ikke er mig muligt at begribe Meningen med, da det forekommer mig at de gør lige lidt Virkning enten jeg læser dem som Slutning paa den Sætning der staar foran eller som Begyndelse paa den der staar bag efter, men der er [oven] i Købet Streg under dem [saa] de maa vel betyde [nog]et og det er det jeg vil bede Dig forklare mig naar Du skriver næste Gang, forhaabentlig inden altfor længe, Du var ellers flink til at svare denne Gang. Det er sandt det var de Bogstaver, for at hjælpe Dig vil jeg skrive baade hvad der staar foran og bag efter, der staar: ”vilde hun komme en gang til senere S.u. – Far og Mor er ikke hjemme”. Du forstaar nok det er det S.u. der gør mig nys[gerrig]. Jeg vilde have bedt [Dig] om at ønske Palludan [til] Lykke men som sagt [kun]de jeg jo ikke raabe hende op, og nu er det jo forsent at bede Dig om at gøre det. Jeg ser det er i Færd med at blive et temmelig langt Brev men nu vil jeg ogsaa til at holde op. Kunde Du ikke give Johanne en Rose med til mig, saa er Du den allerbedste, det er Du ogsaa alligevel. [noget af papiret mangler] allerkærligste Hilsner fra Din
 Johannes Larsen.</t>
-  </si>
-[...141 lines deleted...]
-Uglen kommer nu og siger at Svigerfar rejser derind i Nat og at han strax gaar ud til Schous for at træffe Dig, saa Du maa altsaa ikke gaa derfra i Morgen tidlig. Saa er det jo sikkert, at Du ikke kommer i Morgen</t>
   </si>
   <si>
     <t>1903-01-23</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Overkjærby</t>
   </si>
   <si>
     <t>Jens Birkholm
 Johanne Giersing
 Viggo Johansen
 Theodor Oppermann
 Clara Syberg</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna 1893-1904</t>
   </si>
   <si>
     <t>Fritz Syberg har været i Bregnør og Munkebo. Han fangede en krage, men slap den løs. Han har sovet dårligt den forløbne nat.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/fM7e</t>
   </si>
   <si>
     <t>Over Kærby 23/1 1903
 Kære Høns!
 Tak for Dit Brev og Billederne. Nolle var mest glad ved sit. Besse skrev et Brev til Dig i Aftes men kasserede det ganske koldblodig da det var færdig fordi "det var noget Vrøvl" I dag har jeg været i Bregnør og Munkebo. Jeg fangede en Krage som havde forvildet sig ind i en Ruse der stod på Land, men da jeg ikke gad bære den hjem lod jeg den flyve. Forrige Nat sov jeg dejligt men sidste Nat lå jeg vågen det meste af Natten så jeg er lidt tung på Øjenlågene for Øjeblikket. Jeg har skrevet til Oppermann og indprentet ham at han må købe et af Birkholms Billeder til Kunstforeningen. Hvis han ikke arbejder derfor, så siger jeg at det er fordi han ikke tør har jeg truet med. 
 Hils Birkholm 
 og V Johansens
 Din hengivne
 [overstreget: Broder]
 le ikke af mig, jeg er så overtræt.
 Din hengivne 
 Fritz</t>
   </si>
   <si>
-    <t>21. jun. 1912</t>
-[...102 lines deleted...]
-Carl Adolph Feilberg
+    <t>1949-06-29</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Benneweis
+Thora Cohn
+Adam Knuth
 Andreas Larsen
-Cathrine Larsen
-[...53 lines deleted...]
-Hilsen fra P. Hund og Putte.</t>
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Haldur Oppermann
+Christine Rasmussen
+Holger Rasmussen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Den direkte landevej (Hans Schacksvej) mellem Kerteminde og Munkebo var ikke anlagt i 1949, så den bebyggelse, som Larsen arbejdede på at forhindre var langs Odensevej ved Kertinge Nor. 
+Jeppe Larsen havde en tam skade.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender Adams ex libris. Han skal til møde med Naturfredningsforeningen for at forhindre bebyggelse langs fjorden mellem Kerteminde og Munkebo. Derefter skal Larsen til fødselsdagsfester i både Faaborg og Kerteminde. Han har været i cirkus med børnene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D1eM</t>
+  </si>
+  <si>
+    <t>Kjerteminde 29 Juni 1949.
+Kære Grevinde.
+Hermed Adams Ex libris med Tak for Laan. Jeg sidder her alene da Puf og Else er i Odense. I Morgen skal jeg til Møde i Naturfredningsforeningen i Anledning af, at vi vil forsøge at forhindre Bebyggelsen langs Fjorden mellem Kjerteminde og Munkebo og derefter skal Else, Puf og jeg til Middag i Faaborg. Det er vist Fru Holger M. Rasmussens Fødselsdag. I Aftes var jeg med Børnene i Cirkus Benneweiss og i Forgaars var jeg til 50 Aars Fødselsdagsfrokost hos Politimesteren saa Du ser jeg fører et virksomt Liv. Skaden kan nu saa smaat begynde at spise og drikke selv.
+Mange Hilsener fra
+Din hengivne
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1929-12-23</t>
   </si>
   <si>
     <t>Marie Schou
 Fritz Syberg</t>
   </si>
   <si>
     <t>Else Jensen
 Johannes V. Jensen</t>
   </si>
   <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
     <t>Carl Wesenberg-Lund</t>
   </si>
   <si>
     <t>Carl Wesenberg-Lunds artikel "Om bier, blomster og noget mere" blev trykt i Politiken 15. dec. 1929</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Det blæser fra øst. Fritz Syberg tager på ture ad Munkebovejen og ser på landskabet nu, hvor alt er høstet. Kun landevejene er asfalteret. Wesenberg-Lund klynker i Politiken, men hvis vores efterkommere foretrækker benzin frem for insekter og blomster, kan vi intet gøre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/VTML</t>
   </si>
   <si>
     <t>Pilegaarden 23-12-29
 Kære Venner.
 Glædelig Jul. Igaar kom vore første Julegæster, i Morgen kommer næste Hold. Det er et ualmindeligt Julevejr her, nærmest Februar, med en stiv Østen lige ind fra Beltet. Men det er en dejlig Tid paa Landet nu. Jeg tager nogle Ture ud ad Munkebolandevejen og ser paa Landskabet. Nu Korn og Roer er borte og Mulden vendt, ser man de oprindelige Linier i Bakkedragene, og faar den velsignede Kultur lidt paa Afstand, endnu er det dog kun Landevejene der er asfalteret. Wesenberg Lund klynker i Politiken, men dersom vore Efterkommere foretrækker blanke Veje og Benzinstank fremfor Istidsflora, brogede Insekter og Blomsterduft langs Grøftekanterne, hvad kan vi saa gøre som til den Tid ligger i vore Grave.
 Jeg haaber I har det godt og vi sender Jer mange Hilsener og gode Ønsker for det nye Aar.
 Eders hengivne Marie og Fritz Syberg</t>
   </si>
   <si>
-    <t>1933-01-17</t>
-[...2 lines deleted...]
-    <t>Johanne Christine Larsen</t>
+    <t>1938-02-13</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
-  </si>
-[...227 lines deleted...]
-    <t>1938-02-13</t>
   </si>
   <si>
     <t>Sallinge Kro</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Thora Cohn
 Drude Jørgensen
 Alhed Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel  Müller
 Karen Pilegaard
 Lars Pilegaard
 Valdemar Rørdam
 Jørgen Schou
 Karl Schou
 Marie Schou
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem baronessen og professoren var. Gudrun på Sallinge Kro kendes heller ikke. 
@@ -818,645 +345,399 @@
 pr. Dræby
 [Skrevet på kuvertens forside med kuglepen:]
 20-5-03
 [På kuvertens bagside:]
 A Warberg
 Sallinge Kro
 [I brevet:]
 Sallinge Kro, Søndag d 13’ Februar 1938
 Kæreste søde Junge!
 Tusind Tak for dit lange goe Brev, der helt igennem var så veltilfreds i Tonen hvor er det dejligt at mærke, Junge. Også Tak for Femmeren, som jeg var dybt rørt over. – ja, den kan netop forlænge dette herlige Ophold med en Dag – ja, næsten to! Jeg bliver for hver Gang mere glad ved at være her – falder mere og mere til alle Steder og befinder mig usigelig vel – bedres Dag for Dag i Hode Nerver - Mave – alting. Jeg Dåre, der til at begynde med – ifjor – havde tænkt mig en absolut ensom Tid, tilbragt på Værelset med fromme Studier – jo, Godmorgen. Det faldt ganske anderledes ud. Og nu bagefter ved jeg dog så godt, at hvor jeg end har været i Verden, hvor meget kønt jeg end har set af Lande – Natur – Landskaber - - så var det dog altid Mennesker, der gav Indhold og Dybde til det altsammen. Det fornyende og forfriskende herovre er: de nye Mennesker, det nye Milieu, det nye Sprog – nyt og dog gammelt – anderledes, helt helt anderledes end det tilvante – deri består den store rekreation for mig. Jeg bliver ikke træt af at lytte til det elskelige fyenske Bondemål, de pudsige Vendinger, de overraskende Udtryk, der i Klang og betoning er så malende; og så er det jo også bedårende overalt at blive mødt med åbne Arme – alle er så søde imod mig, så jeg synes, jeg danser på Roser. Hver ny Dag er fuld af nye små Oplevelser, hver Dag fortæller noget nyt. – 
 De snakker forresten om hernede på Kroen, at de længe har planlagt en Biltur til Munkebo Kro - ! så du skal ikke blive alt for forbavset, hvis vi en Dag ruller ind på Gårdspladsen hos Jer! For hvis Planen realiseres, mens jeg er her, så tænker jeg jo nok, at de springer Kroen over - - vilde du blive forfærdet? Nå, nu får vi se, hvad det bliver til.
 Unge Krokone – Gudrun, er ved at få nye Tænder, jeg tog en Dag med ind til Odense, gik op på Forsamlingshuset og bad en Pige vise mig Selskabslokalerne, da det var lidt tidligt på Formd. vilde jeg ikke spørge Drude – men pludselig stod hun ved Siden af mig! opfordrede mig indtrængende til at besøge Professoren, sagde at hun snart kom til Ølstedgård og vilde så ringe til mig; så gik hun igen, skulde hvile sig efter et Nattebal. Jeg henfaldt i Henrykkelse over Lases underdejlige Værker - var fuldkommen betaget og havde den Lykke at være muttersalene hele Tiden – næsten en Time gik og sad jeg og indsugede de skønne Billeder. Så gik jeg over på Stiftsmusæet, så de gamle oldsager fra Espe og Nybølle o.m.m. Landede i Malerisamlingen og stod pludselig overfor et henrivende Billede af Be – røde Stokroser i Haven, det var overvældende. Der var også et af Karl Schou – Interieur med Mor og Barn – Buf som spæd! En interessant Tur i det hele taget. Om Aftenen Kl ½ 8 ringede Professoren til Kroen, om han 
 2)
 måtte sende en Bil over efter mig, Drude havde ringet til ham, at jeg var der. Det lod jeg mig jo ikke sige to Gange, det passede mig ovenud godt efter den stærkt intellektuelle Dag med Billedkunsten og en Henrykkelse, der ikke rigtig lod sig afsætte i Kroen. 
 Og så oplevede jeg derovre på det gamle Ølstedgård noget – ja, noget af det mærkeligste, jeg endnu har været ude for. 
 Ja, du véd det vel, men jeg vidste det ikke – at Professoren er fuldkommen helbredet – han sagde selv, det er intet mindre end et Mirakel. Et forvandlet Menneske, en Rénaissance; en Mand, fyldt med Spiritualitet og sprudlende Livslyst, lykkelig – strålende, åh, Junge, noget så vidunderligt at opleve. Er noget så dejligt som at møde et lykkeligt Menneske, en helt afklaret Aand, der stråler et Lys ud fra et sådant Menneske, som det er en stor Lyksalighed at opleve.
 Og ved du, hvad hele Aftenen gik med? Han læste sine Digte for mig! Junge, han bliver berømt! De var pragtfulde – og han læste dem pragtfuldt – selv lykkelig over at have skabt dem; det var Vers i alle Tonearter, dybsindige, vise, dystre, dødsens - - om Døden – om Alderdommen – om Tungsindet – og om Livsglæde – Ungdom – Elskov – ”Synd”, Dyd – og så var der et ganske henrivende om den gamle Hankat, Rasmus, ja, du kan ikke tænke dig, hvor det alt sammen var sublimt – jeg var i den syvende Himmel. Naturligvis frydede det mig også, at jeg var den første, han læste dem for; og naturligvis frydede det ham at have så god en Tilhører!
 Ja, du kan tro, at det var en Aften. 
 Da Pigen skulde køre mig hjem (Regnvejr) – måtte vi jo bryde op i menneskelig Tid, han fulgte med i Bilen til Kroen. 
 I Aften er der Karneval på Kroen; jeg har hos Pilegårds lånt en pragtfuld, kongeblå Vadmelskjole fra forrige Aarhundrede, og et strålende Hovedklæde af tyk, rød, blomstret Silke. På Søndag skal jeg med dem i Ryslinge Kirke at høre Rørdam. I Søndags var jeg til Middag på Erikshåb, vi havde en yndig Dag – Vejret mild Solskin, Haven myldrede med Eranthis og Gækkeliljer. Tak for lovede Løg! husk dem endelig. I Fredags var jeg hos Baronessen til megen Filosofi – vi to alene, hun er nu sød. I Morgen er jeg bedt til at overvære Pølsestopning hos Fru Pilegård – senere til stort Pølsegilde. Ja, der er hver Dag noget, og jeg nyder det altsammen. Bliver så længe jeg kan – måske til 1’ Marts Axel synes så afgjort, jeg skal. 
 Hvor er det trist med Marejes Sygdom, det er da ikke noget alvorligt? hun ser ikke robust ud. Dejligt med Elses lille nye. Hils nu alle mange Gange – hvor herligt for dig at have den elskelige Bibbe! hils hende specielt. 
 Og at Vejen bliver lavet – og Lånet trækker op – 
 Tusinde Hilsner fra din Dis</t>
   </si>
   <si>
-    <t>1938-04-25</t>
-[...300 lines deleted...]
-    <t>1945-01-19</t>
+    <t>1946-06-22</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
-  </si>
-[...135 lines deleted...]
-    <t>1946-06-22</t>
   </si>
   <si>
     <t>Poul Gregersen
 Elena Larsen
 Christine Swane
 Lars Swane
 Ursula Uttenreitter
 Erik Warberg Larsen
 Grete Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem konen, præsten, Bibbes kammerat og Jørgen var. Heller ikke hvilket barn Elena/Bimse Larsen medbragte. 
 På Munkebo Bakke er der et udsigtstårn.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2458</t>
   </si>
   <si>
     <t>Johanne/Junge takker for brev og pakke. Hun har haft gæster, lige siden Astrid/Dis og Alex rejste, så hun er træt. De besøgende var Elena/Bimse og en dreng, en af Martin/Manses venner, en præst fra Odder m.fl. Med præsten tog de på tur til Munkebo Bakke med. 
 Lars og Ursula Swane kom noget forsinket med en hund til Erik/Tinge. De var punkteret og mistede en færge. 
 Johanne har sagt nej til at tage et feriebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JSMC</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 24 Juni 1946
 besv. 30’ Juni
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen
 [I brevet:]
 Kære lille Dis!
 Tak for Kort og Brev og Pakke! Manse er glad ved Uret – mægtig stolt over altid at vide, hvad Klokken er – og jeg over Persillen. Tusind Tak. Dette bliver kun et lille Livstegn, for jeg er ret udgaaet for Kraft – snart. Tænk lige siden I rejste har vi haft Gæster. Dagen efter kom Poul Gregersen og er her endnu (han hjælper Manse og er en sød Dreng) Det var Torsdag; næste Dag fik vi Tel. at Bimse og Dreng X [indsat i venstre margen:] 10 Aar og det sødeste Barn jeg nogensinde har set. Et Udtryk saa henrivende. [Indsættelse slut] vilde komme Lørdag Form. Det betød Huset møvet og fin Middag, 3 Retter Mad. Samme Aften ringede en Ven af Manse at han vilde komme Dagen efter til Middag Sidst paa Ugen kom en Præst fra Odder, som Bibbe er god Ven med (han er gammel og gift) og ham havde vi til et pænt Aftensbord den ene Dag og Middag næste. Han bor paa Kroen i Munkebo og han Bibbe og jeg var i Gaar bilende op paa M. Bakke, hvor vi nød en herlig Kaffe med Likør og Cigar. X [Indsat nederst på arket og op langs højre margen:] X og hvor der var aldeles dejligt oppe; vi var i Taarnet, hvor er Danmark et dejligt Land [indsættelse slut] Bibbe havde arrangeret Turen, men han ga’ den. 
 Han er en usædvanlig klog og intelligent Mand – henrivende, lidt kejtet og genert, som kloge Stuemennesker tit er. Manse var saa indtaget i ham.
 I Gaar ringede Lasse Swane fra Kbhvn. at de vilde komme her – bilende – i Dag til Morgen med en Hund, som Uglen vil have afsat til Tinge. Jeg var tidlig oppe og lavede fint Kaffebord og gjorde rent, men endnu Kl. 11 ¼ er de endnu ikke kommen. I Aftes var her en af Bibbes Kammerater, som nylig er kommen til Kjerteminde Sygehus, men jeg gik i Seng – trods Gæster, ogsaa Tinge, Grete o.a. Som du ser er det ikke just en død Tid, vi lever i!! Men sjovt er det da alligevel, selv om jeg har ondt ved at blive ved. Konen er stadig i Jylland. Pudsigt at alle disse – selvf. kære – Gæster netop skulde komme, mens hun er borte.
 Tak for Jeres Besøg, det var dejligt at have Jer, og alt var jo ogsaa vellykket, men det havde da nu været meget bedre, hvis I havde haft godt Vejr. - - - Her blev jeg afbrudt ved at de kom, havde punkteret og mistede derved en Færge. Grete og Tinge havde insisteret paa at have dem til Middag; jeg havde allerede købt Kød til Bøf; det fik hun saa ned. Derfor var de her kun et Kvarter, da de skulde af Sted lige efter Middagen. Nu faar jeg da en Hvile-Eftermiddag, hvad jeg meget paaskønner. Jeg fryder mig over den lille grønne Skaal, hvor er den dog henrivende. 
 [Indsat øverst på s. 1; på hovedet:] Vil du nøjes med disse Ord for denne Gang. Har du det godt?
 Hils Axel fra mig og de andre.
 Ogsaa Hilsner til dig selv, flest fra din Junge.
 Vi havde Brev fra Jørgen om vi vilde tage et Barn paa Sommerferie, selvfølgelig umuligt for mig at overkomme.</t>
   </si>
   <si>
-    <t>1947-07-12</t>
-[...12 lines deleted...]
-- Petersen, sygehuset
+    <t>1950-07-26</t>
+  </si>
+  <si>
+    <t>Lindøgaard
+Dræby Station</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Axel  Müller
 Ellen  Sawyer
+Christine Swane
+Lasse Taaning
+Aage Taaning
+Fritz Warberg
+Astrid Warberg-Goldschmidt
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Det er svært at læse, om den engelske pige var 14 eller 19 år. I 1947 var der ca. 500 ungarske børn på ferieophold på Fyn (Arkiv.dk, juli 2023). 
-[...23 lines deleted...]
-Bakkevej 12
+    <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver et langt brev til søsteren Astrid Warberg Müller (Goldschmidt) med diverse store og små nyheder fra hjemmet på Lindøgaard i Dræby ved Munkebo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iPJz</t>
+  </si>
+  <si>
+    <t>På konvoluttens forside:
+27 Juli 1950
+besv. 30 Juli
+Fru Astrid Warberg Müller
+Bakkevej 10
 Hareskov St.
-[På kuvertens bagside:]
-[...26 lines deleted...]
-Alhed  Møhl, Lysses datter
+På konvoluttens bagside:
+Lindøgaard Dræby St. Fyen.
+læst 7-5-02.
+Lindøgaard 26-7-1950
+Kæreste lille Dis!
+Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
+det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
+Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
+det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
+Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
+Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
+En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
+Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
+Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
+Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
+Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
+  </si>
+  <si>
+    <t> 9. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CW5tALIU</t>
+  </si>
+  <si>
+    <t>21. jun. 1912</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jbixr2CM</t>
+  </si>
+  <si>
+    <t>1898-03-04</t>
+  </si>
+  <si>
+    <t>Munkebo
+Brobyvejen, Fyn
+Lyndelse
+Odense</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Frederik Hendriksen
+Jean Jensen
+Otto Emil  Paludan
+Julius Paulsen
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Det er umuligt at afgøre, hvilken Grevinde Ahlefeldt det er, som Julius Paulsen har portrætteret. 
+Julius Paulsen havde en udstilling på den Frie i 1898. Det er muligvis denne, der var omtalt rosende i Politiken.</t>
+  </si>
+  <si>
+    <t>Alheds mor har sat hende på fedekur, fordi hun hoster.
+En mand er kommet med Alheds staffeli, som han havde fundet på sin mark.
+Maleren Julius Paulsen har fået flotte anmeldelser i Politiken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xGTl</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg maatte holde saa brat op i Formiddags, at jeg hellere maa begynde igen, hvor jeg slap. Jeg fortalte vist, at det var gamle Jeans Fødselsdag og at hun blev meget overrasket, da hun kom ned i Morges og fandt Arrangement med Blomster og Gaver. – Nu har vi spist til Middag, - Suppe og Høns i Flødepeberrod med Rødvin til og om lidt skal vi have Chokolade med Bakkelse med Masse i, Tutte er hernede, saa jeg kan nok ikke sidde og skrive ret længe. – Tak for Dit Brev i Dag, jeg har indrettet det saadan, at jeg holder Frokost lige i Posttiden, saa nyder jeg Dit Brev til. Jeg spiser Æggekage med Angosturabitter til hver Formiddag; Mor forkæler mig paa det frygteligste, jeg har fortalt, at jeg ikke var rask i København, jeg havde ellers ikke skreven det, og nu er det saa uheldigt, at jeg igen har haft meget Hoste og Hæshed i disse Dage, saa Mor er begyndt paa den forfærdeligste Fedekur. Tænk Dig hun kommer op med Kaffe paa Sengen til mig hver Morgen for at jeg skal faa Tid til et Maaltid til, og jeg maa ikke staa op, før her er varmt. Og Du kender mig vist nok til at vide, at jeg finder mig med Sindsro deri, - jeg egner mig kun altfor godt til at lade mig forkæle! Men er det ikke flovt, synes Du? – 
+Næste Dag; - jeg gad vide, om jeg faar Brev fra Dig i Dag, jeg er ikke ganske sikker paa det. Kan Du sige mig, om Du er begyndt at længes lidt efter mig, jeg længes egentlig meget efter Dig. I Gaar Aftes i Mørkningen gik jeg en Tur med Gamle ud ad Brobyvejen, og jeg gik og tænkte saa meget paa Dig, og paa, hvor jeg holder forfærdelig meget af Dig. Jeg hørte nogle Vildænder, der fløj forbi højt oppe i Luften det mindede ogsaa om Dig. Far har det lidt bedre, i næste Uge maa han vist nok komme op. Jeg kan ikke sige Dig hvornaar jeg kommer, men kan du ikke skrive til mig om den Dagvogn gaar hver Dag fra Odense til Kerteminde og hvad Tid omtrent? – I Gaar kom der en Mand ovre fra Lyndelse med mit Staffeli, som var skyllet op paa hans Mark; jeg blev meget overrasket, da jeg trode jeg havde det i god Behold ude paa Loftet, men jeg maa altsaa have glemt det i Efteraaret da jeg malede derovre. – Sikken en Omgang Julius Poulsen faar i Politiken. ”Maler af Guds Naade”, . man skulde tro, Hr. Vikar var inspireret af gamle Hendrik. Jeg vilde for resten gerne se den Udstilling, det staar mig ikke klart, hvad jeg synes om J.P. Af hans større Billeder husker jeg et Portræt af Grevinde Ahlefeldt, som jeg syntes godt om, ligeledes Adam og Eva. Men forleden, da jeg var oppe hos Hendriks; stod hans 12-13 Billeder stillet op og af dem, var der kun et eneste, jeg brød mig om, et lille et af en Kone, der sidder paa en Stol. – Det glæder mig, at Du gik den lange Tur til Munkebo forleden og det er en nydelig Tur langs med Fjorden. - - Nu maa jeg slutte. Jeg er meget udgaaet for Brevpapir kan Du nok se, jeg maa have fat i Palam om noget nyt. – Vil Du hilse dem alle fra mig! 1000 kærlige Hilsner til Dig selv. hav det godt
+Din Alhed.
+4de Marts</t>
+  </si>
+  <si>
+    <t>1898-01-23</t>
+  </si>
+  <si>
+    <t>Adolph Larsen</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Langeskov
+Munkebo
+Nyborg
+Odense</t>
+  </si>
+  <si>
+    <t>Søren -
+- Kliebak
+Alfred Larsen
+Johannes Larsen
+Vilhelm Larsen
+Emil Opffer
 Christine Swane
-Lars Swane
-[...29 lines deleted...]
-Hilsen fra Alle her. -</t>
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Sorte og Peter er to heste.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler et fugleskydningsskjold. Vilhelm Larsen (Klaks) sidder model for Fritz Syberg (Baronen). Familien kører hø, og den ene hest har et skadet ben. Der har været bal på skolen, men Adolph ville ikke med, så han gik til Odense og hjem igen. Familien sælger mælk til mejeriet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kCVM</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 23/1 1898.
+Kære Marie.
+Tak for dit Brev som vi fik i Morges, det er da rigtig rart at du er rask, og telige er glad ved at være der ovre. Jeg har været her hjemme i denne Uge da jeg ikke har været rigtig rask; men nu er jeg da kommen mig igen, og skal der hen i Morgen. Johannes kom først hjem i Fredags, og han rejste til Nyborg i Eftermidags, han skulde ud til en Redaktør Offer og male en Plade med med [det sidste "med" overstreget] et Motiv derude fra, som han først skulde lede op, Pladen skulde hænges op i Fugleskydninges Sal, han kommer hjem på Tirsdag, og saa kommer han kørende med Fader, for han skal nemlig derud på Tirsdag. Klaks er nede hos Baronen, og han sidder vist Model for for [det sidste "for" overstreget] ham så jeg ved ikke hvornår han kommer hjem. Jeg skrev et Brev til Uglen før, for det lader til at jeg må skrive igen for at få jer til at svare. Det var et vemmeligt Vejer i Går det Sneede [det store S rettet til et lille s i "Sneede"] hele Dagen; men det tøede efter hånden; i Dag har det været et dejligt klart Vejer, skønt det har været lidt koldt. Vi kører Hø til Odense vær uge, sommetider to Gange om Ugen, og da må Kliebak og Søren spasere ud hver Gang for Fader synes det er synd for No 2 den Sorte og Peter, og det er det igrunden også, den Sorte kunde vel nok gå derud, men/hvis Peter skulde gaa derud vilde han snart være færdig, for han er jo sprængt i det nærmer Bagben. Vi er omtrent fer[dig] med at få pløjet der er kun til to Dage til og det er jo også snart på Tiden, men der har jo været så meget andet at bestille. Der var Bal henne på Skolen forrige, og Skolen holdt da op klokken 12, og da jeg ikke brød mig om at komme med gik jeg til Odense; men der gik jo ingen Tog førend om Aftenen og så gik jeg hjem og det var jo en temlig god Spaseretur; men så kom jeg hjem inden den Toget gik fra Odense. Jeg gik ad den store Landevej, for der var en af dem der ligger sammen med mig som også vilde hjem, og han kom fra Langskov så jeg fik jo Følgeskab den meste Vej, men der var ikke en eneste Vogn som vi kunde komme kørende med; havde jeg gået ad Munkebovejen havde jeg nok kommen kørende. Fader og Moder skal vist til Sverrig i denne Uge. Vi sælger jo vores Mælk til Mejeriet og for en halv hundred Kroner om Måneden, det er jo ikke meget, men Køerne har jo heller ikke så meget Mælk. Nu tror jeg at jeg vil slutte for denne Gang og ønske at du må vedblive at være rask, hilsen fra din hengivne Broder Adolph Larsen.</t>
+  </si>
+  <si>
+    <t>1902-09-21</t>
+  </si>
+  <si>
+    <t>Bogense
+Munkebo Bakke
+København</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var bange for at være alene hjemme (også med børn). 
+Brevet er afskrevet fra fotokopier givet af Det Kongelige Bibliotek til Johannes Larsen Museet mange år før, at databasearbejdet gik i gang. Der var ikke skanning af brevets side 2 og 3 i skanningerne leveret fra Det Kongelige Bibliotek til museet i 2017.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen må endelig blive i København. Alhed er ikke så bange længere. Børnene er søde, men Puf længes efter sin far. I.A. Larsen vil rejse til København samme nat, og han går ud til Schous for at træffe Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YQ1g</t>
+  </si>
+  <si>
+    <t>Kjerteminde
+Udsigt fra Munkebo Bakke
+[Håndskrevet]:
+Kæreste Larsi!
+Bliv dog bare derinde nogle Dage til, naar Du ikke er bleven færdig med, hvad Du gærne vilde, jeg har det jo meget godt, og hvad Bangheden angaar, saa er jeg ikke nær saa bange nu som de første Dage. Det er altfor ærgerligt at rejse hjem, naar Du ikke har naaet, hvad Du vilde. Ungerne er rigtig søde og flinke. Puf længes aldeles rørende efter Dig, han krøller sin Mund og er lige ved at græde hver Gang han snakker om Dig. Nu for lidt siden da 6 Toget kørte forbi, spurgte han om det var det Tog, der kørte ud til København og hentede Lavsi. Lysse sidder paa mit Skød og gør alt hvad han kan for at forhindre mig i at skrive, jeg skal ind at lægge dem i Seng nu. Jeg var ovre hos de Gamle i Gaar til Middag og Aften med Ungerne. Det er dog et henrivende Vejr i disse Dage. Nu Farvel, kæreste Lavsi! Jeg kan ikke mere for Lysse. 1000 Hilsner og Kys fra Din
+Alhed
+Mandag
+Uglen kommer nu og siger at Svigerfar rejser derind i Nat og at han strax gaar ud til Schous for at træffe Dig, saa Du maa altsaa ikke gaa derfra i Morgen tidlig. Saa er det jo sikkert, at Du ikke kommer i Morgen</t>
+  </si>
+  <si>
+    <t>1898-03-02</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Niels Chr.  Jantzen
+Jeppe Andreas Larsen
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>"Paa Skolen": Johannes Larsen underviser (stadig) i tegning på teknisk Skole i Kerteminde.
+Det er uvist, hvilket billede der skal have en forgyldt ramme.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været hos maler Jantsen for at få rammen forgyldt. På hjemturen blev hans hund, Tjalfe, angrebet af apotekerens store hund, men den kom ikke noget alvorligt til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DYjN</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Marts 1898.
+Min egen Kæreste!
+Tak for Brevet i Dag. Det [noget af papiret mangler] nydeligt Vejr i dag, i Formiddags var det næste for godt, jeg maatte holde op med at male [noget af papiret mangler] Solen skinnede mig lige ind i Øjnene, men saa kom jeg til Gengæld saa meget længere i eftermiddag. I Gaar Aftes fik jeg mig en god Spaseretur, jeg gik nemlig ud for at tage mod Fader som var i Odense, og mødte ham først ved Munkebo Kl 7 saa jeg kunde lige naa at faa spist inden jeg skulde ned paa Skolen. I Dag har jeg været nede med Rammen hos Maler Jantsen at faa den forgyldt da jeg jo ikke har videre god Tid til at gøre det selv og desuden tør jeg heller ikke rigtig give mig i Lav med en saa stor [noget af papiret mangler] Gang jeg prøver paa [noget af papiret mangler] Da jeg gik hjem mødte [noget af papiret mangler] Apothekerens store Hund [noget af papiret mangler] Tjalfe naturligvis skulde gøre sig vigtig over for, og inden jeg vidste et Ord af det havde den væltet Tjalfe rundt og gabede over hans Hoved, saa jeg troede den vilde gøre det helt af med ham. Jeg fik saa fat i Halsbaandet paa den og en fra Apotheket trak Tjalfe væk, han hylede i vilden Sky men jeg kunde ikke opdage nogle Huller paa ham, saa [noget af papiret mangler] jeg at der var et lille [noget af papiret mangler] paa hver Side af Hovedet mellem Øjet og Øret. Det saa ellers nydeligt ud, jeg har aldrig set en Hund gøre det saa hurtigt og flot af med en anden, det g[noget af papiret mangler] en Haandevending, lig[noget af papiret mangler] de stod over for hinanden rejste de sig paa Bag[noget af papiret mangler] og tog fat og i samme [noget af papiret mangler] laa Tjalfe med alle fire Ben i Vejret og Hovedet begravet i Munden paa den store, og den er dog vist kun lidt over et Aar. Tjalfe var en Del flov og slukøret oven paa, men nu tror jeg han er kommen nogenlunde i Ligevægt igen. Du skulde bare have set det, det saa nydeligt ud. Naa nu skal jeg ned at male, saa [noget af papiret mangler] bliver ikke mere denne [noget af papiret mangler] Vil Du hilse Din Fader og ønske ham god Bedring, hils ogsaa alle de andre, men de allerfleste og kærligste Hilsner til Dig selv
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1925-08-09</t>
+  </si>
+  <si>
+    <t>Julianehåb</t>
+  </si>
+  <si>
+    <t>Kertinge Nor
+Snave, Kerteminde
+Fyns Hoved
+Julianehåb
+Risinge Gods</t>
+  </si>
+  <si>
+    <t>Inger -
+Peter Oluf Brønsted
+Carl Adolph Feilberg
+Andreas Larsen
+Cathrine Larsen
+Erik Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Hubert Paulsen
+Andreas Warberg
+Laura Warberg
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Grønland med Eiler Lehn Schiøler for at arbejde på bogen Danmarks Fugle. Schiølers fire døtre blev tilsyneladende passet i Kerteminde imens.
+Det vides ikke, hvem Andersen og Nielsen er - Larsen-familien kendte en del med dette efternavn. 
+Snavehøjen er en jættestue beliggende lidt syd for Fyns Hoved. 
+Andreas Warbergs kone, Minna, havde en slægtning, der ejede herregården Risinge mellem Nyborg og Kerteminde.</t>
+  </si>
+  <si>
+    <t>Hubert Paulsen, Inger, Johan og Alhed Larsen har været på motorcykeltur fjorden rundt. Alheds mor vil spørge, om hun kan få en tur bag på Hubert motorcykel.
+De unge har også været på motorcykel til Fyns Hoved og Snavehøjen.
+Alhed Larsen har spist middag med Prof. Feilberg på hotellet.
+Larsen må hilse Lehn schiøler og sige, at de fire piger er søde.
+Faster Thrine er meget syg.
+Larsen må passe på og ikke gå på dækket i stormvejr. Han må heller ikke tabe sine dagbøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Z8zF</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg skrev til Dig i Forgaars og har nu pludselig faaet at vide, at eneste Skib gaar den 11te i Stedet for d. 14de saa dette maa af Sted endnu i Dag, det er Søndag, men Gamle kører til Odense med det i Aften, saa er det i København i Morgen. Vi har det alle fortrinligt, jeg tror de morer sig ug alle sammen, alle Schiølerne ligger ude paa Plænen og skriver til deres Far. I Aftes var Hubert, Inger, Lysse og jeg en dejlig Motortur Fjorden rundt, vi gik op paa Munkebo Kirkegaard, hvor jeg aldrig har været, hvor er der dog smukt med de store Træer, vi laa en halv Times Tid, spiste Chokolade og røg Cigaretter. Til Morgen sagde Mor, at hun gik og lurede paa, om Hubert ikke skulle tilbyde hende en Tur, - ”men hvis han ikke gør det, siger jeg det selv”! Det skal foregaa i Morgen, vi skal have Kaffe med, Mor er meget optaget af det, jeg skal bagpaa og saa to paa Andersen. Gamle kom hjem fra Jylland i Aftes, havde været omad at tage Tinge med hjem. Jeg var ved at gaa i Seng, men de gik saa ned i Køkkenet og spiste og bagefter spillede Puf, Lysse, Hubert og Inger L’Hombre og Kl. 3 kørte de 4 samt Peter Brønsted paa de 2 Motorcykler til Fyns Hoved og Snavehøjen, de har altsaa slet ikke været i Seng i Nat! Dede har været her i Formiddag og inviteret Mor og mig til Risinge til Middag. I Morgen kommer Dede og Minna her til Aften. Det var meget morsomt nede paa Hotellet i Forgaars, kun Nielsens gl. Prof. Fejlberg og mig, fin lille Middag med 4 Retter (unge Ænder!) og dejlig Rødvin, Champagne, Madeira og jeg skulde hilse voldsomt fra dem alle 3, Din Skaal blev naturligvis drukken! I Gaar Efterm. havde jeg gl. Prof. heroppe til Kaffe, bagefter sad vi paa Tribunen og saa paa Tenniskamp. Sig til Schiøler, at Pigebørnene er voldsom søde, jeg er saa glad over at vi fik dem alle 4 herover. - - Gamle Faster er meget sløj, hun har haft Bronchitis og kan ikke rigtig komme til Kræfter bagefter. Gud ved om hun lever til Du kommer hjem.
+Nu sender jeg 2 Ord ogsaa til Julianehaab, de siger, I anløber det paa Tilbagevejen. 1000 Hilsner! Din Alhed.
+9 – 8 – 25
+8nde Brev
+Husk at tage Kamikker og Perlekraver med til mig
+2. 
+Rejse hjem vær nu ikke forvoven med at være paa Dækket i Storm, jeg synes Rælingen var saa lav. Jeg glæder mig vældig til at se, hvad Du har lavet, her var mange yndige Smaategninger i Dagbogen – tab nu ingen af Dagbøgerne! Vi har kun haft Brev fra Dig den ene Gang, men forhaabentlig kommer der en Gang til! Velkommen hjem, hvor bliver det storartet at se Dig igen. De kærligste Hilsner fra Drengene og Din
+Alhed.
+9 – 8 – 25 
+Kuvertens forside:
+Poststemplet:
+ODENSE 9 8 25.9.03
+Håndskrevet:
+Maleren Johannes Larsen
+Schiøler Expeditionen
+Julianehaab
+Grønland
+c/o Styrelsen for Kolonien i Grønland
+Knippelsbrogade 3
+København
+C.
+Kuvertens bagside:
+Har først i sidste Øjeblik faaet Besked om Skibet d. 11te. Dette Brev bedes endelig medbragt.
+Alhed Larsen
+Kerteminde
+Danmark
+Hilsen fra P. Hund og Putte.</t>
   </si>
   <si>
     <t>1947-12-20</t>
   </si>
   <si>
     <t>Edel -
 Ena -
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Henning Larsen
 Johannes Larsen
 Marie Larsen
 Peter Andreas Larsen
 Gudmund Larsen 
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Axel  Müller
 Lauritz Pedersen
 Georg Poulsen
 Janna Schou
 Lars Swane
 Rigmor Thorsen
@@ -1504,51 +785,550 @@
 [I brevet:]
 [Indsat julemærke med teksten: ”Jul 1947 Danmark”.
 Lindøgaard 20-11-1947.
 Kære lille Dis!
 Her har du mig saa igen til det rigtige Julebrev; nu er det Aften jeg har ikke travlt med noget og her er Fred og Stilhed. Peter er taget til Odense, Edel og det lille Snakkehoved til Ena gaar til Munkebo om et Øjeblik; naar Ena er her i Stuen er hun meget stilfærdig, siger ikke ret meget, men naar hun er her i Køkkenet hos Edel gaar den lille Knevver uafbrudt – bogstavelig talt; jeg har sagt til Edel, at det var næsten uudholdeligt at høre paa, her er jo saa lydt, men hun bremser hende aldrig. Hvor findes der er Paradis uden Slangen? 
 Jeg er saa mærkværdig fremmelig med al Ting i Aar, det skyldes naturligvis den gode Hjælp fra Edel jeg kan godt sidde og smaadrive lidt uden at det gør noget og til de sidste Dage, Mandag og Tirsdag er der ikke meget at gøre. Vi har ellers i Aar bagt Smaakager for Grete, hun har Besvær nok med alt sit, naar hun har de to Børn at passe med al den Vask; de Børn skinner ogsaa altid af Renhed. Vi har bagt Vanillekranse, Jødekager, Kakaokager og brune Kager og 12 Lagkagebunde til hende; vi selv skulde have 6 Bunde, saa Edel bagte i Formiddags 18 Bunde, og da der kun kan staa een Kageform ad Gangen i Ovnen [”i Ovnen” indsat over linjen], kan du forstaa, at det var et helt anseligt Job. De skal have Barnedaab dernede i Morgen; Bibbe skal bære den lille henrivende Dreng og Lauritz skal staa Fadder; jeg tager ikke med i Kirke, maa være lidt forsigtig til Julen, men haaber, at Lauritz vil køre herom ad og tage mig med derned eft. Gudstjenesten jeg er ikke begyndt at gaa ud endnu. Det skal kun være Kaffebord, det er saa fornuftigt af dem at de ikke laver stor Spisning. 
 Hvor det dog er vidunderligt, lille Dis, at du har faaet din Arbejdslyst og –evne tilbage igen, for det er jo Tegn paa, at Fysikken er kommen i Orden igen; hvem kender ikke den rædsomme Ugidelighed naar man har været fysisk nedbrudt; mon ikke Åndens Grundlag er Fysikken – ja naturligvis kun til en vis Grad. Det er dog sjovt, at du paa dine gamle - jeg mener ældre – Dage er bleven bildende Kunstner, det er forbløffende med dine to Børnebøger. Og Tillykke med Kakkelovnen; det var sikkert haardt tiltrængt og skal nok hjælpe Axel godt. Og Stolen – ja man kan jo ikke faa både i Pose og i Sæk, og den Stol, han fik af Charles, der der staar ved Siden af Skrivebordet, er da egentlig behagelig at sidde i, jeg nød den da den Sommer, jeg var hos Jer; dette med at der ikke bruges nævne-
 2.
 værdig mere Brændsel paa denne Maade, skal nok passe; det foreholdt jeg til Fru Thorsen, naar hun, da de boede i Kærbyhus, kun fyrede i den ene Kakkelovn, som saa skulde opvarme Nabostuen; jeg sagde altid, der bruges ikke mere Brændsel, og Varmen bliver meget behageligere. Du ved ikke, lille Dis, hvor det glæder mig, og hvor jeg tager Del i din Glæde over, at Axel bedres, det er rigtignok vidunderligt, og hvor mærkeligt, at Axel har den Bankvirksomhed i Udsigt; jeg har ogsaa hele Tiden sagt – eller skrevet – at der ganske sikkert kunde blive Arbejde ved et eller andet, naar han holdt op med Frihavnen.
 Du skriver som Efterskrift i dit Brev: ”Hvor pragtfuldt, at Lauritz vil hente os i Nyborg, og at vi skal hjem til dem først,” jeg ved ikke rigtig, hvad du mener med det; naar du og jeg kommer til Nyborg er vi jo, hvor vi skal være; jeg skrev vist blot at Lauritz (en af de Dage, vi er i Nyborg) vil komme ud efter os saa vi kan besøge dem i Bovense. Stedet er, efter Lauritz’ Raad funden, det ligger ved Stranden lige ved Skoven. Men lad os nu først se, om det bliver til noget, der er jo længe til. 
 Forleden dag fik vi Besøg af en ung, meget tiltalende Maler fra Odense, Georg Poulsen, han bad om at laane nogle af vore Las-Billeder X; X til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12. [X ”til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12.” indsat over linjen]; han fik 4; bl.a. de smaa Fuglebilleder som Las malede til Agraren, da han kun var 14-16 Aar; jeg havde ladet dem indramme, det ene oven paa det andet [Tegning] – saadan; 2 Fuglekonger og en Rødirisk; det er det allerførste i Kataloget, som er ordnet efter Aarstal; dette fra 1881 – dog med Spørgsmaalstegn, for jeg mener at vide, at han var 16 Aar, da han lavede dem. Manse fik Indbydelse til Udstillingens Aabning i Dag; han og Peter var derude og de havde moret sig godt, Las Puf og Else var der Las havde været saa levende og gaaet og virket – regeret, tror jeg, Manse sagde! Tænk, at han tager ind til Magisterens Begravelse, gid vi dog maa faa lidt mildt Vejr, jeg synes, det er lidt letsindigt – paa denne Aarstid, de vilde se at komme hjem samme Dag. Jeg haaber, at Manse vil tage derover ogsaa, men ved det ikke bestemt.
 Agraren, Manse og jeg er bedt til Middagen paa Lases Fødselsdag i Dag om 8 Dage; Manse er bleven udvalgt, fordi han og Las er saa særlig gode venner, der er altid en umaadelig Mængde Snak imellem dem, naar de er sammen, ellers hverken Tinge, Bibbe, Henning, Bror og Lasse Sw. det vilde jo være at gribe for vidt om sig, da jo
 3.
 deres respektive Mænd og Koner saa ogsaa skulde med. Jeg baade glæder mig og ikke glæder mig. Man er ikke rigtig i Humør til en stor Fest, naar man er saa opfyldt af Sorg over lille Lugge – havde det bare været et Par Maaneder senere. Vi skal spise i Værkstedet, hvad vi ogsaa gjorde, da de lavede Fest for Rie, da hun fyldte 70; skønt det var d. 5te Juni, frøs jeg saa det stod efter, fordi jeg sad lige ved Døren, der gik ustandselig, naar de opvartende skulde ud og ind; det havde jeg - lidt bekymret - fortalt Manse, og tænk i Dag sagde han til Puf, hvem han jo traf i Odense, om de ikke vilde sætte mig, saa jeg ikke fik Træk fra Døren. Ved du, hvad jeg skal iføres ved Selskabet: den brune uldne Kjole, som du sendte mig i Fjor. Mon jeg dog har fortalt dig, at den er bleven saa smuk? der er en Begejstring over hele Linien de Par Gange, jeg har haft den paa den har den lille Syerske oppe fra Strandgyden rigtignok haft Held med. Jeg har nok en sort Silkekjole, men dels er den gammeldags og dels tør jeg ikke tage saa tynd en Kjole paa; du synes vist, jeg er blev svært omsorgsfuld med mit Helbred, men Gang paa Gang har jeg i dette Efteraar haft Lungebetændelsefornemmelser, ondt i Bryst og Ryg med Stik og hvad der hører til, som da jeg virkelig fik Lungeb. for et Par Aar siden, saa jeg synes, det er kun min forbandede Pligt at passe lidt paa. Fejlen er sikkert min egen, idet jeg har forsømt at hærde mig lidt ved at gaa Ture hver Dag, men det er nu ikke altid saa nemt. 
 Mon jeg har fortalt dig, at vi er flyttet ned i Spisestuen for i Vinter; Stuen var ikke til at varme op med Tørv; det bliver et stort Savn i Julen, men det maa ta’s: Havestuen er lettere at fyre op for et Par enkelte Dage, der skulde alligevel Ild for Maries Skyld – altsaa lidt Varme ind i Gæstekamret, der hvor du laa. Vi tager saa Juletræet i Havestuen og nøjes med det, som det kan blive. Nu kan jeg ikke mere i Aften, maaske kan jeg skrive lidt mere i morgen el. paa Mandag, saa kan jeg fortælle lidt om Barnedaaben.
 Søndag Aften Saa kommer vi til Afslutningen! Klokken blev lidt mange, Aftenen er gaaet med et pudsigt Job: Edel havde købt en Dukke (14 Kr!) fra Agr. og mig til Lise, og Edel havde som sin Andel i Gaven strikket Drengetøj til den, Bukser med Seler over Strikkeblusen, vældig smart, men da vi manglede en Æske til at lægge ham i, fik jeg den Ide at lave en Slags Vugge, formet som et gammeldags Dejgtru [Tegning] af Pap; Endestykkerne ogsaa af Pap
 4.
 syede Edel paa, men jeg holdt paa den; saa klistrede vi den over med et blomstrende Juleindpakningspapir, og den blev noget saa elegant, han ligger helt som i en Moses-Kurv. Men Tid tog det min Sandten. Vi tænker, at Lise bliver salig. 
 Barnedaaben gik saa godt; de var lidt møre af Kirkegangen, for vores lille, der blev døbt Erik Warberg Larsen, og saa et andet lille Barn, havde begge brølet af deres små Lungers fulde Kraft – hele Tiden! Præsten havde været kendelig enerveret. Lauritz og Bibbe kørte saa ned med Drengen og Else, som havde ”taget Huen af” og kom saa op efter os. Da vi kom derned laa Lillebror stadig og brølede; jeg fik ham op og vissede ham, det hjalp lidt, men stadig kom der smaa Hulk – nej den Kirkefærd havde været for meget for Lillebrors spæde Nerver. Saa kom Tinge og Grete, og der faldt Ro over os ved et festligt Kaffebord med 2 Lagkager Wienerbrød, Sandkage og alle mine Smaakager. De havde en Flaske Vin, som vi nød og drak Skaaler i; Agraren og jeg havde 50 Cerutter med til dem i Daabsgave, vi giver jo ikke hinanden Julegaver i Aar, derfor kaldte vi det Daabsgave, af mig fik han desuden en Sparekassebog med 10 Kr. Det er saa morsomt at se, saa glad Bibbe er ved Lauritz, men jeg tror nok, hun er lidt overvældet af Arbejdet, fordi der er saa meget Selskabelighed; hun kan saa daarlig døje al den Selskabelighed. De bliver en Mængde Juleaften, hele Personalet fra Dalsgaard, du ved, hans første Kones Fødegaard, som Lauritz stadig ejer sammen med Svigerinden og hendes Mand; den skal for Resten sælges nu. – Jeg tror nok, Bibbe glæder sig som et Barn til at naa over Nytaar. 
 Mon ikke det gaar dig som mig, at naar vi gaar og passer til Jul, har man stadig Erikshaab Julene i Tankerne, hvor var de Juleforberedelser festlige, ja næsten hellige staar de nu i ens Erindring.
 Og saa vil da til sidst ønske dig og Axel en glædelig Jul sammen med Jeres lille Nillebarn vil du hilse Janna og Ib saa mange Gange fra mig og ønske dem alt godt for Jul og Nytaar.
 De kærligste Hilsner, lille Dis, fra din Junge.
 Brevet er for anseligt til jeg har Mod paa Gennemlæsn. Find selv ud af Fejltagelserne.</t>
   </si>
   <si>
+    <t>1949-06-30</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Christa Knuth
+Jeppe Larsen
+Johan Larsen
+Didrik Overgaard Nielsen
+Gerda Rasmussen
+Holger Rasmussen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har travlt med flere fødselsdagsmiddage, et cirkusbesøg, et naturfredningsmøde.
+Jeppe har en månedstid haft en skadeunge, som nu kan flyve og spise selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mmTk</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Juni 1949.
+Kære Bimse!
+For et Par Dage siden blev jeg ringet op af Grevinden, der bl.a. fortalte mig at det var Din Fødselsdag d. 1/7. Til Lykke med Dagen! Vi har det lidt uroligt i disse Dage. I Forgaars var jeg til Fødselsdagsfrokost hos Politimesteren og om Aftenen i Cirkus Benneweiss med Børnene. Nu til Middag skal vi til Naturfredningsmøde i Anledning af at vi vil prøve at faa Strækningen langs Fjorden mellem Kjerteminde og Munkebo forskaanet for Bebyggelse og i Eftermiddag skal vi til Fødselsdagsmiddag i Faaborg hos Holger Rasmussen. Det er Gerdas Fødselsdag og paa Lørdag skal vi til Pufs Svigerfaders Fødselsdag i Odense saa Du ser vi har nok at gøre. Nu lader det jo til at vi skal have lidt Varme. Jeg er spændt paa at høre fra Lysse. Jeppe har en Skade, som vi har haft en Maanedstid; nu kan den flyve og er begyndt saa smaat at spise og drikke selv. Mange Hilsner til Jer allesammen fra
+Din hengivne 
+JL.</t>
+  </si>
+  <si>
+    <t>1921-10-16</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Syberg takker for digtene. Han og to af børnene står tidligt op hver dag og cykler til et udsigtspunkt for at se solopgangen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hlPg</t>
+  </si>
+  <si>
+    <t>Pilegaarden 16-10-21
+Kære Ven!
+Jeg sidder og læser i Dine Digte – Tak for dem – og faar Lyst til at sende Dig en Hilsen, men jeg har desværre ikke Ordet i min Magt til at sige hvad jeg føler. - - 
+Hvordan har I havt det i denne ”uvanlige” Sommer - ? her har vi saa havt det godt, med meget Arbejde og mange Cykleture.
+For Tiden staar jeg op kl. 4 ¾ om Morgenen, og cykler sammen med Rabbe og Trylle ud i Mørket til et eller andet Udsigtspunkt Munkebobakke, eller Maale Bakke, eller Stavreshoved hvor vi ser Solen staa op. Især fra Maale Bakke er Landskabet saa smukt saa det næsten ikke er til at løsrive sig fra. Desværre er Livet jo ikke evigt, 5-10-15 Aar endnu, saa er Herligheden forbi, - men ogsaa det er godt.
+Mange Hilsener, til Dig og Else og Børnene
+fra Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Sensommer 1935</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Dot -
+Christian  Ernlund
+Jens Peter Jensen
+Elena Larsen
+Johannes Larsen
+Marie Larsen
+Peter Andreas Larsen
+Didrik Overgaard Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane og Marie Larsens nye hus i Birkerød stod færdigbygget i 1935. 
+Odinstrnet blev opført på Bolbro Bakke i Odense 1935. Det blev sprængt i luften i 1944. 
+Harald Jensen, der blev født i 1837, var kunstmaler og brændevinsbrænder, og i 1863 udviklede han den akvavit, som stadig (2025) bærer hans navn.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen ved endnu ikke, hvornår Johannes Larsen kommer til Båxhult for at gå på jagt. Johannes Larsen vil ikke tage stilling til, hvilken pige eller kvinde der tager med for at stå for husholdningen, men Andreas foreslår enten Dot eller Marie/Ia Larsen. Dot vil forinden øve sig i at stege vildt.
+Peter Larsen har været på Lindøgaard et par dage. Derefter var han med på en tur til Odinstårnet samt på restaurant og få omelet. Peter spiser sig ikke mæt ved aftensmåltidet, så nu har Andreas Larsen sagt, at han skal blive siddende, til alle er færdige.
+Johannes Larsen har haft Peter med på en tur til Romsø, hvor Larsen skulle tegne et egetræ. De spiste frokost hos fyrmesteren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7nsT</t>
+  </si>
+  <si>
+    <t>Onsdag
+Kære Bimse og Lysse.
+Tak for Jeres Brev forleden, det var rart beroligende. Om Fars Besøg ved jeg endnu ikke noget nærmere; han maler sikkert det Billede færdigt, som han nu har malet ca 1/3 snart Halvdelen af. ["ca 1/3" overstreget; "snart Halvdelen" indsat efter linjen med en streg hen til foran ordet "af"]
+Jeg spurge ham imorges om han havde tænkt nærmere over en Pige, som han kunde faa med derop, men jeg fik i en afgørende Tone at vide, at det kunde han ikke beskæftige sig med nu. Hvis han først vil tænke over Sagen naar han skal skynde sig afsted, kan det jo let være forsent, derfor vil jeg gerne have Jer til at meddele mig snarest om Bimse bliver deroppe under Jagten eller hun rejser inden den. Hvis Bimse er hjemme og kan lave Maden, kan I faa Dot med derop som Skruppepige. Hun er meget opsat paa at komme med og taler endogsaa om at lære at stege Vildt i Kerteminde (Hun vil øve sig paa vores mange Haner) men det har jeg nu sat mig imod, Vildtet skal behandles ordentligt!
+Hvis Bimse ikke er hjemme maa vi jo se at faa Ia med derop, synes jeg. Hun vil jo altid meget gerne til Båxhult, men det kommer jo an paa om hun kan nu de nylig er flyttet ind i deres nye Hus. Hvis Far er klar til at rejse om ca 8 Dage, er der jo ikke for meget Tid, saa lad mig vide hvordan I stiller Jer til disse Forslag eller om I selv har andre. - Peter har været paa Lindøgaard i 2 Dage sidste Uge ["sidste Uge" indsat over linjen], men da han skulde sættes af ved Munkebo Kro i Forgaars, vilde han hellere med til Odense, saa han maa jo ikke være saa utilfreds med os mere. Han var saa i Odinstaarnet, hvad der ikke syntes at more ham særligt, senere fik han Omelet i Bryggergaarden, men da han fik den erklærede han, at han ikke spiste Nymælspandekager! Saa det var tilsyneladende ikke nogen vellykket Udflugt for ham. heldigvis befinder han sig helt godt i Kerteminde, saa godt, at han [et overstreget bogstav] i nogle Dage
+2)
+ikke havde Tid til at spise sig mæt, men da det jo førte til at han skulde ind og have Mad naar han skulde i Seng (jeg kender jo kun Aftensmaaltiderne) saa har jeg nu sagt at han skal blive siddende til vi andre er færdige. Det gør han jo ikke uden Protest, men han faar vel saa Vane til at spise, saa han igen kan faa Lov at gaa lidt før. -
+I Søndags var han med Far paa Romsø. Far skulde tegne et Egetræ til Billedet. Fyrmesterens skulde netop rejse til Svaneke, saa de fik sig en bedre Frokost med Harald Jensen af Æggebægre. Iaften har Far inviteret Ernlund og Elses Far til Torsk i Kerteminde. 
+Peter fik Bimses Brev iaftes, skal se at faa skrevet.
+Skrevet udi gamle Odenses
+Raadhus
+med Hilsen fra Ernlund,
+Far og Puf.</t>
+  </si>
+  <si>
+    <t>1947-07-12</t>
+  </si>
+  <si>
+    <t>Laszlo -
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Astrid Møller
+Emma Overgaard Nielsen
+- Petersen, dyrlægefrue
+- Petersen, sygehuset
+Ellen  Sawyer
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er svært at læse, om den engelske pige var 14 eller 19 år. I 1947 var der ca. 500 ungarske børn på ferieophold på Fyn (Arkiv.dk, juli 2023). 
+Det vides ikke, hvem Jørgen og Dorthe var. 
+Martin/Manses angst for, at Adolph/Agraren skulle "gaa". Adolph Larsen var kvartalsdranker, og ind imellem fik han et "anfald" og forsvandt i dagevis. 
+Mette, Eivind og Asger: Se Astrid Møller.
+Else og Andreas/Puf Larsen var i England og Skotland, hvor Andreas Larsen skulle lære noget om ølbrygning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2464</t>
+  </si>
+  <si>
+    <t>En engelsk pige har boet hos Johanne og Adolph Larsen nogle dage.
+Johanne Larsen har været nogle dage hos Ellen i Kerteminde. De havde gæster til kaffe flere gange. Det var dejligt at gense Astrid/Trisse Møller.
+Else og Andreas/Puf Larsen bliver meget forsinkede på deres hjemtur fra England og Skotland.
+Det er svært at tage stilling til Slesvigsspørgsmålet.
+Johanne skriver betragtninger om stormagter som fx Tyskland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S9Qh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+18 Juli 1947
+besv. 22-7-47
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard 12te Juli 1947
+Kære lille Dis!
+Tak for dit Brev! hvor du dog altid oplever meget, men jeg har saamænd ogsaa oplevet en Del i den senere Tid. Hvor er det dog mærkeligt, at saa at sige altid naar jeg skal have Brev af Sted til dig, kommer Posten en Timestid før han plejer; i mit sidste Brev naaede jeg ikke at faa alt fortalt. Den engelske Pige: en Dag da jeg kom op i Stuen sad Bibbe og telefonerede og Manse stod afventende ved Siden af. Jeg kunde ikke begribe, hvad det drejede sig om. Saa var det, at de lige havde læst i Avisen om at en Skare unge engelske Piger kom hertil, og man havde endnu ikke faaet Værtsfolk nok til Dem. Manse og Bibbe var straks med paa den. Jeg gruede, for hvor skulde vi lægge hende. Saa traadte vor Pige Edel (som er en Perle – Guld værd alt, hvad du vil) til og tilbød at vi maatte faa hendes lille Datters Seng over til den ungarske Dreng, saa kunde Pigen ligge paa Sofaen derovre. Saa blev den flyttet ned til Peter, hvor Laszlo saa har sovet og Manses Seng flyttet ind i Badeværelset – stillet paa Højkant om Dagen, redt hver Aften. Hun er en ganske sød lille Pige paa 14 Aar, som vi virkelig har Glæde af. Navnlig har Manse og hun det rart sammen. Hun skal rejse paa Mandag, saa er den Ferie forbi.
+Forleden en Gang ringede Jørgen fra Kjerteminde; han og Dorthe kom om Aftenen, og vi havde det hyggeligt. De skulde saa komme igen i Søndags; midt paa Form. ankom en Bil med ikke alene Jørgen og Dorthe, men ogsaa Elle! Jeg havde ikke set hende siden vi var derude sammen. Jeg blev forfærdelig glad. Vi havde slagtet 6 Kyllinger 
+2 saa vi havde Mad baade til Middag og Aften. De havde bestilt en Bil, som skulde køre Jørg. og Dorthe til Rutebilen i Munkebo – de skulde rejse til Jylland efter Overnattelse i Odense – og derefter skulde Bilen køre Elle til Kjerteminde. Jeg sagde straks, hvor kunde jeg have Lyst til at tage med dig og være et Par Dage. Hvor er det skønt at se Elles Glæde over saadant. Manse blev ked af det, fordi han troede Agr. vilde ”gaa”, men jeg kender ham jo og mente ikke der var Fare, da han slet ikke havde ”passet til” at gaa, hvilket han heller ikke gjorde. Jeg var saa hos Elle fra Søndag Aften til Torsdag Middag og havde det henrivende. Torsdag Aften skulde Grete komme fra Stokholm, hvad Elle jo glædede sig meget over. Desværre var det [”det” indsat over linjen] jo en modbydelig Kulde, og Kulde bider altid mere, naar man er ude end naar man gaar hjemme. Elle bød Kaffefremmede en Dag Frk. Petersen fra Sygehuset, Fru Dyrlæge Petersen og Fru Overgaard, Elses Mor; det var saa rart og muntert. Elle er jo en pragtfuld Værtinde, det er saamænd ikke saa sært, at hun har saa mange Venner, og trofast er hun jo, saa hun beholder dem. Jeg beundrer ogsaa hendes Evne til at lade Smaating være Smaating, det misunder jeg hende, jeg er tilbøjelig til at tage mig Smaatingene for nær. Men naar du priser hendes kolossale Orden, kan jeg ikke rigtig følge dig, for Renligheden hører da ogsaa til Ordenen, og jeg kunde nu ikke have mit Hus saa lidt rent uden at generes af det. Hvor er hun pudsig; hun skulde have en Kone den Dag, jeg rejste, og i den Anled. sagde hun: det eneste, der er rigtig møgbeskidt, er nu Sovekamret! Naa, saa var der jo den Morgen, da Elle raabte op til mig, at der 
+3 havde været Telefonbesked, at X [indsat øverst på side 3:] x de var ankommen til Lindøgaard Kl halv 9, havde snakket med og hilst paa dem her og havde set Huset, saa ved Trisse, hvordan vi bor. De ringede saa til Malerens, der sendte Besked til os. [indsættelse slut] Trisse med to Børn ankom om en Time, og at de vilde bringe Brø’ til Kaffen. De var et Par Timer, Elle dækkede Bord i Stuen, og de var godt lige til Franskbr., Keks, Ost og Marmelade foruden deres medbragte Bagværk – hvad der jo ikke er stort ved i vore Dage. Det var saa henrivende at mødes med Astrid og hendes to Børn, Mette og Eivind, de var meget tiltalende begge to. Da Astrid og jeg var et Øjeblik alene, fortalte hun mig, at en af hendes Sønner, Asger (mon det staves saadan) havde taget Livet af sig i April. Hans Kone vilde gaa fra ham, tungsindig var han, og han syntes ikke, han kunde udholde at leve længere. Naturligvis var det en forfærdelig Sorg for Astrid, men hun har jo en forunderlig Evne til at tage, hvad Livet byder, og hun var egentlig straalende; det var dejligt at se hende, og Elle var ogsaa saa fornøjet over Besøget. 
+Elle havde Brev fra Else; de var i Skotland, skulde være kommen hjem d. 28/6 tror jeg, men mente at de [”de” indsat over linjen] vilde blive et Par Dage eller lidt mere endnu og fik deres Returbilletter refunderet; jeg tror, de vilde flyve hjem; men kan du tænke dig, nu viser det sig, at de ikke kan komme hjem, hverken pr. Luft eller Vand; Else længes meget efter at komme hjem, og de prøver af al Magt; d. 29_nde_ August (!) kan de komme! Det er noget nær en Katastrofe, og man maa dog haabe, at det vil lykkes for dem at finde en Udvej. - - Ja, det var dog en pudsig Lighed fra det Derbyløb, det var jo som det kunde have været mig. 
+Hvad Sydslesvig angaar, saa er du saamænd ikke den eneste, som ikke formaar at tage en fast Stilling til det, for hvor er det dog et vanskeligt Spørgsmaal at bedømme. Jeg kunde fristes til at sige, at begge Parter har Ret i, 
+4 hvad de siger, for jeg hører ikke til dem, der vil underkende de Argumenter, man kommer med, naar man taler imod at faa Sydslesvig hjem igen, alle de forbandede Flygtninge dernede har jo forværret Sagen for os i høj Grad, og dette med de mange Tyskere, vi faar ind i Landet, er ingen Spøg. Derimod synes jeg ikke det Argument betyder saa meget, at Tyskland saa vil tage baade Syd og Nordslesvig, naar de bliver stærkere. For det første synes jeg, den Mand har Ret, som i et af de Blade, du sidst sendte, skriver at ”skal vor Fremtid afhænge af Tysklands Naade, da har vi ingen Fremtid” Men til enhver Tid vil der jo være andre Stormagter, som næppe vil tillade Tyskl. at blive større end det er, og disse to Krige, maa dog have belært disse Stormagter om, at de maa holde Øje med Tysklands Expantionstrang og -lyst. Politik! Ja, Politik er jo i sig selv ikke noget forkert eller noget man kan væmmes ved, men du mener vel, at den Måde hvorpaa Politik drives er dig imod. Det forekommer mig egentlig næsten som en Kamp mellem gode og onde Magter, og hvor er den Kamp dog spændende! Det er et Spørgsmaal om Verdenskulturen – i sidste Instans. For hvis det saakaldte totalitære Synspunkt tilsidst sejrer, saa er vel vor Kultur – især hvis man derved forstaar aandelige Værdier – tabt. Vor egen indre Politik interesserer mig nu ikke meget, skønt jeg tit ærgrer mig over mangt og meget der. De fast utrolige Dumheder, de gør sig skyldige i paa de Omraader, som jeg efter fattig Evne kan bedømme og deres – Avisernes – Sprog, naar de polemiserer o.s.v. Men det er Verdenspolitiken, der har 
+5 min meste Interesse: eventuelle Krige, Behandling af alle farvede Folkeslag, Regeringsformer, Behandling af alle de evropæiske Landes Underklasser og meget meget mere. Hvis man ikke skulde interessere sig for og følge med i det, hvad Pokker skulde man saa interessere sig for. Jo, naturligvis Kunst Literatur og saa videre, men alt det vil jo ogsaa gaa til Grunde, hvis Verden ender med at blive fuldstændig misregeret. 
+Igen Posten 
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1947-08-15</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Henning Larsen
+Jens Larsen
+Johanne Christine Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Kirsten Larsen, Elena Larsens veninde
+Alhed  Møhl, Lysses datter
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Adolph/Agraren Larsen boede på Lindøgaard.
+Båxhult var Johan/Lysse og Elena/Bimse Larsens hjem i Småland.</t>
+  </si>
+  <si>
+    <t>Marie takker for tilbuddet om at køre med til Båxhult. Hun kørte med Lars, Ursula og Christine Swane til Odense og tog et tog til Dræby. Henning Larsen og hans kone samlede hende op ved busstoppestedet.
+På Lindøgaard er man næsten færdig med at høste. Christine Swane ligger syg i sin ferie. 
+Johanne/Junge Larsen har ikke mange kræfter.
+Marie håber at komme til Båxhult en anden gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wjod</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 15-8-47.
+Kære Lysse og Bimse!
+Tusind Tak for Brev og Tilbud om at komme kørende med til Båxhult, det havde været dejligt, men nu sad jeg jo herovre, ellers kan I tro at jeg heller end gerne havde slaaet til og hvor kan Du tvivle paa at jeg kunne holde ud at være der i 3 Uger, jeg som elsker at være i Småland og ikke har været der i 8te Aar. -
+Uglen, Lasse og Ursula er i Christiansfeld, de kørte dertil i Bil og jeg var med til Odense og tog der et Tog til Dræby, da jeg vidste at de havde travlt med Høsten her og der skulde komme en Rutebil forbi en halv Time senere, satte jeg mig hen paa en Sten ved Vejkanten for at vente paa den, der kom mange Biler forbi og pludselig ser jeg en af dem bakke tilbage og saa var det Henning og Ditte, sidstnævnte havde kastet et Blik paa mig i Forbifarten og sagde til Henning ”Bak til bage jeg tror det var Tante Marie der sad henne paa Stenen” og glad blev jeg, de kørte mig helt hertil, saa jeg blev fri for at bære noget af mit Tøj fra Munkebo. Her har de det godt og bliver færdig med at køre ind i Dag, desværre er det jo smaat med Foldene i Aar, paa Grund af Tørken, særlig her paa Lindøgaard Tinges er bedre siger de. – 
+Det er morsomt at se lidt til Peter, han ser saa rask ud og er vældig solbrændt og det lader til at han befinder sig godt her, her er nu ogsaa dejligt at være. –
+I Gaar havde jeg Brev fra Ursula og hun fortalte at Uglen var bleven syg, Doktoren mente at det var Galdeblærebetændelse og desuden havde hun lidt Slim paa den ene Bronchie, det er jeg meget ked af; Uglen var meget syg af Halsbetændelse tidlig i Foraaret, nu var hun kommen nogenlunde til Kræfter og saa skal hun tilbringe en Del af sin Ferie i Sengen, det er trist.
+Forhaabentlig kommer jeg til Båxhult en Gang alligevel, selv om det ikke lod sig gøre denne Gang og saa kan Uglen maaske komme med ogsaa. –
+Hils Børnene mange Gange, jeg er ogsaa ked af at jeg ikke fik Jens at se de 2 smaa har jeg jo set i Vinter, Jens ikke siden vi var oppe hos Jer i 39. – Junge har ikke mange Kræfter men det gaar da nogenlunde; Bibbe har travlt hun har altid saa meget for saa det er sjældent vi har hende her ret længe af Gangen. –
+Endnu en Gang Tak fordi I vilde have mig, det er jeg meget glad for.
+Mange hjærtelige Hilsner til Jer begge fra Tante Ia. –
+Hilsen fra Alle her. -</t>
+  </si>
+  <si>
+    <t>1938-08-30</t>
+  </si>
+  <si>
+    <t>Bakkevej 8 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Kurt Jungstedt
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Gudmund Larsen 
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Lars Swane
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Erik Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Marie Schou/Syberg, som var mor til Jørgen/Buf Schou døde 1934. Derfor ordene om hendes manglende indflydelse på ham. 
+Mary, som hjalp til i huset hos Johanne C. og Adolph Larsen, blev en kort tid kæreste med Erik/Tinge, og de blev gift. Parret fik også et barn. Ægteskabet blev kun af kort varighed. Flere år senere blev Erik/Tinge gift med Grethe, f. Tinesen. 
+Den omtalte Alma er ikke oprettet med biografi. 
+Louisenlund på Skovvej i Kerteminde var frem til 1945 et lille spisested (Arkiv.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0596</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har betændelse i skulderen og skal muligvis opereres.
+Hun spørger, om Jørgen/Buf Schou ville have, at Janna skulle flytte hjem til ham.
+Mary er gravid. Hun har hyret sagfører og vil have understøttelse til sig selv og barnet. Hun tør ikke lade barnet vokse op på den elendige gård. Boet vil hun også have del i, og der kommer derfor vurderingsmænd på besøg. Erik/Tinge skal møde på politikontoret til mægling.
+Marys kusine, Alma, har fortalt Kirsten (Gudmund Larsens kone), at Mary er blevet dårligt behandlet på Lindøgaard. 
+Johanne er bekymret for, om Mary kan tage sig ordentligt af barnet. 
+Johanne har været på biltur med blandt andre Andreas/Dedde og også til spisning.
+Christine/Uglen og Lars/Lasse Swane har været på besøg med dejlige akvareller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Uxr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+31 Aug – 1938
+(Tinge – Mary)
+Fru A. Warberg - Müller
+Bakkevej No 8
+Hareskov St.
+” mand 22 1-07
+læst søn. 18-9-05.
+[ Håndskrevet på kuvertens bagside:]
+Lindøgaard, Dræby St.
+[I brevet:]
+Lindøgaard 
+pr. Dræby
+Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
+Kære lille Dis!
+Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
+Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
+Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
+2.
+Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
+3
+Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
+Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
+Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
+4.
+Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
+Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
+Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
+Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
+Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
+Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
+Tusinde Hilsner, din Junge.</t>
+  </si>
+  <si>
+    <t>1939-05-25</t>
+  </si>
+  <si>
+    <t>Kerteminde Sygehus</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+- Hagen
+Adolph Hitler
+Hans Hviid
+Julius Hviid
+Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Erich Remarque
+Stephen Roberts
+Ellen  Sawyer
+Lars Swane
+Agnes Taaning
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Søster var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0563</t>
+  </si>
+  <si>
+    <t>Der er mange steder i Danmark, som Johanne C. Larsen ønsker sig at se. Hun blev f.eks. misundelig, da hun hørte om Johannes Larsen og Brønsted-parrets tur til Møn. 
+Misundelse er noget grimt noget. Johanne mindes, da Martin/Manse blev ked af det, fordi Lasse Swane fik flere julegaver end han selv.
+Johanne har netop læst Stephen Roberts "Huset som Hitler byggede" og Remarques "Kammerater". Hans Hviid kommer med bøger til hende på hospitalet. 
+Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mange besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
+Johannes medpatient snakker konstant om sine sygdomme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/phXb</t>
+  </si>
+  <si>
+    <t>Kære lille Dis! 
+Det er dejligt med dine Breve - Tak for det sidste, det hjemme fra, hvor du skriver om Haven. Sikken en dejlig Tur, du har haft, du har Held til at faa smaa smukke Provinsbyer at se jeg husker endnu din Beskrivelse af hvad Søren er det den hedder, den lille By [”By” indsat over linjen] hvor Søster er Apoteker? Er det Hals? Ja [”Ja” indsat over linjen] Den gad jeg nu se: Der var jo i det hele Taget et og andet, man gerne gad se – der iblandt en Bøgeskov i Udspring. Det er mange Aar siden, jeg saa det vidunderlige Syn, og mon jeg nogen Sinde mere faar det at se jeg behøver ikke at sige: ”skøn paa at du har den Lykke”, for det ved jeg, du gør, men tænk hvor mange, der har den og ikke ændser den. Du ved jeg plejer ellers at høre til de nøjsomme mon det er Alderen, der gør, at jeg har mere ondt ved det nu X For Expl, da jeg hørte, at Las, Else og Puf kørte til Møen og der mødtes med Magisterens og fejrede deres Fødselsdage – og lige i den skønne Løvsprings tid, ja tænk dig da mindedes jeg (og følte) da lille Manse en Juleaften med lidt Graad i Stemmen hviskede til mig, hvorfor er der saa meget paa Lasses Bord og saa lidt paa mit!?
+Men selvfølgelig naar man er kommen til Skels aar og Alder kan man da nok tage sig selv i Nakken og minde sig selv om at Misundelse vel nok er en af de meget foragtelige Egenskaber - - der giver mig en hel Del Spørgsmaal, jeg må hellere se at faa dem besvarede, Nej, Tiden falder mig aldrig lang, Hvis jeg ikke gider noget andet, har jeg jo den lille vidunderlige Fjord lige for og kan følge Smaatræerne og Buskenes Udspring her ude i Haven Det har jo været et pragtfuldt Foraar i Aar Jeg har haft ”Huset”, som Hitler byggede af den australske Historiker Roberts. Meget interessant og dette, at det er en Historiker, som har skrevet den forhøjer jo ens Tillid til at det er Sandheden man læser Efter Læsningen af den saa jeg med samme Foragt paa Nazisterne som før, men jeg tror med en dybere Foragt end før paa det tyske Folk. Hvor var den lang og tung at læse navnlig naar man laa paa Sygelejet, men hvor var den god at faa Forstand af. Samtidig læste jeg Remarques: ”Kammerater”. Hvor de dog belyste hinanden paa en morsom Maade. Hans Hviid – Dr. Hviid, Plejesøn, er mageløs til at komme og besøge mig, sørge for min Lekture han ejer en Masse Bøger – nej, det kniber ikke at ligge; jeg har en Luftkrans at ligge paa, men selvfølgelig lidt tvungent at have Benet liggende i den Tagrende, hvortil den er bunden fast; at sove paa Ryggen falder mig altid lidt svært men jeg faar Sovetabletter om Aftenen og kan faa det midt paa Natten igen hvis jeg vil. De er allesammen mageløs søde. Vor elskede Øverste Sygeplejerske, altsaa Chefen her har faaet sin Afsked paa graat Papir og rejser om 8 Dage - de vil ikke give hende Grunden Det er saa vidt jeg kan forstaa en Slags Sammensværgelse med Sladder og Skidt - - en Fremgangsmåde der er Kjerteminde værdig!!
+Om jeg har Smerter. Naa-aa- ikke saa meget mere, men al den første Tid var ikke saa rar og jeg havde en Del Feber, en Aften lige ved 39, men alt det er jo forbi nu Llige efter Pinsedagen skal Gibsen tages af Foden og hvad er saa skal ske eller hvor nær jeg saa er ved Hjemsendelsen aner jeg ikke – jeg modtager en utrolig Mængde Godhed fra alle Sider og af alle Slags, Masser af Mennesker kommer og besøger mig I Gaar havde nogle af mine Kjertemindevenner sørget for at køre gl. Frk. Hagen min mangeaarige gode gamle Ven herud til mig, hun vilde saa gerne hilse paa mig, jeg har jo ikke kunnet besøge hende længe paa Grund af daarlig Gaaelse. Det var et dejligt og rørende Besøg Og naturligvis havde hun som alle andre lidt med til mig. De mest trofaste er Elle og Fru Taaning, men ellers kan du ikke tænke dig alle dem, der kommer her, ogsaa vore Naboer fra Munkebo. 
+Hjemme staar det godt til Bibbe er jo saa trofast til at komme saa tit [”tit” indsat over linjen] det er muligt for hende men meget hviler jo paa hende gid hun maa kunde taale det hun er jo ikke rask endnu gid hun vilde gøre lidt mere for at blive det – Drengene virker jo som sædvanlig for fulde Sejl; jeg hører om nye Virksomhedet; nu har de gravet en Brønd ude ved de to Folde; der er Masser af Vand mægtige Brøndrør er lagt ned, og danner Brøndens Sider, en brugt Pumpe købt, saa nu kan der pumpes Vand op til Køerne om Somren i Stedet for at føre dem den lange Vej hjem til Gaarden Og de har faaet det ordnet saadan, at de kan vande helt oppe i Køkkenhaven – dels Gummislange og dels Jærnrør det betyder altid gode Grønsager De er nu knagende driftige, de Drenge. - - - 
+Jeg har gode Patientkammerater her, en gl. Bondekone fra Drigstrup hun har megen Lune og er ikke dum, dog er det trættende altfor mange Gange at skulle høre [”høre” indsat over linjen] om hele hendes Sygdoms Forløb, Maven Bækkenforteelser o. lign: Jeg har forbudt dem at berøre disse Yndlingsemner, naar vi spiser. Den anden er en ung Pige af Gaardejerstand, sød, naturlig forstandig og i godt Humør. Saa ikke mere, spørg hvis du vil vide mere. 
+Et Væld af Hilsner til Jer fra din Junge
+[Skrevet på hovedet øverst på s. 8:]
+Jo, jeg har lidt ondt ved at ligge og skrive, dette var en Bedrift
+[Indsat øverst s. 2:]
+X nej det er vist bare Sygelejet, der gør det.</t>
+  </si>
+  <si>
+    <t>1945-01-19</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Bodild Holstein
+Adolph Larsen
+Marie Larsen
+Pernille Marryat
+Axel  Müller
+- Petersen, Frk.
+Janna Schou
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne har i et andet brev fortalt Astrid, hvordan man fejrede deres fars 100årsdag på kirkegården og på gården Erikshaab. 
+Janna Schou fødte i januar 1945 datteren Pernille. 
+Bodild Holstein døde januar 1945.
+Det vides ikke, hvem Jørgen var. Larsen/Warberg-familien kendte mange af dette navn. Det samme gælder Charlotte. 
+M er formodentlig Axel Müller, og Marie kan være Marie Larsen eller Balslev. 
+Sjums/Ina Goldschmidt var i 1945 gået under jorden (formodentlig fordi hun havde jødisk far).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0637</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Astrid må mødes i tankerne i anledning af deres mors fødselsdag. Faderens blev fejret så godt på Erikshaab. Johanne har gemt en sang, som Astrid 20 år tidligere skrev til moderen. 
+Frk. Petersen har været til middag på Lindøgaard.
+Johanne beder Axel købe og sende tobak. Den hjemmedyrkede vil ikke brænde.
+Astrid skal ikke være bekymret for Jannas fødsel.
+Både Martin/Manse, Adolph/Agraren og Laura/Bibbe har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cmc7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 20’ Januar 1945 
+Mors 100 års Fødselsdag.
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Fred. 19de Jan. 1945
+Kæreste lille Dis!
+I Morgen har vi saa Mors Fødselsdag! Hvor havde det været dejlig om Forholdene havde flasket sig, saa vi kunde have været sammen paa denne Dag, men det vilde Skæbnen altsaa ikke. 
+Gid du havde været med paa Fars Dag og haft de samme gode Minder om den, som jeg har, det var saadan en usædvanlig dejlig Dag, som jeg af og til tager frem og tænker paa. Du ved, vi var jo paa Erikshaab hos de to go’e, og de havde gjort det saa festligt for os. Men selv om vi ikke kan være sammen og mødes ved Mors Gravsted med Blomster og Udsmykning, saa kan vi dog mødes i Tanker og Breve. Du var nu Mors Hjærtebarn, hendes lille Putte, hvor var Mor dog øm over dig, og hvor dit Vel laa hende paa Sinde. Jeg har for ikke saa forfærdelig længe siden haft fat i din lille smukke Sang til Mor, som vi sang for 20 Aar siden – det smukkeste du nogen Sinde har skrevet – men desværre er den gaaet til Bunds blandt mine Papirer igen, jeg husker aldrig nøjagtig, hvor de forskellige Sager ligger, jeg har saa mange store gule Konvolutter med saadanne Sager, men noget af den husker jeg da – om Dagen der ”lyser spæd og klar og spejder imod Vaaren” og saa: ”For hvad du er og hvad du var, vi aldrig nok dig takket har, som vi saa gerne vilde”. Hvor er det smukt og hvor det Sandhed. Vi fik aldrig Mor takket for alt det, hun var for os. Lad os haabe, at hun har følt det. 
+Vi fik alligevel drukket Axels Skaal. Som jeg vist skrev havde vi Frk Petersen (Kjert. Sygehus) til Middag den Dag. Samtidig kom Bibbe paa Cycle fra sin Vaagepost paa Sygehuset. Jeg havde det hele pænt og festligt. De fik Haresteg, ikke henkogt, men en frisk, der havde hængt fra før Jagten gik ud og var glimrende. Rødkaal, Ribsgélé og Tilbehør, derefter Engelsk brændt Crême, en Fromage, som er Bibbes Yndlingsdessert og som vi ogsaa fik Juleaften. 
+Dertil fik vi Æblemost. Jeg havde sat Rødvinsglas paa Bordet, og da Manse gjorde Vrøvl over det, da vi ellers altid drikker den af Vandglas, sagde jeg, at det skulde være saadan, for vi skulde drikke Axels Skaal, og det kunde vi dog ikke med Vandglas. 
+Mens jeg husker det – jeg glemte det i Axels Brev – mon I dog ikke kunde skaffe mig lidt Shagtobak; jeg vil saa gerne have lidt at blande mellem vort eget Bryg, der har den kedelige Egenskab, at man ikke kan holde Ild i den. Jeg kan jo sende en Femmer i et Brev med Frimærker for at faa Summen nøjagtig og du kan, hvis Axel altsaa kan og vil skaffe det, sende mig en Pakke i et Brev af og til. Jeg vilde være meget glad, om det kunde lade sig gøre, for vi har jo ikke Tændstikker i Overflod. 
+Jeg har fortalt Bibbe om Janna, at den lille har indtaget en lidt upraktisk Stilling, hun siger, at naar hun kommer paa Hospital, kan de sagtens klare det, saa hun blev ikke videre rystet over det. De er jo saa dygtige nu om Dage; det var anderledes katastrofalt tidligere, især da paa Landet med en alm. Jordemoder. Gid du vilde lade være med at ængste dig for det, for det behøves vist ikke. Værre er det jo med Sjums, men mon hun dog ikke kan sende Jer bare et Brevkort med en Hilsen, bare hun dog tænker paa det, det kan der jo aldrig ske noget ved og saa ved I da at hun er all right.
+Jo, søde Dis det er rigtigt hvad du skriver om at undlade Takkebreve, men M. har nu i Sinde at skrive til dig, han kan bare saa daarligt skrive til dig, han er saa mærkværdig ringe til det; jeg vil ikke sige noget om det, for saa har det ingen Værdi, men han blev aldeles betaget over Bogen. 
+- - Lige nu kom Bibbe fra Munkebo med Brev fra dig, som jeg nu altsaa har læst og takker saa meget for. saa mange Oplevelser du dog altid al [”al” overstreget] har at berette om, det kan jeg sandelig ikke hamle op med, men vi har jo Bibbe, som er saa rask og glad for Tiden, det er jo Oplevelse nok for os. Manse er ogsaa i saa godt Humør for Tiden, saa vi har det saa dejligt – og Agr. all right.
+Jeg skrev til Marie i Gaar og skal nok skrive til den gode gl. Charlotte. Aa, at Bodild skal til at dø, saa faar man ikke hende at se mere. Hun var elskelig imod mig, da jeg 1917 laa paa Diakonissen; Hvor er det smerteligt, men mange af os har jo naaet ”Støvets Aar”.
+[Skrevet langs venstre kant på s. 4:]
+Tak for Opskriften, den skal jeg sandelig prøve
+[Skrevet langs venstre kan på s. 1:]
+Ischias kommer af Fugtighed ikke af Blæst. Mon Søstrene kender til Astma og hvordan den skal have det. 
+[Skrevet på hovedet nederst på s. 1:]
+Det er ikke Huset, der giver dig Astma, men Husets Beliggenhed, men selvf. er det umuligt at bygge for Tiden
+[Skrevet langs højre kant på s. 1:]
+Til Lykke med Biddet! Gid det blev af! 
+[Skrevet på hovedet øverst på s. 1:]
+Mon der saa er saa stort mere at skrive om, der snakkes om mig – jeg mener omkring mig. – Tør du dog nok tage ud, lille Dis, naar Lægen har forbudt det. Jeg tror aldrig Jørgen fik vor Lykønskn. til hans Bryllup, jeg havde Julekort fra ham, men han nævnede det ikke. Men hvad, det gør det for Resten heller ikke noget. Hils Axel saa meget og tusind Hilsner til dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1945-02-09</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Anne Marie -, i huset på Lindøgaard
+Adolph Larsen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ole -, Lindøgaard
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvem børnene på fotografierne var. Adam Goldschmidts datter, Lena Brita, blev født 1942. Ina Goldschmidts Harriet i 1927, Ulf i 1933. Janna Schous datter, Pernille, er født 1945, men eftersom Jannas far var Jørgen/Buf Schou, var hun ikke af jødisk slægt. 
+Det vides ikke, hvem Ruth Petersen var. Ej heller kendes navnet på Janna Schous svigermor. 
+Johanne købte en dyr frakke og et træsnit af Johannes Larsen som julegaver.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2451</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har fået brevpapir af Andreas/Puf og Else Larsen i julegave.
+Hun takker for de lånte fotos af børnene. De ser slet ikke jødiske ud.
+Johanne takker også for tobakken, og hun vil gerne købe mere.
+Det er godt, at Janne har hjælp efter fødslen nu, hvor man hverken har varme eller lys nok.
+Det er ved at blive forår.
+Martin/Manse har været aktiv med at skaffe brændsel.
+Grethe og Martin er omsider blevet gift, og familien har haft en hyggelig fest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jdbc</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 12’ Febr. 1945
+verset? besv. 13’ Febr.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Fortrykt på kuvertens bagside:]
+JOHANNE WARBERG LARSEN
+LINDØGAARD
+[Håndskrevet på kuvertens bagside:]
+Dræby St.
+[Fortrykt på s. 1:]
+JOHANNE WARBERG LARSEN
+[Håndskrevet i brevet:]
+Lindøgd. 9-2-1945
+Kære lille Dis!
+Jeg har paa Fornemmelsen at dette kun bliver et lille Brev, til gengæld skal det være paa mit fine nye Brevpapir, som jeg fik af Puf og Else til Jul; jeg er vældig stolt af at have Br.papir med Navn. Desværre er det med Linier, hvad der navnlig slet ikke passer til fint Papir. 
+Tak for dit sidste Brev. Ja, næppe havde jeg sendt dit Brev sidst, før jeg kom i Tanker om Billederne, jeg var lige ved at sende dem næste Dag, men tænkte saa, at det hastede nok ikke saa meget at jeg behøvede at afse 20 Ør. paa dem – 20 Ør. er dog Penge! De er aldeles henrivende hun ligner jo Sjums op ad Dage; hun maa være en yndig lille en. Drengen er ogsaa sød hvor ser han dog uendelig lidt jødisk ud, hun ogsaa. Tak for Laan! Og vil du sige Axel Tak for Tobakken den er ganske dejlig, jeg bruger den til at blande mel. min hjemmedyrkede Tobak, hvis Axel vil sende mig en 1 Pakke til, hvad jo slet ikke haster, kan jeg sende en Femmer, det kan jeg for Resten gøre med det samme, mere har jeg ikke Raad til, jeg er kommen lidt bagefter i denne Mdr. Julen var mig mægtig dyr. 45 Kr. for Frakken, 20 Kr. til et Træsnit til Bibbe og alle andre Gaver til dem her hjemme ogsaa altfor dyre, saa kommer man jo ba’ etter. 
+Hvor var det dog dramatisk og spændende med Jannas Fødselsfærd, og hvor var det en glimrende Præstation men 5 ½ Pund er jo lidt bitte; begge Drengene her vejede 9 Pund og Bibbe 8, og endda synes jeg de var smaa. Nu hører jeg næste Gang maaske om hendes Hjemkomst, det bliver ikke let for hende med al den Lys og Varmerationering, godt at hun har sin Svigermor til at støtte sig i den første svære Tid.
+Apropos Varme! Vi priser Tøvejret og fryser ikke, naar det er saa mildt i Vejret, selv med vores meget nedsatte Fyring. Nej, du kan tro, der er intet at bebrejde Manse, det har ligget ham stærkt paa Sinde hele Tiden, og han har købt for noget af [”af” overstreget] over 1000 Kr Brændsel. At han fik skaffet det sidste Læs Brunkul var lidt af en Bedrift, men Himmelen være priset, at han fik det, ellers havde det set galt ud. Hele Egnen her er ramt af Brændselsnød, der fryses mange Steder. Grunden er nok at Tørvene her – jeg mener dem vi fik her omkring [”omkring” indsat over linjen] var saa utrolig udrøje, saa alle har forregnet sig, da de købte ind. For vores Vedkommende A.M.s skamløse Ødslen jeg er lidt bitter over det, for baade Manse og jeg havde arbejdet for at faa hende til at spare. Manse mente, det var fordi hun ikke vilde, altsaa en Slags Stædighed – Jyderne er jo saa stædige, men jeg mente, det var Dumhed. Men bebrejde Manse noget, kan man sandelig ikke, han er hundeangst for at jeg skal fryse. Nu fælder han en af vore mægtige Popler i Haven, for at have godt med Brænde næste Aar – hvad vi for Resten ogsaa havde i Aar, men intet forslog jo. - - 
+I Gaar havde vi saamænd Bryllupsgilde. Endelig havde Grethe faaet sine Skilsmissepapirer i Orden, saa de kunde blive gift, og lille Grethe var lykkelig; det var ikke saa rart for hende at være ”ugift”, naar hun var saa iøjnefaldende langt henne. De mødte Kl 10 henne hos Sognefogeden i Dræby og havde en hel hyggelig Stund hos de meget flinke Mennesker, fik Vin og mange gode Ønsker. Jeg har altid holdt saa meget af den Sognefoged. De kom her ved 11 Tiden, saa glade og fornøjede og saa saa smukke ud, da de straalende kom kørende ind i Gaarden i Giggen. 
+Saa kom Drengene, rene og fine, de havde selv besørget deres Omklædning og til Tilfredshed. Agraren havde været i Munkebo om Morgenen og købt en rød Alpeviol til Grethe; den stod midt paa Bordet, som var dækket med alt vores pæneste Udstyr. Vi fik jævn Suppe (henkogt) med Ærter og Gulerødder, 2 mægtige Hanekyllinger med Agurker og Gélé samt en fortræffelig Æblekage. Da vi helt er hørt op med at bage, havde vi købt Lagkagebunde og Smaakager til Kaffen som vi nød midt paa Eftermiddagen. Vi havde lige faaet Cigarer fra Brugsen, saa Røg manglede heller ikke. Det var saa baade festligt og hyggeligt. Vin kunde vi jo ikke præstere, men saa drak vi Æblemost af Vinglas, saa vi kunde drikke deres Skaal, de havde faaet en Stol, en Slags Lænestol af Familien i Kjerteminde af Manse et Gavekort i Brugsen paa 25 Kr. og nu har jeg lige hørt, at Naboerne har skillinget sammen og overrakt dem en Konvolut med 65 Kr. Jeg er saa rørt over det. Der var et Telegram fra Ruth Petersen, hvem Bibbe har holdt à jour, saa det var jo ude omkring og lille Ole har heller ikke kunnet holde tæt, men fortalt det til deres Nabokone. 
+Nu kan vi snart faa Foraar, Vintergækkerne er snart store ude i Haven og jeg tror, men er ikke sikker, at jeg hørte Viben i Gaar, da jeg var i Haven; jeg synes aldrig vi har ventet Foraaret med saa stor Længsel som i Aar, og hvis de nu ikke kan præstere Lys til os mere, saa maa vi sandelig være taknemmelige for at vi gaar den lyse Tid i Møde.
+Vi har hørt fra Bibe, hun er glad ved sit nye Arbejde, hun skriver at det hele er saa udmærket organiseret der, meget bedre end i Odder. 
+[Indsat øverst på s. 4; på hovedet:] Saa bliver det ikke til mere denne Gang; tilgiv mig at jeg glemte Billederne sidst, jeg var saa vred paa mig selv for det og forstaar ikke, hvordan jeg kunde være saa sløset
+[Indsat øverst s. 3; på hovedet:] Hermed Femmeren, hvis det næste Gang bliver lidt mere, kan jeg maaske udligne med Frimærker, eller har I dem gratis? Hils Axel! Tusind Hilsner Junge</t>
+  </si>
+  <si>
     <t>1949-03-12</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
   </si>
   <si>
     <t>Ena -
 Harriet Afzelius
 Axel Beck
 Henrik Bichel
 Peter Bichel
 Otto  Fischer
 Johannes Hohlenberg
 Alhed Larsen
 Marie Larsen
 Axel  Müller
 Peter Rohde
 Thorkild Roose
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Fritz Syberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Agnes, Peter, Edel, Ena og Lehmanns var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0796</t>
   </si>
@@ -1580,116 +1360,50 @@
 Kæreste lille Junge!
 Tak for dit sidste, goe Brev – bare du ikke har gået og ventet på Brev, da jeg skrev til Elles Fødselsdag, bad jeg hende ringe og fortælle dig, at jeg [et overstreget bogstav] rejste her op og at jeg skrev, når jeg kunde men som så kom jeg i Tanker om jeres uhørlige Telefon – og at Klokken el. Flytningen [”el. Flytningen” indsat over liljen] måske ikke endnu er installeret og så kan du jo ikke vide, hvorfor du intet hører - for hjemme har jeg da i Nødsfald Skrivemaskinen – men her er jeg altså, og som du ser kan jeg nu helt godt styre Pennen igen, selv om jeg er langtfra min tidligere Hastighed. - Jeg har nu lige læst dit Brev (som jeg fik 2’ Marts). Harriets lille Pige er en Dreng, det har ikke været mig muligt at få at vide, hvor hun er, men hun har da Drengen hos sig, og så må hun vel søge Stilling igen, hun var vist en Slags Sekretær på Kommunehospitalet, det var vel dér, hun traf Bæstet – nå ja – det er jo en Sygdom at være Psykopat – og de siger forresten, at han er en meget lystig – Psykiater +) (”+)” indsat over linien) (som det jo nu hedder) – og meget elsket af sine Patienter!
 Så skriver du om Kløen – den er om Natten sommetider ved at gøre mig desperat – Dr. siger, at der er intet at gøre, men man experimenterer - ! De prøver med Hormontabletter – måske – siger de – skyldes Kløen, at man når man ældes ikke mere kan producere Stoffer, hvis Mangel så frembringer Kløe, men er ikke nået videre end til Experimentet; Lidelsen skal være meget udbredt. Det kommer ikke af Frugten – Edels og Enas Tilfælde er sikkert Nældefeber – Be tålte heller ikke Æbler – eller Svedsker, så fik hun også Nældefeber - - Ja, hvor der er meget endnu for Lægerne at opdage, mange mærkelige indre Sammenhænge. 
 Hvor er det altid morsomt at høre om Jeres Fastelavnsryttere – tænk, at den Skik bliver ved at holde sig! og hvilken Svir for Lise – jeg forstår så godt, at du var ked af, at hun blev misforstået; jeg var så glad ved at du fortalte mig så meget om alting hos Jer, man vil jo så gerne kunne følge med i Tankerne. Hvor sødt af Rie at sende dig de goe Ting; men tror du dog, at hun lider så meget under, at Uglen hakker (det gør Uglen vist altid) - de har jo altid levet i en Atmosfære af Småskænderi, så mon det ikke er deres naturlige Element? os andre vilde det jo ihjelslå! 
 2/
 Hvor bliver der dog en Masse, man ikke får fortalt, når man laver sådan et Ophold mellem Brevene, som jeg har gjort her – jeg må hellere begynde med det seneste.
 Jeg kom hertil i Mandags d. 7 Marts (Far!) i dag er det Lørdag, og jeg rejser i Morgen, Søndag, da jeg ikke nænner at svigte lille Marie, vi er for længst bedt til hendes Fødselsdagsgilde i morgen, og der bliver viftet med at ”Sognefogdens” kommer - til de andre Gæster; men jeg må i Aar svigte med Sange og Prologer, som jeg ellers plejer at lave, dertil manglede i Aar den fornødne Kraft og selv om det går langt bedre nu, så har jeg ikke kunnet lave det heroppe. Det var Agnes, der fandt på det, da hun ringede engang i sidste Uge og hørte, at jeg stadig var så sløj, så spurgte hun om jeg ikke vilde op til dem og være en Tid for at komme mig; intet bedre kunde ske – allerede den 3die Dag forsvandt den dødelige Træthed - og du ser, at jeg nu næsten kan skrive normalt. Her er ganske vidunderligt på alle Måder, søde, hjertensgode Mennesker, et meget smukt Hjem, hvert eneste Rum er en Skønhedsåbenbaring, man føler, at hver eneste lille Ting er nøje gennemtænkt, her er mange gamle Ting, men også meget nyt, der er ligeså smukt; det er en hel Nydelse at gå rundt og se på alting og stadig opdage noget, man ikke før havde set. De er jo begge Komm[unister] men af den fredelige Slags, som man kan tale med – og vi er ofte inde på det kildne Emne. Ofte siger Agnes: ”Ja, hvis dét er sandt, hvad du dér siger, så er jeg ikke Kommunist. Og til Peter kan jeg ustraffet sige: ”hvorfor er det så frygteligt, at vi kalder meget af Jeres for Løgn, når I bestandig hævder, at alt vores er Løgn?” 
 En Dag havde vi besøg af Henrik Bichel, læge i Farum; det blev jo til snak om mine Søstre, dem han kendte, og tænk, så sagde han:” Ja, Elle er jo meget borgerlig!” Jeg fortalte om Elles lystige Liv og Levned om Vagabondtrangen fra Ungdommen osv – nej, han kendte hende godt, hun var borgerlig; og han er ikke Kommunist – kom tværtimod med de værste Udfald imod de ”forbandede Komm.”, Agnes tav smilende. 
 Noget efter sagde Henrik til mig: ”Ja, hvordan var det – var du ikke lidt halvforlovet med min Far?” ”Ok nej, jeg var mere end hélforlovet”. Men hvad synes du dog om det Stempel på Elle, som er kommen så meget i Rynkeby. Men måske tillægger han Ordet en anden Betydning, for mig betyder det ”spids_borgerlig”, og det er Elle da ikke. 
 3) Da jeg kom derop i Mandags, fulgte Axel med og var her til en af de snart mange hyggelige og muntre Frokoster vi har haft heroppe. 
 En Aften inviterede de Dr. Becks herop – vi fik fint Smørrebrød, _Snaps, Øl, Kaffe. Stemningen blev ophøjet – det var morsomt at se Dr.s i et helt andet Milieu – her var han mere løssluppen, fortalte en Masse om sine Skuespil – og vi drøftede Skuespilkunst – og Maleri – og sociale Forhold – alle morede vi os aldeles storslået – og det trak ud til de små Timer. Jeg har da fortalt, at Naborsak forrige Mandag inviterede Axel og mig ind at se ”Freden” (af ham) og Selskabsrejsen af Leck Fischer. Axel havde ikke Lyst, da han gik med lidt Maveforkølelse, vilde ikke risikere at måtte rende på WC derinde – og så tog vi Janna med i Stedet – kørte om efter hende og afleverede hende dér igen. ”Freden” var et meget betagende Stykke – det fik dårlig Kritik, men blev en stor Publikumssuccés, der stadig trækker fulde Huse – vist 5 Gange om Ugen – Dr. får Procenter – c. 200 – 300 hvergang! I ”Selskabsrejsen” blev jeg så betaget af Rooses Spil som ”Døden”, at jeg næste Dag skrev til ham og - fik det sødeste og meget taknemmelige Svar! Jeg viste Naborsak det, da de var her den Aften, han kunde godt forstå, jeg var meget stolt. 
 Nå, så er der i Information en alenlang Anmeldelse af Rohde, af Hohlenburgs Essay-Samling: ”Den trange Port”, Peter forærede mig Bogen, da jeg ikke vilde have Honorar, og jeg sagde til ham, at den Bog havde han absolut ingen Forudsætning for at kunne anmelde – jeg tror virkelig, at den Bemærkning har fået ham til at gøre sig mere Umage – ganske vist var der Uforskammetheder og til Slut var han direkte giftig, men der var dog saglige Perioder med hist og her virkelig Anerkendelse. Jeg har lige haft en lille Brevvexling med Hohlenberg, der var meget interessant, men det bliver for vidtløftig at komme ind på, desuden kan min Arm ikke mere. 
 Ikke mindst storartet har det været, at jeg heroppe har levet helt vegetarisk, og med megen Råkost. The er Lindethe med Citron i, og hver Formiddag får vi et Krus udpresset rå Saft af Rødbede, Kartoffel, Æble, eller af Appelsin og Citron. Agnes og jeg holder os helt til denne Kost – som føles livsalig – men den tykke, muntre Peter får hver Dag et Tilskud af ”rigtig" Pålægsmad, undertiden Kød. Agnes er på alle Områder knippel dygtig og meget flittig. Jeg har gjort mit Værelse i Stand – ellers intet, en dejlig Drivertid. 
 Jeg tør ikke ta et Ark til, man må være mådeholden med de nye Kræfter.
 Tusinde Hilsner fra din Dis 
 [Skrevet langs venstre margen på forsiden på ark 1:]
 +) måske kan man blive Psykopat af at være Psykiater – hvem ved!
 [Skrevet langs venstre kant på sidste ark:]
 Ps. Det har været en gansk_e _dejlig Tid heroppe, men nu glæder jeg mig til at komme hjem til Axel. Han har telefoneret hver Dag – igår var han til Middag hos Lehmanns. 
 [Skrevet langs venstre margen på bagsiden af ark 2, s. 4:]
 ps. Peter og Agnes boede for et Par Aar siden i Kerteminde i Ferien. De spadserede til Munkebo – hilste på Maleren ved Kroen – gik over Drigstrup hjem, så Sybergs Grav. 
 [Skrevet langs venstre kant på bagsiden af ark 1, s. 2:]
 ps. fortsat. Et andet Aar var de i Sallinge, så Hillerlev Kirke etc. Ifjor var Peter på Færøerne – fortæller morsomt om alt deroppe. De har rejst meget – Paris – Sydfrankrig – Schweiz – Tyskland – sjove Mennesker.</t>
   </si>
   <si>
-    <t>1949-06-29</t>
-[...64 lines deleted...]
-  <si>
     <t>1950-06-21</t>
   </si>
   <si>
     <t>Dræby
 Lindøgaard</t>
   </si>
   <si>
     <t>Småland
 Majenfors</t>
   </si>
   <si>
     <t>Christian  Brandstrup
 Eline  Brandstrup
 Wisie Brandt
 Frits Branner
 - Faksø
 Adam Goldschmidt
 Brita Goldschmidt
 Hans Iuel
 Thyra Iuel
 Grethe Jungstedt
 Kurt Jungstedt
 - Kruuse
 Adolph Larsen
 Andreas Larsen
@@ -1741,107 +1455,50 @@
 Fru A. Warberg Müller
 Puttabygget
 Majenfors
 Småland
 21-6-2000 BWP.
 Sverige
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen Danmark
 [I brevet:]
 Lindøgaard 21 Juni 1950
 Kære lille Dis!
 Nu har vi da aldrig Magen kendt! Sikken en Sending I skikker os fuld af alskens Gaver i saa rigt og overdaadigt Maal! Tusind Tak for hele Herligheden! Det blaa Tøj passer Agraren udmærket og er meget værdifuldt for os; den Slags Tøj har han jo kun paa en enkelt sjælden Gang, og han vil kunne have det i en Aarrække. Den hvide Trøje passer ham fuldendt, den anden ogsaa helt godt – men kan Axel da ikke passe det mere, siden han skiller sig ved det? Og Sagerne til mig! Tusind Tak for baade Trøje og Blok og Fotografier! Hvorfor er din Svigerm. dog saa god ved mig? hvor finder hun paa at sende mig saadanne dejlige Trøjer? er hun handlende? Men Tak hende saa meget fra mig. Og saa de dejlige Mord-Romaner! Hvor er det dog mærkeligt, som det forekommer èn at være en Hvile med saadanne i Virkeligheden ganske værdiløse Bøger. Det er saa længe siden, jeg har haft den Slags i Hænde, saa jeg læste dem øjeblikkeligt alle 4 – og er nu mættet og styrket til anden Slags Arbejde. Fra Agraren skal jeg takke saa meget. For Tiden naar han kun Fyens Venstreblad, mere Læsetid levner Landbruget ham ikke, men til Vinter bliver det Læsetid og saa er de uvurderlige for ham. 
 Og hvilket langt og indholdsrigt Brev, der dog fulgte med Herlighederne. Glade og gode Oplevelser. Aa, Dis hvor har det været skønt for dig at havde din kære Adam! Paa to halve Dage kan der jo naa’s meget. Havde Du nogen Fornemmelse af, hvordan det gaar ham med hans Ægteskab? Kan han nok stadig holde Brita ud, mon? Selvfølgelig kender han hende nu ud og ind efter saa mange Aars Ægteskab Lad os haabe, at hun har – for os – usynlige gode Egenskaber, vendt mod ham, ellers var det da ikke til at holde ud. En lille simpel Mær er hun jo, men forhaabentlig har hun lidt i Behold, som Du ikke faar Lejlighed til at se.
 Og Ib! Ja, det var sandelig ogsaa store og mere indgribende Nyheder. Gid det maa gaa for ham, det vilde være skønt baade for ham og Janna og derigennem for lille Nille. Men Dis, er Du ikke kommen til at skrive forkerte Tal ang. hans nuværende Indtægter 1200 Kr. + 300 Kr om Maaneden! Det lyder for mig ganske svimlende. Det er som hele Lindøgaards Omsætning hvoraf det allermeste gaar til Driftsomkostninger. Kan det passe? Svar paa dette! Og det skulde ikke kunne slaa til. I saa Fald maa de ikke rangere højt som Økonomer. 2 Jo, nu gaar det godt fremad med Knæet; jeg var forleden gaaende op til Hjørnet af Haven, hvor der endnu staar en Bænk, som jeg saa hvilede paa. Jeg kan ellers ikke ret godt taale at gaa i Haven, fordi den snart er et fuldkomment Vildnis; her er ikke Arbejdskraft nok paa Gaarden. Markerne og Dyrene passes Tip Top, men der bliver ikke Tid og Kraft til mere. Nu fik vi i Gaar Aftes en hel god Regn, hvad vi trængte saa umaadeligt ["t" i slutningen af ordet overstreget] til; der er dog ikke tale om Bundbløde, der er langt igen, men det vi fik frisker alligevel paa det Hele. Vi tager vore tidlige Kartofler op i disse Dage 4 Mand foruden Manse. Agraren kører Kasser ud og ind og vejer af. I Aftes var sanket 100 Kasser med 20 Kg. i hver. Saa kommer Fragtmanden om Morgenen og kører dem til Auktionen i Odense. Det er mægtig spændende, hvad vi faar for dem. det er lidt af et Lotterispil, hvad Prisen bliver. I Forgaars tabte Ruth sit Ur derude – hun hjælper ogsaa til al den Tid, hun kan afse fra Husgerningen, ivrig og sød er hun sandelig, den gode Ruth. Der var jo stor Sorg, og hun cyklede straks op til en Mand i Munkebo, som har en ualmindelig dygtig Schäferhund. Han kunde ikke komme sm. Dag, men først i Gaar. Efter 10 Minutters Søgen fandt den Uret! Ruth var lykkelig. Saa smed Manden sin Pung et Sted i Marken og snart efter kom Hunden med den. Saa sagde Manden til den: Kan Du saa gaa hen til Manden med den (Manse stod der) og straks travede den hen til Manse med den. Jeg har lige ringet Historien ud til Fyens Tidende, det var da det mindste, vi kunde gøre for ham, der er en Snedkermester Faksø; han blev selvfølgelig tilbudt Penge, men vilde ingen have. 
 Elle ringede forleden; hun havde haft Brev fra Mornine, som blandt andet skriver ”Dede var nok kun faa Dage paa Hospitalet, de vilde ikke operere ham” og ud over dette intet, hun maa jo mene, at Elle vidste om det. Det maa vel være hans Mavesaar, som det nu er bleven galt med igen. Bare han dog vilde være lidt forsigtig, men det vil han jo desværre ikke. 
 Dit Brev var dateret d. 15_de_, og det saa ud til at Kassen var sendt samme Dag; vi fik den d. 20_nde_! De er saa smølevorne paa Stationen, lader Pakkerne ligge til det passer dem at komme med dem; men du 3 kan da ikke forstaa, at du først nu hører fra mig. Gid I nu maa faa en god Tid deroppe i det vidunderlige Majenfors. Godt Vejr og en nogenlunde harmonisk -- naa ja, altsaa! 
 Hos Bibbes staar alt vel til, Drengen trives da godt, det er jo det vigtigste. Bibbe ringede i Aftes, de havde, ligesom vi, haft Torden og Regn, men hos os havde Regnen været mild og fin, hos dem havde en lang Byge været saa haard, at Kornet var slaaet ned; Laurits saa meget mistrøstig paa det, men der er da en svag Mulighed for, at det vil kunde rejse sig igen; hvis ikke er det jo en Katastrofe, naar det falder paa det Udviklingstrin det har nu, grønt og blødt. De var her for en Uges Tid siden, en Aften til Kaffe, Tinge og Grete kom ogsaa, og vi havde saadan en dejlig Aften; den lille Fyr sov i sin lille Kasse hele Tiden, vi saa ham slet ikke uden et lille sovende Overansigt; han bliver sat ind i Sovekamret, og der virker han alt, hvad han kan med sin lille Søvn. Laurits fortalte hele Aftenen om sin Rejse; han havde Kort med, saa vi fulgte Ruten og hørte om alle Oplevelser og Byerne og det hele. Han var saa glad den gode Laurits; jeg gad vide, om han ikke var lidt stolt over, at nu var det ham, der kunde fortælle om Udenlandsrejse, aa, hvor jeg undte ham det. i Hamborg havde de været i Sct. Pauli – eller hvad hed det, der hvor vi var m. gl. Thomsen. I det Forlystelsessted, hvor de havnede var det Skik, at en af Gæsterne blev valgt til at dirigere Orkestret (Sjov altsaa) Direktøren for Laurits’ Selskab havde peget paa Laur., og saa blev det ham, der maatte op og dirigere 2 Numre; de gjorde store Øjne over denne Kapacitet, det var Ting, som L. kendte og kunde ud og ind og han blev hyldet og fotograferet. 
 Jeg havde forleden et lille Formiddagsbesøg af Thyra Juel hun kom med den Bog, som Jørgen B. havde sendt hendes Mand – ikke som Gave, blot for at se den. Det var en hjemmelavet Bog fra T. Elines Bryllup, skrevet og illustreret af Joh. Kruuse el. 1 u? [”el.1 u?" indsat over linjen] og Holger Rützebæk, nydelige smaa Tegninger fra Lundsgd. et langt Digt om Sagnet om Jomfruhøjen m.m.m. Med den fulgte et langt brev fra Jørgen, servilt og meget svulmende. Jeg maatte grine! Og var ikke ret stolt af min Familie. Sagen var at T. Elise havde skrevet til ”Hr. Godsejeren” og bedt ham fortælle hende, om den endnu stod 4. stod et Navnetræk, som hendes Bror en Gang havde skaaret i et bestemt Træ; det gjorde der, og han svarede hende; paa hendes Svarbrev, som fulgte m. Bogen, kunde jeg se, at Juel maatte have inviteret hende; hun takkede ham for hans ”ridderlige” Brev, men hun rejste ikke mere, da hun er 86 Aar. Thyra var jo meget for dannet til – ligesom jeg – at grine over Jørgens Brev, men jeg kunde se, at hun gjorde det indvendig. Det var sødt af hende at komme og vise mig Bogen og [skrevet oven over linien:” Bogen og”] Brevet. Hun vil komme en Dag og hente mig derud, Agr. og Manse blev ogsaa inviteret derud, men de afslog. Pudsigt nok havde jeg laant hende Onkel Christians Erindringer, som jeg altid har syntes var fortræffelige, ogsaa fordi man af dem kan læse om en Haandværkssvends ”Gaaen paa Valsen” for 65 Aar Siden. X Hendes Mand havde ogsaa læst den med Interesse. 
 Mon du ved, at Grete og Kurt Jungstedt har lejet Værelser hos Fritz Branner, vist en 14 Dages Tid, Kurt vilde gerne lære Nordsjælland lidt at kende. Grete kommer til Elle paa Mandag for at være et Par Dage inden Kurt kommer. Dejligt for Elle. Marie og Uglen kommer til Malerens den første Halvdel af Juli, derefter kommer Putte og Mornine. Else venter et Barn omkring ved d. 20_nde_ August. Gud ved, om de dog er ret begejstrede, jeg synes ikke rigtig, jeg kan være det. Else er saa tynd og mager, og Puf med intet Levebrød. Gid det maa gaa dem vel, de gode Mennesker. 
 Marie kommer saa her sidste Halvdel af Juli, til August Englænderne. Har jeg skrevet om dem? – Tænk at man er lige ved Juli og skal sidde og fryse saadan, som jeg gør i Dag, det er lige haardt nok. Nu har jeg afhændet mine 12 Servietter til Kontrolassistenten, han var selv kommen i Tanker om, at det var for lidt, jeg havde forlangt, saa han betalte 12 Kr. for dem; saa har jeg altsaa tjent 17 Kr., ja ja, ”det spæ’er dog” som lille Visse Brandt sagde. 
 Nu faar du saa til Slut igen saa mange Tak til Jer begge to for alle de dejlige Gaver og tusinde Hilsner fra Junge.
 Ruth er stadig vældig sød, flink og renlig, altid saa behagelig af Væsen, men jeg er bange for, at hendes Mor vil have hende hjem til Vinter. 
 [S. 2 øv., skrevet på hovedet:]
 En myrdet Flue. Undskyld 
 [S. 4 i sidens venstre kant:] X Jeg lånte hende den, fordi jeg synes, den ligefrem dufter af Tranekær, hvor Thyra jo stammer fra.</t>
-  </si>
-[...55 lines deleted...]
-Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
   </si>
   <si>
     <t>1950-08-14</t>
   </si>
   <si>
     <t>Holger -
 - Agner
 Johanne Christine Brandstrup
 Grete Gylden Thomsen
 Britta Ipsen
 Ole Kraft
 Adolph Larsen
 Johannes Larsen
 Marie Larsen
 Axel  Müller
 Helga Nielsen
 Johanne Oppermann
 Lauritz Pedersen
 Ruth -, pige i huset hos Johanne Larsen
 Christine Swane
 Albrecht  Warberg
 Dan Warberg
 Laura Warberg
 Grete Warberg Larsen
 Martin Warberg Larsen
@@ -1879,50 +1536,539 @@
 [I brevet:]
 Lindøgaard Mand. 14-8-1950
 Kære lille Dis!
 Tak fordi du skrev saa omgaaende og som altid saa interessant og indholdsrigt. Det er li’egodt rart med Breve, saa vi kan følge med i alt om hinanden.
 Nu har jeg allerede været oppe i flere Dage, men føler mig stadig som en Klud, ja ikke stort bedre end efter mine store Sygdomme. Jeg har er [”er” indsat over linjen:”] er endnu ikke begyndt at bestille noget og har dog saa meget at lave. Tak for Bestillingen af de 6 Servietter til Holger, kunde du ikke spørge ham om Tidspunktet (Julegave?) for hvis det ikke haster, kunde jeg tænke mig at sy de 18 som Manse skal have og som altsaa bor her, saa jeg altid har Modeller at sy efter. Dem kunde jeg saa sende dig til Eftersyn, saa kunde jeg [”jeg” overstreget] han selv pille de 6 ud, som han vil have; de er jo nemme at returnere i en stor Konvolut. 
 Jeg fik sendt Bud efter Dr. Agner, da jeg efterhaanden blev lidt nysgerrig efter at vide, hvoraf den standhaftige Feber kom. Det viste sig at være Betændelse i Næsen, deraf de hæftige Smerter hen over Næsen i Begyndelsen af Forkølelsen Nu drypper Marie mig 4 Gg. om Dagen og Feberen er ovre. Jeg tror nu at min Afmagtstilstand kommer fra Maven, der har tet sig kedeligt hele Tiden og har den lille private Mening, at det er en Streg af Para-Dysenteri, som jeg havde for en halv Snes Aar siden og derfor nok ved, hvordan en saadan tager paa Befindenet. Jeg holder Diæt og spiser meget lidt. 
 Nej, der var saamænd ikke noget letsindigt i Barnedaaben; Agr. og jeg kørte først derhen Kl 12, de andre som skulde fungere i Kirken blev hentet af Lauritz tidlig paa Morgenstunden, da Gudstjenesten var Kl 8 ½ (!) Det var gaaet saa godt, Bibbe bar, Grete stod hos, Lauritz og Manse stod Faddere. Jeg morede mig over din lille spøgefulde Bemærkning over, at jeg event. skulde ”bære”, især da jeg saa maatte tænke mig, at jeg i saa Fald maatte have Drengen i en Rygsæk, da jeg jo maa have mine Arme til at bruge Stokkene. Menigheden vilde nok have kigget! Det blev en saa henrivende Dag, kun os 6 [”6” indsat over linjen] som Gæster, altsaa 9 til Bords baade Frokost og Middag 
 II 3. Slags Vin, som jeg nød. Jeg huskede, da jeg havde Para-Dysenteri var jeg vild
 efter Vin, og det har jeg ogsaa været i denne Sygdom.
 ganske dejlig Mad, alt saa nydeligt. Jo saa ovenud festligt, og Bibbe saa straalende glad, hvor er hun lykkelig over sin Dreng, jeg synes aldrig jeg har set saa stor en Lykke over et Barn. Du kan tro, at den Dreng vil forandre l [”I” overstreget] meget i alle Forhold paa Andkærgaard; for ogsaa Lau. er lykkelig over ham. Der var et Væld af Gaver; da vi kom Kl 12 var de alle – også Troels - i Haven i det herlige Solskin, der laa Gaverne uoppakkede paa Havebordet. Dejlige Blomsterbuketter, forskelligt til Drengen og saa alle Bibbes Gaver. Troels fik smaa Las-Træsnit baade af Manse og Tinges. Jeg gav ham de to Par Kopper X [”X” indsat over linjen], som Far og Mor fik til deres Sølvbr. af Johanne Oppermann. med L.W. og A.W. og Datoer med forgyldte Bogstaver paa Underkopperne. Kan du huske dem? De kan jo ligesaa godt gaa til den Gren af Familien. Bibbe fik af mig [”af mig” indsat over linjen] 10 Servietter (nu har hun 18) og 20 Kr. til Hjælp til en Visittaske; ogsaa Penge fra Marie og Uglen dertil, hun havde nu faaet en af Lauritz (henrivende) men det vidste vi jo ikke, saa maa hun bruge Pengene til andet.
 [Skrevet langs sidens venstre kant:] 
 X Mon et Barn nogensinde før har faaet Kopper til sin Daab. 
 Om Eftermid. kom Helga og Brita og fotograferede os; Bibbe m. Troels og Grete hos, og dernæst os alle. Ja, du kan ikke tænke dig, hvor det var en skøn Dag, og tænk i denne Sommer at faa et saa pragtfuldt Vejr. Det var lykkeligt at opleve den Dag. Vi var alle sammen saa glade. Troels var bedaarende, han trives og blomstrer, saa det er en Lyst.
 Jeg maa fortælle dig lidt om mit Doktorbesøg. Da han var færdig med mig, skulde have Te og blev budt ind i Stuen. Næ, sagde han, vi maa da sidde hos Dem, ellers skal vi sidde og raabe til Dem, der staar jo et Bord og saa begyndt han at rydde af mit lille Vaskebord, anbragte alle Smaatingene i Vinduerne, de store ting paa Gulvet, flyttede Bordet (der heldigvis var belagt med et rent og fint Pyntehaandklæde) hen til min Seng og saa havde han, Rie og jeg et Par fornøjelige Timer med Passiar og Røg. Han er forfærdelig sød den lille Doktor.
 Jeg skal hilse dig fra Rie. Hun sidder og syr hele Dagen, et mægtigt Korsstingsbroderi en Bordløber, som Manse er saa begejstret for og som han vist ogsaa skal have til Jul
 III
 det bliver vidunderlig smukt, Marie har jo en udmærket og en sikker Smag til at sætte Farverne sammen, hun er jo ikke for ingenting af Las-familien. Kun indvender jeg, at hun er for flittig tænk, hun kan sy ustandselig fra Morg. til Aft. nej langt ud paa Aftenen og faar eft. min Mening alt for lidt ud af sin Ferie, er for lidt i Luften, gaar ikke en ordentlig Tur hver Dag.
 Samme Dag, som jeg fik dit Brev, fik jeg 2 andre fra Hais, den gode trofaste Hais, som sendte mig er Udklip, der berømmede Grete Gyldens Klaverkoncert i Tivoli. Hais havde været der med Birgit.
 Og saa fra lille Dan Warberg, som takkede for sit lille Besøg her: han cyclede efter Ferien – 30te Juli tror jeg – fra Brædstrup til Kbhvn. og havde saa ringet og bedt om han måtte overnatte her, hvad han jo heller end gerne maatte. Marie var her jo, men saa foreslog Ruth, at hun laa oppe hos sin Søster i Munkebo, og saa laa Dan i hendes Værelse – nok saa snildt. Han er ubeskrivelig sød og vi havde saadan et godt lille Samvær med ham.
 Ja, du har Ret i dine Betragtninger over Navnene. Troels Lauritz Petersen har en udmærket Klang, hvorimod Warb. Navnet ikke rigtig passer, men Bibbe er nu saa glad ved det Navn, hun har altid kaldt sig det, især paa Sygehusene kan de ikke have alle de 
 -sen Navne. - - En Ting til fra dit Brev: Nej, jeg vil sandelig holde paa Ordet: Aand og ikke Kraft, for med Ordet Kraft tænker man absolut paa noget fysisk. (Ole Bjørn Kraft) f. Eks. hvor mange Heste-Kraft o.s.v. jeg synes, det er en rigtig daarlig Erstatning de der har lavet for det smukke Ord: Aand.
 Dejligt at høre at Axel har det godt.
 Bankede du? Hils ham saa meget.
 Nu fik jeg min Salighed da griflet et rigtigt Brev sammen, godt gjort! Men jeg tror nu ogsaa, jeg begynder at mærke lidt tilbagevendende ”Kraft”, - som altsaa for Fremtiden har to Betydninger. 
 Saa Farvel lille Dis, kærlig Hilsen fra din Junge.</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
+  </si>
+  <si>
+    <t>1951-05-02</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Johanne og Adolph Larsen ejede Lindøgaard nær Munkebo.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Johan/Lysse og Elena/Bimse Larsen til København og bliver der en uges tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3tu3</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Maj 1951.
+Kære Grevinde.
+Jeg kørte med Lysse og Bimse til Kjøbenhavn i Forgaars, og Lysse der skal hente en Pige i Lindøgaard, kørte mig hertil i Gaar. Han er henne efter Pigen og naar han kommer om lidt, kører jeg med ham til Kjøbenhavn hvor jeg bliver en Uges Tid. Tak for Dit Brev som kom lige nu. Mange Hilsner 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1887-02-05</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Anna Gunnerus
+Jeppe Andreas Larsen
+Clara Lindberg
+Johan Mantzius
+Niels Mollerup
+Christine Swane</t>
+  </si>
+  <si>
+    <t>NB brev er et notabenebrev = anbefalet brev.
+Måle er en landsby nord for Kerteminde. Dræby er en landsby ved Munkebo, mellem Kerteminde og Odense.
+Det har ikke været muligt at finde ud af, hvem Per Nielsen er og hvilken gård det drejer sig om.
+Fru Lindberg har fødselsdag d. 10.2.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er muligvis vokset ud af sine sko og har fået et slemt gnavesår på hælen. Han skal huske, at købe en vægt til Christine i 50-øre-butikken. Han skal tage sine malerier med hjem til påske, så hans familie kan se, hvad han laver.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/puRs</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 5 Februar
+Kjære Johannes!
+Her sender dig en Skjorte og 2 Par Strømper, det er bedst at du saa sender dit Tøj hjem først i Ugen for det er jo lidt sent med at faa Tøjet tørret nu, jeg veed ikke endnu hvormeget jeg faar at sende Dig; men saasnart du faar Pengene saa betal Gjæld og lad mig saa vide hvordan du klarer dig en Ting maa du huske at gaa hen til Fru Lindberg den 10 Februar og medbringe Hyasint eller en anden blomstrende Plante og hilse fra os Alle
+Du maa tro mig kjære Barn jeg er saa glad ved at du skriver saa reent ud for jeg blev netop bedrøvet om du skjulte noget
+Du er jo nødt til at skulde ud med saadan bestemte Udgifter; men husk alligevel paa saavidtmuligt at være sparsommelig og betænksom mit Barn du veed nok hvorfor 
+Frøken Bendal skal faa Penge i næste Uge og Brev fra mig vil du hilse hende det.
+Vi ere alle raske og haabe at dit Helbred ogsaa er godt vær forsigtig med den Hæl Johannes jeg sendte de gamle Sko for om du kan bruge dem medens de andre rejser herhjem eller du vil lade dem bagflikke der ovre; sender du Skoene den ene Dag skal de blive sendt afsted den næste – 
+Jeg traf en Kjerteminde Avis med denne Skrivelse fra Kjøbenhavn giv Mollerup den at han kan advare sin Svoger itide ja det er vanskeligt at komme vel afsted i disse Tider, det er nu ikke til at le ad, uh hvor alting seer fælt ud nu, men lad os ikke tabe Modet. Du kan tro Johannes at Fader virker i denne Tid, hans Henvendelse til Maale om den Gaard i Dræby; det er nemlig Per Nielsens datter, de kom nu igaar at Fader skal bygge Gaarden og de vil ikke have noget med det Hele at gjøre – Jeg er saa optaget af Arbejde at jeg ikke faa Tid til mere end det korte Brev men saa skal du faa et længere til næste Gang, Naar du nu sender dit snavsede Tøj hjem maa du deri sende en lille Vægt du husker jeg saa paa i 50 Øre Butiken det er en opstaaende Vægtskal men dette her maa huskes for det er Belønning til Dine for flid og hun vil gjerne lege Kjøbmand
+Lev nu vel min Skat og vær flittig og for at glæde mig saa skrab ikke nogle Malerier ud men gjem dem hjem Johannes til vi sees til Paaske 
+Hils nu alle gode venner saa kjærligt fra os 
+Din trofaste Moder
+Hør Johannes – bed Frøken Bendal mindes Frøken Gunerus – for de længes saa meget efter at høre hvad Vennerne vil
+Pengene maa kun sendes i NB Brev som saa bliver afsendt i Eftermiddag</t>
+  </si>
+  <si>
+    <t>1933-01-19</t>
+  </si>
+  <si>
+    <t>Kærbyhus Kerteminde</t>
+  </si>
+  <si>
+    <t>Dres -
+Ludvig Brandstrup, visedigter
+Johannes Hohlenberg
+Bodild Holstein
+Adolph Larsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Marie Schou
+Fritz Syberg
+Minna Warberg
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
+  </si>
+  <si>
+    <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
+Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
+Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
+Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
+Astrid syr et stjernetæppe, og det bliver flot.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MOYc</t>
+  </si>
+  <si>
+    <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
+[Håndskrevet med blyant på kuvertens forside:]
+2.64
+1933
+”9 jan.
+11-1-2001.
+BWP.
+[Med blyant:]
+Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
+[Håndskrevet på kuvertens forside med anden skrift:]
+Fru Johanne Warberg Larsen
+Kærbyhus
+Kerteminde
+Fyen
+[Håndskrevet på kuvertens bagside:]
+afs A. Warberg Müller
+Hareskov 
+[I brevet:]
+Hareskov, Torsdag 19’ Jan. 1933
+Kæreste lille søde Junge!
+Det var sandelig et Glædens Budskab – hvilken Fryd og Henrykkelse! Til Lykke – til Lykke! jeg ved næsten ikke, hvad Ben jeg skal stå på, så glad er jeg! Jeg både tudede og lo, da jeg læste Dit Brev – først og fremmest dette: du slipper ud af dit Slaveri! åh Junge – endnu aner Du vist ikke, hvor nyfødt man bliver – hvor mange friske nye kræfter der blomstrer op, når man sådan får Lov at begynde ”for sig selv” – og her får du dit Livs Drøm realiseret – at blive Landmandskone! Bryd dig ikke om, at de alle råber om de umulige Tider for Landmanden – selve Arbejdet derude er en Lykke – desuden går vi sikkert nu andre Tider i Møde. Og når jeg tænker på alt, hvad det fører med sig – ja, det er næsten uoverskueligt! Jeg har altid troet, at hvis Agraren blot kom væk fra Kerteminde, så var der derved skabt den første store Betingelse for Helbredelse – og nu har han yderligere Alderen – alle Lyster svækkes med Alderen; Modstandskraften ganske vist også, men den vil vindes ved det nye Arbejde i de nye Omgivelser – nu tror jeg, det vil lykkes. Og Tinge – det er jo den bedst tænkelige Fremtid for ham!
+Det Helbred gør mig jo meget bekymret, lille Junge; det med Øret er sikkert en Følge af overanstrengt Nervesystem; gid du kunde slippe det hele allerede nu – og bare gå og samle Kræfter til den store Overgang! Sikkert vil Udsigten til snart at kunne give Slip, give dig ny Styrke – men man skal dog hellere undgå at bruge den allersidste Reserve! Tag dog Bibbe hjem! Husk på, du gør hende en dårlig Tjeneste, hvis du går hen og klapper helt sammen! Men lad os nu se, hvad Ørelægen siger – det må du endelig holde mig à jour med lille Junge! Endvidere er jeg meget spændt på at høre nærmere om den store Begivenhed – hvornår træder Salget i Kraft? Har I Udsigt til den Gård i Nordskov? Tænk hvis det blev én her på Sjælland! Men det er der vel ikke Tale om. Der er sikkert mange, der vil sælge. Hvor er jeg dog spændt på det altsammen. Da jeg havde læst dit Brev, for jeg op til Fru Jarmer og vi frydede os i Forening
+2/ hun er så mageløs sød og deltagende med alting, føler så varmt for alle Mennesker, og det har nu meget at sige; hun bad mig hilse dig så mange Gange og sige, at hun glædede sig sådan på dine Vegne. – 
+Hvis du endnu ikke har hørt fra Bibbe, så vær bare rolig, Nus traf hende til Spil i går hos Drés, og hun var strålende; de fik dog ikke talt sammen – Nus kom midt i Bibbes Time – hun havde fået Snelov – Kl 11 og så gav Dres hende også fri; hun kælkede så med Ruth Haumann i Søndermarken, kom først hjem Kl ½ 7 – frisk og rødmosset. Jeg tror ikke, hun holder til sin Læsning, hun er som sin Far umulig til at indrette sit Arbejde – får aldrig begyndt på lektier før 8-9 og sidder så til 12 – og op Kl 6; jeg sendte hende til Bodild forleden, hun har Blegsot, og det er ingen Under. Det er jo anstrengende med de Togrejser, desværre. Men nu kan hun jo foreløbig tage den Examen til Sommer (Mellemskoleexamen), så må vi siden se at finde på noget. Buf mener at kunde skaffe hende ind hos Søren Madsen – men mit Hjerte bløder ved Tanken om at sætte mit lille Nus ind på et Kontor – som 16 årig! Kommer Tid, kommer Råd, jeg spekulerer. Selv går jeg med Planer om at lave en Børnehave herude – her går så mange små frysende Unger på Landevejen – Forældrene på Arbejde – jeg traf sådan to små Høns forleden og tog dem med på en Tur i Skoven; de var ellevilde af Glæde og nu stiller de jævnligt hernede hos mig og bliver et Par Timer og morer sig dejligt; sidste Gang sagde jeg, at de skulde tage Karlas to små Piger med næste Gang – og sådan kunde man lidt efter lidt få noget i Gang, som engang kan blive til en Børnehave; den skal være absolut gratis – jeg vil stå helt fint til alle Sider. Synes du ikke, det var en god Ide?
+Axels Fødselsdag var dejlig helt igennem; han havde selv valgt sine Gæster, tænk dig, sine Sødskende vilde han ikke have! derimod Buf – (!) Hohlenberg og lille Hilde; Søster af Fru Hu[ulæseligt]ner fik Forfald, de var også bedt. Jeg havde Karla – sidste Afdrag på Divanen, som hun fik i Sommer. Middag Kl 1 – Krustader (Gave fra Fru Jarmer) 32 Stk! – med Torskefyld i holl.Sauce. Kalvesteg med alle mine hjemmelavede Produkter: Asier – Agurker – Syltetøj o s v. Sveskerisgrynskage med Flødeskum – Axels Yndlingsret, min Specialitet allerede fra min Malmøtid, den gør altid stor Lykke. Den søde Buf kom med Sauterne – Hilde med Tulipaner – og Stemningen var tiptop (Nus sagde om Aftenen i en yderst tilfreds Tone: ”det er et godt Hold!” Tænk – så kommer Dres og Grethe uventet! Og de som ellers aldrig tager ud om Vinteren!
+3/ De blev nu kun til næste Dag. Dejlig Musik hele Eftermd. Hilde sang, og Axel – til Hohlenberg Accompagnement. Axel var rigtig i sit Es – Sangen er hans rette Element – kun der lever han rigtigt. Han ser meget bedre ud nu, jeg tror den Parter [?] hjælper på ham. Det styrker ham også at synge, han kan ikke leve uden Musik. 
+Og tænk dig – Aftenen før var vi alle tre i Det ny Teater til et sjovt Stykke, Mr Anders – sad på Orkesterpladser á 5 Kr – inviteret af Lutte, som har en stor Rolle i Stykke – han var knusende grinagtig, vi lo hele Aftenen og morede os dejligt. Jeg synes, at Nus må engang i mellem have en Fornøjelse – hun ber aldrig om noget – siden har hun fortalt, at alle hendes Kammerater har set Mr Anders – mer end een Gang – og talt så meget om det! Og alligevel falder det ikke Nus ind, at sådan noget kan vederfares hende! Så skrev jeg til Lutte og mindede ham om et gammelt Løfte om Billetter – han svarede omgående med et langt, sødt Brev – og så fik vi de fine Billetter! Men hvilken Strabads! I Seng Kl 2! det kan man kun om Lørdagen. På Søndag skal Axel og jeg til Tårbæk at besøge Ida, hvor Minna er for Tiden. Nus biler Lørdag til Kerteminde med Buf – hans Mors Fødselsdag. Nus iført Pels! Julegave fra Fritz Syberg. Jeg håber, hun når et Svip op til dig om Søndagen – men det er en Exprestur - hjem igen Søndag. – Jeg sidder ude i mit lille yndige Køkken og skriver – det er Madlavningsdag – jeg har kogt Rødbeder – Vandris – Kartofler – skal have Suppen over om lidt – derpå et Sigtebrød, som står og hæver. I øvrigt begyndte jeg i Forgårs at sy mit ”Stjernetæppe” – som jeg har tumlet med i over 2 Aar. Det skal hænge i Gangen om Vinteren som Forhæng for Døren ind til Stuen. Aa - det bliver vidunderligt, Junge! Syes på Sækkelærred med kulørt Uldgarn – alle Dyrekredstegnene samt de 7 Planeters Tegn + ♄ Saturn ♃ Jupiter ♁ jorden ♂ Mars ♀ Venus ☿ Merkur🌙 måne ʘ sol syet i de Metallers Farver, som svarer til hvert Himmeltegn. og Dyrekredsen: 
+♓ Fisken ♒ Vandmanden ♑ Stenbukken ♐ Skytten ♏ Skorpion ♎ Vægten ♍ Jomfruen ♌ Løven ♋ Krebsen ♊ Tvillingerne ♈ Vædderen ♉ Tyr
+I Midten en stor, monumental 7armet Lysestage med 7 brændende Lys – den blev jeg færdig med i Aftes – den er pragtfuld - syet med Bronze-garn, Lysene hvide med gul rød Flamme. Gid det andet må lykkes ligesågodt. Der knytter sig en meget mærkelig Historie til Motivet med Lysestagen. Herom og om meget mere engang mundtligt.
+Nu får du alligevel Brev på Mors Fødselsdag! Tusinde Hilsner og gid alt godt må gro ud af det nye Foretagende!
+Hils Agraren! Din også glade 
+Dis
+[Skrevet på hovedet på s. 1 i venstre hjørne:]
+Jeg går op til Toget med dette, så har du det for omgående! Nu er Nus kommen hjem – hun hilser!</t>
+  </si>
+  <si>
+    <t>1934-07-26</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Frithiof Kemp
+Elena Larsen
+Marie Larsen
+Peter Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte både flere ved navn Holstein og Henning, så det kan ikke umiddelbart afgøres, hvem han havde på besøg. 
+Johanne/Junge og Adolf/Agraren Larsen boede på Lindøgaard nær Munkebo.</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Lysse/Johan har ordnet det med jagten, men Johannes Larsen vil gerne kunne tage en eller flere personer med. Det gør ham ikke noget at lade harerne gå. Han kommer til Sverige i begyndelsen af august.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/b8wj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1934.
+Kære Lysse!
+Tak for Brevene, det sidste kom i Dag. Jeg har skrevet til Kemp om at sende Skødet til Värnamo hvis han har det. Det glædede mig meget at se at Du har faaet ordnet det med Jagten og jeg har intet at indvende mod Prisen. Derimod synes jeg, saa vidt jeg kan tyde Dokumentet at naar der staar at Jagten skal udøves af mig ”personlig” saa er det lidt for stramt, jeg skulde vel have Lov at tage et Par Stykker med en Gang i mellem Harene har jeg ikke saa meget i mod at lade gaa, men hvis de synes kan jeg jo godt skyde en eller flere naar jeg møder dem. Jeg glæder mig til at komme op til Jer, men det bliver ikke før en Uges Tid ind i Aug, allertidligst den 3 eller 4, men derom nærmere Mange Hilsner til Jer alle 3. Vi har Huset fuld for Tiden Ugle, Lasse, 2 Holsteiner og Mornine og Henning rejste i Gaar. Marie er paa Lindøgaard. 
+Din Far.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
+  </si>
+  <si>
+    <t>1933-01-17</t>
+  </si>
+  <si>
+    <t>Hareskov St.</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Adam Goldschmidt
+Brita Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Julius Hviid
+Grethe Jungstedt
+- Knudsen, skomager
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Arne Mortensen
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilket spil Laura/Bibbe havde med at gøre i Hillerød. 
+Succes var et chokolademærke solgt af firmaet Galle &amp;amp; Jessen (Arkiv.dk – her billede fra 1922).
+Fra litteraturen om Larsen-familien vides, at køberen af Kærbygaard hed Arne Mortensen.
+Johanne og Adolph Larsen købte senere i 1933 Lindøgaard nær Dræby/Munkebo.
+Amanda er muligvis Amanda Heinesen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0607</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen håber ikke, at Laura/Bibbe er syg. Hun er ikke stærk. Selv har Johanne et øre, der vædsker, og hun er næsten døv på det, så hun må til speciallæge.
+Adolph/Agraren Larsen har solgt Kærbygaard for 18.000 kr. Det er en god handel. Johanne og han købte kransekage og chokolade og inviterede gæster til kaffe for at fejre det. Adolph skal nu ikke længere arbejde for andre, Erik/Tinge bliver selvstændig, og Johanne vil holde op med at undervise i klaverspil. 
+Johanne har mødt Amanda, som spurgte til Ina/Sjums.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F1Lr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+OBS Salget!
+modt 19’ Jan 1933
+Fru A. Warberg Müller
+Hareskov St.
+Sjælland
+8-8-03.
+9/1 2001
+BWP.
+5 okt. 02.
+30-10-02. 
+[Håndskrevet på kuvertens bagside:]
+JWarberg Larsen Kjerteminde
+[I brevet:]
+17-1-1933
+Kære lille Dis!
+Tak for dit gode Brev! Og for dit gode Raad med Bibbe – men hun var jo for længst draget til Hillerød, da jeg fik dit Brev; og selv om ikke – nej, jeg vilde ikke kunne tage den Chance fra hende med de Par Maaneders Spil, som betyder saa meget for hende. Jeg længes for Resten saa meget efter Brev fra hende, jeg haaber da ikke hun er syg. Stærk er hun jo ikke, men saa meget des mere er hun ubesindig med hvad hun byder sig. Det er underligt, for de unge kan ikke begribe, at der er en Grænse for, hvad de kan taale. Skrev jeg noget til dig om, at jeg ikke var rask? det synes jeg ikke, men maa vel have gjort alligevel; ja, naar min nuværende Smule Forkølelse er forbi, saa tager jeg ud til Odense til en Specialist i Næse-Øren o.s v mit ene Øre flyder ustandseligt og det er næsten døvt; jeg tænker mig der er en Katarh i V [”V” overstreget] Gangene i Hovedet og jeg tror ikke Dr. Hviid vil have mere med det at bestille, naa det er jo ikke saa farligt, men det er enerverende at have Sus i Hovedet i 5 Uger i Træk, men jeg har ladet mig sige, at man skal være i uforkølet Tilstand, naar man tager ud til ham. 
+Men her er sket større Ting end lidt Øre-Vrøvl. Agraren var i Aftes nede at tage imod mig da jeg kom fra Landet - jeg forstod straks, at saa havde han solgt Kærbyhus. Dagen før havde der meldt sig en Liebhaver. Det er Skomager Knudsens Svigersøn og Knudsen var med til Forhandlingerne og det var pudsigt nok ligesom han hele Tiden holdt med os; han opfordrede stadig Svigersønnen til at være imødekommende, men ikke os. Der blev intet afgjort Søndag Form., men saa var de altsaa kommen igen Mandag og saa var Handelen gaaet i Orden – Agraren var stolt! Og godt at han holdt sig stiv, for han var ellers mere tilbøjelig til at slaa af end jeg. Vi fik det godt betalt, meget bedre end Folk havde spaaet os, 18000 Kr, men saa skal vi enes om Udgifter til Papirerne; forstaar du: der staar 11000 i Prioriteter, saa han skal betale os 7000 blanke Kroner kontant – ”Og han har dem, Adolph” sagde Knudsen fortrolig til Agraren ”du skatte være bange – han har dem, der er ingen Rævestreger ved ham”. Og det kan han med Sandhed sige, hvor var de fine og noble at have med at gøre. 
+Hvor blev jeg glad, da jeg fik Nyheden; i Begejstringens Hede købte vi 5 Stykker Kransekage og en Plade Succes og fik ringet efter Puf, Marie (Larsen, som er her endnu, hos Lases altsaa) og saa lille Grethe derovre fra og der blev et muntert Kaffeselskab ud af det. Jeg har sendt Brev til Tinge i Dag, hvor bliver han glad, den kære Dreng. Sikken et Held at nu da jeg skal sælge min Obligation saa er den i stærk Stigning, den staar i 92 ¼ mens den længe har været sidst i Firserne; den var jo paa 2000 Kr, men vi maatte belaane den; fik 1000 Kr i Nationalbanken til en meget billig Rente, da vi skulde lægge Vand ind og have nye Skorstene og reparere hele underste Lejlighed for 2 Aar siden.
+Det er kunstigt for det betyder noget godt for os alle: Agraren faar Arbejde, det Arbejde, som staar hans Hjærte saa nær, Tinge faar selvstændig Virksomhed – tænk i Stedet for at gaa og tjene altid, Bibbe faar et Levebrød og jeg slipper for ar undervise mere – hvad jeg næsten ikke mere kan udholde. De Nerver som bruges til Undervisning er hos mig slidt op – væk - ! Er det ikke en stor Begivenhed, lille Dis? Det var Lørdag, at det første Glimt viste sig; Manden kom op og meldte sig som Liebhaver og spurgte om han maatte komme næste Dag - - jeg blev saa op flammet at jeg ikke fik sendt Kort til Axel og jeg havde dog tænkt saa meget paa ham! Ønsk ham nu alt godt i det nye Aar fra mig og bed ham tilgive mig at jeg svigtede ham. I havde vel en rar Dag? Ser han lidt bedre ud nu?
+Jeg traf Amanda i Bilen i Aftes. Hvor hun ligner sig selv og hvor er hun sød. Hun blev meget betaget, da hun hørte at Sjums var gift, for Sjums havde lovet hende så bestemt at skrive til hende hvis hun en Dag skulde giftes; jeg sagde at det var en gammel Historie og at hun havde en yndig lille Pige, men nævnede ikke noget om Skiftet og hun spurgte ikke om noget Navn – heldigvis, for jeg har ikke Mandens Navn i min Erindring, jeg er jo utrolig med at glemme navne.
+Jeg læste med stor Interesse om Adams og Fru Brittas [det andet ”t” i navnet overstreget] Besøg – Adam bliver nok lykkelig, det vilde ikke passe til ham ikke at blive det! Stol paa det!
+Pudevaaret er ikke mit; du skal faa det ved Lejlighed. Hvad du skriver om Bibbe er saa rigtigt, gid det hele maa gaa saa godt for hende, jeg har aldrig set hende saa glad og harmonisk som i Julen. Hvor var hun yndig
+[Skrevet på hovedet øverst på s. 4:]
+Din Bog når jeg ikke at tale om i Aften, jeg må i Seng, kun at jeg synes den er udmærket, du skal og maa fortsætte. Men det er vel vanskeligere naar man kommer fremad i Livsforløbet?
+[Skrevet langs venstre margen s. 4:]
+Tusind Hilsner til Jer alle tre Din glade Junge.</t>
+  </si>
+  <si>
+    <t>1944-12-12</t>
+  </si>
+  <si>
+    <t>Eric Bøttern
+Margaretha Bøttern
+Elena Larsen
+Jens Larsen
+Johannes Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsens gode ven, maleren Sven Havsteen-Mikkelsen, havde en idé om, at det var mere "nordisk" at stave ordet "af" som "av". Det er formodentlig påvirket af dette, at Andreas Larsen begyndte at bruge samme stavemåde. 
+Andreas Larsens moster og hendes mand ejede Lindøgaard nær Munkebo.</t>
+  </si>
+  <si>
+    <t>Eric Bøttern er død efter ganske kortvarig sygdom.
+Else og Andreas/Puf Larsen har fået en gris fra Lindøgaard.
+Vilhelm Larsen/Onkel Klaks har givet Andreas Larsen træ, så han kan udvide bryggeriet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CkUx</t>
+  </si>
+  <si>
+    <t>Afs:
+Brygger Andreas Larsen
+Kerteminde Kerteminde 12/12 - 44.
+Kære Lysse.
+Vi er nok kommet for sent med vor julepost iår, og så bliver det endda et trist brev dette. Eric Bøtterne blev syg forleden og efter 3 dages forløb døde han på Odense sygehus, vistnok av årebetændelse, sidste torsdag. Imorgen skal vi til hans begravelse i Odense. Du kan forstå det har gjort et dybt indtryk på os; vi vidste ikke at han var syg og fik det at vide av Grethl, hans kone, den morgen han var død.
+- Ja, nu er det blevet den 19. og Far har jo imellemtiden skrevet til Jer om forskelligt i sit Julebrev. Idag har vi slagtet, d.v.s. vi får en slagtet gris fra Lindøgaard, og parterer den her. Jeg har gennem Omkel Klaks fået noget træ, så vi nu kan begynde at bygge en udvidelse av bryggeriet. De er begyndt at køre materialer til; nu bliver det spændende om det bliver tøvejr, som nu, efter Nytår, så murerne kan begynde at støbe. 
+Jeg synes ikke det bliver til noget med at skrive, så jeg vil hellere slutte nu med at ønske Jer alle en glædelig Jul og et godt Nytår.
+Mange hilsner til Jer alle fra Else ogf Puf.</t>
+  </si>
+  <si>
+    <t> 1. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/B2WDSV0j</t>
+  </si>
+  <si>
+    <t> 2. aug. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ASOFrmNj</t>
+  </si>
+  <si>
+    <t> 3. aug. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1fN63CIC</t>
+  </si>
+  <si>
+    <t>1938-04-25</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Kirsten Hjorth
+Niels  Junker
+Drude Jørgensen
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Martin Larsen
+Vilhelm Larsen
+Kirsten Larsen, Elena Larsens veninde
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Fritz Syberg
+- Vesterdal
+Thora Vesterdal
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Bents bedstemor og professoren var. 
+Udstillingsbygningen ved Odense Å hedder Filosoffen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0418</t>
+  </si>
+  <si>
+    <t>Johanne Larsen ønsker tillykke med fødselsdagen. 
+Det er koldt og tørt, så Johanne er bekymret for høsten. 
+Kirsten/Pelle Hjorth er begyndt at komme på besøg, og det er hyggeligt. Pelle synes, at der er meget "vrøvl" hjemme hos hende selv. 
+Johanne og Adolph har fået lam og kalve. Drengene fisker, og de kan af og til sælge af fangsten. 
+Johanne m.fl. har været i Odense for at se Forårsudstillingen. De mødte et katolsk konfirmationsoptog. Johannes Larsens billeder var dejlige, men Johanne brød sig ikke om de fleste af Sybergs. Efter udstillingen besøgte hun Henning/Bror og Kirsten, og til sidst spiste de i Fyns Forsamlingshus. Her mødte de Professoren, som opførte sig mærkeligt og var sørgeligt forandret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vy50</t>
+  </si>
+  <si>
+    <t>Lindøgård d. 25-4-1938
+Kæreste lille Dis!
+Nu er Piben tændt, en lille Kaffetaar ved Siden og nu skulde det saa gærne gaa løs med Fødselsdagsbrev til dig. Solen straaler skønt og lover fint Vejr til i Morgen. Allerførst skal jeg da have nedskrevet alle mine gode og varme Ønsker for Dig – eller i hvert Fald en Brøkdel, dem alle kan Papiret umulig rumme!! Naa, lad mig nu ikke blive for gevaltig, men i al Jævnhed ønske dig en god Dag og et godt Aar! Intet Ønske kan vel være mere paa sin Plads end det, at Du maa have din kære Axel frisk og stærk. – Jeg tænker mig at Du har lavet og laver noget Festlighed for Dagen, som Du jo altid forstaar at lave noget Festlighed i dit lille smukke Hjem. Du kan tro, jeg glæder mig til ved at tænke paa, hvor yndigt vi havde det – Skæbnen er os dog ret god ved at lade os ses af og til, Tiden er heller ikke mere til at forsømme sligt, vi har ikke mere de Oceaner af Tid foran os som tidligere, da Tiden laa lang og forjættende for os. Nu begynder vi - jeg ihvert Fald – at tælle de fremtidige Aar paa Fingrene. Og selvom Aarene blev mange, var det jo næppe muligt at Hjernen vilde holde, saa man kunde have Glæde af Samvær. Bents Bedstemor, som kun er sidst i 70erne, kan ikke en Gang kende sine nærmeste. Her staar alt vel til – naar undtages at der hviler et lille permanent Tryk paa os alle over Tørken og Kulden. Forleden var der tyk Is paa Bassinet i Haven c. ⅓ Tomme! Vi har heldigvis ikke saaet vore Roer saa tidligt at de var kommen op, hvor det var sket, er de svedet bort. Mon I har faaet? Ja, netop hos Jer er der jo ret fugtigt, saa I trænger maaske ikke saa haardt som vi her paa de lette Jorde. Manse og jeg kørte i Gaar til Odense (derom senere) og det saa mange Steder ynkeligt ud, ogsaa Kornet. Et Sted saa vi en lille Mauk Mark ["Mark" indsat over linjen] plantet til med Kaal – det var altsammen visnet. 
+Netes Datter, Pelle – hendes rigtige Navn er Kirsten, det er næsten Synd, at hun ikke kaldes ved det smukke Navn – har er ["er" indsat over linjen] begyndt at dyrke os; hun var her næsten hele Paasken og nyder det; hun lærer Tandteknik i Odense og slider ret haardt i det, og naar hun skal holde Ferie hjemme, kan hun ikke faa Fred for sin Far, som altid høvler om hende at hun skal bestille noget; hun kom med en Saddel, som hun havde laant for Paasken og ½ Fl. Akvavit, som satte Kulør paa 2 af vore Paaske.Aftensmader. Hun er en umaa
+2
+delig sød Pige; jeg ved ikke et Menneske som til den Grad falder sammen med Husets Psyke som hun; hun minder saa meget om os Søstre som unge; og saa ligner hun Bibbe saa mærkværdigt. Første Gang hun var her kom hun ind samtidig med Else (Puf) og de stod ved Siden af hinanden i Døren; da jeg havde hilst af med Else, sagde jeg til Pelle: men Gud, søde Bibbe, hvad staar du dog der for i Overtøj! Jeg maa jo ikke have set rigtig paa hende, og det var Aften med tændt Lys, men først da jeg vendte mig, kom hun efter mig og sagde ”men det er jo mig, Tante Junge. Var det dog ikke besynderligt? Naa, men det som jeg kom fra og som jeg vilde have fortalt om Pelle var, at hun havde sagt til Mary, ”Hvor I dog har det dejligt her, altid saa fredeligt og harmonisk”, og det var altsaa for at belyse, at ”alt staar vel til her”. Vi nyder hende meget, og det er saa morsomt at have en af sin egen Slags. Stakkels Pelle føjede til, da hun sagde det til Mary: hjemme er der altid saa meget Vrøvl. - - Vi har faaet 6 smaa Lam i Aar, det ene af Faarene fik 2 dødfødte, et fik 2, hvoraf det ene døde – lidt skal man jo altid have Uheld med, men 6 har vi da altsaa af 4 Faar og saa maa vi vel ikke klage – selv om det ene maa dækkes op af Bibbe, som for Resten har megen Glæde af sin Virksomhed med det. Vore Køer har kælvet godt og normalt og de tre var da Kviekalve; den ene af Tyrekalvene gav vi Mælk en 14 Dages Tid og den afgav dejligt Kød for hele Paasken – og endnu! Saa sparer vi at købe. Og de gode Drenge virker med deres Fiskeri i deres Fritid; de har købt Ruser og fanger mere end vi kan spise – forledes havde de 41 Torsk men undertiden kun en eller to. Saa vi svælger i Fisk, men nu har det ["t" i slutningen af ordet overstreget] et helt Hyttefad fuldt og skal have dem solgt. Vi kan saa sandelig ikke klage over vore 4 Børn, for de hænger i og gaar op i Arbejdet med Liv og Sjæl og er altid saa søde. Selv Tinge er bleven meget mere glad og jeg spørger mig selv med en stille ængstelig Hvisken, om der mulig skulde oprinde bedre Tider for ham. Han og Manse er nu saa gode Kammerater; det er rigtignok noget andet end før M. rejste til England. 
+Saa var der vores Odensetur i Gaar, den 
+3
+må Du høre lidt om. Vi skulde se Foraarsudstillingen derude i deres smukke lille Udstill.Bygning nede ved Aaen, omtrent ved det Sted, hvor ”Heden” (som de Barbarer nu har omdøbt til Sdr. Boulevard) begynder. Vi tog Morgen Rutebilen og det var straalende Solskin, men koldt jo. Vi spaserede fra Bilen ned over Albanitorv, hvor de mægtige Klokker i den katolske Kirke lige begyndte at runge; og saa tonede et Optog med katolske Konfirmander frem fra en Sidegade, forrest 4 udklædte Messedrenge med et el. andet i Hænderne (jeg husker ikke hvad) saa en gammel tyk Pater og efter ham en Skare Drenge i stiveste Konfirmandspuds, saa en tyk Nonne og efter hende en Skare hvidtklædte unge Piger i helt enkle hvide Kjoler, hvide Strømper og sorte Sko og med Slør – også hvide – som dækkede deres Overkrop; det var nydeligt og festligt. - - Efter en Omgang i den skønne Klosterhave langs med Aaen, hvor der stod et sort Svanepar med Unger, gik vi i Munkemose, hvor talrige Ænder Svaner og Gæs skulde beses og saa var det Tiden, hvor de lukkede op paa Udstillingen; vi havde i en Bagerbutik forsynet os med Smaakager og en Plade Succes, som vi nød i Munkemose, saa vi kunde være styrket til at bese Kunsten! Udst. var bedre end da vi var der for to Aar siden og der var smukke Billeder. Jeg glædede mig meget over 6 dejlige Billeder af Las, et fra den store Stue – Salen – paa Båxhult, de andre var Kjerteminde, Huset og Haven; å hvor jeg syntes de var bedaarende. Men saa var det til Gengæld smerteligt at se Sybergs Billeder; han maler helt anderledes nu, synes jeg. For to Aar siden var jeg betaget over at se to dejlige Landskaber men nu! Naar jeg undtager Tante Franziskas pragtfulde Skikkelse i en Liggestol var det hele saa underligt middelmaadigt, uldent og for mig at se uskønt, men de kan vel heller ikke blive ved! Jeg har ellers altid været en stor Beundrer af Sybergs Kunst. 
+Efter 1½ Times Betragtning af de 3 smaa Sales Indhold vandrer vi hen til Bror Klakses yngste ["Klakses yngste" indsat over linjen] og Kirsten. De bor i en lille henrivende 2 Værelses Kvistlejlighed i en [et bogstav overstreget] moderne Bygning i en lille Gade, Falen – tænk at et saa sjovt gammelt Navn har faaet Lov til at bibeholdes – der er Altan, hvor deres 
+4.
+lille Unge kan staa og sove; det var et yndigt lille Besøg; jeg synes altid det er saa morsomt at besøge smaa ny-startede Hjem; og det blev i Sandhed udbytterigt – for os! Vi drog af med et Sær blaat Chiviotstøj, et Par tykke graa Flonelsbenklæder og en Regnfrakke! Og saa til Fyens Forsamlingshus, hvor vi har tænkt os Muligheden af Drudes Nærværelse, men blev, som vi jo saa ofte bliver her i Livet, skuffede. Da Agraren havde givet helt godt med af Penge og jeg havde en Fem’er liggende fra min Rejse, bestilte vi flot Dineren: Suppe, Drudes berømte Suppe, Kyllingesteg med nye Kartofler og Agurkesalat samt Karamelbudding. Dertil 2 Paaskebryg! - - Jeg havde truffet Fru Junker – Dr. J.s Kone – paa Udst. og spurgte til Prof. Hun sagde, det blev værre og værre; han gaar og synger hele Dagen, saa han er permanent hæs, og Drude kan næsten ikke holde ham ud. Saa spurgte jeg Opvartersken paa F. For. , som jeg jo kender godt, og hun svarede næsten ligesaadan; han er, kunde jeg forstaa, en frygtelig Plage for Personalet derude, naar han kommer – og det gør han tit. Saa traf det sig, at han netop kom og efter at vi nogen Tid havde hørt ham larme inde i Buffetten, gik jeg derhen og spurgte, om han ikke kom og sludrede lidt med os. Han blev helt bevæget ved at se mig og dvælede meget ved at jeg ikke havde skrevet til ham; saa fik vi forøvrigt en rigtig dejlig Passiar, næsten paa en Time; han priste dig i høje Toner og sagde, at han havde fundet dig meget mere lødig end han havde tænkt sig efter at have læst ”Den synske”. Saa snakkede vi om mange andre Ting og Manse var meget imponeret over hans Klogskab og Intelligens; han blev bag efter ved med at komme tilbage til, hvor han dog var klog og blændende. Manse saa han jo for første Gang – nej anden maaske – saa han kan jo ikke dømme, men jeg, som har kendt ham saa godt og elsket ham saa højt jeg sørger jo over den uhyggelige Væsensforandring, der er sket med ham, saa smertelig forandret nej forgrovet, mener jeg; og saa denne trættende Hang til at fortælle Anekdoter, som han aldrig før har haft men som Drude har i saa høj Grad [”men som Drude har i saa høj Grad” indsat over linjen]. Men du og nu Manse har alligevel kendt ham for lidt til at se Forandringen. Gid han endda maatte blive ved status quo! Han skulde til Fødselsdag ude hos Thora Vesterdal, men tog en Vogn for at sidde hos os saa meget længere. Å Posten! Allerede! Ja saadan gaar det altid – at han er for tidlig paa den naar det kniber
+[Skrevet langs sidste sides venstre kant:]
+Tusinde Hilsner fra os alle til Jer alle. Tusind Lykønskn. Din Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1999,59 +2145,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DYjN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xGTl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YQ1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jbixr2CM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlPg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VTML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1eM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mmTk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1eM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VTML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jbixr2CM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xGTl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YQ1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DYjN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mmTk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlPg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tu3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M38"/>
+  <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2121,1672 +2267,1806 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="s">
-        <v>36</v>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>55</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>56</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G6" s="5" t="s">
-        <v>51</v>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="5" t="inlineStr">
-[...10 lines deleted...]
-        <v>58</v>
+      <c r="E7" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F8" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="I8" s="5"/>
+        <v>75</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>76</v>
+      </c>
       <c r="J8" s="5" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D9" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>82</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H9" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="M9" s="5"/>
+        <v>87</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K10" s="5" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="s">
-        <v>81</v>
+      <c r="H11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K11" s="5" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G12" s="5" t="s">
+        <v>98</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>85</v>
-[...5 lines deleted...]
-        </is>
+        <v>99</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>32</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="M12" s="5"/>
+        <v>102</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>105</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G13" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>88</v>
-[...5 lines deleted...]
-        </is>
+        <v>108</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>110</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="M13" s="5"/>
+        <v>112</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>26</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G14" s="5" t="s">
+        <v>115</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="I14" s="5"/>
+        <v>116</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>117</v>
+      </c>
       <c r="J14" s="5" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>96</v>
+        <v>119</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        <v>100</v>
+        <v>122</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>107</v>
+        <v>27</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>108</v>
-[...12 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>113</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>114</v>
+        <v>136</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>117</v>
+        <v>74</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>118</v>
+        <v>137</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>123</v>
+        <v>142</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>28</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>129</v>
+        <v>146</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>130</v>
+        <v>147</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>88</v>
+        <v>151</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
-        <v>136</v>
+        <v>59</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>139</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>140</v>
+        <v>156</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>44</v>
+        <v>122</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>144</v>
+        <v>49</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>146</v>
+        <v>161</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>147</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>116</v>
+        <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>149</v>
+        <v>66</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>158</v>
+        <v>106</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>116</v>
+        <v>157</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>162</v>
+        <v>49</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>150</v>
+        <v>66</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>183</v>
+        <v>16</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>184</v>
+        <v>66</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>185</v>
+        <v>74</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>66</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>144</v>
+        <v>203</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>116</v>
+        <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>150</v>
+        <v>208</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>199</v>
+        <v>66</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>199</v>
+        <v>217</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>208</v>
+        <v>219</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>210</v>
+        <v>221</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>150</v>
+        <v>66</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>199</v>
+        <v>74</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>171</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>141</v>
+        <v>46</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>159</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>238</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>228</v>
+        <v>157</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>144</v>
+        <v>49</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>115</v>
+        <v>244</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>150</v>
+        <v>28</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>199</v>
+        <v>245</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>236</v>
+        <v>32</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>125</v>
+        <v>208</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>150</v>
+        <v>252</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>248</v>
+        <v>91</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>255</v>
+        <v>46</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>266</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>238</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="I35" s="5"/>
+        <v>267</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>268</v>
+      </c>
       <c r="J35" s="5" t="s">
-        <v>136</v>
+        <v>49</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>261</v>
+        <v>28</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>270</v>
+        <v>28</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>273</v>
+        <v>49</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="B38" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="M38" s="5"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="M39" s="5"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="I40" s="5"/>
+      <c r="J40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="M40" s="5"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C38" s="5" t="s">
-[...30 lines deleted...]
-        <v>282</v>
+      <c r="C41" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>302</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
+    <hyperlink ref="M39" r:id="rId44"/>
+    <hyperlink ref="M40" r:id="rId45"/>
+    <hyperlink ref="M41" r:id="rId46"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>