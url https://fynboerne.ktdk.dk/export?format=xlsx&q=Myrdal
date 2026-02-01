--- v0 (2025-12-11)
+++ v1 (2026-02-01)
@@ -3,329 +3,244 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="214" uniqueCount="159" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="168" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1911-02-27</t>
-[...2 lines deleted...]
-    <t>Brev</t>
+    <t>1918-07-21</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
-    <t>Astrid Warberg-Goldschmidt</t>
+    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
-    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
-[...107 lines deleted...]
-Jeg skal nok sende de Rentryk, kan stadig ikke finde det andet Katalog. Du har vel faaet det ene og Skjorterne</t>
+    <t>Myrdal St. Bergensbanen Norge</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3767</t>
+  </si>
+  <si>
+    <t>Godt at konferencen er overstået, så Louise og Nicolaus Brønsted kan rejse frit rundt i Norge. Laura Warberg glæder sig til at have børnene imens. 
+Minna Warberg er i Løkken inviteret af en person, som er blevet rig pga. gullasch.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nxxl</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i adressefeltet:]
+Fru Professor Brønsted
+Myrdal St.
+Bergensbanen
+poste restante
+Norge
+[Håndskrevet i tekstfelterne:]
+Kerteminde
+Fredag
+Kære Lugge!
+Jeg har skreven Brev til Trondhjem og Kort til Myrdal; men det sidste har Du næppe faaet, det var ikke poste restante. Mon jeg har takket for Dit Kort? Godt at I nu har Konf. sluttet og kan bevæge Eder mere frit; tænk sejle langs Vestkysten! det maa være himmelsk. I Dag [ulæseligt ord] lille Bes herned; Spurgte [ulæseligt ord] 6 1/2 med en Dame fra Astrids Kontor. De skal ligge i det lille Værelse, jeg har laant en Seng hos Alhed! Jeg glæder mig til dem. Nu har vi endelig Varme! Det kunde ogsaa [ulæselige ord] baade i Have og Marker [ulæselige ord] nogen Steder. Minna er i Løkken en Uge inviteret af [ulæseligt ord]. Takket være Gulash er han en holdenrig Mand! Mange Hilsener til Eder begge.
+Mor.</t>
   </si>
   <si>
     <t>1916-07-22</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brevkort</t>
   </si>
   <si>
     <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted</t>
   </si>
   <si>
     <t>Norge
 Bergensbanen</t>
   </si>
   <si>
     <t>Ellen Brønsted
 Ina  Goldschmidt
 Laura Warberg</t>
   </si>
   <si>
     <t>Louise og Johannes Brønsted var i Norge sommeren 1916, og deres børn blev passet af Christine Mackie, Alhed Larsen og Laura Warberg i Kerteminde. 
 De tre piger er på cykeltur: Det vides ikke, hvem den tredje er.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3834</t>
   </si>
   <si>
-    <t>Ina/Sjums Goldschmidt er kommet, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
+    <t>Ina/Sjums Goldschmidt er kommet til Kerteminde, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V7sM</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREVKORT.
 [Håndskrevet i kortets adressefelt:]
 Hr. Professor Brønsted
 Myrdal
 (Bergensbanen)
 Norge
 poste restante
 [Håndskrevet i adressefelterne:]
 Kære Lugge og Mag!
 Alt går fremdeles som det skal og Børnene er søde. Sjums kom igår, og Bes er idag flyttet ned til Mor. Idag var de tre store Piger med mig på Cycle til Dalby til Sodavand og Kage, og de har idag for første Gang badet to Gange. Vi håber, I får dette all right, det kommer til Nyborg i Aften.
 Tusende Hilsner fra os alle!
 M.
 22/7- 16.</t>
   </si>
   <si>
-    <t>1917-1920, 2</t>
-[...5 lines deleted...]
-- Mejling
+    <t>12. jun. 1927</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5. september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/SMzv4SUz</t>
+  </si>
+  <si>
+    <t>1914-03-09</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Niels Bom
+Hans Hinke
+Christine  Mackie
+Thomas Madsen-Mygdal
+Sophus  Meyer
 Anna Meyer 
-Christine Swane</t>
-[...9 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/YGwD</t>
+Kristian Olsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 ved Fiilsø i 75 dage. 
+Alhed Larsen vil have "Foreningen" til at sende et eksemplar af bogen, og denne bog er formodentlig St. St. Blichers Trækfuglene udgivet af Radeerforeningen med Johannes Larsens illustrationer. Denne bog kom ud i marts 1914. Af Johannes Larsens brev til Alhed 13. marts fremgår det, at det er en Andr. Madsen, der skulle have bogen tilsendt. 
+Calarilt er en lavalkoholisk drink.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Alhed Larsen vil have (Radeer)foreningen til at sende et eksemplar af bogen til en ikke navngivet person.
+Mix og Myg brokker sig over, at Hinke har lavet dårligt arbejde. Alhed Larsen er træt af at høre om det og vil vide, om det ikke var (Kristian) Olsen, der lavede noget klamp.
+Der skal være fællesspisning for Sophus Meyer.
+Alhed Larsen har sendt nogle af sine egne og Johannes Larsens billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oH4V</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
-Jeg tog saa efter Samraad med Julibus herover i Gaar. Christine kom paa Banegaarden og vi spiste sammen i Restaurationen Tunge og forskellige Grøntsageer, men der maa vist have været noget, der ikke var kogt godt for vi har begge været lidt daarlige i Nat. Jeg skriver dette paa Vej ud til Meyer er meget spændt paa hvad hun vil sige det er grimt med det store Hul. Jeg rejste i Gaar sammen med en svensk Dame, g.m. en Ingeniør Mejling fra Triege i Odense, hun var uhyre snakkende og indladende, - mere end jeg brød mig om, jeg havde købt en Knaldbog, som jeg slet ikke fik læst i. Jeg bad dem hjemme om at skrive om Puf hver Dag baade til Dig og mig, i Gaar Morges var det 37.9 og Julibus sagde, der var ikke det mindste i Vejen. Hvilket henrivende Vejr, det er heldigt baade for Dig og Gille. Hils ham
-1000 Hilsner
+Tak for Dit Brev i Gaar. Bom lovede at afsende baade Sko og Saaler i Dag. Hælene kunde nok gøres bredere, men saa vilde det tage meget mere Tid, saa jeg sagde, han ikke skulde. Hermed to Breve fra til Morgen, det er kedeligt vi ikke kan sende ham et Exempl. Kan Du dog ikke faa Foreningen til at sende ham et, naar det er til Anmeldelse? – Det er et modbydeligt Vejr i Dag, Snesjap ligefra Morgenstunden, Du har det vel ikke, men vi maa jo haabe, at det snart bedres. – Blindrammerne er for længst afsendte, men det er jo en meget sen Forbindelse derop til. – Christine Laurentius og jeg var til Kaffe og Calarilt hos Elle i Aftes, der var ingen Humør paa Laurentius Mix og Myg bliver ved med deres Vrøvl om Olsen og Hinke, at Hinke smøler og Hinke har lavet daarligt Arbejde og at det maa være meget ærgerligt for Olsen o.s.v. Jeg er snart saa lynende gal over at høre paa det. – Men var der ikke netop meget galt fra Olsens Side (foruden Detailfejlede [”ede” overstreget])? Lad mig det vide, at jeg dog en Dag kan lukke Munden paa dem, jeg synes, der var noget med at de ikke passede dernede, eller var de forskellige fra det, Olsen havde samlet, eller hvad var det? Svar mig paa det. – Paa Søndag laver Haandværkerforeningen Fællesspisning for gl. Meier. Mon jeg er nødt til at gaa med? det er jeg vel, skønt jeg gider daarlig. - - Jeg sendte saa i Gaar: Lygten (Sprogø), Jordkælderen og Fyret, dalende Lærke og Kæmpehøjen og 4 af mine. Mit sidste Tulipanbillede fra i Fjor saa saa godt ud i Ramme. 1000 Hilsner fra os alle 3
 Din A.
-Onsdag</t>
-[...34 lines deleted...]
-Mor.</t>
+Christine hilser ogsaa
+[Indsat på hovedet på side 1, øverst]
+Jeg skal nok sende de Rentryk, kan stadig ikke finde det andet Katalog. Du har vel faaet det ene og Skjorterne</t>
   </si>
   <si>
     <t>1918-10-01</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Hans Christian Engelsen
 Otto Gelsted
 Adolph Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Thomas Madsen-Mygdal
 Leo Møller
 Christian Møller, maler
 Anders -, Sverige</t>
   </si>
   <si>
     <t>Andreas og Johan Larsen er på Birkerød Kostskole.
 Den omtalte mølle er Svanemøllen, som ligger lige overfor Larsen-familiens hjem på Møllebakken i Kerteminde. Familien ejede den, og en ansat møller holdt den igang.</t>
   </si>
   <si>
@@ -362,368 +277,230 @@
 Frida Madsen
 Johannes Madsen
 Thomas Madsen-Mygdal
 Sophus  Meyer
 Rasmus Petersen, Gartner
 Sigurd  Swane</t>
   </si>
   <si>
     <t>Alhed er på familiebesøg i Københavnsområdet, mens villaen ombygges.</t>
   </si>
   <si>
     <t>Det går fremad med ombygningen af villaen og godt at taget var kommet på, for det blev regnvejr. Johannes Larsen er begyndt på en ny akvarel, men får ikke rigtig lavet noget, fordi han kigger på håndværkerne. Levinsen har været og hente solsortene. Max har fanget krabber.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5OAI</t>
   </si>
   <si>
     <t>Kjerteminde 15-9-1919.
 Kæreste Alhed!
 Tak for Brevet, jeg tænker I har moret jer godt i Gaar i Kjøbenhavn. Det var et stort Held at de fik lagt Taget paa i Lørdags Aftes, for de øste ned i Gaar Morges og flere Gange i Dagens Løb, det var meget trykkende og lummert og jeg bestilte ingen Ting men i Dag har jeg begyndt paa en Aquarel til, uden dog at faa gjort videre ved den, det er jo meget interessant at kige paa Haandværkerne. I Dagligstuen er nu det nye Skillerum oppe og det gamle væk, der er Døraabning fra Trappestuen til Køkken og den ny Skorsten i Havestuen er kommen et Stykke oppe i Sovekammeret hvor de samtidigt murer Skillerum ind til Lysse. Saa Sovekammeret kan snart blive færdigt. Petersen har fanget 2 Mus i Vinhuset, den ene højst frugtsommelig, men ingen i din Stue eller Værkstedet. Madsen har faaet Maal af Pastellerne og kommer vist og sætter Rammer om i Mrg. Hr. Levinsen har været her i Bil efter Solsortene. Max havde fanget Krapper i Gaar som Frida har kogt, men han, Max skal til Agrarens og Swane var cyklet til Risinge saa det tegnede til at jeg skulde være alene med Krapperne, men saa kom Myg og inviterede mig paa Snaps sammen med Swane saa han maa vel ikke have truffet nogen. Jeg tager saa Krapperne med derud. Petersen har plukket Gravenstenerne i Dag. Max sidder her og læser Avisen nu gaar jeg til Mix og tager Brevet med. 
 Mange Hilsner
 Din hengivne
 Johannes Larsen</t>
   </si>
   <si>
+    <t>1942-02-07</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Thomas Madsen-Mygdal
+Alhed  Møhl, Lysses datter
+Ane Talbot
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen gentager indholdet fra sidste brev, som muligvis er gået tabt. Penge kan ifølge Nationalbanken kun overføres til Sverige, hvis modtageren virkelig trænger til dem og beløbet må max. være på 200-300 kr. månedligt. Johan/Lysse og Elena/Bimse Larsen må skrive et klagebrev, som Andreas kan sende til Nationalbanken. Andreas vil bede om, at Johan indleder sine breve med at anføre, hvilket brev det er, han besvarer.
+Andreas Larsen og børnene løber på ski.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zXFR</t>
+  </si>
+  <si>
+    <t>[Fortrykt på arkene:]
+Kerteminde, ...... 194
+[Håndskrevet i brevet:]
+Svar på Brev af 28/1 - 42.
+[Efter det fortrykte "194":] 2.
+Kære Lysse
+Tak for Dit Brev, som Du nok har skrevet før Du har modtaget mit sidste. Jeg gentager her det væsentlige af Indholdet, for hvis det skulde være gaaet tabt. Da jeg skrev sidst havde Diskontokassen netop erfaret fra Nationelbanken, at Penge for Tiden kun kan overføres til Sverige, hvis Modtageren derovre trænger til Pengene, og kun med 200-300 Kr om Maaneden. Diskontokassen mente, at en Klageskrivelse fra Dig, som kunde videresendes til Nationalbanken, vilde udvirke en Tilladelse. - Jeg haaber at omtalte Klageskrivelse er paa Vej herned, naar Du læser dette. Da Nationalbanken var ca 1 Maaned om at svare sidst, vil der maaske nok gaa en Rum Tid før Du kan faa Pengene. Jeg anbefalede i sidste Brev at Bimse skulde skrive Brevet som skal sendes til Nationalbanken
+2)
+for Læselighedens Skyld. Angaaende eventuelt tabte Breve, saa har jeg svaret paa det Spørgsmaal en Gang og bedt Dig gentage det om de 200 Kr til Tinge lidt mere udførligt. - For at bøde lidt paa Uordnen i Korrespondancen maa jeg saa ikke foreslaa, at Du 1) læser mit sidste Brev mens Du sætter Dig tilrette forat besvare det og 2) begynder Dit Brev med: I besvarelse af Dit Brev af den og den Dato ........
+Vi dyrker Skisporten saa smaat iaar. Vi har her et stykke presset Kork, hvor paa Vokset først gnides, derefter gnides Skien med Korket. Det er en udmærket Maade at valle (?) paa, synes vi; det er hurtigt og nemt og tager ikke Huden af Hænderne.
+Vi har det ellers alle godt og haaber at I ogsaa har det godt.
+Mange Hilsner til Jer alle fra os alle her
+Puf.
+[Indsat på sidste side; i venstre margen; på højkant:]
+Den Madsen-Mygdal Bog behøver Du ikke at nævne oftere, jeg har ikke i Sinde at købe den.</t>
+  </si>
+  <si>
     <t>1920-12-10</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johan Larsen</t>
   </si>
   <si>
     <t>Valborg -
 Johannes Nicolaus Brønsted
 Louise Brønsted
 - Folmar-Hansen
 Drude Jørgensen
 Andreas Larsen
 Johannes Larsen
 - Lassen, Selleberg
 Christine  Mackie
 Karl Madsen
 Thomas Madsen-Mygdal
 Anna Meyer 
 Christine Rasmussen
 Ingeborg Rasmussen
 Jens Rasmussen
 Kjeld Tutein
 Peter Tutein</t>
   </si>
   <si>
     <t>Johan Larsen var elev på Birkerød Kostskole</t>
   </si>
   <si>
     <t>Privateje</t>
   </si>
   <si>
     <t>Johannes Larsen ar solgt for 11.000 på sin udstilling i Odense. Drude Jørgensen gav diverse forplejning under ophængningen. Puf og Alhed har lavet plakater og sendt invitationer ud.
 Johannes Larsen skærer træsnit, og Alhed glæder sig til at vise sønnen dem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/okGM</t>
   </si>
   <si>
     <t>Skriv snart.
 10-12-20
 Kære lille Ly!
 Kan Du huske den Dag vi gik og talte om ”Tuterne” og Du frygtede at Din Far ikke skulde sælge mere. Det vil fryde Dig at høre, at vi paa Odenseudstillingen har solgt for 11000! Er det ikke kolossalt, vi havde jo slet ikke ventet at sælge. Nu skal Du høre lidt nærmere om det. Jeg mødtes jo saa med Din Far, Puf og Madsen (i Kravetøj) i Odense Kl. 12½. Først spiste vi en bedre Frokost med Snaps og det hele og saa tog vi fat paa Ophængningen. Kl. 4 var den færdig og ganske udmærket, Billederne ser storartede ud. Overretten underholdt os næsten hele Tiden, han købte strax det lille med de to gule Vipstjerter (700) og et til Fru Mads for 2000, Landskab med lille flyvende Bekkasin. Kl. 5 spiste vi fin Middag med Vin, - Drude giver det hele, vil ikke høre tale om Betaling. Puf og Madsen tog med 6 Toget, vi andre blev der om Natten (men Puf kom næste Formiddag igen). Om Aftenen var jeg til Koncert med Fru Overret, din Far var ude at drikke Sjusser med Overretten. Næste Dag lavede Puf Plakater og spyttede paa Konvolutter og Frimærker, jeg skrev c. 50 Indbydelseskort og Din Far skrev Prisliste. I mens gik Pressen der, de har skreven vældig fint i Aviserne. Saa spiste vi igen fin Middag og tog alle 3 hjem med 6 Toget. I Aftes ringede Drude, at en Godsejer Lassen, Selleberg havde købt det store Svanebillede. 5000, vi havde sat det 500 op! Og i Middags ringede hun, at Sagfører Folmar Hansen havde købt de to Viber 1000 og Præstekraver og 2 Terner 800 og senere at Apoteker Michelsen havde købt 2 Akvareller à 800, ogsaa sat op! Det er vældigt fint. Drude siger, der er en Masse Mennesker og de er begejstrede! I Morgen skal vi igen derud, Aften hos Overrettens, vi bliver der om Natten og jeg skal til Frokost hos Drude med Myg og Mix næste Dag. Drude er mageløs imod os, hun fylder os med Mad og Drikke, saa snart der er gaaet lidt Tid siger hun, at nu kan de Kertemindere saamænd ikke gaa længere uden at faa noget vaadt, og saa kommer der Portvin! Din Fars Træsnit bliver bedre og bedre, han har skaaren et ganske dejligt et med en Bekkasin, nu er han paa det 11te, det bliver morsomt at vise Dig, naar Du kommer hjem. Det sner i Dag, her er helt hvidt. Valborg ligger i Sengen og jeg har en Sypige siddende at vende en Kjole, men vi sidder hyggeligt og rart herovre, jeg har spillet og den Gamle maler efter mig. – Hør, jeg naar ikke at skrive til Meme, kan Du ikke gaa hen i Skovinspektionen og fortælle hende det om Udstillingen eller vise hende Brevet, det vil glæde hende og hvis Du ringer det ud til Magisterens vil Du glæde hend [”hend” overstreget] dem ogsaa. Vi sendte strax i Aftes, da Drude havde ringet om det store Billede Bud til Byen efter Brændevin Brystsukker og Chokolade, lidt maatte der jo gøres! Nu skal Brevet med, Farvel min egen Dreng, 1000 Hilsner fra os alle 3.</t>
   </si>
   <si>
-    <t>1922-03-09</t>
-[...82 lines deleted...]
-  <si>
     <t>1924-08-09</t>
   </si>
   <si>
     <t>Læsø
 3000 Helsinore
 København</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Vilhelm Larsen
 Eiler Lehn Schiøler
 Christine  Mackie
 Thomas Madsen-Mygdal
 Sophie Meyer
 Sophus  Meyer
 Niels Rydeng
 Annette Schiøler
 Eiler Schiøler
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Johannes Larsen var på Læsø med Achton Friis og skibet Rylen, hvor de lavede forberedelser til bogværket De Danskes Øer.
 Eiler Lehn Schiøler var i gang med at udgive Danmarks Fugle med illustrationer af Johannes Larsen. Lehn Schiølers firma trådte i likvidation i 1922.</t>
   </si>
   <si>
     <t>Alhed Larsens tand var værre end ventet, men hun fik lavet en midlertidig reparation, for hun skulle hjem til Schiøler-børnene. Lehn Schiøler har vist Alhed Larsen bogen. Det ser ikke lovende ud for ham med hensyn til at åbne egen forretning. Alhed Larsen skal hilse fra mange andre også.
 Alhed spørger, om Johannes Larsen skal med på cykelferie.
 Skrædder Rydeng havde ikke fået brevet, hvori Alhed Larsen aflyste hans besøg, så han kom, lige efter at hun var kommet hjem. Rydeng snakkede til kl. 11 om aftenen, og det var hårdt, men han var en pæn mand.
 Christine og Lars Swane kommer på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Fmzb</t>
   </si>
   <si>
     <t>Lørdag 9ende August
 Kæreste Lavsi!
 Tak for Dine to Breve, det sidste laa til mig, da jeg kom hjem i Aftes. Min Tand var værre end jeg havde troet, skulde egentlig have været ”vulkaniseret” og i Ovn, hvad der vilde have taget flere Dage, saa hun nøjedes med at lave noget midlertidigt, jeg turde ikke blive længere for Trykkeriet og desuden skulde Schiølerne rejse i Dag, saa jeg vilde hjem og være sammen med dem den sidste Aften. Jeg skulde hilse mange Gange fra Schiøler, han viste mig alt hvad der var lavet af Bogen, det saa udmærket ud. Jeg synes han var i godt Humør, men det ser ikke videre lovende ud med at starte egen Forretning, han har ikke endnu faaet Tilladelse til at starte i eget Forretning [ordet overstreget] Navn. Jeg skal ogsaa hilse mange Gange fra Mix, Myg, gl. Mejers, Marie var der ogsaa, og Fru Madsen Mygdahl, hos Magisterens var jeg 2 Gange, ellers saa jeg ingen Mennesker, men det var jo ogsaa kun to Gange [ordet overstreget] Dage. Christines nye Værelser er henrivende, og hun har rigtig gjort tilpas. – Læssøe maa jo være en forfærdelig morsom Ø, jeg forstaar ikke rigftig at der ikke er en ny Adresse, men I giver vel Besked om at sende efter. Jeg forstaar heller ikke helt, om det saa er Din Mening at Du vil med paa Cykletur, vi maa i saa Fald af Sted meget hurtig efter at Du er kommen hjem, Lysse skal være i København d. 1ste, men en 8 Dages Tur er jo heller ikke saa lidt. – Skrædder Rydeng fra Helsingør havde skreven for en Tid siden at han vilde komme d. 8ende. I Tirsdags skrev vi til ham, at Du ikke var hjemme, men da han var i Jylland havde han ikke faaet Brevet, og han ankom i Aftes med 6 Toget lige efter, at jeg var kommen ind ad Døren. Det var haardt at sidde og snakke med den fremmede Mand til Kl. 11, helt alene og uafbrudt, de andre holdt til oppe i min Stue, og ligesaa hele Formiddagen, saa jeg ikke kunde komme til Trykkeriet, jeg trykte saa lidt i Efterm. da han var taget af Sted. – Gamle kom for lidt siden, da vi sad og spiste til Aften, de er ved at lave fint derhjemme til vi skal derhen. Uglen og lille Swane kommer i Morgen, de har været hos Klax en Tid men skal rejse til Kjbn allerede paa Onsdag. – Nu faar Du ikke mere og dette skal af Sted, lad mig høre snart igen. Masser af Hilsner fra begge Drengene og Din A.
 Rydeng var for Resten en pæn Mand.
 Puf ved endnu ikke om han faar Ferie</t>
   </si>
   <si>
-    <t>12. jun. 1927</t>
-[...13 lines deleted...]
-  <si>
     <t>1936-02-27</t>
   </si>
   <si>
     <t>Marie Larsen</t>
   </si>
   <si>
     <t>Elise Hansen
 Adolph Larsen
 Andreas Larsen
 Elena Larsen
 Else Larsen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Thomas Madsen-Mygdal
 Marie Meyer
 Sophus  Meyer
 Anna Meyer 
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Brevet er privateje.</t>
   </si>
   <si>
     <t>Fødselsdagshilsen til Johan Larsen(Lysse) fra hans faster Marie Larsen (Ia). Julen blev holdt hos familierne i Kerteminde og på Lindøgård. Der var voldsomt snevejr flere steder i Danmark. Sophus Meier (IA Larsens svoger) døde knap 96 år gammel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4gyc</t>
   </si>
   <si>
     <t>Birkerød d.27-2-36
 Kære Lysse! Til Lykke med Fødselsdagen, et rigtig godt Aar ønsker jeg Dig i alle Henseender; nu kommer dette Brev alligevel forsent, skønt jeg havde foresat mig at få det af Sted i god Tid! Hvordan mon I dog har det deroppe i denne skrækkelige Vinter? Herhjemme har vi da ikke haft så meget Sne i mange Aar, selv om Kulden ikke har været saa haard; lige her omkring Birkerød har det ikke været værst, men rundt omkring i Landet har der været Togstandsninger; i Nærheden af Roskilde hvor Lasse er havde de ikke fået Post [indsat over linjen:”Post”] omtrent en hel Uge og på Fyen og i Jylland har det jo også været rent galt; men nu er det vist i Orden de aller fleste Steder. – Forhaabentlig har Drengene det godt, den Lille vokser vel normalt og opfører sig pænt; jeg havde Brev fra Else forleden Dag, lille I.A. havde det godt; hvor er det kedeligt at man så sjældent kan få dem at se, det vilde være vældig morsomt at se de 2 små Fyre sammen, jeg håber at det sker en Gang ad Aare.
 Vi var på Fyn Alle 3 i Julen, vi rejste derover d. 22ende, jeg var i Kerteminde til Juleaftensdag, så kørte Puf mig til Lindøgaard, jeg er jo altid hos Agraren Juleaften; Las’s Fødselsdag var jeg derude og så var jeg der 3-4 Dage inden jeg rejste her tilbage. – Vi har hængt et Stykke Flæsk ud i et Træ og har megen Glæde af at se på Smaafuglene og Solsorterne som kommer og hakker i det. – Jeg havde Brev fra Marie Meyer i Dag, hendes Far er jo død, næsten 96 Aar gammel; hun tænker på at flytte fra Feden og få en mindre Lejlighed nu hun er alene, - Mix og Myg havde nær ikke kommet over til Begravelsen på Grund af Togstandsninger. – Hils lille Peter mange Gange, måske kan han more sig lidt med disse Billeder; det var kedeligt at jeg ikke fik skreven til Jer til Jul, jeg vilde have sendt et pund The over til Jer, men Din Svigermor sagde at hun havde et pund som hun tog med; så kan I få et af mig [fortsættes øverst på side 1] en anden Gang. Jeg håber vi en Gang får Lov til at have Peter her et Par Dage når han kommer til Danmark den søde Unge jeg længes tit efter ham; Hav det nu godt Alle 4, mange kærlige Hilsner til Bimse, Peter, den Lille og Dig selv kære Lysse, fra Ia -</t>
   </si>
   <si>
-    <t>1936-10-14</t>
+    <t>1941-04-08</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
     <t>Lindøgaard pr. Dræby St.</t>
-  </si>
-[...84 lines deleted...]
-    <t>1941-04-08</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>- Andreasen
 Valborg Andresen
 Maria Balslev
 Vilhelm Balslev
 Alfred Fly
 Heinrich Hopp
 Lars Lankjær Mikkelsen
 Adolph Larsen
 Marie Madsen-Mygdal
 Thomas Madsen-Mygdal
 Cathrine Meyer
 Marie Meyer
 Otto  Meyer
 Axel  Müller
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Janna Schou
 Gudrun Skanderup Nielsen
 Kaj Skanderup Nielsen
 Erik Warberg Larsen
@@ -836,94 +613,50 @@
 Der er ingen småfugle i haven. Skaderne tager dem vist.
 Maria Balslev kommer snart på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0wPP</t>
   </si>
   <si>
     <t>Lindøgaard 20-5-1941.
 Kæreste lille Dis! X Til Lykke med Gardinerne dejligt!
 Tænk, at du har Polyp-Historien overstaaet! Det er vel nok godt, jeg havde gruet paa dine Vegne, men anede ikke noget om, at det var saa nær forestaaende. Tænk, at du har gaaet med saadanne Bæster i dig! Det var altsaa ikke saa slemt at gaa hjemme? Men maaske lidt letsindigt i din Alder at foretage at foretage dig så meget X [”X” indsat over ”meget”] lige efter saadan en Operation. Mon nu de Galdeanfald havde noget at gøre med den? Det vides vel ikke. Hvor og hos hvem blev det lavet? Og tænk, at du tog helt alene derud og ikke havde en Smule Støtte af en af dine. Naa, nu er det altsaa ovre og godt det samme! Jeg haaber da, at Nus igen er kommen over sit? Nu har vi jo faaet Varme, jeg har lige været en lille Tur ude i Haven i det dejlige milde Vejr, nu skal jeg love for, der er kommen Fart i det hele, alt myldrer op af Jorden, især Græsset hvad betyder saa uendelig meget for de stakkels slunkne Kreaturer Manse tager sig med Lidenskab af Køkkenhaven i Aar; de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske [”de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske” indsat over linjen] han har f. Eks. saaet al Kaal, da Planter fra Gartnerne var fantastisk dyrt i Fjor og selvf. værre i Aar. Vi har flyttet den store Køkkenhave ud i Marken – allerede i Fjor, og vi har haft kolosalt med Grønsager; vi har endnu masser af store Selleri; saa snart vor lille Husalf bliver færdig med sin Vask, hun gnider kraftigt derude, kan jeg høre, skal hun koge hen af dem (Manses Idé) da nogle af de sidste var begyndt at raadne indeni. Hvidkaalen er lige sluppet op, men Rødkaal som vi spiser til alt muligt – Flæsk, Vildt o. lgn. samt Porrer har vi stadig godt med. Hvor er det vidunderligt med Grøntsager, jeg personlig er vild efter dem og skal jo have dem. Tak for det lille Skrift! Bare nu vor danske Landbostand ikke vil være altfor trøv med at faa fat paa det nye og selvfølgelig rigtige; at der er noget galt ser vi jo tydeligt. Amerikas gradvise Forandring til Ørken er efter min Mening, en Verdenskatastrofe og vi her hjemme er jo godt med. Hvis der var noget ved vore [”e” sidst i ordet overstreget] Landbovidenskab, tog den jo fat paa det og fik Konsulenter til at undervise os Bønder – smaa og store. Det var ikke
 2 
 helt nyt for mig, idet jeg ejer og har læst – i hvert Fald delvis – Pfeiffers Bog, jeg husker ikke Titelen Drengene fik lavet deres Møddingsplads an efter Anvisningen i Bogen. Se, alt det, som jo om 20-30-40 Aar [”Aar” indsat over linjen] vil være praktiseret her i Danmark og redde Landbruget fra Forfald, kan vi jo takke Tyskerne for. Dygtige er de jo, hvor er det Synd, at de har den skæbnesvangre Opfattelse, at de skal være Jordens Herrer. Gud ved, hvordan det ser ud dernede, Menigmænd som vi ved det jo ikke, men godt er det jo næppe for dem. Dog maa vi jo huske paa at deres Balkansejre bidrager til at holde Folket i Aande. Vigtigere end Hess-Forteelsen synes jeg næsten er, at det igen gaar Engl. godt i Afrika. Tyskerne paastaar jo, at de igen har taget Sollum, Engl. siger nej: Abessinien er jo paa Nippet nu, men det er vel at mærke ikke Tyskerne, der er blevet slaaet, saa de forb. Asner har jo stadig Grund til at triumfere. Jeg har ikke kunnet frigøre mig fra, at der laa Nazi–Rævestreger bag Hess-Begivenheden, men ingen synes jo at mene det. At Hess ligefrem skulde have givet sig til at bekæmpe Hitler efter mindst 15 Aars fortrolig Samvær og Beundring fra Hess’ Side, kan jeg næsten daarlig faa mig selv til at tro, men hvis han er flygtet for Livet, maa det være saadan. Men har Churchill ikke sagt, at han ikke vil give Underhuset Redegørelse for Episoden – det har jeg da faaet fat paa. Naar ”man” tillægger den saa stor Betydning maa det jo være fordi man føler sig overbevist om, at den skyldes Kludder i Nazi-Regeringen, men har man egentlig Vished for det: Fanden i det, hvor man ved lidt. Hvad er Jeres Erfaring m.H.t. den danske Stemning overfor Tyskerne? Elle ved fra Politimesteren i Kj. at en af de øverste Politimyndigheder havde udtalt, at det blev ”værre og værre” med Tysker-Hadet, og at Myndighederne havde Besvær med at holde Folk rolige. Det lyder godt, men jeg synes, der er mange kedelige Eksempler paa det modsatte. Madsen-Mygdal, Gudmund Hatt og mange mindre Aander. Dr. jur Asche, som har skrevet om udenrigs Politik i Venst.bl. i flere Aar, afslørede sig som fuldblods Nazist efter d. 9nde April. Hvad mener dog de Mennesker. De maa have glemt eller slaaet en Streg over Nazismens Forbrydelser (Jøder, Konzentr.) og hvor kan de dog det? det viser dog klart, hvad Aand, der behersker dem. Men de har vist for en Del Ret i deres økonomiske Betragtninger og det er 
 3
 Efter Middag
 vel det, visse meget jordbundne Aander ikke kan staa for. Jeg tror, jeg mener og har Erfaring for, at langt de fleste Mennesker ser alt under Synsvinkelen: Økonomi! Gud hvor er de [”de” indsat over linjen] smaatskaarne. 
 Der er mange Artikler i Fyens Venstbl. som jeg ikke kan fatte, at Brixtofte vil have i sit Blad; mange Ledere f. Eks. hvis jeg husker det, skal jeg sende Lederen for i Dag. Du tænker maaske: ”klip ud med det samme”, men Mændene har ikke læst Avisen endnu. Manse gik efter Middag ud til sit Solbad og stopper det lille Skrift i Lommen – det du sendte mig. Han er i høj Grad lydhør for Sagen. Manse er i det hele taget et intelligent Menneske, Dis, og han forstaar at bruge sin Intelligens til praktiske Ting. Tinge er ogsaa intelligent, navnlig ved han en Masse, han har noget af Lases fænomenale Hukommelse, men han svæver altid lidt. 
 Saa er der lille Skipper – jo Tak, hun har det efter hendes Breve at dømme udmærket, er glad ved det hele og er rask, har ikke haft een Dags Hovedpine og bliver ikke overanstrengt med Arbejde. Hun og en anden Elev har besøgt en 3die Elev, hvis Hjem ligger 17 Kilometer fra Odder; de tog af Sted Lørdag Aften og blev der om Natten; der er en meget stor Gaard, 160 Tdr. Land. Der er Elevens Mor, som Bibbe syntes vældig godt om hendes Bror som har [”har” indsat over linjen] Gaarden og hans Kone er forhenv. Sygeplejerske – en Personlighed, skriver Bibbe: De havde baade Klaver og de rigtige Noder; Bibbe spillede Schubert for dem, hvad de tydelig var meget glade ved. Ja, det var rigtig nok godt, at Bibbe fik sig mandet op til at begynde paa noget; jeg har før foreslået Sygepleje, men paa den Tid vilde hun ikke høre tale om at tage hjemme fra, Røde Kors Arbejdet gav hende Impulsen og saa blev det til noget. Vi er godt tilfredse med den nye Pige, hun er navnlig saa umaadelig sød og rar; jeg kan ikke vide, om hun ikke ogsaa føler sig lidt godt tilpas her; en Broder tjæner i Kølstrup og det er jo ingen Vej at tale om, og en Veninde er paa Højskolen i Kjerteminde; hun har fortalt mig, at her er kun halvt saa meget at lave som der, hvor hun kom fra i Jylland. Og saa er hun økonomisk, hvad der jo har knagende meget at sige, naar hun skal lave Maden. Min hidtil eneste Indvending er den at hun nok kunde være lidt renligere med sig selv. Maaske det kan bedres ved Eksemplets Magt. 
 4
 Hvor er det dog vidunderligt med Jannas Forretnings Fremgang, men hvor skal hun faa alt det lavet? Jeg er ikke rigtig klar over, hvem hun har som Hjælper foruden Sus. Bare Janna dog var lidt stærkere, men nu har vi da faaet Varmen. Jeg har i Dag for første Gang siddet i Haven og haft mine Knæ i Solbad, det var henrivende. Men vi har ikke mere den Fuglesang som i de første Aar. Jeg mener, det skyldes et Skadepar, som har boet her nogle Aar, de tager jo Æg og Unger fra Smaafuglene, eller jager dem væk. Fugle har jo god Forstand paa deres smaa Omraader, og de ved, at Skaderne er deres Fjender. Men Agraren og Manse er glade ved og interesserede i Skaderne og vil nødig skyde dem – og det maa de jo om, jeg har jo heller ikke ligefrem Bevis for at Sangfuglenes Flugt fra os skyldes dem. 
 Du har saa ikke endnu bestemt, naar du vil komme her – skriv det saa snart du ved det, Marie Balslev har lovet at besøge mig i Juni og vi har desværre kun 1 Seng! Ja, nu gør du store Øjne, men Drengene har taget deres store faste Træsenge bort og ligger i rigtige Senge. Det kunde jo være morsomt om du og Marie traf til at være her samtidig, i saa Tilfælde kunde du jo mulig sove paa Divanen her i Folkestuenden ene Nat [”den ene Nat” indsat over linjen], der spises jo i Køkkenet, saa de ikke forstyrrer dig om Morgenen. Er det ikke sødt af Marie, at hun vil komme? Jeg slog paa det og saa viste det sig, at hun havde Turen planlagt. 
 Onsdag 21 Maj Jeg naaede ikke at faa mit Brev med Posten i Gaar, men du er vel heller ikke kommen hjem endnu. – Jeg holder et lille Husmandsblad (3 kr. årlig) her er en Artikel, kan du ikke læse den og sige mig om du forstaar den – jeg ikke. 
 Vi fik i Aftes Visit af vor Brugsmandsdatter, hun er saa knusende sød mod os altid, god Veninde af Bibbe. Skønt vi nylig har faaet, kom hun med Tobak baade til os og Drengene samt Brystsukre til mig; men det er jo en stor Hemmeli[g]hed, at hun favoriserer os fremfor andre. De har et frygteligt Besvær med at skifte Sol og Vind lige. 
 Nu er der ikke mere denne gang – det skulde da lige være at jeg glæder mig usigeligt til dit Besøg. Du kan vist selv tænke hvad det betyder for mig som sidder hen. Tusinde Hilsner til Jer alle tre, din Junge.</t>
   </si>
   <si>
-    <t>1942-02-07</t>
-[...42 lines deleted...]
-  <si>
     <t>1942-08-28</t>
   </si>
   <si>
     <t>Thora  Branner
 Elise Hansen
 Andreas Larsen
 Elena Larsen
 Erik Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Jens Larsen
 Jeppe Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Gudmund Larsen 
 Kirsten Larsen, Elena Larsens veninde
 Thomas Madsen-Mygdal
 Erhard Meyer
 Marie Meyer
 Sophus  Meyer
 Alhed  Møhl, Lysses datter
@@ -941,50 +674,233 @@
     <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
   </si>
   <si>
     <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
 Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
 Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
 Marie m.fl. har været på tur til Enebærodde.
 Andreas/Lysses børn er yndige. 
 Marie vil meget gerne på besøg på Båxhult.
 Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
 Johannes Larsen arbejder med bestillinger hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
   </si>
   <si>
     <t>Kerteminde d. 28-8-42.
 Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
 Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
 Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
 Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
 Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
 Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
   </si>
   <si>
+    <t>1911-02-27</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Aage Bertelsen
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+- Gjerulff
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Julius Hviid
+Kathrine Hviid
+- Joachim, fru
+Alhed Larsen
+Andreas Larsen
+Ellen Larsen
+Georg Larsen
+Johan Larsen
+Johanne Christine Larsen
+Karl Larsen
+Marie Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Christine  Mackie
+Marie Madsen-Mygdal
+Harald Meyer
+Marie Meyer
+- Thalbitzer
+Asta Thalbitzer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru T., Nancy, Sigrid, Aage Bertelsens kone, Bodil, Fru Walther, Fru Friis Hjorth, Karl Sørensen og Anna Bentson og dennes pige var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0894</t>
+  </si>
+  <si>
+    <t>Laura Warberg håber, at Astrid og børnene kan komme. De må selv tage lagner og håndklæder med. 
+Laura Warberg forklarer, hvordan man laver en rullepølse.
+Louise/Muk Brønsted har holdt et middagsselskab.
+Johanne C. Larsen skal akkompagnere, og hun er nervøs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DRUD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside poststempel]
+[I brevet:]
+Søndag Formiddag
+Kære Astrid!
+I Morges 3 gode Breve! Fra Dig – Lugge og Anna Bentson, som har tilbudt med sin Pige at gaa hen i min Lejlighed Fredag Form og gøre lidt rent og mulig lægge i en Kakkelovn; saa er de glade ved at see mig der til Middag lige fra Toget ca. 5. Nu haaber jeg Du kan komme de Dage, Du kan jo saa godt have lille Sjums med, mulig Alfred saa tager Adam med til Kbh. om Søndagen, som han gjorde med Sjums X [”X” indsat over linien]?? Vi kan sætte Pigesengen ind i det store Sovekammer naar I bare vil komme lidt tidlig paa Dagen, og en Ting til, - jeg vilde være saa henrykt, hvis Du kunde have Lagner og Haandklæder med til Eder, vil saa nødig have for meget Snavsetøj. Jeg vil bede Tante om det samme. X Det er en meget stor Glæde for mig at høre Du er glad for Gymnastikken og maaske der gennem kan faa lidt bekendte. Hvorfor mon dog Fru T. ikke fik Barn alligevel? og hvad var der med hende?? – Der ser jo ud til at være det bedste Forhold mellem dem? Sigrid?? – Nancy? er hun sagt op, eller holder du ud med hende i Sommer?
+Husk naar Du skal koge Rullepølse, skal der bindes Seglgarn om hele Vejen rundt paa langs tvers ["tvers" indsat over linjen], og naar den er kogt – godt igennem – skal den saa [et overstreget ord] varm som muligt i en god Presse, det er ikke saa let at finde noget passende til, man har smaa Rullepølse Pressere af Træ, brillant. Alhed har en saadan. – Bliver den nemlig ikke presset godt, hænger den slet ikke sammen. – Det var et rigtig morsomt Brev fra Muk. De har haft en lille fin Middag for Gierulfs, Thalbitzers, Joachims og Maleren Berthelsen, - hans Kone var syg, i Stedet Bodil. Den 22de var der de sædvanlige til Aften, Børnene er saa raske og artige Men anden Selskabelighed har de slet ikke haft; hun skriver, at de kan nok mærke mit Hof er flyttet til Kerteminde!! Alt vel her. I Aften skal Johanne altsaa igen accompagnere, bare det gaaer godt! Chr. er lidt bange for hende, hun er slet ikke sikker. Da jeg sendte mit sidste Brev til Dig, var jeg til en pæn Middag hos Grossers; ca. Kl. 2 kom J. med Fru Walther og de prøvede et Par Timer hvorefter J. var ganske uhyre nervøs og bange, jeg ikke mindre, men jeg havde Konduite nok til at opmuntre hende og sige, det gik godt. Hun maatte hen at hvile paa C.’s Seng en lille Times Tid, fik sin Dragt hentet derned, for ikke at komme hjem og blive yderligere nervøs af Børnene. Fru W. var meget elskværdig og opmuntrende; det gik jo ogsaa, Tilhørerne var jo ikke det mest udpræget fine; Muk og Fr. Mygdal og Marie kunde jo nok høre det kunde have været bedre. I Efterm. vil Chr. høre paa Prisen paa Hotellet – Fru Friis Hjorth – og saa kan hun jo hjælpe, hvis det behøves. J. fik da i Mandags en pæn Skrivelse fra Formanden med 10 Kr. og en Tak for hendes ”udmærkede Assistance”. Nu har de Sangprøve til en Koncert – ganske udsøgt lille Kor, dobbelt Kvartet – Dr. Hviid, H. Meier, Muk og Allerup - Alhed, Johanne, Marie Meyer; Frøken Hviid. Det vil give Johanne Anseelse i Byen alt det; - hun og Chr. skulde jo spille en for 2 Klaverer. J. har lige faaet en ny Elev. - Vi har disse Dage [ulæseligt ord] 2 pæne Drengekor; stort Venskab mellem de fire. Puf og Lysse havde en erlig Tur i Søndags og Mandags derind. Alhed besøgte Karl Sørensen, der var saa ovenud henrykt over hende. - Nu er der vist ikke mere at fortælle om. Morsomt at Thora lader til at komme lidt med og morer sig.
+Kærlige Hilsener fra Bedstemor. 
+[Indsat s. 2 i venstre margen; på højkant:] X ligeledes at Du igen har faaet Mad fra Hus[ulæseligt]</t>
+  </si>
+  <si>
+    <t>1936-10-14</t>
+  </si>
+  <si>
+    <t>Bent Bjergskov
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Axel  Müller
+- Müller, Frk. 
+Margrethe -, pige i huset hos Johanne C. Larsen 1936
+Ellen  Sawyer
+Janna Schou
+Hempel Syberg
+Rigmor Thorsen
+Joseph Turner
+Agnes Taaning
+Else Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru Nielsen og Søster Thorsen var. Sidstnævnte var formodentlig i familie med Rigmor Thorsen. 
+Hvem Mygdal, der gav Martin/Manse Warberg Larsen penge for malkning, var, vides heller ikke. 
+Eidi og Edith, som arbejdede i huset i England for den kvinde, som Laura Warberg Petersen var ansat hos, er ikke oprettet med biografi i KTDK. 
+Croydon er en bydel i det sydlige London.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0578</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har en dårlig hånd. Hun blev meget glad for den smukke skål fra Janna, og hun takker for alle Astrids gaver. Adolph/Agraren og hun pakkede op dagen før fødelsdagen. 
+Laura/Bibbe og Martin/Manse er i England. De mødes på fridage og besøger museer mv. i London, og de har fløjet. Begge bor nær Themsen. Martin fik et legat på 100 kr. og har ikke råd til at rejse til andre gårde, og han lærer ikke nok på Farmoor Farm - kun sprog. Laura/Bibbe har vrøvl med kokkenpigen, der hvor hun er i huset. 
+Det er svært for Laura og Bent at være adskilt. 
+Adolphs fødselsdag blev fejret med gæster til kyllingesteg. På Johannes fødselsdag svigtede Margrethe, men heldigvis kom Elle(n) og hjalp til. Gæsterne kom med både bagværk og gaver.
+Johanne har ikke så meget mere at lave i hus og hjem end Astrid, men Johanne har bare ikke meget energi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P1L8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+5/5-02
+23/9-02
+Modt. 16’Okt. 1936
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St
+19/3-2000
+Bibbe-Kerteminde.
+[Skrevet på kuvertens bagside:]
+JWarberg Larsen
+Lindøgaard Dræby St
+Fyen
+[I brevet:]
+Lindøgd 14-10-1936
+Kæreste lille Dis!
+Foruden at jeg blev vældig glad ved dit Brev i Dag, blev jeg temmelig forfærdet ved af det at se, at du tror jeg stadig ligger i Sengen; nej jeg laa da kun 3 Dage og var jo oppe, da jeg skrev det Brevkort til dig, men passer stadig paa ikke at røre Haanden mere end til det nødvendigste. Og saa er jeg jo i en saadan Brevgæld – for at faa sagt Tak til alle de mange der har sendt mig Gaver. Gamle Ta[brændt hul], som sendte mig 10 Kr. ligger af Aarebetændelse – bedre men meget utaalmodig – hun maatte have først. Den søde Tante Else med et langt egenhændigt Brev og 100 Cigarer; Frk Müller som 8 Dage før min Fødselsdag sendte mig en dejlig Æske fine Chokolader – ligeledes – og saa mine to Børnser i England Ja og Mary, som jeg saa gerne vil være tro, og som stadig skriver til mig og som sendte Lykønskninger baade til Agraren og mig (samt Cigarer til mig) - - ja alle dem har jeg altsaa ladet gaa forud for dig, men jeg trøster mig stadig ved det lille Brevkort, som du fik straks. Saa nu har jeg vist igen udvist min bekendte altfor store Grundighed, naar det gælder Ting, som kunde siges med to Ord. 
+Saa skrider jeg til det endelige Brev! Kæreste Dis, hvor du overvældede mig! Og hvor jeg blev lykkelig over det alt sammen! Jannas meget smukke Skaal staar fuldstændig hel og fin og lyser op paa Bordet i den lyse Stue - jeg maa have den for Øje hver Dag, synes jeg. Natkjolen blev jeg saa henrykt over, varm og lækker nu til Vinteren. Og saa det Væld af værdifulde Varer! Du er jo tosset, sødeste Dis at sende mig alt det. Men glad blev jeg rigtignok. Chokoladen smagte dejligt, jeg rigtig smausede de Dage, jeg laa i Sengen baade med Slik og Tobak. Og saa dine tre (!) lange Breve, som du oven i Købet skriver efter strænge Arbejdsdage. Tusind, tusind Tak for det alt sammen, ogsaa til Axel! Hvor var det sødt af ham at sende mig Frimærker. Ogsaa for Billederne, som jo er udmærkede. De to store Pakker kom Dagen før min Fødsdag og da jeg altså lå den Dag og vi syntes, at jeg skulde have lidt at muntre mig med pakkede Agraren dem op og foreviste Stykke for Stykke. Hvem Husholdningskassen var fra, kunde vi ikke [”se” indsat over linjen) og det faldt mig selvfølgelig ikke ind, at den ogsaa var fra dig! 
+Lad mig nu hellere fortælle lidt om Bibbe og Manse, som du udtrykkelig beder om. Vi faar stadig saadan glade og fornøjede Breve fra dem begge, ja jeg tror, at de i hvert eneste Brev skriver om, hvor glade de er, [komma overstreget] over at se saa meget interessant og hvor smukt Landet er. 
+2.
+Bibbe tog en Dag, da hun havde fri med en Bus langt langt ud pa Landet – de bor jo i den sydvestlige Udkant af London, lige ved Richmond Park, hvor hun har taget mange Traveture; nu har de vist desværre saa meget med Taage og det tager jo unægtelig Glansen af alt. På den Tur, kom hun til forskellige Smaabyer, som alle var spændende og morsomme, et Sted var der et lille Torv, der saa helt middelalderligt ud. Bibbe har vist et storartet Tag paa at faa noget ud af det; der er planlagt langt ud i Fremtiden med Ting, der skal naas. Manse har jo lidt længere til Fadet, men af og til mødes de da i London og beser hvad de kan overkomme. De mødtes en Dag i Croydon, hvor de fløj! Manse var begejstret. Ellers er hans det bedste jo at se Malerier; forleden havde han været der alene og helliget sig de gamle Hollændere. For 30 Aar siden gik jeg der og svulmede over de gl. Holl. Turner havde jeg anmodet ham om at finde, hvad han ogsaa havde gjort og var ude af sig af Begejstring over ham. Han er nu ogsaa pragtfuld. Themsen er de begge enige om at besynge – pudsigt at den løber forbi begge deres Opholdssteder – ikke saa farlig meget bredere end Odense Aa ved sit Udløb der, hvor Manse er. M. fik 100 Kr. af O. Sybergs Mindelegat; vi havde sat vore Næser op efter betydelig mere, saa han havde haft Raad til at komme paa en mere veldrevet Farm. Han maa jo ikke forlange Løn – maa i hvert Fald ikke faa det, men Mygdal giver ham lidt – det hedder sig fordi han malker. Men der er ikke Spor at lære der paa Farmoor Farm, ja Sproget er jo altid noget at lære selvfølgelig, men det havde dog været rart om han f. Ex. havde kunnet rejse lidt til de forskellige Landbrug – hvis der overhovedet findes Godser i England. Bibbes Madame er stadig meget sød og flink mod hende, men B. har mange Bataljer med Kokkepigen Edith, der er er en Heks, navnlig mod Heidi, den lille Østrigske House-Maid. B. rejser sig i sin Vælde, naar Edith bliver for slem, for Heidi staar Bibbes Hjærte nær. Har jeg virkelig slet ikke før skrevet noget om Børnene? 
+Bent kommer her jævnligt; jeg tror nok, at det er svært for dem at leve adskilt, men jeg tror ogsaa, at det var udmærket for Bibbe at komme ud, tænk hvilken Oplevelse for hende; den Slags er jo Skatte for hele Livet. Jeg tror da, at mit var blevet fattigere, hvis jeg ikke havde haft alle mine Rejser at glæde mig over at tænke paa. Men jeg har jo ogsaa været heldig og set meget. 
+Hvis der nu er noget særligt om de to, du vil høre om, så spørg og saa gaar jeg for øvrigt over til Beskrivelse af vore Fødselsdage. 
+3
+De var straalende og festlig – min ganske lidt formørket af Haanden, dog ikke meget. Agraren havde ”Nabo” inde til Kyllingesteg og Rødgrød, en af vore unge Venner var kommen (med Cigarer) Bent kom, ligeledes med Cigarer, 50 store fede Cerutter, og senere Las, Puf og Else – alle uventede, undt. ”Nabo”. De fik Kaffe og – Lagkage. Mere havde jeg ikke kunnet præstere, da Æbleplukningen i det gode Vejr gik fremfor alt.
+Min begyndte lidt trangt. Jeg listede op midt paa Formiddagen, fik med Besvær Haaret snurret lidt op og Tøjet paa. Fru Nielsen havde meldt sig til Eft.visit med Gudrun og sagt, at hun vilde tage Bagværk med Kl 3. Naa, da Klokken blev halv tre og jeg forstod, at Margrethe svigtede mig, skønt hun vidste jeg havde ligget Dagen før og skulde have fremmede – det var ikke pænt. I Nød skal man Naboer kende. Det var ganske vist ikke hendes ”Dag”, men jeg havde bønfaldt hende. Naa, Faderen har ikke villet undvære hendes Arbejde hjemme; jeg tror de sankede Kartofler. Da var jeg lidt modfalden, men Elle kom og gjorde Underværker i den halve Time lavede Chokolade, dækkede Bord, ryddede op. Og vi havde saa en yndig Eft. med Fru N., som ankom med den mægtigste Waleskringle, jeg endnu har set, 50 fede Cerutter og – en Vinterhat; hun gav mig to Sommerhatte, da jeg var derinde for noget Tid siden, saa nu er jeg forsynet! Al min uaabnede Post laa i en stor Dynge i Sofaen, den lukkede Elle op og læste noget af det højt. Hun selv kom med en meget smuk Portræt af sig selv i Festdragt, 1 Par Strømper og 1 Pk. Papirsservietter, Strømper, Underliv og Cigarer fra Marie. 1 Kittel fra Lugge, 50 Cigarer fra Tutte, 100 fra T. Else, 10 Kr. fra Tante Mis og saa en Mængde Breve og Kort. Aftenen blev helt gevaltig. Ikke mindre end 3 Bilfulde rullede ind i Gaarden – alle uventede. Hr. og Fru Thorsen med en Ladning fint Bagværk og 50 Cigarer, Gudrun Larsen (Bror) fra Rørdam i sin egen Bil med Kirsten, hans Kæreste, Søster Thorsen og Søster Rørdam ligeledes med 50 Cigarer. Senere ankom den gode Las, Puf og Else, samt Klaks, der fungerede som Statens Skovvurderer af Omegnens Skove. Han havde en stor Æske fin Konfekt, de andre Konditorkager i lange Baner og fint Undertøj. Har du nu kendt Mage til Fødselsdag, det var da mindst som om jeg blev 70. Jeg var overvældet. Heldigvis havde vi Masser af Chokolade fra om Eft. Flødeskum ligeså, saa der blev nok til os alle 14. De unge Piger udrettede Arbejdet, de er huskendte. 
+4
+De dækkede i begge Stuerne og vi havde det dejligt. Klaks og Thorsens som jo kommer i Familie gen. Bror og Kirsten var sammen første Gang den Aften. Fru Thorsen talte om saa morsomt der havde været den Aften i Sommer, da du gav Skole-Historier. Hun er et pragtfuldt Menneske, som jeg holder meget af, og hvor er hun altid parat til at le og more sig. --------------
+Nu har jeg kigget lidt i dine Breve og ser, at du spørger til Høsten; ja den blev jo lille som alle Vegne, men vi kan nu ikke bedømme den helt, før alt er optærsket og det er jo først til Foråret, for undertiden giver den jo lidt mere end man har ment.
+Og saa er der en Ting, jeg skal have korrigeret. Jeg har saamænd ikke saa meget at bestille som du; du har jo ogsaa Landhusholdning m. Have, Frugtplukning og den Slags. Og jeg har dog Margrethe, der er knagende hurtig i Vendingen. Saa har jeg ikke nær saa store Foretagender som du, med Vinbrygning o. lg. Men mit Arbejde er maaske nok større end dit med de store Maaltider og store Opvaskninger. Og saa er der jo deres Tøj, Strømper o.s.v. Desværre er jeg slet ikke mere den habile Arbejder, jeg har har været. Meget af min tidligere Energi er gaaet Fløjten. Maaske det er, som Fru Thaaning sagde til mig forleden: De er vel slidt op, Fru Larsen!
+Naar jeg igen skriver, skal jeg læse dine Breve og smaasnakke lidt om Indholdet, jeg tør ikke mere nu for den skidte Hånd.
+Derfor kun de kærligste Hilsner til jer alle tre og endnu en Gang Tak for alle dine overdaadig rige Gaver! Og Tak fra Agr. for Kortet, jeg er saa glad ved at hans Post var helt omfangsrig i Aar.
+Kan det Gulv i Dagl.st. ikke vente til Foraaret? Det er ikke saa god en Tid at lave den Slags paa. Det er saa langsomt til at tørre, naar det er koldt - siger de kloge.
+Altsaa – endnu en Gang - !
+Din Junge</t>
+  </si>
+  <si>
+    <t>1917-1920, 2</t>
+  </si>
+  <si>
+    <t>Gille -
+Julius Hviid
+Andreas Larsen
+- Mejling
+Anna Meyer 
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har tabt en tand, og en anden er løs, og hun er rejst til tandlæge Anna Meyer i Birkerød.
+Sønnen Andreas Larsen (Gamle/Puf) ligger syg med feber derhjemme, og derfor skal der aflægges rapport til begge forældrene. Det vides ikke, hvor Johannes Larsen er henne.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har spist med Christine Swane (f. Larsen) på restaurant, og de blev begge dårlige om natten. Alhed er spændt på, hvad (tandlæge) Meyer vil sige til det store hul (i tandrækken). Alhed har bedt dem derhjemme sende rapport om Andreas (Puf) hver dag, for han ligger syg af feber.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YGwD</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg tog saa efter Samraad med Julibus herover i Gaar. Christine kom paa Banegaarden og vi spiste sammen i Restaurationen Tunge og forskellige Grøntsageer, men der maa vist have været noget, der ikke var kogt godt for vi har begge været lidt daarlige i Nat. Jeg skriver dette paa Vej ud til Meyer er meget spændt paa hvad hun vil sige det er grimt med det store Hul. Jeg rejste i Gaar sammen med en svensk Dame, g.m. en Ingeniør Mejling fra Triege i Odense, hun var uhyre snakkende og indladende, - mere end jeg brød mig om, jeg havde købt en Knaldbog, som jeg slet ikke fik læst i. Jeg bad dem hjemme om at skrive om Puf hver Dag baade til Dig og mig, i Gaar Morges var det 37.9 og Julibus sagde, der var ikke det mindste i Vejen. Hvilket henrivende Vejr, det er heldigt baade for Dig og Gille. Hils ham
+1000 Hilsner
+Din A.
+Onsdag</t>
+  </si>
+  <si>
     <t>1946-08-04</t>
   </si>
   <si>
     <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Thora  Branner
 Adam Goldschmidt
 Brita Goldschmidt
 Lena Brita Goldschmidt
 Anne Marie -, i huset på Lindøgaard
 Adolph Larsen
 Marie Larsen
 Christine  Mackie
 Anna Meyer 
 Ellen  Sawyer
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Bornholmsk syge er en virussygdom, som giver influenzalignende symptomer og især rammer musklerne i brystkassen og lungehinderne. Navnet opstod, da man havde en epidemi af sygdommen på Bornholm.
 Topedeaborg var oprindelig et legehus, som Warberg-børnene havde ved hjemmet på Erikshaab. Astrid Warberg-Goldschmidt fik opført et lignende hus i sin have i Hareskov. 
 Myg er muligvis Anna Meyers datter Karen Elisabeth Mygdal Meyer.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2461</t>
@@ -998,50 +914,183 @@
 Johanne vidste ikke, at Adam med familie skulle komme til Astrid/Dis.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/i0jC</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 6 August 1946
 besv 18 Aug. 
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgaard Søndag 4-8-1946.
 Baade Axels og mit har nok været lidt Bornholmsk Syge, det er der saa meget af for Tiden.
 Kære lille Dis!
 Dette er helt vinterligt – skønt Aftenen for Resten er saa skøn – her sidder Agraren, Rie, Bibbe og jeg med tændt Lampe i den store Stue; B. strikker de to andre læser, og jeg skriver og siger Tak for dit Brev. Det var en stor Lettelse at høre, at Axel er i Sving igen, men jo ingen Lettelse, at du har haft Galder uf, de modbydelige Galder! Mon du ikke har kigget efter Brev fra mig, men Himmel og Jord har staaet i et for mig; midt i Ugen blev jeg en Nat overrasket med Opkastninger; Gud, hvor jeg brækkede mig, blev saa i Sengen med 38 3 ogsaa Dagen efter igen, og saa var jeg saa umulig af Pirrelighed, at det slet ikke var nemt for dem her. C [”C” overstreget] Mornine ringede fra Kjerteminde, at hun Elle og Tutte vilde komme med Formiddagsbilen Lørdag – ja i Gaar altsaa. Bibbe og jeg pillede om Fredagen [”Fredagen” indsat over linjen] 4 Vildænder, som Manse nok saa belejlig havde skudt om Torsdagen, den Dag Andejagten jo gaar ind. Om Morgenen havde jeg lavet 2 store Skaale Rødgrød. Anne Marie skulde komme Lørdag, saa jeg imødesaa Dagen med Ro. Lørdag Morgen, da jeg sad ved min Morgenkaffe kom Anne Marie og meddelte, at Drengen var syg, saa hun kunde ikke komme jeg blev meget ked af [et overstreget bogstav] det, for jeg havde ingen Kræfter p.Gr.a. den forbandede Mavesygdom. Saa fortalte hun – at hun maatte hellere holde op med at komme, for de laa i Byggeroderi, og hendes Mand holdt ikke af at hun gik ud. Det brast helt for mig! Bibbe kom i det samme og blev rædselsslagen paa mine Vegne, over, at den Støtte skulde tages fra mig. Naa, Dagen gik for Resten godt nok, der var jo ikke saa meget at gøre ved Middagen, jeg fik Ænderne ordnet og sat paa, dækkede Bord til 10, Marie skrabede Kartoflerne – en mægtig Grydefuld – og Bibbe hærgede i hele Huset og satte Blomster i Vand; jeg var færdig halv 11, nej 11, da de kom, Marie passede Ænderne, saa jeg sad og snakkede med dem (Søstrene), [”Søstrene” indsat over linjen] gik kun lige ned og lavede Sauce. Som de Ænder smagte dem! Og Rødgrøden med. Vi tog Kaffen ved Bordet, Bibbe ordnede den mens jeg i en Fart skrubbede alle Tallerkner og Fade og Sølvtøj af. Saa tog ellers Bibbe og Marie hele den mægtige Opvask og jeg sad og snakkede med dem hele Eftermiddagen. Vi havde det henrivende, de var mægtig søde. Vi fik The inden de rejste, Kvart over 5. Du kan tro, det blev en dejlig Dag. - - Nej hør, jeg glemte helt at fortælle hvorfor jeg var saa dybt nede den Lørdag Morgen da Anna M. kom og meldte Afbud, at jeg græd! Jo tænkt om Natten vaagnede jeg med Smerter i højre Haand, ude af Stand til at bevæge Fingrene, med andre Ord mit gammelkendte Gigtanfald, der for 9-10 Aar siden var en hel Svøbe for mig; jeg maatte – den Gang – ligge i Sengen uden at røre en Muskel i Haanden, den var hoven og udspændt – Fingrene som udspændte Pølser! Men om Morgenen var det bedre, jeg kunde klæde mig selv paa, og det bedredes for hver Time der gik, saa det lettede jo paa Humøret, men at jeg næsten gik Amok, da A. M. kom med det Budskab netop den Dag, kan du vel nok forstaa. Selvom dette nu fik et saa hurtigt Forløb, og Hævningen kun var ubetydelig, virkede det dog som et Momento – tænk om jeg gaar en Vinter med den Slags Anfald i Møde! Og du kan tro, mit Hoved er ogsaa sløjt for Tiden, det hele staar saa tit stille for mig, jeg tænker det er min snart høje Alder, der gør det vanskeligere for mig at klare Paragrafferne, skønt baade Marie og Bibbe hjælper mig godt. Forleden Eft. da jeg lige var bleven færdig med Opvask og Eleven i Klaver og faaet mig lagt til Hvile med et Lettelsens Suk, hørte jeg Stemmer: Mix, Myg, Marie Meyer og Katrine Jeg fik jo lavet Kaffe, og det var rigtig hyggeligt, men alligevel! Saa, du kan tro, jeg kan forstaa, at du ikke kan holde til alt det, du har; mange Mennesker er nu ikke godt for svage Hoveder. Du nævner Brita – der var da slet ikke Tale om, at de skulde komme; da jeg var ovre hos Jer? eller var det bare at jeg ikke hørte om det? Hvis de kommer er det da en Guds Lykke at I har Topedeaborg ledig. Jeg er meget spændt paa at høre om Forløbet. Naturligvis vil du gerne se Adam og den lille. 
 Jeg maa i Seng, skal lidt tidlig op i Morgen, skal vaske Æg, pakke din Taske, som Æggemanden saa kan faa med, vaske et Læs af Strømper og faa min Ribssaft kogt færdig og fyldt paa Flasker, som da er renset.
 Derfra god Nat og god Bedring med det hele. Tak for Laan af Tasken, haaber den kommer over i god Behold.
 Tusind Hilsner til Jer begge.
 fra din Junge.
 Marie hilser, Bibbe ligesaa med mange Tak for sidst. 
 [Indsat øverst s. 4; på hovedet:] Æggemanden fik din Taske med i Formiddags haaber du naar at faa den inden du skal rejse til Bogø! Mandag</t>
+  </si>
+  <si>
+    <t>1922-03-09</t>
+  </si>
+  <si>
+    <t>Særslev
+Dalby, Hindsholm</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Klaus Berntsen
+Achton Friis
+Drude Jørgensen
+Marie Larsen
+Laurits  Larsen (Dalby)
+Elisabeth Mackie
+Peter Magnussen
+Sophus  Meyer
+Anna Meyer 
+A Munch-Petersen
+Rasmus Nielsen, København
+Peter Stoffer
+- Wedel</t>
+  </si>
+  <si>
+    <t>Det vides ikke, om Gogger er fx en hund eller en person. Det vides ikke hvem Bebs er.
+Johannes Larsen havde gennem årene flere oddere ved navn Jokum.
+Alhed Larsen rekreerer sig hos sin søster i Birkerød, efter at have haft den spanske syge.</t>
+  </si>
+  <si>
+    <t>Chr. Andersen - veteran fra 1864 - bliver indstillet til at blive hædret og blive Dannebrogsmand. 
+Mens der er is på vandet, er en odder blevet skudt, men heldigvis ikke Johannes Larsens Jokum.
+Drude vil gerne have udstillingen.
+Alhed Larsen har fået et tilbagefald og må udskyde hjemrejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rVkG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 9 Marts 1922
+Kæreste Alhed!
+Ja der er ikke noget at melde i Dag. Marie og Putte er gaaet ud til Chokolade hos Mygs med Gogger, det er Bebs's Fødselsdag. Chr. Andersen været her i Dag, med Krykker og Stok. Han havde faaet en mærkelig Opfordring fra Friis, som gik ud paa at han skulde sende sine Veteranpapirer til ham, han var bange for det drejede sig om Penge. "Jeg faar jo min aarlige Hædersgave og bryder mig ikke om at søge noget." Der stod i Brevet at det var i Anledning af at Laurits Larsen i Dalby havde henvendt sig til Friis og han vidste at Vedkommende var en ven af Klaus Berntsen. Heldigvis kendte jeg Sagen og kunde berolige ham hvad Pengene angik. Men jeg fortalte ham ikke at Meningen var at gøre ham til Dannebrogsmand. Han fortalte at Peter Stoffer havde skudt en meget stor Odder mens Isen laa her, men det var ikke Jokum. Nu kom Dit Brev. Jeg har ringet til Drude hun vil gerne have Udstillingen. 
+Det er da trist at Du har faaet tilbagefald. Gud ved hvornaar Du nu kan blive i Stand til at rejse. Hvad er det med Puttes Bal?? det har jeg ikke hørt om. Forhaabentlig er det først næste Fredag hun skal rejse. Nu var jeg lige kommen i gang med at male. 
+Nielsen paa Museet kan vist godt skille Billederne ad saa mine + dem hos W &amp;amp; M kommer i Kasser for sig og gaar direkte hertil mens Dine gaar til Odense. God Bedring og mange kærlige Hilsner
+Din 
+JL</t>
+  </si>
+  <si>
+    <t>1924-08-04</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Andreas Larsen
+Johan Larsen
+Anna Meyer 
+Ellen  Sawyer
+Annette Schiøler
+Svend Aakjær</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er formodentlig på vej hjem efter at have været på Hirsholmene med Achton Friis og skibet Rylen frem til ca. 30. juli. 
+Der er flere professorer med navnet Fabricius, så det er vanskeligt at vide, hvem Alhed Larsen havde til bords.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er udkørt efter at have haft mange gæster. Hun håber på, at hun og Johannes Larsen når en cykeltur.
+Svend aakjær har været på besøg. Alhed Larsen har haft professor Fabricius til bords på hotellet.
+Brønsted-parret (Alheds søster og svoger) rejser den følgende dag og børnene ca. 12. august. Alhed Larsen tager med sin søster til Københavnsområdet for at få repareret en tand.
+Det regner, og man skulle have haft tennisturnering.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/arub</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Vi er ikke videre flinke til at skrive i denne Sommer, jeg har saa meget om Ørene at jeg knap kan overkomme det og jeg synes heller aldrig at her har været en saadan strøm af Mennesker. Jeg er ærlig talt temmelig overkørt og trænger mægtig til en Ferie. Mon Du saa kommer hjem tidsnok til at vi kan tage den Cykeltur? Om den Gamle kunde faa lidt Ferie og komme med, var det jo forfærdelig morsomt. Hvornaar omtrent kommer Du? – Nu har vi haft den Hjemstavnsmand, Sven Aakjær, han var en umaadelig flink Fyr, som vi alle syntes udmærket om. I Forgaars var der Fællesmiddag paa Hotellet, hvor Elle og jeg gik med, det var henstillet til Værterne. Politimesteren kom hen og præsenterede Prof. Fabricius og bad om han maatte faa mig til Bords. Han var Manden for det hele og vi sad paa Hæderspladssen midt for Hovedbordet. Han var uhyre livlig og snakkende, men lidt løsreven i sin Snak, gjorde ikke noget videre begavet Indtryk. I Gaar blev Svend Aakjær her til Middag i Stedet for at gaa til Højskolen hvor der var Fællesspisning. Vi spiste om Aftenen Kyllingesteg og Rødgrød, Esben Hansen var her ogsaa. Vi fik Vin i Anledning af at det var sidste Søndag Magisterens var her. De (Lugge og Mag.) rejser i Morgen og jeg har bestemt at rejse med derover over 2 Dage for at gaa til Meyer. Jeg har haft Vrøvl med en Tand i nogle Dage, det er en Guldbro der forbinder 2 Tænder, der har løsnet sig, jeg har haft det før og jeg ved hun kan lave det i en Fart, det er ellers ikke saa rart at rejse fra hele den Forsamling, men Lysse har lovet mig ikke at sejle. Tykke og Nette rejser sammen med de Magisterbørnene c. d. 12te, de er meget spændte paa, om de faar Dig at se. Vi har haft dejlig Vejr i nogle Uger, Dagen i Dag blæser og regner det, hvad der er mest kedeligt, da vi skulde have Tennisturnering med Magisteren som Dommer.
+1000 Hilsner
+Din A.
+Mandag</t>
+  </si>
+  <si>
+    <t>1928-04-16</t>
+  </si>
+  <si>
+    <t>Bodild Holstein</t>
+  </si>
+  <si>
+    <t>Gl. Kongevej 154</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Grethe Bichel
+Johannes Nicolaus Brønsted
+Esben Hansen
+Drude Jørgensen
+Johannes Jørgensen
+Palle Jørgensen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Otto  Meyer
+Anna Meyer 
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvorfor Louise Brønsted var indlagt.
+Louise og hendes familie boede i 1928 i Willemoesgade i København. Johan/Lysse Larsen var under en del af sin studietid på Landbohøjskolen indlogeret hos Brønsted. 
+I Rynkeby boede Grethe og Peter Bichel, som var venner af både Warberg- og Larsen-familien.
+Instituttet var Det Fysisk-Kemiske Institut, som Johannes Nicolaus Brønsted tog initiativ til at oprette.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3840</t>
+  </si>
+  <si>
+    <t>Louise/Lugge Brønsted bør blive på Montebello og være ærlig overfor lægen, så hun kan blive rask. 
+Johan/Lysse Larsen har det bedre, men han misser fire eksamener, som han må tage efter soldatertiden.
+Der er gode omtaler af Instituttet i avisen. 
+Bodild Holstein har været i Rynkeby og Kerteminde. Johannes Larsen så helt godt ud, men det var vemodigt at være i huset uden Alhed Larsen. 
+Christine/Mornine Mackie virkede anspændt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JBhd</t>
+  </si>
+  <si>
+    <t>16/4 28 Gl. Kongevej 154 S
+Kære Lugge! Tak for Brevet, som jeg fik lige inden Paaske! Jeg forstaar nok baade paa Dit Brev og af hvad jeg senere har hørt om Dig, at det ikke gaar fremad med Stormskridt. Men skal vi ikke være enige om, at Du skal give Dig god Tid. Naar nu vi har gjort saa stort et Skridt for at faa Dig rask, er det saa ikke bedst at fortsætte til Resultatet er tilfredsstillende? Tal lige ud med Overlægen og stik intet under Stolen og ret Dig saa efter hans Raad og rejs ikke fra Montebello før han tilraader det. Det staar godt til i Willemoesgade, Lysse er i Bedring, Tp. nedadgaaende, men Examen gaar sikkert i Løbet; i denne Uge kan han ikke gaa op, og det er 4 Fag han forsømmer, det mener han er for mange til Sygexamen, han taler om at gaa op til den Tid igen om et Aar efter sin Soldatertid. Mon Brønsted befinder sig vel i Belgien? Nu kommer der da fine Meddelelser i Politiken; hvem mon der arrangerer dem? Forhaabentlig er det ogsaa rigtigt at Finansudvalget har vedtaget Institutet? Nu maa du vel saa snart tage fat derpaa; det bliver spændende. Min Rynkebytur var kort men vellykket, Vejret herligt, Sol og Sommer - Jeg var paa Opfordring i Kerteminde om Fredagen til Kaffe midt paa Dagen. Der var fint og stort Kaffebord og der var rigtig Besøgsdag, foruden Grethe og mig var der Drude og hendes 2 Sønner, sidenhen en Hr Andrésen, som de kaldte Patronen, senere kom Fru Tandlæge Meyer og Mand - og om Formiddagen havde der været ligesaa livligt Rykind. Las saa godt ud og syntes veltilpas, Mornine ligesaa, men spørger man ["man" indsat over linjen] hende om der er noget afgjort siger hun, det ved hun ikke og i det hele taget taler nu hun om [over "hun" et 1-tal; over "om" et 3-tal; over "sin" et 2-tal] Situation, Sygdommen o.s.v. paa denne lidt anstrængte Maade, som Mornine kan have, næsten mest som om det ikke videre angaar hende. Grethe sagde imidlertid at hun paa Elle havde forstaaet at Esben Hansen havde forlangt eller i al Fald uden Indsigelser foreslaaet Mornines [ulæseligt ord] og en Gage til hende, men det nævnede Mornine ikke selv. Der var nydeligt allevegne baade ude og inde, Udsigten over Store Bælt var vidunderlig, men underlig vemodigt er det at gaa rundt der, naar Alhed ikke er der. Puf var ikke hjemme, han var ude i Bil, men jeg saa ham Dagen før, da Grethe og jeg mødte dem alle 4 [ulæseligt ord] var da i Bil. Grethe og jeg var gaaende, [ulæseligt] til Rynkeby; griber Grethe Stokken og skridter af. Grethes Søster Bolette [teksten fortsætter s. 1; i venstre margen; lodret samt øverst på arket:] 21de April, saasnart Grethe har passeret København, det er absolut den nemmeste Vej til Holland. Hav det nu godt og bliv hvor Du er - Mange Hilsner fra Bodild</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1118,59 +1167,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nxxl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fmzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Nxxl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fmzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M20"/>
+  <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1213,893 +1262,939 @@
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="C4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...29 lines deleted...]
-      </c>
+      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>46</v>
-      </c>
-[...13 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="E6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...10 lines deleted...]
-      <c r="J6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="E7" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="J7" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F8" s="5" t="s">
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="G8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="H8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="E9" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>77</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="H10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G12" s="5" t="s">
+      <c r="F12" s="5" t="s">
         <v>96</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>97</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>98</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>30</v>
+        <v>99</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>93</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>104</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H13" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="M13" s="5"/>
+        <v>109</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="E14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="J14" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="F14" s="5" t="inlineStr">
-[...15 lines deleted...]
-      </c>
       <c r="K14" s="5" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>114</v>
+        <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>115</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>118</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>95</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>114</v>
+        <v>40</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>35</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>134</v>
+        <v>43</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>135</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>136</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>139</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>96</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="I18" s="5"/>
+      <c r="I18" s="5" t="s">
+        <v>141</v>
+      </c>
       <c r="J18" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G19" s="5" t="s">
+        <v>147</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>141</v>
+        <v>43</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>152</v>
+        <v>40</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>123</v>
+        <v>35</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>155</v>
+        <v>43</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>156</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>157</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>158</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>167</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
+    <hyperlink ref="M21" r:id="rId26"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>