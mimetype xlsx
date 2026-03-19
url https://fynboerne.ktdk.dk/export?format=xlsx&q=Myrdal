--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -44,205 +44,290 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1911-02-27</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Aage Bertelsen
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+- Gjerulff
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Julius Hviid
+Kathrine Hviid
+- Joachim, fru
+Alhed Larsen
+Andreas Larsen
+Ellen Larsen
+Georg Larsen
+Johan Larsen
+Johanne Christine Larsen
+Karl Larsen
+Marie Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Christine  Mackie
+Marie Madsen-Mygdal
+Harald Meyer
+Marie Meyer
+- Thalbitzer
+Asta Thalbitzer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru T., Nancy, Sigrid, Aage Bertelsens kone, Bodil, Fru Walther, Fru Friis Hjorth, Karl Sørensen og Anna Bentson og dennes pige var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0894</t>
+  </si>
+  <si>
+    <t>Laura Warberg håber, at Astrid og børnene kan komme. De må selv tage lagner og håndklæder med. 
+Laura Warberg forklarer, hvordan man laver en rullepølse.
+Louise/Muk Brønsted har holdt et middagsselskab.
+Johanne C. Larsen skal akkompagnere, og hun er nervøs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DRUD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside poststempel]
+[I brevet:]
+Søndag Formiddag
+Kære Astrid!
+I Morges 3 gode Breve! Fra Dig – Lugge og Anna Bentson, som har tilbudt med sin Pige at gaa hen i min Lejlighed Fredag Form og gøre lidt rent og mulig lægge i en Kakkelovn; saa er de glade ved at see mig der til Middag lige fra Toget ca. 5. Nu haaber jeg Du kan komme de Dage, Du kan jo saa godt have lille Sjums med, mulig Alfred saa tager Adam med til Kbh. om Søndagen, som han gjorde med Sjums X [”X” indsat over linien]?? Vi kan sætte Pigesengen ind i det store Sovekammer naar I bare vil komme lidt tidlig paa Dagen, og en Ting til, - jeg vilde være saa henrykt, hvis Du kunde have Lagner og Haandklæder med til Eder, vil saa nødig have for meget Snavsetøj. Jeg vil bede Tante om det samme. X Det er en meget stor Glæde for mig at høre Du er glad for Gymnastikken og maaske der gennem kan faa lidt bekendte. Hvorfor mon dog Fru T. ikke fik Barn alligevel? og hvad var der med hende?? – Der ser jo ud til at være det bedste Forhold mellem dem? Sigrid?? – Nancy? er hun sagt op, eller holder du ud med hende i Sommer?
+Husk naar Du skal koge Rullepølse, skal der bindes Seglgarn om hele Vejen rundt paa langs tvers ["tvers" indsat over linjen], og naar den er kogt – godt igennem – skal den saa [et overstreget ord] varm som muligt i en god Presse, det er ikke saa let at finde noget passende til, man har smaa Rullepølse Pressere af Træ, brillant. Alhed har en saadan. – Bliver den nemlig ikke presset godt, hænger den slet ikke sammen. – Det var et rigtig morsomt Brev fra Muk. De har haft en lille fin Middag for Gierulfs, Thalbitzers, Joachims og Maleren Berthelsen, - hans Kone var syg, i Stedet Bodil. Den 22de var der de sædvanlige til Aften, Børnene er saa raske og artige Men anden Selskabelighed har de slet ikke haft; hun skriver, at de kan nok mærke mit Hof er flyttet til Kerteminde!! Alt vel her. I Aften skal Johanne altsaa igen accompagnere, bare det gaaer godt! Chr. er lidt bange for hende, hun er slet ikke sikker. Da jeg sendte mit sidste Brev til Dig, var jeg til en pæn Middag hos Grossers; ca. Kl. 2 kom J. med Fru Walther og de prøvede et Par Timer hvorefter J. var ganske uhyre nervøs og bange, jeg ikke mindre, men jeg havde Konduite nok til at opmuntre hende og sige, det gik godt. Hun maatte hen at hvile paa C.’s Seng en lille Times Tid, fik sin Dragt hentet derned, for ikke at komme hjem og blive yderligere nervøs af Børnene. Fru W. var meget elskværdig og opmuntrende; det gik jo ogsaa, Tilhørerne var jo ikke det mest udpræget fine; Muk og Fr. Mygdal og Marie kunde jo nok høre det kunde have været bedre. I Efterm. vil Chr. høre paa Prisen paa Hotellet – Fru Friis Hjorth – og saa kan hun jo hjælpe, hvis det behøves. J. fik da i Mandags en pæn Skrivelse fra Formanden med 10 Kr. og en Tak for hendes ”udmærkede Assistance”. Nu har de Sangprøve til en Koncert – ganske udsøgt lille Kor, dobbelt Kvartet – Dr. Hviid, H. Meier, Muk og Allerup - Alhed, Johanne, Marie Meyer; Frøken Hviid. Det vil give Johanne Anseelse i Byen alt det; - hun og Chr. skulde jo spille en for 2 Klaverer. J. har lige faaet en ny Elev. - Vi har disse Dage [ulæseligt ord] 2 pæne Drengekor; stort Venskab mellem de fire. Puf og Lysse havde en erlig Tur i Søndags og Mandags derind. Alhed besøgte Karl Sørensen, der var saa ovenud henrykt over hende. - Nu er der vist ikke mere at fortælle om. Morsomt at Thora lader til at komme lidt med og morer sig.
+Kærlige Hilsener fra Bedstemor. 
+[Indsat s. 2 i venstre margen; på højkant:] X ligeledes at Du igen har faaet Mad fra Hus[ulæseligt]</t>
+  </si>
+  <si>
+    <t>1914-03-09</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Niels Bom
+Hans Hinke
+Christine  Mackie
+Thomas Madsen-Mygdal
+Sophus  Meyer
+Anna Meyer 
+Kristian Olsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 ved Fiilsø i 75 dage. 
+Alhed Larsen vil have "Foreningen" til at sende et eksemplar af bogen, og denne bog er formodentlig St. St. Blichers Trækfuglene udgivet af Radeerforeningen med Johannes Larsens illustrationer. Denne bog kom ud i marts 1914. Af Johannes Larsens brev til Alhed 13. marts fremgår det, at det er en Andr. Madsen, der skulle have bogen tilsendt. 
+Calarilt er en lavalkoholisk drink.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Alhed Larsen vil have (Radeer)foreningen til at sende et eksemplar af bogen til en ikke navngivet person.
+Mix og Myg brokker sig over, at Hinke har lavet dårligt arbejde. Alhed Larsen er træt af at høre om det og vil vide, om det ikke var (Kristian) Olsen, der lavede noget klamp.
+Der skal være fællesspisning for Sophus Meyer.
+Alhed Larsen har sendt nogle af sine egne og Johannes Larsens billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oH4V</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dit Brev i Gaar. Bom lovede at afsende baade Sko og Saaler i Dag. Hælene kunde nok gøres bredere, men saa vilde det tage meget mere Tid, saa jeg sagde, han ikke skulde. Hermed to Breve fra til Morgen, det er kedeligt vi ikke kan sende ham et Exempl. Kan Du dog ikke faa Foreningen til at sende ham et, naar det er til Anmeldelse? – Det er et modbydeligt Vejr i Dag, Snesjap ligefra Morgenstunden, Du har det vel ikke, men vi maa jo haabe, at det snart bedres. – Blindrammerne er for længst afsendte, men det er jo en meget sen Forbindelse derop til. – Christine Laurentius og jeg var til Kaffe og Calarilt hos Elle i Aftes, der var ingen Humør paa Laurentius Mix og Myg bliver ved med deres Vrøvl om Olsen og Hinke, at Hinke smøler og Hinke har lavet daarligt Arbejde og at det maa være meget ærgerligt for Olsen o.s.v. Jeg er snart saa lynende gal over at høre paa det. – Men var der ikke netop meget galt fra Olsens Side (foruden Detailfejlede [”ede” overstreget])? Lad mig det vide, at jeg dog en Dag kan lukke Munden paa dem, jeg synes, der var noget med at de ikke passede dernede, eller var de forskellige fra det, Olsen havde samlet, eller hvad var det? Svar mig paa det. – Paa Søndag laver Haandværkerforeningen Fællesspisning for gl. Meier. Mon jeg er nødt til at gaa med? det er jeg vel, skønt jeg gider daarlig. - - Jeg sendte saa i Gaar: Lygten (Sprogø), Jordkælderen og Fyret, dalende Lærke og Kæmpehøjen og 4 af mine. Mit sidste Tulipanbillede fra i Fjor saa saa godt ud i Ramme. 1000 Hilsner fra os alle 3
+Din A.
+Christine hilser ogsaa
+[Indsat på hovedet på side 1, øverst]
+Jeg skal nok sende de Rentryk, kan stadig ikke finde det andet Katalog. Du har vel faaet det ene og Skjorterne</t>
+  </si>
+  <si>
+    <t>1916-07-22</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Norge
+Bergensbanen</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Ina  Goldschmidt
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted var i Norge sommeren 1916, og deres børn blev passet af Christine Mackie, Alhed Larsen og Laura Warberg i Kerteminde. 
+De tre piger er på cykeltur: Det vides ikke, hvem den tredje er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3834</t>
+  </si>
+  <si>
+    <t>Ina/Sjums Goldschmidt er kommet til Kerteminde, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V7sM</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i kortets adressefelt:]
+Hr. Professor Brønsted
+Myrdal
+(Bergensbanen)
+Norge
+poste restante
+[Håndskrevet i adressefelterne:]
+Kære Lugge og Mag!
+Alt går fremdeles som det skal og Børnene er søde. Sjums kom igår, og Bes er idag flyttet ned til Mor. Idag var de tre store Piger med mig på Cycle til Dalby til Sodavand og Kage, og de har idag for første Gang badet to Gange. Vi håber, I får dette all right, det kommer til Nyborg i Aften.
+Tusende Hilsner fra os alle!
+M.
+22/7- 16.</t>
+  </si>
+  <si>
+    <t>1917-1920, 2</t>
+  </si>
+  <si>
+    <t>Gille -
+Julius Hviid
+Andreas Larsen
+- Mejling
+Anna Meyer 
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har tabt en tand, og en anden er løs, og hun er rejst til tandlæge Anna Meyer i Birkerød.
+Sønnen Andreas Larsen (Gamle/Puf) ligger syg med feber derhjemme, og derfor skal der aflægges rapport til begge forældrene. Det vides ikke, hvor Johannes Larsen er henne.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har spist med Christine Swane (f. Larsen) på restaurant, og de blev begge dårlige om natten. Alhed er spændt på, hvad (tandlæge) Meyer vil sige til det store hul (i tandrækken). Alhed har bedt dem derhjemme sende rapport om Andreas (Puf) hver dag, for han ligger syg af feber.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YGwD</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg tog saa efter Samraad med Julibus herover i Gaar. Christine kom paa Banegaarden og vi spiste sammen i Restaurationen Tunge og forskellige Grøntsageer, men der maa vist have været noget, der ikke var kogt godt for vi har begge været lidt daarlige i Nat. Jeg skriver dette paa Vej ud til Meyer er meget spændt paa hvad hun vil sige det er grimt med det store Hul. Jeg rejste i Gaar sammen med en svensk Dame, g.m. en Ingeniør Mejling fra Triege i Odense, hun var uhyre snakkende og indladende, - mere end jeg brød mig om, jeg havde købt en Knaldbog, som jeg slet ikke fik læst i. Jeg bad dem hjemme om at skrive om Puf hver Dag baade til Dig og mig, i Gaar Morges var det 37.9 og Julibus sagde, der var ikke det mindste i Vejen. Hvilket henrivende Vejr, det er heldigt baade for Dig og Gille. Hils ham
+1000 Hilsner
+Din A.
+Onsdag</t>
+  </si>
+  <si>
     <t>1918-07-21</t>
   </si>
   <si>
-    <t>Brevkort</t>
-[...4 lines deleted...]
-  <si>
     <t>Louise Brønsted</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>Myrdal St. Bergensbanen Norge</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3767</t>
   </si>
   <si>
     <t>Godt at konferencen er overstået, så Louise og Nicolaus Brønsted kan rejse frit rundt i Norge. Laura Warberg glæder sig til at have børnene imens. 
 Minna Warberg er i Løkken inviteret af en person, som er blevet rig pga. gullasch.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Nxxl</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREVKORT.
 [Håndskrevet i adressefeltet:]
 Fru Professor Brønsted
 Myrdal St.
 Bergensbanen
 poste restante
 Norge
 [Håndskrevet i tekstfelterne:]
 Kerteminde
 Fredag
 Kære Lugge!
 Jeg har skreven Brev til Trondhjem og Kort til Myrdal; men det sidste har Du næppe faaet, det var ikke poste restante. Mon jeg har takket for Dit Kort? Godt at I nu har Konf. sluttet og kan bevæge Eder mere frit; tænk sejle langs Vestkysten! det maa være himmelsk. I Dag [ulæseligt ord] lille Bes herned; Spurgte [ulæseligt ord] 6 1/2 med en Dame fra Astrids Kontor. De skal ligge i det lille Værelse, jeg har laant en Seng hos Alhed! Jeg glæder mig til dem. Nu har vi endelig Varme! Det kunde ogsaa [ulæselige ord] baade i Have og Marker [ulæselige ord] nogen Steder. Minna er i Løkken en Uge inviteret af [ulæseligt ord]. Takket være Gulash er han en holdenrig Mand! Mange Hilsener til Eder begge.
 Mor.</t>
   </si>
   <si>
-    <t>1916-07-22</t>
-[...109 lines deleted...]
-  <si>
     <t>1918-10-01</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Hans Christian Engelsen
 Otto Gelsted
 Adolph Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Thomas Madsen-Mygdal
 Leo Møller
 Christian Møller, maler
 Anders -, Sverige</t>
   </si>
   <si>
     <t>Andreas og Johan Larsen er på Birkerød Kostskole.
 Den omtalte mølle er Svanemøllen, som ligger lige overfor Larsen-familiens hjem på Møllebakken i Kerteminde. Familien ejede den, og en ansat møller holdt den igang.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
@@ -277,230 +362,417 @@
 Frida Madsen
 Johannes Madsen
 Thomas Madsen-Mygdal
 Sophus  Meyer
 Rasmus Petersen, Gartner
 Sigurd  Swane</t>
   </si>
   <si>
     <t>Alhed er på familiebesøg i Københavnsområdet, mens villaen ombygges.</t>
   </si>
   <si>
     <t>Det går fremad med ombygningen af villaen og godt at taget var kommet på, for det blev regnvejr. Johannes Larsen er begyndt på en ny akvarel, men får ikke rigtig lavet noget, fordi han kigger på håndværkerne. Levinsen har været og hente solsortene. Max har fanget krabber.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5OAI</t>
   </si>
   <si>
     <t>Kjerteminde 15-9-1919.
 Kæreste Alhed!
 Tak for Brevet, jeg tænker I har moret jer godt i Gaar i Kjøbenhavn. Det var et stort Held at de fik lagt Taget paa i Lørdags Aftes, for de øste ned i Gaar Morges og flere Gange i Dagens Løb, det var meget trykkende og lummert og jeg bestilte ingen Ting men i Dag har jeg begyndt paa en Aquarel til, uden dog at faa gjort videre ved den, det er jo meget interessant at kige paa Haandværkerne. I Dagligstuen er nu det nye Skillerum oppe og det gamle væk, der er Døraabning fra Trappestuen til Køkken og den ny Skorsten i Havestuen er kommen et Stykke oppe i Sovekammeret hvor de samtidigt murer Skillerum ind til Lysse. Saa Sovekammeret kan snart blive færdigt. Petersen har fanget 2 Mus i Vinhuset, den ene højst frugtsommelig, men ingen i din Stue eller Værkstedet. Madsen har faaet Maal af Pastellerne og kommer vist og sætter Rammer om i Mrg. Hr. Levinsen har været her i Bil efter Solsortene. Max havde fanget Krapper i Gaar som Frida har kogt, men han, Max skal til Agrarens og Swane var cyklet til Risinge saa det tegnede til at jeg skulde være alene med Krapperne, men saa kom Myg og inviterede mig paa Snaps sammen med Swane saa han maa vel ikke have truffet nogen. Jeg tager saa Krapperne med derud. Petersen har plukket Gravenstenerne i Dag. Max sidder her og læser Avisen nu gaar jeg til Mix og tager Brevet med. 
 Mange Hilsner
 Din hengivne
 Johannes Larsen</t>
   </si>
   <si>
-    <t>1942-02-07</t>
-[...2 lines deleted...]
-    <t>Andreas Larsen</t>
+    <t>1920-12-10</t>
   </si>
   <si>
     <t>Johan Larsen</t>
-  </si>
-[...39 lines deleted...]
-    <t>1920-12-10</t>
   </si>
   <si>
     <t>Valborg -
 Johannes Nicolaus Brønsted
 Louise Brønsted
 - Folmar-Hansen
 Drude Jørgensen
 Andreas Larsen
 Johannes Larsen
 - Lassen, Selleberg
 Christine  Mackie
 Karl Madsen
 Thomas Madsen-Mygdal
 Anna Meyer 
 Christine Rasmussen
 Ingeborg Rasmussen
 Jens Rasmussen
 Kjeld Tutein
 Peter Tutein</t>
   </si>
   <si>
     <t>Johan Larsen var elev på Birkerød Kostskole</t>
   </si>
   <si>
     <t>Privateje</t>
   </si>
   <si>
     <t>Johannes Larsen ar solgt for 11.000 på sin udstilling i Odense. Drude Jørgensen gav diverse forplejning under ophængningen. Puf og Alhed har lavet plakater og sendt invitationer ud.
 Johannes Larsen skærer træsnit, og Alhed glæder sig til at vise sønnen dem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/okGM</t>
   </si>
   <si>
     <t>Skriv snart.
 10-12-20
 Kære lille Ly!
 Kan Du huske den Dag vi gik og talte om ”Tuterne” og Du frygtede at Din Far ikke skulde sælge mere. Det vil fryde Dig at høre, at vi paa Odenseudstillingen har solgt for 11000! Er det ikke kolossalt, vi havde jo slet ikke ventet at sælge. Nu skal Du høre lidt nærmere om det. Jeg mødtes jo saa med Din Far, Puf og Madsen (i Kravetøj) i Odense Kl. 12½. Først spiste vi en bedre Frokost med Snaps og det hele og saa tog vi fat paa Ophængningen. Kl. 4 var den færdig og ganske udmærket, Billederne ser storartede ud. Overretten underholdt os næsten hele Tiden, han købte strax det lille med de to gule Vipstjerter (700) og et til Fru Mads for 2000, Landskab med lille flyvende Bekkasin. Kl. 5 spiste vi fin Middag med Vin, - Drude giver det hele, vil ikke høre tale om Betaling. Puf og Madsen tog med 6 Toget, vi andre blev der om Natten (men Puf kom næste Formiddag igen). Om Aftenen var jeg til Koncert med Fru Overret, din Far var ude at drikke Sjusser med Overretten. Næste Dag lavede Puf Plakater og spyttede paa Konvolutter og Frimærker, jeg skrev c. 50 Indbydelseskort og Din Far skrev Prisliste. I mens gik Pressen der, de har skreven vældig fint i Aviserne. Saa spiste vi igen fin Middag og tog alle 3 hjem med 6 Toget. I Aftes ringede Drude, at en Godsejer Lassen, Selleberg havde købt det store Svanebillede. 5000, vi havde sat det 500 op! Og i Middags ringede hun, at Sagfører Folmar Hansen havde købt de to Viber 1000 og Præstekraver og 2 Terner 800 og senere at Apoteker Michelsen havde købt 2 Akvareller à 800, ogsaa sat op! Det er vældigt fint. Drude siger, der er en Masse Mennesker og de er begejstrede! I Morgen skal vi igen derud, Aften hos Overrettens, vi bliver der om Natten og jeg skal til Frokost hos Drude med Myg og Mix næste Dag. Drude er mageløs imod os, hun fylder os med Mad og Drikke, saa snart der er gaaet lidt Tid siger hun, at nu kan de Kertemindere saamænd ikke gaa længere uden at faa noget vaadt, og saa kommer der Portvin! Din Fars Træsnit bliver bedre og bedre, han har skaaren et ganske dejligt et med en Bekkasin, nu er han paa det 11te, det bliver morsomt at vise Dig, naar Du kommer hjem. Det sner i Dag, her er helt hvidt. Valborg ligger i Sengen og jeg har en Sypige siddende at vende en Kjole, men vi sidder hyggeligt og rart herovre, jeg har spillet og den Gamle maler efter mig. – Hør, jeg naar ikke at skrive til Meme, kan Du ikke gaa hen i Skovinspektionen og fortælle hende det om Udstillingen eller vise hende Brevet, det vil glæde hende og hvis Du ringer det ud til Magisterens vil Du glæde hend [”hend” overstreget] dem ogsaa. Vi sendte strax i Aftes, da Drude havde ringet om det store Billede Bud til Byen efter Brændevin Brystsukker og Chokolade, lidt maatte der jo gøres! Nu skal Brevet med, Farvel min egen Dreng, 1000 Hilsner fra os alle 3.</t>
   </si>
   <si>
+    <t>1922-03-09</t>
+  </si>
+  <si>
+    <t>Særslev
+Dalby, Hindsholm</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Klaus Berntsen
+Achton Friis
+Drude Jørgensen
+Marie Larsen
+Laurits  Larsen (Dalby)
+Elisabeth Mackie
+Peter Magnussen
+Sophus  Meyer
+Anna Meyer 
+A Munch-Petersen
+Rasmus Nielsen, København
+Peter Stoffer
+- Wedel</t>
+  </si>
+  <si>
+    <t>Det vides ikke, om Gogger er fx en hund eller en person. Det vides ikke hvem Bebs er.
+Johannes Larsen havde gennem årene flere oddere ved navn Jokum.
+Alhed Larsen rekreerer sig hos sin søster i Birkerød, efter at have haft den spanske syge.</t>
+  </si>
+  <si>
+    <t>Chr. Andersen - veteran fra 1864 - bliver indstillet til at blive hædret og blive Dannebrogsmand. 
+Mens der er is på vandet, er en odder blevet skudt, men heldigvis ikke Johannes Larsens Jokum.
+Drude vil gerne have udstillingen.
+Alhed Larsen har fået et tilbagefald og må udskyde hjemrejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rVkG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 9 Marts 1922
+Kæreste Alhed!
+Ja der er ikke noget at melde i Dag. Marie og Putte er gaaet ud til Chokolade hos Mygs med Gogger, det er Bebs's Fødselsdag. Chr. Andersen været her i Dag, med Krykker og Stok. Han havde faaet en mærkelig Opfordring fra Friis, som gik ud paa at han skulde sende sine Veteranpapirer til ham, han var bange for det drejede sig om Penge. "Jeg faar jo min aarlige Hædersgave og bryder mig ikke om at søge noget." Der stod i Brevet at det var i Anledning af at Laurits Larsen i Dalby havde henvendt sig til Friis og han vidste at Vedkommende var en ven af Klaus Berntsen. Heldigvis kendte jeg Sagen og kunde berolige ham hvad Pengene angik. Men jeg fortalte ham ikke at Meningen var at gøre ham til Dannebrogsmand. Han fortalte at Peter Stoffer havde skudt en meget stor Odder mens Isen laa her, men det var ikke Jokum. Nu kom Dit Brev. Jeg har ringet til Drude hun vil gerne have Udstillingen. 
+Det er da trist at Du har faaet tilbagefald. Gud ved hvornaar Du nu kan blive i Stand til at rejse. Hvad er det med Puttes Bal?? det har jeg ikke hørt om. Forhaabentlig er det først næste Fredag hun skal rejse. Nu var jeg lige kommen i gang med at male. 
+Nielsen paa Museet kan vist godt skille Billederne ad saa mine + dem hos W &amp;amp; M kommer i Kasser for sig og gaar direkte hertil mens Dine gaar til Odense. God Bedring og mange kærlige Hilsner
+Din 
+JL</t>
+  </si>
+  <si>
+    <t>1924-08-04</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Andreas Larsen
+Johan Larsen
+Anna Meyer 
+Ellen  Sawyer
+Annette Schiøler
+Svend Aakjær</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er formodentlig på vej hjem efter at have været på Hirsholmene med Achton Friis og skibet Rylen frem til ca. 30. juli. 
+Der er flere professorer med navnet Fabricius, så det er vanskeligt at vide, hvem Alhed Larsen havde til bords.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er udkørt efter at have haft mange gæster. Hun håber på, at hun og Johannes Larsen når en cykeltur.
+Svend aakjær har været på besøg. Alhed Larsen har haft professor Fabricius til bords på hotellet.
+Brønsted-parret (Alheds søster og svoger) rejser den følgende dag og børnene ca. 12. august. Alhed Larsen tager med sin søster til Københavnsområdet for at få repareret en tand.
+Det regner, og man skulle have haft tennisturnering.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/arub</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Vi er ikke videre flinke til at skrive i denne Sommer, jeg har saa meget om Ørene at jeg knap kan overkomme det og jeg synes heller aldrig at her har været en saadan strøm af Mennesker. Jeg er ærlig talt temmelig overkørt og trænger mægtig til en Ferie. Mon Du saa kommer hjem tidsnok til at vi kan tage den Cykeltur? Om den Gamle kunde faa lidt Ferie og komme med, var det jo forfærdelig morsomt. Hvornaar omtrent kommer Du? – Nu har vi haft den Hjemstavnsmand, Sven Aakjær, han var en umaadelig flink Fyr, som vi alle syntes udmærket om. I Forgaars var der Fællesmiddag paa Hotellet, hvor Elle og jeg gik med, det var henstillet til Værterne. Politimesteren kom hen og præsenterede Prof. Fabricius og bad om han maatte faa mig til Bords. Han var Manden for det hele og vi sad paa Hæderspladssen midt for Hovedbordet. Han var uhyre livlig og snakkende, men lidt løsreven i sin Snak, gjorde ikke noget videre begavet Indtryk. I Gaar blev Svend Aakjær her til Middag i Stedet for at gaa til Højskolen hvor der var Fællesspisning. Vi spiste om Aftenen Kyllingesteg og Rødgrød, Esben Hansen var her ogsaa. Vi fik Vin i Anledning af at det var sidste Søndag Magisterens var her. De (Lugge og Mag.) rejser i Morgen og jeg har bestemt at rejse med derover over 2 Dage for at gaa til Meyer. Jeg har haft Vrøvl med en Tand i nogle Dage, det er en Guldbro der forbinder 2 Tænder, der har løsnet sig, jeg har haft det før og jeg ved hun kan lave det i en Fart, det er ellers ikke saa rart at rejse fra hele den Forsamling, men Lysse har lovet mig ikke at sejle. Tykke og Nette rejser sammen med de Magisterbørnene c. d. 12te, de er meget spændte paa, om de faar Dig at se. Vi har haft dejlig Vejr i nogle Uger, Dagen i Dag blæser og regner det, hvad der er mest kedeligt, da vi skulde have Tennisturnering med Magisteren som Dommer.
+1000 Hilsner
+Din A.
+Mandag</t>
+  </si>
+  <si>
     <t>1924-08-09</t>
   </si>
   <si>
     <t>Læsø
 3000 Helsinore
 København</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Vilhelm Larsen
 Eiler Lehn Schiøler
 Christine  Mackie
 Thomas Madsen-Mygdal
 Sophie Meyer
 Sophus  Meyer
 Niels Rydeng
 Annette Schiøler
 Eiler Schiøler
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Johannes Larsen var på Læsø med Achton Friis og skibet Rylen, hvor de lavede forberedelser til bogværket De Danskes Øer.
 Eiler Lehn Schiøler var i gang med at udgive Danmarks Fugle med illustrationer af Johannes Larsen. Lehn Schiølers firma trådte i likvidation i 1922.</t>
   </si>
   <si>
     <t>Alhed Larsens tand var værre end ventet, men hun fik lavet en midlertidig reparation, for hun skulle hjem til Schiøler-børnene. Lehn Schiøler har vist Alhed Larsen bogen. Det ser ikke lovende ud for ham med hensyn til at åbne egen forretning. Alhed Larsen skal hilse fra mange andre også.
 Alhed spørger, om Johannes Larsen skal med på cykelferie.
 Skrædder Rydeng havde ikke fået brevet, hvori Alhed Larsen aflyste hans besøg, så han kom, lige efter at hun var kommet hjem. Rydeng snakkede til kl. 11 om aftenen, og det var hårdt, men han var en pæn mand.
 Christine og Lars Swane kommer på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Fmzb</t>
   </si>
   <si>
     <t>Lørdag 9ende August
 Kæreste Lavsi!
 Tak for Dine to Breve, det sidste laa til mig, da jeg kom hjem i Aftes. Min Tand var værre end jeg havde troet, skulde egentlig have været ”vulkaniseret” og i Ovn, hvad der vilde have taget flere Dage, saa hun nøjedes med at lave noget midlertidigt, jeg turde ikke blive længere for Trykkeriet og desuden skulde Schiølerne rejse i Dag, saa jeg vilde hjem og være sammen med dem den sidste Aften. Jeg skulde hilse mange Gange fra Schiøler, han viste mig alt hvad der var lavet af Bogen, det saa udmærket ud. Jeg synes han var i godt Humør, men det ser ikke videre lovende ud med at starte egen Forretning, han har ikke endnu faaet Tilladelse til at starte i eget Forretning [ordet overstreget] Navn. Jeg skal ogsaa hilse mange Gange fra Mix, Myg, gl. Mejers, Marie var der ogsaa, og Fru Madsen Mygdahl, hos Magisterens var jeg 2 Gange, ellers saa jeg ingen Mennesker, men det var jo ogsaa kun to Gange [ordet overstreget] Dage. Christines nye Værelser er henrivende, og hun har rigtig gjort tilpas. – Læssøe maa jo være en forfærdelig morsom Ø, jeg forstaar ikke rigftig at der ikke er en ny Adresse, men I giver vel Besked om at sende efter. Jeg forstaar heller ikke helt, om det saa er Din Mening at Du vil med paa Cykletur, vi maa i saa Fald af Sted meget hurtig efter at Du er kommen hjem, Lysse skal være i København d. 1ste, men en 8 Dages Tur er jo heller ikke saa lidt. – Skrædder Rydeng fra Helsingør havde skreven for en Tid siden at han vilde komme d. 8ende. I Tirsdags skrev vi til ham, at Du ikke var hjemme, men da han var i Jylland havde han ikke faaet Brevet, og han ankom i Aftes med 6 Toget lige efter, at jeg var kommen ind ad Døren. Det var haardt at sidde og snakke med den fremmede Mand til Kl. 11, helt alene og uafbrudt, de andre holdt til oppe i min Stue, og ligesaa hele Formiddagen, saa jeg ikke kunde komme til Trykkeriet, jeg trykte saa lidt i Efterm. da han var taget af Sted. – Gamle kom for lidt siden, da vi sad og spiste til Aften, de er ved at lave fint derhjemme til vi skal derhen. Uglen og lille Swane kommer i Morgen, de har været hos Klax en Tid men skal rejse til Kjbn allerede paa Onsdag. – Nu faar Du ikke mere og dette skal af Sted, lad mig høre snart igen. Masser af Hilsner fra begge Drengene og Din A.
 Rydeng var for Resten en pæn Mand.
 Puf ved endnu ikke om han faar Ferie</t>
   </si>
   <si>
+    <t>12. jun. 1927</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5. september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/SMzv4SUz</t>
+  </si>
+  <si>
+    <t>1928-04-16</t>
+  </si>
+  <si>
+    <t>Bodild Holstein</t>
+  </si>
+  <si>
+    <t>Gl. Kongevej 154</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Grethe Bichel
+Johannes Nicolaus Brønsted
+Esben Hansen
+Drude Jørgensen
+Johannes Jørgensen
+Palle Jørgensen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Otto  Meyer
+Anna Meyer 
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvorfor Louise Brønsted var indlagt.
+Louise og hendes familie boede i 1928 i Willemoesgade i København. Johan/Lysse Larsen var under en del af sin studietid på Landbohøjskolen indlogeret hos Brønsted. 
+I Rynkeby boede Grethe og Peter Bichel, som var venner af både Warberg- og Larsen-familien.
+Instituttet var Det Fysisk-Kemiske Institut, som Johannes Nicolaus Brønsted tog initiativ til at oprette.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3840</t>
+  </si>
+  <si>
+    <t>Louise/Lugge Brønsted bør blive på Montebello og være ærlig overfor lægen, så hun kan blive rask. 
+Johan/Lysse Larsen har det bedre, men han misser fire eksamener, som han må tage efter soldatertiden.
+Der er gode omtaler af Instituttet i avisen. 
+Bodild Holstein har været i Rynkeby og Kerteminde. Johannes Larsen så helt godt ud, men det var vemodigt at være i huset uden Alhed Larsen. 
+Christine/Mornine Mackie virkede anspændt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JBhd</t>
+  </si>
+  <si>
+    <t>16/4 28 Gl. Kongevej 154 S
+Kære Lugge! Tak for Brevet, som jeg fik lige inden Paaske! Jeg forstaar nok baade paa Dit Brev og af hvad jeg senere har hørt om Dig, at det ikke gaar fremad med Stormskridt. Men skal vi ikke være enige om, at Du skal give Dig god Tid. Naar nu vi har gjort saa stort et Skridt for at faa Dig rask, er det saa ikke bedst at fortsætte til Resultatet er tilfredsstillende? Tal lige ud med Overlægen og stik intet under Stolen og ret Dig saa efter hans Raad og rejs ikke fra Montebello før han tilraader det. Det staar godt til i Willemoesgade, Lysse er i Bedring, Tp. nedadgaaende, men Examen gaar sikkert i Løbet; i denne Uge kan han ikke gaa op, og det er 4 Fag han forsømmer, det mener han er for mange til Sygexamen, han taler om at gaa op til den Tid igen om et Aar efter sin Soldatertid. Mon Brønsted befinder sig vel i Belgien? Nu kommer der da fine Meddelelser i Politiken; hvem mon der arrangerer dem? Forhaabentlig er det ogsaa rigtigt at Finansudvalget har vedtaget Institutet? Nu maa du vel saa snart tage fat derpaa; det bliver spændende. Min Rynkebytur var kort men vellykket, Vejret herligt, Sol og Sommer - Jeg var paa Opfordring i Kerteminde om Fredagen til Kaffe midt paa Dagen. Der var fint og stort Kaffebord og der var rigtig Besøgsdag, foruden Grethe og mig var der Drude og hendes 2 Sønner, sidenhen en Hr Andrésen, som de kaldte Patronen, senere kom Fru Tandlæge Meyer og Mand - og om Formiddagen havde der været ligesaa livligt Rykind. Las saa godt ud og syntes veltilpas, Mornine ligesaa, men spørger man ["man" indsat over linjen] hende om der er noget afgjort siger hun, det ved hun ikke og i det hele taget taler nu hun om [over "hun" et 1-tal; over "om" et 3-tal; over "sin" et 2-tal] Situation, Sygdommen o.s.v. paa denne lidt anstrængte Maade, som Mornine kan have, næsten mest som om det ikke videre angaar hende. Grethe sagde imidlertid at hun paa Elle havde forstaaet at Esben Hansen havde forlangt eller i al Fald uden Indsigelser foreslaaet Mornines [ulæseligt ord] og en Gage til hende, men det nævnede Mornine ikke selv. Der var nydeligt allevegne baade ude og inde, Udsigten over Store Bælt var vidunderlig, men underlig vemodigt er det at gaa rundt der, naar Alhed ikke er der. Puf var ikke hjemme, han var ude i Bil, men jeg saa ham Dagen før, da Grethe og jeg mødte dem alle 4 [ulæseligt ord] var da i Bil. Grethe og jeg var gaaende, [ulæseligt] til Rynkeby; griber Grethe Stokken og skridter af. Grethes Søster Bolette [teksten fortsætter s. 1; i venstre margen; lodret samt øverst på arket:] 21de April, saasnart Grethe har passeret København, det er absolut den nemmeste Vej til Holland. Hav det nu godt og bliv hvor Du er - Mange Hilsner fra Bodild</t>
+  </si>
+  <si>
     <t>1936-02-27</t>
   </si>
   <si>
     <t>Marie Larsen</t>
   </si>
   <si>
     <t>Elise Hansen
 Adolph Larsen
 Andreas Larsen
 Elena Larsen
 Else Larsen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Thomas Madsen-Mygdal
 Marie Meyer
 Sophus  Meyer
 Anna Meyer 
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Brevet er privateje.</t>
   </si>
   <si>
     <t>Fødselsdagshilsen til Johan Larsen(Lysse) fra hans faster Marie Larsen (Ia). Julen blev holdt hos familierne i Kerteminde og på Lindøgård. Der var voldsomt snevejr flere steder i Danmark. Sophus Meier (IA Larsens svoger) døde knap 96 år gammel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4gyc</t>
   </si>
   <si>
     <t>Birkerød d.27-2-36
 Kære Lysse! Til Lykke med Fødselsdagen, et rigtig godt Aar ønsker jeg Dig i alle Henseender; nu kommer dette Brev alligevel forsent, skønt jeg havde foresat mig at få det af Sted i god Tid! Hvordan mon I dog har det deroppe i denne skrækkelige Vinter? Herhjemme har vi da ikke haft så meget Sne i mange Aar, selv om Kulden ikke har været saa haard; lige her omkring Birkerød har det ikke været værst, men rundt omkring i Landet har der været Togstandsninger; i Nærheden af Roskilde hvor Lasse er havde de ikke fået Post [indsat over linjen:”Post”] omtrent en hel Uge og på Fyen og i Jylland har det jo også været rent galt; men nu er det vist i Orden de aller fleste Steder. – Forhaabentlig har Drengene det godt, den Lille vokser vel normalt og opfører sig pænt; jeg havde Brev fra Else forleden Dag, lille I.A. havde det godt; hvor er det kedeligt at man så sjældent kan få dem at se, det vilde være vældig morsomt at se de 2 små Fyre sammen, jeg håber at det sker en Gang ad Aare.
 Vi var på Fyn Alle 3 i Julen, vi rejste derover d. 22ende, jeg var i Kerteminde til Juleaftensdag, så kørte Puf mig til Lindøgaard, jeg er jo altid hos Agraren Juleaften; Las’s Fødselsdag var jeg derude og så var jeg der 3-4 Dage inden jeg rejste her tilbage. – Vi har hængt et Stykke Flæsk ud i et Træ og har megen Glæde af at se på Smaafuglene og Solsorterne som kommer og hakker i det. – Jeg havde Brev fra Marie Meyer i Dag, hendes Far er jo død, næsten 96 Aar gammel; hun tænker på at flytte fra Feden og få en mindre Lejlighed nu hun er alene, - Mix og Myg havde nær ikke kommet over til Begravelsen på Grund af Togstandsninger. – Hils lille Peter mange Gange, måske kan han more sig lidt med disse Billeder; det var kedeligt at jeg ikke fik skreven til Jer til Jul, jeg vilde have sendt et pund The over til Jer, men Din Svigermor sagde at hun havde et pund som hun tog med; så kan I få et af mig [fortsættes øverst på side 1] en anden Gang. Jeg håber vi en Gang får Lov til at have Peter her et Par Dage når han kommer til Danmark den søde Unge jeg længes tit efter ham; Hav det nu godt Alle 4, mange kærlige Hilsner til Bimse, Peter, den Lille og Dig selv kære Lysse, fra Ia -</t>
   </si>
   <si>
+    <t>1936-10-14</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Bent Bjergskov
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Axel  Müller
+- Müller, Frk. 
+Margrethe -, pige i huset hos Johanne C. Larsen 1936
+Ellen  Sawyer
+Janna Schou
+Hempel Syberg
+Rigmor Thorsen
+Joseph Turner
+Agnes Taaning
+Else Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru Nielsen og Søster Thorsen var. Sidstnævnte var formodentlig i familie med Rigmor Thorsen. 
+Hvem Mygdal, der gav Martin/Manse Warberg Larsen penge for malkning, var, vides heller ikke. 
+Eidi og Edith, som arbejdede i huset i England for den kvinde, som Laura Warberg Petersen var ansat hos, er ikke oprettet med biografi i KTDK. 
+Croydon er en bydel i det sydlige London.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0578</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har en dårlig hånd. Hun blev meget glad for den smukke skål fra Janna, og hun takker for alle Astrids gaver. Adolph/Agraren og hun pakkede op dagen før fødelsdagen. 
+Laura/Bibbe og Martin/Manse er i England. De mødes på fridage og besøger museer mv. i London, og de har fløjet. Begge bor nær Themsen. Martin fik et legat på 100 kr. og har ikke råd til at rejse til andre gårde, og han lærer ikke nok på Farmoor Farm - kun sprog. Laura/Bibbe har vrøvl med kokkenpigen, der hvor hun er i huset. 
+Det er svært for Laura og Bent at være adskilt. 
+Adolphs fødselsdag blev fejret med gæster til kyllingesteg. På Johannes fødselsdag svigtede Margrethe, men heldigvis kom Elle(n) og hjalp til. Gæsterne kom med både bagværk og gaver.
+Johanne har ikke så meget mere at lave i hus og hjem end Astrid, men Johanne har bare ikke meget energi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P1L8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+5/5-02
+23/9-02
+Modt. 16’Okt. 1936
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St
+19/3-2000
+Bibbe-Kerteminde.
+[Skrevet på kuvertens bagside:]
+JWarberg Larsen
+Lindøgaard Dræby St
+Fyen
+[I brevet:]
+Lindøgd 14-10-1936
+Kæreste lille Dis!
+Foruden at jeg blev vældig glad ved dit Brev i Dag, blev jeg temmelig forfærdet ved af det at se, at du tror jeg stadig ligger i Sengen; nej jeg laa da kun 3 Dage og var jo oppe, da jeg skrev det Brevkort til dig, men passer stadig paa ikke at røre Haanden mere end til det nødvendigste. Og saa er jeg jo i en saadan Brevgæld – for at faa sagt Tak til alle de mange der har sendt mig Gaver. Gamle Ta[brændt hul], som sendte mig 10 Kr. ligger af Aarebetændelse – bedre men meget utaalmodig – hun maatte have først. Den søde Tante Else med et langt egenhændigt Brev og 100 Cigarer; Frk Müller som 8 Dage før min Fødselsdag sendte mig en dejlig Æske fine Chokolader – ligeledes – og saa mine to Børnser i England Ja og Mary, som jeg saa gerne vil være tro, og som stadig skriver til mig og som sendte Lykønskninger baade til Agraren og mig (samt Cigarer til mig) - - ja alle dem har jeg altsaa ladet gaa forud for dig, men jeg trøster mig stadig ved det lille Brevkort, som du fik straks. Saa nu har jeg vist igen udvist min bekendte altfor store Grundighed, naar det gælder Ting, som kunde siges med to Ord. 
+Saa skrider jeg til det endelige Brev! Kæreste Dis, hvor du overvældede mig! Og hvor jeg blev lykkelig over det alt sammen! Jannas meget smukke Skaal staar fuldstændig hel og fin og lyser op paa Bordet i den lyse Stue - jeg maa have den for Øje hver Dag, synes jeg. Natkjolen blev jeg saa henrykt over, varm og lækker nu til Vinteren. Og saa det Væld af værdifulde Varer! Du er jo tosset, sødeste Dis at sende mig alt det. Men glad blev jeg rigtignok. Chokoladen smagte dejligt, jeg rigtig smausede de Dage, jeg laa i Sengen baade med Slik og Tobak. Og saa dine tre (!) lange Breve, som du oven i Købet skriver efter strænge Arbejdsdage. Tusind, tusind Tak for det alt sammen, ogsaa til Axel! Hvor var det sødt af ham at sende mig Frimærker. Ogsaa for Billederne, som jo er udmærkede. De to store Pakker kom Dagen før min Fødsdag og da jeg altså lå den Dag og vi syntes, at jeg skulde have lidt at muntre mig med pakkede Agraren dem op og foreviste Stykke for Stykke. Hvem Husholdningskassen var fra, kunde vi ikke [”se” indsat over linjen) og det faldt mig selvfølgelig ikke ind, at den ogsaa var fra dig! 
+Lad mig nu hellere fortælle lidt om Bibbe og Manse, som du udtrykkelig beder om. Vi faar stadig saadan glade og fornøjede Breve fra dem begge, ja jeg tror, at de i hvert eneste Brev skriver om, hvor glade de er, [komma overstreget] over at se saa meget interessant og hvor smukt Landet er. 
+2.
+Bibbe tog en Dag, da hun havde fri med en Bus langt langt ud pa Landet – de bor jo i den sydvestlige Udkant af London, lige ved Richmond Park, hvor hun har taget mange Traveture; nu har de vist desværre saa meget med Taage og det tager jo unægtelig Glansen af alt. På den Tur, kom hun til forskellige Smaabyer, som alle var spændende og morsomme, et Sted var der et lille Torv, der saa helt middelalderligt ud. Bibbe har vist et storartet Tag paa at faa noget ud af det; der er planlagt langt ud i Fremtiden med Ting, der skal naas. Manse har jo lidt længere til Fadet, men af og til mødes de da i London og beser hvad de kan overkomme. De mødtes en Dag i Croydon, hvor de fløj! Manse var begejstret. Ellers er hans det bedste jo at se Malerier; forleden havde han været der alene og helliget sig de gamle Hollændere. For 30 Aar siden gik jeg der og svulmede over de gl. Holl. Turner havde jeg anmodet ham om at finde, hvad han ogsaa havde gjort og var ude af sig af Begejstring over ham. Han er nu ogsaa pragtfuld. Themsen er de begge enige om at besynge – pudsigt at den løber forbi begge deres Opholdssteder – ikke saa farlig meget bredere end Odense Aa ved sit Udløb der, hvor Manse er. M. fik 100 Kr. af O. Sybergs Mindelegat; vi havde sat vore Næser op efter betydelig mere, saa han havde haft Raad til at komme paa en mere veldrevet Farm. Han maa jo ikke forlange Løn – maa i hvert Fald ikke faa det, men Mygdal giver ham lidt – det hedder sig fordi han malker. Men der er ikke Spor at lære der paa Farmoor Farm, ja Sproget er jo altid noget at lære selvfølgelig, men det havde dog været rart om han f. Ex. havde kunnet rejse lidt til de forskellige Landbrug – hvis der overhovedet findes Godser i England. Bibbes Madame er stadig meget sød og flink mod hende, men B. har mange Bataljer med Kokkepigen Edith, der er er en Heks, navnlig mod Heidi, den lille Østrigske House-Maid. B. rejser sig i sin Vælde, naar Edith bliver for slem, for Heidi staar Bibbes Hjærte nær. Har jeg virkelig slet ikke før skrevet noget om Børnene? 
+Bent kommer her jævnligt; jeg tror nok, at det er svært for dem at leve adskilt, men jeg tror ogsaa, at det var udmærket for Bibbe at komme ud, tænk hvilken Oplevelse for hende; den Slags er jo Skatte for hele Livet. Jeg tror da, at mit var blevet fattigere, hvis jeg ikke havde haft alle mine Rejser at glæde mig over at tænke paa. Men jeg har jo ogsaa været heldig og set meget. 
+Hvis der nu er noget særligt om de to, du vil høre om, så spørg og saa gaar jeg for øvrigt over til Beskrivelse af vore Fødselsdage. 
+3
+De var straalende og festlig – min ganske lidt formørket af Haanden, dog ikke meget. Agraren havde ”Nabo” inde til Kyllingesteg og Rødgrød, en af vore unge Venner var kommen (med Cigarer) Bent kom, ligeledes med Cigarer, 50 store fede Cerutter, og senere Las, Puf og Else – alle uventede, undt. ”Nabo”. De fik Kaffe og – Lagkage. Mere havde jeg ikke kunnet præstere, da Æbleplukningen i det gode Vejr gik fremfor alt.
+Min begyndte lidt trangt. Jeg listede op midt paa Formiddagen, fik med Besvær Haaret snurret lidt op og Tøjet paa. Fru Nielsen havde meldt sig til Eft.visit med Gudrun og sagt, at hun vilde tage Bagværk med Kl 3. Naa, da Klokken blev halv tre og jeg forstod, at Margrethe svigtede mig, skønt hun vidste jeg havde ligget Dagen før og skulde have fremmede – det var ikke pænt. I Nød skal man Naboer kende. Det var ganske vist ikke hendes ”Dag”, men jeg havde bønfaldt hende. Naa, Faderen har ikke villet undvære hendes Arbejde hjemme; jeg tror de sankede Kartofler. Da var jeg lidt modfalden, men Elle kom og gjorde Underværker i den halve Time lavede Chokolade, dækkede Bord, ryddede op. Og vi havde saa en yndig Eft. med Fru N., som ankom med den mægtigste Waleskringle, jeg endnu har set, 50 fede Cerutter og – en Vinterhat; hun gav mig to Sommerhatte, da jeg var derinde for noget Tid siden, saa nu er jeg forsynet! Al min uaabnede Post laa i en stor Dynge i Sofaen, den lukkede Elle op og læste noget af det højt. Hun selv kom med en meget smuk Portræt af sig selv i Festdragt, 1 Par Strømper og 1 Pk. Papirsservietter, Strømper, Underliv og Cigarer fra Marie. 1 Kittel fra Lugge, 50 Cigarer fra Tutte, 100 fra T. Else, 10 Kr. fra Tante Mis og saa en Mængde Breve og Kort. Aftenen blev helt gevaltig. Ikke mindre end 3 Bilfulde rullede ind i Gaarden – alle uventede. Hr. og Fru Thorsen med en Ladning fint Bagværk og 50 Cigarer, Gudrun Larsen (Bror) fra Rørdam i sin egen Bil med Kirsten, hans Kæreste, Søster Thorsen og Søster Rørdam ligeledes med 50 Cigarer. Senere ankom den gode Las, Puf og Else, samt Klaks, der fungerede som Statens Skovvurderer af Omegnens Skove. Han havde en stor Æske fin Konfekt, de andre Konditorkager i lange Baner og fint Undertøj. Har du nu kendt Mage til Fødselsdag, det var da mindst som om jeg blev 70. Jeg var overvældet. Heldigvis havde vi Masser af Chokolade fra om Eft. Flødeskum ligeså, saa der blev nok til os alle 14. De unge Piger udrettede Arbejdet, de er huskendte. 
+4
+De dækkede i begge Stuerne og vi havde det dejligt. Klaks og Thorsens som jo kommer i Familie gen. Bror og Kirsten var sammen første Gang den Aften. Fru Thorsen talte om saa morsomt der havde været den Aften i Sommer, da du gav Skole-Historier. Hun er et pragtfuldt Menneske, som jeg holder meget af, og hvor er hun altid parat til at le og more sig. --------------
+Nu har jeg kigget lidt i dine Breve og ser, at du spørger til Høsten; ja den blev jo lille som alle Vegne, men vi kan nu ikke bedømme den helt, før alt er optærsket og det er jo først til Foråret, for undertiden giver den jo lidt mere end man har ment.
+Og saa er der en Ting, jeg skal have korrigeret. Jeg har saamænd ikke saa meget at bestille som du; du har jo ogsaa Landhusholdning m. Have, Frugtplukning og den Slags. Og jeg har dog Margrethe, der er knagende hurtig i Vendingen. Saa har jeg ikke nær saa store Foretagender som du, med Vinbrygning o. lg. Men mit Arbejde er maaske nok større end dit med de store Maaltider og store Opvaskninger. Og saa er der jo deres Tøj, Strømper o.s.v. Desværre er jeg slet ikke mere den habile Arbejder, jeg har har været. Meget af min tidligere Energi er gaaet Fløjten. Maaske det er, som Fru Thaaning sagde til mig forleden: De er vel slidt op, Fru Larsen!
+Naar jeg igen skriver, skal jeg læse dine Breve og smaasnakke lidt om Indholdet, jeg tør ikke mere nu for den skidte Hånd.
+Derfor kun de kærligste Hilsner til jer alle tre og endnu en Gang Tak for alle dine overdaadig rige Gaver! Og Tak fra Agr. for Kortet, jeg er saa glad ved at hans Post var helt omfangsrig i Aar.
+Kan det Gulv i Dagl.st. ikke vente til Foraaret? Det er ikke saa god en Tid at lave den Slags paa. Det er saa langsomt til at tørre, naar det er koldt - siger de kloge.
+Altsaa – endnu en Gang - !
+Din Junge</t>
+  </si>
+  <si>
     <t>1941-04-08</t>
-  </si>
-[...7 lines deleted...]
-    <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>- Andreasen
 Valborg Andresen
 Maria Balslev
 Vilhelm Balslev
 Alfred Fly
 Heinrich Hopp
 Lars Lankjær Mikkelsen
 Adolph Larsen
 Marie Madsen-Mygdal
 Thomas Madsen-Mygdal
 Cathrine Meyer
 Marie Meyer
 Otto  Meyer
 Axel  Müller
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Janna Schou
 Gudrun Skanderup Nielsen
 Kaj Skanderup Nielsen
 Erik Warberg Larsen
@@ -613,50 +885,94 @@
 Der er ingen småfugle i haven. Skaderne tager dem vist.
 Maria Balslev kommer snart på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0wPP</t>
   </si>
   <si>
     <t>Lindøgaard 20-5-1941.
 Kæreste lille Dis! X Til Lykke med Gardinerne dejligt!
 Tænk, at du har Polyp-Historien overstaaet! Det er vel nok godt, jeg havde gruet paa dine Vegne, men anede ikke noget om, at det var saa nær forestaaende. Tænk, at du har gaaet med saadanne Bæster i dig! Det var altsaa ikke saa slemt at gaa hjemme? Men maaske lidt letsindigt i din Alder at foretage at foretage dig så meget X [”X” indsat over ”meget”] lige efter saadan en Operation. Mon nu de Galdeanfald havde noget at gøre med den? Det vides vel ikke. Hvor og hos hvem blev det lavet? Og tænk, at du tog helt alene derud og ikke havde en Smule Støtte af en af dine. Naa, nu er det altsaa ovre og godt det samme! Jeg haaber da, at Nus igen er kommen over sit? Nu har vi jo faaet Varme, jeg har lige været en lille Tur ude i Haven i det dejlige milde Vejr, nu skal jeg love for, der er kommen Fart i det hele, alt myldrer op af Jorden, især Græsset hvad betyder saa uendelig meget for de stakkels slunkne Kreaturer Manse tager sig med Lidenskab af Køkkenhaven i Aar; de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske [”de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske” indsat over linjen] han har f. Eks. saaet al Kaal, da Planter fra Gartnerne var fantastisk dyrt i Fjor og selvf. værre i Aar. Vi har flyttet den store Køkkenhave ud i Marken – allerede i Fjor, og vi har haft kolosalt med Grønsager; vi har endnu masser af store Selleri; saa snart vor lille Husalf bliver færdig med sin Vask, hun gnider kraftigt derude, kan jeg høre, skal hun koge hen af dem (Manses Idé) da nogle af de sidste var begyndt at raadne indeni. Hvidkaalen er lige sluppet op, men Rødkaal som vi spiser til alt muligt – Flæsk, Vildt o. lgn. samt Porrer har vi stadig godt med. Hvor er det vidunderligt med Grøntsager, jeg personlig er vild efter dem og skal jo have dem. Tak for det lille Skrift! Bare nu vor danske Landbostand ikke vil være altfor trøv med at faa fat paa det nye og selvfølgelig rigtige; at der er noget galt ser vi jo tydeligt. Amerikas gradvise Forandring til Ørken er efter min Mening, en Verdenskatastrofe og vi her hjemme er jo godt med. Hvis der var noget ved vore [”e” sidst i ordet overstreget] Landbovidenskab, tog den jo fat paa det og fik Konsulenter til at undervise os Bønder – smaa og store. Det var ikke
 2 
 helt nyt for mig, idet jeg ejer og har læst – i hvert Fald delvis – Pfeiffers Bog, jeg husker ikke Titelen Drengene fik lavet deres Møddingsplads an efter Anvisningen i Bogen. Se, alt det, som jo om 20-30-40 Aar [”Aar” indsat over linjen] vil være praktiseret her i Danmark og redde Landbruget fra Forfald, kan vi jo takke Tyskerne for. Dygtige er de jo, hvor er det Synd, at de har den skæbnesvangre Opfattelse, at de skal være Jordens Herrer. Gud ved, hvordan det ser ud dernede, Menigmænd som vi ved det jo ikke, men godt er det jo næppe for dem. Dog maa vi jo huske paa at deres Balkansejre bidrager til at holde Folket i Aande. Vigtigere end Hess-Forteelsen synes jeg næsten er, at det igen gaar Engl. godt i Afrika. Tyskerne paastaar jo, at de igen har taget Sollum, Engl. siger nej: Abessinien er jo paa Nippet nu, men det er vel at mærke ikke Tyskerne, der er blevet slaaet, saa de forb. Asner har jo stadig Grund til at triumfere. Jeg har ikke kunnet frigøre mig fra, at der laa Nazi–Rævestreger bag Hess-Begivenheden, men ingen synes jo at mene det. At Hess ligefrem skulde have givet sig til at bekæmpe Hitler efter mindst 15 Aars fortrolig Samvær og Beundring fra Hess’ Side, kan jeg næsten daarlig faa mig selv til at tro, men hvis han er flygtet for Livet, maa det være saadan. Men har Churchill ikke sagt, at han ikke vil give Underhuset Redegørelse for Episoden – det har jeg da faaet fat paa. Naar ”man” tillægger den saa stor Betydning maa det jo være fordi man føler sig overbevist om, at den skyldes Kludder i Nazi-Regeringen, men har man egentlig Vished for det: Fanden i det, hvor man ved lidt. Hvad er Jeres Erfaring m.H.t. den danske Stemning overfor Tyskerne? Elle ved fra Politimesteren i Kj. at en af de øverste Politimyndigheder havde udtalt, at det blev ”værre og værre” med Tysker-Hadet, og at Myndighederne havde Besvær med at holde Folk rolige. Det lyder godt, men jeg synes, der er mange kedelige Eksempler paa det modsatte. Madsen-Mygdal, Gudmund Hatt og mange mindre Aander. Dr. jur Asche, som har skrevet om udenrigs Politik i Venst.bl. i flere Aar, afslørede sig som fuldblods Nazist efter d. 9nde April. Hvad mener dog de Mennesker. De maa have glemt eller slaaet en Streg over Nazismens Forbrydelser (Jøder, Konzentr.) og hvor kan de dog det? det viser dog klart, hvad Aand, der behersker dem. Men de har vist for en Del Ret i deres økonomiske Betragtninger og det er 
 3
 Efter Middag
 vel det, visse meget jordbundne Aander ikke kan staa for. Jeg tror, jeg mener og har Erfaring for, at langt de fleste Mennesker ser alt under Synsvinkelen: Økonomi! Gud hvor er de [”de” indsat over linjen] smaatskaarne. 
 Der er mange Artikler i Fyens Venstbl. som jeg ikke kan fatte, at Brixtofte vil have i sit Blad; mange Ledere f. Eks. hvis jeg husker det, skal jeg sende Lederen for i Dag. Du tænker maaske: ”klip ud med det samme”, men Mændene har ikke læst Avisen endnu. Manse gik efter Middag ud til sit Solbad og stopper det lille Skrift i Lommen – det du sendte mig. Han er i høj Grad lydhør for Sagen. Manse er i det hele taget et intelligent Menneske, Dis, og han forstaar at bruge sin Intelligens til praktiske Ting. Tinge er ogsaa intelligent, navnlig ved han en Masse, han har noget af Lases fænomenale Hukommelse, men han svæver altid lidt. 
 Saa er der lille Skipper – jo Tak, hun har det efter hendes Breve at dømme udmærket, er glad ved det hele og er rask, har ikke haft een Dags Hovedpine og bliver ikke overanstrengt med Arbejde. Hun og en anden Elev har besøgt en 3die Elev, hvis Hjem ligger 17 Kilometer fra Odder; de tog af Sted Lørdag Aften og blev der om Natten; der er en meget stor Gaard, 160 Tdr. Land. Der er Elevens Mor, som Bibbe syntes vældig godt om hendes Bror som har [”har” indsat over linjen] Gaarden og hans Kone er forhenv. Sygeplejerske – en Personlighed, skriver Bibbe: De havde baade Klaver og de rigtige Noder; Bibbe spillede Schubert for dem, hvad de tydelig var meget glade ved. Ja, det var rigtig nok godt, at Bibbe fik sig mandet op til at begynde paa noget; jeg har før foreslået Sygepleje, men paa den Tid vilde hun ikke høre tale om at tage hjemme fra, Røde Kors Arbejdet gav hende Impulsen og saa blev det til noget. Vi er godt tilfredse med den nye Pige, hun er navnlig saa umaadelig sød og rar; jeg kan ikke vide, om hun ikke ogsaa føler sig lidt godt tilpas her; en Broder tjæner i Kølstrup og det er jo ingen Vej at tale om, og en Veninde er paa Højskolen i Kjerteminde; hun har fortalt mig, at her er kun halvt saa meget at lave som der, hvor hun kom fra i Jylland. Og saa er hun økonomisk, hvad der jo har knagende meget at sige, naar hun skal lave Maden. Min hidtil eneste Indvending er den at hun nok kunde være lidt renligere med sig selv. Maaske det kan bedres ved Eksemplets Magt. 
 4
 Hvor er det dog vidunderligt med Jannas Forretnings Fremgang, men hvor skal hun faa alt det lavet? Jeg er ikke rigtig klar over, hvem hun har som Hjælper foruden Sus. Bare Janna dog var lidt stærkere, men nu har vi da faaet Varmen. Jeg har i Dag for første Gang siddet i Haven og haft mine Knæ i Solbad, det var henrivende. Men vi har ikke mere den Fuglesang som i de første Aar. Jeg mener, det skyldes et Skadepar, som har boet her nogle Aar, de tager jo Æg og Unger fra Smaafuglene, eller jager dem væk. Fugle har jo god Forstand paa deres smaa Omraader, og de ved, at Skaderne er deres Fjender. Men Agraren og Manse er glade ved og interesserede i Skaderne og vil nødig skyde dem – og det maa de jo om, jeg har jo heller ikke ligefrem Bevis for at Sangfuglenes Flugt fra os skyldes dem. 
 Du har saa ikke endnu bestemt, naar du vil komme her – skriv det saa snart du ved det, Marie Balslev har lovet at besøge mig i Juni og vi har desværre kun 1 Seng! Ja, nu gør du store Øjne, men Drengene har taget deres store faste Træsenge bort og ligger i rigtige Senge. Det kunde jo være morsomt om du og Marie traf til at være her samtidig, i saa Tilfælde kunde du jo mulig sove paa Divanen her i Folkestuenden ene Nat [”den ene Nat” indsat over linjen], der spises jo i Køkkenet, saa de ikke forstyrrer dig om Morgenen. Er det ikke sødt af Marie, at hun vil komme? Jeg slog paa det og saa viste det sig, at hun havde Turen planlagt. 
 Onsdag 21 Maj Jeg naaede ikke at faa mit Brev med Posten i Gaar, men du er vel heller ikke kommen hjem endnu. – Jeg holder et lille Husmandsblad (3 kr. årlig) her er en Artikel, kan du ikke læse den og sige mig om du forstaar den – jeg ikke. 
 Vi fik i Aftes Visit af vor Brugsmandsdatter, hun er saa knusende sød mod os altid, god Veninde af Bibbe. Skønt vi nylig har faaet, kom hun med Tobak baade til os og Drengene samt Brystsukre til mig; men det er jo en stor Hemmeli[g]hed, at hun favoriserer os fremfor andre. De har et frygteligt Besvær med at skifte Sol og Vind lige. 
 Nu er der ikke mere denne gang – det skulde da lige være at jeg glæder mig usigeligt til dit Besøg. Du kan vist selv tænke hvad det betyder for mig som sidder hen. Tusinde Hilsner til Jer alle tre, din Junge.</t>
   </si>
   <si>
+    <t>1942-02-07</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Thomas Madsen-Mygdal
+Alhed  Møhl, Lysses datter
+Ane Talbot
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen gentager indholdet fra sidste brev, som muligvis er gået tabt. Penge kan ifølge Nationalbanken kun overføres til Sverige, hvis modtageren virkelig trænger til dem og beløbet må max. være på 200-300 kr. månedligt. Johan/Lysse og Elena/Bimse Larsen må skrive et klagebrev, som Andreas kan sende til Nationalbanken. Andreas vil bede om, at Johan indleder sine breve med at anføre, hvilket brev det er, han besvarer.
+Andreas Larsen og børnene løber på ski.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zXFR</t>
+  </si>
+  <si>
+    <t>[Fortrykt på arkene:]
+Kerteminde, ...... 194
+[Håndskrevet i brevet:]
+Svar på Brev af 28/1 - 42.
+[Efter det fortrykte "194":] 2.
+Kære Lysse
+Tak for Dit Brev, som Du nok har skrevet før Du har modtaget mit sidste. Jeg gentager her det væsentlige af Indholdet, for hvis det skulde være gaaet tabt. Da jeg skrev sidst havde Diskontokassen netop erfaret fra Nationelbanken, at Penge for Tiden kun kan overføres til Sverige, hvis Modtageren derovre trænger til Pengene, og kun med 200-300 Kr om Maaneden. Diskontokassen mente, at en Klageskrivelse fra Dig, som kunde videresendes til Nationalbanken, vilde udvirke en Tilladelse. - Jeg haaber at omtalte Klageskrivelse er paa Vej herned, naar Du læser dette. Da Nationalbanken var ca 1 Maaned om at svare sidst, vil der maaske nok gaa en Rum Tid før Du kan faa Pengene. Jeg anbefalede i sidste Brev at Bimse skulde skrive Brevet som skal sendes til Nationalbanken
+2)
+for Læselighedens Skyld. Angaaende eventuelt tabte Breve, saa har jeg svaret paa det Spørgsmaal en Gang og bedt Dig gentage det om de 200 Kr til Tinge lidt mere udførligt. - For at bøde lidt paa Uordnen i Korrespondancen maa jeg saa ikke foreslaa, at Du 1) læser mit sidste Brev mens Du sætter Dig tilrette forat besvare det og 2) begynder Dit Brev med: I besvarelse af Dit Brev af den og den Dato ........
+Vi dyrker Skisporten saa smaat iaar. Vi har her et stykke presset Kork, hvor paa Vokset først gnides, derefter gnides Skien med Korket. Det er en udmærket Maade at valle (?) paa, synes vi; det er hurtigt og nemt og tager ikke Huden af Hænderne.
+Vi har det ellers alle godt og haaber at I ogsaa har det godt.
+Mange Hilsner til Jer alle fra os alle her
+Puf.
+[Indsat på sidste side; i venstre margen; på højkant:]
+Den Madsen-Mygdal Bog behøver Du ikke at nævne oftere, jeg har ikke i Sinde at købe den.</t>
+  </si>
+  <si>
     <t>1942-08-28</t>
   </si>
   <si>
     <t>Thora  Branner
 Elise Hansen
 Andreas Larsen
 Elena Larsen
 Erik Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Jens Larsen
 Jeppe Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Gudmund Larsen 
 Kirsten Larsen, Elena Larsens veninde
 Thomas Madsen-Mygdal
 Erhard Meyer
 Marie Meyer
 Sophus  Meyer
 Alhed  Møhl, Lysses datter
@@ -674,233 +990,50 @@
     <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
   </si>
   <si>
     <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
 Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
 Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
 Marie m.fl. har været på tur til Enebærodde.
 Andreas/Lysses børn er yndige. 
 Marie vil meget gerne på besøg på Båxhult.
 Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
 Johannes Larsen arbejder med bestillinger hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
   </si>
   <si>
     <t>Kerteminde d. 28-8-42.
 Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
 Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
 Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
 Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
 Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
 Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
   </si>
   <si>
-    <t>1911-02-27</t>
-[...181 lines deleted...]
-  <si>
     <t>1946-08-04</t>
   </si>
   <si>
     <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Thora  Branner
 Adam Goldschmidt
 Brita Goldschmidt
 Lena Brita Goldschmidt
 Anne Marie -, i huset på Lindøgaard
 Adolph Larsen
 Marie Larsen
 Christine  Mackie
 Anna Meyer 
 Ellen  Sawyer
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Bornholmsk syge er en virussygdom, som giver influenzalignende symptomer og især rammer musklerne i brystkassen og lungehinderne. Navnet opstod, da man havde en epidemi af sygdommen på Bornholm.
 Topedeaborg var oprindelig et legehus, som Warberg-børnene havde ved hjemmet på Erikshaab. Astrid Warberg-Goldschmidt fik opført et lignende hus i sin have i Hareskov. 
 Myg er muligvis Anna Meyers datter Karen Elisabeth Mygdal Meyer.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2461</t>
@@ -914,183 +1047,50 @@
 Johanne vidste ikke, at Adam med familie skulle komme til Astrid/Dis.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/i0jC</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 6 August 1946
 besv 18 Aug. 
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgaard Søndag 4-8-1946.
 Baade Axels og mit har nok været lidt Bornholmsk Syge, det er der saa meget af for Tiden.
 Kære lille Dis!
 Dette er helt vinterligt – skønt Aftenen for Resten er saa skøn – her sidder Agraren, Rie, Bibbe og jeg med tændt Lampe i den store Stue; B. strikker de to andre læser, og jeg skriver og siger Tak for dit Brev. Det var en stor Lettelse at høre, at Axel er i Sving igen, men jo ingen Lettelse, at du har haft Galder uf, de modbydelige Galder! Mon du ikke har kigget efter Brev fra mig, men Himmel og Jord har staaet i et for mig; midt i Ugen blev jeg en Nat overrasket med Opkastninger; Gud, hvor jeg brækkede mig, blev saa i Sengen med 38 3 ogsaa Dagen efter igen, og saa var jeg saa umulig af Pirrelighed, at det slet ikke var nemt for dem her. C [”C” overstreget] Mornine ringede fra Kjerteminde, at hun Elle og Tutte vilde komme med Formiddagsbilen Lørdag – ja i Gaar altsaa. Bibbe og jeg pillede om Fredagen [”Fredagen” indsat over linjen] 4 Vildænder, som Manse nok saa belejlig havde skudt om Torsdagen, den Dag Andejagten jo gaar ind. Om Morgenen havde jeg lavet 2 store Skaale Rødgrød. Anne Marie skulde komme Lørdag, saa jeg imødesaa Dagen med Ro. Lørdag Morgen, da jeg sad ved min Morgenkaffe kom Anne Marie og meddelte, at Drengen var syg, saa hun kunde ikke komme jeg blev meget ked af [et overstreget bogstav] det, for jeg havde ingen Kræfter p.Gr.a. den forbandede Mavesygdom. Saa fortalte hun – at hun maatte hellere holde op med at komme, for de laa i Byggeroderi, og hendes Mand holdt ikke af at hun gik ud. Det brast helt for mig! Bibbe kom i det samme og blev rædselsslagen paa mine Vegne, over, at den Støtte skulde tages fra mig. Naa, Dagen gik for Resten godt nok, der var jo ikke saa meget at gøre ved Middagen, jeg fik Ænderne ordnet og sat paa, dækkede Bord til 10, Marie skrabede Kartoflerne – en mægtig Grydefuld – og Bibbe hærgede i hele Huset og satte Blomster i Vand; jeg var færdig halv 11, nej 11, da de kom, Marie passede Ænderne, saa jeg sad og snakkede med dem (Søstrene), [”Søstrene” indsat over linjen] gik kun lige ned og lavede Sauce. Som de Ænder smagte dem! Og Rødgrøden med. Vi tog Kaffen ved Bordet, Bibbe ordnede den mens jeg i en Fart skrubbede alle Tallerkner og Fade og Sølvtøj af. Saa tog ellers Bibbe og Marie hele den mægtige Opvask og jeg sad og snakkede med dem hele Eftermiddagen. Vi havde det henrivende, de var mægtig søde. Vi fik The inden de rejste, Kvart over 5. Du kan tro, det blev en dejlig Dag. - - Nej hør, jeg glemte helt at fortælle hvorfor jeg var saa dybt nede den Lørdag Morgen da Anna M. kom og meldte Afbud, at jeg græd! Jo tænkt om Natten vaagnede jeg med Smerter i højre Haand, ude af Stand til at bevæge Fingrene, med andre Ord mit gammelkendte Gigtanfald, der for 9-10 Aar siden var en hel Svøbe for mig; jeg maatte – den Gang – ligge i Sengen uden at røre en Muskel i Haanden, den var hoven og udspændt – Fingrene som udspændte Pølser! Men om Morgenen var det bedre, jeg kunde klæde mig selv paa, og det bedredes for hver Time der gik, saa det lettede jo paa Humøret, men at jeg næsten gik Amok, da A. M. kom med det Budskab netop den Dag, kan du vel nok forstaa. Selvom dette nu fik et saa hurtigt Forløb, og Hævningen kun var ubetydelig, virkede det dog som et Momento – tænk om jeg gaar en Vinter med den Slags Anfald i Møde! Og du kan tro, mit Hoved er ogsaa sløjt for Tiden, det hele staar saa tit stille for mig, jeg tænker det er min snart høje Alder, der gør det vanskeligere for mig at klare Paragrafferne, skønt baade Marie og Bibbe hjælper mig godt. Forleden Eft. da jeg lige var bleven færdig med Opvask og Eleven i Klaver og faaet mig lagt til Hvile med et Lettelsens Suk, hørte jeg Stemmer: Mix, Myg, Marie Meyer og Katrine Jeg fik jo lavet Kaffe, og det var rigtig hyggeligt, men alligevel! Saa, du kan tro, jeg kan forstaa, at du ikke kan holde til alt det, du har; mange Mennesker er nu ikke godt for svage Hoveder. Du nævner Brita – der var da slet ikke Tale om, at de skulde komme; da jeg var ovre hos Jer? eller var det bare at jeg ikke hørte om det? Hvis de kommer er det da en Guds Lykke at I har Topedeaborg ledig. Jeg er meget spændt paa at høre om Forløbet. Naturligvis vil du gerne se Adam og den lille. 
 Jeg maa i Seng, skal lidt tidlig op i Morgen, skal vaske Æg, pakke din Taske, som Æggemanden saa kan faa med, vaske et Læs af Strømper og faa min Ribssaft kogt færdig og fyldt paa Flasker, som da er renset.
 Derfra god Nat og god Bedring med det hele. Tak for Laan af Tasken, haaber den kommer over i god Behold.
 Tusind Hilsner til Jer begge.
 fra din Junge.
 Marie hilser, Bibbe ligesaa med mange Tak for sidst. 
 [Indsat øverst s. 4; på hovedet:] Æggemanden fik din Taske med i Formiddags haaber du naar at faa den inden du skal rejse til Bogø! Mandag</t>
-  </si>
-[...131 lines deleted...]
-Kære Lugge! Tak for Brevet, som jeg fik lige inden Paaske! Jeg forstaar nok baade paa Dit Brev og af hvad jeg senere har hørt om Dig, at det ikke gaar fremad med Stormskridt. Men skal vi ikke være enige om, at Du skal give Dig god Tid. Naar nu vi har gjort saa stort et Skridt for at faa Dig rask, er det saa ikke bedst at fortsætte til Resultatet er tilfredsstillende? Tal lige ud med Overlægen og stik intet under Stolen og ret Dig saa efter hans Raad og rejs ikke fra Montebello før han tilraader det. Det staar godt til i Willemoesgade, Lysse er i Bedring, Tp. nedadgaaende, men Examen gaar sikkert i Løbet; i denne Uge kan han ikke gaa op, og det er 4 Fag han forsømmer, det mener han er for mange til Sygexamen, han taler om at gaa op til den Tid igen om et Aar efter sin Soldatertid. Mon Brønsted befinder sig vel i Belgien? Nu kommer der da fine Meddelelser i Politiken; hvem mon der arrangerer dem? Forhaabentlig er det ogsaa rigtigt at Finansudvalget har vedtaget Institutet? Nu maa du vel saa snart tage fat derpaa; det bliver spændende. Min Rynkebytur var kort men vellykket, Vejret herligt, Sol og Sommer - Jeg var paa Opfordring i Kerteminde om Fredagen til Kaffe midt paa Dagen. Der var fint og stort Kaffebord og der var rigtig Besøgsdag, foruden Grethe og mig var der Drude og hendes 2 Sønner, sidenhen en Hr Andrésen, som de kaldte Patronen, senere kom Fru Tandlæge Meyer og Mand - og om Formiddagen havde der været ligesaa livligt Rykind. Las saa godt ud og syntes veltilpas, Mornine ligesaa, men spørger man ["man" indsat over linjen] hende om der er noget afgjort siger hun, det ved hun ikke og i det hele taget taler nu hun om [over "hun" et 1-tal; over "om" et 3-tal; over "sin" et 2-tal] Situation, Sygdommen o.s.v. paa denne lidt anstrængte Maade, som Mornine kan have, næsten mest som om det ikke videre angaar hende. Grethe sagde imidlertid at hun paa Elle havde forstaaet at Esben Hansen havde forlangt eller i al Fald uden Indsigelser foreslaaet Mornines [ulæseligt ord] og en Gage til hende, men det nævnede Mornine ikke selv. Der var nydeligt allevegne baade ude og inde, Udsigten over Store Bælt var vidunderlig, men underlig vemodigt er det at gaa rundt der, naar Alhed ikke er der. Puf var ikke hjemme, han var ude i Bil, men jeg saa ham Dagen før, da Grethe og jeg mødte dem alle 4 [ulæseligt ord] var da i Bil. Grethe og jeg var gaaende, [ulæseligt] til Rynkeby; griber Grethe Stokken og skridter af. Grethes Søster Bolette [teksten fortsætter s. 1; i venstre margen; lodret samt øverst på arket:] 21de April, saasnart Grethe har passeret København, det er absolut den nemmeste Vej til Holland. Hav det nu godt og bliv hvor Du er - Mange Hilsner fra Bodild</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1167,51 +1167,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Nxxl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fmzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nxxl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fmzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1262,897 +1262,897 @@
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I2" s="5"/>
+      <c r="H2" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>20</v>
+      </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F3" s="5" t="s">
-        <v>26</v>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F4" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="M4" s="5"/>
+        <v>43</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>48</v>
-[...9 lines deleted...]
-        </is>
+        <v>52</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-        <v>57</v>
+        <v>59</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F8" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>68</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="I8" s="5"/>
+        <v>69</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>70</v>
+      </c>
       <c r="J8" s="5" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>86</v>
+        <v>26</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>27</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="I11" s="5"/>
+        <v>90</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>91</v>
+      </c>
       <c r="J11" s="5" t="s">
-        <v>88</v>
+        <v>30</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-      <c r="F12" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="s">
         <v>96</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>97</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>98</v>
       </c>
       <c r="J12" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="L12" s="6" t="s">
+      <c r="M12" s="5" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="B13" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="5" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-      <c r="E13" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K13" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="I13" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J14" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="J14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="B15" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F15" s="5" t="s">
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="K15" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>121</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="B16" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="K16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="L16" s="6" t="s">
+      <c r="M16" s="5" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="F17" s="5" t="s">
         <v>132</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
         <v>133</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>134</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>43</v>
+        <v>135</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>140</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>35</v>
+        <v>148</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="s">
-        <v>147</v>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="I19" s="5" t="s">
         <v>149</v>
       </c>
+      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>40</v>
+        <v>116</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>75</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>161</v>
-[...4 lines deleted...]
-        </is>
+        <v>124</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>132</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>162</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>163</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>164</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>166</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>167</v>
       </c>
     </row>