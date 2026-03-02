--- v0 (2026-01-13)
+++ v1 (2026-03-02)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="65" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="67" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -283,78 +283,103 @@
   <si>
     <t>Thorvald Balslev var i 1904 ansat som præst i Nørhaa i THY. Efter hans fars død i 1896 måtte Thorvald Balslevs mor naturligvis flytte fra præstegården. 
 Otto Emil Paludan overtog efter Albrecht Warbergs død i 1902 både stillingen som godsforvalter ved grevskabet Muckadel og boligen Erikshaab. Laura Warberg og sønnen Andreas flyttede i første omgang til København. De to døtre, der boede langt væk, var Ellen Sawyer og Christine Mackie, som begge var gift og bosat i Boston. 
 Louise og Johannes Brønsted fik 19. jan. 1904 deres første barn, Alhed. 
 Johan Balslevs kæreste eller hustru i 1904 kendes ikke, og Eva Balslevs søster er også ukendt.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3847</t>
   </si>
   <si>
     <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
 Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
 Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
 Eva har mavekatar, men ellers er familiens medlemmer raske. 
 Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
 Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
 Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rj5a</t>
   </si>
   <si>
     <t>Nørhaa 19-1-04
 Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
 Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
-Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa attende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
+Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
 Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
 Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
 Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
 Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
 Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
 Din hengfivne
 Thorvald Balslev.</t>
   </si>
   <si>
     <t>1905-01-22</t>
   </si>
   <si>
-    <t>Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang"</t>
+    <t>Eva Balslev
+Lars Christian Balslev
+Laura Balslev
+Rasmus Balslev
+Vibeke Balslev
+Louise Brønsted
+Otto Emil  Paludan
+Kamma Rahbek
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>F.C. Sibbern: Efterladte Breve af Gabrielis (1826) er en af de tidligste danske romaner i den genre, der senere blev kendt som "kærlighedsromanen" eller "brevsromanen".
+Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang".
+Atlanterhavet: Laura Warberg var i USA for at besøge sine to døtre, som var gift og bosidddende der.
+Eva Balslevs forældre og søstre kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3848</t>
   </si>
   <si>
+    <t>Det var godt, at Laura Warberg slap levende over Atlanterhavet.
+Andreas Warberg er blevet en stor voksen mand. Thorvald Balslev husker ham som barn.
+Den gamle greve er død. Alting forandrer sig. Thorvald Balslev savner sin far - især nu hvoir han ligesom faderen er blevet præst.
+Evas mor er død, og det er et stort tab.
+Vibeke er fire år. Hun er tynd og har problemer med maven. Eva og Vibeke er på besøg hos Evas far i Roskilde, og Thorvald skal mødes med dem hos Lars Christian/Laders Balslev.
+Eva er lidt ensom i Vestjylland. Det er i øvrigt koldt og blæsende.</t>
+  </si>
+  <si>
     <t>https://fynboerne.ktdk.dk/d/FYTo</t>
   </si>
   <si>
     <t>Nørhaa 22-1-05.
-Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for imlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
-[...3 lines deleted...]
-Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte galt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sundheds... mig at tilføje. Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg forodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og tak, fordi du bliver ved at tænke paa mig ogf skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
+Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i Stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for Himlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
+Ja saa mange Tak for dit lange Brev med god Besked om næsten alt, dog ikke synderligt om dig selv, andet end at det giver Indtryk af, at du har haft det og har det fremdeles godt; og jeg haaber, det Indtryk maa være rigtigt - naturligvis regner jeg ikke med Atlanterhavet, men forresten er du vel saa sjæleglad over at være sluppen over det baade frem og tilbage, at det efterhaanden bliver til et helt lyst Minde. Et hoc meminisse iuvabit, siger Latinerne, og hvis Lugge, om Forladelse: Fru Brønsted, ikke har glemt al sin Latin, saa kan hun jo oversætte det. Det har glædet mig saadan at høre, at I har det godt allesammen, ikke mindst at høre ["at høre" indsat over linjen] om din Søn med de 160 Pund; han maa være bleven en ordentlig Prygl, det er pudsigt at tænke paa, hvad for en bitte Knægt han var, da jeg saa ham første Gang, for 12 Aar siden. Det glæder mig fremdeles at høre om Paludan, som tidt har været i mine Tanker, baade for hans egen og for jeres Skyld. Nu er den gamle Greve jo død - ja du man behøver ikke at blive ret gammel for at se store og mærkelige Forandringer i sin egen og sine Venners Tilværelse. Og underligt nok, men saadan er det da for mig, Savnet bliver ikke mindre med Aarene, meget snarere dybere; saadan fEks. ang. Tarup og navnlig Far. Nu er det 8 Aar, siden han døde, og det er ganske sikkert, at jeg nu savner ham mere og føler Tabet mere end i Begyndelsen. Noget skyldes det naturligvis det, at jeg er bleven Præst og baade selv gærne vilde tale med ham om mange Ting og vèd, at det vilde have været ham en stor Glæde at tale med mig og tage Del i mine Oplevelser. Det vil formodentlig gaa Andreas lige saadan overfor hans Far; der var jo over begge de to Mænd en saa ualmindelig Sjælekraft, som gør det saa levende for èn, hvordan de vilde tage Del i vores Tænken og Handlen. Men vi maa jo være taknemmelige for, hvad vi har haft og endnu har.
+Det Tab, vi led ifjor og lider under endnu og som bliver svært at forvinde, det at Evas Mor døde, det har igrunden ogsaa, tror jeg, bidraget til at understrege Tabet af Far endnu mer for mig. Hun var et ganske ualmindeligt Menneske, et af dem, man ikke let glemmer, selv efter løse Bekendtskab, og jeg lærte hende jo ret nøje at kende. Hun var et Adelsmenneske i bedste Forstand. Det var ogsaa et stort Tab for vores lille Pige, som jo var Mormors Øjesten, men hun føler det jo ikke saadan. 
+Vi har ellers i det hele taget haft det saa nogenlunde, lidt er der jo gærne i Vejen med den ene eller den anden af os, men det har da ikke været noget større. Vibeke er nu 4 Aar gammel og ikke saa lille endda, bare saa tynd, saa tynd, men hendes Forældre er da heller ikke saa synderlig tykke. Naar hun bare er rask, men hun har noget Tarmkatarrh, som det er svært at komme af med. Hun er en sød og god lille en og et gevaldigt Livstykke; forkælet bliver hun naturligvis, navnlig af sine mange Mostre, saa jeg maa jo desværre undertiden optræde som den strænge Fader, slet ikke nogen særlig taknemmelig Rolle. For Tiden er hun unddraget min pædagogiske Indflydelse, idet jeg nu i snart to Uger har været ganske ene. Eva og Vibeke har været og er endnu i Roskilde, hvortil Hjemmet jo er flyttet, som du maaske vèd, efter at Evas Far er bleven Herredsfoged i Lejre Herred. Det har været en ret drøj Tid, denne Ensomhedsperiode, men heldigvis har jeg haft Arbejde til op over begge Øren, og endnu mere heldigvis er den nu forhaabentlig snart forbi; paa Onsdag agter jeg mig til [ulæseligt ord] at se til Laders, som jeg ikke har set i snart 2 Aar, og dèr skal saa Eva og Vibeke støde til mig. Paa Lørdag rejser vi saa hjem, og saa glæder jeg mig i Haabet om en længere rolig Periode. Nu har vi ikke været alene, saa at sige da, siden Juni Maaned ifjor. Vort ellers rolige Levned forstyrres forresten en Del af mig selv, idet jeg er noget "udsvævende", som de siger paa Fyn og forresten ogsaa her i Vestjylland, altsaa jeg er temmelig meget paa Farten til Foredrag og sligt, det er jo ikke saa synderlig morsomt, navnlig ikke for dem, der skal sidde hjemme og kukkelure imens. Ellers er det saamænd Synd at sige, at vi lever selskabeligt, vi omgaas saa at sige ingen, og det er jo mere Synd for Eva end for mig, der jo har mit Arbejde, som jeg kan gøre saa meget ud af, som jeg vil, og egentlig aldrig kan gøre nok. Det kan blive lidt ensomt for Eva, og jeg kunde nok unde hende at være paa en Egn, hvor der var lidt flere, vi kunde dele Interesser med, og navnlig nogen lidt nærmere. Men det er jo nu engang her, vi har vort Arbejde, og saa har vi jo da vort Hjem. Saadan en lille sjov Præstegaard har du saamænd aldrig set, den er ikke anlagt for store Selskaber, men til daglig er den meget hyggelig. Nogen Mennesker kan vi da ogsaa have: forleden havde vi 34 Piger paa engang i to Stuer, det var da meget hæderligt, men de maatte da ogsaa drikke Kaffe i 3 Hold, hvilket nu ikke blot var Pladsens, men ogsaa Koppernes Skyld. 
+Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte godt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sandhedskærlighed mig at tilføje. 
+Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg formodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og Tak, fordi du bliver ved at tænke paa mig og skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
 Din hengivne
 Thorvald Balslev.</t>
   </si>
   <si>
     <t>1940-12-21</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Hans Beck Thomsen
 Andreas Larsen
 Jens Larsen
 Jeppe Larsen
 Jonas Larsen
 Marie Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Alhed  Møhl, Lysses datter
 Christian Møller, maler
 - Nørregaard
@@ -765,116 +790,112 @@
       <c r="A6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H6" s="5" t="s">
+        <v>52</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>53</v>
-[...4 lines deleted...]
-        </is>
+        <v>54</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">