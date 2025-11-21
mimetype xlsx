--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="164" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="172" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -608,50 +608,80 @@
 Frida Madsen
 - Petersen Gelskov
 - Trautner
 Kristian Taaning
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Larsen-familiens hus på Møllebakken i Kerteminde blev bygget om i oktober og november 1919. Alhed Larsen opholdt sig imens hos familie i Birkerød, så hun kunne være nær sine drenge, der var elever på Birkerød kostskole. Hun var desuden syg en stor del af tiden. 
 De omtalte bøger: K. Weule: De Kulturløses Kultur, H. Aschehoug &amp;amp; Co, Kristiania 1915 og Hans Puhlig: Eiszeit und Urgeschichte des Menschen: Nach seinen Vorlesungen, Tyskland 1907.</t>
   </si>
   <si>
     <t>Der høstes store mængder æbler og pærer i haven på Møllebakken.
 Håndværkerne lægger fliser i badeværelset, og de har sat køkkenbord og -vask op. Gulvbrædderne er krumme og revnede, men der er rigeligt af dem. 
 Johannes Larsen vil gerne have besked i god tid om, hvornår Alhed kommer hjem, så de kan få hjemmet til at se ordentligt ud.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/35R9</t>
   </si>
   <si>
     <t>Kjerteminde 9-10-1919.
 Kæreste Alhed!
 Jeg sendte i Formdgs Bøssen som Expresgods. Patroner var der kun en 5-6 med mindre Hagl, Resten No 2 og No 1, altsaa ubrugelige til den Slagt Jagt. Tinge kom i Middags med 3 Figen til Dig som jeg sender nu sammen med "de kulturløses Kultur" og "Eiszeit und Urgeschichte des Menschen" som vist er bedre end den anden. Jeg har plukket dobbelt Philip i Dag og sammen med Algren Callebassene, han plukker i Eftermiddag Cox orange og Dr. Louise henne ved Møllen. Sidstnævnte er der mange af Cox orange færre skønt der er 2 Træer. Frugtkælderen er fuld. Vi har lagt Pære i Rullestuen og Fuglestuen. Moltkepærene er ikke plukket jeg har givet en Del bort og Haandværkerne sankede op. Tilbage af Pærer er der altsaa Eyewood, Beurre Diel og Beurre Napoleon og Josephine de Mulines de 2 første og den sidste i Mængde, men ingen af dem modne. Af Æbler sidder der endnu en hel Masse Cox Pomono paa 3 Træer, et er plukket og saa det Træ hos Svanerne samt Pichora i Trekanten udenfor. De trækker endnu Gesims i Dagligstuen men Taaning har lovet mig en Mand i Mrg. til at lægge Fliser i Badeværelset. Den gl. Vask og Køkkenbordet er stillet op men med ny Plade. Petersen, altsaa Tømreren vil nu tage Brædder ud til Gulvene og lægge Gulv i Have- og Trappestuen. Han siger at der ikke er nok af de 11 T. og at de er krumme og revnede, men at der er rigeligt af de 9 T. til baade Dagligstue og Havestue. Vi stillede Kakelovnen op i Gaar Mrg og har siddet siden i Havestuen. Frida og Md. Granhøj har i Dag gjort rent i Spisestuen og det gl. Spisekammer. Jeg længes efter at faa de 2 Døre muret til, men det maa vist helst vente til Kirst og Trautner er færdige. Jeg fik ikke at vide i Telefonen hvordan du havde det i Gaar. Jeg Gaar vel nok Besked om hvornaar Du kommer i god Tid d.v.s. 2-3 Dage i Forvejen, saa jeg kan faa det til at se saa ordentlig ud som muligt efter Omstændighederne.
 Mange kærlige Hilsner 
 Din 
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1920-03-06</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Elisabeth Neckelmann
+Marie Neckelmann</t>
+  </si>
+  <si>
+    <t>Sorrento
+Napoli</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Elisabetrh og Marie har vist ikke fået alle fotografierne. Grete og moderen skal til at lave badedragter. Grete får en golftrøje i fødselsdagsgave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/astS</t>
+  </si>
+  <si>
+    <t>Sorrento 
+Lørdag Aften (bliver først afsendt Søndagmorgen) d 6/3 1920.
+Kære Yndigheder?
+Mange Tak Sidse for Brevet; Det lader ikke til at I har faaet alle de Fotografier vi sendte og tænk! Jeg hører I har nok kun faaet 2 Lommetørklæder og vi sendte 3 af Sted, 2 ens og 1 andet; mange Tak for de søde Blomster jeg fik i sidste Brev det har vi faaet men ikke Brevkortet som du sagde at du sendte samtidig. – Ja, her bliver yndigere og yndigere Mos og jeg skal snart til at lave Badedragter og Sommerkjolerne er jo kommet i Brug. Naar jeg kommer hjem vil I ikke kunde kende mig igen
+Napoli, forleden Dag fik jeg en vidunderlig Golftrøje rød tyk og dejlig og I kan ikke g hvad den kostede - - - 225 kan I tænke Jer 225 L den er vidunderlig noget af det fiskeste jeg faar den først til min Fødsdag saa jeg ved det naturligvis slet ikke. Er I ikke grønne g o.s.v.! Og har I i Grunden ken[dt] Mage til Flothed hvad? Jeg kan se jeres Ansigter, naar I læser dette i er alle 3 ganske Paf og en Besvimelse nær Tænk hvad vi skal vise hinanden naar vi kommer hjem ["naar vi kommer hjem” indsat over linjen] Sikk ["Sikk" overstreget] Japanesiskesilkestykker og jeg min Golf. Men nu er der snart ikke Plads til stort mere end at sige mange mange Hilsner fra Jeres hengivne og henrykte Gretemor</t>
   </si>
   <si>
     <t>13. sep. 1925</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/mQP42PpV</t>
   </si>
   <si>
     <t>21. feb. 1928</t>
   </si>
   <si>
     <t>Elise Hansen
 Peter Hansen
 Else Jensen
 Johannes V. Jensen
 Andreas Larsen</t>
   </si>
   <si>
     <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
@@ -943,59 +973,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XjPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/astS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XjPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M20"/>
+  <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1539,382 +1569,426 @@
       </c>
       <c r="H13" s="5" t="s">
         <v>118</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>119</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>65</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>120</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>121</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="C14" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="D14" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>126</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="I14" s="5"/>
-      <c r="J14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J14" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>128</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>129</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K15" s="5" t="s">
-        <v>129</v>
+      <c r="K15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L15" s="6" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>132</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>61</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>136</v>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>139</v>
+        <v>82</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>94</v>
+        <v>140</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>142</v>
+        <v>86</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>143</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>144</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>94</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>94</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="D20" s="5" t="s">
+      <c r="D21" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...28 lines deleted...]
-        <v>163</v>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
+    <hyperlink ref="M21" r:id="rId26"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>