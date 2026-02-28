--- v1 (2025-11-21)
+++ v2 (2026-02-28)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="172" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>