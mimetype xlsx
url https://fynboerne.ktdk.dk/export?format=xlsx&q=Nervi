--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1207" uniqueCount="816" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1219" uniqueCount="823" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1057,68 +1057,68 @@
     <t>Johannes Larsen skal skrive til Baronen om Den Frie Udstilling (iflg. tidligere brev at bl.a. Gottschalk ikke er inviteret til at udstille).
 Maleren Willumsen har skrevet og bedt om tegninger til det tyske tidsskrift Pan.
 Det er godt, hvis Alhed kan få arbejde på Porcelænsfabrikken og Johannes Larsen selv på Viborg Domkirke.
 Peter Hansen er på herregården Scheelenborg for at tegne heste til en plakat med kentaurer (se tidligere brev).
 Larsen-familien har spist vildt, som Peter Hansen og Agraren har skudt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/os86</t>
   </si>
   <si>
     <t>Kjerteminde 23 F 
 Min egen Kæreste!
 Tusind Tak for Dit Brev i Eftermiddag. Det var rigtignok godt at du alligevel kommer paa Lørdag. Du kan tro jeg skal nok være der med Vognen, Kane bliver der vist ikke noget af, i hvert Fald har der da endnu ikke været noget her der har lignet Kaneføre. Du maa undskylde at Du saa først faar det [noget af papiret mangler] Middagen, men i [noget af papiret mangler] jeg ikke i videre g[noget af papiret mangler] jeg har været nog[noget af papiret mangler] og jeg malede daar[noget af papiret mangler]dags og saa skulde jeg skrive til Baronen i Middags for at høre hvordan han stiller sig til den fri Udstilling. [noget af papiret mangler]middag gik det lidt bedre med at male skønt det var meget mørkt i Vejret. Jeg har saa meget i disse Dage saa jeg er bleven en Del nervøs. I Morges var der Brev fra Willumsen, han bad mig sende nogle Tegninger, da han havde faaet i Kommission fra et Tidsskrift ”Pan” i Berlin at [noget af papiret mangler]m yngre dansk [noget af papiret mangler]is de tage nogle [noget af papiret mangler]de en Helsides Illu-[noget af papiret mangler]ed fra 150-200 M. og mindre Billeder fra 30-50 Mark. Jeg skal have sendt nogle Stykker i Morgen da han skulde have [noget af papiret mangler] den 25, saa det er [noget af papiret mangler]. Det er ikke saa galt hvis Du kan faa noget arbejde paa Fabrikken til Vinter, især hvis det saa bliver til noget med Domkirken, for saa skal jeg jo ogsaa derover og tegne Kartoner. Peter er taget til Schelenborg i Eftermiddag for at tegne brogede Heste, til Centauren paa [noget af papiret mangler] han gør en Mas[noget af papiret mangler]der til den. Du [noget af papiret mangler]ligvis velkommen [noget af papiret mangler]dag, jeg har best[noget af papiret mangler] Heste af Fader til at hente Dig med. I Gaar spiste vi den Agerhøne til Middag [noget af papiret mangler]d forrige Søndag [noget af papiret mangler]der var jo i Odense og vi fik den sammen med 2 Raadyr og en Due som Peter og Agraren havde skudt. Peter og jeg delte Hønen og Klaks og Fru Storm Duen og saa fik vi hver en halv Krage som Peter var meget begejstret for, han lovede at han aldrig skulde kaste Krager bort mere [noget af papiret mangler] de allerkærligste[noget af papiret mangler]a din Kæreste, [noget af papiret mangler]er sig umaadelig [noget af papiret mangler] paa Lørdag [noget af papiret mangler]dt at Du kommer. Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1898-03-15</t>
   </si>
   <si>
     <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Erikshaab pr. Højrup St.</t>
   </si>
   <si>
-    <t>Pouline -
-Tanus -
+    <t>Tanus -
 Louise Brønsted
+Pauline Hirschsprung
 Alhed Larsen
 Harris Sawyer
 Albrecht  Warberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
 Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
 Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
   </si>
   <si>
-    <t>Ellen har talt med Tante Pouline om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
+    <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
 Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
 Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
 Hun beder om rapport om faderens sygdom.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eArm</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg.
 Erikshaab
 pr. Højrup St.
 [Håndskrevet i brevet:]
 Tirsdag 15/3 98
 Privat
 [Skrevet på tværs under datoen:]
 Hilsen til Frk. J.
 Kære Mor!
 Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
 Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
 Du skulde vel ikke kunde finde på èn el. anden Udvej,
 Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
 Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
 Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
 Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -
@@ -2537,50 +2537,123 @@
   </si>
   <si>
     <t>Pilegården Kerteminde</t>
   </si>
   <si>
     <t>Heinrich Heine
 Else Jensen
 Jens Jensen
 Villum Jensen</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Vejret er smukt, kirsebærtræerne blomstrer, og fuglene synger. Fritz Syberg føler sig alligevel trist og udenfor. Han graver og vander have og ville ønske, at han var en plante. Syberg kan ikke male; når han prøver, bliver det elendigt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0QX8</t>
   </si>
   <si>
     <t>Pilegaarden Pinsedag 1917
 Kære Ven.
 Sikken et Pinsevejr, det er næsten bespotteligt at tale om Gigt, Influenza og Nervøsitet og det er dog det, den staar paa her. Jeg vaagner flere Gange om Natten og kigger ud af Vinduet, og det Syn der møder En er vidunderligt som et Digt af Heine. Blomstrende Kirsebærtræer, blaanende Marker og rosenfarvet Himmel; tæt ved Vinduet sidder en Drossel og synger halvt i Søvne, og hele Rummet derude er fyldt med [”med” overstreget] af Fuglesang, ja det er rigtignok ”wunderschönen Monat Mai.[”] Selv staar jeg træt melankolsk, som En der er sat udenfor det hele, paa Vej bort fra det altsammen. Om Dagen vander planter og graver jeg lidt i Haven, et Par Timer Formiddag og Eftermiddag (Resten af Tiden tilbringer jeg i Sengen) og Dagen er endnu vidunderligere end Natten. Gud ved om det, at blive Plante, et Par Aars Tid ikke kunde kurere En for Søvnløshed. Men at behandler sig selv som Plante er svært og faa Andre til at gøre det samme [”samme” overstreget] er umuligt. Et maa jeg imidlertid renonsere paa, at male, det lykkes mig kun at konstatere hver Gang, jeg faar et Tilbagefald til Penslen, hvor elendig jeg er. Skal det blive til noget maa jeg have et større Fond af Kræfter samlet sammen. ”Krop skal til” som Græshoppen sagde. Ha’et nu godt alle sammen, hils Børnene og Else mange Gange og vær selv hilset fra
 Din hengivne
 Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1917-11-11</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Ellen Brønsted
+Eugenie Holstein-Ledreborg
+Julius Hviid
+Ellen Iuel
+Marie Iuel
+Rudolph Iuel
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen  Sawyer
+Gudrun Skanderup Nielsen
+Andreas Warberg
+Minna Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Fru Hotel Nielsen: Gudrun Skanderup Nielsen ejede Tornøes Hotel i Kerteminde.
+Hverringe og Ulriksholm er herregårde beliggende nær Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3773</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker Ellen/Bes Brønsted tillykke med fødselsdagen.
+Laura har været i Brædstrup. Lejligheden er god, men kold, og drengene var søde. Familiens nye pige druknede sig i Ring Sø.
+Laura W. har problemer med øjnene og med svimmelhed, og hun kan ikke bruge briller.
+Alhed Larsen underviser sine sønner. Den ene er dygtig; den anden bagud.
+Ellen Sawyer sælger malerier og underviser i klaverspil på blandt andet herregården Hverringe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H1mh</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1917 11-11-1917
+[Skrevet med blæk på kuvertens forside:]
+Fru Professor Brønsted
+cand. polyt.
+Tornehave 
+Birkerød St.
+[På tværs med sort blæk på kuvertens forside:]
+90
+60
+50
+50
+450
+90
+300
+60
+180
+125
+1440
+[På kuvertens bagside; med blyant; en del kemiske formler. Og med blæk; på tværs:]
+25
+Sk. 20
+20 
+10
+[Med blæk i brevet:]
+Kerteminde d: 11/11-17
+Kære lille Muk!
+Til Lykke med lille søde Bes! Jeg sender samtidig med dette en Anvisning paa 2 Kr, som hun selv kan kan købe sig lidt for, den store 12aarige Pige; at tænke sig om 6 Aar er hun Student. Jeg har været en Uge i Brædstrup, det er en smuk Lejlighed, men der er koldt. Drengene var raske og søde, Minna meget optaget af ny Pige d: 1_ste_, flink og rar og godt anbefalet, lovede saa godt! Og saa drukner hun sig i Ring Sø en lille Kvartmil fra Brædstrup, en meget uhyggelig og mystisk Begivenhed, ingen aner Motivet, uden muligvis øjeblikkelig Sindssyge eller at der var noget galt med hende, hvilket endnu ikke var bleven undersøgt, da jeg rejste. Minna averterede strax og havde et run af Piger, tog vist en af dem. Jeg har ikke været hel vel en lang Tid, Øjne og Hoved og megen Svimmelhed, men det er kun Nervøsitet siger baade Dr. Hviid, Grethe Bichel og Dr. Sounte, Øjelæge i Odense. Det eneste ved det, som generer mig er, at jeg kan ikke taale at bruge Briller, kun en Lorgnet og endda med Maade. Jeg prøver at faae andre Glas i Brillerne, men det er vanskeligt. Ellers staaer alt vel til i alle Hjem; Alhed slider vældigt med Drengene, Puf er flink, men de siger, at Lysse er umulig, hans ringe Kundskaber i alle Fag er os en Gaade. Lehn Schiøler spekulerer for Alhed, vist 2000 som han nylig har købt Malerier for; hun har lige faaet at vide, at hun har tjent 600 foreløbig. Elle tjener godt ved Malerier for Tiden et ret stort med Olie til Fru Hotel Nielsen og et mindre til Grevinden paa Ulriksholm/gennem Bichels. Hun er glad ved at spille paa Hverringe, de er saa ligetil og rare mod hende, og den unge Datter er saa sød og flink, men ikke musikalsk. Gid Vinteren ikke skal blive for streng for Elle og gid den skrækkelige Krig snart fik Ende!
+Nu kun kærlige Hilsener til Eder allesammen, lille Muk; jeg vil da haabe, jeg har takket for Dit sidste lange og gode Brev.
+Bedstemor
+Elle hilser Eder alle og lykønsker Bes!</t>
   </si>
   <si>
     <t>1918-04-28</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Martofte</t>
   </si>
   <si>
     <t>Møns Klint</t>
   </si>
   <si>
     <t>Andreas og Johan Larsen er på kostskole i Birkerød.
 Johannes Larsen opholder sig i Henne Kirkeby for at male.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Alhed Larsen håber, at hendes sønner har haft en god tur til Møen. Den dag, de skulle afsted, vågnede hun og var nervøs for, om de nåede toget. 
 Vejret er dejligt, haven er skøn med ny plæne og iris, og Alhed syr gardiner. Dyrene har det også godt.</t>
   </si>
@@ -5380,59 +5453,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qaqc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1lWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6VeS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PVvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HopY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qaqc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1lWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6VeS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PVvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HopY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M109"/>
+  <dimension ref="A1:M110"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -7712,2551 +7785,2594 @@
       <c r="H52" s="5" t="s">
         <v>395</v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
         <v>396</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>397</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>398</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
         <v>400</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D53" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="E53" s="5" t="s">
+      <c r="I53" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="F53" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G53" s="5" t="s">
+      <c r="J53" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="H53" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I53" s="5" t="s">
+      <c r="K53" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="J53" s="5" t="s">
+      <c r="L53" s="6" t="s">
         <v>405</v>
       </c>
-      <c r="K53" s="5" t="s">
+      <c r="M53" s="5" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>375</v>
+        <v>408</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>17</v>
+        <v>409</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G54" s="5" t="s">
+        <v>410</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>410</v>
+        <v>16</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>411</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>412</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>413</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>414</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
         <v>416</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="F55" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G55" s="5" t="s">
+      <c r="J55" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="H55" s="5" t="s">
+      <c r="K55" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>421</v>
       </c>
-      <c r="J55" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K55" s="5" t="s">
+      <c r="M55" s="5" t="s">
         <v>422</v>
-      </c>
-[...4 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>51</v>
+        <v>424</v>
       </c>
       <c r="D56" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="E56" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F56" s="5" t="s">
+      <c r="H56" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="G56" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H56" s="5" t="s">
+      <c r="I56" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="I56" s="5"/>
       <c r="J56" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="K56" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="K56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>430</v>
       </c>
-      <c r="L56" s="6" t="s">
+      <c r="M56" s="5" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F57" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="5" t="s">
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>435</v>
-      </c>
-[...9 lines deleted...]
-        <v>436</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="K57" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="K57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>438</v>
       </c>
-      <c r="L57" s="6" t="s">
+      <c r="M57" s="5" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>16</v>
+        <v>441</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>51</v>
+        <v>260</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="F58" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G58" s="5" t="s">
+      <c r="F58" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="H58" s="5" t="s">
+      <c r="I58" s="5"/>
+      <c r="J58" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="K58" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="J58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>446</v>
       </c>
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="5" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>260</v>
+        <v>16</v>
       </c>
       <c r="D59" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="s">
         <v>450</v>
       </c>
-      <c r="E59" s="5" t="s">
+      <c r="H59" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="F59" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G59" s="5" t="s">
+      <c r="I59" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="H59" s="5" t="s">
+      <c r="J59" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K59" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="I59" s="5"/>
-[...3 lines deleted...]
-      <c r="K59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>454</v>
       </c>
-      <c r="L59" s="6" t="s">
+      <c r="M59" s="5" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E60" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="5" t="s">
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="F60" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="H60" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="I60" s="5" t="s">
         <v>460</v>
       </c>
+      <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>461</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>462</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
         <v>464</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>434</v>
+        <v>465</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>18</v>
+        <v>466</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>465</v>
+        <v>16</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>435</v>
+        <v>18</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>18</v>
+        <v>442</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>435</v>
+        <v>18</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>16</v>
+        <v>441</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>18</v>
+        <v>442</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G66" s="5" t="s">
-        <v>495</v>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H66" s="5" t="s">
         <v>496</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>497</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>498</v>
       </c>
       <c r="L66" s="6" t="s">
         <v>499</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
         <v>501</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>434</v>
+        <v>16</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E67" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G67" s="5" t="s">
         <v>502</v>
       </c>
-      <c r="F67" s="5" t="s">
+      <c r="H67" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="G67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>504</v>
       </c>
-      <c r="H67" s="5" t="s">
+      <c r="J67" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="K67" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>506</v>
       </c>
-      <c r="J67" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K67" s="5" t="s">
+      <c r="M67" s="5" t="s">
         <v>507</v>
-      </c>
-[...4 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>375</v>
-[...19 lines deleted...]
-        </is>
+        <v>441</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>511</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>513</v>
+        <v>412</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>514</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>515</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
         <v>517</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>375</v>
+      </c>
+      <c r="D69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G69" s="5" t="s">
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="H69" s="5" t="s">
+      <c r="I69" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="J69" s="5" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>521</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>522</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>524</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="E70" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G70" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="F70" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G70" s="5" t="s">
+      <c r="H70" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="H70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>527</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="J70" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="K70" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="J70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>529</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D71" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E71" s="5" t="s">
+        <v>532</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G71" s="5" t="s">
+        <v>533</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>444</v>
+        <v>16</v>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>405</v>
+        <v>22</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      <c r="G73" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
         <v>546</v>
       </c>
-      <c r="H73" s="5" t="s">
+      <c r="I73" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="I73" s="5" t="s">
+      <c r="J73" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="K73" s="5" t="s">
         <v>548</v>
       </c>
-      <c r="J73" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K73" s="5" t="s">
+      <c r="L73" s="6" t="s">
         <v>549</v>
       </c>
-      <c r="L73" s="6" t="s">
+      <c r="M73" s="5" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D74" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E74" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>552</v>
       </c>
       <c r="G74" s="5" t="s">
         <v>553</v>
       </c>
       <c r="H74" s="5" t="s">
         <v>554</v>
       </c>
       <c r="I74" s="5" t="s">
         <v>555</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>556</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>557</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>559</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G75" s="5" t="s">
         <v>560</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="H75" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="I75" s="5"/>
+      <c r="I75" s="5" t="s">
+        <v>562</v>
+      </c>
       <c r="J75" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>51</v>
+        <v>567</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>260</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>567</v>
+        <v>18</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H76" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="I76" s="5" t="s">
+      <c r="I76" s="5"/>
+      <c r="J76" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="K76" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="J76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K76" s="5" t="s">
+      <c r="L76" s="6" t="s">
         <v>570</v>
       </c>
-      <c r="L76" s="6" t="s">
+      <c r="M76" s="5" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>251</v>
+        <v>51</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F77" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="G77" s="5" t="s">
         <v>574</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H77" s="5" t="s">
         <v>575</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>576</v>
       </c>
       <c r="J77" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K77" s="5" t="s">
         <v>577</v>
       </c>
-      <c r="K77" s="5" t="s">
+      <c r="L77" s="6" t="s">
         <v>578</v>
       </c>
-      <c r="L77" s="6" t="s">
+      <c r="M77" s="5" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F78" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H78" s="5" t="s">
         <v>582</v>
       </c>
-      <c r="G78" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H78" s="5" t="s">
+      <c r="I78" s="5" t="s">
         <v>583</v>
       </c>
-      <c r="I78" s="5" t="s">
+      <c r="J78" s="5" t="s">
         <v>584</v>
       </c>
-      <c r="J78" s="5" t="s">
+      <c r="K78" s="5" t="s">
         <v>585</v>
       </c>
-      <c r="K78" s="5" t="s">
+      <c r="L78" s="6" t="s">
         <v>586</v>
       </c>
-      <c r="L78" s="6" t="s">
+      <c r="M78" s="5" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="D79" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="D79" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E79" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>589</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
         <v>590</v>
       </c>
       <c r="I79" s="5" t="s">
         <v>591</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>592</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>593</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>594</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>596</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>220</v>
+        <v>197</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>198</v>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>597</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>598</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>22</v>
+        <v>599</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>251</v>
+        <v>220</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>197</v>
+        <v>331</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>394</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
         <v>604</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>605</v>
       </c>
       <c r="J81" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K81" s="5" t="s">
         <v>606</v>
       </c>
-      <c r="K81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>607</v>
       </c>
-      <c r="L81" s="6" t="s">
+      <c r="M81" s="5" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="D82" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="5" t="s">
-        <v>582</v>
+        <v>17</v>
       </c>
       <c r="F82" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H82" s="5" t="s">
+      <c r="I82" s="5" t="s">
         <v>612</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="J82" s="5" t="s">
         <v>613</v>
       </c>
-      <c r="J82" s="5" t="s">
+      <c r="K82" s="5" t="s">
         <v>614</v>
       </c>
-      <c r="K82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>615</v>
       </c>
-      <c r="L82" s="6" t="s">
+      <c r="M82" s="5" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>220</v>
+        <v>197</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>368</v>
+        <v>251</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>394</v>
-[...4 lines deleted...]
-        </is>
+        <v>589</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>618</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>619</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>620</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>396</v>
+        <v>621</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>625</v>
+        <v>220</v>
       </c>
       <c r="D84" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
         <v>626</v>
       </c>
-      <c r="E84" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H84" s="5" t="s">
+      <c r="I84" s="5" t="s">
         <v>627</v>
       </c>
-      <c r="I84" s="5" t="s">
+      <c r="J84" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="K84" s="5" t="s">
         <v>628</v>
       </c>
-      <c r="J84" s="5" t="s">
+      <c r="L84" s="6" t="s">
         <v>629</v>
       </c>
-      <c r="K84" s="5" t="s">
+      <c r="M84" s="5" t="s">
         <v>630</v>
-      </c>
-[...4 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H85" s="5" t="s">
+        <v>634</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>426</v>
+        <v>633</v>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="s">
-        <v>639</v>
+      <c r="H86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I86" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>197</v>
+        <v>633</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>645</v>
-[...1 lines deleted...]
-      <c r="E87" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="s">
         <v>646</v>
       </c>
-      <c r="F87" s="5" t="s">
+      <c r="I87" s="5" t="s">
         <v>647</v>
       </c>
-      <c r="G87" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H87" s="5" t="s">
+      <c r="J87" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="K87" s="5" t="s">
         <v>648</v>
       </c>
-      <c r="I87" s="5" t="s">
+      <c r="L87" s="6" t="s">
         <v>649</v>
       </c>
-      <c r="J87" s="5" t="s">
+      <c r="M87" s="5" t="s">
         <v>650</v>
-      </c>
-[...7 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>251</v>
+        <v>197</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>197</v>
-[...9 lines deleted...]
-        </is>
+        <v>652</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>654</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
         <v>655</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>656</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>657</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>658</v>
       </c>
       <c r="L88" s="6" t="s">
         <v>659</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
         <v>661</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>625</v>
+        <v>251</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>626</v>
+        <v>197</v>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>662</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>663</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>629</v>
+        <v>664</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>426</v>
+        <v>633</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F90" s="5" t="s">
-        <v>668</v>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
         <v>669</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>670</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>671</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>672</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>674</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>197</v>
+        <v>633</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="E91" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="s">
         <v>675</v>
       </c>
-      <c r="F91" s="5" t="s">
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
         <v>676</v>
       </c>
-      <c r="G91" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H91" s="5" t="s">
+      <c r="I91" s="5" t="s">
         <v>677</v>
       </c>
-      <c r="I91" s="5" t="s">
+      <c r="J91" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="K91" s="5" t="s">
         <v>678</v>
       </c>
-      <c r="J91" s="5" t="s">
+      <c r="L91" s="6" t="s">
         <v>679</v>
       </c>
-      <c r="K91" s="5" t="s">
+      <c r="M91" s="5" t="s">
         <v>680</v>
-      </c>
-[...4 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="D92" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="D92" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="5" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>647</v>
+        <v>683</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
         <v>684</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>685</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>686</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>687</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>688</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>690</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>220</v>
+        <v>251</v>
       </c>
       <c r="D93" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H93" s="5" t="s">
         <v>691</v>
       </c>
-      <c r="E93" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H93" s="5" t="s">
+      <c r="I93" s="5" t="s">
         <v>692</v>
       </c>
-      <c r="I93" s="5" t="s">
+      <c r="J93" s="5" t="s">
         <v>693</v>
       </c>
-      <c r="J93" s="5" t="s">
+      <c r="K93" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="K93" s="5" t="s">
+      <c r="L93" s="6" t="s">
         <v>695</v>
       </c>
-      <c r="L93" s="6" t="s">
+      <c r="M93" s="5" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>251</v>
+        <v>220</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>197</v>
+        <v>698</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="F94" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="s">
         <v>699</v>
       </c>
-      <c r="G94" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H94" s="5" t="s">
+      <c r="I94" s="5" t="s">
         <v>700</v>
       </c>
-      <c r="I94" s="5" t="s">
+      <c r="J94" s="5" t="s">
         <v>701</v>
       </c>
-      <c r="J94" s="5" t="s">
+      <c r="K94" s="5" t="s">
         <v>702</v>
       </c>
-      <c r="K94" s="5" t="s">
+      <c r="L94" s="6" t="s">
         <v>703</v>
       </c>
-      <c r="L94" s="6" t="s">
+      <c r="M94" s="5" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
         <v>707</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>708</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>709</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>710</v>
       </c>
       <c r="L95" s="6" t="s">
         <v>711</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
         <v>713</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>626</v>
+        <v>251</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>426</v>
-[...9 lines deleted...]
-        </is>
+        <v>197</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>706</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H96" s="5" t="s">
+        <v>714</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>629</v>
+        <v>716</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>719</v>
+        <v>633</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>720</v>
+        <v>433</v>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="s">
+      <c r="H97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I97" s="5" t="s">
         <v>721</v>
       </c>
-      <c r="I97" s="5" t="s">
+      <c r="J97" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="K97" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="J97" s="5" t="s">
+      <c r="L97" s="6" t="s">
         <v>723</v>
       </c>
-      <c r="K97" s="5" t="s">
+      <c r="M97" s="5" t="s">
         <v>724</v>
-      </c>
-[...4 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>251</v>
+        <v>726</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>197</v>
+        <v>260</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>699</v>
+        <v>727</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>728</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>729</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>730</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>731</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>732</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>734</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H99" s="5" t="s">
         <v>735</v>
       </c>
-      <c r="D99" s="5" t="s">
+      <c r="I99" s="5" t="s">
         <v>736</v>
       </c>
-      <c r="E99" s="5" t="s">
+      <c r="J99" s="5" t="s">
         <v>737</v>
       </c>
-      <c r="F99" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H99" s="5" t="s">
+      <c r="K99" s="5" t="s">
         <v>738</v>
       </c>
-      <c r="I99" s="5" t="s">
+      <c r="L99" s="6" t="s">
         <v>739</v>
       </c>
-      <c r="J99" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K99" s="5" t="s">
+      <c r="M99" s="5" t="s">
         <v>740</v>
-      </c>
-[...4 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>626</v>
+        <v>742</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>426</v>
-[...4 lines deleted...]
-        </is>
+        <v>743</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>744</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>251</v>
+        <v>633</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>750</v>
+        <v>433</v>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>751</v>
       </c>
-      <c r="I101" s="5"/>
+      <c r="I101" s="5" t="s">
+        <v>752</v>
+      </c>
       <c r="J101" s="5" t="s">
-        <v>752</v>
+        <v>636</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>753</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>754</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>756</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>699</v>
+        <v>757</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>757</v>
-[...1 lines deleted...]
-      <c r="I102" s="5" t="s">
         <v>758</v>
       </c>
+      <c r="I102" s="5"/>
       <c r="J102" s="5" t="s">
         <v>759</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>760</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>761</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>763</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>16</v>
+        <v>251</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>426</v>
+        <v>197</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>683</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>706</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>764</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>765</v>
       </c>
       <c r="J103" s="5" t="s">
         <v>766</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>767</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>768</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
         <v>770</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>251</v>
+        <v>16</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>197</v>
+        <v>433</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="F104" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>771</v>
       </c>
-      <c r="G104" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>772</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>773</v>
       </c>
-      <c r="J104" s="5" t="s">
+      <c r="K104" s="5" t="s">
         <v>774</v>
       </c>
-      <c r="K104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>775</v>
       </c>
-      <c r="L104" s="6" t="s">
+      <c r="M104" s="5" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="F105" s="5" t="s">
-        <v>750</v>
+        <v>778</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
         <v>779</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>780</v>
       </c>
       <c r="J105" s="5" t="s">
         <v>781</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>782</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>783</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
         <v>785</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="F106" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="G106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H106" s="5" t="s">
         <v>786</v>
       </c>
-      <c r="G106" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H106" s="5" t="s">
+      <c r="I106" s="5" t="s">
         <v>787</v>
       </c>
-      <c r="I106" s="5" t="s">
+      <c r="J106" s="5" t="s">
         <v>788</v>
       </c>
-      <c r="J106" s="5" t="s">
+      <c r="K106" s="5" t="s">
         <v>789</v>
       </c>
-      <c r="K106" s="5" t="s">
+      <c r="L106" s="6" t="s">
         <v>790</v>
       </c>
-      <c r="L106" s="6" t="s">
+      <c r="M106" s="5" t="s">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E107" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>794</v>
       </c>
-      <c r="F107" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H107" s="5" t="s">
+      <c r="I107" s="5" t="s">
         <v>795</v>
       </c>
-      <c r="I107" s="5" t="s">
+      <c r="J107" s="5" t="s">
         <v>796</v>
       </c>
-      <c r="J107" s="5" t="s">
+      <c r="K107" s="5" t="s">
         <v>797</v>
       </c>
-      <c r="K107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>798</v>
       </c>
-      <c r="L107" s="6" t="s">
+      <c r="M107" s="5" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>625</v>
+        <v>251</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>458</v>
-[...4 lines deleted...]
-        </is>
+        <v>197</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>801</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
         <v>802</v>
       </c>
-      <c r="I108" s="5"/>
+      <c r="I108" s="5" t="s">
+        <v>803</v>
+      </c>
       <c r="J108" s="5" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>808</v>
+        <v>632</v>
       </c>
       <c r="D109" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>809</v>
+      </c>
+      <c r="I109" s="5"/>
+      <c r="J109" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="K109" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="D110" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="E109" s="5" t="s">
-[...28 lines deleted...]
-        <v>815</v>
+      <c r="E110" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="J110" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="K110" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="L110" s="6" t="s">
+        <v>821</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>822</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -10326,44 +10442,45 @@
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
+    <hyperlink ref="M110" r:id="rId115"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>