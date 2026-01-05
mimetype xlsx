--- v1 (2025-11-18)
+++ v2 (2026-01-05)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1219" uniqueCount="823" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1241" uniqueCount="837" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -2097,50 +2097,103 @@
 Christine og Sigurd Swane har lejet deres bolig ud, mens de selv er ude at rejse. 
 Johanne og Adolphs pige i huset har sagt op. Det er de glade for.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qVOG</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmö
 Skåne
 [På kuvertens bagside:]
 Poststempel.
 [I brevet:]
 Villa Be d:6/8 – 11
 Kære Astrid!
 Det er mig en Gaade, at Du slet ikke lader høre fra Dig! Jeg har slet ikke haft Brev fra Dig siden Dit første efter Eastmans’ Død. Nu er jeg snart bange for, der er Sygdom eller andet galt paa Færde hos Eder. Du plejer jo ellers at være saa grumme expedit til at skrive. Elles Brev fik jeg med et Par Ord fra Lugge i Gaar; hun nævner intet om Dig. Jeg har nu laant 500 Kr. hos Pal og vilde have sendt dem i Dag til Billy, men saa faldt det Christine ind at han lægger Pengene ud til Elles rejse i Stedet for at sende til Christine. Det er akkurat for to Maaneder til hende. I Dag har jeg begyndt at vente Svar fra Elle paa vore første Breve, men det kommer næppe før Tirsdag. Du skal nok strax faae et Kort eller Brevet. Det bliver meget spændende at høre hvad hun tænker sig om Fremtiden: blive her eller sejle over igen. Midt i August er de 4 Uger gaaet, som hun skriver der vist vilde gaae, før de kunde rejse. Mulig hun efter det kommer før vi tænker det. Lugge skriver, at hun synes de skal absolut komme til København først og være hos dem, til L. skal paa Fødehjem. Jeg skulde være der ogsaa og der har Elle jo Adgang ogsaa til Dig og Thora, skriver Lugge - Første September rejser jeg i hvert Fald til Ta[ulæseligt]have. – Kommer Elle og Grethe der, saa har jeg tænkt at ligge om Natten i Birkerød Kro og gaae ned om Morgenen E. og G. skal have Gæstekamret vi maa jo gøre alt for at de kan have det bedst. Ligge i Stue paaa en Sofa er nu saa grulig ubekvemt, saa vil jeg hellere betale den Smule i Kroen eller maaske der er et Højskolehjem. Men derom senere. Lugge vilde skrive meget indtrængende til Elle om det. Tager hun over England, er der jo Ruten over Holland, den tog de sidste Gang altsaa Hamborg Warnemünde Gedser. – Las’s rejste alle fire i Tirsdags til Jylland, pr. Bane til Vejle, sejlede gennem Greisdalen til Jelling, saa Gravhøjene m.m. der, Drengene henrykte over alting. Cyklede i Torsdags til Brædstrup, havde telefoneret til Dede, som modtog dem flot og gæstfrit; først Svaledrikke i hans Stue; Kl. 7 flot Aftensmad paa Hotellet; saa Drengene i Seng og de andre en dejlig Tur. X Drak Kaffe sammen næste Morgen, sludrede en Times tid og cyklede en smuk Tur til Rye Kro ved Himmelbjerget; derfra videre til Viborg, mere ved jeg ikke, men vist Skagen. De bad mig om at ligge her om Natten og være her saa meget som muligt. Det er jeg ogsaa næsten hele Dagen. Johanne spiller jo saa meget, der er saa varmt af Masser af Fluer, Børnene er jo heller ikke af de letteste; her er saa roligt, køligt og hverken Børn eller Fluer. I Dag er det Bibbes Fødselsdag, hun har faaet en Smule Legetøj, ellers tager man ikke Notits af Dagen. J. er i Pavillonen at spille. Jeg har været der et Par Gange, det er jo køn Musik. Christine løser imellem af. Derimod er her en Luftgynge, som plager hele Byen med en rædsom Musik fra 4-10! Her er uhyre mange fremmede i Byen som aldrig før, alt er fuldt. Toms var saa glade ved at være 14 Dage hos Alhed, gav 3 Kr. laante af Ellen Branner havde 14 Dage paa Højskolehjem, var begejstrede for Ugen; Wilhelm en Uge. I Dag har Agraren faaet Rugen ind udmærket. Om vi nu beholder godt Vejr skal alt det [”5” skrevet i øverste venstre hjørne] andet Korn høstes paa Kraft; alt er modent og tegner brillant. De venter sig meget af Høsten Johanne spiller jo mange Penge ind. De vil bidrage 50 Kr. til Elles Rejse; jeg giver Halvparten, 250 Kr., men Las’s skulde jo nødig spændes alt for haardt for, naar de dog vil have dem hele Vinteren. Nu skal Madiens ikke koste Lugges Rejse til Amerika næste Sommer, saa vi haaber de vil give klækkeligt Tilskud – Egentlig skulde der jo have været skreven rundt om de hver især vilde bidrage til Rejsen, men vi brændte naturligvis efter at lade Elle faae et Ord hurtigst muligt, og tænk hvor hun og Grethe er bleven glade og lettede ved Udsigten til Rejsen. 
 Jørgen [oven over linien er skrevet en ulæselig forkortelse] er i Besøg hos Agraren nogle Dage, derefter kommer Pan. Det er for meget for J. med Gæster, hun er meget nervøs. Jeg er slet ingen Hjælp for hende i Aar uden med Sytøj; jeg kan ikke i den Hede tumle med noget, og Børnene er saa vanskelige. Men alt det maa Du da ikke skrive hertil om. Nu har hendes Elever Ferie undtagen Amanda og Kelnerfruen; de er begge meget flinke. En lille Ferie vil J. gærne have og ned til Ida Vette, Du veed i Faaborg, gid hun kunde faae det ordnet med Hus og Børn imens. Paa Lørdag tænker jeg at tage ned til Onkel S. og blive der ca. Maaneden ud. See saa lille Putte! Nu har Du faaet en lang Sludder! Lad mig nu see Du skriver strax. Svanes er ude at rejse en Maaned; imens boer en Broder til Allerup med Familie der og giver 100 Kr. Naar de kommer hjem, haaber jeg de kan have Erik og Agraren kan spise Middag der, saa kan Pigerne nok have Bibbe og det andet. Men jeg har endnu ikke talt noget om det! Oline har sagt op, J. og især Agraren er helt glade ved det; nu vil de prøve at faae en, der kan malke. Den lille 12 Aars Barnepige er saa flink. Oline er saa over alle Grændser bandit og kan slet ikke lave Mad; dertil svagelig. Hils og kys de søde smaa Unger fra Bedstemor. 
 [Skrevet langs kanten på s4 (fortsat sætning ved X på siden):]
 derpaa igen Svaledrik hos ham selv. De maatte ikke betale en Øre!
 [Skrevet langs kanten på s7:]
 Nu skal Lugge og Elle have Brev.</t>
   </si>
   <si>
+    <t>1912-08-26</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Gunnar Biilmann Petersen
+Bodild Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Christine Swane
+Leo Swane
+Sigurd  Swane
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers mand, Harris Eastman Sawyer, døde i august 1911. Hun og datteren rejste derefter fra deres hjem i USA til Danmark. Året efter havde Ellen Sawyer besluttet sig for at blive i Danmark, og hun rejste til Boston for at pakke sine ejendele. Svogeren Johannes Brønsted fulgte hende tilsyneladende.
+Man kan se af beskrivelsen af huset i Kerteminde, at Louise Brønsted, hendes børn og Grete (Ellens datter) opholdt sig hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3816</t>
+  </si>
+  <si>
+    <t>Hospitalskuren må hjælpe på Laura Warbergs dårlige ben. 
+Det er godt, at Ellen Sawyer og Johannes Brønsteds afrejse gik godt. Ellen var nervøs for rejsen og for at forlade Grete.
+I Kerteminde går det fint. Andreas/Lysse Larsen er sød til at lege med de små. Der er kommet brev fra Ellen og Johannes. Under en søgang sov Ellen en masse timer. 
+Mens familien i Kerteminde spiste, ringede en mand på døren og afleverede en stor pose godter. Alhed/Lomme Brønsted bad ham vente i trappestuen, til deres måltid var overstået - hun kender til helligholdelsen af måltiderne hos Larsen-familien. Bagefter fik man kaffe i lysthuset.
+Christine/Uglen, Sigurd og Leo Swane har været på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kMkR</t>
+  </si>
+  <si>
+    <t>Kerteminde 26 - 8 - 1912
+Kære Mor!
+1000 Tak for det lange interessante Brev til Alhed i Dag, som ogsaa jeg har nydt godt af; hvor det er dejligt, at det gaar saa godt; mon ikke denne radikale Kur skulde faa konstante Virkninger paa "det slemme, haardnakkede Ben". Det er meget karakteristisk, at det er Dig, hospitalsbundne, der forsyner os med Efterretninger fra Afrejsen, de sidste Dage o.s.v. Det var beroligende at høre, at alt er gaaet godt og festligt og at Elle var ved godt Humør; hun var meget nedstemt her de sidste Dage; ked over at forlade Grete, og urolig for Rejsen; men det har jo nok fortaget sig. - Her staar alt godt til; hele Børnereden i god Kondition, og Hosten stærkt paa Retur, undtagen for lille Lysses Vedkommende, den herlige Dreng. Han er saa sød mod de smaa; I Dag har han og Bes gaaet og leget sammen under Bes' store Begejstring. Vi er meget glade ved det mildere Vejr i Dag, baade for vor egen Skyld og navnlig for de rejsende. Da Be skrev til dig, den Dag, jeg paabegyndte dette Brev, opsatte jeg det indtil videre. - I Dag havde vi ["vi" indsat over linjen] saa Brev fra de Søfarende, baade fra Kristiania og Kristianssens. Den første Del af Rejsen er da gaaet tilfredsstillende, trods en Del Søgang den første Dag og ["Dag og" indsat over linjen] Nat. Mag. holdt sig stolt, men Elle kunde ikke møde til Middagen; dog var det ikke saa farligt, skriver Mag, for hun sov i en Køre fra Kl. 4 om Eftermiddagen til 7 næste Morgen, og maa jo næsten antages at hun udhvilet efter de sidste Dages Strabadser. I Kristiania fandt de sammen med Biilmann, og paa Skibet er de en Klike paa Elle og 6 Kemikere, som holder Sjov og nyder Bordets Glæder sammen. -
+I Dag, Mandag, er der vederfaredes Huset og os alle en stor Glæde og Ære. Mens vi spiste, Børnene og jeg som sædvanlig ved mit lille private Taffel i Køkkenet, ringede det paa Entredøren, og Lomme gik ud og lukkede op; kom tilbage med en mægtig Pose Godter, som var fra "en Mand" til alle Børnene; 
+[øverst på arket er med blyant skrevet:] 1912
+[Herefter med blæk:] jeg styrtede jo ud, meget imponeret og foruroliget af Posens Størrelse, og hvem sidder i Trappestuen: Onkel Syberg. Lomme, som jo kender Husets Helligholdelse af Middagsfreden havde sagt til ham: "De kunde maaske vente lidt, for vi spiser", hvad Onkel Syberg havde moret sig meget over. - Middagsfreden blev jo nok alligevel lidt forstyrret, og bagefter blev der Kaffe i Lysthuset, Fremvisning af Haven og megen Passiaren; alt tilfredsstillende. Kirstine dukkede op midt i Kaffen og Kl. 2 gled de igen, var kommen kørende i egen Befordring, alene for at hilse paa os alle.
+Svane med Uglen har været her en Dags Tid paa Gennemrejse til København. Broderen, Leo Svane, er her endnu, et meget tiltalende Menneske; rejser vist med 2 Posten i Nat. Ja, her er altid noget.
+Helhedstilstanden er stadig god; tænk, at jeg kunde glemme at takke Dig for den gode [ulæseligt]chokolade; jeg er forøvrigt saa rask og i god Kondition, saa jeg slet ikke trænger til Styrkemidler. - Vi rejser herfra paa Søndag med 11 Toget.
+Mange Hilsner til Dig, Tutte, Junge, Bodild etc. fra Din Lugge
+26 - 8 - 12</t>
+  </si>
+  <si>
     <t>December 1913</t>
   </si>
   <si>
     <t>Else Jensen
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Peter Hansen
 Alhed Larsen
 Johannes Larsen
 Christian Rex
 Anna Syberg
 Anna Louise Syberg
 Franz Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Anna Syberg fødte sit sidste og syvende barn 6. oktober 1913. 
 Alhed og Johannes Larsen har tilsyneladende været til fest på Kongeskibet.
 Den omtalte billedbog med illustrationer af Peter Hansen, Fritz Syberg og Johannes Larsen og - formodentlig - tekst af Johannes V. Jensen blev ikke realiseret. 
 Johannes V. Jensen udgav over en årrække en del bøger med titlen myter; således også en med tekst om Johannes Larsen.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens arkiv</t>
   </si>
@@ -2375,53 +2428,50 @@
     <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Else Jensen
 Anna Syberg</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
   </si>
   <si>
     <t>Johannes V. Jensen skriver et bevæget brev til Fritz Syberg efter Anna Sybergs død. Han mindes, den sommer, de alle tilbragte sammen og udtrykker sin glæde over at have kendt Anna. Else er for ked af det til at skrive.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PVvW</t>
   </si>
   <si>
     <t>7 Juli 1914
 Kære Ven
 Det blev altsaa til at Anna maatte dø. Else og jeg havde ikke et Øjeblik tænkt os Muligheden deraf, det sidste Brev var saa skemtende og levende som kun Anna kunde skrive. Jeg kan jo ikke sige dig noget, for hvad skal du med Deltagelse nu, jeg finder ingenting selv der er Mening i at tænke paa. Det gør mig saa ondt at det er forbi, den Sommer vi tilbragte sammen var altsaa den vi skulde have, jeg toede paa mange Somre og meget godt for Anna og os allesammen endnu. For Børnene er det haardt. Jeg er glad over at jeg har kendt Anna, og jeg føler at vi er over Bakken og omme paa den anden Side, en Følelse vi ikke kendte den Sommer, nu da hun er død. Skønt jeg sent lærte hende at kende var hun en af de Kammerater der markerede vor Tid af.
 Kan jeg være noget for dig i nogen Henseende, saa skriv efter mig. Vi kommer ikke til Begravelsen, jeg har ikke Nerver til det. Else vilde skrive men opgav det, hun er meget ked af det.
 Din hengivne 
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>1914-12-31</t>
-  </si>
-[...1 lines deleted...]
-    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Tornehave Birkerød St.</t>
   </si>
   <si>
     <t>Nelly -
 Grethe Bichel
 Peter Bichel
 Esther Dahlerup
 Ludvig Dahlerup
 - Dahlerup, Fru
 Johanne Giersing
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Vilhelm Larsen
 Christine  Mackie
 Elisabeth Mackie
 Ellen  Sawyer
 Marie Schou
 Christine Swane
@@ -3769,51 +3819,51 @@
 Tusind Hilsner til Jer alle tre Din glade Junge.</t>
   </si>
   <si>
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -5255,50 +5305,110 @@
     <t>https://fynboerne.ktdk.dk/d/iPJz</t>
   </si>
   <si>
     <t>På konvoluttens forside:
 27 Juli 1950
 besv. 30 Juli
 Fru Astrid Warberg Müller
 Bakkevej 10
 Hareskov St.
 På konvoluttens bagside:
 Lindøgaard Dræby St. Fyen.
 læst 7-5-02.
 Lindøgaard 26-7-1950
 Kæreste lille Dis!
 Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
 det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
 Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
 det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
 Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
 Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
 En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
 Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
 Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
 Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
 Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
   </si>
   <si>
     <t>1916-17</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Tenna Frederiksen
 Viggo Johansen
 Elena Larsen
 Niels Larsen Stevns
 August Liebman
 Else Mowinkel
 Elisabeth Neckelmann
 Marie Neckelmann
 Emil Sachs</t>
   </si>
   <si>
     <t>Faaborg Museum, Peter Hansens akiv</t>
   </si>
   <si>
     <t>Elise glæder sig over, at Peter Hansens "forsøg" lykkes for ham. Fortæller i øvrigt om familiens hverdag og nævner en telefonsamtale med skuespiller August Liebman, der gerne vil købe et af PHs malerier.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/yVHo</t>
   </si>
@@ -5453,59 +5563,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qaqc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1lWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6VeS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PVvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HopY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qaqc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1lWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6VeS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PVvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HopY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M110"/>
+  <dimension ref="A1:M112"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -7392,2987 +7502,3077 @@
       </c>
       <c r="I43" s="5" t="s">
         <v>325</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>326</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>327</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>328</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>330</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>220</v>
+        <v>331</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>331</v>
+        <v>52</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
         <v>332</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>333</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>334</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>335</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>336</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
         <v>338</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>52</v>
+        <v>220</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>197</v>
+        <v>339</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>17</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="I45" s="5"/>
+      <c r="I45" s="5" t="s">
+        <v>341</v>
+      </c>
       <c r="J45" s="5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>220</v>
+        <v>52</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>346</v>
+        <v>197</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>347</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>314</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>52</v>
+        <v>354</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>17</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="I47" s="5" t="s">
         <v>355</v>
       </c>
+      <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
         <v>356</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>357</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>358</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>360</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="D48" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E48" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>314</v>
+        <v>361</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>368</v>
+        <v>52</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>220</v>
+        <v>197</v>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F49" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F49" s="5" t="s">
+        <v>314</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="I49" s="5"/>
+      <c r="I49" s="5" t="s">
+        <v>370</v>
+      </c>
       <c r="J49" s="5" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>52</v>
+        <v>376</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>375</v>
-[...5 lines deleted...]
-        <v>376</v>
+        <v>220</v>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="I50" s="5" t="s">
+      <c r="I50" s="5"/>
+      <c r="J50" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="J50" s="5" t="s">
+      <c r="K50" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="K50" s="5" t="s">
+      <c r="L50" s="6" t="s">
         <v>380</v>
       </c>
-      <c r="L50" s="6" t="s">
+      <c r="M50" s="5" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="D51" s="5" t="s">
+      <c r="I51" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="E51" s="5" t="s">
+      <c r="J51" s="5" t="s">
         <v>386</v>
       </c>
-      <c r="F51" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H51" s="5" t="s">
+      <c r="K51" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="I51" s="5" t="s">
+      <c r="L51" s="6" t="s">
         <v>388</v>
       </c>
-      <c r="J51" s="5" t="s">
+      <c r="M51" s="5" t="s">
         <v>389</v>
-      </c>
-[...7 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>220</v>
+        <v>391</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>368</v>
+        <v>392</v>
       </c>
       <c r="E52" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
         <v>394</v>
       </c>
-      <c r="F52" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H52" s="5" t="s">
+      <c r="I52" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
         <v>396</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>397</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>398</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
         <v>400</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>52</v>
+        <v>220</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>401</v>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="I53" s="5" t="s">
         <v>402</v>
       </c>
+      <c r="I53" s="5"/>
       <c r="J53" s="5" t="s">
         <v>403</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>404</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>405</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>407</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D54" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="E54" s="5" t="s">
+      <c r="I54" s="5" t="s">
         <v>409</v>
       </c>
-      <c r="F54" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G54" s="5" t="s">
+      <c r="J54" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="H54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="5" t="s">
+      <c r="K54" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="J54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>412</v>
       </c>
-      <c r="K54" s="5" t="s">
+      <c r="M54" s="5" t="s">
         <v>413</v>
-      </c>
-[...4 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>375</v>
+        <v>415</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>17</v>
+        <v>416</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G55" s="5" t="s">
+        <v>417</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>417</v>
+        <v>16</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>418</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>419</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>420</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>421</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>423</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="5" t="s">
+      <c r="I56" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="F56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G56" s="5" t="s">
+      <c r="J56" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="H56" s="5" t="s">
+      <c r="K56" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>428</v>
       </c>
-      <c r="J56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K56" s="5" t="s">
+      <c r="M56" s="5" t="s">
         <v>429</v>
-      </c>
-[...4 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>51</v>
+        <v>431</v>
       </c>
       <c r="D57" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="E57" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F57" s="5" t="s">
+      <c r="H57" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="G57" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H57" s="5" t="s">
+      <c r="I57" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="K57" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="K57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>437</v>
       </c>
-      <c r="L57" s="6" t="s">
+      <c r="M57" s="5" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F58" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="5" t="s">
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>442</v>
-      </c>
-[...9 lines deleted...]
-        <v>443</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K58" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="K58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>445</v>
       </c>
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="5" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>16</v>
+        <v>448</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>51</v>
+        <v>260</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>449</v>
       </c>
-      <c r="F59" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G59" s="5" t="s">
+      <c r="F59" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
         <v>450</v>
       </c>
-      <c r="H59" s="5" t="s">
+      <c r="I59" s="5"/>
+      <c r="J59" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="K59" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="J59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>453</v>
       </c>
-      <c r="L59" s="6" t="s">
+      <c r="M59" s="5" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>260</v>
+        <v>16</v>
       </c>
       <c r="D60" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="s">
         <v>457</v>
       </c>
-      <c r="E60" s="5" t="s">
+      <c r="H60" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="F60" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G60" s="5" t="s">
+      <c r="I60" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="H60" s="5" t="s">
+      <c r="J60" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K60" s="5" t="s">
         <v>460</v>
       </c>
-      <c r="I60" s="5"/>
-[...3 lines deleted...]
-      <c r="K60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>461</v>
       </c>
-      <c r="L60" s="6" t="s">
+      <c r="M60" s="5" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="E61" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="D61" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="5" t="s">
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="s">
         <v>466</v>
       </c>
-      <c r="F61" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="H61" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="I61" s="5" t="s">
         <v>467</v>
       </c>
+      <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>468</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>469</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>471</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>441</v>
+        <v>472</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>18</v>
+        <v>473</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>472</v>
+        <v>16</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>442</v>
+        <v>18</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>18</v>
+        <v>449</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>442</v>
+        <v>18</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>16</v>
+        <v>448</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>18</v>
+        <v>449</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G67" s="5" t="s">
-        <v>502</v>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H67" s="5" t="s">
         <v>503</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>504</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>505</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>506</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>441</v>
+        <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E68" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G68" s="5" t="s">
         <v>509</v>
       </c>
-      <c r="F68" s="5" t="s">
+      <c r="H68" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="G68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="H68" s="5" t="s">
+      <c r="J68" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>513</v>
       </c>
-      <c r="J68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>514</v>
-      </c>
-[...4 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>375</v>
-[...19 lines deleted...]
-        </is>
+        <v>448</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>518</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>520</v>
+        <v>419</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>521</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>522</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>524</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>451</v>
+        <v>331</v>
+      </c>
+      <c r="D70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G70" s="5" t="s">
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="H70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>528</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>529</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>531</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="E71" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="F71" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G71" s="5" t="s">
+      <c r="H71" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="H71" s="5" t="s">
+      <c r="I71" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="J71" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="K71" s="5" t="s">
         <v>535</v>
       </c>
-      <c r="J71" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>536</v>
       </c>
-      <c r="L71" s="6" t="s">
+      <c r="M71" s="5" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D72" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D72" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E72" s="5" t="s">
+        <v>539</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G72" s="5" t="s">
+        <v>540</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>451</v>
+        <v>16</v>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>412</v>
+        <v>22</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      <c r="G74" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="H74" s="5" t="s">
+      <c r="I74" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="I74" s="5" t="s">
+      <c r="J74" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="K74" s="5" t="s">
         <v>555</v>
       </c>
-      <c r="J74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K74" s="5" t="s">
+      <c r="L74" s="6" t="s">
         <v>556</v>
       </c>
-      <c r="L74" s="6" t="s">
+      <c r="M74" s="5" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D75" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D75" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E75" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>559</v>
       </c>
       <c r="G75" s="5" t="s">
         <v>560</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>561</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>562</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>563</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>564</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>566</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G76" s="5" t="s">
         <v>567</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="H76" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="I76" s="5"/>
+      <c r="I76" s="5" t="s">
+        <v>569</v>
+      </c>
       <c r="J76" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>51</v>
+        <v>574</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>260</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-        <v>574</v>
+        <v>18</v>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H77" s="5" t="s">
         <v>575</v>
       </c>
-      <c r="I77" s="5" t="s">
+      <c r="I77" s="5"/>
+      <c r="J77" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="K77" s="5" t="s">
         <v>576</v>
       </c>
-      <c r="J77" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K77" s="5" t="s">
+      <c r="L77" s="6" t="s">
         <v>577</v>
       </c>
-      <c r="L77" s="6" t="s">
+      <c r="M77" s="5" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>251</v>
+        <v>51</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F78" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="G78" s="5" t="s">
         <v>581</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>582</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>583</v>
       </c>
       <c r="J78" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K78" s="5" t="s">
         <v>584</v>
       </c>
-      <c r="K78" s="5" t="s">
+      <c r="L78" s="6" t="s">
         <v>585</v>
       </c>
-      <c r="L78" s="6" t="s">
+      <c r="M78" s="5" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F79" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H79" s="5" t="s">
         <v>589</v>
       </c>
-      <c r="G79" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H79" s="5" t="s">
+      <c r="I79" s="5" t="s">
         <v>590</v>
       </c>
-      <c r="I79" s="5" t="s">
+      <c r="J79" s="5" t="s">
         <v>591</v>
       </c>
-      <c r="J79" s="5" t="s">
+      <c r="K79" s="5" t="s">
         <v>592</v>
       </c>
-      <c r="K79" s="5" t="s">
+      <c r="L79" s="6" t="s">
         <v>593</v>
       </c>
-      <c r="L79" s="6" t="s">
+      <c r="M79" s="5" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="D80" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="D80" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E80" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>596</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>597</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>598</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>599</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>600</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>601</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>603</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>220</v>
+        <v>197</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>198</v>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
         <v>604</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>605</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>22</v>
+        <v>606</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>251</v>
+        <v>220</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>197</v>
+        <v>339</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>401</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>611</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>612</v>
       </c>
       <c r="J82" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K82" s="5" t="s">
         <v>613</v>
       </c>
-      <c r="K82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>614</v>
       </c>
-      <c r="L82" s="6" t="s">
+      <c r="M82" s="5" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="D83" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="D83" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="5" t="s">
-        <v>589</v>
+        <v>17</v>
       </c>
       <c r="F83" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
         <v>618</v>
       </c>
-      <c r="G83" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H83" s="5" t="s">
+      <c r="I83" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="I83" s="5" t="s">
+      <c r="J83" s="5" t="s">
         <v>620</v>
       </c>
-      <c r="J83" s="5" t="s">
+      <c r="K83" s="5" t="s">
         <v>621</v>
       </c>
-      <c r="K83" s="5" t="s">
+      <c r="L83" s="6" t="s">
         <v>622</v>
       </c>
-      <c r="L83" s="6" t="s">
+      <c r="M83" s="5" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>220</v>
+        <v>197</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>368</v>
+        <v>251</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>394</v>
-[...4 lines deleted...]
-        </is>
+        <v>596</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>625</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
         <v>626</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>627</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>396</v>
+        <v>628</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>632</v>
+        <v>220</v>
       </c>
       <c r="D85" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
         <v>633</v>
       </c>
-      <c r="E85" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H85" s="5" t="s">
+      <c r="I85" s="5" t="s">
         <v>634</v>
       </c>
-      <c r="I85" s="5" t="s">
+      <c r="J85" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="K85" s="5" t="s">
         <v>635</v>
       </c>
-      <c r="J85" s="5" t="s">
+      <c r="L85" s="6" t="s">
         <v>636</v>
       </c>
-      <c r="K85" s="5" t="s">
+      <c r="M85" s="5" t="s">
         <v>637</v>
-      </c>
-[...4 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H86" s="5" t="s">
+        <v>641</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>433</v>
+        <v>640</v>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H87" s="5" t="s">
-        <v>646</v>
+      <c r="H87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I87" s="5" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>197</v>
+        <v>640</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>652</v>
-[...1 lines deleted...]
-      <c r="E88" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="s">
         <v>653</v>
       </c>
-      <c r="F88" s="5" t="s">
+      <c r="I88" s="5" t="s">
         <v>654</v>
       </c>
-      <c r="G88" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H88" s="5" t="s">
+      <c r="J88" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="K88" s="5" t="s">
         <v>655</v>
       </c>
-      <c r="I88" s="5" t="s">
+      <c r="L88" s="6" t="s">
         <v>656</v>
       </c>
-      <c r="J88" s="5" t="s">
+      <c r="M88" s="5" t="s">
         <v>657</v>
-      </c>
-[...7 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>251</v>
+        <v>197</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>197</v>
-[...9 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>661</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>662</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>663</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>664</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>665</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>666</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>668</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>632</v>
+        <v>251</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>633</v>
+        <v>197</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
         <v>669</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>670</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>636</v>
+        <v>671</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>433</v>
+        <v>640</v>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F91" s="5" t="s">
-        <v>675</v>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
         <v>676</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>677</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>678</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>679</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>681</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>197</v>
+        <v>640</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="E92" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F92" s="5" t="s">
         <v>682</v>
       </c>
-      <c r="F92" s="5" t="s">
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
         <v>683</v>
       </c>
-      <c r="G92" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H92" s="5" t="s">
+      <c r="I92" s="5" t="s">
         <v>684</v>
       </c>
-      <c r="I92" s="5" t="s">
+      <c r="J92" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="K92" s="5" t="s">
         <v>685</v>
       </c>
-      <c r="J92" s="5" t="s">
+      <c r="L92" s="6" t="s">
         <v>686</v>
       </c>
-      <c r="K92" s="5" t="s">
+      <c r="M92" s="5" t="s">
         <v>687</v>
-      </c>
-[...4 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="D93" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="D93" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93" s="5" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>654</v>
+        <v>690</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
         <v>691</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>692</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>693</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>694</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>695</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>697</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>220</v>
+        <v>251</v>
       </c>
       <c r="D94" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="s">
         <v>698</v>
       </c>
-      <c r="E94" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H94" s="5" t="s">
+      <c r="I94" s="5" t="s">
         <v>699</v>
       </c>
-      <c r="I94" s="5" t="s">
+      <c r="J94" s="5" t="s">
         <v>700</v>
       </c>
-      <c r="J94" s="5" t="s">
+      <c r="K94" s="5" t="s">
         <v>701</v>
       </c>
-      <c r="K94" s="5" t="s">
+      <c r="L94" s="6" t="s">
         <v>702</v>
       </c>
-      <c r="L94" s="6" t="s">
+      <c r="M94" s="5" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>251</v>
+        <v>220</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>197</v>
+        <v>705</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="F95" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="s">
         <v>706</v>
       </c>
-      <c r="G95" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H95" s="5" t="s">
+      <c r="I95" s="5" t="s">
         <v>707</v>
       </c>
-      <c r="I95" s="5" t="s">
+      <c r="J95" s="5" t="s">
         <v>708</v>
       </c>
-      <c r="J95" s="5" t="s">
+      <c r="K95" s="5" t="s">
         <v>709</v>
       </c>
-      <c r="K95" s="5" t="s">
+      <c r="L95" s="6" t="s">
         <v>710</v>
       </c>
-      <c r="L95" s="6" t="s">
+      <c r="M95" s="5" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
         <v>714</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>715</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>716</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>717</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>718</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>720</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>633</v>
+        <v>251</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>433</v>
-[...9 lines deleted...]
-        </is>
+        <v>197</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>713</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H97" s="5" t="s">
+        <v>721</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>636</v>
+        <v>723</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>726</v>
+        <v>640</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>727</v>
+        <v>440</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H98" s="5" t="s">
+      <c r="H98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I98" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="I98" s="5" t="s">
+      <c r="J98" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="K98" s="5" t="s">
         <v>729</v>
       </c>
-      <c r="J98" s="5" t="s">
+      <c r="L98" s="6" t="s">
         <v>730</v>
       </c>
-      <c r="K98" s="5" t="s">
+      <c r="M98" s="5" t="s">
         <v>731</v>
-      </c>
-[...4 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>251</v>
+        <v>733</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>197</v>
+        <v>260</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>706</v>
+        <v>734</v>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
         <v>735</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>736</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>737</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>738</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>739</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
         <v>741</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="s">
         <v>742</v>
       </c>
-      <c r="D100" s="5" t="s">
+      <c r="I100" s="5" t="s">
         <v>743</v>
       </c>
-      <c r="E100" s="5" t="s">
+      <c r="J100" s="5" t="s">
         <v>744</v>
       </c>
-      <c r="F100" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H100" s="5" t="s">
+      <c r="K100" s="5" t="s">
         <v>745</v>
       </c>
-      <c r="I100" s="5" t="s">
+      <c r="L100" s="6" t="s">
         <v>746</v>
       </c>
-      <c r="J100" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K100" s="5" t="s">
+      <c r="M100" s="5" t="s">
         <v>747</v>
-      </c>
-[...4 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>633</v>
+        <v>749</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>433</v>
-[...4 lines deleted...]
-        </is>
+        <v>750</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>751</v>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>251</v>
+        <v>640</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>757</v>
+        <v>440</v>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>758</v>
       </c>
-      <c r="I102" s="5"/>
+      <c r="I102" s="5" t="s">
+        <v>759</v>
+      </c>
       <c r="J102" s="5" t="s">
-        <v>759</v>
+        <v>643</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>760</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>761</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>763</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>706</v>
+        <v>764</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="I103" s="5" t="s">
         <v>765</v>
       </c>
+      <c r="I103" s="5"/>
       <c r="J103" s="5" t="s">
         <v>766</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>767</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>768</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
         <v>770</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>16</v>
+        <v>251</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>433</v>
+        <v>197</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>690</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>713</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
         <v>771</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>772</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>773</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>774</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>775</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>777</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>251</v>
+        <v>16</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>197</v>
+        <v>440</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="F105" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>778</v>
       </c>
-      <c r="G105" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H105" s="5" t="s">
+      <c r="I105" s="5" t="s">
         <v>779</v>
       </c>
-      <c r="I105" s="5" t="s">
+      <c r="J105" s="5" t="s">
         <v>780</v>
       </c>
-      <c r="J105" s="5" t="s">
+      <c r="K105" s="5" t="s">
         <v>781</v>
       </c>
-      <c r="K105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>782</v>
       </c>
-      <c r="L105" s="6" t="s">
+      <c r="M105" s="5" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>757</v>
+        <v>785</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
         <v>786</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>787</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>788</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>789</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>790</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>792</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F107" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>793</v>
       </c>
-      <c r="G107" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H107" s="5" t="s">
+      <c r="I107" s="5" t="s">
         <v>794</v>
       </c>
-      <c r="I107" s="5" t="s">
+      <c r="J107" s="5" t="s">
         <v>795</v>
       </c>
-      <c r="J107" s="5" t="s">
+      <c r="K107" s="5" t="s">
         <v>796</v>
       </c>
-      <c r="K107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>797</v>
       </c>
-      <c r="L107" s="6" t="s">
+      <c r="M107" s="5" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E108" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H108" s="5" t="s">
         <v>801</v>
       </c>
-      <c r="F108" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H108" s="5" t="s">
+      <c r="I108" s="5" t="s">
         <v>802</v>
       </c>
-      <c r="I108" s="5" t="s">
+      <c r="J108" s="5" t="s">
         <v>803</v>
       </c>
-      <c r="J108" s="5" t="s">
+      <c r="K108" s="5" t="s">
         <v>804</v>
       </c>
-      <c r="K108" s="5" t="s">
+      <c r="L108" s="6" t="s">
         <v>805</v>
       </c>
-      <c r="L108" s="6" t="s">
+      <c r="M108" s="5" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>632</v>
+        <v>251</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>465</v>
-[...4 lines deleted...]
-        </is>
+        <v>197</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>808</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
         <v>809</v>
       </c>
-      <c r="I109" s="5"/>
+      <c r="I109" s="5" t="s">
+        <v>810</v>
+      </c>
       <c r="J109" s="5" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>815</v>
+        <v>251</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>197</v>
       </c>
       <c r="E110" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="s">
         <v>816</v>
       </c>
-      <c r="F110" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H110" s="5" t="s">
+      <c r="I110" s="5" t="s">
         <v>817</v>
       </c>
-      <c r="I110" s="5" t="s">
+      <c r="J110" s="5" t="s">
         <v>818</v>
       </c>
-      <c r="J110" s="5" t="s">
+      <c r="K110" s="5" t="s">
         <v>819</v>
       </c>
-      <c r="K110" s="5" t="s">
+      <c r="L110" s="6" t="s">
         <v>820</v>
       </c>
-      <c r="L110" s="6" t="s">
+      <c r="M110" s="5" t="s">
         <v>821</v>
       </c>
-      <c r="M110" s="5" t="s">
+    </row>
+    <row r="111">
+      <c r="A111" s="5" t="s">
         <v>822</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="I111" s="5"/>
+      <c r="J111" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="K111" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="L111" s="6" t="s">
+        <v>826</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H112" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="J112" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="K112" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="L112" s="6" t="s">
+        <v>835</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>836</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -10443,44 +10643,46 @@
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
+    <hyperlink ref="M111" r:id="rId116"/>
+    <hyperlink ref="M112" r:id="rId117"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>