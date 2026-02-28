--- v2 (2026-01-05)
+++ v3 (2026-02-28)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1241" uniqueCount="837" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1285" uniqueCount="868" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -814,50 +814,91 @@
   </si>
   <si>
     <t>Alhed Larsen var i Italien fra februar 1894 til foråret 1895.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2158</t>
   </si>
   <si>
     <t>Alhed Larsen er meget glad for, at hun kan blive i Italien. Usikkerheden har været hård for hende. Hun har kasseret det portræt af Berta Brandstrup, som hun var begyndt på, og har sat et nyt i gang. Desuden maler hun et billede af vinterasters og et landskab i morgentåge. 
 Det er koldt i husene nu, for husene er ikke indrettet på vinter. Alhed har frosset om natten, men nu har hun fået en scaladine - en art varmedunk. Mange i Firenze går med en sådan under sjalet eller forklædet, og man kan sætte dem på et stativ i sengen, en time før man skal sove. I atelieret er der dejligt, for Ludvig Brandstrup fyrer i kakkelovnen. 
 Italienerne kender ikke til hygge. De går tidligt i seng for ikke at fryse, og vinteren skal bare overstås. 
 Alhed vil gerne have sendt støvler og varme strømper. Hendes vintergarderobe er elendig. Hun har fået vendt en kjole og sat fløjsstrimler på den, men den er for fin til hverdagsbrug. Hendes anden kjole er sjasket og kan kun bruges hjemme. Kan moderen få syet en kjole til Alhed i Odense? Alhed vil helst ikke købe en i Firenze, men hun må have en rejsekjole.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RgBc</t>
   </si>
   <si>
     <t>Kæreste Mor!
 Nu tager jeg fat paa et frisk Brev og jeg haaber, det skal blive langt og med "Indhold". Jeg begyndte paa et i Gaar nede paa Atelieret, men mens jeg skrev, begyndte det at regne; saa kunde Lud og Berta ikke følge mig hjem som de pleje, naar det er bleven mørkt, saa Lud ikke kan se at arbejde længere. Saa maatte jeg skynde mig af Sted for at være hjemme inden det blev mørkt. - Jeg er rigtignok forfærdelig glad over at jeg maa blive her, der er falden saadan en dejlig Ro over min indre Tilstand, siden det blev bestemt; jeg var ligeved at blive nervøs ved dette slet ingenting at vide bestemt, ikke en Gang angaaende Romerrejsen og Magdahls, ved alt hvad jeg vilde tænke blot nogle faa Dage ud i Fremtiden, maatte jeg stadig tænke "hvis" - - Nu skal jeg ordentlig slaa mig mig ["mig" overstreget] til Ro med mit Arbejde og det hele, jeg har begyndt paa et nyt Portræt af Berta, det andet maatte jeg desværre holde op med; jeg havde valgt mig en saa daarlig Plads, at jeg slet ikke kunde se Detaillerne, da jeg skulde til at have fat paa dem. Forresten er det slet ikke mislykket men en Skitse, som jeg har haft meget Nytte af og som ligner. - Siden jeg skrev sidst hjem har jeg malet et lille Billede med Vinterasters, røde og hvide samt et lille Landskab med Morgentaage, men dette sidste er ikke helt færdig, da jeg har meget svært ved at faa den rigtige Belysning. - Jeg haaber at kunne staa ude at male hele Vinteren, hvis det ikke bliver koldere end det er nu, kan jeg sagtens. Ude kan man magelig holde Varmen, i Dag har jeg for første Gang haft Overtøj paa, d. 29 Nov! og det var ikke paa Gr. af Va ["Va" overstreget] Kulde men paa Gr. af Regn. Men inde kniber det, Husene ere jo aldeles ikke indrettede paa Kulde, disse Stengulve ere skrækkelige, jeg er næsten aldrig varm her hjemme, Hænder og Fødder som Is og selv i Sengen kan jeg ikke blive varm. Jo forResten de sidste Par Nætter har jeg været det, da jeg ["jeg" overstreget] har nemlig haft "Scaldine" i Senge; jeg har længe let af de andre og modsat mig det paa det bestemteste, men den anden Aften havde de lagt den der uden videre og jeg skal ikke nægte, at det er behageligt. "Scaldine" det vil sige, ["," overstreget] en lille Indretning med Haandtag [tegning] deri lægges Gløder med Aske over, saa de kunne holde sig friske hele Dagen; nede i Firenze ser man gamle Koner og for Resten alle mulige Mennesker gaa med saadanne under deres Forklæder, Sjawler o.sv. om Aftenen bliver der stillet et Træapparat [tegning] i Sengen og deri hænges Skaldinen en Timestid før man gaar i Seng! - - Huset heroppe er gammelt og utæt -, saa ["saa" overstreget; "og" indsat over linjen] og Baccis Lejlighed er ligemod Nord, saa her er vist nok ualmindelig koldt, nede paa Atelieret er altid meget lunere og Lud lægger i Kakkelovnen hver Dag. - Jeg ligger for Tiden i Garibaldis gamle Værelse. - Du siger, at det var hyggeligere for mig, om jeg kunde blive heroppe, men det kan jeg ikke, det har hele Tiden været Bestemmelsen indtil jeg skulde til Rom, og paa den forfærdelig billige Maade jeg er her paa, vil jeg ogsaa paa ingen Maade bede Dem om at have mig længere. Og for Resten vil det ogsaa blive meget hyggeligere for mig at være hos Luds i Vinter; Italienerne kender ikke til det, vi kalde Hygge, de betragter Vinteren som et mørkt Punkt, som det gælder om at komme over hurtigst muligt. Naar vi have spist til Aften og røget en Cigaret gaa vi i Seng i Stedet for at sidde og fryse; nede paa Atelieret have de derimod Ild i Kakkelovnen og læse højt. Desuden gaar der en vældig Tid med at 
 [Der mangler en eller flere sider af brevet]
 2.
 Du kan tro, det er bleven koldt de sidste Dage, jeg kan næsten ikke holde paa Pennen, saadan fryser jeg i Dag. - Min Kaabe vil jeg ikke have sendt, naar man gaar kan man sagtens holde Varmen; ["," overstreget] Derimod mine tykke Støvler og nogle varme Strømper vilde jeg meget gærne have. Min Forkølelse er gaaet helt over nu, den efterlod desværre noget Tandpine, Gigt i Hovedet eller hvad det nu var, men de sidste to tre Dage har jeg intet mærket. Men jeg mærker, at jeg maa klæde mig varmt paa, da jeg vist er bleven lidt sensibel efter den vældige Sommervarme. - Hvad min Garderobe angaar, saa skal jeg ikke nægte, at den nu ved Vintersaisonens Begyndelse var meget derangeret. Den nye Kjole er syt nydelig, men er jo altfor lys til at gaa med. Saa har jeg kun den rustrøde og og den grønne. Denne sidste er temmelig umulig, jeg har faaet den meget billig vendt, men er dog meget skjollet og jasket saa den er kun til Morgenbrug og Malerkjole herhjemme samt Regnvejr. - Den rustrøde saa ud til at være redningsløs fortabt, men som ved et Mirakel, er den bleven som ny, ja meget kønnere end den nogen Sinde har været. - Jeg sprættede den op, lod den rense, købte for 8 Lire engelsk Fløjl og lod den sy. Den er aldeles nydelig, jeg kunde bruge den til fin Selskabskjole hele Vinteren hjemme, men den er jo altfor pæn til at gaa med hver Dag, og ["og" overstreget] ikke videre varm og jeg kan ikke bruge Overstykke til den da Fløjlet paa Pufærmerne knækker. - Paa den Maade trænger jeg jo i Grunden ikke saa lidt til en Dagligkjole. Kunde det ikke lade sig gøre at købe en saadan i Odense? en varm mørk hyggelig Kjole i blaat eller grønt eller hvad Du mener og saa sende mig den med alt Tilbehør, meget Foder til Nederdelen, Stiver o.sv. - Ogsaa til Rejsebrug kan jeg næsten ikke undvære én, min røde er jo den eneste jeg har, og det har dog været en meget dyr Kjole og er meget smuk nu. - - Købe den hernede vil jeg meget nødig, jeg har brugt over 50 Lire extra til de to Kjoler, nyt Vinterskørt og Hat, og jeg bliver nødt til ogsaa at købe mig et Par Sko; uh, de nederdrægtige Penge, men er Du ikke enig med mig i, at jeg maa udstyres en lille Smule til Vinterbrug?? - Hvis Du nu sender noget, saa vil 
 [Resten af brevet mangler]</t>
   </si>
   <si>
+    <t>1895-09-08</t>
+  </si>
+  <si>
+    <t>Tre Hjorte</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell, unge greve
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel i København. 
+Det vides ikke, hvem Thorvald og Harald var. Warberg-familien kendte flere, der bar disse fornavne. 
+Ellen Hirschsprung blev kaldt Madame. 
+Det vides ikke, hvad sagen mellem Frk. Knipschildt og Wilhelmine/Mis Brandt gik ud på. Frk. Knipschildt var muligvis Dagmar eller Anna Margrethe Knipschildt; døtre af Charlotte Knipschildt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1391</t>
+  </si>
+  <si>
+    <t>Det er godt, at Andreas/Dede Warberg er god til dansk, men hans karakterer er i øvrigt ikke høje nok. 
+Albrecht Warberg har spist hos Berta og Ludvig Brandstrup og været i Tivoli med dem. Han har også været i Folketreatret og på Nørrebro for at se en nyopført skole. 
+Greven sender brev næsten hver anden dag. Albrecht skal se på heste for ham. 
+Albrecht forsøger at klare en konflikt mellem Wilhelmine/Mis Berg og Frøken Knipschildt. - Albrecht har næsten brug for en fuldmægtig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXny</t>
+  </si>
+  <si>
+    <t>Tre Hjorte d. 8 September 95.
+Kjæreste Smaa!
+Det var morsomt at Du sendte mig Dedes Brev. Var han blot saa dygtig i alt som i Dansk, vilde det gaa ham godt, men jeg synes ikke rigtig om, at han er saa glad ved et mg i Latin, da det tyder paa, at hans Karakterer i Almindelighed ligger derunder, han er unægtelig ikke [ulæselig]. Jeg var i Gaar ud hos din Søster, som var mere klagende end ellers og [ulæseligt ord] mig med et saa kraftigt Hyl, at jeg havde Hjertebesværligheder deraf hele Dagen. I Onsdags spiste jeg [ulæseligt ord] hos Luds, Bertha og den lille [ulæseligt] Middag paa Hjørnet af Bredgade og Toldbodgade, kjørte derefter en Tur med dem, hvorefter vi endte i Tivoli. Jeg var Gæst hele Tiden og maatte altsaa intet betale. Dagen efter var jeg med Vilhjelmine i Folketeatret og spiste derefter til Aften hos hende. Igaar Aftes var Thorvald og jeg samt [ulæseligt ord] ude paa Nørrebro ved Hellig Kors Kirken forat bese en ny Kommuneskole, hvis Bygning han har forestaaet. Det var meget morsomt, og jeg synes næsten, at denne Almueskole er elegantere end Latinskolen i Odense. Herefter var vi til The hos [ulæseligt ord], men jeg havde hele Tiden [ulæseligt ord], hvad der tog noget af Fornøjelsen. Forleden havde jeg Brev fra Elle, det følger hermed. Jeg har svaret hende og oplyst hende om, at Madames endnu ikke er kommen hjem. – Desværre har jeg næsten hveranden Dag omtrent Brev fra Greven, det kan han nu ikke lade være med, men mig generer det selvfølgelig ikke. Jeg skal nu, naar jeg har sendt dette Brev, ud at se paa Heste til ham, hvad hans Sønner alt har gjort og derefter til Frk Knipschildt for Mis, fra hende jeg har havt 2 Breve. Efter det første skulde jeg gaa til Frk K. for at ”ordne Sagen”; jeg mente, at det var noget uklart, hvad jeg havde at gjøre og skrev derfor til hende, om hun vilde oplyse mig om, hvad jeg egentlig skulde gjøre og hvorledes det stod sig med Underhandlingerne, særlig om hun havde dummet sig over for Frk K. Jeg fik saa i Gaar hendes andet Brev, der ikke indeholdt Svar paa det sidste Spørgsmaal, men dog oplyser mig lidt om, hvad hun vil, at jeg skal gøre. Selvfølgelig vil jeg ikke sige Nej, men meget kjedeligt er det at have saa mange Ting at gaa med, da min Tid snart bliver temmelig usikker, idet Nerverne aldrig faa Ro. - Lille Thorvald har set omtrent daglig siden han kom! I Gaar gav han sin første Time. Harald bor endnu paa Fredensborg, men forleden Morgen havde jeg Besøg af ham, før jeg var staaet op. Ligeledes har jeg haft Besøg af en Overretssagfører her fra Byen og en d_o_ fra Slagelse, altsammen om Forretninger, saa at jeg snart gjerne kunde have Brug for en Fuldmægtig herinde. – 
+Nu slutter jeg for denne Gang
+Mange Hilsner!
+Din A.</t>
+  </si>
+  <si>
     <t>1896-8</t>
   </si>
   <si>
     <t>Sophy -
 Sprut -
 Ellen Agnete Amstrup
 Louise Amstrup
 Thorvald Balslev
 Martin Brandt
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Niels Elgaard Amstrup
 - Kløvborg
 M Knipschildt
 Jørgen Hermann Kruuse
 Johanne  Larsen
 Christine  Mackie
 Astrid Møller
 Edvard Nielsen
 - Vett
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvor Laura Warberg var rejst hen. 
@@ -1148,50 +1189,152 @@
 Jeg er meget ked af det, for nu i Aften er der heller ingen telegram fra Fader og [noget af papiret mangler] det lader heller ikke til jeg kan [noget af papiret mangler] kører jeg ud til Nyborg paa Ons[noget af papiret mangler] taler med Dig ved Færgen, for [noget af papiret mangler] jeg Dig da at se og jeg længes saa forfærdelig meget efter Dig. Jeg kunde nu ikke have kommet i Gaar alligevel for mit Billede vilde ikke tørre saa jeg kunde først slaa Kassen til i Dag. Jeg var saa sikker paa at de vilde komme i Nat, at jeg og Agraren var henne i Ullerslev for at hente Dem, men blev jo skuffede. Jeg blev meget ked af det da jeg havde haabet saa sikkert at jeg kunde komme ned til Dig. [noget af papiret mangler]ren trøstede mig saa med at [noget af papiret mangler]atte komme i Dag saa jeg kunde komme af Sted i Morgen. Det store Træ som var revnet faldt i Gaar, og vi akkorderede saa med et Par Mænd om at save det i Favnestykker og bringe det [noget af papiret mangler] for 2 Kr. og Kvaset. Det er [noget af papiret mangler]kedeligt at de ikke kommer [noget af papiret mangler] var der Telegram fra Skibs[noget af papiret mangler] at der er en Liebhaver til [noget af papiret mangler] om han maatte komm[noget af papiret mangler] Bare vi dog kunde faa den solgt ogsaa, at det ikke skal gaa i Stykker fordi de ikke er hjemme. Jeg er meget nervøs i Aften, jeg synes her er en frygtelig Spektakel og det gyser i mig hver Gang Klaks, der sidder og læser, skraber med Benene eller gør Spektakel med sin Næse. Jeg har ikke sovet ret meget de sidste Nætter i Lørdags Aftes kunde jeg ikke falde i Søvn, jeg tror det var fordi jeg havde været en hel Del ude i Luften og saa spist mere end jeg plejede til Aften da jeg havde ligget saa længe [noget af papiret mangler] var gaaet op for mig at [noget af papiret mangler] var søvnig tændte jeg [noget af papiret mangler] og gav mig til at læse i ”En Nihilist” som [noget af papiret mangler] begyndt paa og den [noget af papiret mangler] jeg saa ud og faldt først i Søvn Kl. 3. Den har Du jo ogsaa læst i disse Dage. Jeg synes det er en dejlig Bog, det er dejligt at læse at der er saa gode Mennesker til og Mennesker som gør noget i Stedet for at vrøvle om det, og det at det er en Helt der har skrevet det, en som har været med i det alt sammen det er længe siden jeg [noget af papiret mangler]st noget der har gjort saa stærkt Indtryk paa mig som den Bog, den bliver ved at paatrænge sig mig skønt jeg har læst 2 andre siden nemlig Herman Bangs Haabløse Slægter og Verner [noget af papiret mangler]dintons ”Endymion” [noget af papiret mangler] det jeg vilde fortælle Dig [noget af papiret mangler] at jeg den Nat først kom[noget af papiret mangler] jeg mener faldt i Søvn [noget af papiret mangler] var oppe Kl. 7 og i Gaar Nat kom vi jo i Seng ved omtrent samme Tid og i Morges var jeg ogsaa oppe Kl. 7 og saa fik jeg saameget Kulde paa den Tur til Ullerslev, at jeg har gaaet og smaafrosset hele Dagen, det blæste nemlig saa ækelt stærkt og var koldt og det har det [noget af papiret mangler] gjort i Dag saa naar [noget af papiret mangler] var fordi jeg ikke kom[noget af papiret mangler] Dig i Morgen tidlig kunde jeg næsten betragte det som en Fordel at jeg ikke skal køre der hen i Aften igen. Jeg skal nu [noget af papiret mangler] skrive til Fader og Moder [noget af papiret mangler] for at de kan faa [noget af papiret mangler] Morgen, for saa maa [noget af papiret mangler] vel komme, jeg gad [noget af papiret mangler] hvad de venter efter. Nu har jeg skrevet til Fader og Moder og nu tror jeg at jeg vil slutte dette ogsaa og gaa over med Brevene og saa i min Seng. Kl. er 10 ½ og jeg er søvnig. Jeg længes efter Dig og jeg vil ønske at det var i Morgen kunde komme for saa kunde jeg jo dog [noget af papiret mangler] lidt sammen med [noget af papiret mangler] følge Dig til Odense [noget af papiret mangler]eg maa nok nøjes med at køre til Nyborg i Overmorgen, men saa maa Du lade mig vide hvis Du rejser en anden Tid eller en anden [noget af papiret mangler] jeg vilde saa nødig [noget af papiret mangler] forgæves. Jeg elsker Dig og længes efter Dig [noget af papiret mangler] har Du jo heller ikke [noget af papiret mangler] kunnet skrive til [noget af papiret mangler] i disse Dage fordi Du har troet at jeg kom. Mange Tusind kærlige Hilsner min egen Kæreste fra Din hengivne
 Johannes Larsen</t>
   </si>
   <si>
     <t>1898-04-02</t>
   </si>
   <si>
     <t>Adolph Larsen
 Vilhelm Larsen
 Otto Emil  Paludan
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Fra andre breve vides det, at den tidligere forpagter til Gelskov, Hempel Syberg, flyttede ca. 15. marts.</t>
   </si>
   <si>
     <t>Alhed har fortalt Jørgen Paludan (Palam), at Johannes Larsen er svag og nervøs, bl.a. fordi han hylede op, da hun strøg ham over kinden. 
 Alheds far har det meget bedre. Hun har mødt den nye forpagter til Gelskov. Han skal bo hos Alheds familie i tre dage, mens han får noget ordnet på Gelskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QgX2</t>
   </si>
   <si>
     <t>Kære Las!
 1000 Tak for sidst! Du er den aller allerbedste! men jeg faar vist ikke Brev fra Dig i Dag fordi Klax og Agraren drillede Dig. Eller mulig var Du for sløj til at skrive. Jeg beklagede mig i Aftes for Palam og [ordet overstreget] over at Du er saadan en svagelig én, der ingenting kan taale, jeg gav ham nogle Beviser paa, hvor Nervøs Du er for Øjeblikket og det gjorde et dybt Indtryk paa ham, navnlig at Du fløj op og hylede, da jeg i Forgaars Aftes sad og rørte ved Din Kind! Kan Du huske det? Palam siger, at det er fordi Du ikke rører Dig nok, og han har i Sinde at holde en forfærdelig Tale for Dig, naar han ser Dig! - - Han var saa oprørt og indigneret, at jeg selv blev ganske forskrækket og [ordet overstreget] han fortalte om en Fætter, han har, der i [bogstavet overstreget] er meget [ordet overstreget] ung endnu, men fuldstændig ødelagt af Podagra. – Naa, nu vil jeg forlade dette pinlige Emne, i Dag haaber jeg, Du er kvik og udsovet, og kan male godt, men det er jo Solskin, saa kan Du jo ikke. – Men for hvem der ikke skal male er det et aldeles bedaarende Vejr. – Far fandt jeg meget bedre, Lørdag og Søndag var det gaaet betydelig frem. Vi var ellers begyndt at blive noget ængstelige og han selv ikke mindre [ordet overstreget] mindst, han var bange for Tæring næste Mor. – Vi har fremmede. I Faaborgtoget kørte jeg i Gaar sammen med en Herre og to Damer, som spurgte, om jeg ikke var en Frk. Warberg. Det var den ny Forpagter paa Gelskov og hans Søster og Svigerinde, de skulde til Erikshaab sagde de; de skal være her i 3 Dage for at ordne omme paa Gelskov. Forpagteren skal giftes paa fredag. Jeg synes godt om dem. Han bliver vist nem at komme ud af det med, jeg har allerede sikret mig, at vi maa gaa paa J [bogstavet overstreget] Markerne. – Jeg har [resten af teksten skrevet over ”Kære Las!”] jo lidt travlt, da vi har disse fremmede saa jeg har ikke Tid til at skrive mere. – Hils Klax. 1000 kærlige Hilsner til Dig selv, jeg holder forfærdelig meget af Dig. Din Alhed Tirsdag d.</t>
+  </si>
+  <si>
+    <t>1899-5</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Harald Hirschsprung
+Andreas Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Schofield
+Hempel Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
+Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
+Den lille dreng er Alhed og Johannes Larsens første søn, som blev født 12. maj 1899. Der var en tid planer om, at han skulle hedde Jeppe. - Dede var Ellen Sawyer og Alhed Larsens bror Andreas. 
+Mr. Mark, Mr. og Mrs. Hall, Dr. Andrw og Angelica kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
+Det er sjovt, at Dudley Pray er populær.
+Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
+Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hOav</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27
+Kære Mor!
+Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
+Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
+I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
+Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
+H havde Brev fra Mr. Pray, som lød fornøjet og glad 
+[Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
+[Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
+[Indsat langs venstre margen s. 11:] 
+Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
+    <t>1899-05-14</t>
+  </si>
+  <si>
+    <t>Edward -
+Wilhelmine Berg
+Johanne  Brandstrup
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Niels Dines Wangberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift i Boston i 1899. 
+Thingvalla var et dansk rederi stiftet af C.F. Tietgen i 1880. Det havde hovedsæde i København. Omkring 1900 var det et af de dominerende rederier, som sejlede skandinaviske udvandrede til USA. I 1898 overtog Det Forenede Dampskibs-Selskab (DFDS) rederiet og dets aktiver under navnet Scandinavian America Line (Wikipedia febr. 2026). 
+Tante kan både være Vilhelmine Berg og Johanne/Hanne Brandstrup. 
+"De": De første par år boede Ellen og Harris i hus sammen med hans søster og forældre. Moderens navn kendes ikke. 
+B: Alhed Larsen med kælenavnet Be var gravid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1523</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har modtaget fragtbrevet og glæder sig til, at hendes kasser kommer. Dudley Pray kan måske tage sengetæppet med fra Danmark. Ellen ved ikke, om hun og Harris Eastman Sawyer kommer til Danmark denne sommer.
+Ellen vil gerne skaffe sølvtøj til Tante. 
+Harris er optaget af sin mælkesyresag, som kan blive indbringende. Han skriver mange kontrakter, rejser meget og er heldigvis rask. Når Harris kommer hjem, skal man have normal mad i huset igen. Hans familie laver kedelig mad uden variation og smag. Forleden bad Ellen om, at de kunne få oksetunge, og de fik en skrækkelig fed en. Nu vil hun lave rabarbergrød, sildesalat og agurksalat. Amerikanerne bager brød i en blikspand; de spiser ikke forret eller skemad - kun østers kogt i mælk, hvilket er rædselsfuldt. 
+Ellen har besøgt Fætter Edward og hans familie. Hun er blevet god til at finde rundt med sporvognen og har været hos tandlægen. På hjemturen tog hun dog den forkerte forbindelse. 
+Ellen er spændt på, om Alhed/B Larsen får en pige. Hun glemte Astrid/Disens fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hEmD</t>
+  </si>
+  <si>
+    <t>Maj 14. 99
+Kære Mor!
+Jeg har fået Fragtbrevet eller hvad det skal kaldes i Dag og begynder nu snart at vente mine Kasser. Det bliver knusende morsomt, - især hvis det går godt med Tolden. Du har rigtignok haft en rasende Besvær med det og det er ikke så sært at det har spillet en Rolle for dig. Det varer dog vist et Par Uger før det kommer. Thingvalla er jo lidt sen i Vendingen. Jeg skal nok skrive hvordan det er gået med Tolden ligeså snart det kommer. Eastman er knap så begejstret som jeg ved Tanken om at det nærmer sig. – Du skal ikke bekymre dig om at sende det Sengetæppe. Måske Mr. Pray vil tage det med, når han rejser hjem om tre Måneder. 
+Om vi kommer i Sommer kan vi ikke sige inden Somren er forbi. Det beror på Geschäften, Helbredet og vore Vinterplaner. Ifald det skulde ske skal vi med Fornøjelse besørge det Sølvtøj til Tante Det er ikke Plet, gedigent Sølv, men de har ikke det Mønster, som er det almindeligste hjemme og som Tante vel også har med Rifler ned af Skaftet. Her er 4-5 forskellige Mønstre – jeg skal ved Lejlighed se at få en sådan Mønsterbog med Priser og sende hjem. – Du har nok også spurgt om Rejsen hjem afhænger af Eastmans Svineslagterihistorie, - det gør den ikke for han mener at den vil trække ud mindst ½ Aar. De vil nemlig ikke betale ham Resten ("Resten" indsat over linjen] inden de ere fuldt ud sikre på at det har hjulpet. 
+Nu er han meget optaget af sin Mælkesyre, som han er i Milwaukee for. Det er noget nyt, som skal indføres på Bryggerierne og som vil blive indbringende, hvis det viser sig at være heldigt. Han er en ivrig Forretningsmand og har en Masse Jærn i Ilden. Han udfærdiger Kontrakten i det mest snørklede, juridiske Sprog, sætter sit Navn under og sender den til dem han har i Sinde at arbejde for og hvis de synes om, hvad han foreslår dem, sætter de deres Navn under og Eastman skrider til Værket. – Imorgen kommer han hjem og min Enkestand er forbi. I Mandags rejste han til Kansas, 24 Timers Rejse fra Chicago, var der 5-6 Timer og gled derpå tilbage. - Han har været så rask hele Tiden, det lader til at han tåler det Klima bedre. – -
+Der er adskillige Fordele ved at han kommer hjem igen, bl.a. den at vi så igen får spiselig Mad i Huset. – Når han ikke er her lever de mere ”amerikansk” og det er trættende i Længden. Bl.a. køber de så ikke Brød, men laver selv, - en Slags Tvebaksdejg, som jeg ikke ret godt kan få ned til Flæsk f. Eks. Der er så lidt Variation at man bliver så led og ked af alting, - de har i Reglen kun en Slags Mad i Huset som spises indtil der ikke er mere af det, - Morgen, Middag og Aften. Jeg kom til at foreslå en Oksetunge, og så fik vi forleden et stort fedt Asen af en Tunge (den må have tilhørt en fed, gammel Tyr) – efter tre Dages Forløb er det kun med Overvindelse at jeg taler om denne Tunge. Køber vi røgede Tunger monstro? Denne Tunge smager vidt forskelligt fra dem hjemme. Nu har jeg bestilt Rhabarber til Rhabarbergrød, Schweizerost og menneskeligt Brød. Når East. kommer hjem skal jeg se at få samlet Stof til Sildesalat. Alt hvad de laver her er så ferskt at man længes efter lidt mere kradst. Jeg har også sendt Bud efter Agurker til A.Salat. De har aldrig noget surt. 
+Husholdningen er rigtig nok vidt forskellig fra den danske, - nemt er det men ikke interessant, - jo forresten undertiden er den, men jeg er vant til det nu, - efter at jeg har set dem bage Brød i en Blikspand (!!!) kan intet mere forbavse mig. De spiser aldrig hvad vi kalder ”Formad” – aldrig Suppe. Vi har kun fået en Slags ”Skemad” og det Østers kogt i Mælk, - ubeskrivelig rædselsfuldt!! Jeg glæder mig til min Kogebog! 
+I Mandags var jeg ude i Boxburry hos min nye Familie, Fætter Edwards. De har et stort Hus og jeg morede mig fortræffeligt. Jeg var bedt til Frokost og fik Hønsefrikasé med surt til, samt Øl, Oksesteg med Kartofler og Jordbær, The og Bagværk. – Efter Frokost spillede Edward en Del, hvorefter vi gik ud og var ude Resten af Dagen. Vi er Edward, Bel, Konen (jeg kender ikke hendes rigtige Navn) og deres store Hund. De har en Hønsegård og en Hane. Vi lå i Græsset og solede os og gik derefter ud for at plukke vilde Blomster, så jeg havde en hel Stak med mig hjem. 
+Jeg kan nu helt godt finde omkring alene. Afstandene ere så uendelige her så man bruger altid elektrisk Sporvogn som her er en uendelig Masser af og det gælder om at finde de rigtige. Alting går i sådan en Hast her og der er sådan en Tummel at det ikke kan nytte stort at spørge. I går var jeg til Tandlæge for at blive plumberet. Det er en gammel Ven af Harris han bor i Cambridge, 1½ Mil Timer ["Mil" overstreget; ”Timer” indsat over linjen] Rejse herfra med Sporvogn. 
+Jeg fandt godt nok derud men da jeg skulde hjem gav de mig forkert Svar på min Forespørgsel, så jeg kom i en gal Sporvogn og Pokker i Vold i en anden Ende af Byen. Jeg kom der igennem en Gade hvor Numrene gik til 1800! De plomberer fortrinligt her, meget hurtigere end hjemme og det gør så godt som ikke ondt. De betales pr Time 
+Jeg glemte totalt Disens Fødselsdag og er meget ked af det – forresten skylder hun mig Brev. – Nu begynder jeg at blive nervøs for B. – det er fælt at være så langt borte det varer sådan en Tid at få noget at vide. – men der skrives vel straks om det. Mon det virkelig skal nå at blive en Pige!
+[Skrevet i venstre margen s. 8; lodret:]
+Hilsen til alle, særlig Far og Hunden fra din Pelle</t>
   </si>
   <si>
     <t>1899-07-17</t>
   </si>
   <si>
     <t>Thorvald Balslev
 Ludvig Find
 Andreas Larsen
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Christian Mogensen
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab med den nyfødte Andreas (Puf). Johannes Larsen maler fra et lejet værelse i Svanninge og ses her med Syberg-familien samt Lützhøft-parret. 
 Find var begejstret for Viborg: Johannes Larsen fungerede som assistent for Joakim Skovgaard ved udsmykningen af Viborg Domkirke.</t>
   </si>
   <si>
     <t>Alhed Larsen ammer den nyfødte Puf, mens hun skriver. Han har lige pludret og grinet. Det trækker op til torden.
 Lützhøft-parret kan vel godt komme på besøg trods kighostesmittefaren, hvis de fx vasker sig godt og lufter deres tøj.
 Ludvig Find har været på besøg. Han var begejstret for Viborg.
 Alhed forsøger at komme til at male en buket floks, men der kommer gæster, og babyen forstyrrer.</t>
   </si>
@@ -4106,51 +4249,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -4395,50 +4538,143 @@
 læst søn. 18-9-05.
 [ Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St.
 [I brevet:]
 Lindøgaard 
 pr. Dræby
 Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
 Kære lille Dis!
 Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
 Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
 Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
 2.
 Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
 3
 Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
 Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
 Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
 4.
 Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
 Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
 Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
 Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
 Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
 Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
 Tusinde Hilsner, din Junge.</t>
+  </si>
+  <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
   </si>
   <si>
     <t>1939-09-09</t>
   </si>
   <si>
     <t>Hans  Syberg</t>
   </si>
   <si>
     <t>Neville Chamberlain
 Johanne Giersing
 - Smith, Lærer
 Kirsten Syberg
 Peter von Syberg
 Ulla Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg kom ikke til at tilbringe vinteren hos Johanne/Besse. Han døde 20. dec. 1939 på Pilegården.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1291</t>
   </si>
   <si>
     <t>Lærer Smith har taget fotos af Tyren, og Syberg sender dem. 
 Syberg har fået en idé til en skulptur, hvor en tyr slås med en kvælerslange. Denne er inspireret af en tale af Chamberlain, hvori han hævdede, at Tyskland vil regere Europa. Syberg ironiserer over dette og skriver, at også Andorra, San Marino og andre små stater i så fald vil regere Europa, og at England er en selvbestaltet beskytter. 
 Det koster Syberg besvær at arbejde, men han fortsætter. Han har aftalt med Johanne/Besse at bo hos hende den kommende vinter, og det letter hans sind.</t>
@@ -5563,59 +5799,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qaqc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1lWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6VeS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PVvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HopY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXny" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Tmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hEmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qaqc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1lWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6VeS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PVvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HopY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M112"/>
+  <dimension ref="A1:M116"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -6311,4268 +6547,4448 @@
       </c>
       <c r="I16" s="5" t="s">
         <v>125</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>126</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>127</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>128</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E17" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>52</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="s">
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="H18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>86</v>
-[...7 lines deleted...]
-        </is>
+        <v>146</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>147</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
-        <v>148</v>
+        <v>22</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>149</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>150</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>152</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>86</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>153</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="I20" s="5"/>
+        <v>154</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>155</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>22</v>
+        <v>156</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="s">
-        <v>158</v>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="I21" s="5"/>
       <c r="J21" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F22" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>166</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-        </is>
+        <v>51</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
         <v>173</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>174</v>
       </c>
       <c r="J23" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="K23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>16</v>
+        <v>179</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-        </is>
+        <v>52</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>180</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="I24" s="5"/>
+        <v>181</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>182</v>
+      </c>
       <c r="J24" s="5" t="s">
-        <v>22</v>
+        <v>183</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D25" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D25" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="5" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="I25" s="5"/>
       <c r="J25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>86</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>198</v>
+        <v>52</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="F27" s="5" t="s">
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="G27" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="J27" s="5" t="s">
         <v>202</v>
       </c>
-      <c r="J27" s="5" t="s">
+      <c r="K27" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="K27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>204</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="5" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="E28" s="5" t="s">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="I28" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="F28" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H28" s="5" t="s">
+      <c r="J28" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="K28" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>211</v>
       </c>
-      <c r="K28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="I29" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="B29" s="5" t="s">
+      <c r="J29" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K29" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="C29" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>217</v>
       </c>
-      <c r="I29" s="5"/>
-[...10 lines deleted...]
-      <c r="L29" s="6" t="s">
+      <c r="M29" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>219</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>221</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>222</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="I30" s="5"/>
+        <v>224</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>225</v>
+      </c>
       <c r="J30" s="5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>229</v>
+        <v>179</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>239</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>220</v>
+      </c>
+      <c r="D32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F32" s="5" t="s">
-        <v>200</v>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>238</v>
-[...4 lines deleted...]
-      <c r="J32" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="I32" s="5"/>
+      <c r="J32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L32" s="6" t="s">
         <v>241</v>
       </c>
-      <c r="L32" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>51</v>
+        <v>244</v>
       </c>
       <c r="E33" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="F33" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F33" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="I33" s="5" t="s">
         <v>246</v>
       </c>
+      <c r="I33" s="5"/>
       <c r="J33" s="5" t="s">
-        <v>22</v>
+        <v>247</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>197</v>
-[...7 lines deleted...]
-        <v>252</v>
+        <v>52</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>260</v>
+        <v>52</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="E35" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="F35" s="5" t="s">
+      <c r="I35" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="G35" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I35" s="5" t="s">
+      <c r="J35" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="J35" s="5" t="s">
+      <c r="K35" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>265</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="5" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      <c r="F36" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="I36" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="G36" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H36" s="5" t="s">
+      <c r="J36" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K36" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="M36" s="5" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-        </is>
+        <v>220</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>275</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="I37" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="J37" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="J37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="K37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>280</v>
       </c>
-      <c r="L37" s="6" t="s">
+      <c r="M37" s="5" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>51</v>
+        <v>283</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="F38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F38" s="5" t="s">
+        <v>285</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="s">
-        <v>285</v>
+      <c r="H38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I38" s="5" t="s">
         <v>286</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>22</v>
+        <v>287</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>220</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F39" s="5" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>292</v>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>22</v>
+        <v>295</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>51</v>
+        <v>274</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>298</v>
+        <v>52</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>22</v>
+        <v>302</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>197</v>
+        <v>51</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>307</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>309</v>
+        <v>22</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>310</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>311</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>313</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>197</v>
+        <v>51</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="G42" s="5" t="s">
         <v>314</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H42" s="5" t="s">
         <v>315</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>316</v>
       </c>
       <c r="J42" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K42" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="K42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>318</v>
       </c>
-      <c r="L42" s="6" t="s">
+      <c r="M42" s="5" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="E43" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H43" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="F43" s="5" t="s">
+      <c r="I43" s="5" t="s">
         <v>323</v>
       </c>
-      <c r="G43" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H43" s="5" t="s">
+      <c r="J43" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K43" s="5" t="s">
         <v>324</v>
       </c>
-      <c r="I43" s="5" t="s">
+      <c r="L43" s="6" t="s">
         <v>325</v>
       </c>
-      <c r="J43" s="5" t="s">
+      <c r="M43" s="5" t="s">
         <v>326</v>
-      </c>
-[...7 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>331</v>
+        <v>220</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>328</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>329</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="J44" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="I44" s="5" t="s">
+      <c r="K44" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="J44" s="5" t="s">
+      <c r="L44" s="6" t="s">
         <v>334</v>
       </c>
-      <c r="K44" s="5" t="s">
+      <c r="M44" s="5" t="s">
         <v>335</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F45" s="5" t="s">
+        <v>337</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="J45" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="K45" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="J45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>342</v>
       </c>
-      <c r="K45" s="5" t="s">
+      <c r="M45" s="5" t="s">
         <v>343</v>
-      </c>
-[...4 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="E46" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="F46" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H46" s="5" t="s">
+      <c r="I46" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="I46" s="5"/>
       <c r="J46" s="5" t="s">
         <v>349</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>350</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>351</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
         <v>353</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>220</v>
+        <v>354</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>354</v>
+        <v>52</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="I47" s="5"/>
+      <c r="I47" s="5" t="s">
+        <v>356</v>
+      </c>
       <c r="J47" s="5" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>197</v>
+        <v>243</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>52</v>
+        <v>362</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-        </is>
+        <v>220</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>314</v>
+        <v>337</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>369</v>
-[...3 lines deleted...]
-      </c>
+        <v>371</v>
+      </c>
+      <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>376</v>
+        <v>243</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>220</v>
-[...4 lines deleted...]
-        </is>
+        <v>377</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D51" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="D51" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="5" t="s">
-        <v>17</v>
+        <v>307</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>391</v>
+        <v>52</v>
       </c>
       <c r="D52" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="E52" s="5" t="s">
+      <c r="I52" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="F52" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H52" s="5" t="s">
+      <c r="J52" s="5" t="s">
         <v>394</v>
       </c>
-      <c r="I52" s="5" t="s">
+      <c r="K52" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="J52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>396</v>
       </c>
-      <c r="K52" s="5" t="s">
+      <c r="M52" s="5" t="s">
         <v>397</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>220</v>
+        <v>399</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>243</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="I53" s="5"/>
       <c r="J53" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="K53" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="L53" s="6" t="s">
         <v>403</v>
       </c>
-      <c r="K53" s="5" t="s">
+      <c r="M53" s="5" t="s">
         <v>404</v>
-      </c>
-[...4 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>331</v>
+        <v>354</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>383</v>
+        <v>406</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="I54" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="I54" s="5" t="s">
+      <c r="J54" s="5" t="s">
         <v>409</v>
       </c>
-      <c r="J54" s="5" t="s">
+      <c r="K54" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="K54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>411</v>
       </c>
-      <c r="L54" s="6" t="s">
+      <c r="M54" s="5" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>51</v>
+        <v>414</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>415</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>416</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="s">
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>418</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>419</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>420</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>421</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>423</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>52</v>
+        <v>243</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>331</v>
+        <v>399</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>17</v>
+        <v>424</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>424</v>
-[...1 lines deleted...]
-      <c r="I56" s="5" t="s">
         <v>425</v>
       </c>
+      <c r="I56" s="5"/>
       <c r="J56" s="5" t="s">
         <v>426</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>427</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>428</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>430</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="5" t="s">
+      <c r="I57" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="F57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G57" s="5" t="s">
+      <c r="J57" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="H57" s="5" t="s">
+      <c r="K57" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="I57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>435</v>
       </c>
-      <c r="J57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K57" s="5" t="s">
+      <c r="M57" s="5" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D58" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="s">
         <v>440</v>
       </c>
-      <c r="E58" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F58" s="5" t="s">
+      <c r="H58" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I58" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="G58" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H58" s="5" t="s">
+      <c r="J58" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="I58" s="5"/>
-      <c r="J58" s="5" t="s">
+      <c r="K58" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="K58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>444</v>
       </c>
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="5" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="I59" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="5" t="s">
+      <c r="J59" s="5" t="s">
         <v>449</v>
       </c>
-      <c r="F59" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H59" s="5" t="s">
+      <c r="K59" s="5" t="s">
         <v>450</v>
       </c>
-      <c r="I59" s="5"/>
-      <c r="J59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>451</v>
       </c>
-      <c r="K59" s="5" t="s">
+      <c r="M59" s="5" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>16</v>
+        <v>454</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>51</v>
+        <v>283</v>
       </c>
       <c r="E60" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="F60" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G60" s="5" t="s">
+      <c r="H60" s="5" t="s">
         <v>457</v>
       </c>
-      <c r="H60" s="5" t="s">
+      <c r="I60" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="J60" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="K60" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="J60" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>460</v>
       </c>
-      <c r="L60" s="6" t="s">
+      <c r="M60" s="5" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>260</v>
+        <v>51</v>
       </c>
       <c r="D61" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F61" s="5" t="s">
         <v>464</v>
       </c>
-      <c r="E61" s="5" t="s">
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
         <v>465</v>
-      </c>
-[...9 lines deleted...]
-        <v>467</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>419</v>
+        <v>466</v>
       </c>
       <c r="K61" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="L61" s="6" t="s">
         <v>468</v>
       </c>
-      <c r="L61" s="6" t="s">
+      <c r="M61" s="5" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="E62" s="5" t="s">
         <v>472</v>
-      </c>
-[...4 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="I62" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="I62" s="5"/>
+      <c r="J62" s="5" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>475</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>476</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>478</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>448</v>
+        <v>16</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>260</v>
+        <v>51</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        </is>
+        <v>479</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>419</v>
+        <v>22</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>448</v>
+        <v>283</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>260</v>
+        <v>487</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>449</v>
-[...7 lines deleted...]
-        </is>
+        <v>488</v>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>489</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>485</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="I64" s="5"/>
       <c r="J64" s="5" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>448</v>
+        <v>495</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>260</v>
+        <v>283</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>449</v>
+        <v>496</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>491</v>
+        <v>16</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>448</v>
+        <v>471</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>260</v>
+        <v>283</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>448</v>
+        <v>471</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>260</v>
+        <v>283</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>449</v>
+        <v>472</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>16</v>
+        <v>471</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>260</v>
+        <v>283</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>18</v>
+        <v>472</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G68" s="5" t="s">
-        <v>509</v>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>448</v>
+        <v>471</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>260</v>
+        <v>283</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>516</v>
+        <v>18</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-        <v>518</v>
+        <v>18</v>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>331</v>
-[...14 lines deleted...]
-        </is>
+        <v>471</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>527</v>
+        <v>442</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>528</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>529</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>531</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>458</v>
-[...9 lines deleted...]
-        </is>
+        <v>283</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G71" s="5" t="s">
         <v>532</v>
       </c>
       <c r="H71" s="5" t="s">
         <v>533</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>534</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>535</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>536</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>538</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>16</v>
+        <v>471</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>51</v>
+        <v>283</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="F72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F72" s="5" t="s">
+        <v>540</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>22</v>
+        <v>442</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>354</v>
+      </c>
+      <c r="D73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>22</v>
+        <v>550</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>458</v>
+        <v>481</v>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G74" s="5" t="s">
+        <v>555</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>559</v>
+        <v>562</v>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G75" s="5" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>419</v>
+        <v>22</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>458</v>
+        <v>16</v>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G76" s="5" t="s">
-        <v>567</v>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>419</v>
+        <v>22</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>574</v>
+        <v>51</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>481</v>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="I77" s="5"/>
+        <v>576</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>577</v>
+      </c>
       <c r="J77" s="5" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E78" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>22</v>
+        <v>442</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>251</v>
+        <v>51</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>197</v>
-[...10 lines deleted...]
-        </is>
+        <v>481</v>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>590</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>591</v>
+        <v>442</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>251</v>
+        <v>597</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>197</v>
+        <v>283</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>596</v>
+        <v>18</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>597</v>
-[...1 lines deleted...]
-      <c r="I80" s="5" t="s">
         <v>598</v>
       </c>
+      <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="K80" s="5" t="s">
         <v>599</v>
       </c>
-      <c r="K80" s="5" t="s">
+      <c r="L80" s="6" t="s">
         <v>600</v>
       </c>
-      <c r="L80" s="6" t="s">
+      <c r="M80" s="5" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>197</v>
+        <v>51</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>198</v>
+        <v>16</v>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F81" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>604</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>606</v>
+        <v>22</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>607</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>608</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>610</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D82" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="5" t="s">
-        <v>401</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>22</v>
+        <v>614</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>251</v>
-[...5 lines deleted...]
-        <v>625</v>
+        <v>221</v>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>220</v>
+        <v>243</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>376</v>
+        <v>362</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>401</v>
+        <v>424</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>403</v>
+        <v>22</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>639</v>
+        <v>274</v>
       </c>
       <c r="D86" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F86" s="5" t="s">
         <v>640</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
         <v>641</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>642</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>643</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>644</v>
       </c>
       <c r="L86" s="6" t="s">
         <v>645</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>647</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>639</v>
+        <v>220</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>640</v>
-[...9 lines deleted...]
-        </is>
+        <v>274</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>648</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H87" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H87" s="5" t="s">
+        <v>649</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>640</v>
+        <v>243</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>440</v>
-[...4 lines deleted...]
-        </is>
+        <v>399</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>424</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>643</v>
+        <v>426</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>197</v>
+        <v>662</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>659</v>
-[...5 lines deleted...]
-        <v>661</v>
+        <v>663</v>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>251</v>
+        <v>662</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>197</v>
+        <v>663</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="s">
-        <v>669</v>
+      <c r="H90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I90" s="5" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>672</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>673</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>675</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>639</v>
+        <v>663</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>640</v>
+        <v>463</v>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
         <v>676</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>677</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>643</v>
+        <v>666</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>678</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>679</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>681</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>640</v>
+        <v>220</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>440</v>
-[...4 lines deleted...]
-        </is>
+        <v>682</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>683</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>643</v>
+        <v>687</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>197</v>
+        <v>274</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>251</v>
-[...5 lines deleted...]
-        <v>690</v>
+        <v>220</v>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>251</v>
+        <v>662</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>661</v>
+        <v>663</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>700</v>
+        <v>666</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>701</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>702</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>704</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>220</v>
+        <v>663</v>
       </c>
       <c r="D95" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F95" s="5" t="s">
         <v>705</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
         <v>706</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>707</v>
       </c>
       <c r="J95" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="K95" s="5" t="s">
         <v>708</v>
       </c>
-      <c r="K95" s="5" t="s">
+      <c r="L95" s="6" t="s">
         <v>709</v>
       </c>
-      <c r="L95" s="6" t="s">
+      <c r="M95" s="5" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>251</v>
+        <v>220</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>197</v>
+        <v>274</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>690</v>
+        <v>712</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>713</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
         <v>714</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>715</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>716</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>717</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>718</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>720</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>690</v>
+        <v>713</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>713</v>
+        <v>684</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
         <v>721</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>722</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>723</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>724</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>725</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>727</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>640</v>
+        <v>220</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>440</v>
-[...9 lines deleted...]
-        </is>
+        <v>274</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H98" s="5" t="s">
+        <v>729</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>643</v>
+        <v>731</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>733</v>
+        <v>243</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>260</v>
+        <v>736</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>734</v>
+        <v>424</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>690</v>
+        <v>713</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>713</v>
+        <v>744</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>749</v>
+        <v>274</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>750</v>
+        <v>220</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>751</v>
-[...4 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>744</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>752</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>753</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>643</v>
+        <v>754</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>640</v>
+        <v>663</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>440</v>
+        <v>463</v>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="s">
-        <v>758</v>
+      <c r="H102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I102" s="5" t="s">
         <v>759</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>643</v>
+        <v>666</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>760</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>761</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>763</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>251</v>
+        <v>764</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>197</v>
+        <v>283</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>764</v>
+        <v>765</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="I103" s="5"/>
+        <v>766</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>767</v>
+      </c>
       <c r="J103" s="5" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>690</v>
+        <v>713</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>713</v>
+        <v>744</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>16</v>
+        <v>780</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>440</v>
+        <v>781</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>17</v>
+        <v>782</v>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>780</v>
+        <v>666</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>251</v>
+        <v>663</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>785</v>
+        <v>463</v>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>788</v>
+        <v>666</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>690</v>
+        <v>713</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>764</v>
+        <v>795</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>793</v>
-[...3 lines deleted...]
-      </c>
+        <v>796</v>
+      </c>
+      <c r="I107" s="5"/>
       <c r="J107" s="5" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>690</v>
+        <v>713</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>800</v>
+        <v>744</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>251</v>
+        <v>16</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>197</v>
+        <v>463</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>808</v>
+        <v>17</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
         <v>809</v>
       </c>
       <c r="I109" s="5" t="s">
         <v>810</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>811</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>812</v>
       </c>
       <c r="L109" s="6" t="s">
         <v>813</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
         <v>815</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>751</v>
-[...4 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>816</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>639</v>
+        <v>274</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>472</v>
-[...9 lines deleted...]
-        </is>
+        <v>220</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>795</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>823</v>
-[...1 lines deleted...]
-      <c r="I111" s="5"/>
+        <v>824</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>825</v>
+      </c>
       <c r="J111" s="5" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>829</v>
+        <v>274</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>830</v>
-[...4 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>831</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>836</v>
+        <v>837</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="J113" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="K113" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="L113" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="K114" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="L114" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>854</v>
+      </c>
+      <c r="I115" s="5"/>
+      <c r="J115" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="K115" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="L115" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="K116" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="L116" s="6" t="s">
+        <v>866</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>867</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -10645,44 +11061,48 @@
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
+    <hyperlink ref="M113" r:id="rId118"/>
+    <hyperlink ref="M114" r:id="rId119"/>
+    <hyperlink ref="M115" r:id="rId120"/>
+    <hyperlink ref="M116" r:id="rId121"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>