--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -3,534 +3,95 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="296" uniqueCount="197" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="223" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1907-10-17</t>
+    <t>1899-02-07</t>
   </si>
   <si>
     <t>Brev</t>
-  </si>
-[...437 lines deleted...]
-    <t>1899-02-07</t>
   </si>
   <si>
     <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Hotel Phønix</t>
   </si>
   <si>
     <t>Ludwig Beethoven
 Berta Brandstrup
 Frederik Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Louise Brønsted
 Maren -, Erikshaab
 Joseph Haydn
 Bernhard Hirschsprung
 Fru Emma Hirschsprung
 - Holstein, Frk.
 - Jensen, Frøken, Erikshaab
 Marie Krøyer
 Peder Severin Krøyer
@@ -558,100 +119,100 @@
 Julie Brandt, Grethe, Johanne m.fl. har haft et "sold", og de blev ret fulde. 
 Johanne får for meget konfekt og slik, så hun lægger sig ud. 
 Ludvig Brandstrup har brækket benet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5f0I</t>
   </si>
   <si>
     <t>Hotel Phønix Tirsdag 7de Feb.
 Tak for de tilsendte Penge.
 Kære Mor! Alle de sidste Dage har jeg med Vilie ikke villet skrive hjem til Jer, for at I ikke skulde skuffes naar I aabnede det og den intet Telegram indeholdt. I Aftes Kl. 8 1/2 modtog jeg medfølgende Telegram fra Elle og saa var altsaa Aftentoget gået og I vilde ikke kunne have det før i Morgen Onsdag - Jeg vilde dog ikke have vovet at telegrafere det til Jer, da du udtrykke[ligt] bad om at faa det pr. Brev, men Hirschsprungs, hvem jeg straks ilede ind til at at glæde dem ["dem" overstreget] med Resultatet sagde, at naar jeg telegraferede det samme Aften, vilde Posten faa det med, saa I slap for at have Forskrækkelse af at se Telegrafbuddet. Jeg selv syntes ogsaa det var det ene rigtige. At Teleg. er afsendt fra Boston undrer os lidt; skulde det ikke været afsendt allerede fra New York - - og at Easman er i Boston, ved vi da nok. I Følge min Telegr. ["Telegr." indsat over linjen] Forklaring er det Ord jo ukorrekt. Spørgsmaalet er saa om der menes Appentane el. Appenton. 
 Det er kedeligt, for [et overstreget bogstav] jeg kan slet ikke huske, hvad jeg sidst skrev om. Mine to Gabrilowitschkoncerter har jeg da vist omtalt, de var saa aldeles vidunderlige. Men om jeg havde været til Middag hos Hirschsp. sammen med Hr. &amp;amp; Fru Krøyer, da jeg skrev, kan jeg ikke huske. Jeg havde min lyse Empire paa, havde det rigtig hyggeligt, spillede L'hombre sammen med Hr &amp;amp; Fru Hirsch. samt Krøyer jeg vandt 30 Ør, hvilket jeg var knusende stolt over. Forøvrigt syntes jeg kun middelmaadigt godt om dem. Nu spiller jeg 4hændigt med fru H. 2 Gange om Ugen Mandag og Torsdag fra Kl 1 - 2 1/2 efter en Del Smaating har vi nu begyndt paa Haydns Symfonier og skal dernæst til Beethoven ditto; det har jeg vældig Fornøjelse af.
 Forleden Aften var jeg til et aldeles glimrende hemmeligt Sold hos Grethe og Lugge; hemmel. fordi de ikke vilde have Tante Mis derop. Selskabet bestod af Frk. Holstein, Pan, Grethe Lugge og mig; Traktementet Æggesnaps, Appelsiner, Cacaoliquer og Vin; man var anmodet om at møde i Galla, saa vi straalede i lyse Toiletter. Og vi morede os, sådan rigtig knald - sagde Vittigheder og grinede sådan rigtig af Hjærtens Lyst Grethe og jeg var lige paa Ædruelighedens Grænse, - men jeg gik da stolt alene hjem Kl. 2. Jeg havde rasende Tømmermænd Dagen efter. 
 Nu er jeg desværre begyndt at blive fed, skønt jeg traver nogle almægtige Ture - f. Ex. til Hellerup - og kun spiser 1 Stykke Mad til Frokost, men det er alt det Masser af Slik, der falder af Konfekt og Is og Flødeboller i en Uendelighed; desværre ikke sådan, at jeg kan samle i Bunke, ellers skulde jeg sende Eder noget af den fine Konfekt. Det er nu kedeligt at have Anlæg til Korpulence, vil du hilse Far og sige det, for det har jeg nu. Jeg mødte i Dag Marie Hansen-Schou; hun har det minsandten ikke; hun var saa tynd så tynd bad mig hilse Be. hun begynder at tro at det er et ulykkeligt Ægteskab, siden hun ikke kommer. 
 Jeg tænker nærmest paa, hvor slemt det maa tære paa Fars Frimærker. At Lut virkelig har brækket et lille Ben i Benet helt nede ved Ankelen - det er vel Lægbenet - har I vel opnaaet at faa at vide. Jeg mødte Berta forleden; Lut var nok lidt utålmodig, men det gik da an.
 Onkel Frederiks Adresse har jeg forlængs sendt til Elle.
 5480 Rikgwood St. Chicago Ill. U.S.A 
 Husk at fortælle mig ["mig" indsat over linjen] om Gamle Marens Endeligt &amp;amp; Begravelse.
 Tak for Laan for Brevene!
 Hils Far, Pallam, Be og Pigerne saa meget fra mig og vil du saa ikke nok give Muntermand og Bobby de kærligste Kys fra mig.
 Hører jeg snart igen.
 Din Junge
 Jeg har måttet købe mig et Par nye Støvler Føj! Føj</t>
   </si>
   <si>
-    <t>1912-11-30</t>
-[...33 lines deleted...]
-    <t>11. jun. 1907</t>
+    <t>1900-03-30</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Lauritz  Brandstrup
+- Dudire
+- Ipsen, USA
+Dudley Pray
+- Redpath
+Harris Sawyer
+- Tiffany</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer boede i Boston. Det vides ikke, hvad hendes svigermor hed.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1746</t>
+  </si>
+  <si>
+    <t>Ellen har haft en maveomgang, og Harris var en god sygeplejerske.
+Parret har haft besøg af Ipsens, og Ellen fandt det svært at tale dansk. Ipsens taler en blanding af dansk og engelsk. 
+Harris og Ellen har besøgt Dudires, som har en lille datter. 
+Mr. Dudleys far er død, og Ellen hjælper til i laboratoriet, mens Dudley har fri. 
+Harris og Ellen har været på en "dansk restaurant" i Boston. 
+Mr. Tiffany og hans kone har været på besøg. 
+Bedstefars begravelse må have været højtidelig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Mzpi</t>
+  </si>
+  <si>
+    <t>Marts 30 – 1900
+Kære Mor! Du kommer til at undskylde denne tarvelige Udstyrelse af mit Brev idag, - Harry, det kan han ikke [”ikke” indsat over linjen] huske at tage noget ordentligt Papir hjem til mig. – 
+Jeg begyndte mit Brev igår og havde fået skrevet en hel Del, men var så idiotisk at smide det bort. Der er imidlertid ingen stor Skade sket for det var et Svinebrev, - Blyants, - skrevet i Sengen. Jeg havde nemlig en lille Mavedårlighed, der som det lader, har i Sinde at indtræffe med visse Mellemrum. Mavesmerter og grøn Opkastning. Det begyndte om Natten, og Harry måtte ned og hente Cognac, Krydderpose og en Morphinpille. Han er en udmærket Sygeplejerske, - han behøver ikke at, sættes til, men kan selv finde på, hvad der må gøres. – Jeg har haft det samme Tilfælde før, og kunde rimeligvis undgå det, hvis jeg vilde være lidt forsigtig på visse Tider af Måneden. 
+Denne Uge [”X” indsat over linjen og i venstre margen skrevet ”X siden sidste Brevdag”] har været helt livlig. Først i Lørdags kom Ipsens ud og var her det meste af Eft. De ere meget livlige, - men, jeg ved ikke, - deres Snak kan ikke rigtig fange min Interesse. – Er det ikke kunstigt, - det falder mig så akavet at tale dansk nu, at det er ligesom der var Småsten under Tungen, og jeg må samle mig sammen for at få fat på Ordene, hvorimod jeg slet ikke føler den Vanskelighed når jeg skriver – (måske I føler det, ved at læse mine Breve) Ipsens taler elendigt, - Masser af Fejl og pudsige direkte Oversættelser fra engelsk. De kan endnu mindre tale engelsk , - taler med stærkt Akcent og mange Fejl. Jeg taler adskilligt bedre, - men jeg har jo også kun hørt engelsk i over et Aar, hvorimod de stadig har hørt [”hørt” overstreget; ”talt” indsat over linjen] talt en Blanding. – De[t] var jo imidlertid pænt af dem at komme og jeg vil også snart derud igen [”igen” overstreget] og se til dem. – 
+Om Søndagen gik Harry over [”over” overstreget; ”og” indsat over linjen] og jeg over til Dudires, som bor et Kvarters Vej herfra. De fører ikke Hus, har deres Møbler et Sted, hvor de tag [”tag” overstreget] opbevarer Møbler for kortere el. længere Tid, - og er i Pension hos hendes Forældre. Vi havde det helt morsomt, - deres lille Pige kan nu gå alene og er umådelig sød. Lille Grethe blev bedt til Børneselskab om to Aar. De har en stor Fonograf, som vi hørte på, - men det er i Grunden mere trættende end morsomt, når man har hørt det et Par Gange. – Vil du høre hvad Mrs. D. havde på: en såkaldt Thegown [”ea” i ordet overstreget; over disse bogstaver indsat ”ea”], - dette [”te” i ordet overstreget] samme som vore Empiredragter, af et fint lyserødt Stof, Dyvikekrave, langt Slæb, halvlange Ærmer med Kniplinger for. Hjemme vilde vi kalde det elegant til et Bryllup el. fin Middag og dette var en alm. Søndag og vi kom uventet. De fleste vilde se opstadsede ud med denne Dragt, men den klædte hende fortrinligt, - hun er høj, slank med et vældigt gult hår, meget livlig.
+Om Mandagen var jeg med Harry i Laboratoriet for at hjælpe. Mr. Redpath er på Forretningsrejse og Dudley Pray er der slet ikke i denne Tid på Grund af hans Faders pludselige Død. Den gamle Dudley var 74, men stærk og kraftig, fik Influenza, som gik over i Lungebetændelse døde i Løbet af en Uges Tid. Han var meget afholdt og hans Død har vakt megen Opsigt. Harry og jeg havde [”havde overstreget] tilbragte nogle behagelige Timer i hans lille private Kontor, så [”så” overstreget; ”og” indsat over linjen] vi ere helt kede af det. Der siges at unge Dudley nu er en rig Mand, men man ved ikke endnu hvor rig. – 
+Harry var som sagt alene i Laboratoriet og jeg vadskede små Glasinstrumenter to hele Dage for ham. Det er en hel Svir at komme derind til en Forandring, der er sket en Masse små Forbedringer og det er et storartet Laboratorium nu. Vi gik til en dansk Restauration til Frokost, - det eneste danske er Udseendet, - Ejeren og Maden ere engelske og Opvarterne ere Negere, - men Lokalerne er en tro Gengivelse af en gammel Kro i Ribe, og du kan tro det frydede mit Hjærte at se: grønmalede Vægge med naive røde Roser malet i Felterne, en Hylde under Loftet (som på Hvilan) med gamle Ting på. Klodtede grønmalede Stole og Borde, en Bornholmer, Kanariefugle i Bur, små Rude[r], Blomster i Vinduerne o.s.v.
+Ejeren kom hen og snakkede med os, - han vidste at jeg er dansk og var meget interesseret i hvad jeg kunde fortælle om danske Skikke og Sæder. – Vi gik en Del rundt i Byen, hvor jeg jo ikke har været i Måneder, - var hos Gordan &amp;amp; March, - en enorm Forretning med alt 7 Etager, - og en Tunnel med elect. Lys til en anden Afdeling. – Om Tirsdagen var jeg hjemme og fik Huset i Orden. Det kommer altid i Rod når jeg er borte, - navnlig den Lilles Bleer ere ligelig fordelte i alle Stuerne o.s.v. Om Onsdagen var jeg igen med Harry. Mr. Tiffany kom fra New York i Forretningsanliggender og havde sin Kone med. Hun kom op i Laboratoriet, en ægte New York-Dame, livlig og opvakt, vi havde en lang Snak sammen og vi gelejdede dem til deres Tog, - kom ½ Min. for sent og indtog derpå Frokost med dem: Østers, Roastbeef, Kiks og Ost, Kaffe. – 
+Den lille har være god siden jeg skrev sidst und. I går, men det var fordi Harry lavede hendes Mad lidt for fed, da jeg var dårlig, men idag har hun været god igen, sovet i 4 Timer i Form. let og leget. Svigermoder elsker hende højt. Hun siger ofte, at hun vilde ønske, du kunde se Ungen og at hun har helt Samvittighedsnag ved at have så megen Fornøjelse af hende når du ikke kan se hende. Gid – gid vi kunde komme hjem snart. – Hvor det må have været højtideligt ved Bedstefars Begravelse. Hvor han vilde have nydt al den Hæder, det gamle Skind hvis han kunde have set det. – 
+Vi kan ikke døbe den Lille, før vi får så varmt Vejr at hun kan gå ud. – 
+[Skrevet lodret langs venstre margen på side 4:] Farvel og Bunker af Hilsner E</t>
+  </si>
+  <si>
+    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...10 lines deleted...]
-    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
@@ -702,56 +263,50 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t> 1. jun. 1907</t>
-[...4 lines deleted...]
-  <si>
     <t>1903-5</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>USA
 Mass.
 Dorchester</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Ellen Agnete Amstrup
 Louise Amstrup
 Thora  Branner
 Wilhelm Branner
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Niels Elgaard Amstrup
 Alfred Goldschmidt
 - Grønlund
 Jens Hammer
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
@@ -777,180 +332,50 @@
   </si>
   <si>
     <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
 Peter fik land.
 Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
 Johanne har været på kirkegården og plante blomster.
 En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3BSF</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 c/o H.E. Sawyer
 244 Columbia Road
 Dorchester
 Boston
 Mass.
 U.S.A.
 [I brevet:]
 Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
 Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
 [skrevet på tværs øverst på s1:]
 dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
-  </si>
-[...80 lines deleted...]
-af 3/3 25. ,30
----------------
-I alt. 2,30</t>
-[...45 lines deleted...]
-[Skrevet lodret langs venstre margen på side 4:] Farvel og Bunker af Hilsner E</t>
   </si>
   <si>
     <t>1904-06-14</t>
   </si>
   <si>
     <t>Charlottenlund
 Kastanievej 13</t>
   </si>
   <si>
     <t>244 Columbia Road Boston</t>
   </si>
   <si>
     <t>Sidsel -
 Charles Abrahams
 Ingeborg Abrahams
 Mogens Abrahams
 Wilhelmine Berg
 Alhed Marie Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Selmar Goldschmidt
@@ -1068,50 +493,532 @@
   <si>
     <t>William/Billy og Johanne/Junge ved stadig ikke, hvornår Christine kommer hjem. Johanne håber, at hun på hjemturen kan nå at være fem dage i London, men hvis Christines rejse er udsat, må Johanne vente, til hun er hjemme. Johanne håber, at hendes mor vil sende et poste restante-brev til London, og Johanne vil så telegrafere om hjemkomsttidspunktet, hvis hun har tid. 
 Johanne har bagt til et kaffeselskab. Hunden har fået otte hvalpe, og den har ikke mælk til dem, så Johanne har haft travlt med at lære dem at drikke (af flaske?).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/D1e2</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 Sortedams Dossering 25
 N. København 
 Danmark.
 [På kuvertens bagside:]
 [Logo] White Star Line. 
 [I brevet:]
 Onsdag Eft. 29 Nov 1905.
 Kæreste Mor!
 Mens jeg sidder og venter paa Hilde vil jeg se at faa smurt et Par Ord op til dig – min Tid er ellers begyndt at blive lidt knap nu. Min Rejse staar jo stadig nærmest i det blaa, saa længe vi ikke rigtig ved noget om Christines Ankomst. Vi saa i Aviserne at United States gik fra Kbhvn. omkring ved den 15de Nov, men jeg turde ikke tage min Billet paa det, som da viste sig at være hen i Vejret; siden har Bladene stadig omtalt ”Olavs” Afgang g [”g” overstreget] med de forskelligste Datoer; Agenten her i Boston ved grumme lidt Besked. Der maa vist være gaaet Breve tabt hjemmefra, for vi har intet hørt fra dig og intet Brev fra Chr. Der var i Mandags et Par Ord paa et Brevkort, hvori stod, at hun spiste Østers sammen med Kaptain Schmirten – en meget værdifuld Oplysning naturligvis, men vi havde dog nok saa gærne hørt lidt om Rejseplanerne.
 Jeg haaber jo at komme afsted Torsdag 7nde December, beregner at være i London Lørdag 16de og tager saa fra London [”London” indsat over linjen] Harwich Torsdag 21nde Dec. Kl 10 Aft. og i Kbhvn en eller anden Tid Lillejuleaften. – Men Billy vil stadig ikke tage min Billet, han tænker sig vel Muligheden af, at hun ikke en Gang er kommen afsted Onsd. d. 22nde og i saa Fald kan hun jo ikke være her før d. 7nde og jeg ikke rejse. Saa maa jeg opgive London og tage med det danske Juleskib – hvilket vilde være en stor Skuffelse for mig. Jeg gad vide, om du mulig tror, at jeg paa dette Tidspukt [”n” indsatover linjen] allerede er rejst – skønt nej, det er nok ligefrem Forsinkelse af Posten, hvis den havde været normal, maatte Billy da have faaet et Brev fra Christine. – Naa, jeg fylder nok bare op med alt det Rejsevrøvl, men det er fordi det jo optager mig en Del, og keder mig lidt, at jeg ikke tør tage min Billet, Hvis du ser Vilhelm, saa tak ham for den meget værdifulde Rejseliste, som han sendte mig. Hør, Mor, du vilde da ikke sende mig en Smule Brev til London, hvor jeg jo bliver hele 5 Dage; bare mit Navn og saa poste restante, London, England; når man saa længe har været uden Samkvem med Omverdenen, vil det gøre godt med at høre et Par Ord om alt staar vel til, samt om du vil have mig til at telegrafere fra Esbjerg (hvis der er Tid) naar jeg kommer til Kbhvn; for det kan I vist ikke vide med Bestemthed, og det er jo en nem Sag at sende et Telegram. Hvis jeg kommer af Sted paa Torsdag bliver det med White Star Line; 2de Klasse paa Cymric; jeg vilde helst have haft Leyland Line 1ste Klasse, men nu maa jeg glæde mig over 10 Dollars sparet. – 
 Jeg har i Dag bagt en Valnøddekage til et lille Kaffeselskab paa Lørdag: Fru Sonne Mrs. Waird, Antonie Grethe og Elle; har for Resten haft nok at gøre med at lære de 8 Hvalpe at drikke. Roska har ikke haft Mælk til dem og de skriger af Sult; jeg har da nogenlunde faaet dem det lært, men efter megen Besvær. 
 Vi skal spise ude i Aften sammen med Hilda og Charlie, jeg skal klæde om nu; i Grunden var der vist meget at fortælle om, men det kan jeg gøre, naar jeg kommer hjem, jeg har ligesom ikke rigtig Taalmodighed her til at skrive. Undskyld dette rasende kedelige Brev, jeg skal skrive saa saare min Billet tages og Rejsen dermed bestemt
 Hils alle! Din Junge.</t>
   </si>
   <si>
+    <t>Juli, august eller september 1907</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+William Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og William Mackie er på tur nogle dage i USA, mens Alhed og børnene er hjemme hos Alheds søster Ellen Sawyer og hendes mand og datter i Boston. Christine, Alheds søster, boede også i Boston med sin mand, William Mackie.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Alhed er utilfreds med ikke at få breve nok fra Johannes Larsen, men hun har hørt fra Billy (William Mackie), at de har det godt. Alhed maler lidt, og børnene har det godt. Christine har været til middag. Alhed håber, at Johannes larsen har fået det bedre, for han har virket overanstrengt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yi86</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Du holder mig rigtignok knapt med Breve paa denne Rejse, jeg har kun faaet de Par Ord fra den første Dag, men et Brev fra Billy i Gaar meldte jo da, at I har det godt og at Du har et Par Arbejder i Gang og at I snart tænker at vende hjem. Vi har det godt, men med mit malende bliver det ikke til stort herude, jeg har begyndt paa en lille Farveskizze, d.v.s. jeg kommer vist til at male 2-3 Gange paa den men hvis I allerede kommer hjem Mandag, naar jeg vist ikke et til. – Børnene morer sig glimrende og Børnene [ordet overstreget] Elle og jeg sludre Time op og Time ned. I Gaar var vi paa en Tur nede ved Stranden nede bag Southboston, der var smukt. I Formiddags kom Christine og blev til Middag, hun gik nu for lidt siden. I Gaar et langt Brev fra Mor til mig, alt staar godt til hjemme. Jeg længes efter Dig. Det er dog sært, at man kan gaa og savne saadan et skidt Mandfolk, jeg haaber, Du er kommen til at se lidt rask ud, Du saa noget overanstrængt ud, da Du tog af Sted. – Du fik da mit Brev, jeg afsendte i Søndags eller Mandags. Hils Billy mange Gange. 1000 Hilsner fra Din
+Alhed.
+Torsdag Eft.</t>
+  </si>
+  <si>
+    <t> 1. jun. 1907</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CXDTbS3o</t>
+  </si>
+  <si>
+    <t>11. jun. 1907</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Nlq1Nlod</t>
+  </si>
+  <si>
+    <t>Ca. 31. oktober 1907</t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>Peter Alberti
+Ole Hansen
+Oscar Køhler
+Johan Larsen
+Elisabeth Mackie
+William Mackie
+Johanne Opffer
+Theodor Oppermann
+Thomas Segelcke
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og drengene er hos hendes søster i Boston. Johannes Larsen er i New York, hvor han har en udstilling i bladet Dansk Amerikanerens kontorer.
+U.S. er Atlanterhavsskibet United States.
+"Segelckes Afsløring": Aksel Hansens skulptur eller buste af mejeritekniker Th. Segelcke blev opstillet ved Landbohøjskolen 1907. At Hempel Syberg skulle holde tale, skyldes nok, at Syberg var meget involveret i mejeridrift.
+I tidligere breve har Alhed været inde på, at de ikke skulle låne penge af Hempel Syberg, som ikke var rar at skylde noget til. Oppermann var de nødt til at låne af. 
+Justitsminister Alberti havde i 1907 et æreskrænkende indlæg om tømrerfirmaejer Køhler i Middagsposten.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen føler det efterhånden lidt trykkende at bo hos søsteren, og hun glæder sig til at komme hjem. Hun håber ikke, at Johannes Larsen har skrevet til Hempel Syberg og bedt om at låne penge, for han er syg. Johannes må skaffe billetter til den 21.
+Alberti har misbrugt sin magt.
+Sjovt, at Johannes Larsen har solgt et Svanetryk og maler Fru Opffer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d7i8</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi! 
+Tak for Dit Brev i Dag! Jeg tror Du er gal at tænke paa at blive til den 30te, det er virkelig galt nok med d. 21nde, det har jeg ikke en Gang turdet sige til Billy endnu, og jeg føler mig efter Haanden noget trykket ved at blive ved at være her. Nej, Du maa endelig løse Billetter til U.S. den 21nde. Se o [de tre bogstaver overstreget] Vi kan jo sagtens naa at faa Pengene til den Tid, naar de blot bliver sendt pr. Telegraf, send nu endelig Adressen meget tydelig. Jeg haaber da ikke Du havde faaet skreven inden Du fik mit Brev, nu skriver Mor tilmed i Dag, at Onkel Syberg ligger syg, saa det vilde være rædsom ked [ordet overstreget] kedelig at alarmere ham. Han skulde have holdt Talen ved Segelches Afsløring og have haft Ole Hansen til Bords, men blev jo altsaa syg. – Mon Alberti nu ikke er færdig efter den med Køl [de tre bogstaver overstreget] Brevet om Køhler til Middagsposten. Det er dog et skammeligt Magtmisbrug. Det maa ikke være nemt, at sidde og være Redaktør paa betinget Benaadning. – Jeg har i Dag været en lang Tur med Putte og Lysse ud ad Narumbega Vejen, yndigt Vejr. - - Sjov at Du har solgt et Svanetryk, complimenter Opffer, hvad tager Du for dem? og sjov at Du maler Fru O. det forærer Du dem da, hvis det bliver ordentligt. – Hils dem mange Gange og tak O. for Hilsenen bag paa Brevet. Jeg har regnet og regnet men kan ikke indse, at vi kan have mindre end 400 fra Opperm, mener Du vel? – Lad mig nu se Du tager Billet til U.S. Jeg begynder at glæde mig til at komme hjem. Svar mig nu paa, om der kommer nogen Mennesker og ser paa Billederne. Mange kærlige Hilsner
+Din Alhed
+Torsdag.</t>
+  </si>
+  <si>
+    <t>1907-10-10</t>
+  </si>
+  <si>
+    <t>Emil Opffer</t>
+  </si>
+  <si>
+    <t>Brookline</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+- Møller USA</t>
+  </si>
+  <si>
+    <t>Johannes og Alhed Larsen er sammen med sønnerne Andreas og Johan på en rejse til USA fra maj til december 1907. Målet er i første omgang Boston, Massachusetts, hvor Alheds søster Christine boede med sin amerikanske mand, lægen William Mackie. Johs. Larsen opholdt sig også 14 dage i New York i forbindelse med sin udstilling på bladet "Dansk-Amerikaneren", og sammen med Alhed tog han på en vildmandstur ved den canadiske grænse. 
+Brooklyn er en by i Norfolk County, Massachusetts, USA, der støder op til byen Boston. Her blev præsident John F. Kennedy født 29/5-1917.
+Johannes Larsen besøger det zoologiske museum på det nærliggende Harvard Universitet i Massachusetts, men også dette zoologiske museum i New York. 
+D.A.S.: Formodes at være Dansk Amerikansk Selskab
+Kilde:
+Porsmose, E.: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
+  </si>
+  <si>
+    <t>Det kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til sin ven redaktør Opffer (se denne) vedrørende forberedelser til en udstilling af Larsen billeder i New York. 
+En henvendelse til en kunsthandler i Boston har ikke givet noget resultat, og Johannes Larsen beslutter sig for at benytte sig af redaktør Opffers tilbud om en mere prisbillig og moderat version i bladet "Dansk-Amerikaneren"s lokaler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dMQC</t>
+  </si>
+  <si>
+    <t>Brookline 10 Octbr 1907.
+Kære Redaktør Opffer
+Tak for Deres elskværdige Brev og for Aviserne. Ja det er omtrent hvad jeg skriver det for. Forøvrigt spekulerer jeg stærkt på hvad jeg skal og hvordan jeg skal, med andre Ord jeg er ikke rigtigt klar over Situationen. Jeg kan ikke godt lave Udstilling baade her og i New York, men oprigtig talt er jeg blevet slemt svalet, siden jeg for et Par Dage siden viste den Kunsthandler her, (som jeg havde talt med om Udstillingen) mine Billeder og talte nærmere med ham. Jeg er sikker på at komme af med en Del Penge og desværre vist lige saa sikker paa ikke at sælge noget. Tror De det vil være bedre i N.Y.? Tror De vi kunde sætte Billederne op paa Deres
+Kontorvægge med Tegnestifter? Rammer er saa Satans dyre her og jeg kan jo ikke føre det Ragelse med hjem. Jeg har lavet en halv Snes Aquareller, 4 Oljeskitser, 2 store Oljebilleder og et halvt Hundrede smaa Tegninger og Vandfarveskitser her, desuden har min Kone malet 7-8 Billeder herovre. Hvad er det med D.A.S.? Tror De, der kan laves noget med det? men det skal der vel Rammer til, og det skulde der vel helst laves en større Udstilling ud af, mere noget i Retning af en Eliteudstilling. Jeg kommer rimeligvis og snakker med Dem og tager nogle Billeder med først i næste Uge. Jeg glæder mig til at se den zoologiske Have. Hils Robert Møller .
+Deres hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1907-10-17</t>
+  </si>
+  <si>
+    <t>Roald Amundsen
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+William Mackie
+Emil Opffer
+- Randal</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen med børn er i USA for at besøge Alheds søstre. Mens Alhed og drengene blev i Boston hos hendes søster Christine og manden William (Billy) Mackie, tog Johannes Larsen 14 dage til New York, hvor vennen Emil Opffer arrangerede en udstilling af Larsens billeder i kontoret på bladet Dansk-Amerikaneren, som Opffer var redaktør for. Det var også Opffer, der arrangerede, at Larsen skulle male et portræt af Roald Amundsen. 
+Subway &amp;amp; Elevation = Undergrundstog og højbanetog.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hørt Roald Amundsen holde foredrag i New York, og Opffer arrangerede, at Larsen skulle male Amundsen. Larsen mødtes med ham på Amundsens hotel, men billedet blev i første omgang noget skidt. 
+Der er nærmest ingen dansk-amerikanere, der interesserer sig for Larsens billeder - kun en kaptajn fra Kolding - og hans forhåbninger er på nulpunktet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FKrV</t>
+  </si>
+  <si>
+    <t>New York City 17 Octbr 1907.
+Kæreste Alhed!
+I Aftes var vi saa henne at høre Amundsen, vi kom det meste af en Time for tidlig og benyttede saa Tiden til at gaa en Tur ned ad Broadway, pragtfuldt. For Foredraget præsenterede Opffer mig for Amundsens Impresario Hr Randal og fortalte ham at jeg gerne vilde male A og blev saa tilsagt at møde Kl. 9 paa Waldorph Astoria Hotel vistnok det største og flotteste her i Byen. Dejligt Vejr i Morges. Vi var oppe Kl 6 tog først ind paa Kontoret og hentede Sagerne. O vilde saa sende mig ind til A. alene men jeg fik ham dog med, skønt vi kom en Time forsent var Impressarioen ikke oppe og A væk, vi ventede, O fik Øje paa A og lidt efter kom den anden ned. Jeg blev saa tilsagt Kl. 3. Amundsen er meget elskværdig og ser godt ud, men jeg lavede noget frygteligt Skidt, skal forsøge at faa noget ud af det i Mrg. Jeg er efterhaanden bleven præsenteret for en hel Del dansk Amerikanere men har hidtil ikke truffet nogen der interesserede sig for min Virksomhed, undtagen en Kaptain fra Kolding der kom op paa Kontoret for at sige Farvel til O. han var meget ked af at han ikke kunde faa Tid at se mine Ting og kørte med i Sporvogn og sad og saa Skitzebogen da jeg kørte til Amundsen. Der kom en amerikansk Nordpolsfarer op og snakkede med Am. mens jeg malede ham. Jeg sender her Din Artikel den er ikke saa kort endda. Tak Billy mange Gange for hans Brev, det er dog rørende som han tager sig af smaa Sager. Bare der maatte være lidt Held med det, mine Forhaabninger er under 0. Jeg er nu temmelig orienteret her og kan køre alene i Subway &amp;amp; Elevation fra den ene Ende af Byen til den anden. Hils Børnene fra mig og kys dem mange Gange. Jeg længes efter Jer alle 3. Hils Billy og Christina.
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1907-10-22</t>
+  </si>
+  <si>
+    <t>Roald Amundsen
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+William Mackie
+Emil Opffer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i New York, hvor vennen Emil Opffer har arrangeret en udstilling af Larsens billeder i kontoret på bladet Dansk-Amerikaneren, som Opffer er redaktør for. Imens er Alhed og børnene hos hendes søster Christine og dennes mand, William Mackie, i Boston.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har travlt. Han har skrevet 75 brevkort med indbydelser og malet på portrættet af Roald Amundsen. Den følgende dag skal han hænge udstilling op. Han har tegnet et musvågehovede til trykning i Opffers blad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xpnd</t>
+  </si>
+  <si>
+    <t>New York 22-10-1907
+Kære Alhed!
+Det var nok en forkert Dato jeg havde skrevet paa i Aftes. Jeg har haft det meget travlt i Dag. Tog til Kontoret i Morges forsynet med 100 Brevkort skrev 75 Indbydelser inden 2 ½ tog saa ind og malede Amundsen til godt 4. Nu skal det være færdig det er vist noget Skidt. Hils Billy at begge Billeder kom Kl henad 2 i god Orden. Vi skal nu se at faa det hele hængt op i Morgen og saa sender vi Indbydelserne ud og lukker op bare der vil gaa noget, jeg synes ikke det ser videre lovende ud. Jeg tegnede et Musvaagehoved til Opffer i Gaar til at sætte i Bladet, den ser helt godt ud, men nu faar Du det jo at se for O siger han har sendt Dig et Exemplar. Jeg kunde godt lide at faa et Par Ord fra Dig hvis Du gider. Kys Børnene fra mig. Hils Billy og Christine
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Emil Opffer
+Johanne Opffer
+Franklin Rosevelt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og børnene er hos Alheds søster, Christine og hendes familie i Boston. Johannes Larsen er rejst til New York for at lave udstilling i Emil Opffers kontor på bladet Dansk-Amerikaneren.
+Daxen må være Alhed og Johannes Larsens søn, Andreas. 
+Det er også uvist, hvem Riis er, og hvordan Rosevelts Ørn kommer ind i billedet.</t>
+  </si>
+  <si>
+    <t>Det må være spændende for Johannes Larsen at være i New York. Han må endelig holde Alhed orienteret.
+Alhed, børnene og hendes søster har et ensformigt liv, men der kommer heldigvis snart ny barnepige og aflaster.
+Larsen må snakke med Opffer om Riis og Rosevelts ørn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TL1k</t>
+  </si>
+  <si>
+    <t>Tirsdag.
+Kæreste Larsi!
+Tak for Brevkortene og Dit Brev i Dag der stod ingen Adresse, men nu sender jeg det til Kontoret, der faar Du det jo nok. Bor Du stadig hos Opffers eller hvor? Det maa nu være umaadelig interessant for Dig med den N. Y. Rejse, men det er jo kedeligt, at Dine Forhaabninger m.H. til ”Buissiness” er saa smaa, bare der dog kunde komme lidt ud af det. Ja, Billy er rørende, han er kolossalt optaget af det, hvor morsomt med Amundsen, det maa være morsomt at træffe paa saadan en Mand. Hvad synes Opffer om Dine Billeder? Jeg haaber Du vil være meget flittig til at skrive og holde os à jour med det hele, vi følger det jo med Spænding og glødende Interesse. Vi lever meget ensformigt, oplever absolut intet, - er stadig helt uden Piger saa vi sidder jo her indespærrede med Putte hele Dagen, paa Fredag faar vi heldigvis en Barnepige, det er godt, da hun gør Christine rædsom nervøs, skønt hun virkelig næsten ikke har hende, Daxen og jeg har hende mest, navnlig Daxen er storartet til at passe hende, det søde Nus, han taler ustandselig om sin Far og arbejder stadig med Breve og Billeder til Dig. De var begge henrykte over deres Brevkort, Chr og jeg var ude i Darchester med Puf i Aftes, han havde det godt, den lille søde Knægt. – Gid Du var her, at vi kunde tage nogle Udflugter i det smukke Vejr, jeg længes efter noget frisk Luft. Tak for Artiklen, det morede mig, men der er en slem Bommert: ”udst. paa den fri Udst. for 4-5 Aar siden og som blev _erhvervet” o.s.v. Dette "som blev” har jeg ikke i min Kladde og det lyder væmmeligt, men maaske det blev rettet i Korrekturen. – Du maa _endelig snakke med Opffer om Riis og Rosevelts Ørn, hører Du og saa snart Du har modtaget de store Billeder, synes jeg, Du skulde sende Billy et Par Ord og selv takke ham for hans Omhu. Hils Opffers mange Gange. De kærligste Hilsner til Dig selv, det er underligt at vide Dig i den vældige By, bare jeg var der ogsaa. Din A.</t>
+  </si>
+  <si>
+    <t>1907-10-23</t>
+  </si>
+  <si>
+    <t>Broadway, New York</t>
+  </si>
+  <si>
+    <t>Axel Bramsen
+- Bryn
+- Hartvig
+Christine  Mackie
+William Mackie
+Emil Opffer
+Johanne Opffer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i New York og hænger en udstilling op i bladet Dansk-Amerikanerens kontor. Larsens ven, Emil Opffer, er redaktør på bladet. Imens bor Alhed Larsen og drengene hos Alheds søster og svoger i Boston, William og Christine Mackie.</t>
+  </si>
+  <si>
+    <t>Fru Opffer og Larsen har strøget hans billeder, og han har købt tegnestifter mm. til akvarellerne. De begyndte at hænge udstillingen op og fik imens flere besøgende. 
+Kl. 4 gik Opffer og Larsen fra Opffers kontor ad den sydlige del af Broadway for at se et akvarium. Dette var lukket, da de ankom. Johannes Larsen synes, New York er en smuk og livlig by, og folk er hjælpsomme og elskværdige. Der er en flot udsigt til Brooklyn Bridge fra Opffers kontor på 18. etage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zW9U</t>
+  </si>
+  <si>
+    <t>Morningside N.Y. City 23/10 1907
+Kæreste Alhed!
+Tusind Tak for Dit Brev, som jeg fik i Eftermiddag paa Kontoret. Du maa helst blive ved med den Adr. Fru Opffer og jeg strøg Billederne i Morges og jeg tog saa ind til Byen med dem og købte paa Vejen Tegnestifter og sort Karton til Aquarellerne. Saa snart vi havde faaet begyndt at hænge op ankom der en ældre norsk Dr. Bryn med Kone der havde faaet ud af vores Indbydelse at det var sidste Dag og spurgte strax om vi var ved at tage dem ned. Der var ogsaa den Axel Bramsen der skriver i Bladet han er gift med en Datter af Klejs og fortalte at Konen rimeligvis vilde komme op og købe et Billede. Der kom ogsaa en Malersvend, der havde været hos Bing &amp;amp; Grøndahl, han havde læst om det i Bladet og havde taget sig fri i Formiddag for at se Billederne, han var meget glad ved at se den med den røde Fugl og inviterede Opffer og mig ned paa et Glas Øl, vi nød 2 Glas Øl og et Glas Bass Ale og gik op til Frokosten med et lysere Syn paa Tilværelsen. Vi har nu faaet hængt alle Aquarellerne og de 2 store Billeder op, de smaa Skitser havde jeg glemt at faa med, dem skal vi have hængt op i Mrg. tidlig. Jeg bor hos Opffers og har det godt. Folk er i det hele meget elskværdige og hjælpsomme. Der er en Hr. Hartvig som har været der hver Dag og hjulpen med at skrive Adr ud paa velhavende Folk. Kl. 4 forlod vi Kontoret og Opffer gik med mig ned gennem Sydenden af Broadway hvor alle Skyskraberne er for at se Aquariet der ligger helt nede ved Vandet, det var en morsom Spaseretur men vi naaede først der hen det Øjeblik de lukkede. Jeg synes N.Y. er en meget smuk By og meget imponerende, den er nu større end Boston, og der er noget mere Liv i den. Der er en imponerende Udsigt over Brooklyn Broen fra Vinduerne i Kontoret i 18 Etage og det er morsomt at se alle de smaa bitte Mennesker der myldrer om nede paa Gaden, Mange Kys til Dig selv. Hils Billy og Christine. Mange Hilsner fra Opffer
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1907-10-24</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Emil Opffer
+Johanne Opffer
+C F Tietgen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sin søster i Boston, og Johannes Larsen åbner udstilling i Danskamerikanerens kontorer hos Emil Opffer i New York. 
+"Titgen vil vi ikke med": C.F. Tietgen gik ind i Thingvalla-rederiet i 1880, da dette rederi udvidede med ture til Nordarmerika.</t>
+  </si>
+  <si>
+    <t>Alhed vil gerne have aviser tilsendt. Hun er ked af, at Johannes Larsen ikke har sat sine akvareller i rammer og spørger, hvad Larsen synes om de store rammer.
+Alhed og Johannes Larsen kan vist ikke få de 50 $. Alhed spørger til hjemrejsebilletter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G6GK</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Tak for Dit Brev i Dag og Opffers Brevkort, men Avis har jeg ikke faaet, send mig endelig Aviser det morer mig meget, jeg vilde ogsaa nok have en rigtig med ”min” Artikel i. Jeg er ganske Perplex over at Udstillingen aabner i dag, men meget elendig ved Tanken om, at Du saa ikke har gjort noget i Retning af Rammer til Akvarellerne og det tror jeg er meget forkert. Dels misklæder det dem meget at hænge uden Ramme og dels regner Folk dem ikke for noget, har Du ikke en Gang sat dem paa Kartoner. – Det er ellers meget spændende, hvordan det vil gaa Chr. sagde i Dag, at det saa ud som Billy havde taget Puttes Bog, saa vi altsaa ikke kunde faa de 50 $. Har Du taget Billet, nej det kan Du jo ikke, før vi ses. Gaar der ikke et 14-15de? det er mærkeligt med de 14 Dages Mellemrum men Titgen vil vi ikke med. Billy spørger stadig, om Du ik [de to bogstaver overstreget] eller Opffer ikke nævner hvordan I syntes om de store Rammer, han selv syntes, de klædte Billederne storartet, Du maa endelig sende ham et Par Ord, han var dog rørende med at sørge for Telegram o.s.v. – Vi har det godt men har ikke været uden for en Dør
+De kærligste Hilsner Din A.
+Hils Hr og Fru Opffer.</t>
+  </si>
+  <si>
+    <t>1907-10-25</t>
+  </si>
+  <si>
+    <t>New York
+Boston</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+William Mackie
+Emil Opffer
+Ellen  Sawyer
+- Ward</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har dagen i forvejen åbnet en udstilling i bladet Danskamerikanerens kontorer. Redaktør på bladet er Emil Opffer. Alhed Larsen er imens hos sine søstre i Boston. Det er uklart, hvorfor Alhed telefonerer med lille Puf, for drengene er sammen med hende i Boston.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen gætter på, at Johannes larsen endnu ikke har solgt noget på udstillingen. Hun kunne godt tænke sig at se New York på hjemturen, hvis de får råd. Alhed beder Johannes Larsen spørge Opffer om muligheden for at sende penge pr. telegraf og måske om at låne af ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ioi2</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dit Brev i Gaar, i Dag har vi ingen faaet, hvad der vel ikke er videre gode Tegn, hvis der var solgt noget i Gaar, den første Dag, havde jeg vel nok hørt fra Dig. Du maa ellers endelig skrive hver Dag, Du kan nok tænke, jeg følger det med stor Spæding og Interesse. Om vi fik Raad, kunde jeg svært godt lide at se N.Y. nogle Dage paa Gennemrejsen og jeg kunde ogsaa vældig godt lide at vide [ordet overstreget] vi skulde have en lille rolig Tid her i Boston efter Travlhed og alt det og tage nogle Udflugter o.s.v. se Byen lidt efter. Vi kunde naturligvis sagtens faa Elle til at invitere os den sidste Tid saa vi faktisk rejste herfra d. 7ende, hvis Billy saa vilde være tilfreds, jeg ved ikke hvad Du mener, hvis vi skal skrive hjem efter Penge forbyder det sig jo af sig selv at rejse 7de, der kan det jo endogsaa knibe til 21nde. Snak med Opffer om, om det ikke kan lade sig gøre at faa dem sendt pr Telegraf. Maaske, naar han hører om det at han da kan se Udvej til at laane Dig dem. Dette er et forjaget Brev, men Mrs. Wård har meldt sig til Thé og Elle kommer ogsaa. Vi har det godt, jeg telefonerer hver Dag med lille Puf, men jeg længes snart efter lidt frisk Luft og Movering. Hermed et Brev fra Lysse, der staar ”et Tog til Lysse”, hvilket vil sige, at han ønsker sig et Tog. – Hils Opffers mange Gange, send mig endelig flittig Aviser jeg kan godt lide det Blad. 1000 Hilsner fra Din A.
+Fredag</t>
+  </si>
+  <si>
+    <t>1907-10-26</t>
+  </si>
+  <si>
+    <t>Staten Island, New York
+Brooklyn Bridge, New York
+Hudson River, New York</t>
+  </si>
+  <si>
+    <t>- Dons
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+William Mackie
+Emil Opffer
+Ivan Opffer
+Johanne Opffer
+Theodor Oppermann
+Fritz Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i New York, hvor han har en udstilling i kontorerne til bladet dansk-Amerikaneren. Larsens ven, Emil Opffer, er redaktør på bladet. Kontoret ligger på 18. sal, så når elevatoren ikke går, kommer der ingen gæster. 
+Alhed Larsen og børnene opholder sig i Boston hos hendes søster, Christine, og dennes mand, William Mackie (C og B). 
+Det er uvist, hvad Johannes Larsen mener med ordene om Onkel Syberg og Oppermann.</t>
+  </si>
+  <si>
+    <t>Frk. Dons har set udstillingen og var glad for den, men hun har ikke råd til at købe noget. Hun vil tage den svenske konsul med frue derhen.
+Johannes Larsen har været på Staten Island. Han har malet en akvarel af Brooklyn Bridge og er i gang med et maleri med samme motiv. 
+Larsen er glad for sin ophængning og har fået mere respekt for sig selv, efter at han har set billederne oppe. Dagen efter kører elevatoren ikke, og så kommer der ingen gæster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gwvu</t>
+  </si>
+  <si>
+    <t>[Fortrykt brevhovede]:
+Telephone, 5454 Beekman
+Room 2024 Tribune Building
+Dansk-Amerikaneren
+The Danish-American. 
+An independent weekly newspaper circulating throughout United States, Denmark, Slesvig, Danish West Indies Etc.
+Emil Opffer
+Editor
+J.P. Holm
+Publisher
+WM. Bath
+Business Manager
+New York….190
+[Indsat med håndskrift]: 26 October 7
+Kæreste Alhed!
+Ja der er endnu ikke solgt, noget men Opffer mener det kommer nok, nu maa De sgu skrive lidt optimistisk siger han. Frk Dons var til Middag hos Opffers i Gaar, hun var meget glad ved at have set Udstillingen og ønskede hun havde Raad til at købe, hun havde altid glædet sig over mine Billeder paa den frie Udstilling og satte Syberg meget højt, hun vilde derop igen og lovede at slæbe den svenske Konsul og Frue derop de har Penge og køber Billeder. Jeg var en dejlig Tur med Færgen over til Staten Island, med Fru Opffer og Iwan i Frmdgs tog alene tilbage, dejligt Vejr, Byen saa henrivende ud. Jeg maler et Maleri af Brooklyn Broen her fra Kontoret, jeg malede først en lille Aquarel af det samme som jeg synes er god. Vi sidder her og venter paa Fru O og Drengen. I Mrg Søndag skal vi en Tur over paa den anden Side af Hudsonfloden om Frmd. og om Eftrdg paa det zoologiske Museum og Kunstmuseet. Ja vi maa jo saa lægge paa Oppermann og Onkel Syberg naar de 50 af [ulæseligt tegn] er væk, det forekommer mig at spille en mindre Rolle naar de alligevel skal blokkes, men vi er jo ikke færdig endnu med Udstillingen og kunde jo eventuelt lade det hænge her noget længere. Billederne ser godt ud her og jeg har faaet en Del mere Respekt for mig selv siden jeg har faaet dem op. Tak for Brevet i Dag. I Mrg gaar Elevatoren ikke saa kommer her ingen op. Nu haaber vi paa Mandag. Kys de kære Børn fra mig jeg skal se hvad jeg kan gøre for Lysse. Tak ham for Brevet. Nu bød O mig en Cigaret og beder mig sende disse 2 til Dig og C. Hils B og C mange Gange. Mange kærlige Hilsner og Kys fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1907-10-28</t>
+  </si>
+  <si>
+    <t>5th Avenue, New York</t>
+  </si>
+  <si>
+    <t>William Mackie
+Emil Opffer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i New York, hvor han udstiller i bladet Dansk-Amerikanerens kontorlokaler. Larsens ven, Emil Opffer, er redaktør på bladet.
+Alhed Larsen og børnene var imens i Boston hos Alheds søster, Christine, og dennes mand, William Mackie (Billy).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen vil gerne skrive til William Mackie (Billy), men han håbede at sælge et billede, så han havde noget at skrive om.
+Det har været gråt og trist vejr, og Larsen og co kunne dårligt se billederne på museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Lr3F</t>
+  </si>
+  <si>
+    <t>[Fortrykt brevhovede]:
+Telephone, 5454 Beekman
+Room 2024 Tribune Building
+Dansk-Amerikaneren
+The Danish-American. 
+An independent weekly newspaper circulating throughout United States, Denmark, Slesvig, Danish West Indies Etc.
+Emil Opffer
+Editor
+J.P. Holm
+Publisher
+WM. Bath
+Business Manager
+New York….190
+[Indsat med håndskrift]: 28 October 7
+Kæreste Alhed!
+Telegrammet fik jeg først i Dag da jeg Kl. 1 kom her paa Kontoret Opffer syntes ikke der var Gr. til at svare da Du jo maatte have mit sidste Brev nu, hvad der jo ogsaa fremgaar af Dit Brev som Kl 2 ½. Ja jeg vil da gerne skrive til Billy selv, og har gaaet og luret paa hver Dag om der dog ikke skulde gaa et Billede saa jeg kunde meddele ham det, skrive et længere engelsk Brev om ingen Ting kan jeg ikke. Det har været et væmmeligt Vejr i Gaar og i Dag koldt Graavejr i Gaar Formdg og øsende Regn og Mørke i Gaar Efterm. Vi kunde knap se Billederne paa Museet, bag efter gik vi ned af 5th Ave og saa paa alle Millionærerne. O siger jeg skal slaa en Klat og holde op vi skal gaa nu. Hilsen fra ham. Jeg skal nok snakke med ham om Billetterne o.s.v.
+Hils de andre
+Din Johannes Larsen
+Mange Kys.</t>
+  </si>
+  <si>
+    <t>- Dons
+William Mackie
+- Mathiasen
+L C Nielsen
+Theodor Oppermann
+Jacob Riis
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i New York og har åbnet udstilling i tidsskriftet Dansk Amerikanerens Kontor hos Emil Opffer. Alhed Larsen og børnene er hos hendes søster i Boston. Tidskriftet er det, som Alhed i brevet kalder "Bladet".
+Larsen solgte dårligt på udstillingen, og familien havde ikke råd til hjemrejsebilletterne, så de måtte låne hos Oppermann m.fl. 
+Johannes Larsen har i et tidligere brev fortalt om Frk. Dons, som besøgte hans udstilling.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været bekymret for sin mand, som hun ikke hørte fra nogle dage. 
+Larsen-parret må låne penge til hjemrejsen af Hempel Syberg og/eller Oppermann.
+Kan man forlænge udstillingen og skrive i bladet, at besøget har været flot?
+William Mackie (Billy) siger, at Johannes Larsen må tage kontakt til Jacob Riis og andre danskere i New York.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EhaQ</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Sikken en Sensation. Det gik pludselig i Lørdags da Efterm. Posten havde været her, uden Brev fra Dig – op for mig, at Du maatte jo være forulykket, siden jeg hverken havde faaet Brev Fredag eller Lørdag, og da det pludselig stod for mig, at jeg nu ikke kunde høre før Mandag, blev jeg saa rædselsslagen, at jeg telefonerede ind til Billy og fik ham til at telegrafere i Haab om at faa Svartelegram. Men det har Du jo aabenbart ikke reflekteret paa og nu kom jo da heldigvis Dit Brev i Dag, - vi hentede det paa Posthuset. Men jeg var meget angst, Du kunde jo da ogsaa nemt blive borte i den Myretue; og jeg kunde ikke forstaa, at Du ikke skrev netop da Udst. lige var aaben og jeg i mit Torsdagsbrev bad Dig skrive hver Dag. – Ja, desværre, saa maa vi jo gaa paa Onkel S. og Opperm. Men det kan jo ligefrem knibe med at faa dem til d. 21nde, tal endelig med O. om om de ikke kan sende dem pr. Telegram, og saa maa Du endelig lægge godt ud for O.S. om alle de uforudsete Udg. med Rammer, Forsendelser, Rejse o.s.v. Jeg er ikke stolt af det, men der er jo ikke andet for at gøre, hjem maa vi jo. Det er rædsomt, at Udst. ikke kan være aaben Søndag, der er jo mange Mennesker, der ikke kan de andre Dage. Kommer der nogen og ser paa den?? Maaske Du skulde holde den aaben Søndag [ordet overstreget] lidt længere saa der en Gang til kunde komme noget i Bladet om den, at den ”paa Grund af det stærke Besøg” var aaben nogle Dage endnu. – [Ulæseligt ord] der er her i Dag siger, at Du endelig maa sætte Dig i Forb. Med Mathiasen, Jacob Riis eller andre formaaende Danskere, han mener L.C. Nielsen er i N.Y. og bor hos en af de Familier. Naa, men Du gør naturligvis hvad Du kan. Det var morsomt med Frk. Dons. Og morsomt at Du maler. – Billy siger, at Du endelig maa paa passe paa den Kasse de store Billeder kom i, naar de hjemsendes [ordet hjem overstreget] i den g [bogstavet overstreget] hertilbage, gaar de for næsten ingenting ved Hjælp af medf. Seddel. – Tak O for Cigaretterne, alt Indholdet laa løst i Konvolutten, saa Papir og Tobak maatte ryges hverfor [indsat over ”Kæreste” på side 1] sig. Vi har det godt men jeg morer mig ikke ret meget. 1000 Hilsner Din A.
+[Skrevet lodret på side 1, over "Kæreste":] Hils Opffer mange Gange
+Jeg synes Du skulde skrive et Par Ord til Billy han spørger stadig hvad Du syntes om Rammerne 
+[Skrevet på hovedet øverst på side 1:] nu har Du jo ogsaa dette sidste Telegram at takke for</t>
+  </si>
+  <si>
+    <t>1907-10-30</t>
+  </si>
+  <si>
+    <t>Emil Opffer
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og drengene er hos hendes søstre i Boston, mens Johannes Larsen er i New York, hvor han laver udstilling i tidsskriftet Dansk Amerikanerens kontor. Emil Opffer var redaktør på dette blad.</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johannes Larsen er glad for udstillingen, og han burde forlænge den.
+Ellen Sawyer (Alheds søster) vil låne Alhed 100 dollars. Alhed synes, at de skal undlade at låne af Hempel Syberg (Onkel Syberg), for det er ubehageligt at skylde ham penge.
+Ellen vil gerne have abbonnement på bladet Dansk Amerikaneren, og Alhed beder Johannes Larsen ordne det plus sende en bog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M6n4</t>
+  </si>
+  <si>
+    <t>Kære Larsi! Ja, det gaar jo ikke videre straalende med Salget, men det er morsomt, Du selv synes, de ser godt ud. Du svarede ikke paa mit Spørgsmaal, om der saa g [”saa” og ”g” overstreget] kommer nogen Mennesker og ser paa det? Men jeg synes rigtignok, Du skulde lade det hænge lidt længere, naar vi nu alligevel ikke kommer af sted før d. 21, var der jo ikke noget at forsømme med det. Jeg var ude hos Elle i Aftes, tænk, det er 100 Dollars hun vil laane os, det pynter jo meget paa det. Naar vi saa fik 400 Kr. til, kunde vi vist klare os. Har Du skreven?? Hvis Du ikke vilde være alt for ked af det, vilde jeg meget foretrække helt at lade være med Onkel Syberg, han er meget mere ubehagelig og pinlig at skylde noget, Opffer kunde bedre forstaa at Du havde sat Dig i Udgift for en Udstilling, og saa kunde vi se at skaffe ham nogen af dem, naar vi kom til Kjbh. og lade Resten staa til Foraaret. Saa meget skulde vi jo alligevel have haft af O. saa skal vi ikke ligefrem betragte det som at vi nu kan lade være med O.S. Og saa er der jo ogsaa det at O.S. jo er saa meget paa Rejser om Efteraaret, saa det vilde være usikkert at [ordet overstreget] om Brevet traf ham strax. – Nu maa Du endelig bestille Billetter til d. 21ende, vi skal jo kun betale lidt med det samme. – Elle vi gerne abonnere paa Dansk Amerikaneren 244 Columbia Road – Dorchester vil Du betale de 25 C. for hende fra nu af og til Nytaar og hvis det er sikkert at hun kan faa den Bog ”om Amerika” som der staar om i Bladet, vil Du saa betale 2 Dollars og 25. – Hils O. mange Gange, hvis [ordet overstreget] og tak for Kortet, men hvad er det for noget Sludder at Telegrammet har krydsedes med et Brev fra ham? Jeg har ingen Brev faaet. Naa nu kun de kærligste Hilsner pas endelig paa medf. Seddel.
+Din A.</t>
+  </si>
+  <si>
+    <t>1907-11-03</t>
+  </si>
+  <si>
+    <t>William Bath
+- Johnson
+- Møller USA
+Emil Opffer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i New York. Han har udstillet i kontorerne til bladet Dansk-Amerikaneren, hvis redaktør, Emil Opffer, er en gammel bekendt. Alhed Larsen og børnene var imens hos hendes søster, Christine Mackie (f. Warberg) i Boston.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt hr. Bath om at skaffe ham billetter til hjemturen fra USA med skibet United States.
+Det har været et voldsomt regnvejr i New York, og det var flot.
+Den følgende dag vil Larsen pakke, og han og Alhed ses om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SGjh</t>
+  </si>
+  <si>
+    <t>Søndag Morgen 3 Nov. 1907
+Kæreste Alhed!
+Jeg bad saa Hr. Bath i Gaar om at skaffe os Billetter til ”United States” den 21 Nov. hvad han lovede at gøre. Han skulde netop ud til Generalkonsul Johnson som er Selskabets Agent her og vilde saa bestille dem og gøre sig Umage for at vi faar en god Køjeplads. Han sagde at han vilde se om han ikke kunde skaffe os en [ordet indsat over linjen] udvendig Kahyt med 4 Køjer for samme Pris som vi kom herover for. Der vil ikke blive saa fuldt af Mennesker paa dette Skib som paa Tütgen. Det var et ganske forfærdeligt Regnvejr i gaar, særlig i Gaar Aftes saa det godt ud. Jeg var med Opffer ude at gøre Indkøb. Gaderne lignede Søer hvor Vandet løb henover. Til Mrg er det kønt Solskin igen. Vi skal over paa den anden Side Floden i Frdg. der hvor vi ikke kom sidste Søndag fordi Møller og vi stod og ventede paa hinanden i 1 ½ Time paa forskellige Steder. I Eftermiddag skal vi paa Museer og i Morg pakker jeg Sagerne sammen og saa ser Du mig rimeligvis i Mrg Aften.
+Mange Hilsner og Kys
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>21. nov. 1907</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/394jOUXu</t>
+  </si>
+  <si>
     <t>1912-04-18</t>
   </si>
   <si>
     <t>Glorup</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
   </si>
   <si>
     <t>Louise Brønsted
 Adam Goldschmidt
 Ina  Goldschmidt
 Adolph Larsen
 Georg Larsen
 Ellen  Sawyer
 Hempel Syberg
 Conrad Warberg
 Marie Warberg</t>
   </si>
   <si>
     <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup, som ligger syd for Nyborg. Laura Warberg opholdt sig hos familien der en tid i foråret 1912, hvor hun var boligløs, mens hendes nye lejlighed i København blev sat i stand. Hun planlagde en rejse sydpå med Else og Conrad Warbergs datter i maj 1912. Denne blev imidlertid udsat; blandt andet fordi Laura Warberg havde årebetændelse i det ene ben.
 Erikshaab var gården, hvor Laura Warberg og hendes familie boede frem til Albrecht Warbergs død. 
 Det vides ikke, hvem Gartnerens tykke Marie var. Heller ikke Madiens. 
 Grünes Gewölbe, (ty. 'grøn hvælving'), museum i Dresden og en del af Staatliche Kunstsammlungen Dresden. Grünes Gewölbe har navn efter det hvælvede rum i kurfyrsteslottet, hvori August 2. den Stærkes skatkammer var indrettet. De rige samlinger af bl.a. sølv- og guldsmedekunst og arbejder i andre kostbare materialer fra 1500-1700-tallet blev reddet under 2. Verdenskrig, kom som krigsbytte til Sovjetunionen, men tilbageleveredes til DDR i 1958. Fra 1974 blev kostbarhederne opbevaret i Albertinum i Dresden, før de i 2004 og 2006 atter fandt plads i det restaurerede residensslot. Kilde: Lex.dk.
 Haupitt formodes at være et hotel.
@@ -1122,73 +1029,299 @@
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2081</t>
   </si>
   <si>
     <t>Alhed Larsen får vist omsider en dygtig pige i huse. I familien har de talt om hendes mange udygtige piger. 
 Laura Warberg planlægger sin rejse sydpå med Else Marie Warberg.
 Laura er "betaget" over Titanics forlis, men glæder sig over, at datteren Ellen ikke i år, hvor der er mange isbjerge, skal sejle mellem USA og Danmark.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8odw</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Glorup d: 18–4–12
 Kære Astrid!
 Jeg synes at et Mandagsbrev vil denne Gang vil komme saa nær op ad Din Fødselsdag, at jeg hellere maa skrive nu, skjøndt der intet siden er at fortælle. Vi hørte af Onkel Syberg Dagen efter, at Du var rejst ned til Erikshaab og det var jeg glad over. Jeg synes det maa have været saa yndigt for Eder der! De kan ikke lide, man ringer op herfra – Conne sige faaer de for mange Samtaler men i Forgaars Aftes var de alle ude, og saa bad jeg om at ringe op til Alhed; Tænk at hun faaer vist til Efteraaret en meget dygtig og rar og udmærket Pige fra Ølstedgaard. Vi vilde jo alle saa nødig see hende igen begynde med en ussel Pige paa 16 Aar, Gartnerens tykke Marie, som hun halvvejs havde fæstet. Vi tiggede hende alle om at lade være, Grosses og Agraren mente det var rædsomt! Du kan tro vi er glade, hvis hun nu endelig en Gang kan faae en rigtig Pige. Muk har ogsaa tidt talt om Alheds udygtige Piger. Jeg haaber de ringer mig op fra Erikshaab i Dag. - Jeg hører nok snart lidt fra Dig, havde Børnene det godt mens Du var borte? Var Du meget sløj efter Rejsen? Har Du begyndt at tage Jærn?? Gør det endelig og spis Æg; og gaae meget ud. Jeg har gaaet lange Ture hver Dag her. Vi spiller Whist om Aftenen; ellers intet oplevet. Jeg har skrevet til [ulæseligt] om at give os lidt Vejledning om Rejsen og saa beder jeg senere Madien's om at udarbejde ligesom i Fjor. Vi vil alligevel til Schweiz, 2 Dage i München, maaske en Dag i Dresden og da paa vort pæne Haupitt og se Grünes Gewölbe. Ellers til Brunnen ved Vierwald --- Søen og derfra gøre Udflugter 5-6 Dage. Marie vil saa gærne dertil vi lægger saa hver ca. 30 Kr. til Rejsen ud den sidste Uge af Maj og godt 14 Dage borte! om intet kommer i Vejen!! – Jeg er saa betaget over Titanics Forlis! Godt Elle ikke skulde sejle gennem alle de Isbjærge, der er i Aar! Saa Farvel lille Putte! Kys Ungerne og kærlige Hilsener fra
 Bedstemor.</t>
   </si>
   <si>
-    <t>Juli, august eller september 1907</t>
-[...4 lines deleted...]
-Johan Larsen
+    <t>1912-11-30</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Carl  Knippel
+Johannes Larsen
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen har været på Fyn, hvor han bl.a. besøgte Johannes Larsen og købte et par billeder af ham til sin samling. MR har yttret ønske om, at et stort billede af Anna Syberg erhverves til Faaborg Museum og begrunder dette. JL har anbefalet, at MR straks skriver til Fritz Syberg herom, da det er sendt til udstilling i New York. Carl Petersen fik opgaven med at tegne det nye Faaborg Museum og er ved at udarbejde detailtegninger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5iDX</t>
+  </si>
+  <si>
+    <t>30'November 12.
+Kære Herre Fritz Syberg :
+Tak for Deres venlige Brevkort. J Mandags var min Hustru og jeg paa Fyn i Anledning af min ældste Broders Sølvbrylluo , og med det samme vi var derovre tog vi saa tillige med min Broder i Odense ned til Joh. Larsens i Kjerteminde. Jeg købre et Par dejlige Billeder af han til min private Samling.Jeg yttrede Ønsket om,at det store Billede af Deres Hustru og Søn -Moder og Barn" hedder det vist - erhverves til Faaborg Museum, da "Dødsfaldet" eventuelt ikke kan faaes, i hvilket Tilfælde det vilde være rart at have det andet og skulde Dødsfaldet saa senere kunne faaes, kan vi maaske saa ogsaa købe det. Johs. Larsen sagde saa, at det er sendt til Udstillingen i New York ,og at det vilde være bedste, om jeg strax skrev til Dem ,for at De eventuelt kunde afværge et Salg .Hvad skal Faaborg Museum give for det? Skov har laant et af Faaborg Museum og sendt derover, som jo heller ikke kan sælges.
+Carl Petersen fik saa Arbejdet paa det nye Museum og er i Færd med at Udarbejde Detailtegningerne,som vi var ude at se i Aftes,og efter hvad jeg kan se bliver det et dejligt Museum. Det bliver udbudt til 1' Januar. Vi glæder os meget til at se Deres Billeder, naar De kommer hjem, og vi kan saa eventuelt [overstreget] faa til en Stue. Jeg sender et Udklip af Faaborg Avis med en Artikel om Museet. 
+Med venlig Hilsen til Dem og Deres Frue fra min Hustru og mig forblive jeg
+Deres hengivne
+M Rasmussen
+P S : Jeg ser at jeg har ikke et af de paagældende Exemplarer af Faaborg Avis, og har derfor skrevet til Carl Knippel ,som har foranlediget den indrykket, om at sende Dem et Udklip direkte. Carl Petersens Mening er, at det vil blive det smukkeste Museum i Landet efter Thorvaldsens. D.S.</t>
+  </si>
+  <si>
+    <t>1914-01-04</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen har rejselyst igen. Han har spurgt Johannes Larsen, om han vil med på en rejse i 3-4 måneder over Amerika til Japan og Sibirien, men han vil ikke med. Nu forsøger Johannes V. at lokke Fritz Syberg med, blandt andet ved at udpensle alt det, de skal se og hvilke motiver, han kunne male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OkiX</t>
+  </si>
+  <si>
+    <t>4 Jan 14
+Kære Ven!
+Det klør under Vingerne igen; jeg skrev til Johannes Larsen og spurgte ham om han vilde rejse med mig i 3-4 Maaneder over Amerika til Japan og Sibirien, vor gamle Plan, men han bygger Huse og kunde heller ikke denne Gang. Nu har jeg begrænset Ruten saaledes at jeg i to Maaneder af tre tager til England, London og Fabriksdistrikterne, og derfra til New. York, over med engelsk Skib paa 1ste Kahyt, hjem med tysk paa Mellemdæk - vil du med? Vi rejser økonomisk, gør ikke store Folk vor Opvartning men ser Luften og Gaden, det er ukendte Ting altsammen for dig. Vi rejser først i Februar, naar du har Udstillingen fra Haanden, siden passer den jo sig selv, og er hjemme igen først eller sidst i April. Du vilde gøre mig en meget stor Glæde ved at tage med, det staar allerede for mig som om det slet ikke kan være anderledes. Du behøver kun at gøre fire Akvareller undervejs for at tjene Rejsen, og hvilke Akvareller! London, Birminghams Skorstene, det Helvedes New York i Jævndøgnssolskin, og saa en til som overlades din Inspiration. Jeg selv skriver fire Korrespondancer for mit Syndikat. Vi kan gøre Turen som Herrer for 2000 Kr hver. Har du set Hvalen nogensinde naar den runder sin Ryg op af Atlanterhavet og runder sig ned igen efter at have plantet en Taagebusk i Søen af sin Aande? Hvad kan jeg friste dig med. Liverpool, hvor vi skal have Baad, en af de største Turbinebaade vi kan finde til New York - det er en Verden du ikke kender, du Latiner. Du maa komme med og se Gammelengland og New York. De to mørke Regnmaaneder rejser vi op og kommer saa hjem til Paaskesol og grønne Knopper i Danmark - kan du staa for det? Hvis du ikke vil med maa jeg til det igen alene.
+Glædeligt Nytaar
+Hils Anna mange Gange
+Din hengivne 
+Johannes V.</t>
+  </si>
+  <si>
+    <t>Marts 1925</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Filsø
+Holte
+Stige</t>
+  </si>
+  <si>
+    <t>Lars Hansen
+Ludvig Hansen
+Alhed Larsen
+Johannes Larsen
+Knud Rasmussen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen var i gartnerlære i Stige nær Odense. Hans bror, Johan Larsen, var studerende ved Landbohøjskolen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistioriske Arkiv</t>
+  </si>
+  <si>
+    <t>Andreas vil gerne have fat i en plantebog. Kan Johan sende den plus et katalog over bogsamlingen på Landbohøjskolen? 
+Alhed og Johannes Larsen er ved Filsø.
+Hvordan er Formeringshuset på Landbohøjskolen konstrueret?
+Hvad er det, man ved Holte spreder på vejene for at dæmpe støvet?
+Vil Johan samle gøgeurtknolde til andreas?
+Knud Rasmussen holder foredrag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HZWx</t>
+  </si>
+  <si>
+    <t>Kære Lysse.
+Tak for Indbydelsen til i Lørdags, jeg maa desværre sende Afbud, min Københavnertur falder engang, naar Lars og Ludvig Hansen faar Tid tilovers, saa det bliver vist ikke foreløbig. - Paa Landbohøjskolens Bibliotek har de i Januar d.a. faaet en Bog, som jeg kunde have svært Lyst til at kigge i; det er: Bailey: "Manual of cultivated Plants" New York 1924. Hvordan skal jeg faa fat i den? Du kan vel ikke laane den og sende mig den? det var jo det nemmeste for mig. Hvis de ikke er for karrige med Kataloger derinde, saa kunde jeg godt tænke mig at faa et over hele Biblioteket. Hvis du da kan skaffe noget af det, saa send det bedst til Ludvig Hansen Stige ved Odense, jeg kan nok læse lidt om Aftenen. - Mor er rejst til Filsø, baade hun og Far kommer vist hjem i denne Uge. De Bøger du beder om har jeg derfor ikke ringet om, men jeg skal nu i Eftermiddag se at finde dem og bede [ulæselig] gaa ned med dem imorgen. Hvordan med det nye amerikanske Drivhus paa Lbdhsk. "Formeringshuset", er det et sydvendt Halvtagshus eller er det Øst-Vest Heltagshus? - Hvis du paa Ture til Foraaret træffer paa Gøgeurter, maa du gerne samle nogle Knolde til mig. Husk det. Ved du hvad, det er for et Stof de strør paa Vejene (ved Holte bl.a.) for at samle Fugtighed til Dæmpning af Støvet? Du skal ikke gøre mere for at skaffe [ulæselig] Planter, nu venter vi og ser hvad Haage &amp;amp; Schmidt sender. Derimod er jeg stadig glad over at faa Optegnelser fra Bibliotekerne, hvis træffer paa noget, som angaar det. 
+Knud Rasmussen holder 
+Foredrag om sin Rejse
+Du kan holde do om 
+hans Rejse,
+hvis du da ka' Dansk!
+Nu skal jeg til at løbe 
+efter de Bøger.
+Hilsen Puf.
+Hils Bes.
+Regning.
+An. Strafporto for Expresbrev.
+" do for alm Brev 2,00
+af 3/3 25. ,30
+---------------
+I alt. 2,30</t>
+  </si>
+  <si>
+    <t>1926-8</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Christoffer Columbus
+Waldo Emerson
+- Granberg
 William Mackie
-Ellen  Sawyer</t>
-[...14 lines deleted...]
-Torsdag Eft.</t>
+Helen Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor ved Harvard i Boston flere gange. Af brev fra Alhed/Lomme til Johannes Brønsted 1926-08-05 (BB3824) fremgår det, at Louise og Johannes Brønsted 6. august 1926 sejlede med Oscar III mod New York, og at det var deres første besøg i denne by. 
+Ellen Sawyer var gift med amerikanske Harris Eastman Sawyer og boede sammen med ham i Boston. Da han døde, flyttede hun og datteren tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3823</t>
+  </si>
+  <si>
+    <t>Strømperne, som Ellen Sawyer sender, er lidt store, men de skrumper nok. Da Ellen boede i USA, gik man om sommeren med hvide kjoler, for de kulørte falmede. Louise Brønsted skal undgå middagsheden i New York. 
+Ellen håber, at Louise kan komme til at aflevere gaver til blandt andre Helen. Der er lidt porcelæn og en flaske i pakken.
+Ellen håber, at vejret vil være godt, når Louise og manden skal krydse Atlanterhavet. Denne rejse er mere bekvem end den, som Columbus foretog. 
+Louise og Granberg har gjort huset rent til sommergæsterne, som skal leje det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gzom</t>
+  </si>
+  <si>
+    <t>Kære søde Lugge
+1000 Tak for dit gode Brev! Det er ikke min Hensigt at besvare det nu. Dette er kun et Par Ord, som du ikke skal føle dig forpligtet til at svare paa. Svaret faar du i Amerika. Du behøver heller ikke at takke for de smaa Afskedsgaver. Jeg synes jo desværre at Strømperne ser en Smule store ud til dine ikke just Elefantben, - men de havde dem ikke mindre, og mon de ikke sætter sig lidt i Læggen og skrumper lidt i Foden. Det gør de nok. - Du har vel en hvid Kjole i dit Udstyr. I min Tid gik de uhyre meget med hvidt om Sommeren og det gør de vist endnu, for alt andet falmer jo. Og varmt er der jo. Saa for Himlens Skyld ikke ud i Middagsheden i N.Y. Det maa man ikke. Hvor jeg glæder mig paa jeres Vegne. New York By er jo saa sin Sag, - men Hudson Floden er da dejlig. - 
+Mon ikke du har en Udvej til at faa denne lille Pakke givet min Svigerinde Helen. Hun vil meget gærne se jer. Kunde du ikke sætte hende i Stævne hos Billy, for I naar vel ikke ud til West Roxbury. Der er forresten dejligt. Det var der i Nærheden at Emerson sammen med nogle Ligesindede havde en lille Koloni, hvor de dyrkede "Back to nature."
+Der er nogle smaa Bitter københavnsk Porcelain i men det er godt pakket. Mon du ikke nok finder en lille Plads til det. - Den lille Flaske til Mag. skal jo i hans Lomme. 
+Gid vi maa beholde det gode Vejr mens I er paa Atlanterhavet; saa vil I jo nyde den Tur. - Den ["Den" overstreget] I bliver vel tykke af al den gode Mad, hvis I ikke bliver søsyge. Jeg glæder mig til at faa Brev fra dig derovre fra. - Jeg er nu glad over at det er mere bekvemt at sejle end den Gang Columbus tog Turen, og den Gang da Mayflower sejlede over og Passagererne steg i Land paa en Sten paa en aldeles øde og vild Kyst (nuværende Plymouth) Sikken en Forskel, alligevel. -
+Jeg har ikke ret meget til de tre Piger desværre, - hvor er de dog bedaarende søde alle tre. 
+Jeg har idag haft Granberg og gjort hele Huset rent til mine Badegæster, som kommer i Overmorgen. Jeg glæder mig vildt til de rejser igen. Ogsaa til de 200 Kr. -
+Dette er altsaa ikke et Brev, - ikke en Gang Afskedsbrev - jeg skriver igen inden I "glider"
+1000 Hilsner
+E</t>
+  </si>
+  <si>
+    <t>1926-08-05</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted</t>
+  </si>
+  <si>
+    <t>- Afzelius
+Ellen Brønsted
+Else Birgitte Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Ina  Goldschmidt</t>
+  </si>
+  <si>
+    <t>Brønsted-parret rejste i 1926 og flere andre gange til USA, hvor Johannes Brønsted skulle forelæse på blandt andet Harvard. De var tre på rejsen, og den tredje var formodentlig Peter eller Else Brønsted (parrets yngste børn). 
+Fru Afzelius var muligvis mor til Adam Afzelius, som blev gift med Ina/Sjums Goldschmidt i 1926.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3824</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted rejste til USA 6. august 1926. Alhed/Lomme Brønsted spørger, hvordan det er at ankomme til New York. Hun har fået brev fra Ellen/Bes Brønsted.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9olU</t>
+  </si>
+  <si>
+    <t>5 - Aug 1926.
+Kære Fas!
+Oscar III sejler i Morgen, saa I maa hellere faa en lille Hilsen med. Jeg har ellers ikke noget at fortælle.
+Hvordan er det saa at komme i Land i New York? I blev vel modtaget af en Mængte fornemme Personer. Hvad bestiller i nu? Er der meget varmt?
+Jeg fik et veltilfreds Brev fra Bes i Gaar. Sjums er jo der oppe nu. Jeg selv har rart i vores kølige Lejlighed.
+Fru Afzelius hilser mange Gange.
+Mange Hilsner til jer alle tre fra
+Lomme.</t>
+  </si>
+  <si>
+    <t>1930-12</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19</t>
+  </si>
+  <si>
+    <t>Kærbyhus Kerteminde</t>
+  </si>
+  <si>
+    <t>Niedhardt -
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+William Mackie, Williams far</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Ellen Sawyer har været henne. Et sted, hvor en revolution har fundet sted?
+Mary og den danske læge i New York kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0960</t>
+  </si>
+  <si>
+    <t>Niedhardt forsøger at hjælpe med diverse i huset. Laura/Bibbe Warberg P. har det bedre, og temperaturen er faldet. Hun får mange besøg og gaver.
+Ellen Sawyer kommer den efterfølgende dag. Elisabeth/Putte Mackie ligger syg i New York og bliver passet af en dansk læge. Hun har i et brev fortalt om sin mand, og det er hårrejsende læsning. Christine/Mornine Mackie har længe ment, at han ikke var normal. En læge har engang sagt, at han vil kunne komme over det med god hjælp fra sin hustru. Det er forbryderisk, at han ikke har fortalt sin unge kone alt dette i tide. 
+Elisabeth skal måske opereres. Hun har heldigvis fået et godt forhold til William/Billy Mackies familie. 
+Kommer Johanne/Junge på besøg hos Louise/Lugge til nytår?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/43Y1</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Kjærbyhus
+Kjerteminde.
+[I brevet:]
+Blegdamsvej 19
+Jul 1930
+Kæreste Junge! Hvor har jeg dog forsømt Bibbe i den seneste Tid, dels paa Grund af Forkølelse, dels Julebagning – Rengøring – Madlavning. Den lille N[ulæseligt]dhardt er et yndigt Væsen, men ingen Støtte, man kan forlade sig paa, naar der er lidt extra, hun har en sjælden Evne til at gøre det forkerte, saa derved er jeg blevet meget bunden, men forresten er Juletravlhed vældig morsomt, især her, hvor alting er saa lækkert og bekvemt. Og jeg har jo ikke andet, for Dig tænker jeg, det er alt andet end en Forfriskelse. Naa i dag naaede jeg da derhen og fandt hende som sædvanlig fuld af Smil og Venlighed; det er ikke for ingenting, hun er saa populær; jeg maa sige, jeg er kommet til at beundre hende; jeg skal da ogsaa love for, at hun stadig bliver passet med Besøg; der er ingen Nedgang at spore i Forsyningen af Frugt, Gæster og Blomster; Elle har endnu et betydeligt Beløb staaende, som hun nu selv kan disponere over. Bibbe skriver jo selv flittigt nu, men her er nu de sidste Data: Aftentemperatur igaar 37,6, dejligt, at den nu sniger nedad igen; idag havde hun for første Gang ”spist op”, altsaa Appetitten bedre. Vi blev enige om, at Elle og jeg skulde gaa derhen Juleaften; hun mente, vi vilde komme til deres Juletræ og alt det, og det kan jo blive morsomt.
+Ja, imorgen kommer altsaa Elle med sin gode, gammeldags Julestemning, det bliver yndigt at beholde hende iaar, jeg haaber ikke, hun har været altfor ængstet over ”Revolutionen” dernede; men det har da ogsaa været en Sensation mellem alle de andre, vi har haft dette Efteraar. Mellem dem er Putte ikke den mindste jeg har lige haft en Telefonsamtale med Mornine som [”Mornine” indsat over linjen; "som" overstreget], hun har idag haft et langt Brev fra Putte, som ligger syg i New York, men er forholdsvis vel og bliver godt passet og tilset af en dansk Læge. Hvad hun ellers skriver om Svend og sit Ægteskab er saa oprørende og modbydeligt, at jeg næsten ikke kan komme mig af det (- men det er da for resten temmelig ligegyldigt.). Du ved maaske, at Mornine har haft Mistanke om, at han ikke er normal; nu har han overfor Putte tilstaaet, at han er et svært Ord, som jeg ikke kan huske. Lægerne havde sagt at han kunde vel med Tiden komme over det, naar hans Kone vilde være taalmodig og hjælpe ham!! Er det ikke forbryderisk ar gifte sig med en ung Pige i den Tilstand og uden at fortælle det til hende og hendes Familie. Alt hvad Putte kan have gjort synes jeg blegner og næsten berettiges, naar man ved det; tænk, at man løber en saadan Risico ved at faa sine Døtre gift Er det ikke haarrejsende? 
+Af Telegrammer, sendt senere end Brevet, synes det at fremgaa, at hun har skullet opereres, men at det er udsat, og tillige, at Billy og den øvrige Familie er blevet skikkelige mod hende muligvis paa Grund et ”plain letter”, Mary har sendt ham – Naa ja, det er jo ikke netop Juleklokkerne, jeg kimer med, og det var da Meningen. Ialfald ønsker jeg af ganske Hjerte, at Du trods alt maa faa en hyggelig Jul, Bibbe vil Du jo savne, men kender jeg Dig ret, saa tænker Du først og fremmest paa, at det kunde have været meget værre. – Du tænker vel ikke paa et lille Nytaarsvisit herind?
+Ja saa glædelig Jul og 
+godt Nytaar! med Bibbe rask og alt andet i god Orden. 
+Hilsener fra os alle! 
+Din Lugge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1265,59 +1398,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/394jOUXu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HZWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/394jOUXu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HZWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9olU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M28"/>
+  <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1352,1261 +1485,1401 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>32</v>
+        <v>34</v>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-      <c r="K4" s="5" t="s">
         <v>35</v>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L4" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="M4" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="5" t="s">
-        <v>17</v>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="G5" s="5" t="s">
         <v>39</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>48</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="5" t="s">
-        <v>17</v>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F7" s="5" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>66</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>65</v>
+      </c>
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F9" s="5" t="s">
-        <v>17</v>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="s">
-[...9 lines deleted...]
-        <v>66</v>
+      <c r="H9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L9" s="6" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>65</v>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="s">
-[...9 lines deleted...]
-        <v>72</v>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L10" s="6" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>78</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>86</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-        </is>
+        <v>78</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>98</v>
+        <v>69</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>103</v>
+        <v>64</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="E15" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="F15" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="J15" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K15" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="K15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I16" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D16" s="5" t="s">
+      <c r="J16" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K16" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="I16" s="5"/>
-      <c r="J16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K17" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="C17" s="5" t="s">
-[...38 lines deleted...]
-      <c r="L17" s="6" t="s">
+      <c r="M17" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>123</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>121</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
-[...35 lines deleted...]
-        </is>
+        <v>64</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>127</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="M18" s="5"/>
+        <v>128</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>121</v>
+        <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>126</v>
-[...19 lines deleted...]
-        </is>
+        <v>65</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>127</v>
-[...10 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>134</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="M19" s="5"/>
+        <v>135</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>136</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>121</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>15</v>
-[...35 lines deleted...]
-        </is>
+        <v>65</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>141</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="M20" s="5"/>
+        <v>142</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>143</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-        </is>
+        <v>65</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>133</v>
+        <v>78</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>136</v>
+        <v>69</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>141</v>
+        <v>64</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>114</v>
-[...9 lines deleted...]
-        </is>
+        <v>65</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I22" s="5"/>
+        <v>150</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>151</v>
+      </c>
       <c r="J22" s="5" t="s">
-        <v>142</v>
+        <v>69</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>147</v>
+        <v>65</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>148</v>
+        <v>64</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>149</v>
-[...7 lines deleted...]
-        <v>150</v>
+        <v>78</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>153</v>
+        <v>69</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>65</v>
+      </c>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="s">
-[...8 lines deleted...]
-      <c r="K24" s="5" t="s">
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L24" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="L24" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>126</v>
+        <v>16</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>104</v>
+        <v>34</v>
       </c>
       <c r="E25" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="F25" s="5" t="s">
+      <c r="I25" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H25" s="5" t="s">
+      <c r="J25" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="K25" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="J25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="K25" s="5" t="s">
+      <c r="M25" s="5" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F26" s="5" t="s">
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="G26" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H26" s="5" t="s">
+      <c r="I26" s="5"/>
+      <c r="J26" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="I26" s="5" t="s">
+      <c r="K26" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="J26" s="5" t="s">
+      <c r="L26" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="K26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>104</v>
+        <v>181</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="E27" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="F27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="G27" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="M27" s="5" t="s">
         <v>185</v>
-      </c>
-[...13 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>16</v>
+        <v>187</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>15</v>
+        <v>188</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G28" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G28" s="5" t="s">
+        <v>190</v>
       </c>
       <c r="H28" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="I28" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="J28" s="5" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>194</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>195</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>196</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>222</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
+    <hyperlink ref="M29" r:id="rId34"/>
+    <hyperlink ref="M30" r:id="rId35"/>
+    <hyperlink ref="M31" r:id="rId36"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>