--- v1 (2025-12-07)
+++ v2 (2026-01-22)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="223" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="231" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1278,50 +1278,81 @@
   </si>
   <si>
     <t>Niedhardt forsøger at hjælpe med diverse i huset. Laura/Bibbe Warberg P. har det bedre, og temperaturen er faldet. Hun får mange besøg og gaver.
 Ellen Sawyer kommer den efterfølgende dag. Elisabeth/Putte Mackie ligger syg i New York og bliver passet af en dansk læge. Hun har i et brev fortalt om sin mand, og det er hårrejsende læsning. Christine/Mornine Mackie har længe ment, at han ikke var normal. En læge har engang sagt, at han vil kunne komme over det med god hjælp fra sin hustru. Det er forbryderisk, at han ikke har fortalt sin unge kone alt dette i tide. 
 Elisabeth skal måske opereres. Hun har heldigvis fået et godt forhold til William/Billy Mackies familie. 
 Kommer Johanne/Junge på besøg hos Louise/Lugge til nytår?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/43Y1</t>
   </si>
   <si>
     <t>[Skrevet på kuvertens forside:]
 Fru Johanne Warberg-Larsen
 Kjærbyhus
 Kjerteminde.
 [I brevet:]
 Blegdamsvej 19
 Jul 1930
 Kæreste Junge! Hvor har jeg dog forsømt Bibbe i den seneste Tid, dels paa Grund af Forkølelse, dels Julebagning – Rengøring – Madlavning. Den lille N[ulæseligt]dhardt er et yndigt Væsen, men ingen Støtte, man kan forlade sig paa, naar der er lidt extra, hun har en sjælden Evne til at gøre det forkerte, saa derved er jeg blevet meget bunden, men forresten er Juletravlhed vældig morsomt, især her, hvor alting er saa lækkert og bekvemt. Og jeg har jo ikke andet, for Dig tænker jeg, det er alt andet end en Forfriskelse. Naa i dag naaede jeg da derhen og fandt hende som sædvanlig fuld af Smil og Venlighed; det er ikke for ingenting, hun er saa populær; jeg maa sige, jeg er kommet til at beundre hende; jeg skal da ogsaa love for, at hun stadig bliver passet med Besøg; der er ingen Nedgang at spore i Forsyningen af Frugt, Gæster og Blomster; Elle har endnu et betydeligt Beløb staaende, som hun nu selv kan disponere over. Bibbe skriver jo selv flittigt nu, men her er nu de sidste Data: Aftentemperatur igaar 37,6, dejligt, at den nu sniger nedad igen; idag havde hun for første Gang ”spist op”, altsaa Appetitten bedre. Vi blev enige om, at Elle og jeg skulde gaa derhen Juleaften; hun mente, vi vilde komme til deres Juletræ og alt det, og det kan jo blive morsomt.
 Ja, imorgen kommer altsaa Elle med sin gode, gammeldags Julestemning, det bliver yndigt at beholde hende iaar, jeg haaber ikke, hun har været altfor ængstet over ”Revolutionen” dernede; men det har da ogsaa været en Sensation mellem alle de andre, vi har haft dette Efteraar. Mellem dem er Putte ikke den mindste jeg har lige haft en Telefonsamtale med Mornine som [”Mornine” indsat over linjen; "som" overstreget], hun har idag haft et langt Brev fra Putte, som ligger syg i New York, men er forholdsvis vel og bliver godt passet og tilset af en dansk Læge. Hvad hun ellers skriver om Svend og sit Ægteskab er saa oprørende og modbydeligt, at jeg næsten ikke kan komme mig af det (- men det er da for resten temmelig ligegyldigt.). Du ved maaske, at Mornine har haft Mistanke om, at han ikke er normal; nu har han overfor Putte tilstaaet, at han er et svært Ord, som jeg ikke kan huske. Lægerne havde sagt at han kunde vel med Tiden komme over det, naar hans Kone vilde være taalmodig og hjælpe ham!! Er det ikke forbryderisk ar gifte sig med en ung Pige i den Tilstand og uden at fortælle det til hende og hendes Familie. Alt hvad Putte kan have gjort synes jeg blegner og næsten berettiges, naar man ved det; tænk, at man løber en saadan Risico ved at faa sine Døtre gift Er det ikke haarrejsende? 
 Af Telegrammer, sendt senere end Brevet, synes det at fremgaa, at hun har skullet opereres, men at det er udsat, og tillige, at Billy og den øvrige Familie er blevet skikkelige mod hende muligvis paa Grund et ”plain letter”, Mary har sendt ham – Naa ja, det er jo ikke netop Juleklokkerne, jeg kimer med, og det var da Meningen. Ialfald ønsker jeg af ganske Hjerte, at Du trods alt maa faa en hyggelig Jul, Bibbe vil Du jo savne, men kender jeg Dig ret, saa tænker Du først og fremmest paa, at det kunde have været meget værre. – Du tænker vel ikke paa et lille Nytaarsvisit herind?
 Ja saa glædelig Jul og 
 godt Nytaar! med Bibbe rask og alt andet i god Orden. 
 Hilsener fra os alle! 
 Din Lugge.</t>
+  </si>
+  <si>
+    <t>1931-07-25</t>
+  </si>
+  <si>
+    <t>Svend Nielsen</t>
+  </si>
+  <si>
+    <t>Georg Bech
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Putte var Elisabeth Mackies kælenavn. 
+Svend Nielsens far kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3852</t>
+  </si>
+  <si>
+    <t>Svend Nielsen har skrevet til generalkonsul Bech i New York og bedt ham få Elisabeth/Putte Mackie til at underskrive en skilsmissebegæring. Han har ikke fået svar og beder nu Louise Brønsted få Elisabeth til at skrive under.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5xpY</t>
+  </si>
+  <si>
+    <t>d 25 Juli 1931.
+Kære Fru Brønsted.
+Tilgiv mig at jeg skriver til Dem, men Aarsagen er den, at jeg, der i Begyndelsen af Juli Maaned afsendte et Brev til Generalkonsul Bech i New York, hvori jeg bad denne sætte sig i Forbindelse med Putte og anmode hende om sammen med mig at underskrive en Skilsmissebegæring, endnu er uden Svar herpaa, skønt Svaret kunde have været mig i Hænde for en 3-4 uger siden. Nu synes jeg, vi burde have en Afslutning paa denne Sag, og jeg beder Dem, hvis De vil, - være Mægler. Putte skal kun underskrive et Papir, som det, jeg sendte til Generalkonsulen, og jeg skal da sørge for det videre fornødne. Hun kan sende Papiret til min Far eller til mig, og Sagen vil da gaa sin Gang her i København. Jeg holder ikke af at beskæftige mig med Forholdet mere end højst nødvendigt, saa dette vil sikkert være den letteste Løsning. Dog er det min Hensigt, hvis vi ikke sammen kan ansøge om denne Skilsmisse, saa snart det lader sig gøre ved Rettens Hjælp at søge Ægteskabet opløst; og saa haaber jeg, at hvad vi gør, maa blive til størst Lykke for os begge.
+Hvis De ønsker at tale med mig bor jeg fra den 1. August Sct. Thomas Alle 7 III t.v..
+Med venlig Hilsen Deres hengivne
+Svend Nielsen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1398,59 +1429,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/394jOUXu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HZWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9olU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/394jOUXu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HZWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9olU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xpY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M31"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2807,79 +2838,127 @@
       <c r="F31" s="5" t="s">
         <v>216</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>217</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>218</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>219</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>220</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>221</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>222</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
+    <hyperlink ref="M32" r:id="rId37"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>