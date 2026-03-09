--- v2 (2026-01-22)
+++ v3 (2026-03-09)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="231" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -241,51 +241,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1903-5</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>