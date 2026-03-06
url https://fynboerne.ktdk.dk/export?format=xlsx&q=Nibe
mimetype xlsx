--- v0 (2025-10-02)
+++ v1 (2026-03-06)
@@ -5,377 +5,377 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="81" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1898-02-15</t>
+    <t>1924-06-21</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
-    <t>Kerteminde</t>
-[...1 lines deleted...]
-  <si>
     <t>Nibe</t>
-  </si>
-[...194 lines deleted...]
-    <t>1924-06-21</t>
   </si>
   <si>
     <t>Nibe
 Egholm
 Løgstør
 Gjøl
 Øland, Limfjorden
 Livø, Limfjorden
 Kerteminde</t>
   </si>
   <si>
     <t>Achton Friis
 - Hecht-Petersen
 Andreas Larsen
 Johan Larsen
 Harald Leth</t>
   </si>
   <si>
     <t>I midten af juni 1924 sejler JL og Achton Friis med Rylen på det sidste sommertogt rundt til de danske øer - de sejler bla. til øer i Limfjorden, til Venø, Anholt og Læsø.
 Rylen er en ombygget Kerteminde fiskerbåd, der i årene 1921-25 fungerer som ekspeditionsskib for JL og Achton Friis, der forbereder bogværket De Danske Øer.
 Skibet fungerer nu som museumsskib for Østfyns Museer.</t>
   </si>
   <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
     <t>Johannes Larsen er færdig med arbejdet på øen Egholm, og rejsen går videre mod Løgstør.
 Han beder Alhed Larsen om ikke at give rabat overhovedet til en køber ved navn Hecht-Petersen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lKWA</t>
   </si>
   <si>
     <t>Nibe 21 Juni 1924.
 Kæreste Alhed!
 Tak for Brevet. For Guds Skyld lad endelig ikke Hecht faa nogetsomhelst billigere end Katalogpris. Han har nydt den Rabat hos mig der kan tilkomme ham saa længe jeg lever. Vi havde en meget varm Arbejdsdag i Gaar, men blev dog færdig med Egholm og sejlede derfra i Mrgs Kl. henad 7. Vi har nu spist og gør os klar til at sejle videre til Løgstør, i det vi lader se 2 store "Øer" Gjøl, Øland ligge til vi kommer forbi paa Tilbagevejen. Næste poste restante d.v.s. fra nu af er altsaa Løgstør. Der var Brev til Friis fra Leth, at han ikke mere havde Særtryk af det han havde skrevet om Livø, men henviste til et Festskrift det havde staaet. Her er varmt 22 Grader R i Skyggen. Mange Kærlige Hilsner. Mere næste Gang. Hilsen fra Friis, Kyllingerne er et skønt Minde og de dejlige Oste glæder ham daglig (der er en igen) og saa skulde takke for de dejlige Dage i Kjerteminde. Hils Puf og Lysse og de andre.
 Din
 JL</t>
   </si>
   <si>
+    <t>1914-02-26</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Villa Niben</t>
+  </si>
+  <si>
+    <t>Jens Birkholm</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
+  </si>
+  <si>
+    <t>Thea Birkholm takker for det tilsendte og beder endnu en gang om, at der kun tages hensyn til museets interesser. Det går bedre med Jens Birkholms helbred, men han er stadig sengeliggende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bqVi</t>
+  </si>
+  <si>
+    <t>Villa Ni ben den 26/2. 14.
+Hr. Etatsraad Rasmussen!
+Paa min Broders Vegne takker jeg for det tilsendte og beder enden engang - for det store Billedes Vedkommende - kun at tage Hensyn til Musæets Interesser.
+Det gaar nu lidt bedre med Helbredet, men han er dog stadig sengeliggende. 
+Med venlig Hilsen til Familien fra min broder
+og Thea Birkholm</t>
+  </si>
+  <si>
+    <t>1898-02-15</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>En skipper fra Nibe er på besøg med henblik på at købe et af I.A. Larsens skibe (Johannes Larsens far var bl.a. skibsreder).
+Det går godt med maleriet af Chr. Andersen.
+Johannes Larsen har fået lavet en ramme til et billede med roser, og Peter Hansen vil forgylde den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4pEK</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 Februar 1898.
+Min egen Kæreste!
+Jeg sidder her hos Chr. Andersen og skriver dette. Der er en Mand hjemme som vil købe et af Skibene og de sidder og snakker om det saa jeg ikke kunde komme til at skrive hjemme. [Noget af papiret mangler] da jeg kom her ned sad Chr. A. og skrev saa jeg mente [Noget af papiret mangler] at jeg passende kunde gøre det samme. Bare det kunde blive til noget med den Handel. Manden en Skipper fra Nibe kom i Gaar, det er en stor og gammel Bayer, med et forfærdelig Snakketøj, Munden stod ikke paa ham fra han kom til vi gik i Seng. Jeg maa nok til at skynde mig for Pigen staar og vil paa at gaa over med Brevene. Det gaar godt med Maleriet. Tak for Dit Brev i Morges. Jeg har nu faaet lavet en Ramme til Roserne og Peter vil forgylde den. Han synes godt om Roserne. Mange kærlige Hilsner fra Din Kæreste. Du maa undskylde at der ikke kommer mere denne Gang 
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
     <t>Løgstør</t>
   </si>
   <si>
     <t>Løgstør
 Nibe
 Fur, Limfjorden</t>
   </si>
   <si>
     <t>Achton Friis
 - Hecht-Petersen
 Georg Jacobsen</t>
   </si>
   <si>
     <t>I midten af juni 1924 sejler JL og Achton Friis med Rylen på det sidste sommertogt omkring til de danske øer bl.a. I Limfjorden og til Venø, Anholt og Læsø.
 Rylen er en ombygget Kertemindefiskerbåd, der 1921-25 fungerede som ekspeditionsskib for JL og AF, der forberedte bogværket De Danskes Øer. Den fungerer i dag som museumsskib for Østfyns Museer.</t>
   </si>
   <si>
     <t>Johannes Larsen er nu ankommet til Løgstør fra Nibe om bord på Rylen.
 Han beder Alhed Larsen om at sælge et billede med ænder til hr. Jacobsen for katalogprisen minus 20%. Han tror ikke, en hr. Hecht-Petersen vil betale mere.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vT1M</t>
   </si>
   <si>
     <t>Løgstør 21 Juni 1924
 Kæreste Alhed
 Nu er vi i Løgstør efter en pragtfuld Sejltur fra Nibe med Tordenluft, som vi dog ikke kom i nærmere Berøring med. Jeg glemte at skrive at Jacobsen kan faa det Billede med Ænderne for Prisen minus 20%, der er ingen Grund til at sælge det billigere, paa en Udstilling i Kjøbenhavn vil det muligvis gaa den første Dag og Hecht-P. skal altsaa op med de 1300 hvis han vil have det, hvad jeg nu ikke tror han vil. Jeg skriver bl.a. dette fordi vi har besluttet at forandre poste restante Adr til Fur og nu meddeler Løgstør Postkontor dette. Forøvrigt antager jeg at Du faar dette samtidigt med det fra Nibe, da det jo er Søndag i Mrg. Mange kærlige Hilsner
 Din
 JL</t>
   </si>
   <si>
     <t>21. jun. 1924</t>
   </si>
   <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/2m0jOOTw</t>
+  </si>
+  <si>
+    <t>17. jun. 1924</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Dagbogen er særligt en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne
+Rejsen beskrevet i denne dagbog foretages i perioden fra 17. juni til 24. juli 1924
+. . . .
+Bemærk at denne dagbogs første og sidste sider indeholder et samlet overblik over iagttagede fugle, med datidens latinske og danske artsbestemmelser.
+De gamle artsbestemmelser er alle kommenteret med nutidige danske og latinske betegnelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/A622cSGK</t>
+  </si>
+  <si>
+    <t>1924-06-18</t>
+  </si>
+  <si>
+    <t>Aalborg</t>
+  </si>
+  <si>
+    <t>Aalborg
+Nibe
+Grenå
+Hals, Limfjorden
+Egholm</t>
+  </si>
+  <si>
+    <t>I midten af juni 1924 sejlede Johannes Larsen og Achton Friis med Rylen på det sidste sommertogt til de danske øer - bl.a. til øer i Limfjorden, Venø, Anholt og Læsø. 
+Rylen - en ombygget Kertemindefiskerbåd - fungerede i 1921-25 ekspeditionsskib for JL og Achton Friis, mens de forberedte bogværket De Danske Øer.</t>
+  </si>
+  <si>
+    <t>På det sidste sommertogt er Johannes Larsen og Achton Friis i Rylen sejlet fra Grenå til Ålborg, hvorefter det går videre gennem Limfjorden til den første ø Egholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gs56</t>
+  </si>
+  <si>
+    <t>Aalborg 18 Juni 1924
+Kæreste Alhed!
+Vi er nu ved at fortøje i Aalborg lige udenfor Pontonbroen. Saa gaar vi op i Byen og telegraferer og putter dette i en Postkasse. Vor Adr er foreløbig Nibe poste restante. Vi har haft en dejlig Tur i Dag Kl. 6,40 fra Grenaa og 1,45 kom vi til Hals op gennem Fjorden er det gaaet smaat vi har haft Strømmen mod. Det er Meningen at se at komme gennem Broerne i Aften og ankre ved den første Ø Egholm for at kunne begynde Arbejdet i Morgen. Vi spiste Kyllinger med Salat de var delikate. Bagefter var Friis og jeg oppe i Byen, Grenaa altsaa. Mange kærlige Hilsner
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1898-03-01</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>Skipperen fra Nibe er tidligere omtalt. Han har købt et skib, "Azela", af Johannes Larsens far.</t>
+  </si>
+  <si>
+    <t>Peter Hansen skal rejse til København med plakaten til Johan Rohde (også omtalt i Larsens brev til Alhed 19. feb. 1898). 
+Johannes Larsen maler på tapetet: formodentlig tapetet i baggrunden på billedet Chr. Andersen lader patroner. Han har fået rammen til billedet hjem og skal have rammen til "Roserne" forgyldt.
+Johannes Larsen har bedt Baronen (Fritz Syberg) sende valmuer (et billede af valmuer?)</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kGSC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 Marts 1898.
+Min egen Kæreste!
+Tak for Dit lange Brev i Gaar. Dine Galoscher fejler ingen Ting, Moder er ved at pakke dem ind og de bliver sendt nu med denne Pakke. Vrøvl, men Du forstaar jo nok Meningen. Skipperen fra Nibe som har købt ”Azela” kom i Gaar og i Dag er han og Fader kørt til Odense. Peter skal desværre rejse i Dag, han fik Brev fra Rohde i Aftes at han skulde skynde sig at komme med Plakaten. I Gaar og I Dag har jeg malet paa Tapetet det er noget væmmeligt sent Skidt, det tager alt for megen Tid synes jeg, men det skal jo gøres. Naturligvis synes Du skal komme igen, men ikke bare en dag, det var netop derfor Du forstyrrede mig sidst, for hvis Du bliver her nogle dage saa passer jeg naturligvis mit Arbejde ligesom sædvanlig, for Resten tror jeg det var heldigt for Billedet at jeg holdt op de 2 Dage, for jeg kan meget bedre se paa Billedet nu, hvad det trænger til. Hvornaar er det Du skal rejse igen? Du kunde jo indrette det saadan at Du blev en Søndag over saa har jeg jo ingen Ting at bestille alligevel. Jeg har nu faaet Rammen til Chr. Andersen fra Snedkeren, saa nu mangler der kun at den skal forgyldes, den til Roserne er nu pudset af og lakeret. Til Baronen skrev jeg et langt Brev i Søndags Aften og bad ham bl.a. om at sende de Valmuer for at jeg kan se hvordan de ser ud, saa nu faar vi jo se om de kommer, det kan vel knibe med at blive i rette Tid. Jeg skal hilse Dig fra Moder og Peter. Mange kærlige fra Din
+Johannes Larsen
+skriv snart</t>
+  </si>
+  <si>
+    <t>1898-02-16</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Ludvig Brandstrup, billedhugger
+Peter Hansen
+Carl Høyrup
+Vilhelm Larsen
+Hedevig Lützhøft</t>
+  </si>
+  <si>
+    <t>"Lus" kan være billedhuggeren Ludvig Brandstrup.</t>
+  </si>
+  <si>
+    <t>En skipper har købt Larsen-familiens skib Azela og en anden har købt skibet Addy. 
+Jernbanen er ved at blive bygget, og den kommer nok til at gå igennem familiens marker.
+Alhed kommer snart hjem fra Københavnsopholdet.
+"Lus" (Ludvig Brandstrup) har sendt en regning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FwGG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Februar 1898.
+Min egen Kæreste!
+Tak for Dit lille Brev, som jeg lige har læst, nu jeg kom hjem fra at male. Du kan da nok begribe at jeg hellere vil have et lille Brev, end jeg vil undvære det. Jeg bliver ligefrem [noget af papiret mangler] det naar der ingen [noget af papiret mangler] Nu er her da lidt [noget af papiret mangler] der ikke været her [noget af papiret mangler] det er også der- [noget af papiret mangler] først faar dette [noget af papiret mangler]. Skipperen fra Nibe købte saa Briggen ”Azela” i Gaar for 4200 Kr. og ikke saasnart var den solgt før vi fik Telegram fra en [noget af papiret mangler]ler i Kjøbenhavn at [noget af papiret mangler] en Køber til en af de andre. I Morgen kom han saa med en Svensker og han købte saa ”Addy” for 4950 Kr. saa nu har vi kun ”Rigmor” og ”Vilhelm” og ”Rhea” tilbage. Der er nu Vrøvl med Banelinien igen og der er Sandsynlighed for at den alligevel kommer til at gaa op mellem og Højrups og ud gennem vore Marker. Min [Farbror] oppe fra Vendsyssel [kom i] Gaar og rejste i [Dag med] Posten, saa det var [noget af papiret mangler] kort Visit. Den g[noget af papiret mangler] per er her endnu, men [noget af papiret mangler] rejser i Morgen. Da jeg gik hjem fra Chr. Andersen gik jeg og glædede mig over at der nu kun var [noget af papiret mangler] til Du kom, for Du kommer vel i Løbet af en 8 Dages Tid, og da jeg saa læser Dit Brev ser jeg at Du ogsaa har tænkt paa at der ikke er længe til. Du kan tro jeg glæder mig og Du kan tro jeg skal kysse Dig naar Du kommer. Det er nu saa mørkt at jeg næsten ikke kan se at skrive. Peter og Klaks [noget af papiret mangler] læser Politiken [noget af papiret mangler] jeg faa dem til [noget af papiret mangler] skrive i Mutters [noget af papiret mangler] sig til i Morgen [noget af papiret mangler] eller i Morgen Middag og faar vel allerede Brevene, nu har Klaks tændt Lys henne ved det andet Bord, s[noget af papiret mangler] jeg flyttet. Jeg fik B[noget af papiret mangler] Regning fra Lus i Dag [noget af papiret mangler] har skrevet mig 50 Kr af paa den, i Stedet for 25 Kr jeg har betalt jeg skal dog op at spørge hvordan det hænger sammen naar jeg kommer derover. Nu har jeg ikke mere at fortælle Dig denne Gang; ikke andet end at jeg elsker Dig og glæder mig [noget af papiret mangler] til at se Dig og længes forfærdelig efter Dig [noget af papiret mangler] nu ikke forsent til [noget af papiret mangler] fra Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1898-03-16</t>
+  </si>
+  <si>
+    <t>Jørgen Hermann Kruuse
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>"male Voxdugen": der er tale om voksdugen på billedet Christian Andersen lader patroner.
+"er i Gang med at flytte": familien har solgt ejendommen Båxhult i Sverige. 
+"den vestlige Bane": jernbanen mellem Kerteminde og Odense er ved at blive anlagt, og den kom til at gå over familien Larsens marker, lige bag deres Svanemøllen.
+"Skipperen paa Azela": en skipper fra Nibe har købt I.A. Larsens skib Azela.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på voksdugen på Christian Andersen lader patroner. Billedet skal nok af sted til Den Frie.
+Hans forældre er i Sverige og i gang med at flytte.
+Skipperen, som købte I.A. Larsens skib, Azela, har været på uanmeldt besøg, og han var fuld, men han overnattede i købmandsgården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mcSx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16/3 1898.
+Min egen Kæreste!
+Tak for Dit Brev i Dag. [noget af papiret mangler] Du se Du fik alligevel [noget af papiret mangler] i Gaar, men det fik jeg [noget af papiret mangler] saa det var nok Dig de[noget af papiret mangler] turde fordi Agraren og [noget af papiret mangler] drillede. Jeg fik for resten Brev fra Agraren i Gaar. Han skrev at I kom godt til Odense men Du var rigtignok noget søvnig og Du sad og ”smaa sov” hele Tiden, det er nok Dig der ikke kan taale noget. Han skriver ogsaa: ”jeg kunde jo nok hilse dig fra hende, men Du har vel sagtens fået Brev fra hende føre du får dette. Sikken en Masse Fejltagelser. Solskinsvejret i Gaar Formiddags benyttede jeg til at male Voxdugen igen [noget af papiret mangler] her hjemme og male [noget af papiret mangler] paa den dernede i [noget af papiret mangler] Eftermiddags og paa Ansigtet. Jeg tror nu ikke at Billedet bliver stort anderledes end det er, hvis det skal af Sted paa Lørdag eller Tirsdag og det bliver vel Resultatet. Det glæder mig meget at høre at Din Fader er begyndt at komme sig. Der var et langt Brev fra Moder i [noget af papiret mangler] de har det godt deroppe og er i Gang med at flytte. Det var ellers kun et lille Brev jeg fik fra Dig i Dag, men i Morgen faar jeg vel Brev igen. Jeg har lige været henne at skrive til [noget af papiret mangler] og Moder og til Marie og sendte Deres Brev [noget af papiret mangler] nu i Aviserne at Minis[noget af papiret mangler] har bestemt sig for den vestlige Bane altsaa op over Bakken, hvis det da er til at stole paa. I har vel set at Godsforvalter Kruse er død. Ligesom jeg var færdig med Dit Brev i Mandags Aften og skulde til at have det rigtigt hyggeligt, blev vi forstyrrede af Skipperen paa Azela, som kom og var en Del fuld og forkølet [noget af papiret mangler] at han knap kun[noget af papiret mangler] han laa her saa [noget af papiret mangler] Natten og Klaks laa i Faders og Moders Værelse. [noget af papiret mangler] tror jeg ikke der er mere [noget af papiret mangler]deligt at fortælle, og jeg vil derfor slutte med at jeg holder forfærdelig meget af Dig. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -452,51 +452,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/4pEK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bqVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gs56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lKWA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/lKWA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bqVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4pEK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gs56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -550,464 +550,464 @@
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5"/>
+      <c r="I2" s="5" t="s">
+        <v>20</v>
+      </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>28</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="H4" s="5" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G5" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="s">
-        <v>47</v>
+      <c r="H6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I6" s="5"/>
-      <c r="J6" s="5" t="s">
-        <v>48</v>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="M6" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K7" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="F8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G8" s="5" t="s">
+      <c r="J8" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="H8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G9" s="5" t="s">
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>67</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="F10" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G10" s="5" t="s">
+      <c r="J10" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="H10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H11" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K11" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="M11" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>