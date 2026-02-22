--- v0 (2025-11-18)
+++ v1 (2026-02-22)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="132" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="139" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -125,50 +125,96 @@
     <t>Thorvald Balslev og Johanne (senere gift Larsen) var forlovet. De blev ikke gift. 
 Harald Balslev og Alhed g. Larsen var kærester og muligvis forlovet i en treårig periode. Harald B kunne ikke beslutte sig for, om han ville giftes med Alhed eller ej, og mange bebrejdede ham hans nølen, da den gik hende på. 
 Johanne var i huset på Nislevgaard ved Otterup i 1893.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2231</t>
   </si>
   <si>
     <t>Thorvald sender fødselsdagshilsen og -gave. 
 Han har skrevet et brev til Harald, men syntes det var for hårdt, så han begyndte på et nyt, og det er også skrapt. 
 Thorvald savner Johanne og tænker på hende hele tiden. Han elsker hende.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/cfam</t>
   </si>
   <si>
     <t>29 – 9 – 93. Junges fødselsdag.
 Kæreste lille Junge! Jeg kan ikke lade en pakke breve gå til Erikshåb uden at have en lille seddel med, men det bliver ikke mere end denne lille pjalt. Tillykke endnu engang, lille Junge, med den store dag, da du går ind i den anden snes; inden du kommer ind i den tredje, hvor sidder vi to så?
 Jeg skrev jo igår til Harald, men glemte at få det med på posthuset, og da jeg læste det igennem i dag, syntes jeg, det var så koldt og bittert, at jeg ikke kunde bestemme mig til at sende det afsted; jeg begyndte så på et nyt, men til min forfærdelse ser jeg lidt efter, at det er ikke et hår bedre end det første. Hvad skal jeg dog gøre, Junge? Jeg kommer vist til at sætte en pæn ende på det sidste og så sende det i synet på ham. Junge, du forstyrrer mig egentl. rasende, når jeg ikke skriver til dig, så tænker jeg på dig. Kan der ikke blive forandret noget i det sørgelige forhold? Og dog, det er jo den eneste trøst, man har her i dette bemøjede Sodoma og Gomorra. Her skal være generalforsamling idag otte dage angående tur den 8 oktober, hvor vi holder fødselsdag. Den er sat (nl. generalfors.) så sent forat vi kan få Alhed, Chr. &amp;amp; Molle med, nu kommer de da vel til den? De kommer vel på onsdag ell. torsdag?
 Junge, nu må jeg skynde mig, jeg har kun 5 minutter at skrive i , føj !!!! Å Junge gid jeg var der i dag !!!
 På søndag burde jeg jo også være der. I morgen kommer jeg vel til at skrive til luspelsen, men jeg kan ikke hitte på noget til hende, jeg har derfor tænkt for fremtiden principielt at være mod at give konfirmationsgaver, det turde være praktisk. Junge, du skal [”skal” understreget med 12 streger] skrive til mig, inden du rejser til Nislevgård, ellers er du en dampser. Farvel Junge, idag er det din fødselsdag, derfor vil jeg have lov til at sige, at jeg elsker [”elsker” understreget fem gange] dig.
 Din i anledning af fraværelsen ulykkelige, ellers lykkelige Thorvald
 [øverst på sidste side] 
 30-9.
 E.s. Pakken var sendt afsted i går, jeg sender så lappen i dag, undskyld! Din Thorvald.</t>
+  </si>
+  <si>
+    <t>1893-10-07</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Carl Berthelsen
+Ove Berthelsen
+Agnes Berthelsen, Nislevgaard
+Alhed Larsen
+Emilie -, pige i huset på Nislevgaard 1893</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var pige i huset på Nislevgaard nær Otterup. 
+Bredsdorff kan være flere forskellige personer. Riise, Chr. Edvard og Jørgen Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1381</t>
+  </si>
+  <si>
+    <t>Beboerne på Nislevgaard går tidligt i seng, så Johanne C. Larsen har god tid til sig selv. 
+Johanne mødte nogle damer i toget, da hun sammen med Rigmor/Rimse Balslev var i Odense. Johanne købte diverse i byen.
+Det er mærkeligt, at man på Bogensebanen ikke får en kvittering for sin bagage.
+Da Johanne ankom til Otterup, øsregnede det, og vognen var forsinket.
+Johannes værelse på Nislevgaard er hyggeligt, og Fru Berthelsen er sød. Emilie syr en dug i fødselsdagsgave til Fru Berthelsen, og Johanne vil også sy en. Fru Berthelsen vil gerne have, at Johanne spiller klaver om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HwZi</t>
+  </si>
+  <si>
+    <t>Nislevgaard Lørdag Aften d. 7nde Okt. 93.
+Kære Mor!
+Nu vil I vel nok høre lidt om, hvordan det gaar mig i min nye højtbetroede Stilling, og nu, da vi er gaaede i Seng benytter jeg Lejligheden. Til min store Glæde går de i Seng Kl 9 her, saa jeg har et Par Timer for mig selv om Aftenen, da jeg naturligvis ikke er den, der lægger mig Kl 9. Det var jo skrækkeligt med alt det, jeg glemte, nu haaber jeg, Be havde min Kjole med derud, og Fru Berthelsen og Emilie skal til Odense en af Dagene, saa kan jeg faa dem til at hente den for mig. Fru B. havde købt Bøger, saa vi var ikke i Odense alligevel. - - Paa Vejen til Odense rejste jeg sammen med nogle Damer, der sad og snakkede. Da jeg hørte dem nævne Navnet Bredsdorff og Riise tænkte jeg paa om den ene ikke skulde være Chr. Edvards Mor, hun var sortklædt og meget svær, og det var det ganske rigtigt. Rimse hilste paa hende i Odense; nu fortryder jeg, at jeg ikke indledte Bekendtskabet med hende [”med hende” indsat over linien] i Kupeen. Rimse var altsaa i Odense og gik med mig hele Tiden; jeg købte saa et Forklæde, som du jo skylder mig, og et Par Galosjer; begge Dele tog jeg paa Kontrabog, derimod købte jeg nogle andre Ting, som jeg dydigen betalte. – Er det dog ikke en kunstig Indretning her paa Bogensebanen, at man ikke faar sit Tøj garanteret; heldigvis var jeg da saa fornuftig i Otterup at gå hen og sige, at jeg havde en Kuffert, der skulde ud; ellers var den sikkert gleden med til Bogense. – Min Forfærdelse, da jeg stod der i Otterup med min Kuffert i øsende, pjaskende Regnvejr og der ingen Vogn var! Men inden jeg fik mig lavet i Stand til at gaa, ankom den heldigvis og i styrtende Ragn, holdt jeg saa mit Indtog paa Nislevgaard. – Her var lagt i Kakkelovnen paa mit Værelse og yndig hyggeligt var det hele; jeg synes i det hele taget udmærket godt om det alt sammen her. Fru Berthelsen er sød og livlig, og saavidt jeg kan mærke, bliver hun ingen Rapkilerfrue og jeg skal nok ikke gaa det store i Huset, saavidt jeg kan mærke, får i det hele taget god Tid til at spille og læse og sy. Det er Fru Bs Fødselsdag i Nov, Emilie syr en Anretterdug og en anden (jeg ved ikke hvem) en Buffetdug med samme Mønster; hun ved nok, at hun skal have dem og begyndte i Går paa en Dug til den anden Buffet for at have det ens: Saa spurgte jeg, om jeg saa ikke maatte forære hende at sy den til Fødselsdagen, det bruger man jo at give Fruen ogsaa til Fødselsdag, ikke sandt? Saa det mente jeg kunde passe naar hun lægger Tøj og Garn til, det er ikke saa lille et Arbejde. Her bliver god Lejlighed til at spille; Fru B. vil gerne have, at jeg skal øve mig og beder mig om at spille om Aftenen og hun er ikke saa musikalsk, at jeg er bange for det, jeg tænker nok, jeg skal blive dygtig til Musik hernede. – 
+[Resten af brevet mangler].
+[På tværs øverst på s. 1 er skrevet følgende liste:]
+1) Erikshåb
+2) V-Hæsinge
+3) Ø- --
+4) Faaborg
+5) Ryslinge
+6) Jørg. Pets.
+7) T. –
+8) Tandlæge.</t>
   </si>
   <si>
     <t>1893-10-29</t>
   </si>
   <si>
     <t>Rigmor Balslev
 Thorvald Balslev
 Carl Berthelsen
 Ove Berthelsen
 Agnes Berthelsen, Nislevgaard
 Leonard Holst
 - Jensen, Frøken, Erikshaab
 - Kiær, Klintebjerg
 Alhed Larsen
 Christine  Mackie
 - Poulsen, Frøken
 Ellen  Sawyer
 Hempel Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2016</t>
   </si>
   <si>
     <t>Johanne takker for, at hendes mor har sendt hatten. Det er sjovt at høre om moderens planer for sølvbrylluppet.
@@ -296,53 +342,50 @@
   <si>
     <t>[Håndskrevet på kuvertens forside:] 
 No. 3 
 Frøken Alhed Warberg 
 R.V. Consolato di Danimarca 
 “Bella scuardo” 
 Firenze 
 Italia 
 Kære Be! 
 Du har min Agtelse i allerhøjeste Grad, baade fordi du har forholdsvis hurtigt sendt Tegninger og for deres Smukhed; jeg synes, det er aldeles nydeligt, men er jo pokkers svært at sy; man må jo egentlig betragte det halvt som Kunstsyning, eftersom Blomsterne er så levende tegnede; det værste er, at det er så aldeles rasende sent, det går nemlig ikke an at sy det med store flotte, dristige Sting, saa kommer det ikke til at ligne efter noget, man må netop sidde og pille med det; jeg tvivler på, det bliver færdigt til Sølvbrylluppet, det gjorde jeg straks, da jeg så Tegningen, men jeg syntes alligevel – hellere ikke få dette færdigt [fortsætter s. 2] 
 [skrevet lodret øverst på siden:] 
 Endnu en Gang min Kompliment for Tæppet – jeg havde ikke tænkt mig det nær så kønt og fordi du overkom at få det lavet. – Hils Onkel Lud - og Emil, når han kommer.
 Og så til Slut en varm Lykønskning fra din S. 
 J. 
 [S. 2:] 
 end at vælge noget ikke nær saa smukt i en eller anden Retning, selv om det blev færdigt; synes du ikke ogsaa. Fru Berthelsen syntes så absolut, at jeg ikke skulde tage de inderste Blomster med, altså slette alt, hvad der skulde paa Bordpladen, både fordi det blev hurtigere og fordi hun mente det andet var for bepakket; jeg var nær ved at lade mig forlede af denne Daarskab af Magelighedshensyn, men heldigvis greb jeg mig selv i Nakken i sidste Øjeblik, så det er kommen på altsammen. Jeg syr al den Tid det er mig muligt og det er ikke saa lidt, men det bli’r ikke noget videre. Jeg fik Sendingen om Torsdagen og gik straks på Timen til Odense med det for at få det tegnet på og lede Farver ud, gik herfra Kl. 1, endte Ærinder derude gik Hjem igen og var her Kl. 7 - flinkt Berthelsen var ved at tabe Næse og Mund over mig Saa fik jeg det om Mandagen og fangede straks an; jeg har syet den ene af Smørblomsterne og er nu ved den højrøde Frugtblomst, Det er jo en Pyrus Japonika? og vi har en her i
 Haven; det er storartet, at jeg har den at se efter. For Resten synes jeg [”jeg” indsat over linjen] ikke, der er Forskel (i Tegningen) på dem og så Æbleblomsterne, er det din Mening, at den ene af Grenene er en rigtig Æblegren S.u , saa er det ikke helt korrekt, da Blomsterne jo egentl. skulde sidde i Klumper, men skit – det var jo også umuligt at sy så. Tak for Forklaringerne i Brevet, dem har jeg stor Nytte af. Dem du kalder Begonier, er det dem, der ligner Tullipaner? S.u [”S.u” indsat over linjen] Sendte du ikke en af dem til Chr. Jeg synes der var sådan en blandt hendes, og de var altså lysehøjrøde, de bliver svære, da jeg ikke har Anelse om dem. Og Farven på deres Blade, er den ikke grågrøn noget lign. Tulipanblade? Mon du svarer på disse Par Ting - du gider vel ikke skrive til mig f[ulæseligt]sene, men kan du ikke til Elle i en af Mors Breve, så kan hun sende mig din Forklaring, når hun skriver til mig. – Anemonerne bliver vist svære, jeg maa se at få nogle i Odense hos en Gartner; jeg behøver ikke at lægge blaa og røde Tråde sammen til lilla (det vilde desuden blive grimt, man kan jo faa lilla Silke. Det var en lang Forklaring om Tæppet, men det er jo også et vigtigt Spørgsmaal. Jeg skal hjem i Morgen, saa tager jeg det med og viser dem det, samt faar Råd om et og andet. Chr. &amp;amp; Thomas kommer jo hjem; de Vrøvlehoveder, først får jeg Brev, de kommer første Søndag, så at Chr havde skrevet fejl, det var først næste – så Atter, at de alligevel kom første Lørdag Nu læser jeg tidligt med Ane og gaar til Odense, så jeg kan nå at komme med Eftermiddagstoget, altså sammen med Th. og Chr. Det glæder jeg mig vældigt til; jeg fik jo set saa lidt til dem derinde de var jo på Falster. Jeg morede mig ellers glimrende derinde i Påsken, Th. var jo fuldstændig frit gående de sidste Dage, jeg var der – Du ved vel, at han havde brækket sit Ben. Han, Bran og jeg dangderede den af sammen, hyggelige Aftener på den nye Kafé o.s.v. - Straks blev jeg lidt skuffet over den, men den kan jo for Resten heller ikke være hyggelig, når man kommer træt hjem Kl. [ulæseligt tal] om Natten og der er koldt, hvad der bidrog til Uhyggen var, at vores Døren [”en” sidst i ordet overstreget] til Lejligheden smækkede nok så lystigt, da vi kom, vi stod angstfulde nede på 4de Sal, men vi måtte jo tilsidst vove os derop; uheldigvis havde vi ingen Svovlstikker, så vi måtte rode Lejligheden igennem, inden de fandtes – først så blev vi klare på, at den var kemisk ren for Tyve og Bøller, det var kun Chr, der tilfældigvis havde glemt at lukke Dören, da hun gik. 
 Fredag Middag, 
 Ah! nu føler jeg tilfulde, at du nok ikke naar at faa dette paa din Fødselsdag, men du faar vel en Del paa selve Dagen, så du er glad nok ved at faa et lidt senere. Ja, maa jeg saa gratulere dig, lille Be – gid du må blive et helt Aar dernede endnu, det er et smukt Ønske, synes jeg. Længes du hjem? Næ, det gør du vel ikke, det er heller ikke noget at spilde Tiden med det; tænk hellere på, at du skal til Rom, det er anderledes Sjov. – Du skælder mig ud fordi jeg ikke skriver noget om Studimse, den Møgtoer; men jeg ved ikke en Kvidder om ham; han går på sit Rødkilde og passer fuldstændig sig selv, der er ikke Spor at bemærke. Men han kommer vel sagtens hjem mellem de to Hold eller Afdelinger – mellem Karle- og Pigeskolen mener jeg – for Pokker. Saa ser jeg ham vel i Tarup, saa skal jeg berette om ham – eller rettere berette Rimses eventuelle Beretninger om ham – jeg har ikke Tid til mere; jeg er saa optaget i denne Tid både af det Sytøj og af min Musik, som jeg hænger godt i med. Jeg staar op om Morgenen tidligt og øver mig, i Gaar var jeg nede Kl 6: stolt. 
 Vær nu ikke gal over at dette baade kommer for sent og er saa kort, naar jeg kommer hjem skal jeg stjæle nogle Frimærker, så skal du faa en Gang Brev til: jeg kan jo nok tænke mig, at du gouterer dem, når du er saa langt væk. ----- 
 Kan du ikke, når [”når” overstreget] hvis du skriver til mig, købe en hel Del Frimærker af lille Værdi og sætte på Brevet, så der kommer flere forskellige Slags, Carl samler på udenlandske Frim. og har næsten ingen italienske. Husk det! Du kan jo også gøre det hjem til så kan de sende mig dem. 
 [Skrevet lodret under selve brevet:] April 1894.</t>
   </si>
   <si>
     <t>1894-05-07</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Harald Balslev
 Rigmor Balslev
 Thorvald Balslev
 Julie Brandt
 - Fynboe, Fru
 Urban Hansen
 Jacob Lange
 Christine  Mackie
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Nislevgård var fra 1752 til 1925 avlsgård under godset Ravnholdt. Gården ligger i Otterup sogn på Vestfyn. Junge (Johanne Christine Larsen) arbejdede der fra ca. efteråret 1893.
 Johanne Christine Larsen var i huset hos brødrene Balslevs far Rasmus Balslev. Han var præst ved Pårup Kirke ved Odense og boede i Tarup Præstegård. Dette brev er afsendt fra Nislevgård i Otterup sogn, hvor hun på daværende tidspunkt var i huset.
 Studienten: Harald Balslev. Febr. 1894 rejste Alhed Larsen i forbindelse med en brudt forlovelse (fra Harald Balslev) til Italen med sine morbrødre Emil og Ludvig Brandstrup, Opholdet varede frem til foråret 1895, hvor hun vendte hjem til Erikshåb.
 Det vides ikke, hvem Carl er. 
 Albrecht og Laura Warberg havde sølvbryllup omkring pinsen 1894. Alhed Larsen tegnede et blomstermotiv på en dug, og Johanne C. Larsen broderede (dugen omtales som et tæppe i brevet).</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0195</t>
   </si>
   <si>
@@ -920,59 +963,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AV3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tNks" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AV3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tNks" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M15"/>
+  <dimension ref="A1:M16"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1091,579 +1134,625 @@
       </c>
       <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E4" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="I4" s="5"/>
+        <v>33</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>34</v>
+      </c>
       <c r="J4" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>39</v>
+        <v>15</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>47</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>48</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>50</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="s">
         <v>55</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="E8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="F8" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D9" s="5" t="s">
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="E9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="F9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="F10" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F10" s="5" t="s">
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F11" s="5" t="s">
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="G11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="K11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="5" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="I12" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="J12" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="L12" s="6" t="s">
+      <c r="M12" s="5" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D13" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="E13" s="5" t="s">
+      <c r="I13" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="F13" s="5" t="s">
+      <c r="J13" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>111</v>
-      </c>
-[...7 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="D14" s="5" t="s">
+      <c r="I14" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="E14" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="I15" s="5"/>
-      <c r="J15" s="5" t="s">
+      <c r="K15" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="K15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="M15" s="5" t="s">
+    </row>
+    <row r="16">
+      <c r="A16" s="5" t="s">
         <v>131</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
+    <hyperlink ref="M16" r:id="rId21"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>