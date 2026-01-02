--- v0 (2025-11-15)
+++ v1 (2026-01-02)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1958" uniqueCount="1179" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1980" uniqueCount="1197" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -4201,50 +4201,98 @@
 Niels Erik Schoubye
 Hans  Syberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Frk. Hansen var.</t>
   </si>
   <si>
     <t>Faaborg Museum, Peter Hansens arkiv</t>
   </si>
   <si>
     <t>Elise kommer med Bimse til Faaborg i morgen med middagstoget. Grete kommer nogle dage senere. Alle sagerne fra atelieret er nu flyttet ti spisestuen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/D0Sc</t>
   </si>
   <si>
     <t>Fredag
 Kære Per!
 Disse Linjer for at lade dig vide, at Bams og jeg kommer i Morgen til Faaborg med Middagstoget. Gete har det godt, men da hun endnu har lidt Hoste, maa hun dog holde Sengen. Men paa Tirsdag kan hun følges med Frk. Hansen til Nyborg, og saa rejser hun ene til Faaborg. Muligvis kan hun faa Følgeskab af Frk. Birkholm.
 Jeg har faaet flyttet alle Sagerne fra Atelieret, som nu staar i Spisestuen, den ligner jo et Pulterkammer, og nu kan de ikke danse der mere, saa har vi haft Afdansning for i Aar. Den ivrigste balkavaler N.E. rejste i Gaar til Aarhus for at holde Ferie 1 Maaned. Hans er i Kerteminde, efter Pinse komme han til Faaborg for at arbejde for dig.
 Mange hilsner fra os alle
 Din
 Elise</t>
   </si>
   <si>
+    <t>1916-07-22</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Norge
+Bergensbanen</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Ina  Goldschmidt
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted var i Norge sommeren 1916, og deres børn blev passet af Christine Mackie, Alhed Larsen og Laura Warberg i Kerteminde. 
+De tre piger er på cykeltur: Det vides ikke, hvem den tredje er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3834</t>
+  </si>
+  <si>
+    <t>Ina/Sjums Goldschmidt er kommet til Kerteminde, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V7sM</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i kortets adressefelt:]
+Hr. Professor Brønsted
+Myrdal
+(Bergensbanen)
+Norge
+poste restante
+[Håndskrevet i adressefelterne:]
+Kære Lugge og Mag!
+Alt går fremdeles som det skal og Børnene er søde. Sjums kom igår, og Bes er idag flyttet ned til Mor. Idag var de tre store Piger med mig på Cycle til Dalby til Sodavand og Kage, og de har idag for første Gang badet to Gange. Vi håber, I får dette all right, det kommer til Nyborg i Aften.
+Tusende Hilsner fra os alle!
+M.
+22/7- 16.</t>
+  </si>
+  <si>
     <t>Marit -
 Laurentius Allerup
 Grethe Bichel
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Johanne Christine Larsen
 Elisabeth Mackie
 Ellen  Sawyer
 Jørgen Schou
 Marie Schou
 Lars Swane
 Maria von Sperling. g. Balslev
 Astrid Warberg-Goldschmidt
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Adolf Larsen/Agraren var kvartalsdranker. Han og hans kone, Johanne/Junge Larsen, boede i Kærbyhus. 
 Det vides ikke, hvem Wille var. 
 Astrid Warberg blev i 1917 gift med Jørgen Schou, som var søn af Marie Schou/Syberg.</t>
   </si>
@@ -4686,50 +4734,92 @@
     <t>Bodil Bech
 Kaare Klint
 Andreas Larsen
 Albert Naur
 Carl V Petersen
 Marie Schou
 Fritz Syberg
 Poul Uttenreitter</t>
   </si>
   <si>
     <t>Johannes Larsen er i Henne Kirkeby.
 Calles Hus: Carl Petersen tegnede et hus, som Larsen-familien opførte i Strandgade i Kerteminde til Alhed Larsens mor. Frar huset dog lejet ud til andre. Carl Petersen var en af Kaare Klints læremestre.</t>
   </si>
   <si>
     <t>Johan (Lysse) Larsen er rejst om natten. Kaare Klint og Albert Naur er taget til Faaborg. I mandags var de til middag hos Syberg (Baronen) og til kaffe hos Alhed Larsens mor. De var interesseret i Carl petersens hus. Om aftenen drak man whisky med Uttenreitter-parret.
 Svanen ligger på rede uden æg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jMEe</t>
   </si>
   <si>
     <t>Kæreste Lausi!
 Tak for Brevet i gaar. Lille Lysse rejste i Gaar Nat. Naur var saa elskværdig at køre ham til Nyborg paa sin Naturcykle. Jeg kaldte paa dem Kl. 3 og gav dem Kaffe, inden de kørte. I Gaar Efterm. kørte han og Kaare Klint til Faaborg, i Dag skal [ordet overstreget] skulde de hjem. Mandag Form. gik de en Visit ned hos Baronen, der inviterede dem til at blive til Middag. Baronen var meget flink imod dem. Over Middag gik Lysse og jeg derned, - Marie var der – og hentede dem til Kaffe hos Mor, der [r’et overstreget] var meget interesserede i Calles Hus. Om Aftenen efter The, ringede jeg til Uttes, som kom herover begge to, vi havde faaet en Fl. Whisky. Utte blev selvfølgelig fuld. – I Dag er det overtrukkent, Gud ved om det bliver Regn igen. – Svanen har ligget paa Reden til Morgen, men ingen Æg. – Jeg er kommen sent paa det, Toget kommer nu, saa jeg maa slutte. Mange Hilsner Din
 A.
 Alt vel.</t>
+  </si>
+  <si>
+    <t>1920-11-04</t>
+  </si>
+  <si>
+    <t>Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Hans Christian Caspersen
+Bodild Holstein
+Johanne Christine Larsen
+Kirstine -, pige i huset hos Hempel Syberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Fyns Patriotiske Selskab, som Hempel Syberg havde arbejdet for siden 1867, tildelte ham i 1920 en æresbolig i Odense (Dansk Biografisk Leksikon). 
+Conrad/Konne Warberg var i mange år godsforvalter ved Glorup syd for Nyborg. Han lod sig pensionere ca. 1916. Ved et ejerskifte skete der en masse, som Conrad Warberg fandt uhensigtsmæssigt. 
+Det kan umiddelbart ikke afgøres, om det var Bodild Branner eller Bodil Holstein, som Hempel syberg havde haft på besøg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3844</t>
+  </si>
+  <si>
+    <t>Hempel Syberg takker for lykønskningen i forbindelse med, at han er blevet tildelt en æresbolig. Han er glad for at have fået et hjem for livet. 
+Conrad/Konne Warberg og hustruen er derimod blevet behandlet helt uforskammet af de adelige, som han arbejdede for i 40 år. De har fået en gammel skovridergård, som ligger er dårligt sted og har mangler.
+Hempel Syberg har været glad for diverse besøg. Han kan dårligt gå ud, da han fryser og ikke kan hamle op med blæsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DqvF</t>
+  </si>
+  <si>
+    <t>Odense d. 4/11 20.
+Kære Es!
+Det var venligt af Dig at skrive til mig under Dit Besøg hos Konnes; samtidig har jeg faaet Indtryk af, hvorledes de kære Venner er til Sinds i den gl Skovriderbolig. Tak skal Du have! Det glæder mig at Du nu snart befinder Dig lige saa vel, som før Du blev [ulæseligt ord] og tænker paa at rejse til Kbhvn, hvor jeg ønsker Dig fortsat godt Rekreationsophold hos Caspersens. Og dernæst takker jeg Dig for Lykønskningen til Æresboligen; jeg er taknemmelig for den Foranstaltning, der giver mig Indtryk af, at jeg nu har et Hjem for Livstid. Gid at Konnes var ligesaa glade ved deres anviste Hjem; men det kan de jo desværre ikke være. Konne har jo kun været uforskammet behandlet af de adelige Personer han har slidt for i 40 Aar; men vi maa ikke glemme at erindre, at han har oppebaaret Pengeløn for sin Virksomhed, medens den Kreds jeg har arbejdet for har faaet al Bistand gratis, hvad der i Sammenligning maa tages i Betragtning, uden at jeg dog heri vil forsvare de adeliges Fremgangsmaade. 
+Det er en uheldig Bolig, der er dem anvist, og trods den billige Husleje bliver det ligefuldt en dyr Bolig paa Grund af den upraktiske Biliggenhed og forsk. andre Mangler. Hils de kære Venner hjertelig; det er opmuntrende for dem, at Du besøger dem. 
+Jeg var glad for Besøget hos Dig og Junge; derigennem har jeg Indtryk af Din Færden til daglig, og det er rart for mig, at Indtrykket virker til den heldige Retning. Jeg har svært ved at færdes ude i den stærke Blæst; jeg kan ikke holde Varmen ved den March jeg stiller op; derfor gaar jeg kun ud 1 Gang daglig og midt paa Dagen. Det var fornøjeligt for os at have Bodild i Besøg en halv Snes Dage; syg kom hun hertil; men jeg skal svare for, at hun kom til sig før hun rejste hjem.
+Mere end dette er her ikke Ro til i Dag.
+Kærlig Hilsen - ogsaa fra Kirstine -
+Din gl. hengivne
+F. HempelSyberg</t>
   </si>
   <si>
     <t>1920-12</t>
   </si>
   <si>
     <t>Johan Larsen</t>
   </si>
   <si>
     <t>Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Kristian Mikkelsen
 - Nielsen, Tornøes Hotel
 Ingeborg Rasmussen
 Jens Rasmussen
 Ada Tutein</t>
   </si>
   <si>
     <t>Johan Larsen var elev på Birkerød Kostskole. Hans storebror var færdig med sin skolegang på dette sted.</t>
   </si>
   <si>
     <t>Privateje</t>
   </si>
   <si>
@@ -7166,59 +7256,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/583e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzuH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gHF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DZoG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXXc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP6z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j1TS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iZm9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WDdF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGid" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9Im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3F4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4d3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsVE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0Sc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oWmH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GvAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sOPL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ntgE41ev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPbw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7KtK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xprx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ccrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/583e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzuH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gHF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DZoG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXXc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP6z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j1TS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iZm9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WDdF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGid" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9Im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3F4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4d3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsVE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0Sc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oWmH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GvAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sOPL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DqvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ntgE41ev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPbw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7KtK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xprx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ccrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M179"/>
+  <dimension ref="A1:M181"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -11829,3280 +11919,3370 @@
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
         <v>710</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>711</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>712</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>713</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>714</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="107">
-      <c r="A107" s="5" t="n">
+      <c r="A107" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="K107" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="L107" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="5" t="n">
         <v>1917</v>
       </c>
-      <c r="B107" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="5" t="s">
+      <c r="B108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="D107" s="5" t="s">
+      <c r="D108" s="5" t="s">
         <v>701</v>
       </c>
-      <c r="E107" s="5" t="inlineStr">
-[...45 lines deleted...]
-      </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>723</v>
-[...1 lines deleted...]
-      <c r="I108" s="5"/>
+        <v>726</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>727</v>
+      </c>
       <c r="J108" s="5" t="s">
-        <v>712</v>
+        <v>728</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>709</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>416</v>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>728</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
         <v>712</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>16</v>
+        <v>709</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>416</v>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="s">
-        <v>734</v>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>21</v>
+        <v>712</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>210</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>406</v>
-[...4 lines deleted...]
-        </is>
+        <v>210</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G112" s="5" t="s">
+        <v>751</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>750</v>
+        <v>21</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>406</v>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>21</v>
+        <v>760</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>210</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F114" s="5" t="s">
-[...3 lines deleted...]
-        <v>761</v>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="I114" s="5"/>
+        <v>765</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>766</v>
+      </c>
       <c r="J114" s="5" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>210</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F115" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G115" s="5" t="s">
+        <v>771</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>767</v>
-[...3 lines deleted...]
-      </c>
+        <v>772</v>
+      </c>
+      <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>210</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G116" s="5" t="s">
-        <v>773</v>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>210</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D118" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="D118" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E118" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>210</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>16</v>
+        <v>797</v>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="H119" s="5" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>210</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>802</v>
+        <v>16</v>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G120" s="5" t="s">
+        <v>805</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>805</v>
+        <v>21</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>537</v>
+        <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>812</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>638</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>810</v>
-[...5 lines deleted...]
-        </is>
+        <v>813</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>815</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>812</v>
-[...1 lines deleted...]
-      <c r="M121" s="5"/>
+        <v>817</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>818</v>
+      </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>537</v>
+        <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>210</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>820</v>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H122" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H122" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>823</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>811</v>
+        <v>824</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="M122" s="5"/>
+        <v>825</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>826</v>
+      </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>537</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="I123" s="5"/>
       <c r="J123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K123" s="5" t="s">
-        <v>811</v>
+        <v>829</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>817</v>
+        <v>830</v>
       </c>
       <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>818</v>
+        <v>831</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>537</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="s">
-        <v>802</v>
+      <c r="H124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I124" s="5"/>
       <c r="J124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K124" s="5" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
       <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>537</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H125" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H125" s="5" t="s">
+        <v>834</v>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K125" s="5" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>822</v>
+        <v>835</v>
       </c>
       <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>823</v>
+        <v>836</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>14</v>
+        <v>537</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>824</v>
+        <v>16</v>
+      </c>
+      <c r="D126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F126" s="5" t="s">
-[...3 lines deleted...]
-        <v>826</v>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>827</v>
-[...5 lines deleted...]
-        <v>829</v>
+        <v>820</v>
+      </c>
+      <c r="I126" s="5"/>
+      <c r="J126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K126" s="5" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>831</v>
-[...3 lines deleted...]
-      </c>
+        <v>838</v>
+      </c>
+      <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>14</v>
+        <v>537</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D127" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I127" s="5"/>
+      <c r="J127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K127" s="5" t="s">
         <v>837</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>838</v>
-[...3 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="M127" s="5"/>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>538</v>
+        <v>210</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>841</v>
+        <v>842</v>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F128" s="5" t="s">
-        <v>842</v>
-[...4 lines deleted...]
-        </is>
+        <v>843</v>
+      </c>
+      <c r="G128" s="5" t="s">
+        <v>844</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>537</v>
+        <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D129" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G129" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G129" s="5" t="s">
+        <v>852</v>
       </c>
       <c r="H129" s="5" t="s">
-        <v>850</v>
-[...5 lines deleted...]
-        </is>
+        <v>853</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>854</v>
+      </c>
+      <c r="J129" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>852</v>
-[...1 lines deleted...]
-      <c r="M129" s="5"/>
+        <v>856</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>857</v>
+      </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>537</v>
+        <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>538</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>860</v>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H130" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H130" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="I130" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="J130" s="5" t="s">
+        <v>863</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>851</v>
+        <v>864</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="M130" s="5"/>
+        <v>865</v>
+      </c>
+      <c r="M130" s="5" t="s">
+        <v>866</v>
+      </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>855</v>
+        <v>867</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>537</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K131" s="5" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>14</v>
+        <v>537</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D132" s="5" t="s">
-[...3 lines deleted...]
-        <v>860</v>
+      <c r="D132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G132" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I132" s="5"/>
+      <c r="J132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K132" s="5" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>865</v>
-[...3 lines deleted...]
-      </c>
+        <v>872</v>
+      </c>
+      <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>537</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D133" s="5" t="s">
-[...3 lines deleted...]
-        <v>868</v>
+      <c r="D133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G133" s="5" t="s">
-        <v>869</v>
+      <c r="G133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>260</v>
+        <v>874</v>
+      </c>
+      <c r="I133" s="5"/>
+      <c r="J133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K133" s="5" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>873</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="M133" s="5"/>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>876</v>
+        <v>16</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>701</v>
+        <v>210</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>17</v>
+        <v>878</v>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="H134" s="5" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>880</v>
+        <v>21</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>210</v>
+        <v>797</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>17</v>
+        <v>886</v>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>876</v>
+        <v>894</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>701</v>
       </c>
       <c r="E136" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>880</v>
+        <v>898</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>876</v>
+        <v>16</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>899</v>
+        <v>210</v>
       </c>
       <c r="E137" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>901</v>
-[...1 lines deleted...]
-      <c r="I137" s="5"/>
+        <v>904</v>
+      </c>
+      <c r="I137" s="5" t="s">
+        <v>905</v>
+      </c>
       <c r="J137" s="5" t="s">
-        <v>880</v>
+        <v>21</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>876</v>
+        <v>894</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>906</v>
+        <v>701</v>
       </c>
       <c r="E138" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>908</v>
-[...1 lines deleted...]
-      <c r="I138" s="5"/>
+        <v>911</v>
+      </c>
+      <c r="I138" s="5" t="s">
+        <v>912</v>
+      </c>
       <c r="J138" s="5" t="s">
-        <v>880</v>
+        <v>898</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>876</v>
+        <v>894</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>701</v>
+        <v>917</v>
       </c>
       <c r="E139" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="H139" s="5" t="s">
-        <v>914</v>
-[...3 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="I139" s="5"/>
       <c r="J139" s="5" t="s">
-        <v>880</v>
+        <v>898</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>16</v>
+        <v>894</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>210</v>
+        <v>924</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="s">
-        <v>113</v>
+        <v>925</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>920</v>
-[...3 lines deleted...]
-      </c>
+        <v>926</v>
+      </c>
+      <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>21</v>
+        <v>898</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>876</v>
+        <v>894</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>701</v>
       </c>
       <c r="E141" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>880</v>
+        <v>898</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D142" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="D142" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E142" s="5" t="s">
-        <v>933</v>
-[...1 lines deleted...]
-      <c r="F142" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G142" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G142" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>210</v>
+        <v>894</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>940</v>
+        <v>701</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G143" s="5" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>21</v>
+        <v>898</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>537</v>
+        <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D144" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D144" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E144" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>948</v>
-[...10 lines deleted...]
-        </is>
+        <v>952</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="J144" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="K144" s="5" t="s">
+        <v>954</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>949</v>
-[...1 lines deleted...]
-      <c r="M144" s="5"/>
+        <v>955</v>
+      </c>
+      <c r="M144" s="5" t="s">
+        <v>956</v>
+      </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>951</v>
+        <v>210</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>416</v>
+        <v>16</v>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F145" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I145" s="5"/>
+      <c r="F145" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="G145" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="H145" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="I145" s="5" t="s">
+        <v>961</v>
+      </c>
       <c r="J145" s="5" t="s">
-        <v>712</v>
+        <v>21</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>953</v>
+        <v>963</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>14</v>
+        <v>537</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="D146" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F146" s="5" t="s">
-[...3 lines deleted...]
-        <v>957</v>
+      <c r="F146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>958</v>
-[...8 lines deleted...]
-        <v>960</v>
+        <v>966</v>
+      </c>
+      <c r="I146" s="5"/>
+      <c r="J146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L146" s="6" t="s">
-        <v>961</v>
-[...3 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="M146" s="5"/>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>537</v>
+        <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>969</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>416</v>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H147" s="5" t="s">
-        <v>964</v>
+      <c r="H147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I147" s="5"/>
-      <c r="J147" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J147" s="5" t="s">
+        <v>712</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="M147" s="5"/>
+        <v>971</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>972</v>
+      </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>802</v>
+        <v>210</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F148" s="5" t="s">
-        <v>17</v>
+        <v>974</v>
       </c>
       <c r="G148" s="5" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>14</v>
+        <v>537</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>549</v>
-[...5 lines deleted...]
-        <v>976</v>
+        <v>16</v>
+      </c>
+      <c r="D149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="I149" s="5"/>
-      <c r="J149" s="5" t="s">
-        <v>978</v>
+      <c r="J149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K149" s="5" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>980</v>
-[...3 lines deleted...]
-      </c>
+        <v>984</v>
+      </c>
+      <c r="M149" s="5"/>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>16</v>
+        <v>820</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>983</v>
+        <v>797</v>
       </c>
       <c r="E150" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F150" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G150" s="5" t="s">
+        <v>986</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>986</v>
+        <v>260</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>16</v>
+        <v>549</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>802</v>
+        <v>993</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>18</v>
+        <v>994</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>991</v>
-[...3 lines deleted...]
-      </c>
+        <v>995</v>
+      </c>
+      <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>802</v>
+        <v>1001</v>
       </c>
       <c r="E152" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>986</v>
+        <v>1004</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>802</v>
+        <v>820</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="I153" s="5" t="s">
+        <v>1010</v>
+      </c>
+      <c r="J153" s="5" t="s">
         <v>1004</v>
       </c>
-      <c r="J153" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K153" s="5" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>787</v>
+        <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>820</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>1011</v>
+        <v>1004</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>983</v>
+        <v>820</v>
       </c>
       <c r="E155" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>986</v>
+        <v>1004</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
+        <v>797</v>
+      </c>
+      <c r="D156" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D156" s="5" t="s">
-[...6 lines deleted...]
-        <v>1023</v>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>1011</v>
+        <v>1029</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>787</v>
+        <v>16</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>171</v>
+        <v>1001</v>
       </c>
       <c r="E157" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1030</v>
-[...1 lines deleted...]
-      <c r="I157" s="5"/>
+        <v>1034</v>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>1035</v>
+      </c>
       <c r="J157" s="5" t="s">
-        <v>1031</v>
+        <v>1004</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>787</v>
+        <v>16</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>1036</v>
-[...9 lines deleted...]
-        </is>
+        <v>1040</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>1041</v>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>1011</v>
+        <v>1029</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>16</v>
+        <v>797</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>1022</v>
+        <v>171</v>
       </c>
       <c r="E159" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F159" s="5" t="s">
-        <v>1023</v>
+      <c r="F159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1043</v>
-[...3 lines deleted...]
-      </c>
+        <v>1048</v>
+      </c>
+      <c r="I159" s="5"/>
       <c r="J159" s="5" t="s">
-        <v>1011</v>
+        <v>1049</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>16</v>
+        <v>797</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>1022</v>
-[...5 lines deleted...]
-        <v>1023</v>
+        <v>1054</v>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>1011</v>
+        <v>1029</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>1055</v>
+        <v>16</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>1056</v>
+        <v>1040</v>
       </c>
       <c r="E161" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F161" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F161" s="5" t="s">
+        <v>1041</v>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>1059</v>
+        <v>1029</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>1022</v>
+        <v>1040</v>
       </c>
       <c r="E162" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F162" s="5" t="s">
-        <v>1023</v>
+        <v>1041</v>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>1011</v>
+        <v>1029</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>16</v>
+        <v>1073</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>802</v>
+        <v>1074</v>
       </c>
       <c r="E163" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>986</v>
+        <v>1077</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>1022</v>
+        <v>1040</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F164" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F164" s="5" t="s">
+        <v>1041</v>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>824</v>
-[...1 lines deleted...]
-      <c r="I164" s="5"/>
+        <v>1082</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1083</v>
+      </c>
       <c r="J164" s="5" t="s">
-        <v>1011</v>
+        <v>1029</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1076</v>
+        <v>1084</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1079</v>
+        <v>1087</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>159</v>
+        <v>16</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>538</v>
+        <v>820</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>1080</v>
-[...2 lines deleted...]
-        <v>1081</v>
+        <v>17</v>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1082</v>
-[...1 lines deleted...]
-      <c r="I165" s="5"/>
+        <v>1088</v>
+      </c>
+      <c r="I165" s="5" t="s">
+        <v>1089</v>
+      </c>
       <c r="J165" s="5" t="s">
-        <v>1083</v>
+        <v>1004</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>159</v>
+        <v>16</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>538</v>
+        <v>1040</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>1080</v>
-[...2 lines deleted...]
-        <v>1088</v>
+        <v>17</v>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1089</v>
+        <v>842</v>
       </c>
       <c r="I166" s="5"/>
       <c r="J166" s="5" t="s">
-        <v>1083</v>
+        <v>1029</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D167" s="5" t="s">
         <v>538</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>1080</v>
+        <v>1098</v>
       </c>
       <c r="F167" s="5" t="s">
-        <v>1081</v>
+        <v>1099</v>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1094</v>
-[...3 lines deleted...]
-      </c>
+        <v>1100</v>
+      </c>
+      <c r="I167" s="5"/>
       <c r="J167" s="5" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>538</v>
       </c>
       <c r="E168" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F168" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="G168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H168" s="5" t="s">
+        <v>1107</v>
+      </c>
+      <c r="I168" s="5"/>
+      <c r="J168" s="5" t="s">
         <v>1101</v>
       </c>
-      <c r="F168" s="5" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="K168" s="5" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D169" s="5" t="s">
         <v>538</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>1080</v>
+        <v>1098</v>
       </c>
       <c r="F169" s="5" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>16</v>
+        <v>159</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>1116</v>
+        <v>538</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1119</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>1120</v>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H170" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H170" s="5" t="s">
+        <v>1121</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>1118</v>
+        <v>1101</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>16</v>
+        <v>159</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>1022</v>
+        <v>538</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>17</v>
+        <v>1098</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>1023</v>
+        <v>1120</v>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1123</v>
-[...1 lines deleted...]
-      <c r="I171" s="5"/>
+        <v>1127</v>
+      </c>
+      <c r="I171" s="5" t="s">
+        <v>1128</v>
+      </c>
       <c r="J171" s="5" t="s">
-        <v>1011</v>
+        <v>1129</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>1022</v>
+        <v>1134</v>
       </c>
       <c r="E172" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F172" s="5" t="s">
-        <v>1128</v>
+      <c r="F172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H172" s="5" t="s">
-        <v>1129</v>
+      <c r="H172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>1011</v>
+        <v>1136</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>1022</v>
+        <v>1040</v>
       </c>
       <c r="E173" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F173" s="5" t="s">
-        <v>1128</v>
+        <v>1041</v>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1135</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="I173" s="5"/>
       <c r="J173" s="5" t="s">
-        <v>1011</v>
+        <v>1029</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>1022</v>
+        <v>1040</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>1141</v>
+        <v>17</v>
       </c>
       <c r="F174" s="5" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>1011</v>
+        <v>1029</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>802</v>
+        <v>1040</v>
       </c>
       <c r="E175" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F175" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F175" s="5" t="s">
+        <v>1146</v>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1149</v>
-[...1 lines deleted...]
-      <c r="I175" s="5"/>
+        <v>1153</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>1154</v>
+      </c>
       <c r="J175" s="5" t="s">
-        <v>986</v>
+        <v>1029</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>1022</v>
+        <v>1040</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>17</v>
+        <v>1159</v>
       </c>
       <c r="F176" s="5" t="s">
-        <v>1128</v>
+        <v>1160</v>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>1011</v>
+        <v>1029</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>983</v>
+        <v>820</v>
       </c>
       <c r="E177" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1160</v>
-[...3 lines deleted...]
-      </c>
+        <v>1167</v>
+      </c>
+      <c r="I177" s="5"/>
       <c r="J177" s="5" t="s">
-        <v>986</v>
+        <v>1004</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>159</v>
+        <v>16</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>538</v>
+        <v>1040</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>1080</v>
+        <v>17</v>
       </c>
       <c r="F178" s="5" t="s">
-        <v>1081</v>
+        <v>1146</v>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>1168</v>
+        <v>1029</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H179" s="5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I179" s="5" t="s">
+        <v>1179</v>
+      </c>
+      <c r="J179" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="K179" s="5" t="s">
+        <v>1180</v>
+      </c>
+      <c r="L179" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M179" s="5" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F180" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="G180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H180" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>1186</v>
+      </c>
+      <c r="K180" s="5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="L180" s="6" t="s">
+        <v>1188</v>
+      </c>
+      <c r="M180" s="5" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C181" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="D179" s="5" t="s">
+      <c r="D181" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="E179" s="5" t="inlineStr">
-[...30 lines deleted...]
-        <v>1178</v>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H181" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I181" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="J181" s="5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="K181" s="5" t="s">
+        <v>1194</v>
+      </c>
+      <c r="L181" s="6" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M181" s="5" t="s">
+        <v>1196</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -15242,44 +15422,46 @@
     <hyperlink ref="M155" r:id="rId160"/>
     <hyperlink ref="M156" r:id="rId161"/>
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
     <hyperlink ref="M161" r:id="rId166"/>
     <hyperlink ref="M162" r:id="rId167"/>
     <hyperlink ref="M163" r:id="rId168"/>
     <hyperlink ref="M164" r:id="rId169"/>
     <hyperlink ref="M165" r:id="rId170"/>
     <hyperlink ref="M166" r:id="rId171"/>
     <hyperlink ref="M167" r:id="rId172"/>
     <hyperlink ref="M168" r:id="rId173"/>
     <hyperlink ref="M169" r:id="rId174"/>
     <hyperlink ref="M170" r:id="rId175"/>
     <hyperlink ref="M171" r:id="rId176"/>
     <hyperlink ref="M172" r:id="rId177"/>
     <hyperlink ref="M173" r:id="rId178"/>
     <hyperlink ref="M174" r:id="rId179"/>
     <hyperlink ref="M175" r:id="rId180"/>
     <hyperlink ref="M176" r:id="rId181"/>
     <hyperlink ref="M177" r:id="rId182"/>
     <hyperlink ref="M178" r:id="rId183"/>
     <hyperlink ref="M179" r:id="rId184"/>
+    <hyperlink ref="M180" r:id="rId185"/>
+    <hyperlink ref="M181" r:id="rId186"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>