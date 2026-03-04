--- v1 (2026-01-02)
+++ v2 (2026-03-04)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1980" uniqueCount="1197" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2002" uniqueCount="1210" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1679,68 +1679,69 @@
 Snøde</t>
   </si>
   <si>
     <t>Alhed Larsen er på vej på sommerferie hos sin onkel Max i Snøde på Langeland. Johannes Larsen er (vides fra andre breve) i Sverige.</t>
   </si>
   <si>
     <t>Alhed Warberg/Larsen skriver fra færgen mod Rudkøbing. Hun takker for den dejlige morgentur, som gjorde, at hun helt glemte at blive ked af at skilles fra Johannes Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V6Ba</t>
   </si>
   <si>
     <t>Kære Las!
 Jeg naaede lykkelig og vel Nyborg, kørte over Torvet Kl. 10 Min. I 11, fik min Cycle sat om Bord, og gik derefter op i Byen for at købe medfølgende Brevpapir. – Nu sidder jeg om Bord i Sct Knud, hvor jeg har tilbragt Tiden paa udmærket behagelig Maade, har spadseret frem og tilbage paa Dækket og [ordet overstreget] og plirret med Øjnene op til Solen, har sludret med Kaptajnen og Jomfruen, har smaasovet og tænkt i et Sofahjørne, har drukken Kaffe og spist Chokolade og nu har jeg sat mig hen at skrive et Par Ord til min Ven Las. – 1000 Tak for sidst og for den dejlige Morgentur! Hvor alting smilede i Morges. Jeg glemte helt at være ked af, at jeg skulde skilles fra Dem. Og saa er jeg saa glad ved, at jeg ikke mere er saa bange for Dem. – Nu er vi snart i Rudkøbing. – Hils dem alle sammen! Og til Dem selv de kærligste Hilsner fra Deres Alhed.
 De lovede at skrive først, altsaa ligger der Brev til mig, naar jeg kommer til Snøde! –
 Skibet ryster, saa det er svært at skrive.</t>
   </si>
   <si>
     <t>1896-08-28</t>
   </si>
   <si>
     <t>København
 Sverige</t>
   </si>
   <si>
-    <t>Adis -
-Johanne Christine Brandstrup
+    <t>Johanne Christine Brandstrup
 Johanne Christine Larsen
 Marie Larsen
 Albrecht  Warberg
 Andreas Warberg
 Conrad Warberg
 Else Warberg
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>"Bedstemor" må være Laura Warbergs stedmor, Johanne Christine Brandstrup (1820-1898), f. Fenger, altså Alheds (sted)mormor. Albrecht Warbergs mor var født i 1801, så det er næppe hende, der er på køretur i 1896.
 "Onkel og Tante", som omtales kan være Conrad Warberg og Tante Else - Conrad var Albrecht Warbergs bror. Dette par boede dog ret langt fra Erikshaab, syd for Nyborg. Der var næppe tale om Adelheyde og Hempel Syberg - Mimmi var Albrecht Warbergs søster. Disse plejede at blive kaldt Onkel Hempel og Tante Mimmi. Desuden døde Adelheyde i 1896 af en svulst i hjernen.
-Louise Amstrup (f. Warberg) og Niels Elgaard Andersen - Louise søster til Albrecht.</t>
+Louise Amstrup (f. Warberg) og Niels Elgaard Andersen - Louise søster til Albrecht. 
+Adis var et af Astrid Warberg-Goldschmidts mange kælenavne.</t>
   </si>
   <si>
     <t>Alhed, hendes bedstemor m.fl. har været på besøg hos Onkel og Tante (se kommentarfeltet).
-Hun skal for første gang nogensinde ikke med til høstgilde på Gelskov. Kun broderen Dede deltager. Årsager er uklar.</t>
+Hun skal for første gang nogensinde ikke med til høstgilde på Gelskov. Kun broderen Andreas/Dede deltager. Årsagen er uklar.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/I7sJ</t>
   </si>
   <si>
     <t>Kære Las!
 Jeg opdager til min store Forbavselse, at det er meget over 8 Dage, siden jeg sidst skrev til Dem. Derfor sætter jeg mig til at skrive i dag, skønt det er den ”store Vaskedag”. Kl. er over 6 og jeg er lige bleven færdig i Køkkenet, hvor jeg har virket i over 12 Timer og saa er jeg endda ikke bleven træt. (Godt gjort! ikke?) Det er sandt, jeg vil for Resten ikke mere prale for Dem, selv om jeg har aldrig saa god Grund til det for jeg kunde tydelig se at De havde siddet og grinet, da De i deres forrige Brev spurgte om jeg nu kunde svømme 100 Tag. Maa jeg spørge, om De virkelig ikke synes, at det var en hurtig Fremgang paa godt 8 Dage, naar jeg i Begyndelsen kun nkunde nogle faa Tag? – For de siger da vel ikke ligesom min Onkel derovre, at naar man først kan svømme, saa kan man ligesaa længe det skal være! Hvor kan dog nogen Mennesker sige saadan noget Snak, i saa Tilfælde vilde jo aldrig nogen Mennesker drukne! Den Dag, jeg havde haft de 47 Tag, det var kun én Dag, var det med Opbebydelsen af alle mine Kræfter, og da jeg var færdig, sank jeg sjakmat ned paa Bunden. Maa jeg spørge, om jeg kunde have svømmet længere? Og jeg kan dog svømme, 47 Tag er da et temmelig langt Stykke. - - - Tak for Resten for Deres lange Brev, jeg fik det, da jeg var nede paa Stationen og sad et Kvarter paa Vognen og ventede paa Mor, der skulde komme med Toget. Jeg kører Dara i denne Tid (Far er i København) og det er frygtelig sjov. Den gaar meget sikrere paa sine Ben i Aar end i Fjor. Den bliver rørt ikke saa lidt i alt Fald i Forhold til hvad den plejer at blive. Vi har endogsaa dristet os til at køre ud med den i Regnvejr (Apropos om Forsigtighed: Ved de at vores Flag kun maa komme op i blikstille og Solskin!) Forleden, da Mor ikke var hjemme, besluttede Johanne, Adis og jeg at køre ud paa en Lystetur over til en Onkel og Tante hvor Haven er god for Øjeblikket. Vi inviterede min Bedstemor med, og hun var meget rørt over sine elskværdige Børnebørn; men ved De, hvorfor vi gjorde det? For det første for at faa Kaffebordet lidt bedre (min Tante er nemlig noget nærig og regner ikke os for noget) og for det andet for at have en til at beskæftige min Tante, mens vi andre afsøgte Haven. Begge Dele lykkedes fortrinligt; vi opnaaede Chokolade og havde udmærket Fred i de gule Blommer, mens min stakkels gamle Bedstemor blev travet rundt i Haven til hun var ganske træt. - - Det er et øsende regnvejr i disse dage, jeg gad vide om De ogsaa i Sverige har ”regnfulde Augustdage”. Hvor længe bliver De der endnu? men De maa da endelig ikke tage derfra uden i stille og godt Vejr, hvis De skal sejle hjem, saa maa De da hellere blive der lidt længere ikke sandt? – Bare vi kunde faa en køn September, og i det hele taget et kønt Efteraar, det kan være en dejlig Tid, hvis Vejret er sikkeligt. – Jeg har for Resten ikke oplevet noget videre siden jeg sidst skrev; jo i Gaar overværede jeg Vaskekonernes Mellemmad, og Samtalen drejede sig hele Tiden om buldne Fingre. De havde oplevet utrolige Ting paa det Omraade, en havde i Anledning af en saadan Finger siddet i 14 Døgn paa en Stol ved en Kakkelovn uden at være af Klæ’erne. ”Men den sidste Dag ku jeg heller ikke sidde længere, saa maatte jeg rokke hen i Seng”. Kan de forstaa hvorfor hun ikke havde gjort det noget før? – Og alt det, der dog kan flyde ud af saadan en Finger! det er forfærdelig at høre om. - - - Nu er det et Par Dage, siden jeg begyndte paa dette Brev, men paa Grund af Travlhed har det ikke lykkedes mig at faa det sluttet af og af Sted endnu. Marie vilde jeg ogsaa have skreven til denne Gang, men det naar jeg vist ikke. – I Morgen er der Høstgilde paa Gelskov, og vi skal for første Gang i vores Liv ikke med. Det er helt underlig; der har vi ellers moret os mangen en Gang. Det har været en stor Festdag for os lige fra vi var smaa og der er en egen Stemning, der hedder Høst[ordet udenfor fotokopi]stemning, som altid fulgte med den Dag; lige fra om Morgenen, naar vi gik over Markerne over for at hjælpe at smøre Mad. Og det var altid klart Septembervejr med Solskin og let Taage og meget dug og Spindelvæv i Græsset. – Men [udenfor kopi] om Aftenen var naturligvis det morsomste. Nu er det hele jo anderledes deromme, men det bliver underligt ikke at være med i Morgen. Kun Dede agter at gaa med, han vil dog nok om at smage paa Punschen. - - -
 Nu maa jeg slutte. Jeg længes ellers snart grundig efter Dem, lille Las. Men jeg maa nøjes med at sende Dem 1000 Hilsner fra Deres A.
 Erikshaab 28/8 – 96 – Fredag.</t>
   </si>
   <si>
     <t>1896-10-05</t>
   </si>
   <si>
     <t>Svanninge
 Langeland
 Nyborg
 Lohals
 Faaborg
 Sollerup</t>
   </si>
   <si>
     <t>Louise Brønsted
 Johanne Giersing
 Peter Hansen
@@ -2944,50 +2945,93 @@
 Joseph  Petterson
 Anna Louise Syberg
 Clara Syberg
 Fritz Syberg
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er muligvis ved at indrette sig i en lejlighed på Feden.
 Det store billede er muligvis "Bygevejr i april"</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er ved at indrette sig i en ny lejlighed. JL skal begynde på et nyt stort maleri.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0rov</t>
   </si>
   <si>
     <t>Kjerteminde den 26/1 1900
 Kjære Ugle - !
 Her er Resten af Tøjet med en lille Mundsmag i [ulæseligt] 2 Slags gid du maa være rask og det maa smage dig godt, vi stod og strøg til sent for i dag slagter vi Gris derfor maa du igjen nøjes med mig – saa skal hun nok skrive naar vi kommer forbi [ ulæseligt] skriv saa i Morgen lille Dine og fortæl mig en hel Deel jeg synes det er saa længe siden at vi saaes Syberg skrev forleden de var nu [ulæseligt] den lille Pige Clara havde havt Krampe – igjen men i en mindre Grad da Julen var forbi havde [de?] den sidste Dag havt Juletræ og bedt Joseph Petersens Børn derop Anna havde syet noget gammelt [Tøj?] om og det havde været en stor glæde for dem at [se?] Børnenes straalende Ansigter og trækkende afsted med alt godt hvad der hang paa Træet – de meldte os at [ulæseligt] Carelli er død og Boden lukket foreløbig
 [Fader?] var i Nyborg igaar og hørte af Birck at [-sterberg] rejser om en Tid – skal til en Tømmerhandler i Halmsted og have god Løn – Saugmesteren [ulæseligt] rendt baade med Karlsro og Høljeryd saa Birck [ulæseligt] derover om at ordne han vil sælge Karlsro [ulæseligt] begynder hans Bryderier – Alheds Moder og Louise kom [ulæseligt] Mandag Aften de skulde have rejst om Tirsdagen men blev alligevel hele Tirsdag sov saa hos os i 2 Nætter Vi stod tidlig op Onsdagmorgen satte 4 Vildænder paa Kl 7 og havde Kl. 9 dækket et fint Frokostbord med varm Mad Vin Ost Kiks Kaffe – og det smagte dem saa godt de skulde kjøre med Becker herfra Alhed, Las og Barn mødte i god tid. Georg og Marie med Ville – var ogsaa med – saa det var et stort Bord. – 
 De skulle om Aftenen til Ølstedgaard i Selskab der skulde Bentzen med saa blev Muk hjemme hos Dis som er syg endnu, Thora ligger ogsaa og skal ligge endnu en Maanedstid; der er bleven saa kjønt ude [ulæseligt] Alhed med hvide Gardiner i Sovekamret og [ulæseligt][køkken?] og den røde Kappe er bleven forlænget og [ulæseligt] grønt Gulvtæppe under Bordet samt Betræk på 3 Stole og Puffen og mange Blomster i Vin[duerne?] begge Svibelglas, en Hyasinth Fru Varberg havde med[ulæseligt] en rød Azalia har Vilhelm foræret dem og en [ulæseligt] Gjækker fra haven og 2 Zenerarier er kjøbt [ulæseligt] –sen den italienske Lampe – og smukke Glassager [ulæseligt] ogsaa meget Peters Maleri over Sofaen et Stycke ha[ulæseligt] paa Piedestalen Bogreol fuld af Bøger over [ulæseligt] Komode inden for Døren Spejlet over den an[ulæseligt] ved Kakkeloven Lysestager og Blomster gl[ulæseligt] paa den ene Side af Spejlet hænger Roserne paa d[ulæseligt] anden Fotografiet af den hollandske Kaae der hænger [ulæseligt] her inden for Døren en lille blank Mess[ing]kjeddel paa Kakkelovnen der har du det hele [ulæseligt] fra Stuen lille Gajen har det godt er bleven saa [ulæseligt]lig og spiser og sover godt. Johannes er begyn[dt ulæseligt] at ordne sig til at male det store Billede – [ulæseligt] skal males en lille Skitze – men hvor er hans S[ulæseligt] vi kan ikke finde den nogen Steder ved du ikke Besked om den? Lev nu vel og vær kjærlig hilset af din hele Slægt hils Olga mest hilses du dog af din gamle trofaste Moder -</t>
   </si>
   <si>
+    <t>1900-03-01</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
+Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
+Frk. Ben(t)sen, Marie og Grete kendes ikke. 
+Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
+Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
+  </si>
+  <si>
+    <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
+Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
+Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXEn</t>
+  </si>
+  <si>
+    <t>Erikshaab (Februar) 1900
+1ste Marts
+Kæreste lille Junge! Du må undskylde mit sidste dårlige Brev, der var skrevet af flere Gange, dennegang også skidt – hvad F.n skrive nu herfra, hvor alt er så dvaskt og dødt som i en skimlet Kælder; det sidste vil jeg for Resten ta i mig igen, for bare dèt - at man hver Dag traver ud i Odensebakkerne o a Steder, det skulde kunne fremkalde en Følelse af Salighed hverken død eller dvask. Men du forstår alligevel nok Meningen - : Selskaber – Vadsk – Uorden – Grete – Marie o s v – Glorups Piger har atter begyndt at hjemsøge Mors Hoved, nu vi nærmer os Mindedagen d 7de Marts. Jeg er dog – når jeg selv skal sige det – flink. Simulerer godt Humeur og Interesse for alt Uvæsenet, virker så småt om Formd. og Syer Hulsøm på Lagener om Eftermd., bliver sømmelig og afdanket. – Men Mors Hovede er da nogenlunde, jeg sætter også en Del ind på at have Mor hver Dag, men det er rigtignok hårdt at stampe mod Brodden i det Stykke. – 
+Vi skal have Spilleklub i Aften; Kaptain Schrolls og Degnens; desværre med Ungdom. Kirstine er bleven syg, så de skal ikke til Odense til Fars Fødselsdag. På Glorup er de også lidt syge, så vi må holde os i Skindet i År herhjemme. 
+Frk. Bensen afrejste i Søndags til Fåborg for at fejre Fastelavn, og skønt Mor havde bedt hende ikke at komme senere end Tirsdag, så har vi i Dag – Torsdag – endnu intet hørt eller set til Damen. Skønt Peter er god nok til Tider – og altid imod mig -, så ærgrer denne Hensynsløshed også mig en Del. Mor meget. 
+Dette er i Korthed de indtrufne Begivenheder, ved hvilke jeg ikke vil dvæle længere (at vi har Sne og Kulde har I vel også (Sludder)!) Nå, det var nemlig Turen – Vagabondturen; som jeg er bange for, at Du tror, at jeg ikke er begejstret nok for. Men det er jeg – aldeles knusende kolosalt. Jeg puger Penge sammen, hvor jeg får Øje på dem på Tæpper og Stræder i Kasser og Æsker og Lommer, ja har omgåedes den Plan at grave ude i Råmosen, hvor jeg altid har tænkt mig lå Skatte af uvurderlig Værd. Og 1 Krone tjenes hver 14de Dag ved ikke at ryge Tobak (jeg har fra Nytår kun ladet mig forære)
+Og jeg skal til at undgå Væddemål o.a. Og hver Morgen, når jeg spadserer, spekulerer jeg på nye Indtægtskilder – dog Pengene gror skam ikke på Træerne Junge, med al min Stræben har jeg endnu intet positivt Udbytte haft. - . Jeg har tænkt over vores Garderobe; var det ikke hensigtsmæssigt kun at have på: et Par tynde uldne Combinations. 1 Livstykke, 1 Par Cyclebuxer – Kjolen Strømper og Støvler. Med: 1 ulden Combinations, 1 Par Sko (?) Toiletsager (efter Behag) En Voksdugscape var vist nødvendig, men kan jo hjemmelaves. C’est tout bagage! - . Føden må vi jo have; jeg har tænkt mig, at følgende var bedst og billigst!: 1) Morgenkaffe 2) Middagsmad. Og ikke mere Mad. Jeg forsikrer Dig, at det er en Vane med den Æden også om Aftenen. – Jeg drømmer nu om - Holland. Tænk lidt i Ro over Sagen Junge! Holland som vi dog så ofte har tænkt på, og når vi nu var ved det! Vi kunde ikke søge et el. a. Legat? For trængende ensomme Piér? Det forekommer mig, at et sådant gives. - . Jeg kommer ved Lejlighed et lille Svip ind at snakke ordentlig med Dig om det. Min gamle italienske Sølvklokke vil jeg sælge – en Rejse er dog at foretrække.
+Tusinde Hilsner til Dig! Bare jeg hørte lige et lille Par Ord, jeg tænker en Del på Dig og Din Affaire
+Disser Bein
+[Skrevet på hovedet øverst s1:]
+For I véd jo, at Elle selv har skreven de sidste to Breve, der begge vare fortræffelige i sanitær Henseende</t>
+  </si>
+  <si>
     <t>1898-1900</t>
   </si>
   <si>
     <t>Alhed Larsen
 Jeppe Andreas Larsen
 Theodor Oppermann</t>
   </si>
   <si>
     <t>Johannes Larsen har muligvis solgt et maleri til Oppermann. IA Larsen har været til stor frokost med "jernbanefolk".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3F4P</t>
   </si>
   <si>
     <t>Kjære Johannes!
 Se hvor glædeligt at I idag paa Alheds Fødselsdag faar 100 Kr ind det er en herlig Oppermann
 Du undskylder nok at Fader lukkede op men han vilde endelig se hvad han sagde om dine udstillede Billeder; Hvordan vil du have det med Pengene skal vi sende dem til Kjøbenhavn saa lad os Adressen vide eller skal de blive her til du kommer tilbage jeg synes ogsaa da jeg saa disse Quitteringer at det er godt du faar dem med derover
 Hvor jeg dog er vor Herre taknemlig at du sælger saadan lidt engang imellem til Husbehov du skal se det kommer altsammen hvad vi faar Brug for efterhaanden, det er nu min faste Tro
 Her er et stygt Regnvejr saa de kom ikke til Nyborg idag. Igaar var Faer med til fiin Frokost paa Hotellet med Jernbanemændene, der synede Havnen der var varm [kogt/stegt] Kalkun med Peberrod og et saa flot dækket Bord som der aldrig havde været seet paa Hotellet før; hver en Flaske Rødvin Kaffe og Cognac de kom først hjem Kl 3 Eftermiddag
 Lev nu vel til vi sees du kjære Søn - hils Alhed mange Gange fra os - din Moder
 Skulde du være rejst saa sender Alhed det vel efter dig</t>
   </si>
   <si>
     <t>1900-04-26</t>
   </si>
@@ -3025,53 +3069,50 @@
     <t>Malerne deltager i udstilling. Alhed Larsen har solgt billedet med flox til Hempel Syberg. Chr. Eckardt har også solgt et billede på udstillingen. Der er en forespørgsel til Johannes Larsen, om han vil kopiere evighedsblomsterne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NaCo</t>
   </si>
   <si>
     <t>Kerteminde d. 26 - 4 1900
 Kære Ugle!
 Tak for Dit sidste Brev, jeg sender Dig her Din Trøje, nu lader det jo til at det bliver varmt igen, det har ellers været meget koldt her de foregaaende Dage Vi har nu faaet Køerne paa Græs og i Dag skal Hestene flyttes om i et Baghus som Faer har lejet, det ligger omtrent henne ved Ole Bagers, der er ogsaa et Kammer som Karlene kan ligge i, saa nu er vi snart herude af med alt muligt; Bøttern har jo lejet Staldene og han har haft meget travlt med at faa os bort. Oppe i Laden arbejdes der flittigt, Faer mener at vi paa Mandag kan begynde at flytte derop, i det mindste faa Køkkenet og stuerne i Orden, saa kan vi jo godt gaa herned og sove en lille Tid endnu; der kan ikke være tale om at opsætte flytningen en eneste Dag, saasnart det er færdigt deroppe, Du kan nok forstaa at vi har det meget knebent for Tiden, med Sovekammer Spisestue og Dagligstue i et Værelse og desuden er det ogsaa dyrt at faa Middagsmad i Byen til Folkene, vi har foruden Karlene tre Tømrere paa Kosten, saa vi længes bare efter at faa vor egen Husholdning igen.
 Naar det bare maa blive godt Vejr igen tænker jeg ogsaa nok at det skal gaa med mine Ben, de var bleven rigtig gode, jeg var jo ude at gaa i Søndags og Mandag og Tirsdag var det ogsaa godt, men da saa Vejret slog om Tirsdagaften kunde jeg straks mærke det og i Gaar og i Dag har det været daarligt, men i Dag er Vejret jo godt igen, saa jeg haaber paa at de skal være bedre i Morgen.
 Alhed har solgt billedet med Floxene til Onkel Syberg, der var Brev i Dag fra udstillingen at Pengene laa til hendes Disposition men hun vidste det nok i forvejen; Johannes har haft Brev fra Overretssagfører Henrichsen, at han forleden Dag havde set Evighedsblomsterne ude hos Philipsen og saa vilde han gerne spørge om Johannes ikke vilde copiere dem, saa vilde han have det i stedet for Akvarellen han har købt; jeg tror nok Johannes vil gøre det for 200 Kr. men han har ikke svaret ham endnu, saa du skal ikke tale om det til nogen. Forleden Dag talte jeg med Klaks i Telefonen, han fortalte at han nu er bleven Assistent dernede, lille Larsen er rejst, jeg kunde ikke forstaa hvorhen og saa havde Klaks faaet hans Plads, han skal foreløbig være der til Efteraaret og hvis Holm faar noget andet kan det jo være at han slumper til at faa Pladsen. Vi har haft et Par Breve fra Agraren, han er naturligvis mør i alle Lemmer nu i Begyndelsen; han er ikke videre begejstret over Soldaterlivet, han skrev sidst at naar han fik at vide hvad Dag Du kom kunde det være at han kunne komme ned til Færgen og hilse paa Dig, Moer og jeg har talt om at du maaske kunne tage med et tidligt Tog og saa opholde Dig nogle Timer i Nyborg. Kærlig Hilsen Din hengivne Marie
 Kjære lille Ugle
 Mange Gange tænker jeg paa at skrive men derved bliver det, her er saa meget der tager min Tid og Kræfter at jeg er saa træt om Aftenen for jeg maa jo tidlig op Kl. 6 skal Tømrernes Kaffe staa skjænket, vores Petroleumsapparat er i Brug og det gaar helt godt men jeg længes jo snart efter at vi var oppe hos os selv, Vejret er kjølt dog kan vi jo ikke tænke os bedre Byggevejr for det trækker ind igjennem Vinduerne saa det er en Lyst Ruderne er ikke sat i endnu for Tørringens Skyld.
 Ida Olsen var herinde hun rejser til Kjøbenhavn i morgen med Exprestoget herfra, bliver derovre et Par Dage skal bo i Stokholmsgade og vil da besøge Margrethe vi sagde det var bedst imellem 2 og 3 sig dog til Onkel at jeg blev saa glad ved at han solgte sit ene Billede det andet gaar ogsaa nok inden Udstillingen lukkes det maa være dejligt. Hils nu ogsaa Dumpe mange Gange det skal blive morsomt at faa en mundtlig Hilsen fra de kjære Børn.
 Her er saa koldt i disse Dage – hils nu ogsaa Olga Lau mange Gange hils ogsaa Frøken Rosenørn og tak hende rigtig godt lille Dinemor for den Tid du har været der dennegang.
 Ja nu begynder Foraaret, det tegner til mange Blomster paa Pæretræet i Aar og Guldregn men hvem der skal holde Orden i Haven det ved jeg knap for det lader ikke til at nogen vil gjøre Arbejdet der bliver fint i Bagergaarden nu der er sat Plankeværk over Gaarden saa der er ingen Mødding at se paa mere den Kasse er brækket ned og al Gjødning puttes ind i Faarehuset, nu fortrækker vi snart med alle. Karlene flytter i Aften de skal sove i et Huus vi har lejet Fru Storm spiser hos Georgs fremdeles – det er nemt og der faar hun god Mad i dag er det nok Astrids Varbergs Fødselsdag vi har plukket de Hyacinther der er i Haven de skal vist ned til hende naar nu Marie kommer ned hun er oppe at leje sig lidt
 Gud ske Lov Du er rask min lille Pige Gud føre dig sund og vel hjem til os igjen inden ret længe og velsigne al din Gjerning 
 Du fik vel dog Brevet med 10 i du maa altid svare straks – for min Skyld jeg er meget urolig for at de komme i rette Hænder
 Din Moder</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...1 lines deleted...]
-    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -7098,50 +7139,87 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1951-05-18</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Thora Cohn
+Else Jensen
+Emmerik Jensen
+Hjalmar Johansen
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Poul Lorentsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen var død, da Johannes Larsen skrev brevet</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har blandt andet været i Zoologisk Have i København. Nu er han hjemme og skal til Romsø med Christiansen. Gåsen ligger stadig på æg. Han vedlægger et brev fra Poul Lorentsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5W9d</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Maj 1951
+Kære Lysse og Bimse.
+Jeg fik snakket med en Del Mennesker i Kjøbenhavn og Fredagen før Pintse kørte Else og Emmerik mig til zoologisk Have og derfra til Banegaarden hvor jeg i et overfyldt Tog kom til Korsør og videre til Nyborg, hvor Puf hentede mig. Vi har haft det koldt her siden men i Dag er det mildere og jeg har været nede hos Christiansen og aftalt med ham at tage til Romsø i Morgen. Vores Gaas ligger stadig skønt den skulde have haft Gæslinger for en Uge siden. I Dag fik jeg vedlagte Brev fra Statsskovrider Poul Lorentzen, som Du nok vil høre nærmere fra. Hvordan gaar det med Kalkunerne? og med de smaa Æg? Tak for sidst! Mange Hilsner fra Puf, Else, Børnene og 
+Jeres JL.
+[På side 2 er der tegnet et kort. På dette er der skrevet:]
+Tyllesand 5
+114 Per Larson
+Lasse!
+100 Godsågere
+Skogsvakten
+Hjalmar Johansen</t>
   </si>
   <si>
     <t>Forår 1890</t>
   </si>
   <si>
     <t>Louise Brønsted
 Alhed Larsen
 - Lundsten
 Ellen  Sawyer
 - Südow
 Emilie Zeuthen
 Laura Zeuthen
 Otto Zeuthen</t>
   </si>
   <si>
     <t>Christine Mackie, f. Warberg, var hos familien Zeuthen i Möör i Sverige 1889-1890. Hun fungerede som skolefrøken samt pige i huset.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1879</t>
   </si>
   <si>
     <t>Zeuthens børn skal til eksamen to dage i træk, og deres lærer, Christine, synes at det er hårdt.
 Christines reformdragt er færdig, og der er snore tilovers. Hun foreslår, at Alhed får disse snore, som Ellen kan få med hjem sammen med mønsteret. Christine rejser til Ellen torsdag.
 Laura Zeuthen trådte i skoven på en hugorms hale, og Christine slog den ihjel med en kæp. Der er mange hugorme på stedet.
 Louises dukke bliver sød, og Christine laver tøj til den.</t>
@@ -7256,59 +7334,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/583e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzuH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gHF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DZoG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXXc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP6z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j1TS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iZm9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WDdF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGid" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9Im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3F4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4d3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsVE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0Sc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oWmH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GvAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sOPL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DqvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ntgE41ev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPbw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7KtK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xprx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ccrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/583e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzuH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gHF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DZoG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXXc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP6z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j1TS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iZm9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WDdF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGid" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9Im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3F4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4d3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsVE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0Sc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oWmH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GvAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sOPL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DqvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ntgE41ev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPbw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7KtK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xprx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ccrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M181"/>
+  <dimension ref="A1:M183"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -10637,1547 +10715,1549 @@
       </c>
       <c r="I77" s="5" t="s">
         <v>521</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>522</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>523</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>525</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>15</v>
+        <v>526</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>16</v>
+        <v>159</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>161</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>526</v>
-[...1 lines deleted...]
-      <c r="I78" s="5"/>
+        <v>527</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>528</v>
+      </c>
       <c r="J78" s="5" t="s">
-        <v>21</v>
+        <v>529</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>170</v>
+        <v>15</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>531</v>
-[...3 lines deleted...]
-      </c>
+        <v>534</v>
+      </c>
+      <c r="I79" s="5"/>
       <c r="J79" s="5" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>537</v>
+        <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>538</v>
-[...14 lines deleted...]
-        </is>
+        <v>170</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="I80" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I80" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="K80" s="5" t="s">
+        <v>541</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>540</v>
-[...1 lines deleted...]
-      <c r="M80" s="5"/>
+        <v>542</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>543</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>14</v>
+        <v>545</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>526</v>
+      </c>
+      <c r="D81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>542</v>
-[...8 lines deleted...]
-        <v>544</v>
+        <v>546</v>
+      </c>
+      <c r="I81" s="5"/>
+      <c r="J81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L81" s="6" t="s">
-        <v>545</v>
-[...3 lines deleted...]
-      </c>
+        <v>547</v>
+      </c>
+      <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>548</v>
+        <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>549</v>
+        <v>15</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>550</v>
+        <v>171</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>474</v>
+        <v>18</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="K82" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="I82" s="5"/>
-      <c r="J82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>552</v>
       </c>
-      <c r="K82" s="5" t="s">
+      <c r="M82" s="5" t="s">
         <v>553</v>
-      </c>
-[...4 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="C83" s="5" t="s">
         <v>556</v>
       </c>
-      <c r="B83" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D83" s="5" t="s">
-        <v>210</v>
+        <v>557</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F83" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>557</v>
+      <c r="F83" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>558</v>
       </c>
-      <c r="I83" s="5" t="s">
+      <c r="I83" s="5"/>
+      <c r="J83" s="5" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>560</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>561</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>563</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>171</v>
+        <v>210</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F84" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G84" s="5" t="s">
+        <v>564</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>538</v>
-[...4 lines deleted...]
-        </is>
+        <v>171</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>570</v>
+        <v>18</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>571</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>572</v>
       </c>
       <c r="J85" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="K85" s="5" t="s">
         <v>573</v>
       </c>
-      <c r="K85" s="5" t="s">
+      <c r="L85" s="6" t="s">
         <v>574</v>
       </c>
-      <c r="L85" s="6" t="s">
+      <c r="M85" s="5" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F86" s="5" t="s">
         <v>577</v>
       </c>
-      <c r="B86" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="5" t="s">
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="5" t="s">
+      <c r="I86" s="5" t="s">
         <v>579</v>
       </c>
-      <c r="F86" s="5" t="s">
+      <c r="J86" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="G86" s="5" t="s">
+      <c r="K86" s="5" t="s">
         <v>581</v>
       </c>
-      <c r="H86" s="5" t="s">
+      <c r="L86" s="6" t="s">
         <v>582</v>
       </c>
-      <c r="I86" s="5" t="s">
+      <c r="M86" s="5" t="s">
         <v>583</v>
-      </c>
-[...10 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="G87" s="5" t="s">
         <v>588</v>
-      </c>
-[...18 lines deleted...]
-        <v>113</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>589</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>590</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>21</v>
+        <v>591</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D88" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="D88" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E88" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="s">
-        <v>595</v>
+        <v>113</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>596</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>597</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>598</v>
       </c>
       <c r="L88" s="6" t="s">
         <v>599</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
         <v>601</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D89" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D89" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F89" s="5" t="s">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G89" s="5" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>603</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>604</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>605</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>606</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>608</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>537</v>
+        <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D90" s="5" t="inlineStr">
-[...28 lines deleted...]
-        </is>
+      <c r="D90" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>610</v>
-[...1 lines deleted...]
-      <c r="M90" s="5"/>
+        <v>613</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>614</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>14</v>
+        <v>545</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>39</v>
-[...8 lines deleted...]
-        <v>612</v>
+        <v>16</v>
+      </c>
+      <c r="D91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="s">
-[...6 lines deleted...]
-        <v>615</v>
+      <c r="H91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I91" s="5"/>
+      <c r="J91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K91" s="5" t="s">
         <v>616</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>617</v>
       </c>
-      <c r="M91" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M91" s="5"/>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="F92" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="B92" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="5" t="s">
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
         <v>620</v>
       </c>
-      <c r="D92" s="5" t="s">
+      <c r="I92" s="5" t="s">
         <v>621</v>
       </c>
-      <c r="E92" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
         <v>622</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>623</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>624</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>626</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I93" s="5"/>
       <c r="J93" s="5" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>39</v>
+        <v>628</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>538</v>
-[...5 lines deleted...]
-        <v>612</v>
+        <v>627</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H94" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>634</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>635</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>637</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="E95" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="s">
         <v>638</v>
       </c>
-      <c r="F95" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H95" s="5" t="s">
+      <c r="I95" s="5" t="s">
         <v>639</v>
       </c>
-      <c r="I95" s="5" t="s">
+      <c r="J95" s="5" t="s">
         <v>640</v>
       </c>
-      <c r="J95" s="5" t="s">
+      <c r="K95" s="5" t="s">
         <v>641</v>
       </c>
-      <c r="K95" s="5" t="s">
+      <c r="L95" s="6" t="s">
         <v>642</v>
       </c>
-      <c r="L95" s="6" t="s">
+      <c r="M95" s="5" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="E96" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="s">
         <v>646</v>
       </c>
-      <c r="F96" s="5" t="s">
+      <c r="I96" s="5" t="s">
         <v>647</v>
       </c>
-      <c r="G96" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H96" s="5" t="s">
+      <c r="J96" s="5" t="s">
         <v>648</v>
       </c>
-      <c r="I96" s="5" t="s">
+      <c r="K96" s="5" t="s">
         <v>649</v>
       </c>
-      <c r="J96" s="5" t="s">
+      <c r="L96" s="6" t="s">
         <v>650</v>
       </c>
-      <c r="K96" s="5" t="s">
+      <c r="M96" s="5" t="s">
         <v>651</v>
-      </c>
-[...4 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>612</v>
+        <v>654</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
         <v>655</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>656</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>657</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>658</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>659</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>661</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>647</v>
+        <v>619</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>662</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>663</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>664</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>665</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>666</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>668</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>548</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>621</v>
+        <v>39</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>620</v>
-[...9 lines deleted...]
-        </is>
+        <v>526</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>654</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>416</v>
+        <v>669</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>537</v>
+        <v>555</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>628</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>627</v>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H100" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H100" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="M100" s="5"/>
+        <v>679</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>680</v>
+      </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K101" s="5" t="s">
-        <v>609</v>
+        <v>682</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>14</v>
+        <v>545</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D102" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="H102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I102" s="5"/>
+      <c r="J102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K102" s="5" t="s">
-        <v>682</v>
+        <v>616</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>683</v>
-[...3 lines deleted...]
-      </c>
+        <v>685</v>
+      </c>
+      <c r="M102" s="5"/>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>538</v>
-[...7 lines deleted...]
-        <v>612</v>
+        <v>210</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>688</v>
+        <v>21</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>689</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>690</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
         <v>692</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>526</v>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F104" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>693</v>
       </c>
-      <c r="G104" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>695</v>
       </c>
-      <c r="J104" s="5" t="s">
+      <c r="K104" s="5" t="s">
         <v>696</v>
       </c>
-      <c r="K104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>697</v>
       </c>
-      <c r="L104" s="6" t="s">
+      <c r="M104" s="5" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D105" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>701</v>
       </c>
-      <c r="E105" s="5" t="s">
+      <c r="I105" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="J105" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="K105" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="L105" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="M105" s="5" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="E106" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F105" s="5" t="s">
-[...33 lines deleted...]
-      <c r="C106" s="5" t="s">
+      <c r="F106" s="5" t="s">
         <v>709</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
         <v>710</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>711</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>712</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>713</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>714</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="107">
-      <c r="A107" s="5" t="s">
+      <c r="A107" s="5" t="n">
+        <v>1916</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
         <v>716</v>
       </c>
-      <c r="B107" s="5" t="s">
+      <c r="D107" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>717</v>
       </c>
-      <c r="C107" s="5" t="s">
+      <c r="I107" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="K107" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="L107" s="6" t="s">
+        <v>721</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="C108" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="D107" s="5" t="s">
-[...30 lines deleted...]
-      <c r="M107" s="5" t="s">
+      <c r="D108" s="5" t="s">
         <v>725</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A108" s="5" t="n">
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H108" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="K108" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="L108" s="6" t="s">
+        <v>731</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="5" t="n">
         <v>1917</v>
       </c>
-      <c r="B108" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C108" s="5" t="s">
+      <c r="B109" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C109" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="D108" s="5" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D109" s="5" t="s">
-        <v>416</v>
+        <v>708</v>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
         <v>733</v>
       </c>
-      <c r="I109" s="5"/>
+      <c r="I109" s="5" t="s">
+        <v>734</v>
+      </c>
       <c r="J109" s="5" t="s">
-        <v>712</v>
+        <v>735</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>416</v>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>16</v>
+        <v>716</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>416</v>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G111" s="5" t="s">
-        <v>744</v>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H111" s="5" t="s">
         <v>745</v>
       </c>
       <c r="I111" s="5" t="s">
         <v>746</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>21</v>
+        <v>719</v>
       </c>
       <c r="K111" s="5" t="s">
         <v>747</v>
       </c>
       <c r="L111" s="6" t="s">
         <v>748</v>
       </c>
       <c r="M111" s="5" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
         <v>750</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>210</v>
       </c>
       <c r="E112" s="5" t="s">
@@ -12196,241 +12276,241 @@
       </c>
       <c r="I112" s="5" t="s">
         <v>753</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K112" s="5" t="s">
         <v>754</v>
       </c>
       <c r="L112" s="6" t="s">
         <v>755</v>
       </c>
       <c r="M112" s="5" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
         <v>757</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>406</v>
-[...4 lines deleted...]
-        </is>
+        <v>210</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G113" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G113" s="5" t="s">
+        <v>758</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>760</v>
+        <v>21</v>
       </c>
       <c r="K113" s="5" t="s">
         <v>761</v>
       </c>
       <c r="L113" s="6" t="s">
         <v>762</v>
       </c>
       <c r="M113" s="5" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
         <v>764</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>406</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
         <v>765</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>766</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>21</v>
+        <v>767</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>210</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F115" s="5" t="s">
-[...3 lines deleted...]
-        <v>771</v>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H115" s="5" t="s">
         <v>772</v>
       </c>
-      <c r="I115" s="5"/>
+      <c r="I115" s="5" t="s">
+        <v>773</v>
+      </c>
       <c r="J115" s="5" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>210</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F116" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>778</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>777</v>
-[...3 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>210</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G117" s="5" t="s">
-        <v>783</v>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H117" s="5" t="s">
         <v>784</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>785</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>786</v>
       </c>
       <c r="L117" s="6" t="s">
         <v>787</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
         <v>789</v>
       </c>
       <c r="B118" s="5" t="s">
@@ -12458,2831 +12538,2919 @@
       </c>
       <c r="I118" s="5" t="s">
         <v>792</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>793</v>
       </c>
       <c r="L118" s="6" t="s">
         <v>794</v>
       </c>
       <c r="M118" s="5" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
         <v>796</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D119" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="D119" s="5" t="s">
+      <c r="E119" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G119" s="5" t="s">
         <v>797</v>
       </c>
-      <c r="E119" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G119" s="5" t="s">
+      <c r="H119" s="5" t="s">
         <v>798</v>
       </c>
-      <c r="H119" s="5" t="s">
+      <c r="I119" s="5" t="s">
         <v>799</v>
       </c>
-      <c r="I119" s="5" t="s">
+      <c r="J119" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K119" s="5" t="s">
         <v>800</v>
       </c>
-      <c r="J119" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K119" s="5" t="s">
+      <c r="L119" s="6" t="s">
         <v>801</v>
       </c>
-      <c r="L119" s="6" t="s">
+      <c r="M119" s="5" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>210</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>16</v>
+        <v>804</v>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="s">
         <v>805</v>
       </c>
       <c r="H120" s="5" t="s">
         <v>806</v>
       </c>
       <c r="I120" s="5" t="s">
         <v>807</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>808</v>
       </c>
       <c r="L120" s="6" t="s">
         <v>809</v>
       </c>
       <c r="M120" s="5" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
         <v>811</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G121" s="5" t="s">
         <v>812</v>
-      </c>
-[...14 lines deleted...]
-        </is>
       </c>
       <c r="H121" s="5" t="s">
         <v>813</v>
       </c>
       <c r="I121" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J121" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K121" s="5" t="s">
         <v>815</v>
       </c>
-      <c r="K121" s="5" t="s">
+      <c r="L121" s="6" t="s">
         <v>816</v>
       </c>
-      <c r="L121" s="6" t="s">
+      <c r="M121" s="5" t="s">
         <v>817</v>
-      </c>
-[...1 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="5" t="s">
         <v>819</v>
       </c>
-      <c r="B122" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D122" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
         <v>820</v>
       </c>
-      <c r="E122" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H122" s="5" t="s">
+      <c r="I122" s="5" t="s">
         <v>821</v>
       </c>
-      <c r="I122" s="5" t="s">
+      <c r="J122" s="5" t="s">
         <v>822</v>
       </c>
-      <c r="J122" s="5" t="s">
+      <c r="K122" s="5" t="s">
         <v>823</v>
       </c>
-      <c r="K122" s="5" t="s">
+      <c r="L122" s="6" t="s">
         <v>824</v>
       </c>
-      <c r="L122" s="6" t="s">
+      <c r="M122" s="5" t="s">
         <v>825</v>
-      </c>
-[...1 lines deleted...]
-        <v>826</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D123" s="5" t="s">
         <v>827</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
         <v>828</v>
       </c>
-      <c r="I123" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I123" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="J123" s="5" t="s">
+        <v>830</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>830</v>
-[...1 lines deleted...]
-      <c r="M123" s="5"/>
+        <v>832</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>833</v>
+      </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H124" s="5" t="s">
+        <v>835</v>
       </c>
       <c r="I124" s="5"/>
       <c r="J124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K124" s="5" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H125" s="5" t="s">
-        <v>834</v>
+      <c r="H125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K125" s="5" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>820</v>
+        <v>841</v>
       </c>
       <c r="I126" s="5"/>
       <c r="J126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K126" s="5" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H127" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H127" s="5" t="s">
+        <v>827</v>
       </c>
       <c r="I127" s="5"/>
       <c r="J127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K127" s="5" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="M127" s="5"/>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>14</v>
+        <v>545</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>16</v>
+      </c>
+      <c r="D128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F128" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G128" s="5" t="s">
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I128" s="5"/>
+      <c r="J128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K128" s="5" t="s">
         <v>844</v>
       </c>
-      <c r="H128" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J128" s="5" t="s">
+      <c r="L128" s="6" t="s">
         <v>847</v>
       </c>
-      <c r="K128" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="M128" s="5"/>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="G129" s="5" t="s">
         <v>851</v>
       </c>
-      <c r="B129" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G129" s="5" t="s">
+      <c r="H129" s="5" t="s">
         <v>852</v>
       </c>
-      <c r="H129" s="5" t="s">
+      <c r="I129" s="5" t="s">
         <v>853</v>
       </c>
-      <c r="I129" s="5" t="s">
+      <c r="J129" s="5" t="s">
         <v>854</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>855</v>
       </c>
       <c r="L129" s="6" t="s">
         <v>856</v>
       </c>
       <c r="M129" s="5" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
         <v>858</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>538</v>
+        <v>16</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>39</v>
+        <v>210</v>
       </c>
       <c r="E130" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G130" s="5" t="s">
         <v>859</v>
       </c>
-      <c r="F130" s="5" t="s">
+      <c r="H130" s="5" t="s">
         <v>860</v>
       </c>
-      <c r="G130" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H130" s="5" t="s">
+      <c r="I130" s="5" t="s">
         <v>861</v>
       </c>
-      <c r="I130" s="5" t="s">
+      <c r="J130" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K130" s="5" t="s">
         <v>862</v>
       </c>
-      <c r="J130" s="5" t="s">
+      <c r="L130" s="6" t="s">
         <v>863</v>
       </c>
-      <c r="K130" s="5" t="s">
+      <c r="M130" s="5" t="s">
         <v>864</v>
-      </c>
-[...4 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="F131" s="5" t="s">
         <v>867</v>
-      </c>
-[...19 lines deleted...]
-        </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
         <v>868</v>
       </c>
-      <c r="I131" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I131" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="J131" s="5" t="s">
+        <v>870</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>870</v>
-[...1 lines deleted...]
-      <c r="M131" s="5"/>
+        <v>872</v>
+      </c>
+      <c r="M131" s="5" t="s">
+        <v>873</v>
+      </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H132" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H132" s="5" t="s">
+        <v>875</v>
       </c>
       <c r="I132" s="5"/>
       <c r="J132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K132" s="5" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H133" s="5" t="s">
-        <v>874</v>
+      <c r="H133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I133" s="5"/>
       <c r="J133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K133" s="5" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="M133" s="5"/>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>545</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D134" s="5" t="s">
-[...3 lines deleted...]
-        <v>878</v>
+      <c r="D134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G134" s="5" t="s">
-        <v>879</v>
+      <c r="G134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="I134" s="5" t="s">
         <v>881</v>
       </c>
-      <c r="J134" s="5" t="s">
-        <v>21</v>
+      <c r="I134" s="5"/>
+      <c r="J134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K134" s="5" t="s">
         <v>882</v>
       </c>
       <c r="L134" s="6" t="s">
         <v>883</v>
       </c>
-      <c r="M134" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>797</v>
+        <v>210</v>
       </c>
       <c r="E135" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G135" s="5" t="s">
         <v>886</v>
       </c>
-      <c r="F135" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G135" s="5" t="s">
+      <c r="H135" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="H135" s="5" t="s">
+      <c r="I135" s="5" t="s">
         <v>888</v>
       </c>
-      <c r="I135" s="5" t="s">
+      <c r="J135" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K135" s="5" t="s">
         <v>889</v>
       </c>
-      <c r="J135" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K135" s="5" t="s">
+      <c r="L135" s="6" t="s">
         <v>890</v>
       </c>
-      <c r="L135" s="6" t="s">
+      <c r="M135" s="5" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="E136" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="B136" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C136" s="5" t="s">
+      <c r="F136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G136" s="5" t="s">
         <v>894</v>
       </c>
-      <c r="D136" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G136" s="5" t="s">
+      <c r="H136" s="5" t="s">
         <v>895</v>
       </c>
-      <c r="H136" s="5" t="s">
+      <c r="I136" s="5" t="s">
         <v>896</v>
       </c>
-      <c r="I136" s="5" t="s">
+      <c r="J136" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="K136" s="5" t="s">
         <v>897</v>
       </c>
-      <c r="J136" s="5" t="s">
+      <c r="L136" s="6" t="s">
         <v>898</v>
       </c>
-      <c r="K136" s="5" t="s">
+      <c r="M136" s="5" t="s">
         <v>899</v>
-      </c>
-[...4 lines deleted...]
-        <v>901</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>16</v>
+        <v>901</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>210</v>
+        <v>708</v>
       </c>
       <c r="E137" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="H137" s="5" t="s">
         <v>903</v>
       </c>
-      <c r="H137" s="5" t="s">
+      <c r="I137" s="5" t="s">
         <v>904</v>
       </c>
-      <c r="I137" s="5" t="s">
+      <c r="J137" s="5" t="s">
         <v>905</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K137" s="5" t="s">
         <v>906</v>
       </c>
       <c r="L137" s="6" t="s">
         <v>907</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
         <v>909</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>894</v>
+        <v>16</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>701</v>
+        <v>210</v>
       </c>
       <c r="E138" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="s">
         <v>910</v>
       </c>
       <c r="H138" s="5" t="s">
         <v>911</v>
       </c>
       <c r="I138" s="5" t="s">
         <v>912</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>898</v>
+        <v>21</v>
       </c>
       <c r="K138" s="5" t="s">
         <v>913</v>
       </c>
       <c r="L138" s="6" t="s">
         <v>914</v>
       </c>
       <c r="M138" s="5" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
         <v>916</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>917</v>
+        <v>708</v>
       </c>
       <c r="E139" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="H139" s="5" t="s">
         <v>918</v>
       </c>
-      <c r="H139" s="5" t="s">
+      <c r="I139" s="5" t="s">
         <v>919</v>
       </c>
-      <c r="I139" s="5"/>
       <c r="J139" s="5" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="K139" s="5" t="s">
         <v>920</v>
       </c>
       <c r="L139" s="6" t="s">
         <v>921</v>
       </c>
       <c r="M139" s="5" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
         <v>923</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>924</v>
       </c>
       <c r="E140" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="s">
         <v>925</v>
       </c>
       <c r="H140" s="5" t="s">
         <v>926</v>
       </c>
       <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="K140" s="5" t="s">
         <v>927</v>
       </c>
       <c r="L140" s="6" t="s">
         <v>928</v>
       </c>
       <c r="M140" s="5" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
         <v>930</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>701</v>
+        <v>931</v>
       </c>
       <c r="E141" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>932</v>
-[...1 lines deleted...]
-      <c r="I141" s="5" t="s">
         <v>933</v>
       </c>
+      <c r="I141" s="5"/>
       <c r="J141" s="5" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>934</v>
       </c>
       <c r="L141" s="6" t="s">
         <v>935</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
         <v>937</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>16</v>
+        <v>901</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>210</v>
+        <v>708</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="s">
-        <v>113</v>
+        <v>938</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>21</v>
+        <v>905</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>894</v>
+        <v>16</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>701</v>
+        <v>210</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="s">
-        <v>944</v>
+        <v>113</v>
       </c>
       <c r="H143" s="5" t="s">
         <v>945</v>
       </c>
       <c r="I143" s="5" t="s">
         <v>946</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>898</v>
+        <v>21</v>
       </c>
       <c r="K143" s="5" t="s">
         <v>947</v>
       </c>
       <c r="L143" s="6" t="s">
         <v>948</v>
       </c>
       <c r="M143" s="5" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
         <v>950</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>210</v>
+        <v>901</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>16</v>
+        <v>708</v>
       </c>
       <c r="E144" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G144" s="5" t="s">
         <v>951</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="H144" s="5" t="s">
         <v>952</v>
       </c>
       <c r="I144" s="5" t="s">
         <v>953</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>260</v>
+        <v>905</v>
       </c>
       <c r="K144" s="5" t="s">
         <v>954</v>
       </c>
       <c r="L144" s="6" t="s">
         <v>955</v>
       </c>
       <c r="M144" s="5" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
         <v>957</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>210</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E145" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E145" s="5" t="s">
+        <v>958</v>
       </c>
       <c r="F145" s="5" t="s">
-        <v>958</v>
-[...1 lines deleted...]
-      <c r="G145" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H145" s="5" t="s">
         <v>959</v>
       </c>
-      <c r="H145" s="5" t="s">
+      <c r="I145" s="5" t="s">
         <v>960</v>
       </c>
-      <c r="I145" s="5" t="s">
+      <c r="J145" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="K145" s="5" t="s">
         <v>961</v>
       </c>
-      <c r="J145" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K145" s="5" t="s">
+      <c r="L145" s="6" t="s">
         <v>962</v>
       </c>
-      <c r="L145" s="6" t="s">
+      <c r="M145" s="5" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F146" s="5" t="s">
         <v>965</v>
       </c>
-      <c r="B146" s="5" t="s">
-[...23 lines deleted...]
-        </is>
+      <c r="G146" s="5" t="s">
+        <v>966</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>966</v>
-[...10 lines deleted...]
-        </is>
+        <v>967</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="J146" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K146" s="5" t="s">
+        <v>969</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>967</v>
-[...1 lines deleted...]
-      <c r="M146" s="5"/>
+        <v>970</v>
+      </c>
+      <c r="M146" s="5" t="s">
+        <v>971</v>
+      </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>14</v>
+        <v>545</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>969</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>16</v>
+      </c>
+      <c r="D147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H147" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H147" s="5" t="s">
+        <v>973</v>
       </c>
       <c r="I147" s="5"/>
-      <c r="J147" s="5" t="s">
-[...3 lines deleted...]
-        <v>970</v>
+      <c r="J147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L147" s="6" t="s">
-        <v>971</v>
-[...3 lines deleted...]
-      </c>
+        <v>974</v>
+      </c>
+      <c r="M147" s="5"/>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>210</v>
+        <v>976</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>16</v>
+        <v>416</v>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F148" s="5" t="s">
-[...8 lines deleted...]
-      <c r="I148" s="5" t="s">
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I148" s="5"/>
+      <c r="J148" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="K148" s="5" t="s">
         <v>977</v>
       </c>
-      <c r="J148" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K148" s="5" t="s">
+      <c r="L148" s="6" t="s">
         <v>978</v>
       </c>
-      <c r="L148" s="6" t="s">
+      <c r="M148" s="5" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F149" s="5" t="s">
         <v>981</v>
       </c>
-      <c r="B149" s="5" t="s">
-[...23 lines deleted...]
-        </is>
+      <c r="G149" s="5" t="s">
+        <v>982</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>982</v>
-[...5 lines deleted...]
-        </is>
+        <v>983</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="J149" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>984</v>
-[...1 lines deleted...]
-      <c r="M149" s="5"/>
+        <v>986</v>
+      </c>
+      <c r="M149" s="5" t="s">
+        <v>987</v>
+      </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>14</v>
+        <v>545</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>820</v>
-[...11 lines deleted...]
-        <v>986</v>
+        <v>16</v>
+      </c>
+      <c r="D150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>987</v>
-[...5 lines deleted...]
-        <v>260</v>
+        <v>989</v>
+      </c>
+      <c r="I150" s="5"/>
+      <c r="J150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K150" s="5" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>990</v>
-[...1 lines deleted...]
-      <c r="M150" s="5" t="s">
         <v>991</v>
       </c>
+      <c r="M150" s="5"/>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
         <v>992</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>549</v>
+        <v>827</v>
       </c>
       <c r="D151" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G151" s="5" t="s">
         <v>993</v>
       </c>
-      <c r="E151" s="5" t="s">
+      <c r="H151" s="5" t="s">
         <v>994</v>
       </c>
-      <c r="F151" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H151" s="5" t="s">
+      <c r="I151" s="5" t="s">
         <v>995</v>
       </c>
-      <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="K151" s="5" t="s">
         <v>996</v>
       </c>
-      <c r="K151" s="5" t="s">
+      <c r="L151" s="6" t="s">
         <v>997</v>
       </c>
-      <c r="L151" s="6" t="s">
+      <c r="M151" s="5" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
+        <v>999</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="D152" s="5" t="s">
         <v>1000</v>
       </c>
-      <c r="B152" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D152" s="5" t="s">
+      <c r="E152" s="5" t="s">
         <v>1001</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
         <v>1002</v>
       </c>
-      <c r="I152" s="5" t="s">
+      <c r="I152" s="5"/>
+      <c r="J152" s="5" t="s">
         <v>1003</v>
       </c>
-      <c r="J152" s="5" t="s">
+      <c r="K152" s="5" t="s">
         <v>1004</v>
       </c>
-      <c r="K152" s="5" t="s">
+      <c r="L152" s="6" t="s">
         <v>1005</v>
       </c>
-      <c r="L152" s="6" t="s">
+      <c r="M152" s="5" t="s">
         <v>1006</v>
-      </c>
-[...1 lines deleted...]
-        <v>1007</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>820</v>
+        <v>1008</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
         <v>1009</v>
       </c>
       <c r="I153" s="5" t="s">
         <v>1010</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="E155" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>797</v>
+        <v>16</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>827</v>
+      </c>
+      <c r="E156" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
       <c r="K156" s="5" t="s">
         <v>1030</v>
       </c>
       <c r="L156" s="6" t="s">
         <v>1031</v>
       </c>
       <c r="M156" s="5" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
         <v>1033</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="D157" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D157" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
         <v>1034</v>
       </c>
       <c r="I157" s="5" t="s">
         <v>1035</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>1004</v>
+        <v>1036</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>1040</v>
+        <v>1008</v>
       </c>
       <c r="E158" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F158" s="5" t="s">
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H158" s="5" t="s">
         <v>1041</v>
       </c>
-      <c r="G158" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H158" s="5" t="s">
+      <c r="I158" s="5" t="s">
         <v>1042</v>
       </c>
-      <c r="I158" s="5" t="s">
+      <c r="J158" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K158" s="5" t="s">
         <v>1043</v>
       </c>
-      <c r="J158" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K158" s="5" t="s">
+      <c r="L158" s="6" t="s">
         <v>1044</v>
       </c>
-      <c r="L158" s="6" t="s">
+      <c r="M158" s="5" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D159" s="5" t="s">
         <v>1047</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E159" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F159" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F159" s="5" t="s">
+        <v>1048</v>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1048</v>
-[...1 lines deleted...]
-      <c r="I159" s="5"/>
+        <v>1049</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>1050</v>
+      </c>
       <c r="J159" s="5" t="s">
-        <v>1049</v>
+        <v>1036</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>1054</v>
-[...4 lines deleted...]
-        </is>
+        <v>171</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
         <v>1055</v>
       </c>
-      <c r="I160" s="5" t="s">
+      <c r="I160" s="5"/>
+      <c r="J160" s="5" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="K160" s="5" t="s">
         <v>1057</v>
       </c>
       <c r="L160" s="6" t="s">
         <v>1058</v>
       </c>
       <c r="M160" s="5" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
         <v>1060</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>16</v>
+        <v>804</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>1040</v>
-[...5 lines deleted...]
-        <v>1041</v>
+        <v>1061</v>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="E162" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F162" s="5" t="s">
-        <v>1041</v>
+        <v>1048</v>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>1073</v>
+        <v>16</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>1074</v>
+        <v>1047</v>
       </c>
       <c r="E163" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F163" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F163" s="5" t="s">
+        <v>1048</v>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I163" s="5" t="s">
         <v>1075</v>
       </c>
-      <c r="I163" s="5" t="s">
+      <c r="J163" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="K163" s="5" t="s">
         <v>1076</v>
       </c>
-      <c r="J163" s="5" t="s">
+      <c r="L163" s="6" t="s">
         <v>1077</v>
       </c>
-      <c r="K163" s="5" t="s">
+      <c r="M163" s="5" t="s">
         <v>1078</v>
-      </c>
-[...4 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D164" s="5" t="s">
         <v>1081</v>
-      </c>
-[...7 lines deleted...]
-        <v>1040</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F164" s="5" t="s">
-        <v>1041</v>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
         <v>1082</v>
       </c>
       <c r="I164" s="5" t="s">
         <v>1083</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>1029</v>
+        <v>1084</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>820</v>
+        <v>1047</v>
       </c>
       <c r="E165" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F165" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F165" s="5" t="s">
+        <v>1048</v>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1004</v>
+        <v>1036</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>1040</v>
+        <v>827</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>842</v>
-[...1 lines deleted...]
-      <c r="I166" s="5"/>
+        <v>1095</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>1096</v>
+      </c>
       <c r="J166" s="5" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>159</v>
+        <v>16</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>538</v>
+        <v>1047</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1099</v>
+        <v>17</v>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1100</v>
+        <v>849</v>
       </c>
       <c r="I167" s="5"/>
       <c r="J167" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="K167" s="5" t="s">
         <v>1101</v>
       </c>
-      <c r="K167" s="5" t="s">
+      <c r="L167" s="6" t="s">
         <v>1102</v>
       </c>
-      <c r="L167" s="6" t="s">
+      <c r="M167" s="5" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="F168" s="5" t="s">
         <v>1106</v>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
         <v>1107</v>
       </c>
       <c r="I168" s="5"/>
       <c r="J168" s="5" t="s">
-        <v>1101</v>
+        <v>1108</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="F169" s="5" t="s">
-        <v>1099</v>
+        <v>1113</v>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1112</v>
-[...3 lines deleted...]
-      </c>
+        <v>1114</v>
+      </c>
+      <c r="I169" s="5"/>
       <c r="J169" s="5" t="s">
-        <v>1114</v>
+        <v>1108</v>
       </c>
       <c r="K169" s="5" t="s">
         <v>1115</v>
       </c>
       <c r="L169" s="6" t="s">
         <v>1116</v>
       </c>
       <c r="M169" s="5" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
         <v>1118</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="E170" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="G170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H170" s="5" t="s">
         <v>1119</v>
       </c>
-      <c r="F170" s="5" t="s">
+      <c r="I170" s="5" t="s">
         <v>1120</v>
       </c>
-      <c r="G170" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H170" s="5" t="s">
+      <c r="J170" s="5" t="s">
         <v>1121</v>
       </c>
-      <c r="I170" s="5" t="s">
+      <c r="K170" s="5" t="s">
         <v>1122</v>
       </c>
-      <c r="J170" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K170" s="5" t="s">
+      <c r="L170" s="6" t="s">
         <v>1123</v>
       </c>
-      <c r="L170" s="6" t="s">
+      <c r="M170" s="5" t="s">
         <v>1124</v>
-      </c>
-[...1 lines deleted...]
-        <v>1125</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>1098</v>
+        <v>1126</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>1129</v>
+        <v>1108</v>
       </c>
       <c r="K171" s="5" t="s">
         <v>1130</v>
       </c>
       <c r="L171" s="6" t="s">
         <v>1131</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
         <v>1133</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>16</v>
+        <v>159</v>
       </c>
       <c r="D172" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H172" s="5" t="s">
         <v>1134</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="I172" s="5" t="s">
         <v>1135</v>
       </c>
       <c r="J172" s="5" t="s">
         <v>1136</v>
       </c>
       <c r="K172" s="5" t="s">
         <v>1137</v>
       </c>
       <c r="L172" s="6" t="s">
         <v>1138</v>
       </c>
       <c r="M172" s="5" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
         <v>1140</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>1040</v>
+        <v>1141</v>
       </c>
       <c r="E173" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F173" s="5" t="s">
-        <v>1041</v>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H173" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I173" s="5"/>
+      <c r="H173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>1142</v>
+      </c>
       <c r="J173" s="5" t="s">
-        <v>1029</v>
+        <v>1143</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="E174" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F174" s="5" t="s">
-        <v>1146</v>
+        <v>1048</v>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1147</v>
-[...1 lines deleted...]
-      <c r="I174" s="5" t="s">
         <v>1148</v>
       </c>
+      <c r="I174" s="5"/>
       <c r="J174" s="5" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="K174" s="5" t="s">
         <v>1149</v>
       </c>
       <c r="L174" s="6" t="s">
         <v>1150</v>
       </c>
       <c r="M174" s="5" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
         <v>1152</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="E175" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F175" s="5" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>1159</v>
+        <v>17</v>
       </c>
       <c r="F176" s="5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H176" s="5" t="s">
         <v>1160</v>
       </c>
-      <c r="G176" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H176" s="5" t="s">
+      <c r="I176" s="5" t="s">
         <v>1161</v>
       </c>
-      <c r="I176" s="5" t="s">
+      <c r="J176" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="K176" s="5" t="s">
         <v>1162</v>
       </c>
-      <c r="J176" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K176" s="5" t="s">
+      <c r="L176" s="6" t="s">
         <v>1163</v>
       </c>
-      <c r="L176" s="6" t="s">
+      <c r="M176" s="5" t="s">
         <v>1164</v>
-      </c>
-[...1 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>820</v>
+        <v>1047</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1166</v>
+      </c>
+      <c r="F177" s="5" t="s">
+        <v>1167</v>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1167</v>
-[...1 lines deleted...]
-      <c r="I177" s="5"/>
+        <v>1168</v>
+      </c>
+      <c r="I177" s="5" t="s">
+        <v>1169</v>
+      </c>
       <c r="J177" s="5" t="s">
-        <v>1004</v>
+        <v>1036</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>1040</v>
+        <v>827</v>
       </c>
       <c r="E178" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F178" s="5" t="s">
-        <v>1146</v>
+      <c r="F178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1172</v>
-[...3 lines deleted...]
-      </c>
+        <v>1174</v>
+      </c>
+      <c r="I178" s="5"/>
       <c r="J178" s="5" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>1001</v>
+        <v>1047</v>
       </c>
       <c r="E179" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F179" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F179" s="5" t="s">
+        <v>1153</v>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>1004</v>
+        <v>1036</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>159</v>
+        <v>16</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>538</v>
+        <v>1008</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1099</v>
+        <v>17</v>
+      </c>
+      <c r="F180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>1186</v>
+        <v>1011</v>
       </c>
       <c r="K180" s="5" t="s">
         <v>1187</v>
       </c>
       <c r="L180" s="6" t="s">
         <v>1188</v>
       </c>
       <c r="M180" s="5" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
         <v>1190</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>181</v>
+        <v>159</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>39</v>
-[...9 lines deleted...]
-        </is>
+        <v>526</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F181" s="5" t="s">
+        <v>1106</v>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
         <v>1191</v>
       </c>
       <c r="I181" s="5" t="s">
         <v>1192</v>
       </c>
       <c r="J181" s="5" t="s">
         <v>1193</v>
       </c>
       <c r="K181" s="5" t="s">
         <v>1194</v>
       </c>
       <c r="L181" s="6" t="s">
         <v>1195</v>
       </c>
       <c r="M181" s="5" t="s">
         <v>1196</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="5" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H182" s="5" t="s">
+        <v>1198</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J182" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K182" s="5" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L182" s="6" t="s">
+        <v>1201</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H183" s="5" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J183" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="K183" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="L183" s="6" t="s">
+        <v>1208</v>
+      </c>
+      <c r="M183" s="5" t="s">
+        <v>1209</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -15424,44 +15592,46 @@
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
     <hyperlink ref="M161" r:id="rId166"/>
     <hyperlink ref="M162" r:id="rId167"/>
     <hyperlink ref="M163" r:id="rId168"/>
     <hyperlink ref="M164" r:id="rId169"/>
     <hyperlink ref="M165" r:id="rId170"/>
     <hyperlink ref="M166" r:id="rId171"/>
     <hyperlink ref="M167" r:id="rId172"/>
     <hyperlink ref="M168" r:id="rId173"/>
     <hyperlink ref="M169" r:id="rId174"/>
     <hyperlink ref="M170" r:id="rId175"/>
     <hyperlink ref="M171" r:id="rId176"/>
     <hyperlink ref="M172" r:id="rId177"/>
     <hyperlink ref="M173" r:id="rId178"/>
     <hyperlink ref="M174" r:id="rId179"/>
     <hyperlink ref="M175" r:id="rId180"/>
     <hyperlink ref="M176" r:id="rId181"/>
     <hyperlink ref="M177" r:id="rId182"/>
     <hyperlink ref="M178" r:id="rId183"/>
     <hyperlink ref="M179" r:id="rId184"/>
     <hyperlink ref="M180" r:id="rId185"/>
     <hyperlink ref="M181" r:id="rId186"/>
+    <hyperlink ref="M182" r:id="rId187"/>
+    <hyperlink ref="M183" r:id="rId188"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>