--- v0 (2025-11-12)
+++ v1 (2026-01-14)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2354" uniqueCount="1418" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2128" uniqueCount="1296" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1109,106 +1109,50 @@
 Christian Møller, maler
 Christine Swane</t>
   </si>
   <si>
     <t>Hverringe er en herregård, der ligger på Hindsholm nord for Kerteminde. 
 Christine Larsen (Swane) boede fra efteråret 1897 til maj 1898 hos Anna og Fritz Syberg i Svanninge. Hun fulgte Fritz Sybergs tegneundervisning på Teknisk Skole i Fåborg.
 "Agraren er hjemme": Adolph Larsen var elev på Dalum Landbrugsskole, som var kostskole. 
 Marie Larsen var, mens dette brev blev skrevet, i huset hos Anne Marie Carl Nielsen.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på andejagt flere gange med blandt andre Maler Møller, som skød tre rådyr. 
 Det glæder Larsen, at Alhed alligevel ikke skal have plads i huset (hos en tante).
 Marie Larsen er glad for folkene, som hun er hos, og Christine Larsen (Swane) har det også godt. 
 Billedet fra Taarbystranden (På andetræk) er færdigt, og Larsen er begyndt at tegne Christian Andersen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Y6TP</t>
   </si>
   <si>
     <t>Kjerteminde 21 Novbr. 1897.
 Min egen Kæreste!
 Tak for Dit Brev i gaar. Jeg fik det om Morgenen og tog det med ud i Marken, hvor jeg opholdt mig næsten hele Dagen, jeg var kun hjemme for at spise til Middag. Jeg tog det frem for at læse det ude i Marken da jeg havde spist Frokost, men da det blæste saa stærkt og jeg saa der var Violer i maatte jeg putte det i Konvolutten igen og vente til jeg kom hjem med at læse det. Efter at jeg i Tirsdags og Onsdags Aftes havde været saa uheldig ude paa Taarbystranden, at skyde en And hver Aften uden at faa nogen af dem, var [jeg] i Torsdags saa heldig at sætte en Rekord for Andetræksjagten derude, ved at skyde 3 dejlige fede Ænder i 2 Skud, og faa dem alle 3. Næste Dag blev jeg imidlertid overgaaet af Maler Møller, han skød nemlig 3 Raadyr, de 2 sidste af et Skud. Der var den Dag Jagt paa Hverringe og der var jaget en hel Del Dyr herover, det var helt morsomt at se dem ude i Marken, Fader og Chr. Andersen var ogsaa derude, men der var ingen andre end Møller der var saa heldig at faa nogen. I Gaar var vi, d.v.s. Chr. Andersen og Møller og jeg derude hele Dagen som Du vil have set i Begyndelsen af Brevet men der var ingen Dyr i Gaar. Chr. A og jeg var paa Andetræk bagefter, men saa ingen Ænder, derimod kom der en Flok Graagæs lige hen over Hovedet paa mig, men de var lidt for højt, jeg prøvede dog alligevel med begge Løbene men, uden Resultat, Chr. A. skød ogsaa skønt han var endnu længere borte. Det glæder mig meget at Du ikke faar den Plads alligevel. Det var kedeligt at Du ikke kom paa Tirsdag, det var nemlig Meningen at de 3 Ænder skulde have været gemt til den Dag, jeg kan huske at Du syntes at de tørre Ællinger ovre i Sverige smagte bedre en[d] Urhønsene, saa jeg kunde nok lide at Du skulde have smagt dem naar de er fede, nu maa jeg nøjes med at fortælle Dig at de smagte udmærket vi spiste dem nemlig til Middag i Anledning af at Agraren er hjemme. Det er udmærket Vejr i Dag, naar jeg bliver færdig med dette Brev skal Agraren og jeg ud paa Andetræk. Klaks er nede paa Ditlefslyst eller i Svanninge, men det fortalte jeg vist sidst. Der har været Brev i Gaar fra Marie og Christine som begge har det godt, Marie er glad ved at være derovre og synes godt om Folkene hun er hos. Jeg synes at det er et meget kønt Selvportræt Du har lavet, hvis det klæder Dig ligesaa godt som det ser ud til paa Tegningen synes jeg det er en udmærket Maade at sætte Haaret paa. Jeg tror at Billedet fra Taarbystranden er færdigt nu, og det er ganske heldigt da Vandet nu begynder at stige saa meget derude at jeg snart ikke kan komme derud mere. Chr. Andersen har jeg begyndt at lave nogle Tegninger med Pen efter ham, men blev saa afbrudt i Forgaars af den Dyrejagt jeg saa og skulde lige til at begynde paa en Tegning til da Georg kom og meldte at Fader havde set 4 Dyr derude. Nu maa jeg slutte for at faa Brevet med 4 Posten. Mange kærlige Hilsner fra Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1898-01-01</t>
-[...54 lines deleted...]
-  <si>
     <t>1898-02-08</t>
   </si>
   <si>
     <t>Sollerup, Faaborg</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Adolph Larsen
 Jeppe Andreas Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Christine er på Sollerup om mandagen:
 Gården Sollerup ligger i Svanninge Bakker nord for Faaborg. I 1885 blev der opført en vinkelbygning til gården, og der blev her frem til 1915 drevet en kostskole/husholdningsskole for unge piger. Det er uklart, om Christine arbejdede på Sollerup hver mandag i perioden, eller om hun deltog i undervisning.
 Codille/kodille: Når en spiller i l’hombre får færre stik end en af modspillerne, får han dobbeltbet kaldet kodille. Spillet l’hombre er spansk, og ordet codillo betyder lille albue.
 Kilde: Ordbog over det Danske Sprog
 Nationalencyclopædien
 Larsens brev slutter meget brat. Det fremgår af hans næste brev til Alhed, at han tabte resten af brevet på gulvet, så det ikke kom med i kuverten 8. februar.</t>
   </si>
   <si>
     <t>Johannes Larsen har kørt sin far til Odense i glat føre.
 Han har ventet længe på tegneinspektøren på Teknisk Skole. 
 Forstkandidaterne har været til middag og kortspil i købmandsgården.</t>
@@ -1572,130 +1516,50 @@
 Tak fra Kristine</t>
   </si>
   <si>
     <t>Peder Hansen
 Alhed Larsen
 Jens  Nielsen</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen opholder sig muligvis på henholdsvis Erikshaab og Svanninge Kro, for at beskytte deres lille søn Puf mod en kighosteepidemi.
 Anders er muligvis en karl, der jævnligt arbejder for familien Larsen.
 Hverringe er et gods nord for Kerteminde.</t>
   </si>
   <si>
     <t>Familien Larsen i Kerteminde har travlt med markarbejde. I.A. Larsen har henvendt sig til byrådet i en sag, men endnu ikke fået svar.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JuzW</t>
   </si>
   <si>
     <t>Kjærbyhus
 Kjære Johannes!
 Byraadet har ingen Svar givet endnu. Jens Nielsen vilde ikke. nu har Fader tænkt paa Marskandiser Hansen det er dog en Mand med lidt Forstand i Panden, jeg skal i dag se at skaffe Penge at sende Alhed i Aften, vi fik ikke Anders – men igaar fik vi 2 en Jyde og en Fynbo, Jyden skal til Hverringe om 8 Dage men vi har haardt Brug for ham den Tid
 Kjærlig Hilsen til Eder begge. Din Moder</t>
   </si>
   <si>
-    <t>1899-09-28</t>
-[...78 lines deleted...]
-  <si>
     <t>1899-10-22</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Louise Amstrup
 Julie Brandt
 Viggo Bredsdorff
 Louise Brønsted
 Carl Neiiendam
 Gandenz Neiiendam
 Ellen  Sawyer
 Johan Wessel</t>
   </si>
   <si>
     <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
 Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
 Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
 Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
 Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
   </si>
@@ -1772,50 +1636,53 @@
 Alhed og Johannes Larsen bor på Feden i Kerteminde i et af IA Larsens huse.</t>
   </si>
   <si>
     <t>Georg Larsens kone skal opereres i København. Det glæder Vilhelmine Larsen, at Christine Swane er tilfreds med sin lærer. Byggeriet går fremad på - formodentlig- både Lille og Store Kærbyhus.
 Johannes Larsen skal til Faaborg med en akvarel. Han er ved at forberede en jagtudstilling.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/oaIp</t>
   </si>
   <si>
     <t>Kjerteminde den 5. Maj 1900
 Kjære Christine!
 Du vil jo ogsaa gjerne høre et lille Ord om Søndagen denne gang er det just ikke af de glædelige Georg og Marie kommer vistnok en af de første Dage til Kjøbenhavn hun er bleven bleven undersøgt af Gellerup og han raadede til en Operation hos Professor Levy der er skreven derover og de venter Brev i Morgen er der Plads saa rejser de, I kunde da for en [ ulæseligt ord] se ud paa Banegaarden Søndag ellers skal jeg nærmere skrive Dagen det gjør mig meget ondt for dem, godt er det at vi er her, og Børnene holder saameget af os vi kommer over det om vor Herre vil hjælpe os at Operationen maa gaa vel det er en Svulst der trykker paa Blæren saa hun lider meget naar Vandet kommer – men det kan jo være det ikke er saa slemt naar Professoren kommer tilstede, I kan nok tænke at det er Alvor, et Gode at Marie er sygeforsikret saa hun faar daglig Hjælp; men det er jo ligefuldt en dyr Historie.
 Georgs skal faa din Trøje med for nu bliver det jo varmt. Hils Eckardt saameget sig Dem jeg blev saa glad at Onkel solgte det andet Billede, men er her ikke Tid for mig at skrive mere end til dig.
 Med Bygningen gaar det godt frem men der vil da gaa en 14 Dage endnu inden vi kan komme derop; men nu er vi jo ogsaa nødvendige her saalænge
 Det glæder os at du mærker Fremgang og er fornøjet med din Lærer – det var da godt for ham at han fik de 1000 Kr i Præmie -.
 Nu skifter jeg for Marie vil skrive med Hils Alle du hilses saa kjærligt fra din Moder – 
 Kære lille Ugle!
 Nu vil jeg med det samme skrive et Par Ord. Vi sidder jo endnu her paa Soveværelset, med det gaar da godt fremad med Byggeriet, jeg var deroppe med Faer og Moer i Gaar, 2 Værelser er nu fuldstændig færdige med Undtagelse af at lægge Gulv,og det kan jo gøres i en Fart, vi har 3 Tømrere, de 2 andre Værelser bliver færdige paa Tirsdag, de 2 Gavlværelser er ogsaa omtrent færdige, der bliver en storartet Udsigt især paa det ene, man ser baade Vandet, Klinten og Verringelandet, hvor det bliver yndigt at komme derop og hvor jeg glæder mig til at faa Dig hjem, det har været saadan en lang trist Vinter, saa jeg haaber at vi nu skal faa det lidt fornøjeligt naar Du kommer, men Du kommer til at finde Dig i at gaa smaat, naar jeg skal med ud at spasere , jeg kan ikke faa Benene med, det har været dårligt en Tid igen, men i Gaar og i Dag synes jeg dog det er det bedste det har været, saa jeg maa ikke klage; i Dag er det 3 Maaneder siden jeg havde Docktor første Gang, sommetider bliver jeg saa angst for at jeg aldrig kommer mig rigtigt, men saa ler de andre af mig og siger at det er noget dumt Snak. Bare dog Operationen maa gaa godt for Marie, det er saa ængsteligt at tænke paa, men nu om Tide kan Lægerne jo gøre det utroligste med Hensyn til Operationer, saa maa vi haabe paa det bedste. Er Ingeborg saa kommen? Hils dem alle fra mig, der glædede os saameget at Onkel igen har solgt et Billede. Sig mig har du hørt eller set noget til Lindbergs i den sidste Tid, jeg talte i Gaar med Amalie Lindberg og hun fortalte mig at Susse havde faaet en Søn allerede i Marts Maaned, jeg blev meget forbavset da jeg ikke troede at det var saa snart det skulde ske og det undrer mig ogsaa at Susse ikke med et Ord har ladet mig det vide, hils fra mig naar Du siger Farvel derude. Johannes tager til Faaborg i Morgen med den Akvarel som Lars Larsen har købt, han kommer tilbage igen i Morgenaften for han har saa travlt med sine Billeder til Jagtudstillingen. Gaien er bleven en Del tykkere nede paa Haabet, han er rigtig sød. Nu maa Du endelig skrive op alt hvad Du giver ud i disse 14 Dage og lad os i god Tid vide hvor mange Penge Du skal have inden Du rejser fra Byen, Du er nok sød og sparer saa meget som muligt, der gaar en frygtelig Masse Penge til nu vi har Haandværksfolk hver Dag, Jeg glæder mig til Brevet i Morgen. De kærligste Hilsener fra Din hengivne Søster Marie.</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -2243,146 +2110,88 @@
 Karl Schou
 Marie Schou
 Fritz Syberg</t>
   </si>
   <si>
     <t>Truntehuset er et hus på Klintevej syd for Kerteminde. Det tilhører herregården Lundsgård. Engang var der salg af kaffe og the m.v. i bygningen.
 Det er uvist, hvilket barn på 8 pund, der er blevet født.
 "Hovedet" er den yderste spids af Fyns Hoved. 
 Selskabet har drukket kaffe "oppe i Skoven": Der var servering både i Skovpavillonen og i Louisenlund i Lundsgårdskoven på den tid. 
 Broløkke er en herregård, der ligger lidt nord for Kerteminde.</t>
   </si>
   <si>
     <t>Alheds søster, Louise er på besøg med sin mand, Brønsted (Magisteren), og de tager på udflugter, får kaffe, cykler tur, spiser på hotellet og synger tostemmigt på Torvet. Alhed Larsen og gæsterne har også været i hestevogn til Fyns Hoved. De brød ind i Sybergs hus for at komme i tørvejr. 
 Alhed Larsen og drengene har fået en ugle fra Broløkke. Den får lunge at spise.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/M0Oc</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Jeg kigger hver Dag om der ikke skulde være et Par Ord fra Dig. Vi har det alle godt, Magisterens kom Dagen efter, I var rejst, vi more dem paa alle mulige Maader. Første Dag tog vi dem til Truntehuset at drikke Kaffe, yndigt Vejr. Dagen efter cyclede Mag. og jeg til Rynkeby, de andre tog med Toget, der er kommen en dreng paa 8 Pund, alt staar godt til. I Gaar tog vi til F [ordene overstreget fra ”I”] Lørdag Aften gik vi paa Hotellet og spiste til Aften og drak Likører til Kl. 12, da vi gik derfra, stillede vi os op paa Torvet i Kirkedørsnichen og sang 2 stemmige Sange og samlede Opløb af alt hvad der endnu var paa Gaden, hvilket ikke var saa meget. I Gaar tog vi til Fyns Hoved, kørte Kl. 10 med Søren J’s Char à banc spiste i Kunstnerens Hus, mens Regnen strømmede ned, vi brød derind ved at tage Maven ud, senere klarede det af og vi gik en lang Tur ud paa Hovedet, hvor der var pragtfuldt, vi plukkede Evighedsblomster til en ny Guirlande. – I Dag har vi været oppe i Skoven at drikke Kaffe og fotografere Bordene! Værten var beæret.
 Nu gaar vi ud paa Hotellet og drikker en Thepunschssjus, saa Du ser, vi more dem det vi kan, Magisteren rejser i Morgen, Lugge bliver endnu et Par Dage. Jeg haaber I har det storartet deroppe, jeg glæder mig meget til at høre noget deroppe fra. Hils Lud mange Gange. Skriv nu et Par Ord. Du maa ikke sige til Skovs at vi har taget Bordene, de skal have [resten af teksten er skrevet ind på tværs over ”Kæreste Lavsi!”] et Kort med dem paa. Vi har faaet Uglen fra Brolykke, Drengene gik op og hentede den, den faar Lunge. 1000 Hilsner fra Din A.
 Mandag Aften</t>
   </si>
   <si>
-    <t>1905-01-17</t>
-[...44 lines deleted...]
-  <si>
     <t> 4. jun. 1907</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/WoKQ6GZ2</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/aMNlExY7</t>
   </si>
   <si>
     <t>1907-10-24</t>
   </si>
   <si>
     <t>Boston</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
     <t>Christine  Mackie
 Elisabeth Mackie
 William Mackie
 Emil Opffer
 Johanne Opffer
 C F Tietgen</t>
   </si>
   <si>
     <t>Alhed Larsen er hos sin søster i Boston, og Johannes Larsen åbner udstilling i Danskamerikanerens kontorer hos Emil Opffer i New York. 
 "Titgen vil vi ikke med": C.F. Tietgen gik ind i Thingvalla-rederiet i 1880, da dette rederi udvidede med ture til Nordarmerika.</t>
   </si>
   <si>
     <t>Alhed vil gerne have aviser tilsendt. Hun er ked af, at Johannes Larsen ikke har sat sine akvareller i rammer og spørger, hvad Larsen synes om de store rammer.
 Alhed og Johannes Larsen kan vist ikke få de 50 $. Alhed spørger til hjemrejsebilletter.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/G6GK</t>
   </si>
   <si>
     <t>Kæreste Larsi!
 Tak for Dit Brev i Dag og Opffers Brevkort, men Avis har jeg ikke faaet, send mig endelig Aviser det morer mig meget, jeg vilde ogsaa nok have en rigtig med ”min” Artikel i. Jeg er ganske Perplex over at Udstillingen aabner i dag, men meget elendig ved Tanken om, at Du saa ikke har gjort noget i Retning af Rammer til Akvarellerne og det tror jeg er meget forkert. Dels misklæder det dem meget at hænge uden Ramme og dels regner Folk dem ikke for noget, har Du ikke en Gang sat dem paa Kartoner. – Det er ellers meget spændende, hvordan det vil gaa Chr. sagde i Dag, at det saa ud som Billy havde taget Puttes Bog, saa vi altsaa ikke kunde faa de 50 $. Har Du taget Billet, nej det kan Du jo ikke, før vi ses. Gaar der ikke et 14-15de? det er mærkeligt med de 14 Dages Mellemrum men Titgen vil vi ikke med. Billy spørger stadig, om Du ik [de to bogstaver overstreget] eller Opffer ikke nævner hvordan I syntes om de store Rammer, han selv syntes, de klædte Billederne storartet, Du maa endelig sende ham et Par Ord, han var dog rørende med at sørge for Telegram o.s.v. – Vi har det godt men har ikke været uden for en Dør
 De kærligste Hilsner Din A.
 Hils Hr og Fru Opffer.</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/Vi2mHBE2</t>
   </si>
   <si>
     <t>1908-04-18</t>
   </si>
   <si>
     <t>Leksand
 Tibble</t>
   </si>
   <si>
     <t>- Bernberg
 Bjørn Bjørnsen
 - Blomberg
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 Amanda Heinesen
 Alhed Larsen
 Johanne Christine Larsen
 Senta S
 Asra Smedberg
 Cid Smedberg
 Tante Smedberg
 Christine Swane</t>
   </si>
   <si>
@@ -3392,56 +3201,50 @@
 Ellen Sawyer og hendes datter kom i 1911 hjem fra USA til Danmark, efter at Ellens mand, Harris, var død. De to boede de første år herefter i Kærbyhus i Kerteminde. Huset var ejet af Larsen-familien.
 Christine Mackie og hendes datter var flyttet fra USA til Kerteminde efter Christines skilsmisse.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2220</t>
   </si>
   <si>
     <t>Alhed takker for den smukke pude, som Astrid har givet hende i julegave. Alhed ønsker for Astrid, at hun og Alfred vil kunne få deres ægteskab til at fungere - ikke mindst for børnenes skyld. Hun tænker på, hvor søde de så ud, da hun sidst så dem i Malmø.
 Juleaften gik som sædvanlig; hyggeligt og med mange gaver. Nu holder man nytårsaften. Grethe og drengene har klædt sig ud, og de leger med fyrværkeri.
 Johannes Larsen har malet et portræt af Adelheyde Syberg/Tante Mimi, og Hempel Syberg er meget glad for det. 
 Alhed laver gymnastik og øver sig i at stå på hovedet. Hun og Johannes Larsen har fået badeværelse med gasovn, vand, badekar og toilet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/av6L</t>
   </si>
   <si>
     <t>Nytaarsaften 1912
 Kære lille Bein.
 Mange 1000 Tak for den henrivende Pude, Du sendte mig, jeg er saa ganske forfærdelig glad ved den, den staar i Dagligstuesofaen og pynter og hygger i hele Stuen. Den bliver vældig beundret, men hvor er den dog ogsaa smuk Mix der var her at gratulere Las 3die Juledag blev ved at stirre paa den og snakke om den. - Naa, nu skal man jo saa sige glædeligt Nytaar, i Aften løber jo det gamle ud. I Aar ser det jo ud som der er lidt Mening i at ønske Dig et glædeligt Nytaar, eller Sludder, ønske kan man ["man" indsat over linjen] jo altid, men jeg mener, det ser ud som Du kan faa det, med lidt Fred og Hygge i det daglige Liv. Det har glædet mig saa kolossalt at høre, at Alfred har været flink imod Dig i den senere Tid, naar Alfred er elskværdig; kan man jo umulig andet, end at holde af ham, og det gør Du jo ogsaa, jeg husker Du sagde i Sommer, at Du holdt meget af ham endnu, det var kun det, at han ikke kunde lide Dig, men maaske alting kan naa at blive godt endnu, eller dog bare nogenlunde, hvor var det dog inderligt at ønske, ikke mindst for Børnenes Skyld. Altsaa - gid det maa vare og gid det maa gaa frem. Jeg ved ikke, om nogen af de andre har skreven til Dig og fortalt noget om Julen; den er gaaet som sædvanlig; maaske lidt mere stille, det er vist første Gang, vi ikke har haft Tilrejsende Gæster. Juleaften var som sædvanlig yndig med Bunker af Gaver, jeg fik bl.a. af Las Troels Lund "Dagligt Liv i Norden" 7 tykke Bind i meget smuk Indbinding. Vi har faaet en glimrende Hjørnereol der staar henne i Krogen mellem Sofaen og Vinduet, oven paa en Hylde mell ["mell" overstreget] med Smaafigurer af Las og Kai, det gør Stuen større og kønnere, at den Krog er bleven indlemmet. Men Du kommer vel herom ad fra Brylluppet, - saa kan Du selv se. - Dette fortsættes senere paa Aftenen. Nu har vi spist til Aften, Steg og Æblekage, Rødvin og Sjerry og senere Godter og Sjerry. Christine og Putte har været her og naturligvis Elle og Grethe. Drengene har arbejdet med Kinesere og Kanonslag Skruptudser o.s.v. Gamle har et Par lange Buxer paa, han selv har syt af en gammel Nederdel, af og til kiger de herind og melder, at de intet er kommen til, det har de Ordre til. De morer sig kongeligt, Grethe er kælædt ud som Dreng. - Mon Du har hørt fra Mor at Las Billede af Tante Mimi er falden saa ganske udmærket ud. Onkel Syberg er henrykt over det, og det er nu ogsaa ganske glimrende, kan ikke ligne bedre. Tutte skriver til mig i Dag, at hun vil bede Onkel Syberg om ogsaa selv at lade sig male af Las. - Elle har det yndigt derovre, hendes Stue er voldsom hyggelig; og hvor man kan forstaa, at de nyder igen at have noget, de kan kalde deres eget; og det kommer saamænd nok til at gaa godt med Eleverne, det ser da meget lovende [teksten fortsætter på side 1 øverst, på tværs:] ud. - Naa nu vil jeg slutte, hils de to søde Unger Masser af Gange, jeg ser dem stadig for mig som de trippede over P ["P" overstreget] Gaden alene i Malmø den Dag Adam i sin lille Overfrakke. Tak lille Sjums for hendes Brev, saa nydeligt hun skriver. Men I har vel opdaget, at Møblerne var fra Grethe, ikke fra mig. hils ogsaa Alfred mange Gange, hun sagde ham vel, at vi var kede af, at han ikke var hjemme den Dag. Masser af Hilsner til Dig selv og endnu en Gang 1000 Tak for den dejlige men altfor store Julegave
 Paa Gensyn
 Din Be
 [Skrevet på side 4 langs venstre margen:] Jeg gør Gymnastik hver Dag, det er mit Ideal at komme til at staa paa Hovedet
 [Skrevet på side 4, nederst, på hovedet:] Vi har faaet Badeværelse med fint nyt Badekar, Gasovn, Vand og W.C!!!</t>
   </si>
   <si>
-    <t>21. jan. 1913</t>
-[...4 lines deleted...]
-  <si>
     <t>1913-02-06</t>
   </si>
   <si>
     <t>Hans Jensen
 Andreas Larsen
 Johan Larsen
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Johannes Larsen malede på Sprogø i december 1912 og er nu tilbage på øen.</t>
   </si>
   <si>
     <t>Alheds søster Ellen har ligget syg af mæslinger. Da Johannes Larsen formoder, at hun har ligget i hans og Alheds hus, ønsker han at værelset bliver kalket om, gulvet ferniseret og møblerne sæbet af. Han selv kan sove i et andet rum indtil videre.
 Larsen maler på en marine og et kystbillede med ryler, et havbillede og nogle edderfugle. Bjergandrikken har han malet to billeder af.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rucI</t>
   </si>
   <si>
     <t>Sprogø 6/2 1913.
 Kæreste Alhed!
 I Dag er Jensen herovre og jeg kan naa at faa et Brev med. Hvis Elle har ligget paa vores Værelse, hvad jeg tænker mig hun har, er det bedst at faa Vægge og Loft kalket og Møblerne og Sengene sæbet godt af, de sidste over det hele og Gulvet skuret og ferniseret, Desinfektion har jeg ingen videre Fidus til, efter det jeg kender til det. Mæslinger er jo noget uappetitligt Skab. Men de fordærvede Overhudsceller der falder af i alle Størrelser lige fra Støv man faar i Næse og Mund til smaa Stykker Hud man kan spytte ud, og sikken en Masse der kan have været paa Elle hvis hun har haft dem over det Hele. Ja Du maa undskylde at jeg skriver saa udførligt, men jeg synes allerede jeg kan smage dem. Imidlertid behøver det jo ikke at laves med det samme, jeg mener Kalkning o.s.v. Jeg kan jo ligge paa Pufsengen i Værkstedet eller oppe i Lysthuset, eller nede paa Gavlværelset naar Magnussen har været der.
 I Dag er her Foraar, her er kommet en Masse Lærker og de har trukket over Øen mod Nord hele Formiddagen. Jeg var lige ved at faa lavet et godt Marinebillede i Formiddags men saa sprang Vinden om og det blev kun til et Tilløb. Jeg har malt et stort Kystbillede med Ryler, det bliver vist ikke bedre end det er. Havbilledet lader det heller ikke til at blive Vejr til. Ederfuglene skal jeg have malet lidt paa efter nogle Fugle jeg har skudt, hvis det bliver Graavejr. I Eftermiddag skal jeg se at faa malet et Solskinsbillede hvis Vejret holder. Jeg er i det hele godt i Gang med at male og kan baade male længe i Billederne og faa noget færdigt i en Fart. Bjærgandrikken har jeg malet 2 Billeder af. Jeg syntes der var noget mere jeg skulde fortælle, men nu kan jeg ikke komme paa det. Hils Puf og Lysse mange Gange og mange Kys og Hilsner til Dig selv.
 Din
 Johannes Larsen.</t>
@@ -3817,82 +3620,50 @@
   </si>
   <si>
     <t>1 tønde hartkorn = 139 l = ca. 100 kg. 
 Hverringe Gods ligger nord for Kerteminde i Viby Sogn. Hovedbygningen er opført i 1790. Hverringe Gods er på 1655 hektar med gårdene Brolykke og Bøgebjerg. Oprindelig var Hverringe en skovgård beliggende ved de store skove, der lå ud til kysten. I 1607 opkøbte Hverringes ejer øen Romsø og et stort stykke kystskovbælte af kongen og derved blev godsets jordlod et meget langstrakt kystvendt område. Ud over landbrug og skovbrug er godsets forretningsområder i dag boligudlejning og jagt. Desuden driver godset Romsøbåden, der hele sommeren sejler turister fra Kerteminde til Romsø. Overnatning på øen er ikke tilladt. Desuden er en 5-stjernet campingplads i godsets regi.
 Ejer er Alexander Iuel, greve.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
   </si>
   <si>
     <t>Johannes Larsen har indløst et pantebrev, som Hverringe Gods har haft i faderens virksomhed</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/v0lv</t>
   </si>
   <si>
     <t>Af Stamhuset Hverringes Godskontor har underskrevne Kunstmaler Johannes Larsen i Dag erholdt udlånt den af Købmand I.A. Larsen i Kerteminde under 15. Juni 1895 til det med Stamhuset Hverringe forbundne Juelske Fideicommis udstedte og den 26. Juni 1895 tinglyste Panteobligation, lydende paa 8000 Kr., til foranstaltende Udslettelse af Afdrag 3500 Kr. og Tinglæsning af Relaxation af Panteretten i Matr. No 6 (Haven ved Stranden) med Hartkorn 1 3/4 Td.
 Kerteminde den 1. September 1914.
 Johannes Larsen. 
 vend
 Den foran nævnte Panteobligation er den 14de dennes modtaget tilbage fra By- og Herredfoged[ulæselig] i Kjerteminde.
 Hverringe Godskontor
 pr. Kerteminde 
 den 20 - October 1914.
 Krarup.</t>
-  </si>
-[...30 lines deleted...]
-NB Det aller nemmeste var jo at sætte Dem i telefonisk Forbindelse med Dr. Pers, hvis Adr staar paa Brevet</t>
   </si>
   <si>
     <t>Grete Jensen, f. Hansen</t>
   </si>
   <si>
     <t>Peter Hansen</t>
   </si>
   <si>
     <t>Grete og "Bimse" (Elena) skriver i samme brev til deres far.</t>
   </si>
   <si>
     <t>Faaborg Museum, Peter Hansens arkiv</t>
   </si>
   <si>
     <t>Grete og "Bimse" skriver forskelligt til deres far.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/XXCu</t>
   </si>
   <si>
     <t>Kære Fas!
 Hvordan har du det? Jeg har det godt. Du kan tro jeg morede mig til Bimses Bal jeg fik saa mange Ting fra Overflødighedshornet. Jeg fik en ring og en Brosche og en lille Klokke til at hænge om Missens Hals. Og naar den saa lober ringer Klokken saa jeg kan høre hvad den er. 
 Jeg har ogsaa faaet mange mange andre Ting. Jeg dansede med alle Herrerne. Om Aftenen spiller vi somme Tider 66 og i Begyndelsen vinder jeg saa siger jeg at vi skal gøre op men saa taber jeg og til sidst har jeg tabt alle mine Brikker og saa vil jeg naturligvis ikke góre op men saa gør Bomse Vrøvl. I Aften skal Bomse have Klub og saa har Mor lovet os en Æggesnaps, øm. Jeg skal lave en Historie til et Børneblad i Magasin du Nord og saa faar jeg 2 Kr. 
 Mange Hilsner fra din 
 Grete</t>
@@ -4298,100 +4069,50 @@
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/6cVnZS6j</t>
   </si>
   <si>
     <t> 2. jun. 1921</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/DMr2WPrd</t>
   </si>
   <si>
     <t> 4. jun. 1921</t>
   </si>
   <si>
     <t>Achton Friis
 Andreas Larsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/XZwQ3HoB</t>
   </si>
   <si>
-    <t>1921-06-07</t>
-[...48 lines deleted...]
-  <si>
     <t>1921-06-15</t>
   </si>
   <si>
     <t>Rudkøbing</t>
   </si>
   <si>
     <t>Bagenkop
 Svendborg
 Taasinge
 Thurø
 Lohals
 Humble, Langeland</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Christian Andersen
 Alfred Eckardt
 Elisabeth Eckardt    
 Achton Friis
 Jeppe Andreas Larsen
 Johan Christian Petersen</t>
   </si>
   <si>
     <t>Johannes Larsen og Achton Friis er på tur rundt i landet med skibet Rylen. De laver forarbejde til bogværket De Danskes Øer.
 Det vides ikke, om Lyon er en person, eller om der er tale om byen.</t>
@@ -4633,209 +4354,149 @@
     <t>Besser, Samsø
 Nordby, Samsø
 Stavnsfjord, Samsø
 Henne, 5453 Henne
 Ballen, Samsø</t>
   </si>
   <si>
     <t>Johannes Larsen er på vej afsted på tur med skibet Rylen sammen med Achton Friis og Skipper Petersen. De skal lave forarbejde til bogværket De Danskes Øer.</t>
   </si>
   <si>
     <t>Johannes Larsen er stadig på Samsø, på den nordlige del af Øen og på øerne i Stavns Fjord. Han er meget begejstret for byen Nordby med alle frugttræerne, og han arbejder, cykler og går meget. 
 Han er meget skuffet over, at sønnen Andreas Larsen alligevel ikke kommer med Rylen. Han er nervøs for, om Alhed Larsen når at få brevet inden hendes afrejse til København. Han føler ikke, at han har tid til at skrive hver dag, men opfordrer kraftigt Alhed Larsen til at skrive brev dagligt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9jSf</t>
   </si>
   <si>
     <t>Besser 27/5 Lørdag 1922
 Kæreste Alhed!
 Tak for dit Brev, dateret Mandag som jeg fik i Aftes Kl 10 1/2 da vi kom Hjem fra Nordby hvor vi har været nogle Dage. Vi har det godt men strængt. I Gaar begyndte jeg at tegne Kl. 6 inden Kaffen og saa var vi ude i [ulæseligt ord] hvor jeg lavede en Tegning en Aquarel saa hjemme til Middag saa om Eftr ude paa den nordligste Spids hvorfra vi kom hjem Kl. Kl. 6 og spiste til Aften der efter en mindre Tur NØ langs Stien og Kl. 9 da vi kom tilbage til Nordby, ca 1 1/2 Mils Cykletur her til Besser. Jeg synes det er meget og det vilde Du vist ogsaa hvis Du saa det Landskab det foregår i, alligevel er jeg ikke videre træt til Mrg, saa jeg er altsaa kommen mig godt. Det første 8-10 Dage var jeg dødtræt hver Aften og om Mrg. med. I Dag skal vi rundt paa Øerne i Stavnsfjord og i Mrg kommer Rylen. 
 Jeg kan ikke se af Dit Brev hvornaar Du tænker at foretage den Kjøbenhavns Rejse. Jeg ved heller ikke hvornaar det er Pintse. Maaske er Du rejst naar dette kommer til Kjerteminde. Det er ikke nemt for mig at faa Tid til at skrive eller faa Breve af Sted til enhver Tid naar vi rakker saadan rundt, men Du maa endelig skrive tidt ligesom da jeg var i Henne. Jeg bliver saa glad ved at faa Brev fra Dig. Det var en stor Skuffelse for os at Puf ikke kom. Efter Dit sidste Brev havde vi sikkert ventet at se ham Torsdag. Hils dem alle sammen og skriv endelig tidt. Mange kærlige Hilsner 
 Din hengivne JL.
 Nordby var en dejlig By meget stor og tæt og næsten druknet i blomstrende Pæretræer. Der var ingen andre Træer i Byen end Frugttræer og ingen Buske uden Frugtbuske. En Mængde Morbærtræer.</t>
   </si>
   <si>
-    <t>27. maj. 1922</t>
-[...34 lines deleted...]
-  <si>
     <t>31. maj. 1922</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
 Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/74ud2QUs</t>
-  </si>
-[...8 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/3BYrU4Y6</t>
   </si>
   <si>
     <t>13. maj - 15. juni 1922. </t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
 Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.
 Denne sidste del af dagbogen indeholder tegninger fra togtet, og en opsumering af de observerede fugle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/FKHil6pt</t>
   </si>
   <si>
     <t>23. jun. 1922</t>
   </si>
   <si>
     <t>- Petersen, Rylen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/qVHjSM8t</t>
   </si>
   <si>
     <t> 1. sep. 1922</t>
   </si>
   <si>
     <t>Achton Friis
 - Petersen, Rylen</t>
   </si>
   <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
     <t>https://fynboerne.ktdk.dk/n/xgN68ydL</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/xTjhgohS</t>
   </si>
   <si>
     <t>18. sep. 1922</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/fPK2uvH3</t>
   </si>
   <si>
     <t>1922-09-19</t>
   </si>
   <si>
     <t>Femø</t>
   </si>
   <si>
     <t>Femø
 Askø
 Stubbekøbing</t>
   </si>
   <si>
     <t>Achton Friis
 Georg Jacobsen</t>
   </si>
   <si>
     <t>Johannes Larsen sejler med Rylen sammen med Achton Friis og Skipper Petersen. De skal lave forarbejdet til bogværket De danskes Øer.
 Rylen - en ombygget Kerteminde fiskerbåd - var ekspedtionsskibet for JL og AF i årene 1921-24. I dag ejes Rylen af Østfyns Museer. 
 Øen Femø er omtalt i Achton Friis: De danskes Øer bd 2 s. 349. Gyldendal, 1927. 
 Landmandsbanken (grundlagt 1871) voksede til at blive Nordens største bank under gullaschperioden 1914-19. Efter afslutningen på første verdenskrig kom en periode med lavkonjunktur, og spekulationer samt over ekspansion på et for spinkelt kapitalgrundlag første i 1922 til bankens krak med et kæmpetab til følge. Blandt de mange, der blev ramt af krakket , var Johannes Larsens ven Lehn Schiøler, der gik konkurs med sit firma. Lehn Schiøler samarbejdede med Johannes Larsen omkring et stort bogprojekt om Danmarks og Nordens fuglefauna.
 Kilde: Den store danske encyklopædi bd. 11 s. 578.
 Danmarks fugle. Johannes Larsen og E. Lehn Schiøler. Johannes Larsen Museet, 2008.</t>
   </si>
   <si>
     <t>Johannes Larsen er på Femø og befinder sig vel der trods dårligt vejr en del af tiden. Sammen med Achton Friis er han til gode middage hos bla. præsten, og han finder i der hele taget øen og dens beboere meget imødekommende og festlige.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bARK</t>
   </si>
   <si>
     <t>Fæmø 19 Septbr 1922.
 Kæreste Alhed!
 Ja vi ligger her endnu. Det er jo et daarligt Arbejdsvejr, og da dette er den morsomste Ø vi endnu har truffet paa denne Tur vilde vi gerne en Dags ordentligt Vejr saa vi kunde komme Øen rundt. Vi har endnu ikke benyttet os af vore Cykler her. Jeg har kun kunnet lave 2 Tegninger om Dagen i de 3 foregaaende Dage og i Dag kun en da det har øsregnet siden Middag samtidigt med at vores Barometer havde arbejdet sig op fra Regn til smukt, dog stormede samtidigt med at Regnen begyndte. Vi fik Oksekødssuppe og Peberrodskød til Middag. Jeg havde faaet et Stykke Peberrod af Præsten som jeg traf nede hos Købmanden hvor han var for at købe en Fl. Portvin formodentlig den anden for i Dag, for de pastaar. her paa Øen at han køber 3-4 hver Dag og drikker dem. Det var en meget gemytlig Mand og han inviterede os alle 8 til Aften i Morgen hvis vi var her endnu, og det er vi altsaa. Det er en mærkelig Samling Præster de har her, ham paa Askø fik for nogle Aar siden taget et Par Børn fra sig af Værgeraadet fordi, de var blevet slemt forbrændte, og han forbød Lægen at se dem da Vorherre selv skulde helbrede dem. Præsten paa Fæmø havde Politiet hentet den Dag vi kom og de ventede ikke at se ham mere. I Aften skal Friis og jeg til Spisning hos Skolelæreren, han var her forleden og i Aftes var vi hos Kirkeværgens til Andesteg, saa Du kan se det er en meget gæstfri Befolkning. Jeg fik ogsaa et Glas af Portvinen hos Præsten da jeg var med inde efter Peberrod. Jeg forhørte i Dag hos Posten, i Haab om at der skulde være Brev men der var ingen. Jeg er spændt paa at høre om Jacobsen. Sikken en Redelighed med Landmandsbanken der har lukket. Ja vi har kun hørt R(ulæseligt) men haaber i Aften at faa Politiken at se hos Degnen. Degnen er meget interesseret i Malere og Malerier og maler selv. Jeg tænker mig for Resten at jeg ikke faar Brev før i Stubbekøbing og det kan jo vare noget hvis Vejret bliver ved at skabe sig saadan. Mange kærlige Hilsner
 Din
 JL.</t>
   </si>
   <si>
     <t>29. sep. 1922</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/gGrPbIOu</t>
   </si>
   <si>
-    <t>30. sep. 1922</t>
-[...4 lines deleted...]
-  <si>
     <t> 2. okt. 1922</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/CMVW8mo1</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/AP4kFsI0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/XQrDomK0</t>
   </si>
   <si>
     <t> 4. okt. 1922</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/3OfqrFfg</t>
   </si>
   <si>
     <t>1922-10-04</t>
   </si>
   <si>
     <t>Kallehave</t>
   </si>
   <si>
     <t>Kallehave, Præstø
 Langø, Kalvehave
 Lindholm, Kalvehave
 Nyord</t>
   </si>
   <si>
     <t>Johan Larsen
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>JL er sammen med Achton Friis og Skipper Petersen på sejltur med Rylen. De skal lave forarbejdet til bogværket De danskes Øer.
@@ -4960,59 +4621,50 @@
 Jeg er Maler og kender meget lidt til Bakterier, muligvis lige|saa|lidt som Professoren kender til Kunst. Alligevel hvis jeg begik en Afhandling af lignende Omfang om Bakteriologi vilde det forbavse mig om jeg blev taget alvorligt af den udmærkede Mands Kolleger.
 N.L. Det var første Spandfuld, nu kommer den næste
 Sønner af de Slagne
 Se I staar paa Muld!
 Vi vil jo allesammen gerne have Lov til at gaa paa Jorden, ogsaa unge Malere. Jeg kan ikke rigtigt se hvem Du vil ramme, Adr. er utydelig. Dog kan jeg se at Du vil bleve taget til Indtægt af Skidtet og med din Autoritet som Nordens største Skrivende kan Du gøre Fortræd for dem der burde hjælpes. Hvad er Moder? Enten det gælder Kunst eller Klæde. Dersom jeg var Velhaver med temmelig ubegrænsede Pengemidler, vilde jeg være Modelaps, Tøjjon, beherske Skræderne i London og Paris, en moderne Brummel. Maaske i manges Øjne en latterlig Person, i mine egne ikke mere end jeg er, jeg vilde jo ikke blive anderledes, fordi jeg havde Raad til at følge mine Lyster. Moder i Kunst hvad er det andet. Det er godt de er der. De kan være et Springbrædt for dem der skal begynde, de slipper for at blive hængende i de gamle Former og dem der duer skal, nok slippe igennem og ødelægger de dem der ingen Ting er til, hvad saa, gør det noget? Det samme gælder vel for Digtere, se "Æstetik og Udvikling" 
 Side 35:
 "Baade hvad Stof og Tilskyndelse o.s.v. 
 og
 Side 38:
 "Det gjaldt om en Forargelse o.s.v.
 Kære Johannes V.
 Her sidder jeg og skriver, og det er din Skyld og alligevel kan jeg ikke blive gal paa Dig. Jeg maa jo holde forfærdelig meget af Dig. Mange venlige Hilsner
 Din
 Johannes Larsen.</t>
   </si>
   <si>
     <t> 1. maj. 1923</t>
   </si>
   <si>
     <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
   </si>
   <si>
-    <t> 2. maj. 1923</t>
-[...7 lines deleted...]
-  <si>
     <t>1923-05-11</t>
   </si>
   <si>
     <t>Agersø</t>
   </si>
   <si>
     <t>Agersø
 København
 Læsø
 Anholt
 6230 Egholm
 3390 Hesselø
 4230 Omø
 Vikingeskibshallen Roskilde
 Sprogø, Nyborg</t>
   </si>
   <si>
     <t>Achton Friis
 Alhed Larsen
 Johan Larsen
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>Johannes Larsen er på sejltur med Achton Friis og Petersen på skibet Rylen. De laver forarbejde til bogværket De Danskes Øer.</t>
   </si>
@@ -5315,99 +4967,55 @@
     <t>I midten af juni 1924 sejlede JL og Achton Friis med Rylen på det sidste sommertogt til øer i Limfjorden og bla. til Anholt og Læsø.
 Rylen - en ombygget Kerteminde fiskerbåd - fungerede i 1921-25 som ekspeditionsskib for JL og Achton Friis, der forberedte bogværket De Danskes Øer. Rylen fungerer nu som museumsskib for Østfyns Museer.
 Det antages, at det er i forbindelse med uddannelsen til forstkandidat, at Lysse opholder sig på hovedgården Brockdorff nord for Kerteminde. Gården er opført 1785 og var indtil 1980 avlsgård for det nærliggende gods Scheelenborg. Familien på Brockdorff var nære venner af Larsen-familien.</t>
   </si>
   <si>
     <t>Johannes Larsen får tegnet en del på Fur. Han finder en mængde dejlige motiver, men Friis synes, de skal se at komme videre nu. Konsul Gether, som køber en del værker af JL, er glad for sin seneste erhvervelse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/FWo6</t>
   </si>
   <si>
     <t>Fur. 3 Juli 1924.
 Kæreste Alhed!
 Ja det gaar jo stadigt væk ikke videre villigt med Arbejdet, jeg har kun faaet lavet 16 Tegninger her i 10 Dage. Jeg vilde meget gerne have malet et Par store Aquareller, men har malet det fra Dag til Dag fordi det har blæst saadan at jeg ikke kunde være ude med det uden at Papiret vilde blæse fra Brædtet. Nu i Dg er det lidt flovere og maaske faar vi Tørvejr i Eftrmdg saa vil jeg prøve med den ene. Friis begynder at blive utaalmodig, det er jo først den anden Ø vi besøger naar jeg undtager Rotholmene i Hvalpsund paa Vejen fra Aakjær i Mandags. Her er ellers nogle pragtfulde Motiver, men vi kan jo ikke blive ved at ligge her. Jeg sendte ikkke de 2 Bøger for jeg har ikke noget at pakke dem ind i. Du havde jo glemt at lægge Kunstforeningens Brev i, men det gør jo ikke noget. Jeg forstaar at Du altsaa har i Sinde at trykke dem ogsaa. Bare Du nu ikke paatager Dig for meget. Hvornaar er det at Lysse er færdig paa Brockdorff? Kommer I saa herop? Det var godt at Gether kunne lide Billederne. Er der endnu ikke kommen Penge fra Axel Olsens Svoger? Eller fra dem i Kolding? Vil Du hilse Magisteren og alle de Andre.
 Mange kærlige Hilsner
 Din
 JL.
 Hilsner fra Friis og Svensel
 P.S. 
 Breve fra Du faar dette og til Mandag inklusive.
 Poste restante
 Nykjøbing 
 Mors</t>
   </si>
   <si>
-    <t>19. jul. 1924</t>
-[...9 lines deleted...]
-    <t> 3. aug. 1924</t>
+    <t>15. aug. 1924</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til øerne i Kattegat.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
-  </si>
-[...32 lines deleted...]
-    <t>15. aug. 1924</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/oBLSg77L</t>
   </si>
   <si>
     <t>16. aug. 1924</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/tKAKXG91</t>
   </si>
   <si>
     <t>1924-10-27</t>
   </si>
   <si>
     <t>Laurits  Hansen 2</t>
   </si>
   <si>
     <t>Esbjerg</t>
   </si>
   <si>
     <t>Esbjerg
 Fanø
 Langli</t>
   </si>
   <si>
@@ -5563,63 +5171,50 @@
   <si>
     <t>https://fynboerne.ktdk.dk/n/ie4pFGsw</t>
   </si>
   <si>
     <t>22. jul. 1925</t>
   </si>
   <si>
     <t>Olaf Asmussen Hagerup
 Poul Holbeck
 Enoks Lyberth
 Morten Porsild
 Karl Rosing
 Finn Salomonsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/9ihwEhgN</t>
   </si>
   <si>
     <t>24. jul. 1925</t>
   </si>
   <si>
     <t>Peter Rosing</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/iBEm4CRR</t>
-  </si>
-[...11 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/dkj1WJML</t>
   </si>
   <si>
     <t>31. jul. 1925</t>
   </si>
   <si>
     <t>Kata -
 Martin i Grønland - 
 Peter Oluf Enoksen
 Alexander Godtbergsen
 Poul Holbeck
 Enoks Lyberth
 John Møller
 Finn Salomonsen
 Henning Scheel</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/UN6m6i0O</t>
   </si>
   <si>
     <t> 5. aug. 1925</t>
   </si>
   <si>
     <t>Esaias -
 Juat -
 Johannes Brummerstedt
@@ -6065,106 +5660,63 @@
 Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
 Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/aannmv6K</t>
   </si>
   <si>
     <t>19. jun. 1927</t>
   </si>
   <si>
     <t>Ludvig Emil Kaaber</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/BbGn7Mcb</t>
   </si>
   <si>
     <t>23. jun. 1927</t>
   </si>
   <si>
     <t>Sigurður  Nordal</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/LYg1m9x4</t>
   </si>
   <si>
-    <t>28. jun. 1927</t>
-[...30 lines deleted...]
-    <t>21. jul. 1927</t>
+    <t> 3. aug. 1927</t>
   </si>
   <si>
     <t>Ólafur Tubals</t>
-  </si>
-[...4 lines deleted...]
-    <t> 3. aug. 1927</t>
   </si>
   <si>
     <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
 Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
 Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
 Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/c4gBtApp</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/pJqTLgG1</t>
   </si>
   <si>
     <t>18. aug. 1927</t>
   </si>
   <si>
     <t>Ólafur Tubals dagbog fra 11. til 30. august 1927.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/f5mH3mkw</t>
   </si>
   <si>
     <t>21. aug. 1927</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/hh6b8Pwl</t>
   </si>
   <si>
     <t>24. aug. 1927</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/UspNYH4d</t>
   </si>
   <si>
     <t>25. aug. 1927</t>
   </si>
@@ -6255,105 +5807,103 @@
 [Fortrykt:]
 [M.Y.”Stella Polaris”…………192] 
 [Håndskrevet:]
 begge Sider, navnlig mod Syd er højt Land. Byen ligger på Nordsiden med en Kajplads, der er en dansk Mil lang. Midt i Byen har der engang været en Arm af Fjorden, som nu er hævet. Her er bygget en regelmæssig Bydel, som begynder nede ved Havnen med ”Praça da Commercio” (se et eller 2 af de Kort jeg sendte Jer), som er aaben ud mod Vandet. ovenfor denne Plads, altsaa bag Porten (Triumfbuen) ligger den regelmæssige Del af Byen (saa stor som Kjerteminde i Areal) øverst oppe i den ligger Theatrene og Hovedbanegaarden og saa kommer vi ud i ”Avinida da Liberdade”, som fylder den sidste (øverste) Del af den udtørrede Flod [”Flod” overstreget] Fjordarm. Den har Kørebane i Midten med Palmetræer ved Siderne umiddelbart udenfor Palmerne Plataner, (2 Rækker paa hver Side) og under dem er der Blomsterrabatter, paa en Strækning er der Vandløb, med [”med” overstreget] eller Bassiner med Vandfald indimellem, med Philodendron og Cyperus og lignende. Her ted [”ted” overstreget] udenfor er der Spadserepromenade og yderst Sporvogne, som altså har Boulevardkørsel. Vi kørte med en af dem; den drejede imidlertid om til Siden inden vi var kommet helt frem, hvorfor jeg trak i Klokkestrengen og Vognen øjeblikkelig standsede. Vi havde her svært ved at komme af, fordi Vognen blev stormet af Folk, som vilde med; sikken et Held for dem, at jeg netop havde standset den ved det Stoppested! – Undskyld Afbrydelsen, jeg skulde ned at have ”Morgenkaffe” Grapefruit, Havregrød, blødkogte Æg, Brød og Marmelade og ”one Hansa”, det hedder vores Pilsnerøl. – Naa vi naaede til den øverste Ende af Avenidaen hvor de er ved at rejse et stort Marmor-
 3
 [Fortrykt:]
 [M.Y.”Stella Polaris”…………192]
 [Håndskrevet:]
 monument. herovenfor gaar Dalen over i en mægtig Gryde, vel en god Fjerdingvej bred og en halv Mil lang, som de er ved at lave til en Park. Heroppe saa vi Guldirisker, det er første Gang Far har set dem. Johs. V. er fænomenal til at se paa enhver Slags Jord hvordan den er opstaaet, hvor længe den har ligget der og ”den har været omlejret mere end en gang”! o.s.v. Og alt er den Mand inde i; vi stod i Brunnsbüttel og saa ned i den aabne Last paa en stor Kuldamper og han sagde: ”det er nok et Tankskkib” eller igen, da vi stod og saa paa Madeira fortalte han mig at alt det grønne vi saa det var Vin. Da vi kom derind var det nu Sukkerrør, men jeg siger alligevel at det er godt set. Naa han er nu et ordentlig sødt Menneske, naar han er i godt Humør. – Det var Lissabon vi var ved: paa begge Sider af det jeg har beskrevet ligger den øvrige By paa Høje. Gaderne er meget stejle og nogle Steder krydser de hinanden i forskellig Højde, saa man ser Husene ligesaa meget fra neden og fra oven, som fra Siden. De er malet i stærke Farver, røde, gule, blaa og grønne. Sporvognene skal du høre lidt om. 
 Chez l´amiral
 Nice
 Nu er det saa længe siden jeg skrev dette, at jeg ikke gider fortsætte det. Jeg ser det slutter om med (”om” overstreget; over ordet er skrevet ”med”] Løfte om Beretning om Sporvognene i Lisboa, den kan du faa mundtlig.</t>
   </si>
   <si>
     <t>10. feb. 1928</t>
   </si>
   <si>
     <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
 Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
 Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/UdaM3mlf</t>
   </si>
   <si>
-    <t>27. feb. 1928</t>
-[...4 lines deleted...]
-  <si>
     <t>1929-04-09</t>
   </si>
   <si>
     <t>Viggo Stockfleth</t>
   </si>
   <si>
     <t>Vesterbrogade 48, København
 Charlottenborg, Kongens Nytorv</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen
 Ólafur Tubals</t>
   </si>
   <si>
     <t>Johannes Larsens søn Johan giftede sig med Elena Italia den 23-2-1929.
 Charlottenborg er hjemstedet for flere kunstinstitutioner, bl.a. Kunsthal Charlottenborg, hvor der har været udstilling af kunst siden 1883. Kunsthallen er med sine 1200 kvadratmeter en af de største udstillingsbygninger i Nordeuropa.
 Det vides ikke, hvem Hammer var. Den islandske kunstner er muligvis Ólafur Tubals.</t>
   </si>
   <si>
     <t>Læge Stockfleth har taget nogle billeder for Johannes Larsen på Charlottenborg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9VDN</t>
   </si>
   <si>
     <t>[Fortrykt:]
 Læge Viggo Stockfleth København V., den
 Vesterbrogade 48
 Tlf. Eva 833
 Konsultation 1 - 2
 [Håndskrift:]
 9.4.1929.
 Kære Mester Johannes Larsen!
 Tak for Deres Brev og hjertelig Tak for den Aften jeg var sammen med Dem og Deres Søn da jeg tog Billederne paa Charlottenborg; der var saa fornøjelig baade paa Charlottenborg og ved den saltede Aal hos Hammer. Jeg var saa glad ved engang at kunde gøre Dem en Tjeneste og ved at den er faldet ud til Deres Tilfredshed. De skylder mig absolut intet. Skulde det være at jeg kunde hjælpe Dem en anden Gang til vil jeg meget gerne melde mig til Tjeneste. Det er morsomt at Forsøget med Lampeoptagelser lykkedes saa godt som De skriver. Skade at jeg kom til at tabe to Billeder oven paa hinanden. 
 Jeg glæder mig til eventuelt at se Deres Aftryk eller Charlottenborgs engang. Filmene overlader jeg ganske til Dem. 
 Den islandske Maler har jeg behandlet saa godt jeg kunde paa de faa Dage han var her; det var dog væsentligst Hypochrondi fra hans Side; skulde der komme noget mere har han lovet at lade sig behandle derfor paa Island.
 Til Lykke til Deres Søns Giftermaal!
 Vil De hilse Deres Sønner og tag selv en Mængde
 venlige Hilsner fra
 Deres hengivne
 Viggo Stockfleth.</t>
   </si>
   <si>
     <t>1929-06-19</t>
   </si>
   <si>
     <t>Vesterbrogade 5, 1602 København V.
 Romsø</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johannes Larsen</t>
   </si>
   <si>
     <t>DDL blev grundlagt i 1918 og indgik i 1946 som den danske del af et nordisk konsortium, hvorved SAS blev dannet.</t>
   </si>
   <si>
     <t>Det Danske Luftfartselskab ønsker at få Johannes Larsen til at male en plakat med et dansk motiv til brug i reklameøjemed. Afsenderen takker for en dejlig dag på Romsø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kOta</t>
   </si>
   <si>
     <t>[Fortrykt:]
 DDL 
 Det Danske Luftfartsselskab A/S Member of the International Air Traffic Association Hovedkontor: Statens Lufthavn, Kastrup - Telefon: Kastrup 440 -------------------------------------------------------------- Generalrepræsentanter for: Vesterbrogade 5, København V. ....................
 A.-B. Aerotransport. Passage- &amp;amp; Propagandaafd.
 Det Kgl. Hollandske Luftfartselskab Telefoner: Central 904, 88 00 &amp;amp; 38 48 Deutsche Lufthansa A.-G. Telegr.-Adr.: " 
 [Herefter med håndskrift:] 19.6.29.
 Kære Herr Johannes Larsen Hermed sender jeg Dem et Eksemplar af Nygaards Brochure som jeg omtalte for Dem sidst; - synes De ikke den er morsom, og smuk.
 Jeg har haft megen Glæde af den lille Tryksag, som i 20.000 Exemplarer nu gaar over hele Europa , og De vil forstaa at jeg herefter særlig gerne vil forfølge Heldet med en rigtig "dansk" og smuk plakat. Send mig blot et Par Ord naar De er klar til at tage Studier - over Marken. - jeg har spurgt Deres Søn om han ikke ogsaa gerne vil med paa en Tur.
 - Baade min Kone og jeg takker for den dejlige Dag paa Romsø, det var et helt Eventyr for os som vi sent vil glemme.
 Med mange venlige Hilsner fra os begge forbliver jeg Deres B[ulæselig] 
 P.S. Jeg har skrevet til Deres Søn om en lille Akvarel som der var paa Udstillingen,- om den findes endnu.</t>
   </si>
   <si>
     <t>1934-06-06</t>
@@ -6814,117 +6364,50 @@
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Ane Talbot
 Christian Treschow</t>
   </si>
   <si>
     <t>Godset Hverringe ligger få kilometer nord for Kerteminde. 
 Johan/Lysse og Elena/Bimse har netop fået deres tredje barn, og det blev en pige (Alhed).</t>
   </si>
   <si>
     <t>Johannes Larsen har været syg i mange dage.
 Han fik fugle i julegave af Andreas/Puf og Else. Nogle af dem bor i Vinterhaven, som nu er omdannet til volière. 
 Larsen fodrer vilde fugle i haven. 
 Eric Bøttern og hans kone kommer til middag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/17Cx</t>
   </si>
   <si>
     <t>Kjerteminde 30 Dec. 1938.
 Kære Lysse!
 Tak for Dine Breve. Jeg var til Middag paa Hverringe forrige Lørdag, bl.a. sammen med Chr. Treschow, som jeg skal hilse fra. Dagen efter var jeg forkølet og laa hele Ugen til jeg stod op Juleaften. 2de Juledag havde jeg Besøg af Patronen og gik med ham i Haven og viste ham Odderne og Bryggeriet og fik Forkølelsen om igen. Jeg har dog gaaet oppe siden men kan ikke komme af med den. Jeg fik en Dompap og 2 lyseblaa Undulater til min Fødselsdag af Puf og Else. Den første er i Bur her inde de 2 andre ovre i Vinterhaven der er lavet om til Voliere dog med Bibeholdelse af Glas i Gavle og P[ulæseligt]pel. Jeg har vist fortalt at den revnede i Stormen mens jeg var ved Fiilsø. Vi fodrer Solsorter og Spurve og Bogfinker og Rødhals her uden for og i Gaar Middags kom der en Fasan og en Hættemaage og jagede dem væk og sad længe og aad sammen, Fasanhønen længst. I Morges daa jeg stod op gik der 3 Fasanhøner uden for Spisestuevinduet. Ellers kommer her 4-5 Graaænder. Jeg har en Ederfugl ♂ og en Sædgaas som jeg havde med fra Fiilsø og 2 Graaænder som jeg har faaet af Agraren. Den gamle Stamme blev skudt væk i Sommer. Erik Bøttern og hans Kone kommer her til Aften. Tak for Elsdyret og Fyldepennen. Det var da en forfærdelig Jammer med alle Dine Naboer, forhaabentlig kommer de over det. Jeg skal hilse fra Puf og Else og Børnene og ønske Dig et godt og glædeligt Nytaar! Ogsaa fra mig, og gid Du snart maa faa Bimse og Børnene hjem i god Stand Det var morsomt at det blev en lille Pige. Mange Hilsner
 Din Far.</t>
   </si>
   <si>
-    <t>1939-04-26</t>
-[...65 lines deleted...]
-  <si>
     <t>1941-04-06</t>
   </si>
   <si>
     <t>Marie Neckelmann</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Ida -, Elise Hansens veninde
 Elise Hansen
 Elin Jensen
 Else Jensen
 Carl  Knippel
 Jens Larsen
 Jonas Larsen
 Wolfgang Mozart
 Alhed  Møhl, Lysses datter
 Elisabeth Neckelmann
 Edvard Persson
 Christine Rasmussen
 Gerda Rasmussen
 Holger Rasmussen
 Harriet Schaldemose
 Ib Schaldemose
@@ -6932,107 +6415,50 @@
   </si>
   <si>
     <t>Elise Hansen fyldte 79 år 5. april 1941.
 Det er uklart, hvad Mærkepenge var.
 Filmen Landevejskroen instrueret af Edvard Persson gik i biografer i Danmark i 1,5 år som en demonstration mod besættelsesmagten. 
 Det vides ikke, hvem Petersen-Olsen og Mohrbutter var. Ej heller hvilket billede bedrageriet handlede om.</t>
   </si>
   <si>
     <t>Fødselsdagen var vellykket med gaver og gæster. Man morede sig over Elena og Jens' brev. Marie Neckelmann gav middag hos Krog, og bagefter var alle i biografen og se Landevejskroen.
 Onsdag rejser Elise Hansen og Marie N. til Faaborg. Der er meget at ordne dér, for Knippel er flyttet, og unge folk er flyttet ind.
 En person har snydt Elise med salget af et billede, og det trækker op til retsag om bedrageri.
 Vejret har været vinterligt, men nu er det mere forårsagtigt. 
 Elisabeth Neckelmann har oplevet meget.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/z5n0</t>
   </si>
   <si>
     <t>d. 6. April. 41
 Kære Bimse
 Det var helt igennem en vellykket Fødselsdag. Begyndelsen blev gjort allerede Aftenen før, jeg skulde nemlig paa Højtidsdagen i Skole allerede Kl. 8, saa syntes vi, vi hellere med et Glas Vin maatte overbringe vore Gaver om Aftenen. Jeg stadfæstede vort nordiske Venskab ved at give en Bog om Mozart skr. paa Svensk; Lis gav en dejlig Æske Konfekt, som vi jo alle kommer til at nyde godt af. Af Gratulanter kom Elin, hun sad og hyggede sig i mange Timer, senere hen var Ida her; ellers stormede det ind med Blomster, ogsaa Fru J.V. sendte en yndig Foraarsbuket. Og saa kom med Eftermiddagsposten Brev fra dig og Jens, hvor vi dog morede os over Jes' Maade at tjene Penge paa; han er dygtig. Skal jeg strikke noget til Jonas og Søster, saa sig til i Tide. Vejret her har da ogsaa været helt vinterligt lige til nu; naturligvis kan vi ikke stikke jer, men vi har da til for ganske nylig haft 5⁰ Minus, og forrige Søndag saa jeg i en Have Plænen helt dækket af Sne, men overalt stak smaa gule Erantis Hovedet op, det saa henrivende ud. Nu i Dag er det noget mere foraarsagtigt, men graat og taaget. Men tilbage til Fødselsdagen, jeg gav Middag f ["f" overstreget] hos Fiskekrog paa Gammeltorv, det var for mine Mærkepenge, det er i Aar sidste Gang, jeg faar dem, saa jeg syntes, det var en værdig Afslutning. Vi fik dejlig Mad, stegt Rødspætte og en Kalvekotelet med al Slags Grønsager; dertil Stout og ægte Kaffe, det er et glimrende Sted at spise. Derefter gav Mos Biletter til Biograf, vi saa Landevejskroen med Persson, han er udmærket, selv Lisse fandt Behag i den. Han synger Kalle, Kalle fra Skaane, er ["er" overstreget] hører det ikke med til Jesses Repetoire. Paa Onsdag rejser Mos og jeg til Faaborg, Holgers har været saa gæstfri at invitere os til at bo der. Der er meget at ordne, for du ved vel at Knippel er flyttet, og [ulæseligt ord] har overtaget hans de ["de" overstreget] Lejlighed, og en ny Familje er flyttet ind i Stuen, den har G. sørget for, saa det er nok stille og rolige Folk, men saa skal vi ogsaa føle Petersen-Olsen lidt paa Tænderne, for de er knap saa heldige. Mohrbutter er heller ikke saa heldig, det trækker op til en Retssag med ham, det er for Bedrageri, det er Knud, der varetager Mossers Interesser der. M. har solgt Billedet for 500 Kr. skønt Mos sagde hun vilde have det tilbage, nu har hun skr. at hun vil nøjes med 600 Kr (hun skulde have haft 700) men han vil have Procent af de 600. Ja du maa sige Lis har oplevet noget, vi var forsamlede her en Aften forskellige Lyttere, saa hun kunde berette det alt paa een Gang, det er ikke lidt, hun har holdt til. Du har vel faaet et Kort med Adresse og Navne paa, det var en Aften Fru Mads, Holgers og Schaldemoses var her, den sidste foreslog Kortet, han er en stor Beundrer af dig. Som sædvanlig en meget fornøjelig Aften, hvor Fru Mads ud paa Aftenen fik en Bajer og de andre en Snaps med Enebær i. Saa er der vist ikke mere at berette, derfor Hilsner til jer alle
 Kylle
 K. Neckelmann
 Enghavepl. 20
 Kbh.</t>
-  </si>
-[...55 lines deleted...]
-p.T. Sandfær pr. Vind Station</t>
   </si>
   <si>
     <t>1942-10-08</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborgs hovedbygning på Lolland er opført mellem 1865 og 1866 ved H.S. Sibbern og udvidet i 1885. Bygningerne er beliggende i Nordeuropas største parkanlæg i engelsk stil. Knuthenborg Gods er på 2338 hektar (Wikipedia marts 2022). 
 Vrietorn (Rhamnus cathartica) eller Korsved er en op til 10 m høj busk eller træ, der vokser i skovbryn og på overdrev. Hele planten er giftig (Wikipedia marts 2022).</t>
   </si>
   <si>
     <t>Johannes Larsen har været over 14 dage på Knuthenborg og malet akvareller. Han vedlægger et kort over den skønne park. Der er mange dyr. Dagen i forvejen begyndte Larsen på en akvarel, men nu er det tordenvejr, så han kan ikke male på den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/64Fi</t>
   </si>
   <si>
     <t>Knuthenborg 8 October 1942.
 Kære Lysse! 
 Tak for Dit Brev som jeg fik lige før jeg rejste hjemme fra. Jeg har været her godt 14 Dage og malet nogle Aquareller. Jeg skal male et Billede til Lensgrevinden Jeg vedlægger et Kort over Parken der ogsaa indeholder en Dyrehave, en pragtfuld gammel Egeskov med Hasler Vrietorn og Skovæbler. Dyrene er Sikahjorte. Det er Tordenregn og lige nu løb der et Par Fasanhaner over Plænen udenfor mit Vindue. Her vrimler med Fasaner og Harer. Jeg havde Brev fra Puf forleden, de har det godt hjemme. Jeg har det ogsaa godt her, sammen med rare naturlige Mennesker, Grevinden 2 søde Børn og en ung Huslærer og en Selskabsdame. Forøvrigt tænker jeg paa at rejse hjem en af de første dage. Her er 4 Paafuglehaner, nogle Høner og en Kylling. 2 Svaner som for det meste ligger ude i Smaalandshavet, se Krydset paa Kortet men en Gang hver anden eller tredje Dag staar de og piller sig i Haven se det andet Kryds. Jeg begyndte paa en Aquarel i Gaar i stille Formiddagssol, som jeg da jeg stod op i Dag troede at faa færdig i Formiddag, men da jeg sad og drak Kaffe begyndte det at regne og ved 10 Tiden begyndte det at blive mørkt og saa kom der en vældig Tordenbyge der nu er ved at forsvinde. Mange Hilsner til Jer allesammen
 fra Din Far. 
@@ -7543,86 +6969,50 @@
     <t>Johannes Larsen sender Gyldendals adresse, så Christa Knuth kan sende dem selvportrættet.
 Larsen og familien skal se Ane optræde i Elverhøj. Han skal også besøge en Willumsenudstilling.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/H0r3</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm. 
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 2 Aug. 1947.
 Kære Grevinde
 Tak for Brevet. Du skal bare sende det Selvportræt til
 Gyldendalske Boghandel
 Nordisk Forlag
 Klareboderne 3.
 Saa ordner Resten sig og jeg sparer at skrive til la Cour og han til Dig. 
 Vi skal i Aften til Friluftsskuespil ved Skoven ”Elverhøj” hvor Ane optræder som en af Elverpigerne. I Morgen faar jeg Besøg af Holger S. Hendriksen og paa Mandag skal jeg med Revisor Strobel til Willumsenudstilling.
 Mange Hilsner
-Din hengivne
-[...34 lines deleted...]
-Jeg sagde vist til Bimse at jeg vilde skrive til Dig den Dag hun rejste. Det er altsaa ikke bleven til noget før nu. Jeg har maattet slide i det hele Ugen med Tegninger til Hans Hvass, da Bogen skal ud inden Jul. Nu gaar jeg paa Posthuset med 3 Tegninger. Der mangler nu kun 1 som jeg væltede en Flaske Tusch paa da den var halv færdig. Kardinalen har det godt. De 3 Gæs til Fuglehandler Krog afgaar nu som Ekspress. Jeg havde Brev fra Lysse i Dag. Alt vel. Nu maa jeg ned Brevene. Mange Hilsner
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1948-09-22</t>
   </si>
   <si>
     <t>Thora Cohn
 Dams Hotel
 Kai Grunth
 Sven Havsteen-Mikkelsen
 Hedvig Høst
 Oluf Høst
 Ville Jais Nielsen
 Johannes Jais-Nielsen
 Arne Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Bendt Rom
 Olaf Rude
 Finn Salomonsen
 Ane Talbot</t>
   </si>
   <si>
     <t>Biæderen er ej sjælden træk- og ynglefugl i Danmark.
@@ -7953,59 +7343,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1jH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UtOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5Ic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1nn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WoKQ6GZ2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMNlExY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vi2mHBE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVd7DrLa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aF5nzb8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DnYM5ovH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ylxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KWBBQDjT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TFZbCnL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGCX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/67fAdCNH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rucI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1XH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KlrseGqO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n2q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CPGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eyxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B3iq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3BYrU4Y6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fPK2uvH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXyEXNrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmZx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aSTOe5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpy3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DxKN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sGuz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSiD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AfsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xEOgthK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hPuG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MpSZuSQH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v71cVxpe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ie4pFGsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txro71EM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c7JI9tFg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WiCa1sc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwVWjWuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A40RZCOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/08TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xths" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SEk0aCM6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hh6b8Pwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UspNYH4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/crVn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0r3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1jH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UtOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5Ic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1nn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WoKQ6GZ2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVd7DrLa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aF5nzb8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DnYM5ovH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ylxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KWBBQDjT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TFZbCnL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGCX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rucI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1XH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KlrseGqO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n2q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CPGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eyxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fPK2uvH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmZx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aSTOe5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpy3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DxKN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sGuz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AfsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xEOgthK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hPuG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MpSZuSQH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v71cVxpe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ie4pFGsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txro71EM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c7JI9tFg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WiCa1sc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwVWjWuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A40RZCOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/08TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xths" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hh6b8Pwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UspNYH4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/crVn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0r3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M265"/>
+  <dimension ref="A1:M235"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -9115,11037 +8505,9639 @@
       </c>
       <c r="I26" s="5" t="s">
         <v>179</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>180</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>181</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>183</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="D27" s="5" t="s">
+      <c r="H27" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="E27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="F27" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="J27" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="J27" s="5" t="s">
+      <c r="M27" s="5" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>113</v>
+        <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G29" s="5" t="s">
-        <v>201</v>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>16</v>
+        <v>204</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="K30" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>209</v>
       </c>
-      <c r="J30" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K30" s="5" t="s">
+      <c r="M30" s="5" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="D31" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="E31" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="E31" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F31" s="5" t="s">
+        <v>215</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>222</v>
+        <v>114</v>
       </c>
       <c r="D32" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="E32" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="E32" s="5" t="s">
+      <c r="F32" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="F32" s="5" t="s">
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="G32" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="J32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>229</v>
       </c>
-      <c r="L32" s="6" t="s">
+      <c r="M32" s="5" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>151</v>
+        <v>213</v>
       </c>
       <c r="E33" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="I33" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="F33" s="5" t="s">
+      <c r="J33" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="G33" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H33" s="5" t="s">
+      <c r="K33" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="I33" s="5" t="s">
+      <c r="L33" s="6" t="s">
         <v>236</v>
       </c>
-      <c r="J33" s="5" t="s">
+      <c r="M33" s="5" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="L34" s="6" t="s">
         <v>242</v>
       </c>
-      <c r="I34" s="5" t="s">
+      <c r="M34" s="5" t="s">
         <v>243</v>
-      </c>
-[...10 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>113</v>
+        <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E35" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E35" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>246</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="M35" s="5" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F36" s="5" t="s">
-[...3 lines deleted...]
-        <v>256</v>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>15</v>
+        <v>258</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        </is>
+        <v>114</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="J37" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="J37" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>264</v>
       </c>
-      <c r="L37" s="6" t="s">
+      <c r="M37" s="5" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>225</v>
+        <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G38" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>269</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>270</v>
       </c>
       <c r="J38" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K38" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="K38" s="5" t="s">
+      <c r="L38" s="6" t="s">
         <v>272</v>
       </c>
-      <c r="L38" s="6" t="s">
+      <c r="M38" s="5" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="B39" s="5" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="D39" s="5" t="s">
-        <v>114</v>
+      <c r="D39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F39" s="5" t="s">
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="G39" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H39" s="5" t="s">
+      <c r="I39" s="5"/>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L39" s="6" t="s">
         <v>278</v>
       </c>
-      <c r="I39" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M39" s="5"/>
     </row>
     <row r="40">
-      <c r="A40" s="5" t="s">
-        <v>284</v>
+      <c r="A40" s="5" t="n">
+        <v>1901</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>214</v>
+        <v>280</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F40" s="5" t="s">
-[...3 lines deleted...]
-        <v>286</v>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="I40" s="5"/>
       <c r="J40" s="5" t="s">
-        <v>228</v>
+        <v>282</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="5" t="s">
         <v>292</v>
-      </c>
-[...47 lines deleted...]
-        <v>1901</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>296</v>
+        <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>297</v>
+        <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F42" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F42" s="5" t="s">
+        <v>293</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K42" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="M42" s="5" t="s">
         <v>298</v>
-      </c>
-[...11 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K43" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="M43" s="5" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>16</v>
+        <v>204</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K44" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="M44" s="5" t="s">
         <v>310</v>
-      </c>
-[...21 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>214</v>
+        <v>113</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F45" s="5" t="s">
         <v>18</v>
       </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>228</v>
+        <v>21</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>15</v>
+        <v>276</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>214</v>
+        <v>114</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>17</v>
+        <v>318</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>18</v>
+        <v>319</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K46" s="5" t="s">
         <v>323</v>
       </c>
-      <c r="I46" s="5" t="s">
+      <c r="L46" s="6" t="s">
         <v>324</v>
       </c>
-      <c r="J46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K46" s="5" t="s">
+      <c r="M46" s="5" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G47" s="5" t="s">
+        <v>327</v>
       </c>
       <c r="H47" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="I47" s="5" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K47" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>331</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="5" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I48" s="5"/>
+      <c r="J48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L48" s="6" t="s">
         <v>334</v>
       </c>
-      <c r="B48" s="5" t="s">
-[...36 lines deleted...]
-      </c>
+      <c r="M48" s="5"/>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>344</v>
+        <v>336</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>15</v>
+        <v>276</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>214</v>
+        <v>114</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>17</v>
+        <v>344</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>352</v>
+        <v>319</v>
+      </c>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>228</v>
+        <v>347</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="K51" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="L51" s="6" t="s">
         <v>358</v>
       </c>
-      <c r="B51" s="5" t="s">
-[...41 lines deleted...]
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="M51" s="5"/>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>360</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D52" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E52" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H52" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H52" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K52" s="5" t="s">
+        <v>364</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="M52" s="5"/>
+        <v>365</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>366</v>
+      </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D53" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E53" s="5" t="s">
-[...3 lines deleted...]
-        <v>364</v>
+      <c r="D53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I53" s="5"/>
+      <c r="J53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K53" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="M53" s="5" t="s">
         <v>369</v>
       </c>
+      <c r="M53" s="5"/>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>370</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I54" s="5"/>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K54" s="5" t="s">
+        <v>368</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>371</v>
       </c>
       <c r="M54" s="5"/>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
         <v>372</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>184</v>
-[...4 lines deleted...]
-      <c r="E55" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I55" s="5"/>
+      <c r="J55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K55" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="F55" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>374</v>
       </c>
-      <c r="I55" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>114</v>
-[...8 lines deleted...]
-        <v>382</v>
+        <v>16</v>
+      </c>
+      <c r="D56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H56" s="5" t="s">
-[...6 lines deleted...]
-        <v>385</v>
+      <c r="H56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I56" s="5"/>
+      <c r="J56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K56" s="5" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>387</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>389</v>
+        <v>377</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>390</v>
-[...7 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>378</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>391</v>
+        <v>379</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>392</v>
+        <v>380</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>393</v>
+        <v>381</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>396</v>
+        <v>384</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H58" s="5" t="s">
+        <v>385</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K58" s="5" t="s">
-        <v>397</v>
+        <v>368</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>398</v>
+        <v>386</v>
       </c>
       <c r="M58" s="5"/>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>399</v>
+        <v>387</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H59" s="5" t="s">
+        <v>388</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="s">
-        <v>397</v>
+        <v>368</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>400</v>
+        <v>389</v>
       </c>
       <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>401</v>
+        <v>390</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K60" s="5" t="s">
-        <v>402</v>
+        <v>368</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>403</v>
+        <v>391</v>
       </c>
       <c r="M60" s="5"/>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>404</v>
+        <v>392</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K61" s="5" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>405</v>
+        <v>394</v>
       </c>
       <c r="M61" s="5"/>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>406</v>
+        <v>395</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D62" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G62" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I62" s="5"/>
+      <c r="J62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K62" s="5" t="s">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="M62" s="5"/>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H63" s="5" t="s">
-        <v>414</v>
+      <c r="H63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K63" s="5" t="s">
-        <v>397</v>
+        <v>368</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>415</v>
+        <v>399</v>
       </c>
       <c r="M63" s="5"/>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>416</v>
+        <v>400</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E64" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G64" s="5" t="s">
+        <v>401</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>417</v>
-[...5 lines deleted...]
-        </is>
+        <v>402</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>418</v>
-[...1 lines deleted...]
-      <c r="M64" s="5"/>
+        <v>405</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>406</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>419</v>
+        <v>407</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>408</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>409</v>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H65" s="5" t="s">
+        <v>410</v>
       </c>
       <c r="I65" s="5"/>
-      <c r="J65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J65" s="5" t="s">
+        <v>411</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>397</v>
+        <v>412</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="M65" s="5"/>
+        <v>413</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>414</v>
+      </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>408</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>409</v>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H66" s="5" t="s">
+        <v>416</v>
       </c>
       <c r="I66" s="5"/>
-      <c r="J66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J66" s="5" t="s">
+        <v>411</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="M66" s="5"/>
+        <v>418</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>419</v>
+      </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I67" s="5"/>
+      <c r="J67" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="K67" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="M67" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="B67" s="5" t="s">
-[...42 lines deleted...]
-      <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I68" s="5"/>
+      <c r="J68" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>427</v>
-      </c>
-[...38 lines deleted...]
-        <v>397</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>428</v>
       </c>
-      <c r="M68" s="5"/>
+      <c r="M68" s="5" t="s">
+        <v>429</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>113</v>
+        <v>408</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>430</v>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G69" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H69" s="5" t="s">
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I69" s="5"/>
+      <c r="J69" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="K69" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>432</v>
       </c>
-      <c r="J69" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K69" s="5" t="s">
+      <c r="M69" s="5" t="s">
         <v>433</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="D70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="E70" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="I70" s="5"/>
-      <c r="J70" s="5" t="s">
+      <c r="K70" s="5" t="s">
         <v>440</v>
       </c>
-      <c r="K70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>441</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I71" s="5"/>
+      <c r="J71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="L71" s="6" t="s">
         <v>444</v>
       </c>
-      <c r="B71" s="5" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>437</v>
+        <v>279</v>
       </c>
       <c r="D72" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="L72" s="6" t="s">
         <v>450</v>
       </c>
-      <c r="E72" s="5" t="inlineStr">
-[...23 lines deleted...]
-      <c r="K72" s="5" t="s">
+      <c r="M72" s="5" t="s">
         <v>451</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>437</v>
+        <v>279</v>
       </c>
       <c r="D73" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="I73" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="E73" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I73" s="5"/>
       <c r="J73" s="5" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>456</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>457</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-        <v>459</v>
+        <v>16</v>
+      </c>
+      <c r="D74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I74" s="5"/>
-      <c r="J74" s="5" t="s">
-        <v>440</v>
+      <c r="J74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K74" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="L74" s="6" t="s">
         <v>460</v>
       </c>
-      <c r="L74" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="I75" s="5"/>
+      <c r="J75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="L75" s="6" t="s">
         <v>463</v>
       </c>
-      <c r="B75" s="5" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>397</v>
+        <v>368</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>296</v>
-[...5 lines deleted...]
-        <v>475</v>
+        <v>16</v>
+      </c>
+      <c r="D77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="s">
-[...6 lines deleted...]
-        <v>468</v>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I77" s="5"/>
+      <c r="J77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K77" s="5" t="s">
-        <v>478</v>
+        <v>368</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>481</v>
+        <v>468</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>296</v>
+        <v>279</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>483</v>
+        <v>471</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>468</v>
+        <v>439</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>485</v>
+        <v>473</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>486</v>
+        <v>474</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>487</v>
+        <v>475</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>488</v>
+        <v>476</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>280</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>453</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G79" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G79" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>218</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>397</v>
+        <v>481</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="M79" s="5"/>
+        <v>482</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>483</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H80" s="5" t="s">
-        <v>491</v>
+      <c r="H80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K80" s="5" t="s">
-        <v>397</v>
+        <v>368</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="M80" s="5"/>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D81" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G81" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>397</v>
+        <v>490</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="M81" s="5"/>
+        <v>491</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>492</v>
+      </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D82" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>494</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G82" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>397</v>
+        <v>498</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>496</v>
-[...1 lines deleted...]
-      <c r="M82" s="5"/>
+        <v>499</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>500</v>
+      </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>296</v>
+        <v>279</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>498</v>
+        <v>435</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>468</v>
+        <v>439</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>297</v>
+        <v>16</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>506</v>
+        <v>113</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>482</v>
+        <v>494</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="s">
-        <v>507</v>
+        <v>401</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>228</v>
+        <v>21</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>515</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>470</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H85" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H85" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="J85" s="5" t="s">
+        <v>439</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>397</v>
+        <v>518</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="M85" s="5"/>
+        <v>519</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>520</v>
+      </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D86" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G86" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I86" s="5"/>
+      <c r="J86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K86" s="5" t="s">
-        <v>519</v>
+        <v>368</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>520</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="M86" s="5"/>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
+        <v>279</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>113</v>
+        <v>477</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>523</v>
+        <v>453</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="s">
         <v>524</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>525</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>526</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>527</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>528</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>530</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>464</v>
+        <v>113</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>531</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G88" s="5" t="s">
+        <v>531</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>532</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>533</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>468</v>
+        <v>21</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>534</v>
       </c>
       <c r="L88" s="6" t="s">
         <v>535</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
         <v>537</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>113</v>
-[...10 lines deleted...]
-        <v>430</v>
+        <v>276</v>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>21</v>
+        <v>541</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>544</v>
+        <v>16</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>464</v>
+        <v>113</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>499</v>
+        <v>531</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G90" s="5" t="s">
+        <v>531</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>468</v>
+        <v>21</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>293</v>
+        <v>552</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>553</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>556</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H91" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>559</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>397</v>
+        <v>560</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>551</v>
-[...1 lines deleted...]
-      <c r="M91" s="5"/>
+        <v>561</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>562</v>
+      </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="B92" s="5" t="s">
         <v>552</v>
       </c>
-      <c r="B92" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="5" t="s">
-        <v>296</v>
+        <v>553</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>506</v>
+        <v>554</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>482</v>
-[...10 lines deleted...]
-        <v>554</v>
+        <v>564</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I92" s="5" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>228</v>
+        <v>566</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>556</v>
+        <v>567</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>557</v>
+        <v>568</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>558</v>
+        <v>569</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>559</v>
+        <v>570</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>560</v>
+        <v>17</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="s">
-        <v>560</v>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>113</v>
+        <v>276</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>184</v>
-[...4 lines deleted...]
-        </is>
+        <v>114</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>577</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>567</v>
+        <v>578</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>568</v>
+        <v>579</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>572</v>
+        <v>583</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>586</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G95" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G95" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="H95" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>397</v>
+        <v>590</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="M95" s="5"/>
+        <v>591</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>592</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>576</v>
+        <v>593</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>113</v>
+        <v>276</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>560</v>
-[...7 lines deleted...]
-        <v>560</v>
+        <v>594</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>577</v>
+        <v>596</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>578</v>
+        <v>597</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>21</v>
+        <v>598</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>579</v>
+        <v>599</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>580</v>
+        <v>600</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>581</v>
+        <v>601</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>583</v>
+        <v>275</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>584</v>
-[...8 lines deleted...]
-        <v>587</v>
+        <v>16</v>
+      </c>
+      <c r="D97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="s">
-[...9 lines deleted...]
-        <v>591</v>
+      <c r="H97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I97" s="5"/>
+      <c r="J97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L97" s="6" t="s">
-        <v>592</v>
-[...3 lines deleted...]
-      </c>
+        <v>603</v>
+      </c>
+      <c r="M97" s="5"/>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>583</v>
+        <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>584</v>
+        <v>113</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>585</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H98" s="5" t="s">
+        <v>605</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>597</v>
+        <v>21</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>598</v>
+        <v>607</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>16</v>
+        <v>469</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>279</v>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="I99" s="5"/>
       <c r="J99" s="5" t="s">
-        <v>21</v>
+        <v>612</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>16</v>
+      </c>
+      <c r="D100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E100" s="5" t="s">
-        <v>608</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>617</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
     </row>
     <row r="101">
-      <c r="A101" s="5" t="s">
-        <v>616</v>
+      <c r="A101" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>625</v>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G101" s="5" t="s">
-[...3 lines deleted...]
-        <v>619</v>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I101" s="5" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>21</v>
+        <v>627</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>14</v>
+        <v>632</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>279</v>
+      </c>
+      <c r="D102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E102" s="5" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>17</v>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>629</v>
+        <v>218</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D103" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G103" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G103" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="H103" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K103" s="5" t="s">
+        <v>642</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>634</v>
-[...1 lines deleted...]
-      <c r="M103" s="5"/>
+        <v>643</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>644</v>
+      </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D104" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E104" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>21</v>
+        <v>648</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>638</v>
+        <v>649</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>639</v>
+        <v>650</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>640</v>
+        <v>651</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>641</v>
+        <v>652</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>498</v>
+        <v>113</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>296</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="G105" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="I105" s="5"/>
+        <v>656</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>657</v>
+      </c>
       <c r="J105" s="5" t="s">
-        <v>643</v>
+        <v>218</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>17</v>
+        <v>113</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-        <v>649</v>
+        <v>663</v>
+      </c>
+      <c r="H106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I106" s="5" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>651</v>
+        <v>218</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>652</v>
+        <v>665</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>653</v>
+        <v>666</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>654</v>
+        <v>667</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>655</v>
+        <v>668</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>459</v>
+        <v>279</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>437</v>
-[...4 lines deleted...]
-        </is>
+        <v>469</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>669</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>656</v>
-[...1 lines deleted...]
-      <c r="I107" s="5"/>
+        <v>670</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>671</v>
+      </c>
       <c r="J107" s="5" t="s">
-        <v>657</v>
+        <v>439</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
     </row>
     <row r="108">
-      <c r="A108" s="5" t="n">
-        <v>1916</v>
+      <c r="A108" s="5" t="s">
+        <v>675</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>661</v>
+        <v>276</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>662</v>
-[...4 lines deleted...]
-        </is>
+        <v>114</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H108" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>666</v>
+        <v>681</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>667</v>
+        <v>682</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>669</v>
+        <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>296</v>
-[...4 lines deleted...]
-        </is>
+        <v>684</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>17</v>
+        <v>685</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>670</v>
+        <v>686</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>671</v>
+        <v>687</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>228</v>
+        <v>688</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>672</v>
+        <v>689</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>673</v>
+        <v>690</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>674</v>
+        <v>691</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>675</v>
+        <v>692</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D110" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I110" s="5"/>
+      <c r="J110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K110" s="5" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>680</v>
-[...3 lines deleted...]
-      </c>
+        <v>694</v>
+      </c>
+      <c r="M110" s="5"/>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D111" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H111" s="5" t="s">
-[...6 lines deleted...]
-        <v>685</v>
+      <c r="H111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I111" s="5"/>
+      <c r="J111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K111" s="5" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>687</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D112" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E112" s="5" t="s">
-[...6 lines deleted...]
-        <v>692</v>
+      <c r="D112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H112" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="I112" s="5"/>
+      <c r="J112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K112" s="5" t="s">
         <v>693</v>
       </c>
-      <c r="I112" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L112" s="6" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>699</v>
+      </c>
+      <c r="M112" s="5"/>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D113" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D113" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E113" s="5" t="s">
+        <v>701</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="s">
-        <v>700</v>
-[...4 lines deleted...]
-        </is>
+        <v>702</v>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>703</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>228</v>
+        <v>21</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>296</v>
+        <v>113</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-        <v>706</v>
+        <v>16</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>468</v>
+        <v>21</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>184</v>
+        <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>713</v>
+        <v>113</v>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G115" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G115" s="5" t="s">
+        <v>715</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>716</v>
+        <v>21</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>721</v>
-[...4 lines deleted...]
-      <c r="E116" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="F116" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H116" s="5" t="s">
+      <c r="I116" s="5"/>
+      <c r="J116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K116" s="5" t="s">
         <v>723</v>
       </c>
-      <c r="I116" s="5" t="s">
+      <c r="L116" s="6" t="s">
         <v>724</v>
       </c>
-      <c r="J116" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M116" s="5"/>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D117" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>726</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G117" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G117" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="H117" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>730</v>
       </c>
       <c r="L117" s="6" t="s">
         <v>731</v>
       </c>
-      <c r="M117" s="5"/>
+      <c r="M117" s="5" t="s">
+        <v>732</v>
+      </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D118" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>726</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G118" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G118" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>733</v>
-[...1 lines deleted...]
-      <c r="M118" s="5"/>
+        <v>737</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>738</v>
+      </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D119" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>726</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>735</v>
-[...5 lines deleted...]
-        </is>
+        <v>740</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>736</v>
-[...1 lines deleted...]
-      <c r="M119" s="5"/>
+        <v>743</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>744</v>
+      </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>738</v>
-[...5 lines deleted...]
-        <v>739</v>
+        <v>16</v>
+      </c>
+      <c r="D120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="s">
-        <v>740</v>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>741</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>746</v>
+      </c>
+      <c r="I120" s="5"/>
+      <c r="J120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K120" s="5" t="s">
-        <v>743</v>
+        <v>723</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>744</v>
-[...3 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="M120" s="5"/>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>662</v>
+      </c>
+      <c r="I121" s="5"/>
       <c r="J121" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K121" s="5" t="s">
         <v>751</v>
       </c>
       <c r="L121" s="6" t="s">
         <v>752</v>
       </c>
       <c r="M121" s="5" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
         <v>754</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D122" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D122" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E122" s="5" t="s">
+        <v>749</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G122" s="5" t="s">
+        <v>755</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>755</v>
+        <v>662</v>
       </c>
       <c r="I122" s="5" t="s">
         <v>756</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K122" s="5" t="s">
         <v>757</v>
       </c>
       <c r="L122" s="6" t="s">
         <v>758</v>
       </c>
       <c r="M122" s="5" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
         <v>760</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D123" s="5" t="s">
-        <v>113</v>
+      <c r="D123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G123" s="5" t="s">
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I123" s="5"/>
+      <c r="J123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K123" s="5" t="s">
         <v>761</v>
       </c>
-      <c r="H123" s="5" t="s">
+      <c r="L123" s="6" t="s">
         <v>762</v>
       </c>
-      <c r="I123" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="s">
-        <v>768</v>
+      <c r="H124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I124" s="5"/>
       <c r="J124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K124" s="5" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D125" s="5" t="s">
-[...3 lines deleted...]
-        <v>772</v>
+      <c r="D125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G125" s="5" t="s">
-        <v>773</v>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>774</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>767</v>
+      </c>
+      <c r="I125" s="5"/>
+      <c r="J125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K125" s="5" t="s">
-        <v>776</v>
+        <v>761</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>777</v>
-[...3 lines deleted...]
-      </c>
+        <v>768</v>
+      </c>
+      <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>779</v>
+        <v>769</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D126" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="5" t="s">
+      <c r="D126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="I126" s="5"/>
+      <c r="J126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K126" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="L126" s="6" t="s">
         <v>772</v>
       </c>
-      <c r="F126" s="5" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>785</v>
+        <v>773</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D127" s="5" t="s">
-[...3 lines deleted...]
-        <v>772</v>
+      <c r="D127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H127" s="5" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="H127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I127" s="5"/>
+      <c r="J127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K127" s="5" t="s">
-        <v>788</v>
+        <v>761</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>789</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="M127" s="5"/>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D128" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>776</v>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G128" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G128" s="5" t="s">
+        <v>777</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>792</v>
-[...5 lines deleted...]
-        </is>
+        <v>778</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>769</v>
+        <v>780</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>793</v>
-[...1 lines deleted...]
-      <c r="M128" s="5"/>
+        <v>781</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>782</v>
+      </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>794</v>
+        <v>783</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D129" s="5" t="s">
-[...3 lines deleted...]
-        <v>795</v>
+      <c r="D129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G129" s="5" t="s">
-[...3 lines deleted...]
-        <v>699</v>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I129" s="5"/>
-      <c r="J129" s="5" t="s">
-        <v>21</v>
+      <c r="J129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K129" s="5" t="s">
-        <v>797</v>
+        <v>761</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>798</v>
-[...3 lines deleted...]
-      </c>
+        <v>784</v>
+      </c>
+      <c r="M129" s="5"/>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>800</v>
+        <v>785</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D130" s="5" t="s">
-[...3 lines deleted...]
-        <v>795</v>
+      <c r="D130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G130" s="5" t="s">
-        <v>801</v>
+      <c r="G130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>699</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>767</v>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K130" s="5" t="s">
-        <v>803</v>
+        <v>761</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>804</v>
-[...3 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>806</v>
+        <v>785</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K131" s="5" t="s">
-        <v>807</v>
+        <v>761</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>808</v>
+        <v>787</v>
       </c>
       <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>809</v>
+        <v>788</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D132" s="5" t="s">
-[...3 lines deleted...]
-        <v>795</v>
+      <c r="D132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G132" s="5" t="s">
-[...3 lines deleted...]
-        <v>811</v>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I132" s="5"/>
-      <c r="J132" s="5" t="s">
-        <v>21</v>
+      <c r="J132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K132" s="5" t="s">
-        <v>812</v>
+        <v>761</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>813</v>
-[...3 lines deleted...]
-      </c>
+        <v>789</v>
+      </c>
+      <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>815</v>
+        <v>790</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D133" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>791</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G133" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G133" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="J133" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>816</v>
+        <v>795</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>817</v>
-[...1 lines deleted...]
-      <c r="M133" s="5"/>
+        <v>796</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>797</v>
+      </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>818</v>
+        <v>798</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K134" s="5" t="s">
-        <v>819</v>
+        <v>771</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>820</v>
+        <v>799</v>
       </c>
       <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>821</v>
+        <v>800</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D135" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>801</v>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G135" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G135" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>822</v>
+        <v>805</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>823</v>
-[...1 lines deleted...]
-      <c r="M135" s="5"/>
+        <v>806</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>807</v>
+      </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>824</v>
+        <v>808</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>825</v>
+        <v>746</v>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="s">
-        <v>816</v>
+        <v>771</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>826</v>
+        <v>809</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>827</v>
+        <v>810</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H137" s="5" t="s">
-        <v>828</v>
+      <c r="H137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K137" s="5" t="s">
-        <v>819</v>
+        <v>771</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>829</v>
+        <v>811</v>
       </c>
       <c r="M137" s="5"/>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>830</v>
+        <v>812</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>828</v>
+        <v>767</v>
       </c>
       <c r="I138" s="5"/>
       <c r="J138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K138" s="5" t="s">
-        <v>816</v>
+        <v>771</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>831</v>
+        <v>813</v>
       </c>
       <c r="M138" s="5"/>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>832</v>
+        <v>814</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H139" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H139" s="5" t="s">
+        <v>815</v>
       </c>
       <c r="I139" s="5"/>
       <c r="J139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K139" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="L139" s="6" t="s">
         <v>816</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
       <c r="M139" s="5"/>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>834</v>
+        <v>817</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>113</v>
+        <v>469</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>835</v>
+        <v>17</v>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="s">
-        <v>836</v>
+        <v>818</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>837</v>
+        <v>819</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>838</v>
+        <v>820</v>
       </c>
       <c r="J140" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>839</v>
+        <v>821</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>840</v>
+        <v>822</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>841</v>
+        <v>823</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I141" s="5"/>
       <c r="J141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K141" s="5" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>843</v>
+        <v>826</v>
       </c>
       <c r="M141" s="5"/>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>844</v>
+        <v>827</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D142" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>828</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G142" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="H142" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="J142" s="5" t="s">
+        <v>218</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>816</v>
+        <v>832</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>845</v>
-[...1 lines deleted...]
-      <c r="M142" s="5"/>
+        <v>833</v>
+      </c>
+      <c r="M142" s="5" t="s">
+        <v>834</v>
+      </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>846</v>
+        <v>835</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H143" s="5" t="s">
-        <v>825</v>
+      <c r="H143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I143" s="5"/>
       <c r="J143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K143" s="5" t="s">
-        <v>816</v>
+      <c r="K143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L143" s="6" t="s">
-        <v>847</v>
+        <v>836</v>
       </c>
       <c r="M143" s="5"/>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>846</v>
+        <v>837</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I144" s="5"/>
       <c r="J144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K144" s="5" t="s">
-        <v>816</v>
+      <c r="K144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L144" s="6" t="s">
-        <v>848</v>
+        <v>838</v>
       </c>
       <c r="M144" s="5"/>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>849</v>
+        <v>839</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H145" s="5" t="s">
-        <v>825</v>
+      <c r="H145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I145" s="5"/>
       <c r="J145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K145" s="5" t="s">
-        <v>816</v>
+      <c r="K145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L145" s="6" t="s">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="M145" s="5"/>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>851</v>
+        <v>841</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I146" s="5"/>
       <c r="J146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K146" s="5" t="s">
-        <v>816</v>
+      <c r="K146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L146" s="6" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="M146" s="5"/>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>853</v>
+        <v>843</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D147" s="5" t="s">
-[...3 lines deleted...]
-        <v>854</v>
+      <c r="D147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G147" s="5" t="s">
-[...12 lines deleted...]
-        <v>858</v>
+      <c r="G147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I147" s="5"/>
+      <c r="J147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L147" s="6" t="s">
-        <v>859</v>
-[...3 lines deleted...]
-      </c>
+        <v>844</v>
+      </c>
+      <c r="M147" s="5"/>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>861</v>
+        <v>845</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>846</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G148" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="H148" s="5" t="s">
+        <v>849</v>
       </c>
       <c r="I148" s="5"/>
-      <c r="J148" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J148" s="5" t="s">
+        <v>850</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>819</v>
+        <v>851</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>862</v>
-[...1 lines deleted...]
-      <c r="M148" s="5"/>
+        <v>852</v>
+      </c>
+      <c r="M148" s="5" t="s">
+        <v>853</v>
+      </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>863</v>
+        <v>854</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>16</v>
+        <v>846</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>113</v>
+        <v>847</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>864</v>
+        <v>17</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="s">
-        <v>865</v>
+        <v>855</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>866</v>
+        <v>856</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>867</v>
+        <v>857</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>21</v>
+        <v>850</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>868</v>
+        <v>858</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>869</v>
+        <v>859</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>870</v>
+        <v>860</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>846</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G150" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G150" s="5" t="s">
+        <v>862</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>792</v>
-[...5 lines deleted...]
-        </is>
+        <v>863</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="J150" s="5" t="s">
+        <v>850</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>819</v>
+        <v>865</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="M150" s="5"/>
+        <v>866</v>
+      </c>
+      <c r="M150" s="5" t="s">
+        <v>867</v>
+      </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
+        <v>868</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G151" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="H151" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="J151" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K151" s="5" t="s">
         <v>873</v>
-      </c>
-[...38 lines deleted...]
-        <v>819</v>
       </c>
       <c r="L151" s="6" t="s">
         <v>874</v>
       </c>
-      <c r="M151" s="5"/>
+      <c r="M151" s="5" t="s">
+        <v>875</v>
+      </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D152" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>877</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G152" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G152" s="5" t="s">
+        <v>878</v>
       </c>
       <c r="H152" s="5" t="s">
-        <v>825</v>
+        <v>879</v>
       </c>
       <c r="I152" s="5"/>
-      <c r="J152" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J152" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>819</v>
+        <v>880</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="M152" s="5"/>
+        <v>881</v>
+      </c>
+      <c r="M152" s="5" t="s">
+        <v>882</v>
+      </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>878</v>
+        <v>746</v>
       </c>
       <c r="I153" s="5"/>
       <c r="J153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K153" s="5" t="s">
-        <v>819</v>
+        <v>884</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="M153" s="5"/>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>498</v>
+        <v>113</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>17</v>
+        <v>887</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="H154" s="5" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="J154" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D155" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>895</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G155" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G155" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="H155" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="J155" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>888</v>
+        <v>899</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>889</v>
-[...1 lines deleted...]
-      <c r="M155" s="5"/>
+        <v>900</v>
+      </c>
+      <c r="M155" s="5" t="s">
+        <v>901</v>
+      </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>890</v>
+        <v>902</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H156" s="5" t="s">
-        <v>891</v>
+      <c r="H156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K156" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K156" s="5" t="s">
+        <v>903</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>892</v>
+        <v>904</v>
       </c>
       <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>893</v>
+        <v>905</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D157" s="5" t="s">
-[...3 lines deleted...]
-        <v>894</v>
+      <c r="D157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="s">
-[...9 lines deleted...]
-        <v>228</v>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I157" s="5"/>
+      <c r="J157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K157" s="5" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>899</v>
-[...3 lines deleted...]
-      </c>
+        <v>906</v>
+      </c>
+      <c r="M157" s="5"/>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>293</v>
+        <v>869</v>
       </c>
       <c r="C158" s="5" t="s">
+        <v>908</v>
+      </c>
+      <c r="D158" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E158" s="5" t="s">
+        <v>909</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G158" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G158" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="H158" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="J158" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K158" s="5" t="s">
+        <v>913</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>902</v>
-[...1 lines deleted...]
-      <c r="M158" s="5"/>
+        <v>914</v>
+      </c>
+      <c r="M158" s="5" t="s">
+        <v>915</v>
+      </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>903</v>
+        <v>916</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H159" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H159" s="5" t="s">
+        <v>917</v>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="6" t="s">
-        <v>904</v>
+        <v>918</v>
       </c>
       <c r="M159" s="5"/>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>905</v>
+        <v>919</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D160" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D160" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G160" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="H160" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="J160" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K160" s="5" t="s">
+        <v>923</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="M160" s="5"/>
+        <v>924</v>
+      </c>
+      <c r="M160" s="5" t="s">
+        <v>925</v>
+      </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>907</v>
+        <v>926</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H161" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H161" s="5" t="s">
+        <v>927</v>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="6" t="s">
-        <v>908</v>
+        <v>928</v>
       </c>
       <c r="M161" s="5"/>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>909</v>
+        <v>929</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H162" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H162" s="5" t="s">
+        <v>930</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="6" t="s">
-        <v>910</v>
+        <v>931</v>
       </c>
       <c r="M162" s="5"/>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>911</v>
+        <v>929</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>912</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G163" s="5" t="s">
-        <v>914</v>
+      <c r="G163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>915</v>
+        <v>932</v>
       </c>
       <c r="I163" s="5"/>
-      <c r="J163" s="5" t="s">
-[...3 lines deleted...]
-        <v>917</v>
+      <c r="J163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L163" s="6" t="s">
-        <v>918</v>
-[...3 lines deleted...]
-      </c>
+        <v>933</v>
+      </c>
+      <c r="M163" s="5"/>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>920</v>
+        <v>934</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>912</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G164" s="5" t="s">
-        <v>921</v>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>922</v>
-[...8 lines deleted...]
-        <v>924</v>
+        <v>935</v>
+      </c>
+      <c r="I164" s="5"/>
+      <c r="J164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L164" s="6" t="s">
-        <v>925</v>
-[...3 lines deleted...]
-      </c>
+        <v>936</v>
+      </c>
+      <c r="M164" s="5"/>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>912</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G165" s="5" t="s">
-[...12 lines deleted...]
-        <v>931</v>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I165" s="5"/>
+      <c r="J165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L165" s="6" t="s">
-        <v>932</v>
-[...3 lines deleted...]
-      </c>
+        <v>938</v>
+      </c>
+      <c r="M165" s="5"/>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>935</v>
+        <v>275</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>498</v>
-[...1 lines deleted...]
-      <c r="D166" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E166" s="5" t="s">
-[...6 lines deleted...]
-        <v>936</v>
+      <c r="D166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>937</v>
-[...8 lines deleted...]
-        <v>939</v>
+        <v>940</v>
+      </c>
+      <c r="I166" s="5"/>
+      <c r="J166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L166" s="6" t="s">
-        <v>940</v>
-[...1 lines deleted...]
-      <c r="M166" s="5" t="s">
         <v>941</v>
       </c>
+      <c r="M166" s="5"/>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
         <v>942</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D167" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="5" t="s">
+      <c r="D167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H167" s="5" t="s">
         <v>943</v>
       </c>
-      <c r="F167" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G167" s="5" t="s">
+      <c r="I167" s="5"/>
+      <c r="J167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L167" s="6" t="s">
         <v>944</v>
       </c>
-      <c r="H167" s="5" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="M167" s="5"/>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>792</v>
+        <v>946</v>
       </c>
       <c r="I168" s="5"/>
       <c r="J168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K168" s="5" t="s">
-        <v>950</v>
+      <c r="K168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L168" s="6" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="M168" s="5"/>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D169" s="5" t="s">
-[...3 lines deleted...]
-        <v>953</v>
+      <c r="D169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G169" s="5" t="s">
-        <v>954</v>
+      <c r="G169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>955</v>
-[...8 lines deleted...]
-        <v>957</v>
+        <v>949</v>
+      </c>
+      <c r="I169" s="5"/>
+      <c r="J169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L169" s="6" t="s">
-        <v>958</v>
-[...3 lines deleted...]
-      </c>
+        <v>950</v>
+      </c>
+      <c r="M169" s="5"/>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>960</v>
+        <v>951</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D170" s="5" t="s">
-[...3 lines deleted...]
-        <v>961</v>
+      <c r="D170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G170" s="5" t="s">
-        <v>962</v>
+      <c r="G170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>963</v>
-[...8 lines deleted...]
-        <v>965</v>
+        <v>952</v>
+      </c>
+      <c r="I170" s="5"/>
+      <c r="J170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L170" s="6" t="s">
-        <v>966</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="M170" s="5"/>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>968</v>
+        <v>954</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H171" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H171" s="5" t="s">
+        <v>955</v>
       </c>
       <c r="I171" s="5"/>
       <c r="J171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K171" s="5" t="s">
-        <v>969</v>
+      <c r="K171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L171" s="6" t="s">
-        <v>970</v>
+        <v>956</v>
       </c>
       <c r="M171" s="5"/>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>971</v>
+        <v>957</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H172" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H172" s="5" t="s">
+        <v>958</v>
       </c>
       <c r="I172" s="5"/>
       <c r="J172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K172" s="5" t="s">
-        <v>972</v>
+      <c r="K172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L172" s="6" t="s">
-        <v>973</v>
+        <v>959</v>
       </c>
       <c r="M172" s="5"/>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>974</v>
+        <v>960</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D173" s="5" t="s">
-[...3 lines deleted...]
-        <v>975</v>
+      <c r="D173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G173" s="5" t="s">
-        <v>975</v>
+      <c r="G173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>976</v>
-[...8 lines deleted...]
-        <v>978</v>
+        <v>961</v>
+      </c>
+      <c r="I173" s="5"/>
+      <c r="J173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L173" s="6" t="s">
-        <v>979</v>
-[...3 lines deleted...]
-      </c>
+        <v>962</v>
+      </c>
+      <c r="M173" s="5"/>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>981</v>
+        <v>963</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H174" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H174" s="5" t="s">
+        <v>964</v>
       </c>
       <c r="I174" s="5"/>
       <c r="J174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K174" s="5" t="s">
-        <v>972</v>
+      <c r="K174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L174" s="6" t="s">
-        <v>982</v>
+        <v>965</v>
       </c>
       <c r="M174" s="5"/>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>983</v>
+        <v>966</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H175" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H175" s="5" t="s">
+        <v>967</v>
       </c>
       <c r="I175" s="5"/>
       <c r="J175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K175" s="5" t="s">
-        <v>972</v>
+      <c r="K175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L175" s="6" t="s">
-        <v>984</v>
+        <v>968</v>
       </c>
       <c r="M175" s="5"/>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>985</v>
+        <v>969</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>935</v>
+        <v>275</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>986</v>
-[...1 lines deleted...]
-      <c r="D176" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E176" s="5" t="s">
-        <v>987</v>
+      <c r="D176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G176" s="5" t="s">
-        <v>988</v>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>989</v>
-[...8 lines deleted...]
-        <v>991</v>
+        <v>970</v>
+      </c>
+      <c r="I176" s="5"/>
+      <c r="J176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L176" s="6" t="s">
-        <v>992</v>
-[...3 lines deleted...]
-      </c>
+        <v>971</v>
+      </c>
+      <c r="M176" s="5"/>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>994</v>
+        <v>972</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>995</v>
+        <v>973</v>
       </c>
       <c r="I177" s="5"/>
       <c r="J177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="6" t="s">
-        <v>996</v>
+        <v>974</v>
       </c>
       <c r="M177" s="5"/>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>997</v>
+        <v>975</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D178" s="5" t="s">
-        <v>113</v>
+      <c r="D178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G178" s="5" t="s">
-        <v>998</v>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>999</v>
-[...8 lines deleted...]
-        <v>1001</v>
+        <v>976</v>
+      </c>
+      <c r="I178" s="5"/>
+      <c r="J178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1002</v>
-[...3 lines deleted...]
-      </c>
+        <v>977</v>
+      </c>
+      <c r="M178" s="5"/>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1004</v>
+        <v>978</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1005</v>
+        <v>979</v>
       </c>
       <c r="I179" s="5"/>
       <c r="J179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1006</v>
+        <v>980</v>
       </c>
       <c r="M179" s="5"/>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1007</v>
+        <v>981</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1008</v>
+        <v>982</v>
       </c>
       <c r="I180" s="5"/>
       <c r="J180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1009</v>
+        <v>983</v>
       </c>
       <c r="M180" s="5"/>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1007</v>
+        <v>984</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1010</v>
+        <v>985</v>
       </c>
       <c r="I181" s="5"/>
       <c r="J181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1011</v>
+        <v>986</v>
       </c>
       <c r="M181" s="5"/>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1012</v>
+        <v>987</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1013</v>
+        <v>988</v>
       </c>
       <c r="I182" s="5"/>
       <c r="J182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1014</v>
+        <v>989</v>
       </c>
       <c r="M182" s="5"/>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1015</v>
+        <v>990</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H183" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H183" s="5" t="s">
+        <v>991</v>
       </c>
       <c r="I183" s="5"/>
       <c r="J183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1016</v>
+        <v>992</v>
       </c>
       <c r="M183" s="5"/>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1017</v>
+        <v>993</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1018</v>
+        <v>994</v>
       </c>
       <c r="I184" s="5"/>
       <c r="J184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1019</v>
+        <v>995</v>
       </c>
       <c r="M184" s="5"/>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1020</v>
+        <v>996</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1021</v>
+        <v>997</v>
       </c>
       <c r="I185" s="5"/>
       <c r="J185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1022</v>
+        <v>998</v>
       </c>
       <c r="M185" s="5"/>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1023</v>
+        <v>999</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1024</v>
+        <v>1000</v>
       </c>
       <c r="I186" s="5"/>
       <c r="J186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1025</v>
+        <v>1001</v>
       </c>
       <c r="M186" s="5"/>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1026</v>
+        <v>1002</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>662</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G187" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G187" s="5" t="s">
+        <v>1004</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1027</v>
-[...10 lines deleted...]
-        </is>
+        <v>1005</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K187" s="5" t="s">
+        <v>1007</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="M187" s="5"/>
+        <v>1008</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>1009</v>
+      </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1029</v>
+        <v>1010</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D188" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G188" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G188" s="5" t="s">
+        <v>1011</v>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1030</v>
-[...10 lines deleted...]
-        </is>
+        <v>1012</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J188" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K188" s="5" t="s">
+        <v>1014</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1031</v>
-[...1 lines deleted...]
-      <c r="M188" s="5"/>
+        <v>1015</v>
+      </c>
+      <c r="M188" s="5" t="s">
+        <v>1016</v>
+      </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1032</v>
+        <v>1017</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>669</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1033</v>
-[...10 lines deleted...]
-        </is>
+        <v>1018</v>
+      </c>
+      <c r="I189" s="5" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J189" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="K189" s="5" t="s">
+        <v>1020</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1034</v>
-[...1 lines deleted...]
-      <c r="M189" s="5"/>
+        <v>1021</v>
+      </c>
+      <c r="M189" s="5" t="s">
+        <v>1022</v>
+      </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1035</v>
+        <v>1023</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>1024</v>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1036</v>
-[...10 lines deleted...]
-        </is>
+        <v>1025</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J190" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="K190" s="5" t="s">
+        <v>1027</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="M190" s="5"/>
+        <v>1028</v>
+      </c>
+      <c r="M190" s="5" t="s">
+        <v>1029</v>
+      </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1038</v>
+        <v>1030</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D191" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>1031</v>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G191" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G191" s="5" t="s">
+        <v>1032</v>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="I191" s="5"/>
-      <c r="J191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J191" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K191" s="5" t="s">
+        <v>1034</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1040</v>
-[...1 lines deleted...]
-      <c r="M191" s="5"/>
+        <v>1035</v>
+      </c>
+      <c r="M191" s="5" t="s">
+        <v>1036</v>
+      </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
       <c r="I192" s="5"/>
       <c r="J192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K192" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K192" s="5" t="s">
+        <v>1039</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="M192" s="5"/>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="I193" s="5"/>
       <c r="J193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K193" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K193" s="5" t="s">
+        <v>1039</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="M193" s="5"/>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="I194" s="5"/>
       <c r="J194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K194" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K194" s="5" t="s">
+        <v>1039</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="M194" s="5"/>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="I195" s="5"/>
       <c r="J195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K195" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K195" s="5" t="s">
+        <v>1049</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="M195" s="5"/>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>16</v>
+        <v>1048</v>
       </c>
       <c r="D196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="I196" s="5"/>
       <c r="J196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K196" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K196" s="5" t="s">
+        <v>1052</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="M196" s="5"/>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>16</v>
+        <v>1048</v>
       </c>
       <c r="D197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="I197" s="5"/>
       <c r="J197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K197" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K197" s="5" t="s">
+        <v>1052</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="M197" s="5"/>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>16</v>
+        <v>1048</v>
       </c>
       <c r="D198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1060</v>
+        <v>1048</v>
       </c>
       <c r="I198" s="5"/>
       <c r="J198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K198" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K198" s="5" t="s">
+        <v>1052</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="M198" s="5"/>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1063</v>
+        <v>1048</v>
       </c>
       <c r="I199" s="5"/>
       <c r="J199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K199" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K199" s="5" t="s">
+        <v>1049</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1064</v>
+        <v>1059</v>
       </c>
       <c r="M199" s="5"/>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G200" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H200" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I200" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J200" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K200" s="5" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L200" s="6" t="s">
         <v>1065</v>
       </c>
-      <c r="B200" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H200" s="5" t="s">
+      <c r="M200" s="5" t="s">
         <v>1066</v>
       </c>
-      <c r="I200" s="5"/>
-[...10 lines deleted...]
-      <c r="L200" s="6" t="s">
+    </row>
+    <row r="201">
+      <c r="A201" s="5" t="n">
+        <v>1928</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E201" s="5" t="s">
         <v>1067</v>
       </c>
-      <c r="M200" s="5"/>
-[...2 lines deleted...]
-      <c r="A201" s="5" t="s">
+      <c r="F201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H201" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="I201" s="5" t="s">
         <v>1068</v>
       </c>
-      <c r="B201" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H201" s="5" t="s">
+      <c r="J201" s="5" t="s">
         <v>1069</v>
       </c>
-      <c r="I201" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="K201" s="5" t="s">
+        <v>1070</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1070</v>
-[...1 lines deleted...]
-      <c r="M201" s="5"/>
+        <v>1071</v>
+      </c>
+      <c r="M201" s="5" t="s">
+        <v>1072</v>
+      </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>275</v>
+      </c>
+      <c r="C202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1072</v>
+        <v>469</v>
       </c>
       <c r="I202" s="5"/>
       <c r="J202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K202" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K202" s="5" t="s">
+        <v>1074</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="M202" s="5"/>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D203" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E203" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G203" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G203" s="5" t="s">
+        <v>1078</v>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1075</v>
-[...10 lines deleted...]
-        </is>
+        <v>1079</v>
+      </c>
+      <c r="I203" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J203" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K203" s="5" t="s">
+        <v>1081</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1076</v>
-[...1 lines deleted...]
-      <c r="M203" s="5"/>
+        <v>1082</v>
+      </c>
+      <c r="M203" s="5" t="s">
+        <v>1083</v>
+      </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="C204" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D204" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E204" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G204" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G204" s="5" t="s">
+        <v>1085</v>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1078</v>
-[...10 lines deleted...]
-        </is>
+        <v>1086</v>
+      </c>
+      <c r="I204" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="J204" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K204" s="5" t="s">
+        <v>1088</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1079</v>
-[...1 lines deleted...]
-      <c r="M204" s="5"/>
+        <v>1089</v>
+      </c>
+      <c r="M204" s="5" t="s">
+        <v>1090</v>
+      </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1080</v>
+        <v>1091</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D205" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>1092</v>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1081</v>
-[...10 lines deleted...]
-        </is>
+        <v>1093</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="J205" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K205" s="5" t="s">
+        <v>1095</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1082</v>
-[...1 lines deleted...]
-      <c r="M205" s="5"/>
+        <v>1096</v>
+      </c>
+      <c r="M205" s="5" t="s">
+        <v>1097</v>
+      </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1083</v>
+        <v>1098</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>699</v>
+        <v>279</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>1084</v>
+        <v>469</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>17</v>
+        <v>669</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="s">
-        <v>1085</v>
+        <v>1099</v>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1086</v>
+        <v>1100</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>228</v>
+        <v>439</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1089</v>
+        <v>1103</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>16</v>
+        <v>279</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>792</v>
+        <v>469</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>17</v>
+        <v>669</v>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G207" s="5" t="s">
-        <v>1092</v>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1093</v>
-[...3 lines deleted...]
-      </c>
+        <v>1106</v>
+      </c>
+      <c r="I207" s="5"/>
       <c r="J207" s="5" t="s">
-        <v>228</v>
+        <v>439</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>296</v>
+        <v>1111</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-        <v>706</v>
+        <v>1003</v>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1099</v>
+        <v>1112</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1100</v>
+        <v>1113</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>468</v>
+        <v>1114</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1101</v>
+        <v>1115</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1102</v>
+        <v>1116</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1103</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>464</v>
+        <v>1003</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>1105</v>
+        <v>17</v>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1106</v>
+        <v>1119</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1107</v>
+        <v>1120</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>468</v>
+        <v>1069</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1108</v>
+        <v>1121</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1110</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1111</v>
+        <v>1124</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>792</v>
+        <v>1003</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>1112</v>
+        <v>17</v>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G210" s="5" t="s">
-        <v>1113</v>
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="I210" s="5"/>
+        <v>1125</v>
+      </c>
+      <c r="I210" s="5" t="s">
+        <v>1126</v>
+      </c>
       <c r="J210" s="5" t="s">
-        <v>228</v>
+        <v>1069</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1115</v>
+        <v>1127</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1116</v>
+        <v>1128</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="D211" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D211" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1119</v>
-[...5 lines deleted...]
-        </is>
+        <v>1131</v>
+      </c>
+      <c r="I211" s="5" t="s">
+        <v>1132</v>
+      </c>
+      <c r="J211" s="5" t="s">
+        <v>1114</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1120</v>
+        <v>1133</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1121</v>
-[...1 lines deleted...]
-      <c r="M211" s="5"/>
+        <v>1134</v>
+      </c>
+      <c r="M211" s="5" t="s">
+        <v>1135</v>
+      </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1122</v>
+        <v>1136</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D212" s="5" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1123</v>
-[...5 lines deleted...]
-        </is>
+        <v>1138</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J212" s="5" t="s">
+        <v>1069</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1120</v>
+        <v>1140</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1124</v>
-[...1 lines deleted...]
-      <c r="M212" s="5"/>
+        <v>1141</v>
+      </c>
+      <c r="M212" s="5" t="s">
+        <v>1142</v>
+      </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>258</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>276</v>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1126</v>
-[...5 lines deleted...]
-        </is>
+        <v>1144</v>
+      </c>
+      <c r="I213" s="5" t="s">
+        <v>1145</v>
+      </c>
+      <c r="J213" s="5" t="s">
+        <v>1146</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1120</v>
+        <v>1147</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="M213" s="5"/>
+        <v>1148</v>
+      </c>
+      <c r="M213" s="5" t="s">
+        <v>1149</v>
+      </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1128</v>
+        <v>1150</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="F214" s="5" t="s">
+        <v>1152</v>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1123</v>
-[...5 lines deleted...]
-        </is>
+        <v>1153</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="J214" s="5" t="s">
+        <v>1155</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1120</v>
+        <v>1156</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1129</v>
-[...1 lines deleted...]
-      <c r="M214" s="5"/>
+        <v>1157</v>
+      </c>
+      <c r="M214" s="5" t="s">
+        <v>1158</v>
+      </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1130</v>
+        <v>1159</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D215" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1131</v>
-[...5 lines deleted...]
-        </is>
+        <v>1160</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>1161</v>
+      </c>
+      <c r="J215" s="5" t="s">
+        <v>1069</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1120</v>
+        <v>1162</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1132</v>
-[...1 lines deleted...]
-      <c r="M215" s="5"/>
+        <v>1163</v>
+      </c>
+      <c r="M215" s="5" t="s">
+        <v>1164</v>
+      </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1133</v>
+        <v>1165</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1166</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>1167</v>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1134</v>
-[...5 lines deleted...]
-        </is>
+        <v>1168</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J216" s="5" t="s">
+        <v>1114</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1120</v>
+        <v>1170</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1135</v>
-[...1 lines deleted...]
-      <c r="M216" s="5"/>
+        <v>1171</v>
+      </c>
+      <c r="M216" s="5" t="s">
+        <v>1172</v>
+      </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1136</v>
+        <v>1173</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D217" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>1174</v>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1131</v>
-[...5 lines deleted...]
-        </is>
+        <v>1175</v>
+      </c>
+      <c r="I217" s="5" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J217" s="5" t="s">
+        <v>1069</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1120</v>
+        <v>1177</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="M217" s="5"/>
+        <v>1178</v>
+      </c>
+      <c r="M217" s="5" t="s">
+        <v>1179</v>
+      </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1138</v>
+        <v>1180</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D218" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D218" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F218" s="5" t="s">
+        <v>1174</v>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1139</v>
-[...5 lines deleted...]
-        </is>
+        <v>1181</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J218" s="5" t="s">
+        <v>1114</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1120</v>
+        <v>1183</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1140</v>
-[...1 lines deleted...]
-      <c r="M218" s="5"/>
+        <v>1184</v>
+      </c>
+      <c r="M218" s="5" t="s">
+        <v>1185</v>
+      </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1141</v>
+        <v>1186</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D219" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D219" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>1174</v>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1139</v>
+        <v>1187</v>
       </c>
       <c r="I219" s="5"/>
-      <c r="J219" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J219" s="5" t="s">
+        <v>1114</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1142</v>
+        <v>1188</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1143</v>
-[...1 lines deleted...]
-      <c r="M219" s="5"/>
+        <v>1189</v>
+      </c>
+      <c r="M219" s="5" t="s">
+        <v>1190</v>
+      </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1144</v>
+        <v>1191</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>293</v>
-[...9 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>1167</v>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1139</v>
-[...5 lines deleted...]
-        </is>
+        <v>1192</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J220" s="5" t="s">
+        <v>1114</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1142</v>
+        <v>1194</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1145</v>
-[...1 lines deleted...]
-      <c r="M220" s="5"/>
+        <v>1195</v>
+      </c>
+      <c r="M220" s="5" t="s">
+        <v>1196</v>
+      </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1146</v>
+        <v>1197</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>1139</v>
-[...9 lines deleted...]
-        </is>
+        <v>662</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E221" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1139</v>
-[...5 lines deleted...]
-        </is>
+        <v>1198</v>
+      </c>
+      <c r="I221" s="5" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J221" s="5" t="s">
+        <v>1114</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1147</v>
+        <v>1200</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1148</v>
-[...1 lines deleted...]
-      <c r="M221" s="5"/>
+        <v>1201</v>
+      </c>
+      <c r="M221" s="5" t="s">
+        <v>1202</v>
+      </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1149</v>
+        <v>1203</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>1139</v>
-[...9 lines deleted...]
-        </is>
+        <v>662</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1139</v>
-[...5 lines deleted...]
-        </is>
+        <v>1205</v>
+      </c>
+      <c r="I222" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="J222" s="5" t="s">
+        <v>1114</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1147</v>
+        <v>1207</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1150</v>
-[...1 lines deleted...]
-      <c r="M222" s="5"/>
+        <v>1208</v>
+      </c>
+      <c r="M222" s="5" t="s">
+        <v>1209</v>
+      </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1151</v>
+        <v>1210</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>1139</v>
-[...9 lines deleted...]
-        </is>
+        <v>662</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E223" s="5" t="s">
+        <v>1212</v>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1139</v>
-[...5 lines deleted...]
-        </is>
+        <v>1213</v>
+      </c>
+      <c r="I223" s="5" t="s">
+        <v>1214</v>
+      </c>
+      <c r="J223" s="5" t="s">
+        <v>1114</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1147</v>
+        <v>1215</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1152</v>
-[...1 lines deleted...]
-      <c r="M223" s="5"/>
+        <v>1216</v>
+      </c>
+      <c r="M223" s="5" t="s">
+        <v>1217</v>
+      </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1153</v>
+        <v>1218</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>662</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1139</v>
-[...5 lines deleted...]
-        </is>
+        <v>1220</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>1221</v>
+      </c>
+      <c r="J224" s="5" t="s">
+        <v>1069</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1142</v>
+        <v>1222</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1154</v>
-[...1 lines deleted...]
-      <c r="M224" s="5"/>
+        <v>1223</v>
+      </c>
+      <c r="M224" s="5" t="s">
+        <v>1224</v>
+      </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1155</v>
+        <v>1225</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>1084</v>
+        <v>16</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>699</v>
+        <v>1226</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F225" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G225" s="5" t="s">
-        <v>1156</v>
+      <c r="F225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1157</v>
-[...3 lines deleted...]
-      </c>
+        <v>1227</v>
+      </c>
+      <c r="I225" s="5"/>
       <c r="J225" s="5" t="s">
-        <v>228</v>
+        <v>1069</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1159</v>
+        <v>1228</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1160</v>
+        <v>1229</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1161</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="226">
-      <c r="A226" s="5" t="n">
-        <v>1928</v>
+      <c r="A226" s="5" t="s">
+        <v>1231</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>699</v>
+        <v>662</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>1084</v>
+        <v>1003</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>1162</v>
+        <v>17</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>498</v>
+        <v>1232</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1163</v>
+        <v>1233</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>1164</v>
+        <v>1114</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1165</v>
+        <v>1234</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1166</v>
+        <v>1235</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1167</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1168</v>
+        <v>1237</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>293</v>
-[...14 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="E227" s="5" t="s">
+        <v>1239</v>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H227" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I227" s="5" t="s">
+        <v>1240</v>
+      </c>
+      <c r="J227" s="5" t="s">
+        <v>1241</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1169</v>
+        <v>1242</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1170</v>
-[...1 lines deleted...]
-      <c r="M227" s="5"/>
+        <v>1243</v>
+      </c>
+      <c r="M227" s="5" t="s">
+        <v>1244</v>
+      </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1171</v>
+        <v>1245</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1111</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H228" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H228" s="5" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="J228" s="5" t="s">
+        <v>1114</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1169</v>
+        <v>1248</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1172</v>
-[...1 lines deleted...]
-      <c r="M228" s="5"/>
+        <v>1249</v>
+      </c>
+      <c r="M228" s="5" t="s">
+        <v>1250</v>
+      </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1173</v>
+        <v>1251</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F229" s="5" t="s">
         <v>1174</v>
       </c>
-      <c r="D229" s="5" t="s">
-[...11 lines deleted...]
-        <v>1175</v>
+      <c r="G229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1176</v>
-[...3 lines deleted...]
-      </c>
+        <v>1252</v>
+      </c>
+      <c r="I229" s="5"/>
       <c r="J229" s="5" t="s">
-        <v>228</v>
+        <v>1114</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1178</v>
+        <v>1253</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1179</v>
+        <v>1254</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1180</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1181</v>
+        <v>1256</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C230" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C230" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>16</v>
+        <v>1175</v>
       </c>
       <c r="E230" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        <v>1182</v>
+        <v>17</v>
+      </c>
+      <c r="F230" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>738</v>
+        <v>1257</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1183</v>
+        <v>1258</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>228</v>
+        <v>1114</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1184</v>
+        <v>1259</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1185</v>
+        <v>1260</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1186</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1187</v>
+        <v>1262</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>699</v>
+        <v>1003</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>1188</v>
+        <v>17</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1189</v>
+        <v>1263</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1190</v>
+        <v>1264</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>1164</v>
+        <v>1069</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1191</v>
+        <v>1265</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1192</v>
+        <v>1266</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1193</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1194</v>
+        <v>1268</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>498</v>
+        <v>1175</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>706</v>
-[...7 lines deleted...]
-        <v>1195</v>
+        <v>17</v>
+      </c>
+      <c r="F232" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1196</v>
+        <v>1270</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1197</v>
+        <v>1271</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>468</v>
+        <v>1114</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1198</v>
+        <v>1272</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1199</v>
+        <v>1273</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1200</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1201</v>
+        <v>1275</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>498</v>
+        <v>1137</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>706</v>
+        <v>17</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1202</v>
-[...1 lines deleted...]
-      <c r="I233" s="5"/>
+        <v>1276</v>
+      </c>
+      <c r="I233" s="5" t="s">
+        <v>1277</v>
+      </c>
       <c r="J233" s="5" t="s">
-        <v>468</v>
+        <v>1069</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1203</v>
+        <v>1278</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1204</v>
+        <v>1279</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1205</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1206</v>
+        <v>1281</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>1207</v>
+        <v>258</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>1084</v>
-[...9 lines deleted...]
-        </is>
+        <v>276</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F234" s="5" t="s">
+        <v>1283</v>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1208</v>
+        <v>1284</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1209</v>
+        <v>1285</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1210</v>
+        <v>1286</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1211</v>
+        <v>1287</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1212</v>
+        <v>1288</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1213</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1214</v>
+        <v>1290</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>16</v>
+        <v>662</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1137</v>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1215</v>
+        <v>1291</v>
       </c>
       <c r="I235" s="5" t="s">
-        <v>1216</v>
+        <v>1292</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>1164</v>
+        <v>1114</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1217</v>
+        <v>1293</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1218</v>
+        <v>1294</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1219</v>
-[...495 lines deleted...]
-      <c r="M246" s="5" t="s">
         <v>1295</v>
-      </c>
-[...839 lines deleted...]
-        <v>1417</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -20341,74 +18333,44 @@
     <hyperlink ref="M211" r:id="rId216"/>
     <hyperlink ref="M212" r:id="rId217"/>
     <hyperlink ref="M213" r:id="rId218"/>
     <hyperlink ref="M214" r:id="rId219"/>
     <hyperlink ref="M215" r:id="rId220"/>
     <hyperlink ref="M216" r:id="rId221"/>
     <hyperlink ref="M217" r:id="rId222"/>
     <hyperlink ref="M218" r:id="rId223"/>
     <hyperlink ref="M219" r:id="rId224"/>
     <hyperlink ref="M220" r:id="rId225"/>
     <hyperlink ref="M221" r:id="rId226"/>
     <hyperlink ref="M222" r:id="rId227"/>
     <hyperlink ref="M223" r:id="rId228"/>
     <hyperlink ref="M224" r:id="rId229"/>
     <hyperlink ref="M225" r:id="rId230"/>
     <hyperlink ref="M226" r:id="rId231"/>
     <hyperlink ref="M227" r:id="rId232"/>
     <hyperlink ref="M228" r:id="rId233"/>
     <hyperlink ref="M229" r:id="rId234"/>
     <hyperlink ref="M230" r:id="rId235"/>
     <hyperlink ref="M231" r:id="rId236"/>
     <hyperlink ref="M232" r:id="rId237"/>
     <hyperlink ref="M233" r:id="rId238"/>
     <hyperlink ref="M234" r:id="rId239"/>
     <hyperlink ref="M235" r:id="rId240"/>
-    <hyperlink ref="M236" r:id="rId241"/>
-[...28 lines deleted...]
-    <hyperlink ref="M265" r:id="rId270"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>