--- v1 (2026-01-14)
+++ v2 (2026-03-02)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2128" uniqueCount="1296" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2122" uniqueCount="1293" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -4059,60 +4059,50 @@
 Jeg fik samtidig et Brev fra Mogens der antagelig i Dag er i Firenze igjen, Via degli artisti E. Jeg er bange at vore Breve, som ere sendte til det Sted Argenia, hvor han har boet, ikke naa ham. Der har været stor Kirkefest for en undergørende Madonna med Biskop i Laterancapellet fra Rom og Pragt og Processioner. Mogens var hædret med at Bønderne i Byen havde valgt ham til "camerione del vescovo" Biskoppens Tjener, en stor Ære ved Festen. Jeg gad vide i hvilke præstelige Ærinder han har forrettet denne Tjeneste.
 Han har nu i lange Tider kun set Italienere og taler Sproget godt. Jeg haaber at han gaar frem som Maler, i hvert Fald arbejder han flittigt tror jeg at kunne mærke.
 Det er store Nyheder du fortæller om Dig selv og Din Flytning. Jeg synes det er udmærket. Hils Elle og Las og P[ulæseligt] og Agrarens fra mig. Morsomt at Du har fire Børn og Caspersen om Dig. Ja Du kan tænke Dig hvor vemodig Dagen er for mig og sagtens ogsaa for Mogens. Jeg kan ikke forstaa at det er to Aar siden jeg mistede min elskede Berta og hver Krog i Huset hver Plante i Haven vinker til mig om hende. [Der mangler formodentlig en eller flere sider af brevet her]
 vi have alligevel ikke faaet Pigen. To havde jeg antaget og lovede mig meget af men de sagde fra den ene efter den anden. Naa der lader ikke til at være saa knap Tid paa dem og jeg faar nok en. Den lille Stuepige paa 17 Aar fra Båxhult er vældig flink og hurtig og flittig og meget sød. Hun har aldrig været uden for Skoven i Småland, og er utrolig uvidende om Verden og alt, men et godt Hoved. Det er morsomt at lære hende noget.
 Det er jo morsomt at Grethe skal til Italien i Vinter, saa træffe de nok Mogens, og han har godt af at faa en nordisk Kunstkammerat til Sammenligning.
 Birgit og Ebbe hilser Hils ogsaa Caspersen fra mig
 Din Lut.</t>
   </si>
   <si>
     <t>27. maj. 1921</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/6cVnZS6j</t>
   </si>
   <si>
     <t> 2. jun. 1921</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/DMr2WPrd</t>
   </si>
   <si>
-    <t> 4. jun. 1921</t>
-[...8 lines deleted...]
-  <si>
     <t>1921-06-15</t>
   </si>
   <si>
     <t>Rudkøbing</t>
   </si>
   <si>
     <t>Bagenkop
 Svendborg
 Taasinge
 Thurø
 Lohals
 Humble, Langeland</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Christian Andersen
 Alfred Eckardt
 Elisabeth Eckardt    
 Achton Friis
 Jeppe Andreas Larsen
 Johan Christian Petersen</t>
   </si>
   <si>
     <t>Johannes Larsen og Achton Friis er på tur rundt i landet med skibet Rylen. De laver forarbejde til bogværket De Danskes Øer.
 Det vides ikke, om Lyon er en person, eller om der er tale om byen.</t>
@@ -6237,51 +6227,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -7343,59 +7333,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1jH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UtOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5Ic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1nn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WoKQ6GZ2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVd7DrLa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aF5nzb8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DnYM5ovH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ylxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KWBBQDjT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TFZbCnL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGCX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rucI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1XH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KlrseGqO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n2q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CPGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eyxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fPK2uvH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmZx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aSTOe5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpy3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DxKN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sGuz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AfsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xEOgthK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hPuG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MpSZuSQH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v71cVxpe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ie4pFGsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txro71EM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c7JI9tFg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WiCa1sc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwVWjWuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A40RZCOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/08TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xths" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hh6b8Pwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UspNYH4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/crVn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0r3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1jH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UtOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5Ic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1nn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WoKQ6GZ2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sQ8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVd7DrLa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aF5nzb8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DnYM5ovH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ylxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KWBBQDjT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TFZbCnL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGCX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rucI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1XH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KlrseGqO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n2q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CPGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eyxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fPK2uvH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmZx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aSTOe5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpy3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DxKN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Np5H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sGuz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AfsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xEOgthK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hPuG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MpSZuSQH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v71cVxpe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ie4pFGsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txro71EM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c7JI9tFg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WiCa1sc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwVWjWuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A40RZCOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/08TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xths" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hh6b8Pwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UspNYH4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/crVn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0r3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M235"/>
+  <dimension ref="A1:M234"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -12363,535 +12353,537 @@
       </c>
       <c r="H111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I111" s="5"/>
       <c r="J111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K111" s="5" t="s">
         <v>693</v>
       </c>
       <c r="L111" s="6" t="s">
         <v>696</v>
       </c>
       <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
         <v>697</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D112" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>698</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G112" s="5" t="s">
+        <v>699</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>698</v>
-[...5 lines deleted...]
-        </is>
+        <v>700</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="J112" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>699</v>
-[...1 lines deleted...]
-      <c r="M112" s="5"/>
+        <v>703</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>704</v>
+      </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D113" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D113" s="5" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G113" s="5" t="s">
-        <v>702</v>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="J113" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D114" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D114" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G114" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G114" s="5" t="s">
+        <v>712</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D115" s="5" t="s">
-        <v>113</v>
+      <c r="D115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G115" s="5" t="s">
-        <v>715</v>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>716</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>719</v>
+      </c>
+      <c r="I115" s="5"/>
+      <c r="J115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K115" s="5" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>719</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="M115" s="5"/>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D116" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>723</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G116" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G116" s="5" t="s">
+        <v>724</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>722</v>
-[...5 lines deleted...]
-        </is>
+        <v>725</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>724</v>
-[...1 lines deleted...]
-      <c r="M116" s="5"/>
+        <v>728</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>729</v>
+      </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>728</v>
+        <v>662</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G118" s="5" t="s">
-        <v>734</v>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>662</v>
+        <v>737</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D119" s="5" t="s">
-[...3 lines deleted...]
-        <v>726</v>
+      <c r="D119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>740</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>743</v>
+      </c>
+      <c r="I119" s="5"/>
+      <c r="J119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K119" s="5" t="s">
-        <v>742</v>
+        <v>720</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>743</v>
-[...1 lines deleted...]
-      <c r="M119" s="5" t="s">
         <v>744</v>
       </c>
+      <c r="M119" s="5"/>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>745</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D120" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G120" s="5" t="s">
+        <v>747</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>746</v>
+        <v>662</v>
       </c>
       <c r="I120" s="5"/>
-      <c r="J120" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J120" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>723</v>
+        <v>748</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="M120" s="5"/>
+        <v>749</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>750</v>
+      </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="H121" s="5" t="s">
         <v>662</v>
       </c>
-      <c r="I121" s="5"/>
+      <c r="I121" s="5" t="s">
+        <v>753</v>
+      </c>
       <c r="J121" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D122" s="5" t="s">
-[...3 lines deleted...]
-        <v>749</v>
+      <c r="D122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I122" s="5"/>
+      <c r="J122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K122" s="5" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>758</v>
-[...1 lines deleted...]
-      <c r="M122" s="5" t="s">
         <v>759</v>
       </c>
+      <c r="M122" s="5"/>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
         <v>760</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -12928,1740 +12920,1740 @@
         <v>275</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H124" s="5" t="s">
+        <v>764</v>
       </c>
       <c r="I124" s="5"/>
       <c r="J124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K124" s="5" t="s">
-        <v>764</v>
+        <v>758</v>
       </c>
       <c r="L124" s="6" t="s">
         <v>765</v>
       </c>
       <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
         <v>766</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
         <v>767</v>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K125" s="5" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H126" s="5" t="s">
-        <v>770</v>
+      <c r="H126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I126" s="5"/>
       <c r="J126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K126" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="L126" s="6" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
       <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D127" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>773</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G127" s="5" t="s">
+        <v>774</v>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="J127" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>761</v>
+        <v>777</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="M127" s="5"/>
+        <v>778</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>779</v>
+      </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D128" s="5" t="s">
-[...3 lines deleted...]
-        <v>776</v>
+      <c r="D128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G128" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I128" s="5"/>
+      <c r="J128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K128" s="5" t="s">
-        <v>780</v>
+        <v>758</v>
       </c>
       <c r="L128" s="6" t="s">
         <v>781</v>
       </c>
-      <c r="M128" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M128" s="5"/>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H129" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H129" s="5" t="s">
+        <v>764</v>
       </c>
       <c r="I129" s="5"/>
       <c r="J129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K129" s="5" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="M129" s="5"/>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H130" s="5" t="s">
-        <v>767</v>
+      <c r="H130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I130" s="5"/>
       <c r="J130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K130" s="5" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>785</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K131" s="5" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D132" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>788</v>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G132" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G132" s="5" t="s">
+        <v>789</v>
+      </c>
+      <c r="H132" s="5" t="s">
+        <v>790</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="J132" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>761</v>
+        <v>792</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="M132" s="5"/>
+        <v>793</v>
+      </c>
+      <c r="M132" s="5" t="s">
+        <v>794</v>
+      </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D133" s="5" t="s">
-[...3 lines deleted...]
-        <v>791</v>
+      <c r="D133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G133" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I133" s="5"/>
+      <c r="J133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K133" s="5" t="s">
-        <v>795</v>
+        <v>768</v>
       </c>
       <c r="L133" s="6" t="s">
         <v>796</v>
       </c>
-      <c r="M133" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M133" s="5"/>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D134" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>798</v>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G134" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G134" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="H134" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="J134" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>771</v>
+        <v>802</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>799</v>
-[...1 lines deleted...]
-      <c r="M134" s="5"/>
+        <v>803</v>
+      </c>
+      <c r="M134" s="5" t="s">
+        <v>804</v>
+      </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D135" s="5" t="s">
-[...3 lines deleted...]
-        <v>801</v>
+      <c r="D135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G135" s="5" t="s">
-        <v>802</v>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>803</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>743</v>
+      </c>
+      <c r="I135" s="5"/>
+      <c r="J135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K135" s="5" t="s">
-        <v>805</v>
+        <v>768</v>
       </c>
       <c r="L135" s="6" t="s">
         <v>806</v>
       </c>
-      <c r="M135" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M135" s="5"/>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H136" s="5" t="s">
-        <v>746</v>
+      <c r="H136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H137" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H137" s="5" t="s">
+        <v>764</v>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K137" s="5" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="M137" s="5"/>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>767</v>
+        <v>812</v>
       </c>
       <c r="I138" s="5"/>
       <c r="J138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K138" s="5" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="L138" s="6" t="s">
         <v>813</v>
       </c>
       <c r="M138" s="5"/>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
         <v>814</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D139" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G139" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G139" s="5" t="s">
+        <v>815</v>
       </c>
       <c r="H139" s="5" t="s">
-        <v>815</v>
-[...5 lines deleted...]
-        </is>
+        <v>816</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>771</v>
+        <v>818</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>816</v>
-[...1 lines deleted...]
-      <c r="M139" s="5"/>
+        <v>819</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>820</v>
+      </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D140" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G140" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I140" s="5"/>
+      <c r="J140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K140" s="5" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>822</v>
-[...1 lines deleted...]
-      <c r="M140" s="5" t="s">
         <v>823</v>
       </c>
+      <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
         <v>824</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D141" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>825</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G141" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G141" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="J141" s="5" t="s">
+        <v>218</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="M141" s="5"/>
+        <v>830</v>
+      </c>
+      <c r="M141" s="5" t="s">
+        <v>831</v>
+      </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D142" s="5" t="s">
-[...3 lines deleted...]
-        <v>828</v>
+      <c r="D142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="s">
-[...12 lines deleted...]
-        <v>832</v>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I142" s="5"/>
+      <c r="J142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L142" s="6" t="s">
         <v>833</v>
       </c>
-      <c r="M142" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M142" s="5"/>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I143" s="5"/>
       <c r="J143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="6" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="M143" s="5"/>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I144" s="5"/>
       <c r="J144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="6" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="M144" s="5"/>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I145" s="5"/>
       <c r="J145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="6" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="M145" s="5"/>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I146" s="5"/>
       <c r="J146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="6" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="M146" s="5"/>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C147" s="5" t="s">
         <v>843</v>
       </c>
-      <c r="B147" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="D147" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G147" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="H147" s="5" t="s">
+        <v>846</v>
       </c>
       <c r="I147" s="5"/>
-      <c r="J147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J147" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="K147" s="5" t="s">
+        <v>848</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>844</v>
-[...1 lines deleted...]
-      <c r="M147" s="5"/>
+        <v>849</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>850</v>
+      </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="E148" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>849</v>
-[...1 lines deleted...]
-      <c r="I148" s="5"/>
+        <v>853</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>854</v>
+      </c>
       <c r="J148" s="5" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="E149" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>14</v>
+        <v>866</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>846</v>
+        <v>469</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>847</v>
+        <v>16</v>
       </c>
       <c r="E150" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F150" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F150" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G150" s="5" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>850</v>
+        <v>218</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>869</v>
+        <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>469</v>
+        <v>16</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>874</v>
+      </c>
+      <c r="F151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G151" s="5" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>871</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
-        <v>218</v>
+        <v>21</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D152" s="5" t="s">
-[...3 lines deleted...]
-        <v>877</v>
+      <c r="D152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G152" s="5" t="s">
-        <v>878</v>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>879</v>
+        <v>743</v>
       </c>
       <c r="I152" s="5"/>
-      <c r="J152" s="5" t="s">
-        <v>21</v>
+      <c r="J152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K152" s="5" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>881</v>
-[...1 lines deleted...]
-      <c r="M152" s="5" t="s">
         <v>882</v>
       </c>
+      <c r="M152" s="5"/>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
         <v>883</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D153" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>884</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G153" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G153" s="5" t="s">
+        <v>885</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>746</v>
-[...5 lines deleted...]
-        </is>
+        <v>886</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="J153" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="M153" s="5"/>
+        <v>889</v>
+      </c>
+      <c r="M153" s="5" t="s">
+        <v>890</v>
+      </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="H154" s="5" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="J154" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D155" s="5" t="s">
-[...3 lines deleted...]
-        <v>895</v>
+      <c r="D155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G155" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I155" s="5"/>
+      <c r="J155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K155" s="5" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>900</v>
-[...1 lines deleted...]
-      <c r="M155" s="5" t="s">
         <v>901</v>
       </c>
+      <c r="M155" s="5"/>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
         <v>902</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K156" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="L156" s="6" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
       <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="C157" s="5" t="s">
         <v>905</v>
       </c>
-      <c r="B157" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C157" s="5" t="s">
+      <c r="D157" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E157" s="5" t="s">
+        <v>906</v>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G157" s="5" t="s">
+        <v>907</v>
+      </c>
+      <c r="H157" s="5" t="s">
+        <v>908</v>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="J157" s="5" t="s">
+        <v>218</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="M157" s="5"/>
+        <v>911</v>
+      </c>
+      <c r="M157" s="5" t="s">
+        <v>912</v>
+      </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>869</v>
+        <v>275</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>908</v>
-[...1 lines deleted...]
-      <c r="D158" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E158" s="5" t="s">
-        <v>909</v>
+      <c r="D158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G158" s="5" t="s">
-        <v>910</v>
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>911</v>
-[...8 lines deleted...]
-        <v>913</v>
+        <v>914</v>
+      </c>
+      <c r="I158" s="5"/>
+      <c r="J158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L158" s="6" t="s">
-        <v>914</v>
-[...1 lines deleted...]
-      <c r="M158" s="5" t="s">
         <v>915</v>
       </c>
+      <c r="M158" s="5"/>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
         <v>916</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D159" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D159" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G159" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G159" s="5" t="s">
+        <v>917</v>
       </c>
       <c r="H159" s="5" t="s">
-        <v>917</v>
-[...10 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="J159" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K159" s="5" t="s">
+        <v>920</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="M159" s="5"/>
+        <v>921</v>
+      </c>
+      <c r="M159" s="5" t="s">
+        <v>922</v>
+      </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D160" s="5" t="s">
-        <v>113</v>
+      <c r="D160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="s">
-        <v>920</v>
+      <c r="G160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>921</v>
-[...8 lines deleted...]
-        <v>923</v>
+        <v>924</v>
+      </c>
+      <c r="I160" s="5"/>
+      <c r="J160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L160" s="6" t="s">
-        <v>924</v>
-[...1 lines deleted...]
-      <c r="M160" s="5" t="s">
         <v>925</v>
       </c>
+      <c r="M160" s="5"/>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
         <v>926</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -14670,100 +14662,100 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
         <v>927</v>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="6" t="s">
         <v>928</v>
       </c>
       <c r="M161" s="5"/>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="6" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="M162" s="5"/>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
@@ -14796,103 +14788,103 @@
         <v>275</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H164" s="5" t="s">
-        <v>935</v>
+      <c r="H164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I164" s="5"/>
       <c r="J164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="6" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="M164" s="5"/>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H165" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H165" s="5" t="s">
+        <v>937</v>
       </c>
       <c r="I165" s="5"/>
       <c r="J165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="6" t="s">
         <v>938</v>
       </c>
       <c r="M165" s="5"/>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
         <v>939</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C166" s="5" t="s">
@@ -15851,2293 +15843,2244 @@
       </c>
       <c r="H185" s="5" t="s">
         <v>997</v>
       </c>
       <c r="I185" s="5"/>
       <c r="J185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="6" t="s">
         <v>998</v>
       </c>
       <c r="M185" s="5"/>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
         <v>999</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>662</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G186" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G186" s="5" t="s">
+        <v>1001</v>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1000</v>
-[...10 lines deleted...]
-        </is>
+        <v>1002</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="J186" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K186" s="5" t="s">
+        <v>1004</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1001</v>
-[...1 lines deleted...]
-      <c r="M186" s="5"/>
+        <v>1005</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>1006</v>
+      </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>662</v>
+        <v>16</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>1003</v>
+        <v>743</v>
       </c>
       <c r="E187" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="J187" s="5" t="s">
         <v>218</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>16</v>
+        <v>279</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>746</v>
+        <v>469</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>17</v>
+        <v>669</v>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G188" s="5" t="s">
-        <v>1011</v>
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>218</v>
+        <v>439</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>279</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>469</v>
+        <v>435</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>669</v>
+        <v>1021</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="J189" s="5" t="s">
         <v>439</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>279</v>
+        <v>16</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>435</v>
+        <v>743</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G190" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G190" s="5" t="s">
+        <v>1029</v>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1025</v>
-[...3 lines deleted...]
-      </c>
+        <v>1030</v>
+      </c>
+      <c r="I190" s="5"/>
       <c r="J190" s="5" t="s">
-        <v>439</v>
+        <v>218</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D191" s="5" t="s">
-[...3 lines deleted...]
-        <v>1031</v>
+      <c r="D191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G191" s="5" t="s">
-        <v>1032</v>
+      <c r="G191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="I191" s="5"/>
-      <c r="J191" s="5" t="s">
-        <v>218</v>
+      <c r="J191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1035</v>
-[...3 lines deleted...]
-      </c>
+        <v>1037</v>
+      </c>
+      <c r="M191" s="5"/>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="I192" s="5"/>
       <c r="J192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="L192" s="6" t="s">
         <v>1040</v>
       </c>
       <c r="M192" s="5"/>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
         <v>1041</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
         <v>1042</v>
       </c>
       <c r="I193" s="5"/>
       <c r="J193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="L193" s="6" t="s">
         <v>1043</v>
       </c>
       <c r="M193" s="5"/>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
         <v>1044</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
         <v>1045</v>
       </c>
       <c r="I194" s="5"/>
       <c r="J194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="M194" s="5"/>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>16</v>
+        <v>1045</v>
       </c>
       <c r="D195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="I195" s="5"/>
       <c r="J195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K195" s="5" t="s">
         <v>1049</v>
       </c>
       <c r="L195" s="6" t="s">
         <v>1050</v>
       </c>
       <c r="M195" s="5"/>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
         <v>1051</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="D196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="I196" s="5"/>
       <c r="J196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K196" s="5" t="s">
+        <v>1049</v>
+      </c>
+      <c r="L196" s="6" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="M196" s="5"/>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="D197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="I197" s="5"/>
       <c r="J197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="M197" s="5"/>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>1048</v>
+        <v>16</v>
       </c>
       <c r="D198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="I198" s="5"/>
       <c r="J198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="M198" s="5"/>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F199" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G199" s="5" t="s">
         <v>1058</v>
       </c>
-      <c r="B199" s="5" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="H199" s="5" t="s">
-        <v>1048</v>
-[...5 lines deleted...]
-        </is>
+        <v>1059</v>
+      </c>
+      <c r="I199" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="J199" s="5" t="s">
+        <v>218</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1049</v>
+        <v>1061</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1059</v>
-[...1 lines deleted...]
-      <c r="M199" s="5"/>
+        <v>1062</v>
+      </c>
+      <c r="M199" s="5" t="s">
+        <v>1063</v>
+      </c>
     </row>
     <row r="200">
-      <c r="A200" s="5" t="s">
-        <v>1060</v>
+      <c r="A200" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>1003</v>
+        <v>662</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>662</v>
+        <v>1000</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>1061</v>
+        <v>1064</v>
+      </c>
+      <c r="F200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1062</v>
+        <v>469</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>218</v>
+        <v>1066</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="201">
-      <c r="A201" s="5" t="n">
-        <v>1928</v>
+      <c r="A201" s="5" t="s">
+        <v>1070</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>1067</v>
+        <v>275</v>
+      </c>
+      <c r="C201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
         <v>469</v>
       </c>
-      <c r="I201" s="5" t="s">
-[...3 lines deleted...]
-        <v>1069</v>
+      <c r="I201" s="5"/>
+      <c r="J201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1071</v>
-[...1 lines deleted...]
-      <c r="M201" s="5" t="s">
         <v>1072</v>
       </c>
+      <c r="M201" s="5"/>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
         <v>1073</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>275</v>
-[...14 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E202" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G202" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G202" s="5" t="s">
+        <v>1075</v>
       </c>
       <c r="H202" s="5" t="s">
-        <v>469</v>
-[...5 lines deleted...]
-        </is>
+        <v>1076</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="J202" s="5" t="s">
+        <v>218</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1075</v>
-[...1 lines deleted...]
-      <c r="M202" s="5"/>
+        <v>1079</v>
+      </c>
+      <c r="M202" s="5" t="s">
+        <v>1080</v>
+      </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C203" s="5" t="s">
-        <v>1077</v>
+      <c r="C203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D203" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E203" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G203" s="5" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="J203" s="5" t="s">
         <v>218</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C204" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C204" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>16</v>
+        <v>662</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>18</v>
+        <v>1089</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G204" s="5" t="s">
-        <v>1085</v>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>218</v>
+        <v>1066</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>16</v>
+        <v>279</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>662</v>
+        <v>469</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>1092</v>
+        <v>669</v>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G205" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G205" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>1069</v>
+        <v>439</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>279</v>
       </c>
       <c r="D206" s="5" t="s">
         <v>469</v>
       </c>
       <c r="E206" s="5" t="s">
         <v>669</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G206" s="5" t="s">
-        <v>1099</v>
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1100</v>
-[...3 lines deleted...]
-      </c>
+        <v>1103</v>
+      </c>
+      <c r="I206" s="5"/>
       <c r="J206" s="5" t="s">
         <v>439</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>279</v>
+        <v>1108</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>1000</v>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1106</v>
-[...1 lines deleted...]
-      <c r="I207" s="5"/>
+        <v>1109</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>1110</v>
+      </c>
       <c r="J207" s="5" t="s">
-        <v>439</v>
+        <v>1111</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>1111</v>
+        <v>16</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>1003</v>
-[...4 lines deleted...]
-        </is>
+        <v>1000</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1114</v>
+        <v>1066</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="E209" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="D210" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D210" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>1069</v>
+        <v>1111</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>662</v>
+        <v>16</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1134</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>1114</v>
+        <v>1066</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>16</v>
+        <v>258</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>276</v>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>1069</v>
+        <v>1143</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>258</v>
+        <v>279</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>276</v>
-[...9 lines deleted...]
-        </is>
+        <v>1148</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="F213" s="5" t="s">
+        <v>1149</v>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>279</v>
+        <v>16</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>1151</v>
+        <v>1000</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-        <v>1152</v>
+        <v>17</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>1155</v>
+        <v>1066</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>16</v>
+        <v>1163</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1164</v>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>1069</v>
+        <v>1111</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>1166</v>
+        <v>16</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>1167</v>
-[...4 lines deleted...]
-        </is>
+        <v>1000</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>1171</v>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>1114</v>
+        <v>1066</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>1003</v>
+        <v>1172</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>1174</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>1171</v>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>1069</v>
+        <v>1111</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="E218" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F218" s="5" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1181</v>
-[...3 lines deleted...]
-      </c>
+        <v>1184</v>
+      </c>
+      <c r="I218" s="5"/>
       <c r="J218" s="5" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>16</v>
+        <v>662</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>1175</v>
-[...5 lines deleted...]
-        <v>1174</v>
+        <v>1164</v>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1187</v>
-[...1 lines deleted...]
-      <c r="I219" s="5"/>
+        <v>1189</v>
+      </c>
+      <c r="I219" s="5" t="s">
+        <v>1190</v>
+      </c>
       <c r="J219" s="5" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>662</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>1167</v>
-[...4 lines deleted...]
-        </is>
+        <v>1000</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
         <v>662</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>1003</v>
+        <v>1201</v>
       </c>
       <c r="E221" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>662</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>17</v>
+        <v>1209</v>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>662</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>1212</v>
+        <v>17</v>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>1114</v>
+        <v>1066</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>662</v>
+        <v>16</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="E224" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1220</v>
-[...3 lines deleted...]
-      </c>
+        <v>1224</v>
+      </c>
+      <c r="I224" s="5"/>
       <c r="J224" s="5" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>16</v>
+        <v>662</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>1226</v>
+        <v>1000</v>
       </c>
       <c r="E225" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1227</v>
-[...1 lines deleted...]
-      <c r="I225" s="5"/>
+        <v>1229</v>
+      </c>
+      <c r="I225" s="5" t="s">
+        <v>1230</v>
+      </c>
       <c r="J225" s="5" t="s">
-        <v>1069</v>
+        <v>1111</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>662</v>
+        <v>1235</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>1003</v>
+        <v>204</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>17</v>
+        <v>1236</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H226" s="5" t="s">
-        <v>1232</v>
+      <c r="H226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>1114</v>
+        <v>1238</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>1238</v>
+        <v>1108</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>204</v>
+        <v>1000</v>
       </c>
       <c r="E227" s="5" t="s">
-        <v>1239</v>
+        <v>17</v>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H227" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H227" s="5" t="s">
+        <v>1243</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>1241</v>
+        <v>1111</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>1111</v>
+        <v>16</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>1003</v>
+        <v>1172</v>
       </c>
       <c r="E228" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F228" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F228" s="5" t="s">
+        <v>1171</v>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1246</v>
-[...3 lines deleted...]
-      </c>
+        <v>1249</v>
+      </c>
+      <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="E229" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F229" s="5" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1252</v>
-[...1 lines deleted...]
-      <c r="I229" s="5"/>
+        <v>1254</v>
+      </c>
+      <c r="I229" s="5" t="s">
+        <v>1255</v>
+      </c>
       <c r="J229" s="5" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>1175</v>
+        <v>1000</v>
       </c>
       <c r="E230" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F230" s="5" t="s">
-        <v>1174</v>
+      <c r="F230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>1114</v>
+        <v>1066</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1003</v>
+        <v>1172</v>
       </c>
       <c r="E231" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F231" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F231" s="5" t="s">
+        <v>1266</v>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>1069</v>
+        <v>1111</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>1175</v>
+        <v>1134</v>
       </c>
       <c r="E232" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F232" s="5" t="s">
-        <v>1269</v>
+      <c r="F232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>1114</v>
+        <v>1066</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>16</v>
+        <v>258</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>1137</v>
+        <v>276</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1279</v>
+      </c>
+      <c r="F233" s="5" t="s">
+        <v>1280</v>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>1069</v>
+        <v>1283</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>258</v>
+        <v>662</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>276</v>
-[...5 lines deleted...]
-        <v>1283</v>
+        <v>1134</v>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1286</v>
+        <v>1111</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1289</v>
-[...33 lines deleted...]
-      <c r="I235" s="5" t="s">
         <v>1292</v>
-      </c>
-[...10 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -18332,45 +18275,44 @@
     <hyperlink ref="M210" r:id="rId215"/>
     <hyperlink ref="M211" r:id="rId216"/>
     <hyperlink ref="M212" r:id="rId217"/>
     <hyperlink ref="M213" r:id="rId218"/>
     <hyperlink ref="M214" r:id="rId219"/>
     <hyperlink ref="M215" r:id="rId220"/>
     <hyperlink ref="M216" r:id="rId221"/>
     <hyperlink ref="M217" r:id="rId222"/>
     <hyperlink ref="M218" r:id="rId223"/>
     <hyperlink ref="M219" r:id="rId224"/>
     <hyperlink ref="M220" r:id="rId225"/>
     <hyperlink ref="M221" r:id="rId226"/>
     <hyperlink ref="M222" r:id="rId227"/>
     <hyperlink ref="M223" r:id="rId228"/>
     <hyperlink ref="M224" r:id="rId229"/>
     <hyperlink ref="M225" r:id="rId230"/>
     <hyperlink ref="M226" r:id="rId231"/>
     <hyperlink ref="M227" r:id="rId232"/>
     <hyperlink ref="M228" r:id="rId233"/>
     <hyperlink ref="M229" r:id="rId234"/>
     <hyperlink ref="M230" r:id="rId235"/>
     <hyperlink ref="M231" r:id="rId236"/>
     <hyperlink ref="M232" r:id="rId237"/>
     <hyperlink ref="M233" r:id="rId238"/>
     <hyperlink ref="M234" r:id="rId239"/>
-    <hyperlink ref="M235" r:id="rId240"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>