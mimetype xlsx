--- v0 (2025-11-02)
+++ v1 (2026-02-09)
@@ -5,265 +5,265 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="55" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>11. okt. 1922</t>
-[...2 lines deleted...]
-    <t>Dagbog</t>
+    <t>1923-05-09</t>
+  </si>
+  <si>
+    <t>Brev</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>Martha Friis
-[...24 lines deleted...]
-  <si>
     <t>Alhed Larsen</t>
-  </si>
-[...38 lines deleted...]
-    <t>1923-05-09</t>
   </si>
   <si>
     <t>Omø</t>
   </si>
   <si>
     <t>Omø, Skælskør
 Drejø, Tåsinge
 Lyø
 Agersø, Skælskør
 Romsø
 Lolland
 Sprogø
 Kerteminde</t>
   </si>
   <si>
     <t>Achton Friis
 Ernst Josephson
 Knud Kyhn
 Andreas Larsen
 Johan Larsen
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>JL og Achton Friis er i foråret 1923 på sejlads med Rylen til de vest- og nordsjællandske øer for at forberede bogværket De Danskes Øer.
 Rylen - en Kerteminde fiskerbåd - er i 1921-24 ekspeditionsskib for JL og AF og sejler i dag som museumsskib for Kerteminde Museum. 
 Omø er omtalt i Achton Friis: De Danskes Øer bd. 3 s 34. Gyldendal, 1928.</t>
   </si>
   <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
     <t>Alhed Larsen har fået et bestillingsarbejde, men JL er bekymret for, om hun har kræfterne til dette. Rylen er kommet til Omø, og JL glæder sig over det rige fugleliv på øen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LJ0I</t>
   </si>
   <si>
     <t>Omø 9 Maj. 1923
 Kæreste Alhed!
 Tak for Brevet som jeg fik i Dag. Det var dejligt at høre fra Dig og det var vel godt at Du fik det Arbejde, altsaa for Pengenes og for den Tilfredsstillelse det er Dig at kunde tjene dem, bare det nu ikke maa tage for meget paa Dig. Desværre kan jeg jo ikke give Dig en Haandsrækning naar jeg kommer hjem, du [og] jeg jo maa have fuld Kraft paa for at faa lavet saa meget som muligt til Udstillingen. Vi har haft en rar Tur hidtil og jeg har faaet lavet 19 Tegninger deraf 8 her, hvortil vi kom i Forgaars. Det er den bedste Ø vi har været paa i Aar og den kan omtrent staa paa Siden af Drejø og Lyø, men her er et meget rigere Fugleliv, nogle store Moser med Skeænder Spidsænder Allinger og Graaænder og Blishøns og Lappedykkere Viber og Brushøns og Rødben og Strandskader. Kyhn der kom om Bord sammen med Friis rejser i Dag, han har været hyggelig at have med. Vi sejler vist til Agersø i Morgen. En Del af Øen her er meget høj, i Gaar da det var klart kunde vi fra det højeste Sted se Lolland og Romsø paa en Gang. Der er samme Afstand herfra til Sprogø som fra Sprogø til Kjerteminde. Efter Dit Brev rejser Du jo hjem i dag, saa faar Du vel dette i Morgen. Du saa vel Josephsons Udstilling? Hils Puf og Lysse og de andre. Mange kærlige Hilsner til Dig selv fra
 Din hengivne 
 Johannes Larsen.
 Hilsen fra Friis og Petersen</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/go4AUczi</t>
   </si>
   <si>
     <t>1923-05-11</t>
   </si>
   <si>
     <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Agersø</t>
   </si>
   <si>
     <t>Agersø
 København
 Læsø
 Anholt
 6230 Egholm
 3390 Hesselø
 4230 Omø
 Vikingeskibshallen Roskilde
 Sprogø, Nyborg</t>
   </si>
   <si>
     <t>Achton Friis
 Alhed Larsen
 Johan Larsen
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>Johannes Larsen er på sejltur med Achton Friis og Petersen på skibet Rylen. De laver forarbejde til bogværket De Danskes Øer.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Johannes Larsen ønsker tillykke med fødselsdagen og hilser fra andre med samme hilsen. 
 Larsen har lavet en masse tegninger på Agersø og Omø. Agersø er hyggelig med smukke alléer, men der er grimme cementhuse.
 Achton Friis spørger, om Andreas vil mødes med dem i Roskilde og med til Hesselø.
 Efter Agersø sejler man videre til Musholm. Sprogø, Læsø og Anholt gemmer de til vinter.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IE3H</t>
   </si>
   <si>
     <t>Agersø 11 Maj 1923.
 Kære Puf!
 Til Lykke med Fødselsdagen. Vi kom hertil i Gaar fra Omø hvor vi har været nogle dage. I Gaar Eftermiddag gik vi lidt Nord paa uf ad Egholm til og ad Stranden hjem, der gik nogle svære Tordenbyger ovre paa Sjælland men vi fik ikke noget Regn her. Derimod øsede det ned i Morges og har stænket af og til i Formiddags og været koldt og blæsende. Petersen havde lavet nogle fortrinlige Kalvekoteletter til Middag og nu skinner Solen saa jeg maa vel se at komme ud og faa lavet et Par Tegninger. Jeg har lavet 22 deraf de 11 paa Omø. Denne Ø ser ganske tiltalende ud, en stor og oprindelig hyggelig By der dog skæmmes af en Del ækle Cementhuse og Bunker af Cementsten til nye Rædsler. Der er en smuk gammel Elmealle fra Havnen op gennem Byen og et Par gamle Lindealleer i en Have ved Agersøgaard i den nordlige Ende af Byen. Nu kom Postbaaden! Hils Din Moder og sig hende Tak for Brevet som jeg fik nu til Middag. Jeg skal hilse mange Gange fra Friis og gratulere og spørge om Du ellers kunde have Lyst til at møde i Roskilde og tage med til Hesselø? Saa nu gik den forbandede Postbaad igen lige som den kom, men Petersen siger at den kommer igen naar den kommer fra Omø Petersen beder mig ogsaa om at ønske Dig til Lykke. Det var morsomt at Din Moder fik den lille Kjøbenhavnertur og fik snakket med saa mange Mennesker. Naar vi er færdige her skal vi til Egholm og derfra til Musholm, Sprogø vil Friis have til Vinter, ligesom Anholdt og Læsø, vist sidst i Februar eller først i Marts. Mange Hilsner til Jer alle sammen. Lysse kigger vel nok til Jer paa Din Fødselsdag.
 Din
 Far.</t>
   </si>
   <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+  </si>
+  <si>
+    <t>11. okt. 1922</t>
+  </si>
+  <si>
+    <t>Martha Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/SwS33elR</t>
+  </si>
+  <si>
     <t> 2. jun. 1923</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/71OaE2Pq</t>
+  </si>
+  <si>
+    <t>10. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/go4AUczi</t>
+  </si>
+  <si>
+    <t>1923-05-02</t>
+  </si>
+  <si>
+    <t>Karrebæksminde</t>
+  </si>
+  <si>
+    <t>Karrebæksminde
+Knudshoved
+Slipshavn
+Agersø
+Omø, Skælskør
+Egholm, Skælskør
+Smålandshavet</t>
+  </si>
+  <si>
+    <t>- Boye
+Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>JL og Achton Friis er i foråret 1923 på sejlads med Rylen til de vest- og nordsjællandske øer for at forberede bogværket De Danske Øer.
+Rylen - en Kerteminde fiskerbåd - er 1921-24 ekspeditionsskib for JL og AF og fungerer nu som museumsskib for Kerteminde Museum.</t>
+  </si>
+  <si>
+    <t>JL påbegynder sejlads med Rylen i maj 1923 for sammen med Achton Friis at indsamle materiale til bogværket De Danske Øer - denne gang til de vest- og nordsjællandske øer. De sejler fra Knudshoved mod Smålandshavet og spiser undervejs en dejlig frokost i Slipshavn ved Nyborg. JL beder Alhed Larsen købe bøttepapir og ammunition til jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/chq2</t>
+  </si>
+  <si>
+    <t>Karrebæksminde 2 Maj. 1923.
+Kæreste Alhed!
+Vi kom ind her Kl. godt 11. Efter at vi var sejlet hjemme fra friskede Vinden mere og mere og da vi naaede Knudshoved blæste det saa Vandet føg fra Bølgekammen og vi bestemte os saa til at gaa ind i Slipshavn. VI var 2 Timer præcis om at naa Molen ved Knudshoved og havde derfra 1 Time til Slipshavn hvor vi blev modtaget af Boye som havde holdt Øje med os fra vi kom rundt om Hovedet og var fuld af Beundring over saa fint Rylen gik mod Søen uden at tage nævneværdigt Vand over. Han fik en Genever og bad os op til Frokost der bestod af 5 Spejlæg til hver til Petersen og til mig (selv nød han kun et Par da han lige havde spist Frokost) afskaaret Oksekød Ost og Kaffe med Kognac. Til det øvrige nød vi Cocktail, Bitter Aquavit og Genever. Saa saa vi os lidt om og var saa oppe at spise kogte Rødspætter, hvid Sagosuppe Kaffe og Cigar saa vi led ikke Nød. Jeg purrede Petersen Kl. 4 1/2 og vi havde saa en fin Sejlads hertil hvor vi traf Friis og Rylen paa Hotellet. Vi tager til Agersø om et Par Dage og vor Adr bliver altsaa Agersø poste restante den følgende Uge til vi tager Omø og Egholm derfra. Cyklen skal I ikke sende da det ikke kan betale sig at slæbe rundt med den da Afstandene ikke er saa store. Vi fik Taage saa snart vi var kom ind her og [hvor] mens vi sad og spiste begyndte det pludselig at lyne og tordne og da det var ovre, fint Solskin. Husk mit Blikfutteal med Bøttepapir og Ammunition 25 Cal . 2-25 - Cal 6 og 25 Cal 10 eller i Mangel deraf 8. Mange kærlige Hilsner og hav det godt. Hilsen fra Friis og Petersen.
+Din hengivne
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -340,51 +340,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M8"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -421,366 +421,366 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D2" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="M2" s="5"/>
+        <v>23</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="M3" s="5"/>
+        <v>33</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K4" s="5" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G5" s="5" t="s">
-        <v>35</v>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>40</v>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K5" s="5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="D7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="H7" s="5" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>48</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G8" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>52</v>
       </c>
       <c r="L8" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M8" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="M8" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">