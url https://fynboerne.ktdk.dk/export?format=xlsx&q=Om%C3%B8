--- v1 (2026-02-09)
+++ v2 (2026-03-30)
@@ -44,226 +44,226 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>11. okt. 1922</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Martha Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/SwS33elR</t>
+  </si>
+  <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+  </si>
+  <si>
+    <t>1923-05-02</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Karrebæksminde</t>
+  </si>
+  <si>
+    <t>Karrebæksminde
+Knudshoved
+Slipshavn
+Agersø
+Omø, Skælskør
+Egholm, Skælskør
+Smålandshavet</t>
+  </si>
+  <si>
+    <t>- Boye
+Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>JL og Achton Friis er i foråret 1923 på sejlads med Rylen til de vest- og nordsjællandske øer for at forberede bogværket De Danske Øer.
+Rylen - en Kerteminde fiskerbåd - er 1921-24 ekspeditionsskib for JL og AF og fungerer nu som museumsskib for Kerteminde Museum.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>JL påbegynder sejlads med Rylen i maj 1923 for sammen med Achton Friis at indsamle materiale til bogværket De Danske Øer - denne gang til de vest- og nordsjællandske øer. De sejler fra Knudshoved mod Smålandshavet og spiser undervejs en dejlig frokost i Slipshavn ved Nyborg. JL beder Alhed Larsen købe bøttepapir og ammunition til jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/chq2</t>
+  </si>
+  <si>
+    <t>Karrebæksminde 2 Maj. 1923.
+Kæreste Alhed!
+Vi kom ind her Kl. godt 11. Efter at vi var sejlet hjemme fra friskede Vinden mere og mere og da vi naaede Knudshoved blæste det saa Vandet føg fra Bølgekammen og vi bestemte os saa til at gaa ind i Slipshavn. VI var 2 Timer præcis om at naa Molen ved Knudshoved og havde derfra 1 Time til Slipshavn hvor vi blev modtaget af Boye som havde holdt Øje med os fra vi kom rundt om Hovedet og var fuld af Beundring over saa fint Rylen gik mod Søen uden at tage nævneværdigt Vand over. Han fik en Genever og bad os op til Frokost der bestod af 5 Spejlæg til hver til Petersen og til mig (selv nød han kun et Par da han lige havde spist Frokost) afskaaret Oksekød Ost og Kaffe med Kognac. Til det øvrige nød vi Cocktail, Bitter Aquavit og Genever. Saa saa vi os lidt om og var saa oppe at spise kogte Rødspætter, hvid Sagosuppe Kaffe og Cigar saa vi led ikke Nød. Jeg purrede Petersen Kl. 4 1/2 og vi havde saa en fin Sejlads hertil hvor vi traf Friis og Rylen paa Hotellet. Vi tager til Agersø om et Par Dage og vor Adr bliver altsaa Agersø poste restante den følgende Uge til vi tager Omø og Egholm derfra. Cyklen skal I ikke sende da det ikke kan betale sig at slæbe rundt med den da Afstandene ikke er saa store. Vi fik Taage saa snart vi var kom ind her og [hvor] mens vi sad og spiste begyndte det pludselig at lyne og tordne og da det var ovre, fint Solskin. Husk mit Blikfutteal med Bøttepapir og Ammunition 25 Cal . 2-25 - Cal 6 og 25 Cal 10 eller i Mangel deraf 8. Mange kærlige Hilsner og hav det godt. Hilsen fra Friis og Petersen.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1923-05-09</t>
-  </si>
-[...7 lines deleted...]
-    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Omø</t>
   </si>
   <si>
     <t>Omø, Skælskør
 Drejø, Tåsinge
 Lyø
 Agersø, Skælskør
 Romsø
 Lolland
 Sprogø
 Kerteminde</t>
   </si>
   <si>
     <t>Achton Friis
 Ernst Josephson
 Knud Kyhn
 Andreas Larsen
 Johan Larsen
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>JL og Achton Friis er i foråret 1923 på sejlads med Rylen til de vest- og nordsjællandske øer for at forberede bogværket De Danskes Øer.
 Rylen - en Kerteminde fiskerbåd - er i 1921-24 ekspeditionsskib for JL og AF og sejler i dag som museumsskib for Kerteminde Museum. 
 Omø er omtalt i Achton Friis: De Danskes Øer bd. 3 s 34. Gyldendal, 1928.</t>
   </si>
   <si>
-    <t>Det Kongelige Bibliotek</t>
-[...1 lines deleted...]
-  <si>
     <t>Alhed Larsen har fået et bestillingsarbejde, men JL er bekymret for, om hun har kræfterne til dette. Rylen er kommet til Omø, og JL glæder sig over det rige fugleliv på øen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LJ0I</t>
   </si>
   <si>
     <t>Omø 9 Maj. 1923
 Kæreste Alhed!
 Tak for Brevet som jeg fik i Dag. Det var dejligt at høre fra Dig og det var vel godt at Du fik det Arbejde, altsaa for Pengenes og for den Tilfredsstillelse det er Dig at kunde tjene dem, bare det nu ikke maa tage for meget paa Dig. Desværre kan jeg jo ikke give Dig en Haandsrækning naar jeg kommer hjem, du [og] jeg jo maa have fuld Kraft paa for at faa lavet saa meget som muligt til Udstillingen. Vi har haft en rar Tur hidtil og jeg har faaet lavet 19 Tegninger deraf 8 her, hvortil vi kom i Forgaars. Det er den bedste Ø vi har været paa i Aar og den kan omtrent staa paa Siden af Drejø og Lyø, men her er et meget rigere Fugleliv, nogle store Moser med Skeænder Spidsænder Allinger og Graaænder og Blishøns og Lappedykkere Viber og Brushøns og Rødben og Strandskader. Kyhn der kom om Bord sammen med Friis rejser i Dag, han har været hyggelig at have med. Vi sejler vist til Agersø i Morgen. En Del af Øen her er meget høj, i Gaar da det var klart kunde vi fra det højeste Sted se Lolland og Romsø paa en Gang. Der er samme Afstand herfra til Sprogø som fra Sprogø til Kjerteminde. Efter Dit Brev rejser Du jo hjem i dag, saa faar Du vel dette i Morgen. Du saa vel Josephsons Udstilling? Hils Puf og Lysse og de andre. Mange kærlige Hilsner til Dig selv fra
 Din hengivne 
 Johannes Larsen.
 Hilsen fra Friis og Petersen</t>
+  </si>
+  <si>
+    <t>10. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/go4AUczi</t>
   </si>
   <si>
     <t>1923-05-11</t>
   </si>
   <si>
     <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Agersø</t>
   </si>
   <si>
     <t>Agersø
 København
 Læsø
 Anholt
 6230 Egholm
 3390 Hesselø
 4230 Omø
 Vikingeskibshallen Roskilde
 Sprogø, Nyborg</t>
   </si>
   <si>
     <t>Achton Friis
 Alhed Larsen
 Johan Larsen
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>Johannes Larsen er på sejltur med Achton Friis og Petersen på skibet Rylen. De laver forarbejde til bogværket De Danskes Øer.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Johannes Larsen ønsker tillykke med fødselsdagen og hilser fra andre med samme hilsen. 
 Larsen har lavet en masse tegninger på Agersø og Omø. Agersø er hyggelig med smukke alléer, men der er grimme cementhuse.
 Achton Friis spørger, om Andreas vil mødes med dem i Roskilde og med til Hesselø.
 Efter Agersø sejler man videre til Musholm. Sprogø, Læsø og Anholt gemmer de til vinter.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IE3H</t>
   </si>
   <si>
     <t>Agersø 11 Maj 1923.
 Kære Puf!
 Til Lykke med Fødselsdagen. Vi kom hertil i Gaar fra Omø hvor vi har været nogle dage. I Gaar Eftermiddag gik vi lidt Nord paa uf ad Egholm til og ad Stranden hjem, der gik nogle svære Tordenbyger ovre paa Sjælland men vi fik ikke noget Regn her. Derimod øsede det ned i Morges og har stænket af og til i Formiddags og været koldt og blæsende. Petersen havde lavet nogle fortrinlige Kalvekoteletter til Middag og nu skinner Solen saa jeg maa vel se at komme ud og faa lavet et Par Tegninger. Jeg har lavet 22 deraf de 11 paa Omø. Denne Ø ser ganske tiltalende ud, en stor og oprindelig hyggelig By der dog skæmmes af en Del ækle Cementhuse og Bunker af Cementsten til nye Rædsler. Der er en smuk gammel Elmealle fra Havnen op gennem Byen og et Par gamle Lindealleer i en Have ved Agersøgaard i den nordlige Ende af Byen. Nu kom Postbaaden! Hils Din Moder og sig hende Tak for Brevet som jeg fik nu til Middag. Jeg skal hilse mange Gange fra Friis og gratulere og spørge om Du ellers kunde have Lyst til at møde i Roskilde og tage med til Hesselø? Saa nu gik den forbandede Postbaad igen lige som den kom, men Petersen siger at den kommer igen naar den kommer fra Omø Petersen beder mig ogsaa om at ønske Dig til Lykke. Det var morsomt at Din Moder fik den lille Kjøbenhavnertur og fik snakket med saa mange Mennesker. Naar vi er færdige her skal vi til Egholm og derfra til Musholm, Sprogø vil Friis have til Vinter, ligesom Anholdt og Læsø, vist sidst i Februar eller først i Marts. Mange Hilsner til Jer alle sammen. Lysse kigger vel nok til Jer paa Din Fødselsdag.
 Din
 Far.</t>
   </si>
   <si>
-    <t> 1. maj. 1923</t>
-[...24 lines deleted...]
-  <si>
     <t> 2. jun. 1923</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/71OaE2Pq</t>
-  </si>
-[...41 lines deleted...]
-Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -340,51 +340,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M8"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -421,366 +421,366 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="D2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="H2" s="5" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="M2" s="5"/>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="D3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="s">
-[...9 lines deleted...]
-        <v>31</v>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K3" s="5" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D4" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="M4" s="5"/>
+        <v>31</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D5" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G5" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="H5" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M5" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="I5" s="5"/>
-[...11 lines deleted...]
-      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="6" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D7" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G7" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="M7" s="5"/>
+        <v>51</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="5" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="D8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="s">
-[...12 lines deleted...]
-        <v>52</v>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L8" s="6" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="M8" s="5" t="s">
         <v>54</v>
       </c>
+      <c r="M8" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">